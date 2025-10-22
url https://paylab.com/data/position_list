--- v0 (2025-10-01)
+++ v1 (2025-10-22)
@@ -2244,67 +2244,50 @@
     <t>* Performing routine maintenance and repairs on residential and commercial properties.
 * Conducting regular inspections to identify maintenance needs and safety hazards.
 * Responding promptly to maintenance requests from tenants or property managers.
 * Coordinating with external contractors for specialized repairs and services.
 * Maintaining accurate records of maintenance activities and completed work orders.
 * Ensuring compliance with safety regulations and building codes during maintenance tasks.
 * Assisting in the preparation of maintenance budgets and cost estimates.
 * Performing landscaping and exterior maintenance, including snow removal and lawn care.
 * Managing inventory of maintenance supplies and equipment, ensuring availability.
 * Communicating effectively with tenants and property management regarding maintenance issues.
 * Providing exceptional customer service to enhance tenant satisfaction and property value.
 * Collaborating with team members to improve maintenance processes and efficiency.
 * Staying updated on industry trends and best practices in property maintenance.</t>
   </si>
   <si>
     <t>Refrigeration Mechanic</t>
   </si>
   <si>
     <t>* Performing the calculations that are necessary for designing simpler refrigeration and air conditioning equipment.
 * Mounting, dismantling, and completing refrigeration and air conditioning equipment.
 * Detecting defects and determining the procedures that are necessary for their removal.
 * Connecting automatic control components to refrigeration and air conditioning equipment.
 * Assessing facilities in terms of meeting standards and regulations.</t>
   </si>
   <si>
-    <t>Reinforcing Iron and Rebar Worker</t>
-[...15 lines deleted...]
-  <si>
     <t>Roofer</t>
   </si>
   <si>
     <t>* Calculating, plotting and fabricating sheet metal products.
 * Cutting the sheet metal plates into the required dimensions.
 * Laying a soft and hard roof covering.
 * Covering roofs, terraces, balconies, loggias, parapets, cornices, window sills, etc. with sheet metal.</t>
   </si>
   <si>
     <t>Scaffolder</t>
   </si>
   <si>
     <t xml:space="preserve">* Putting up scaffoldings while considering the load-carrying capacity of the bed.
 * Putting up scaffoldings along the frontage of the buildings.
 * Putting up protective railings, protective nets, ladders, floors and blocks that prevent objects from falling down from the scaffolding.
 * Being responsible for building the right foundations of a scaffolding, for the correct anchoring and putting up of the scaffolding .
 * Taking apart the scaffolding and protective nets after finishing the building process.
 </t>
   </si>
   <si>
     <t>Spatial Planner</t>
   </si>
   <si>
     <t>* Planning and designing of living and commercial environments. 
 * Negotiating fees and setting schedules for the project.
@@ -2324,65 +2307,50 @@
     <t>* Selecting suitable stone blocks that are required to implement the contract.
 * Cutting stone blocks to the required dimensions.
 * Engraving and polishing stone plates.
 * Hewing, sandblasting, gilding and silvering letters.
 * Mounting and fixing tombstones in cemeteries.</t>
   </si>
   <si>
     <t>Structural Engineer</t>
   </si>
   <si>
     <t>* Identifying locations in buildings to which the load is imposed.
 * Designing building structures with an emphasis placed on their safety, economy as well as the requirements from investor, architect and public bodies.
 * Completing static and dynamic calculations.
 * Completing expert opinions for new buildings, bridges, tunnels etc.
 * Conducting sightings of buildings damaged by natural disasters, explosions; issuing expert opinions on their further habitability/uninhabitability (in case of residential premises).</t>
   </si>
   <si>
     <t>Tile man</t>
   </si>
   <si>
     <t>* Manufacture of ceramic and porcelain products.
 * Preparation of ceramic materials and glazes, dialing of ceramic products on mechanical rings, pressing of products on semi-automatic and automatic presses,
 * Creating, pouring products of utility, medical, decorative and figural ceramics or porcelain.
 * Implementation of firing products in tunnel, chamber, round and shaft furnaces.
 * Output control of semi-finished products and products, including records of defects and their causes.</t>
-  </si>
-[...13 lines deleted...]
-* Providing excellent customer service by addressing client inquiries and concerns regarding ventilation systems.</t>
   </si>
   <si>
     <t>Welder</t>
   </si>
   <si>
     <t>* Welding metals, plastics, and polymers pursuant to the technical documentation.
 * Defining suitable methods for welding and work procedures.
 * Using welding tools and instruments, responsibility for proper settings and use.
 * Cleaning, polishing, and other finishing work for welds.
 * Inspecting the quality of welds using a series of tests.
 * Caring for and maintaining technical equipment in operating condition.</t>
   </si>
   <si>
     <t>Customer Support</t>
   </si>
   <si>
     <t>Call Center Supervisor</t>
   </si>
   <si>
     <t>* Overseeing daily operations of the call center to ensure efficiency and effectiveness in service delivery.
 * Supervising and training call center agents to enhance their performance and customer service skills.
 * Monitoring call metrics and performance indicators to identify areas for improvement.
 * Handling escalated customer inquiries and resolving complex issues in a timely manner.
 * Developing and implementing policies and procedures to improve service quality and operational efficiency.
 * Conducting regular performance evaluations and providing constructive feedback to team members.
@@ -3706,50 +3674,63 @@
   <si>
     <t>.NET Programmer</t>
   </si>
   <si>
     <t>* Developing websites in the .NET environment.
 * Analysing customer requirements and assessing the potential risks and related technical issues.
 * Participating in the creation of technical specifications.
 * Handing over completed work to clients/testers for testing purposes.
 * Determining and correcting functional and security errors in the source code.
 * Handing over completed software applications to clients, project managers, etc.
 * Providing technical support to clients.</t>
   </si>
   <si>
     <t>ABAP Programmer</t>
   </si>
   <si>
     <t>* Developing complex computer applications and/or separate modules in the ABAP programming language.
 * Analysing customer requirements and assessing the potential risks and related technical issues.
 * Participating in the creation of technical specifications.
 * Handing over completed work to clients/testers for testing purposes.
 * Determining and correcting functional and security errors in the source code.
 * Handing over completed software applications to clients, project managers, etc.
 * Providing technical support to clients.</t>
   </si>
   <si>
+    <t>AI Engineer</t>
+  </si>
+  <si>
+    <t>* Design, development and implementation of artificial intelligence and machine learning models.
+* Data processing and analysis, including dataset preparation, cleaning and annotation.
+* Development of algorithms for prediction, classification, image/speech recognition or natural language processing (NLP).
+* Integration of AI solutions into existing products, systems or cloud infrastructure.
+* Optimization of models in terms of performance, accuracy and computational resource requirements.
+* Collaboration with data analysts, software developers and business teams in defining requirements and goals.
+* Monitoring AI/ML trends and innovations and applying them in practice.
+* Documentation of procedures, solutions and experiment results.</t>
+  </si>
+  <si>
     <t>Android Developer</t>
   </si>
   <si>
     <t>* Developing and maintaining mobile applications for the Android platform.
 * Collaborating with cross-functional teams to define, design, and ship new features.
 * Ensuring the performance, quality, and responsiveness of applications.
 * Identifying and fixing bugs and performance bottlenecks.
 * Writing clean, maintainable, and efficient code.
 * Participating in code reviews and providing constructive feedback to peers.
 * Staying up-to-date with the latest industry trends and technologies to enhance development processes.
 * Integrating third-party libraries and APIs to enhance application functionality.
 * Assisting in the preparation of technical documentation and specifications.
 * Troubleshooting and resolving issues reported by users and testers.
 * Engaging in continuous learning and professional development to improve skills and knowledge.
 * Collaborating with designers to create intuitive and user-friendly interfaces.
 * Contributing to the overall development team culture and best practices.
 * Participating in Agile development processes, including sprint planning and retrospectives.
 * Supporting the deployment of applications to the Google Play Store and ensuring compliance with guidelines.</t>
   </si>
   <si>
     <t>ASP.NET Programmer</t>
   </si>
   <si>
     <t>* Developing websites in the ASP.NET environment.
 * Analysing customer requirements and assessing the potential risks and related technical issues.
@@ -3882,50 +3863,62 @@
     <t>Database Analyst</t>
   </si>
   <si>
     <t>* Collecting and analysing the requirements concerning the database systems.
 * Designing the architecture and data model of database systems.
 * Providing validation and data protection.
 * Optimising data structures in order to achieve maximum performance.
 * Providing trainings to new database users.</t>
   </si>
   <si>
     <t>DevOps Engineer</t>
   </si>
   <si>
     <t>* Design, implement, and maintain scalable infrastructure and deployment pipelines.
 * Collaborate with software developers to streamline application development and deployment processes.
 * Monitor system performance and troubleshoot issues to ensure high availability and reliability.
 * Automate repetitive tasks and improve operational efficiencies using scripting and configuration management tools.
 * Manage cloud services and on-premises infrastructure to support continuous integration and continuous delivery (CI/CD) practices.
 * Ensure security best practices are followed in all aspects of the development and deployment process.
 * Conduct regular system audits and performance tuning to optimize resource utilization.
 * Document processes, configurations, and system architectures for knowledge sharing and compliance.
 * Participate in on-call rotations to provide support for production systems and respond to incidents.
 * Stay up-to-date with emerging technologies and industry trends to enhance DevOps practices and tools.</t>
   </si>
   <si>
+    <t>ERP programmer</t>
+  </si>
+  <si>
+    <t>* Development and maintenance of T-SQL scripts, stored procedures, triggers, and functions. 
+* Query performance optimization. 
+* Design of data models and schemas in MS SQL Server. 
+* Implementation of ETL processes and integration with external systems. 
+* Collaboration with application developers (.NET, ERP, BI) on the data layer. 
+* Ensuring data integrity and security. 
+* Preparation of reports and analytical outputs based on business requirements.</t>
+  </si>
+  <si>
     <t>Frontend developer</t>
   </si>
   <si>
     <t>* Developing user-friendly web applications and interfaces using HTML, CSS, and JavaScript.
 * Collaborating with designers to translate UI/UX wireframes into responsive and interactive web applications.
 * Ensuring high performance and responsiveness of applications across various devices and browsers.
 * Writing clean, maintainable, and efficient code while adhering to best practices and coding standards.
 * Debugging and troubleshooting issues in existing applications to enhance functionality and user experience.
 * Participating in code reviews and providing constructive feedback to team members.
 * Staying up-to-date with emerging technologies and industry trends to continuously improve skills and knowledge.
 * Collaborating with backend developers to integrate APIs and other services into the frontend.
 * Testing and optimizing applications for maximum speed and scalability.
 * Assisting in the development of project documentation and user manuals.</t>
   </si>
   <si>
     <t>Game designer</t>
   </si>
   <si>
     <t>* Designing new compelling game ideas
 * Developing game ideas
 * Experimenting with themes and genres
 * Developing plots and storylines
 * Character development
 * Developing maps, scenarios, difficulty levels
 * We come with winning and winning games
@@ -4372,56 +4365,50 @@
     <t>SAP specialist</t>
   </si>
   <si>
     <t>* Provide adequate user support, receive and resolve bug reports and problems.
 * Monitor the system and take measures to ensure trouble-free operation.
 * Manage assigned modules according to agreed internal standards.
 * Communicate with other departments to provide appropriate support for SAP users.
 * Contribute to the development of operational methodologies and development plans.
 * Take over new innovations as well as professional decommissioning of obsolete information systems.</t>
   </si>
   <si>
     <t>Scrum Master</t>
   </si>
   <si>
     <t>* Manages the scope and timeline of each project.
 * Coordinate sprints, retrospectives and daily stand-ups.
 * Facilitates internal communication and effective team collaboration.
 * Is the point of contact for external communication (e.g. from customers or interested parties).
 * Collaborates with product owners or product managers to resolve backlogs and new requirements.
 * Resolves conflicts and removes obstacles that arise.
 * Helps teams implement changes effectively.
 * Ensures deliverables meet quality standards at the end of each sprint.
 * Helps build a productive environment where team members "own" the product and enjoy working on it.</t>
   </si>
   <si>
-    <t>Service Designer</t>
-[...4 lines deleted...]
-  <si>
     <t>* Mounting, dismantling and powering up production machinery and equipment.
 * Providing the repairs and maintenance of the production machinery and equipment.
 * Providing employee trainings on the use of production machinery and equipment.
 * Completing technical reports.
 * Providing technical support to internal and external customers.</t>
   </si>
   <si>
     <t>* Repairing PCs, laptops, mainframes, servers and peripherals.
 * Determining causes of problems and their immediate removal.
 * Installing new or replacing outdated and dysfunctional motherboards, processors, graphic adapters, memory modules, hard drives, optical drives, sound and network cards and other computer components.
 * Installing and reinstalling operating systems and software applications.
 * Removing computer viruses, spyware, spam and other malicious applications.
 * Updating antivirus software, antispyware and security patches.
 * Communicating with customers, providing expert advice and consultations.</t>
   </si>
   <si>
     <t>Software consultant</t>
   </si>
   <si>
     <t>* Consulting during the introduction of new information systems.
 * Expert support for business partners.
 * Participation in creating SW products according to the specific requirements of customers.
 * Analysis of weaknesses, imperfections, and errors of the IT solutions provided.
 * Testing and checking software.
 * Active communication with customers and suppliers.
@@ -4459,55 +4446,65 @@
   </si>
   <si>
     <t>Systems Engineer</t>
   </si>
   <si>
     <t>* Communicating with clients in order to become familiar with their requirements concerning the computer system.
 * Designing computer systems.
 * Communicating with hardware and software vendors.
 * Selecting the optimal hardware and software for the designed computer system.
 * Installing and configuring computer systems.</t>
   </si>
   <si>
     <t>Technical Writer</t>
   </si>
   <si>
     <t xml:space="preserve"> * Drafting and creating technical documentation (manuals, user flysheets, on line/offline helpers, texts of user interface etc.).
 * Watching changes of a product and subsequently incorporating them into the technical documentation.
 * Assessing a text from the point of view of its comprehensibility, conciseness, correctness of grammar and style, homogeneity of used terminology etc.
 * Creating screen shots and graphs and incorporating them into the technical documentation.
 * Cooperating with the department of development.</t>
   </si>
   <si>
     <t>User Experience Expert</t>
   </si>
   <si>
-    <t>* Designing the content and structure of web sites or applications
-[...3 lines deleted...]
-* Taking active part in user testing</t>
+    <t>* Conducting and interpreting user research (interviews, testing, data analysis).
+* Creating UX strategies and recommendations for product development.
+* Evaluating existing solutions (UX audit, heuristic analysis).
+* Collaborating with product managers and stakeholders at a high level.
+* Mentoring UX designers and developers.</t>
+  </si>
+  <si>
+    <t>UX designer</t>
+  </si>
+  <si>
+    <t>* Creating wireframes, prototypes, and user flows.
+* Collaborating with UI designers and developers on implementing designs.
+* Usability testing and iterating designs based on feedback.
+* Working with tools like Figma, Sketch, Adobe XD.
+* Focusing on specific screens, interactions, and visual consistency.</t>
   </si>
   <si>
     <t>Web Designer</t>
   </si>
   <si>
     <t>* Communicating with clients concerning the appearance of their future websites, putting the emphasis on the understanding of the requirements and expectations of clients.
 * Designing the basic structure of the website layout.
 * Creating graphic concepts of websites and their implementation using programming languages.
 * Preparing preliminary website designs and submitting concepts for the client´s approval.
 * Collecting texts and creating content for the website.
 * Optimising text, graphic, audio and video elements by converting them into various digital formats.
 * Website testing in terms of functionality and fixing bugs.</t>
   </si>
   <si>
     <t>Webmaster</t>
   </si>
   <si>
     <t>* Responsibility for managing websites in terms of the technical point of view as well as content.
 * Maintaining and updating website content.
 * Repairing errors.
 * Testing websites with the aim to streamline their usefulness.
 * Optimising the running of websites by changing the technical parameters of hardware, by compressing the used files, by improving user accessibility etc.
 * Cooperating with the authors of the texts, graphics, web programmers and web designers.</t>
   </si>
   <si>
@@ -6194,50 +6191,62 @@
 * Assembling parts of machinery and equipment.
 * Diagnosing and troubleshooting machine malfunctions.
 * Scraping, grinding, balancing, adjusting, connecting with bolts and rivets, soldering and welding machine parts.
 * Assembling machinery and equipment.</t>
   </si>
   <si>
     <t>* Operating and monitoring machinery and equipment to ensure efficient production processes.
 * Conducting routine inspections and maintenance on machines to ensure optimal performance.
 * Setting up machines for production runs, including adjusting settings and calibrating equipment as needed.
 * Troubleshooting and resolving mechanical issues that may arise during operation.
 * Adhering to safety protocols and regulations to maintain a safe working environment.
 * Maintaining accurate production records and reporting any discrepancies to supervisors.
 * Collaborating with team members to meet production targets and improve operational efficiency.
 * Cleaning and organizing work areas to ensure a tidy and safe workspace.
 * Assisting in training new operators on machine operation and safety procedures.
 * Participating in continuous improvement initiatives to enhance production quality and efficiency.</t>
   </si>
   <si>
     <t>* Operating construction machines and mechanisms.
 * Performing construction work according to master builder’s instructions.
 * Checking the technical condition of entrusted construction machines and mechanisms.
 * Performing simple repairs and maintenance activities on entrusted construction machines and mechanisms.
 * Fuelling entrusted construction machines and mechanisms.</t>
   </si>
   <si>
+    <t>Mechanical Design Engineer – Automation</t>
+  </si>
+  <si>
+    <t>* Design of technical solutions for automated machines, equipment, and production lines.
+* Creation of 3D models and technical drawings using CAD software (e.g., SolidWorks, AutoCAD, CATIA).
+* Collaboration with the project team in preparing concepts, quotations, and risk analyses.
+* Support for manufacturing, assembly, and commissioning of designed equipment.
+* Testing and verification of designs, ensuring compliance with technical standards and regulations.
+* Communication with suppliers and customers, technical support during product implementation.
+* Optimization of existing solutions and design of new components according to specific client requirements.</t>
+  </si>
+  <si>
     <t>Mechanical Engineer</t>
   </si>
   <si>
     <t>* Designing components, machinery, equipment, automated equipment, tools and systems with the use of specialised software.
 * Communicating with clients with the aim to determine their needs.
 * Completing analyses and cost estimation.
 * Contacting manufacturing companies in connection with prototype production.
 * Incorporating client comments into the proposals. 
 * Product analysing and testing.
 * Communicating with subcontractors and other team members.
 * Solving incurred technical and technological problems.</t>
   </si>
   <si>
     <t>Mechanization Manager</t>
   </si>
   <si>
     <t>* Develop concepts, processes and work methods and processes to support business and growth requirements.
 * Manage and direct all automation projects utilizing sound project management principles and tools.
 * Analyze and develop engineered standards utilizing time and motion studies, statistical analysis and manpower planning tools to improve productivity, accuracy and service level.
 * Responsible for repair maintenance of all the assets.
 * Maintenance planning and availability of all equipment.
 * Spares planning and management.
 * Liaison with various vendors for technical support.
 * Techno-commercial analysis for operational costs.
 * Preparing equipment performance reports.
@@ -7377,65 +7386,50 @@
 * Supervising workers</t>
   </si>
   <si>
     <t>Glassmaker</t>
   </si>
   <si>
     <t>* Melting and mixing raw materials for glass production in a furnace.
 * Shaping molten glass by blowing into a blowpipe or by pressing, rolling and casting.
 * Cooling the molten glass to the required temperature.
 * Decorated the glass by grinding, cutting, engraving, etching, painting, gilding, silvering etc.</t>
   </si>
   <si>
     <t>Industrial painter</t>
   </si>
   <si>
     <t>* Preparing surfaces for painting by cleaning, sanding, and applying primers as needed.
 * Mixing paints and coatings to achieve desired colors and finishes.
 * Applying paint using various techniques, including spray, brush, and roller methods.
 * Ensuring a high-quality finish by inspecting work and making necessary adjustments.
 * Adhering to safety protocols and using personal protective equipment to minimize risks.
 * Collaborating with other team members to meet production deadlines and quality standards.
 * Maintaining tools and equipment in good working condition and reporting any issues.
 * Keeping work areas tidy and organized to ensure efficiency and safety.
 * Following industry standards and regulations regarding environmental impact and waste disposal.
 * Providing input on process improvements to enhance productivity and quality.</t>
-  </si>
-[...13 lines deleted...]
-* Participating in team meetings to discuss project progress and address any challenges encountered during production.</t>
   </si>
   <si>
     <t>* Performing a wide range of professional tasks and supporting work depending on the specialisation of the production company.
 * Responsibility for following technical procedures, quality and quantity of produced or finished products and semi-finished goods.
 * Operating machinery, instruments, and equipment.
 * Following safety, fire prevention, and internal regulations.
 * Providing proper notice regarding any problems related to occupational health and safety.</t>
   </si>
   <si>
     <t>* Operating and monitoring the operation of one or more pieces of equipment on the production line.
 * Adding materials to pieces of equipment as needed and removing such materials if there is any excess.
 * Checking the in-process and finished products using measurement instruments.
 * Halting the production line operation in case of insufficient quality products.
 * Producing finished products, finishing in-process products.</t>
   </si>
   <si>
     <t>Machine Setter</t>
   </si>
   <si>
     <t>* Identification of causes of problems and their subsequent removal
 * Sorting of production machines and devices
 * Setting parameters of the devices in the automatic production
 * Maintenance and regular check-up of machines, including both the mechanic and the robotic aspects 
 * Taking care of entrusted machines</t>
   </si>
@@ -13802,3276 +13796,3276 @@
       <c r="E187" s="2" t="s">
         <v>371</v>
       </c>
       <c r="F187" s="2"/>
     </row>
     <row r="188" spans="1:6">
       <c r="A188" t="s">
         <v>284</v>
       </c>
       <c r="B188" t="s">
         <v>284</v>
       </c>
       <c r="C188" t="s">
         <v>372</v>
       </c>
       <c r="D188" t="s">
         <v>372</v>
       </c>
       <c r="E188" s="2" t="s">
         <v>373</v>
       </c>
       <c r="F188" s="2"/>
     </row>
     <row r="189" spans="1:6">
       <c r="A189" t="s">
-        <v>284</v>
+        <v>374</v>
       </c>
       <c r="B189" t="s">
-        <v>284</v>
+        <v>374</v>
       </c>
       <c r="C189" t="s">
-        <v>374</v>
+        <v>375</v>
       </c>
       <c r="D189" t="s">
-        <v>374</v>
+        <v>375</v>
       </c>
       <c r="E189" s="2" t="s">
-        <v>375</v>
+        <v>376</v>
       </c>
       <c r="F189" s="2"/>
     </row>
     <row r="190" spans="1:6">
       <c r="A190" t="s">
-        <v>284</v>
+        <v>374</v>
       </c>
       <c r="B190" t="s">
-        <v>284</v>
+        <v>374</v>
       </c>
       <c r="C190" t="s">
-        <v>376</v>
+        <v>15</v>
       </c>
       <c r="D190" t="s">
-        <v>376</v>
+        <v>15</v>
       </c>
       <c r="E190" s="2" t="s">
         <v>377</v>
       </c>
       <c r="F190" s="2"/>
     </row>
     <row r="191" spans="1:6">
       <c r="A191" t="s">
+        <v>374</v>
+      </c>
+      <c r="B191" t="s">
+        <v>374</v>
+      </c>
+      <c r="C191" t="s">
         <v>378</v>
       </c>
-      <c r="B191" t="s">
+      <c r="D191" t="s">
         <v>378</v>
       </c>
-      <c r="C191" t="s">
+      <c r="E191" s="2" t="s">
         <v>379</v>
-      </c>
-[...4 lines deleted...]
-        <v>380</v>
       </c>
       <c r="F191" s="2"/>
     </row>
     <row r="192" spans="1:6">
       <c r="A192" t="s">
-        <v>378</v>
+        <v>374</v>
       </c>
       <c r="B192" t="s">
-        <v>378</v>
+        <v>374</v>
       </c>
       <c r="C192" t="s">
-        <v>15</v>
+        <v>380</v>
       </c>
       <c r="D192" t="s">
-        <v>15</v>
+        <v>380</v>
       </c>
       <c r="E192" s="2" t="s">
         <v>381</v>
       </c>
       <c r="F192" s="2"/>
     </row>
     <row r="193" spans="1:6">
       <c r="A193" t="s">
-        <v>378</v>
+        <v>374</v>
       </c>
       <c r="B193" t="s">
-        <v>378</v>
+        <v>374</v>
       </c>
       <c r="C193" t="s">
         <v>382</v>
       </c>
       <c r="D193" t="s">
         <v>382</v>
       </c>
       <c r="E193" s="2" t="s">
         <v>383</v>
       </c>
       <c r="F193" s="2"/>
     </row>
     <row r="194" spans="1:6">
       <c r="A194" t="s">
-        <v>378</v>
+        <v>374</v>
       </c>
       <c r="B194" t="s">
-        <v>378</v>
+        <v>374</v>
       </c>
       <c r="C194" t="s">
         <v>384</v>
       </c>
       <c r="D194" t="s">
         <v>384</v>
       </c>
       <c r="E194" s="2" t="s">
         <v>385</v>
       </c>
       <c r="F194" s="2"/>
     </row>
     <row r="195" spans="1:6">
       <c r="A195" t="s">
-        <v>378</v>
+        <v>386</v>
       </c>
       <c r="B195" t="s">
-        <v>378</v>
+        <v>386</v>
       </c>
       <c r="C195" t="s">
-        <v>386</v>
+        <v>387</v>
       </c>
       <c r="D195" t="s">
-        <v>386</v>
+        <v>387</v>
       </c>
       <c r="E195" s="2" t="s">
-        <v>387</v>
+        <v>388</v>
       </c>
       <c r="F195" s="2"/>
     </row>
     <row r="196" spans="1:6">
       <c r="A196" t="s">
-        <v>378</v>
+        <v>386</v>
       </c>
       <c r="B196" t="s">
-        <v>378</v>
+        <v>386</v>
       </c>
       <c r="C196" t="s">
-        <v>388</v>
+        <v>389</v>
       </c>
       <c r="D196" t="s">
-        <v>388</v>
+        <v>389</v>
       </c>
       <c r="E196" s="2" t="s">
-        <v>389</v>
+        <v>390</v>
       </c>
       <c r="F196" s="2"/>
     </row>
     <row r="197" spans="1:6">
       <c r="A197" t="s">
-        <v>390</v>
+        <v>386</v>
       </c>
       <c r="B197" t="s">
-        <v>390</v>
+        <v>386</v>
       </c>
       <c r="C197" t="s">
         <v>391</v>
       </c>
       <c r="D197" t="s">
         <v>391</v>
       </c>
       <c r="E197" s="2" t="s">
         <v>392</v>
       </c>
       <c r="F197" s="2"/>
     </row>
     <row r="198" spans="1:6">
       <c r="A198" t="s">
-        <v>390</v>
+        <v>386</v>
       </c>
       <c r="B198" t="s">
-        <v>390</v>
+        <v>386</v>
       </c>
       <c r="C198" t="s">
         <v>393</v>
       </c>
       <c r="D198" t="s">
         <v>393</v>
       </c>
       <c r="E198" s="2" t="s">
         <v>394</v>
       </c>
       <c r="F198" s="2"/>
     </row>
     <row r="199" spans="1:6">
       <c r="A199" t="s">
-        <v>390</v>
+        <v>386</v>
       </c>
       <c r="B199" t="s">
-        <v>390</v>
+        <v>386</v>
       </c>
       <c r="C199" t="s">
         <v>395</v>
       </c>
       <c r="D199" t="s">
         <v>395</v>
       </c>
       <c r="E199" s="2" t="s">
         <v>396</v>
       </c>
       <c r="F199" s="2"/>
     </row>
     <row r="200" spans="1:6">
       <c r="A200" t="s">
-        <v>390</v>
+        <v>386</v>
       </c>
       <c r="B200" t="s">
-        <v>390</v>
+        <v>386</v>
       </c>
       <c r="C200" t="s">
         <v>397</v>
       </c>
       <c r="D200" t="s">
         <v>397</v>
       </c>
       <c r="E200" s="2" t="s">
         <v>398</v>
       </c>
       <c r="F200" s="2"/>
     </row>
     <row r="201" spans="1:6">
       <c r="A201" t="s">
-        <v>390</v>
+        <v>386</v>
       </c>
       <c r="B201" t="s">
-        <v>390</v>
+        <v>386</v>
       </c>
       <c r="C201" t="s">
         <v>399</v>
       </c>
       <c r="D201" t="s">
         <v>399</v>
       </c>
       <c r="E201" s="2" t="s">
         <v>400</v>
       </c>
       <c r="F201" s="2"/>
     </row>
     <row r="202" spans="1:6">
       <c r="A202" t="s">
-        <v>390</v>
+        <v>386</v>
       </c>
       <c r="B202" t="s">
-        <v>390</v>
+        <v>386</v>
       </c>
       <c r="C202" t="s">
+        <v>130</v>
+      </c>
+      <c r="D202" t="s">
+        <v>130</v>
+      </c>
+      <c r="E202" s="2" t="s">
         <v>401</v>
-      </c>
-[...4 lines deleted...]
-        <v>402</v>
       </c>
       <c r="F202" s="2"/>
     </row>
     <row r="203" spans="1:6">
       <c r="A203" t="s">
-        <v>390</v>
+        <v>386</v>
       </c>
       <c r="B203" t="s">
-        <v>390</v>
+        <v>386</v>
       </c>
       <c r="C203" t="s">
+        <v>402</v>
+      </c>
+      <c r="D203" t="s">
+        <v>402</v>
+      </c>
+      <c r="E203" s="2" t="s">
         <v>403</v>
-      </c>
-[...4 lines deleted...]
-        <v>404</v>
       </c>
       <c r="F203" s="2"/>
     </row>
     <row r="204" spans="1:6">
       <c r="A204" t="s">
-        <v>390</v>
+        <v>386</v>
       </c>
       <c r="B204" t="s">
-        <v>390</v>
+        <v>386</v>
       </c>
       <c r="C204" t="s">
-        <v>130</v>
+        <v>404</v>
       </c>
       <c r="D204" t="s">
-        <v>130</v>
+        <v>404</v>
       </c>
       <c r="E204" s="2" t="s">
         <v>405</v>
       </c>
       <c r="F204" s="2"/>
     </row>
     <row r="205" spans="1:6">
       <c r="A205" t="s">
-        <v>390</v>
+        <v>386</v>
       </c>
       <c r="B205" t="s">
-        <v>390</v>
+        <v>386</v>
       </c>
       <c r="C205" t="s">
         <v>406</v>
       </c>
       <c r="D205" t="s">
         <v>406</v>
       </c>
       <c r="E205" s="2" t="s">
         <v>407</v>
       </c>
       <c r="F205" s="2"/>
     </row>
     <row r="206" spans="1:6">
       <c r="A206" t="s">
-        <v>390</v>
+        <v>386</v>
       </c>
       <c r="B206" t="s">
-        <v>390</v>
+        <v>386</v>
       </c>
       <c r="C206" t="s">
         <v>408</v>
       </c>
       <c r="D206" t="s">
         <v>408</v>
       </c>
       <c r="E206" s="2" t="s">
         <v>409</v>
       </c>
       <c r="F206" s="2"/>
     </row>
     <row r="207" spans="1:6">
       <c r="A207" t="s">
-        <v>390</v>
+        <v>386</v>
       </c>
       <c r="B207" t="s">
-        <v>390</v>
+        <v>386</v>
       </c>
       <c r="C207" t="s">
         <v>410</v>
       </c>
       <c r="D207" t="s">
         <v>410</v>
       </c>
       <c r="E207" s="2" t="s">
         <v>411</v>
       </c>
       <c r="F207" s="2"/>
     </row>
     <row r="208" spans="1:6">
       <c r="A208" t="s">
-        <v>390</v>
+        <v>386</v>
       </c>
       <c r="B208" t="s">
-        <v>390</v>
+        <v>386</v>
       </c>
       <c r="C208" t="s">
         <v>412</v>
       </c>
       <c r="D208" t="s">
         <v>412</v>
       </c>
       <c r="E208" s="2" t="s">
         <v>413</v>
       </c>
       <c r="F208" s="2"/>
     </row>
     <row r="209" spans="1:6">
       <c r="A209" t="s">
-        <v>390</v>
+        <v>386</v>
       </c>
       <c r="B209" t="s">
-        <v>390</v>
+        <v>386</v>
       </c>
       <c r="C209" t="s">
         <v>414</v>
       </c>
       <c r="D209" t="s">
         <v>414</v>
       </c>
       <c r="E209" s="2" t="s">
         <v>415</v>
       </c>
       <c r="F209" s="2"/>
     </row>
     <row r="210" spans="1:6">
       <c r="A210" t="s">
-        <v>390</v>
+        <v>386</v>
       </c>
       <c r="B210" t="s">
-        <v>390</v>
+        <v>386</v>
       </c>
       <c r="C210" t="s">
         <v>416</v>
       </c>
       <c r="D210" t="s">
         <v>416</v>
       </c>
       <c r="E210" s="2" t="s">
         <v>417</v>
       </c>
       <c r="F210" s="2"/>
     </row>
     <row r="211" spans="1:6">
       <c r="A211" t="s">
-        <v>390</v>
+        <v>386</v>
       </c>
       <c r="B211" t="s">
-        <v>390</v>
+        <v>386</v>
       </c>
       <c r="C211" t="s">
         <v>418</v>
       </c>
       <c r="D211" t="s">
         <v>418</v>
       </c>
       <c r="E211" s="2" t="s">
         <v>419</v>
       </c>
       <c r="F211" s="2"/>
     </row>
     <row r="212" spans="1:6">
       <c r="A212" t="s">
-        <v>390</v>
+        <v>386</v>
       </c>
       <c r="B212" t="s">
-        <v>390</v>
+        <v>386</v>
       </c>
       <c r="C212" t="s">
         <v>420</v>
       </c>
       <c r="D212" t="s">
         <v>420</v>
       </c>
       <c r="E212" s="2" t="s">
         <v>421</v>
       </c>
       <c r="F212" s="2"/>
     </row>
     <row r="213" spans="1:6">
       <c r="A213" t="s">
-        <v>390</v>
+        <v>386</v>
       </c>
       <c r="B213" t="s">
-        <v>390</v>
+        <v>386</v>
       </c>
       <c r="C213" t="s">
+        <v>144</v>
+      </c>
+      <c r="D213" t="s">
+        <v>144</v>
+      </c>
+      <c r="E213" s="2" t="s">
         <v>422</v>
-      </c>
-[...4 lines deleted...]
-        <v>423</v>
       </c>
       <c r="F213" s="2"/>
     </row>
     <row r="214" spans="1:6">
       <c r="A214" t="s">
-        <v>390</v>
+        <v>386</v>
       </c>
       <c r="B214" t="s">
-        <v>390</v>
+        <v>386</v>
       </c>
       <c r="C214" t="s">
+        <v>423</v>
+      </c>
+      <c r="D214" t="s">
+        <v>423</v>
+      </c>
+      <c r="E214" s="2" t="s">
         <v>424</v>
-      </c>
-[...4 lines deleted...]
-        <v>425</v>
       </c>
       <c r="F214" s="2"/>
     </row>
     <row r="215" spans="1:6">
       <c r="A215" t="s">
-        <v>390</v>
+        <v>386</v>
       </c>
       <c r="B215" t="s">
-        <v>390</v>
+        <v>386</v>
       </c>
       <c r="C215" t="s">
-        <v>144</v>
+        <v>146</v>
       </c>
       <c r="D215" t="s">
-        <v>144</v>
+        <v>146</v>
       </c>
       <c r="E215" s="2" t="s">
-        <v>426</v>
+        <v>425</v>
       </c>
       <c r="F215" s="2"/>
     </row>
     <row r="216" spans="1:6">
       <c r="A216" t="s">
-        <v>390</v>
+        <v>386</v>
       </c>
       <c r="B216" t="s">
-        <v>390</v>
+        <v>386</v>
       </c>
       <c r="C216" t="s">
+        <v>426</v>
+      </c>
+      <c r="D216" t="s">
+        <v>426</v>
+      </c>
+      <c r="E216" s="2" t="s">
         <v>427</v>
-      </c>
-[...4 lines deleted...]
-        <v>428</v>
       </c>
       <c r="F216" s="2"/>
     </row>
     <row r="217" spans="1:6">
       <c r="A217" t="s">
-        <v>390</v>
+        <v>386</v>
       </c>
       <c r="B217" t="s">
-        <v>390</v>
+        <v>386</v>
       </c>
       <c r="C217" t="s">
-        <v>146</v>
+        <v>428</v>
       </c>
       <c r="D217" t="s">
-        <v>146</v>
+        <v>428</v>
       </c>
       <c r="E217" s="2" t="s">
         <v>429</v>
       </c>
       <c r="F217" s="2"/>
     </row>
     <row r="218" spans="1:6">
       <c r="A218" t="s">
-        <v>390</v>
+        <v>386</v>
       </c>
       <c r="B218" t="s">
-        <v>390</v>
+        <v>386</v>
       </c>
       <c r="C218" t="s">
         <v>430</v>
       </c>
       <c r="D218" t="s">
         <v>430</v>
       </c>
       <c r="E218" s="2" t="s">
         <v>431</v>
       </c>
       <c r="F218" s="2"/>
     </row>
     <row r="219" spans="1:6">
       <c r="A219" t="s">
-        <v>390</v>
+        <v>386</v>
       </c>
       <c r="B219" t="s">
-        <v>390</v>
+        <v>386</v>
       </c>
       <c r="C219" t="s">
         <v>432</v>
       </c>
       <c r="D219" t="s">
         <v>432</v>
       </c>
       <c r="E219" s="2" t="s">
         <v>433</v>
       </c>
       <c r="F219" s="2"/>
     </row>
     <row r="220" spans="1:6">
       <c r="A220" t="s">
-        <v>390</v>
+        <v>386</v>
       </c>
       <c r="B220" t="s">
-        <v>390</v>
+        <v>386</v>
       </c>
       <c r="C220" t="s">
         <v>434</v>
       </c>
       <c r="D220" t="s">
         <v>434</v>
       </c>
       <c r="E220" s="2" t="s">
         <v>435</v>
       </c>
       <c r="F220" s="2"/>
     </row>
     <row r="221" spans="1:6">
       <c r="A221" t="s">
-        <v>390</v>
+        <v>386</v>
       </c>
       <c r="B221" t="s">
-        <v>390</v>
+        <v>386</v>
       </c>
       <c r="C221" t="s">
         <v>436</v>
       </c>
       <c r="D221" t="s">
         <v>436</v>
       </c>
       <c r="E221" s="2" t="s">
         <v>437</v>
       </c>
       <c r="F221" s="2"/>
     </row>
     <row r="222" spans="1:6">
       <c r="A222" t="s">
-        <v>390</v>
+        <v>386</v>
       </c>
       <c r="B222" t="s">
-        <v>390</v>
+        <v>386</v>
       </c>
       <c r="C222" t="s">
         <v>438</v>
       </c>
       <c r="D222" t="s">
         <v>438</v>
       </c>
       <c r="E222" s="2" t="s">
         <v>439</v>
       </c>
       <c r="F222" s="2"/>
     </row>
     <row r="223" spans="1:6">
       <c r="A223" t="s">
-        <v>390</v>
+        <v>386</v>
       </c>
       <c r="B223" t="s">
-        <v>390</v>
+        <v>386</v>
       </c>
       <c r="C223" t="s">
         <v>440</v>
       </c>
       <c r="D223" t="s">
         <v>440</v>
       </c>
       <c r="E223" s="2" t="s">
         <v>441</v>
       </c>
       <c r="F223" s="2"/>
     </row>
     <row r="224" spans="1:6">
       <c r="A224" t="s">
-        <v>390</v>
+        <v>386</v>
       </c>
       <c r="B224" t="s">
-        <v>390</v>
+        <v>386</v>
       </c>
       <c r="C224" t="s">
         <v>442</v>
       </c>
       <c r="D224" t="s">
         <v>442</v>
       </c>
       <c r="E224" s="2" t="s">
         <v>443</v>
       </c>
       <c r="F224" s="2"/>
     </row>
     <row r="225" spans="1:6">
       <c r="A225" t="s">
-        <v>390</v>
+        <v>386</v>
       </c>
       <c r="B225" t="s">
-        <v>390</v>
+        <v>386</v>
       </c>
       <c r="C225" t="s">
         <v>444</v>
       </c>
       <c r="D225" t="s">
         <v>444</v>
       </c>
       <c r="E225" s="2" t="s">
         <v>445</v>
       </c>
       <c r="F225" s="2"/>
     </row>
     <row r="226" spans="1:6">
       <c r="A226" t="s">
-        <v>390</v>
+        <v>386</v>
       </c>
       <c r="B226" t="s">
-        <v>390</v>
+        <v>386</v>
       </c>
       <c r="C226" t="s">
         <v>446</v>
       </c>
       <c r="D226" t="s">
         <v>446</v>
       </c>
       <c r="E226" s="2" t="s">
         <v>447</v>
       </c>
       <c r="F226" s="2"/>
     </row>
     <row r="227" spans="1:6">
       <c r="A227" t="s">
-        <v>390</v>
+        <v>386</v>
       </c>
       <c r="B227" t="s">
-        <v>390</v>
+        <v>386</v>
       </c>
       <c r="C227" t="s">
         <v>448</v>
       </c>
       <c r="D227" t="s">
         <v>448</v>
       </c>
       <c r="E227" s="2" t="s">
         <v>449</v>
       </c>
       <c r="F227" s="2"/>
     </row>
     <row r="228" spans="1:6">
       <c r="A228" t="s">
-        <v>390</v>
+        <v>450</v>
       </c>
       <c r="B228" t="s">
-        <v>390</v>
+        <v>450</v>
       </c>
       <c r="C228" t="s">
-        <v>450</v>
+        <v>83</v>
       </c>
       <c r="D228" t="s">
-        <v>450</v>
+        <v>83</v>
       </c>
       <c r="E228" s="2" t="s">
         <v>451</v>
       </c>
       <c r="F228" s="2"/>
     </row>
     <row r="229" spans="1:6">
       <c r="A229" t="s">
-        <v>390</v>
+        <v>450</v>
       </c>
       <c r="B229" t="s">
-        <v>390</v>
+        <v>450</v>
       </c>
       <c r="C229" t="s">
         <v>452</v>
       </c>
       <c r="D229" t="s">
         <v>452</v>
       </c>
       <c r="E229" s="2" t="s">
         <v>453</v>
       </c>
       <c r="F229" s="2"/>
     </row>
     <row r="230" spans="1:6">
       <c r="A230" t="s">
+        <v>450</v>
+      </c>
+      <c r="B230" t="s">
+        <v>450</v>
+      </c>
+      <c r="C230" t="s">
         <v>454</v>
       </c>
-      <c r="B230" t="s">
+      <c r="D230" t="s">
         <v>454</v>
-      </c>
-[...4 lines deleted...]
-        <v>83</v>
       </c>
       <c r="E230" s="2" t="s">
         <v>455</v>
       </c>
       <c r="F230" s="2"/>
     </row>
     <row r="231" spans="1:6">
       <c r="A231" t="s">
-        <v>454</v>
+        <v>450</v>
       </c>
       <c r="B231" t="s">
-        <v>454</v>
+        <v>450</v>
       </c>
       <c r="C231" t="s">
         <v>456</v>
       </c>
       <c r="D231" t="s">
         <v>456</v>
       </c>
       <c r="E231" s="2" t="s">
         <v>457</v>
       </c>
       <c r="F231" s="2"/>
     </row>
     <row r="232" spans="1:6">
       <c r="A232" t="s">
-        <v>454</v>
+        <v>450</v>
       </c>
       <c r="B232" t="s">
-        <v>454</v>
+        <v>450</v>
       </c>
       <c r="C232" t="s">
         <v>458</v>
       </c>
       <c r="D232" t="s">
         <v>458</v>
       </c>
       <c r="E232" s="2" t="s">
         <v>459</v>
       </c>
       <c r="F232" s="2"/>
     </row>
     <row r="233" spans="1:6">
       <c r="A233" t="s">
-        <v>454</v>
+        <v>450</v>
       </c>
       <c r="B233" t="s">
-        <v>454</v>
+        <v>450</v>
       </c>
       <c r="C233" t="s">
         <v>460</v>
       </c>
       <c r="D233" t="s">
         <v>460</v>
       </c>
       <c r="E233" s="2" t="s">
         <v>461</v>
       </c>
       <c r="F233" s="2"/>
     </row>
     <row r="234" spans="1:6">
       <c r="A234" t="s">
-        <v>454</v>
+        <v>450</v>
       </c>
       <c r="B234" t="s">
-        <v>454</v>
+        <v>450</v>
       </c>
       <c r="C234" t="s">
         <v>462</v>
       </c>
       <c r="D234" t="s">
         <v>462</v>
       </c>
       <c r="E234" s="2" t="s">
         <v>463</v>
       </c>
       <c r="F234" s="2"/>
     </row>
     <row r="235" spans="1:6">
       <c r="A235" t="s">
-        <v>454</v>
+        <v>450</v>
       </c>
       <c r="B235" t="s">
-        <v>454</v>
+        <v>450</v>
       </c>
       <c r="C235" t="s">
         <v>464</v>
       </c>
       <c r="D235" t="s">
         <v>464</v>
       </c>
       <c r="E235" s="2" t="s">
         <v>465</v>
       </c>
       <c r="F235" s="2"/>
     </row>
     <row r="236" spans="1:6">
       <c r="A236" t="s">
-        <v>454</v>
+        <v>450</v>
       </c>
       <c r="B236" t="s">
-        <v>454</v>
+        <v>450</v>
       </c>
       <c r="C236" t="s">
         <v>466</v>
       </c>
       <c r="D236" t="s">
         <v>466</v>
       </c>
       <c r="E236" s="2" t="s">
         <v>467</v>
       </c>
       <c r="F236" s="2"/>
     </row>
     <row r="237" spans="1:6">
       <c r="A237" t="s">
-        <v>454</v>
+        <v>450</v>
       </c>
       <c r="B237" t="s">
-        <v>454</v>
+        <v>450</v>
       </c>
       <c r="C237" t="s">
         <v>468</v>
       </c>
       <c r="D237" t="s">
         <v>468</v>
       </c>
       <c r="E237" s="2" t="s">
         <v>469</v>
       </c>
       <c r="F237" s="2"/>
     </row>
     <row r="238" spans="1:6">
       <c r="A238" t="s">
-        <v>454</v>
+        <v>450</v>
       </c>
       <c r="B238" t="s">
-        <v>454</v>
+        <v>450</v>
       </c>
       <c r="C238" t="s">
         <v>470</v>
       </c>
       <c r="D238" t="s">
         <v>470</v>
       </c>
       <c r="E238" s="2" t="s">
         <v>471</v>
       </c>
       <c r="F238" s="2"/>
     </row>
     <row r="239" spans="1:6">
       <c r="A239" t="s">
-        <v>454</v>
+        <v>450</v>
       </c>
       <c r="B239" t="s">
-        <v>454</v>
+        <v>450</v>
       </c>
       <c r="C239" t="s">
         <v>472</v>
       </c>
       <c r="D239" t="s">
         <v>472</v>
       </c>
       <c r="E239" s="2" t="s">
         <v>473</v>
       </c>
       <c r="F239" s="2"/>
     </row>
     <row r="240" spans="1:6">
       <c r="A240" t="s">
-        <v>454</v>
+        <v>450</v>
       </c>
       <c r="B240" t="s">
-        <v>454</v>
+        <v>450</v>
       </c>
       <c r="C240" t="s">
         <v>474</v>
       </c>
       <c r="D240" t="s">
         <v>474</v>
       </c>
       <c r="E240" s="2" t="s">
         <v>475</v>
       </c>
       <c r="F240" s="2"/>
     </row>
     <row r="241" spans="1:6">
       <c r="A241" t="s">
-        <v>454</v>
+        <v>450</v>
       </c>
       <c r="B241" t="s">
-        <v>454</v>
+        <v>450</v>
       </c>
       <c r="C241" t="s">
         <v>476</v>
       </c>
       <c r="D241" t="s">
         <v>476</v>
       </c>
       <c r="E241" s="2" t="s">
         <v>477</v>
       </c>
       <c r="F241" s="2"/>
     </row>
     <row r="242" spans="1:6">
       <c r="A242" t="s">
-        <v>454</v>
+        <v>450</v>
       </c>
       <c r="B242" t="s">
-        <v>454</v>
+        <v>450</v>
       </c>
       <c r="C242" t="s">
         <v>478</v>
       </c>
       <c r="D242" t="s">
         <v>478</v>
       </c>
       <c r="E242" s="2" t="s">
         <v>479</v>
       </c>
       <c r="F242" s="2"/>
     </row>
     <row r="243" spans="1:6">
       <c r="A243" t="s">
-        <v>454</v>
+        <v>450</v>
       </c>
       <c r="B243" t="s">
-        <v>454</v>
+        <v>450</v>
       </c>
       <c r="C243" t="s">
         <v>480</v>
       </c>
       <c r="D243" t="s">
         <v>480</v>
       </c>
       <c r="E243" s="2" t="s">
         <v>481</v>
       </c>
       <c r="F243" s="2"/>
     </row>
     <row r="244" spans="1:6">
       <c r="A244" t="s">
-        <v>454</v>
+        <v>450</v>
       </c>
       <c r="B244" t="s">
-        <v>454</v>
+        <v>450</v>
       </c>
       <c r="C244" t="s">
         <v>482</v>
       </c>
       <c r="D244" t="s">
         <v>482</v>
       </c>
       <c r="E244" s="2" t="s">
         <v>483</v>
       </c>
       <c r="F244" s="2"/>
     </row>
     <row r="245" spans="1:6">
       <c r="A245" t="s">
-        <v>454</v>
+        <v>450</v>
       </c>
       <c r="B245" t="s">
-        <v>454</v>
+        <v>450</v>
       </c>
       <c r="C245" t="s">
         <v>484</v>
       </c>
       <c r="D245" t="s">
         <v>484</v>
       </c>
       <c r="E245" s="2" t="s">
         <v>485</v>
       </c>
       <c r="F245" s="2"/>
     </row>
     <row r="246" spans="1:6">
       <c r="A246" t="s">
-        <v>454</v>
+        <v>450</v>
       </c>
       <c r="B246" t="s">
-        <v>454</v>
+        <v>450</v>
       </c>
       <c r="C246" t="s">
         <v>486</v>
       </c>
       <c r="D246" t="s">
         <v>486</v>
       </c>
       <c r="E246" s="2" t="s">
         <v>487</v>
       </c>
       <c r="F246" s="2"/>
     </row>
     <row r="247" spans="1:6">
       <c r="A247" t="s">
-        <v>454</v>
+        <v>450</v>
       </c>
       <c r="B247" t="s">
-        <v>454</v>
+        <v>450</v>
       </c>
       <c r="C247" t="s">
         <v>488</v>
       </c>
       <c r="D247" t="s">
         <v>488</v>
       </c>
       <c r="E247" s="2" t="s">
         <v>489</v>
       </c>
       <c r="F247" s="2"/>
     </row>
     <row r="248" spans="1:6">
       <c r="A248" t="s">
-        <v>454</v>
+        <v>450</v>
       </c>
       <c r="B248" t="s">
-        <v>454</v>
+        <v>450</v>
       </c>
       <c r="C248" t="s">
         <v>490</v>
       </c>
       <c r="D248" t="s">
         <v>490</v>
       </c>
       <c r="E248" s="2" t="s">
         <v>491</v>
       </c>
       <c r="F248" s="2"/>
     </row>
     <row r="249" spans="1:6">
       <c r="A249" t="s">
-        <v>454</v>
+        <v>450</v>
       </c>
       <c r="B249" t="s">
-        <v>454</v>
+        <v>450</v>
       </c>
       <c r="C249" t="s">
         <v>492</v>
       </c>
       <c r="D249" t="s">
         <v>492</v>
       </c>
       <c r="E249" s="2" t="s">
         <v>493</v>
       </c>
       <c r="F249" s="2"/>
     </row>
     <row r="250" spans="1:6">
       <c r="A250" t="s">
-        <v>454</v>
+        <v>450</v>
       </c>
       <c r="B250" t="s">
-        <v>454</v>
+        <v>450</v>
       </c>
       <c r="C250" t="s">
         <v>494</v>
       </c>
       <c r="D250" t="s">
         <v>494</v>
       </c>
       <c r="E250" s="2" t="s">
         <v>495</v>
       </c>
       <c r="F250" s="2"/>
     </row>
     <row r="251" spans="1:6">
       <c r="A251" t="s">
-        <v>454</v>
+        <v>450</v>
       </c>
       <c r="B251" t="s">
-        <v>454</v>
+        <v>450</v>
       </c>
       <c r="C251" t="s">
         <v>496</v>
       </c>
       <c r="D251" t="s">
         <v>496</v>
       </c>
       <c r="E251" s="2" t="s">
         <v>497</v>
       </c>
       <c r="F251" s="2"/>
     </row>
     <row r="252" spans="1:6">
       <c r="A252" t="s">
-        <v>454</v>
+        <v>450</v>
       </c>
       <c r="B252" t="s">
-        <v>454</v>
+        <v>450</v>
       </c>
       <c r="C252" t="s">
         <v>498</v>
       </c>
       <c r="D252" t="s">
         <v>498</v>
       </c>
       <c r="E252" s="2" t="s">
         <v>499</v>
       </c>
       <c r="F252" s="2"/>
     </row>
     <row r="253" spans="1:6">
       <c r="A253" t="s">
-        <v>454</v>
+        <v>450</v>
       </c>
       <c r="B253" t="s">
-        <v>454</v>
+        <v>450</v>
       </c>
       <c r="C253" t="s">
         <v>500</v>
       </c>
       <c r="D253" t="s">
         <v>500</v>
       </c>
       <c r="E253" s="2" t="s">
         <v>501</v>
       </c>
       <c r="F253" s="2"/>
     </row>
     <row r="254" spans="1:6">
       <c r="A254" t="s">
-        <v>454</v>
+        <v>450</v>
       </c>
       <c r="B254" t="s">
-        <v>454</v>
+        <v>450</v>
       </c>
       <c r="C254" t="s">
         <v>502</v>
       </c>
       <c r="D254" t="s">
         <v>502</v>
       </c>
       <c r="E254" s="2" t="s">
         <v>503</v>
       </c>
       <c r="F254" s="2"/>
     </row>
     <row r="255" spans="1:6">
       <c r="A255" t="s">
-        <v>454</v>
+        <v>450</v>
       </c>
       <c r="B255" t="s">
-        <v>454</v>
+        <v>450</v>
       </c>
       <c r="C255" t="s">
         <v>504</v>
       </c>
       <c r="D255" t="s">
         <v>504</v>
       </c>
       <c r="E255" s="2" t="s">
         <v>505</v>
       </c>
       <c r="F255" s="2"/>
     </row>
     <row r="256" spans="1:6">
       <c r="A256" t="s">
-        <v>454</v>
+        <v>450</v>
       </c>
       <c r="B256" t="s">
-        <v>454</v>
+        <v>450</v>
       </c>
       <c r="C256" t="s">
         <v>506</v>
       </c>
       <c r="D256" t="s">
         <v>506</v>
       </c>
       <c r="E256" s="2" t="s">
         <v>507</v>
       </c>
       <c r="F256" s="2"/>
     </row>
     <row r="257" spans="1:6">
       <c r="A257" t="s">
-        <v>454</v>
+        <v>450</v>
       </c>
       <c r="B257" t="s">
-        <v>454</v>
+        <v>450</v>
       </c>
       <c r="C257" t="s">
         <v>508</v>
       </c>
       <c r="D257" t="s">
         <v>508</v>
       </c>
       <c r="E257" s="2" t="s">
         <v>509</v>
       </c>
       <c r="F257" s="2"/>
     </row>
     <row r="258" spans="1:6">
       <c r="A258" t="s">
-        <v>454</v>
+        <v>450</v>
       </c>
       <c r="B258" t="s">
-        <v>454</v>
+        <v>450</v>
       </c>
       <c r="C258" t="s">
         <v>510</v>
       </c>
       <c r="D258" t="s">
         <v>510</v>
       </c>
       <c r="E258" s="2" t="s">
         <v>511</v>
       </c>
       <c r="F258" s="2"/>
     </row>
     <row r="259" spans="1:6">
       <c r="A259" t="s">
-        <v>454</v>
+        <v>450</v>
       </c>
       <c r="B259" t="s">
-        <v>454</v>
+        <v>450</v>
       </c>
       <c r="C259" t="s">
         <v>512</v>
       </c>
       <c r="D259" t="s">
         <v>512</v>
       </c>
       <c r="E259" s="2" t="s">
         <v>513</v>
       </c>
       <c r="F259" s="2"/>
     </row>
     <row r="260" spans="1:6">
       <c r="A260" t="s">
-        <v>454</v>
+        <v>450</v>
       </c>
       <c r="B260" t="s">
-        <v>454</v>
+        <v>450</v>
       </c>
       <c r="C260" t="s">
         <v>514</v>
       </c>
       <c r="D260" t="s">
         <v>514</v>
       </c>
       <c r="E260" s="2" t="s">
         <v>515</v>
       </c>
       <c r="F260" s="2"/>
     </row>
     <row r="261" spans="1:6">
       <c r="A261" t="s">
-        <v>454</v>
+        <v>516</v>
       </c>
       <c r="B261" t="s">
-        <v>454</v>
+        <v>516</v>
       </c>
       <c r="C261" t="s">
-        <v>516</v>
+        <v>181</v>
       </c>
       <c r="D261" t="s">
-        <v>516</v>
+        <v>181</v>
       </c>
       <c r="E261" s="2" t="s">
         <v>517</v>
       </c>
       <c r="F261" s="2"/>
     </row>
     <row r="262" spans="1:6">
       <c r="A262" t="s">
-        <v>454</v>
+        <v>516</v>
       </c>
       <c r="B262" t="s">
-        <v>454</v>
+        <v>516</v>
       </c>
       <c r="C262" t="s">
+        <v>310</v>
+      </c>
+      <c r="D262" t="s">
+        <v>310</v>
+      </c>
+      <c r="E262" s="2" t="s">
         <v>518</v>
-      </c>
-[...4 lines deleted...]
-        <v>519</v>
       </c>
       <c r="F262" s="2"/>
     </row>
     <row r="263" spans="1:6">
       <c r="A263" t="s">
+        <v>516</v>
+      </c>
+      <c r="B263" t="s">
+        <v>516</v>
+      </c>
+      <c r="C263" t="s">
+        <v>519</v>
+      </c>
+      <c r="D263" t="s">
+        <v>519</v>
+      </c>
+      <c r="E263" s="2" t="s">
         <v>520</v>
-      </c>
-[...10 lines deleted...]
-        <v>521</v>
       </c>
       <c r="F263" s="2"/>
     </row>
     <row r="264" spans="1:6">
       <c r="A264" t="s">
-        <v>520</v>
+        <v>516</v>
       </c>
       <c r="B264" t="s">
-        <v>520</v>
+        <v>516</v>
       </c>
       <c r="C264" t="s">
-        <v>310</v>
+        <v>185</v>
       </c>
       <c r="D264" t="s">
-        <v>310</v>
+        <v>185</v>
       </c>
       <c r="E264" s="2" t="s">
-        <v>522</v>
+        <v>521</v>
       </c>
       <c r="F264" s="2"/>
     </row>
     <row r="265" spans="1:6">
       <c r="A265" t="s">
-        <v>520</v>
+        <v>516</v>
       </c>
       <c r="B265" t="s">
-        <v>520</v>
+        <v>516</v>
       </c>
       <c r="C265" t="s">
+        <v>522</v>
+      </c>
+      <c r="D265" t="s">
+        <v>522</v>
+      </c>
+      <c r="E265" s="2" t="s">
         <v>523</v>
-      </c>
-[...4 lines deleted...]
-        <v>524</v>
       </c>
       <c r="F265" s="2"/>
     </row>
     <row r="266" spans="1:6">
       <c r="A266" t="s">
-        <v>520</v>
+        <v>516</v>
       </c>
       <c r="B266" t="s">
-        <v>520</v>
+        <v>516</v>
       </c>
       <c r="C266" t="s">
-        <v>185</v>
+        <v>524</v>
       </c>
       <c r="D266" t="s">
-        <v>185</v>
+        <v>524</v>
       </c>
       <c r="E266" s="2" t="s">
         <v>525</v>
       </c>
       <c r="F266" s="2"/>
     </row>
     <row r="267" spans="1:6">
       <c r="A267" t="s">
-        <v>520</v>
+        <v>516</v>
       </c>
       <c r="B267" t="s">
-        <v>520</v>
+        <v>516</v>
       </c>
       <c r="C267" t="s">
         <v>526</v>
       </c>
       <c r="D267" t="s">
         <v>526</v>
       </c>
       <c r="E267" s="2" t="s">
         <v>527</v>
       </c>
       <c r="F267" s="2"/>
     </row>
     <row r="268" spans="1:6">
       <c r="A268" t="s">
-        <v>520</v>
+        <v>516</v>
       </c>
       <c r="B268" t="s">
-        <v>520</v>
+        <v>516</v>
       </c>
       <c r="C268" t="s">
         <v>528</v>
       </c>
       <c r="D268" t="s">
         <v>528</v>
       </c>
       <c r="E268" s="2" t="s">
         <v>529</v>
       </c>
       <c r="F268" s="2"/>
     </row>
     <row r="269" spans="1:6">
       <c r="A269" t="s">
-        <v>520</v>
+        <v>516</v>
       </c>
       <c r="B269" t="s">
-        <v>520</v>
+        <v>516</v>
       </c>
       <c r="C269" t="s">
         <v>530</v>
       </c>
       <c r="D269" t="s">
         <v>530</v>
       </c>
       <c r="E269" s="2" t="s">
         <v>531</v>
       </c>
       <c r="F269" s="2"/>
     </row>
     <row r="270" spans="1:6">
       <c r="A270" t="s">
-        <v>520</v>
+        <v>516</v>
       </c>
       <c r="B270" t="s">
-        <v>520</v>
+        <v>516</v>
       </c>
       <c r="C270" t="s">
-        <v>532</v>
+        <v>189</v>
       </c>
       <c r="D270" t="s">
-        <v>532</v>
+        <v>189</v>
       </c>
       <c r="E270" s="2" t="s">
-        <v>533</v>
+        <v>190</v>
       </c>
       <c r="F270" s="2"/>
     </row>
     <row r="271" spans="1:6">
       <c r="A271" t="s">
-        <v>520</v>
+        <v>516</v>
       </c>
       <c r="B271" t="s">
-        <v>520</v>
+        <v>516</v>
       </c>
       <c r="C271" t="s">
-        <v>534</v>
+        <v>532</v>
       </c>
       <c r="D271" t="s">
-        <v>534</v>
+        <v>532</v>
       </c>
       <c r="E271" s="2" t="s">
-        <v>535</v>
+        <v>533</v>
       </c>
       <c r="F271" s="2"/>
     </row>
     <row r="272" spans="1:6">
       <c r="A272" t="s">
-        <v>520</v>
+        <v>516</v>
       </c>
       <c r="B272" t="s">
-        <v>520</v>
+        <v>516</v>
       </c>
       <c r="C272" t="s">
-        <v>189</v>
+        <v>534</v>
       </c>
       <c r="D272" t="s">
-        <v>189</v>
+        <v>534</v>
       </c>
       <c r="E272" s="2" t="s">
-        <v>190</v>
+        <v>535</v>
       </c>
       <c r="F272" s="2"/>
     </row>
     <row r="273" spans="1:6">
       <c r="A273" t="s">
-        <v>520</v>
+        <v>516</v>
       </c>
       <c r="B273" t="s">
-        <v>520</v>
+        <v>516</v>
       </c>
       <c r="C273" t="s">
         <v>536</v>
       </c>
       <c r="D273" t="s">
         <v>536</v>
       </c>
       <c r="E273" s="2" t="s">
         <v>537</v>
       </c>
       <c r="F273" s="2"/>
     </row>
     <row r="274" spans="1:6">
       <c r="A274" t="s">
-        <v>520</v>
+        <v>516</v>
       </c>
       <c r="B274" t="s">
-        <v>520</v>
+        <v>516</v>
       </c>
       <c r="C274" t="s">
-        <v>538</v>
+        <v>193</v>
       </c>
       <c r="D274" t="s">
-        <v>538</v>
+        <v>193</v>
       </c>
       <c r="E274" s="2" t="s">
-        <v>539</v>
+        <v>194</v>
       </c>
       <c r="F274" s="2"/>
     </row>
     <row r="275" spans="1:6">
       <c r="A275" t="s">
-        <v>520</v>
+        <v>516</v>
       </c>
       <c r="B275" t="s">
-        <v>520</v>
+        <v>516</v>
       </c>
       <c r="C275" t="s">
-        <v>540</v>
+        <v>197</v>
       </c>
       <c r="D275" t="s">
-        <v>540</v>
+        <v>197</v>
       </c>
       <c r="E275" s="2" t="s">
-        <v>541</v>
+        <v>538</v>
       </c>
       <c r="F275" s="2"/>
     </row>
     <row r="276" spans="1:6">
       <c r="A276" t="s">
-        <v>520</v>
+        <v>516</v>
       </c>
       <c r="B276" t="s">
-        <v>520</v>
+        <v>516</v>
       </c>
       <c r="C276" t="s">
-        <v>193</v>
+        <v>539</v>
       </c>
       <c r="D276" t="s">
-        <v>193</v>
+        <v>539</v>
       </c>
       <c r="E276" s="2" t="s">
-        <v>194</v>
+        <v>540</v>
       </c>
       <c r="F276" s="2"/>
     </row>
     <row r="277" spans="1:6">
       <c r="A277" t="s">
-        <v>520</v>
+        <v>516</v>
       </c>
       <c r="B277" t="s">
-        <v>520</v>
+        <v>516</v>
       </c>
       <c r="C277" t="s">
-        <v>197</v>
+        <v>541</v>
       </c>
       <c r="D277" t="s">
-        <v>197</v>
+        <v>541</v>
       </c>
       <c r="E277" s="2" t="s">
         <v>542</v>
       </c>
       <c r="F277" s="2"/>
     </row>
     <row r="278" spans="1:6">
       <c r="A278" t="s">
-        <v>520</v>
+        <v>516</v>
       </c>
       <c r="B278" t="s">
-        <v>520</v>
+        <v>516</v>
       </c>
       <c r="C278" t="s">
         <v>543</v>
       </c>
       <c r="D278" t="s">
         <v>543</v>
       </c>
       <c r="E278" s="2" t="s">
         <v>544</v>
       </c>
       <c r="F278" s="2"/>
     </row>
     <row r="279" spans="1:6">
       <c r="A279" t="s">
-        <v>520</v>
+        <v>516</v>
       </c>
       <c r="B279" t="s">
-        <v>520</v>
+        <v>516</v>
       </c>
       <c r="C279" t="s">
+        <v>199</v>
+      </c>
+      <c r="D279" t="s">
+        <v>199</v>
+      </c>
+      <c r="E279" s="2" t="s">
         <v>545</v>
-      </c>
-[...4 lines deleted...]
-        <v>546</v>
       </c>
       <c r="F279" s="2"/>
     </row>
     <row r="280" spans="1:6">
       <c r="A280" t="s">
-        <v>520</v>
+        <v>516</v>
       </c>
       <c r="B280" t="s">
-        <v>520</v>
+        <v>516</v>
       </c>
       <c r="C280" t="s">
+        <v>546</v>
+      </c>
+      <c r="D280" t="s">
+        <v>546</v>
+      </c>
+      <c r="E280" s="2" t="s">
         <v>547</v>
-      </c>
-[...4 lines deleted...]
-        <v>548</v>
       </c>
       <c r="F280" s="2"/>
     </row>
     <row r="281" spans="1:6">
       <c r="A281" t="s">
-        <v>520</v>
+        <v>548</v>
       </c>
       <c r="B281" t="s">
-        <v>520</v>
+        <v>548</v>
       </c>
       <c r="C281" t="s">
-        <v>199</v>
+        <v>549</v>
       </c>
       <c r="D281" t="s">
-        <v>199</v>
+        <v>549</v>
       </c>
       <c r="E281" s="2" t="s">
-        <v>549</v>
+        <v>550</v>
       </c>
       <c r="F281" s="2"/>
     </row>
     <row r="282" spans="1:6">
       <c r="A282" t="s">
-        <v>520</v>
+        <v>548</v>
       </c>
       <c r="B282" t="s">
-        <v>520</v>
+        <v>548</v>
       </c>
       <c r="C282" t="s">
-        <v>550</v>
+        <v>551</v>
       </c>
       <c r="D282" t="s">
-        <v>550</v>
+        <v>551</v>
       </c>
       <c r="E282" s="2" t="s">
-        <v>551</v>
+        <v>552</v>
       </c>
       <c r="F282" s="2"/>
     </row>
     <row r="283" spans="1:6">
       <c r="A283" t="s">
-        <v>552</v>
+        <v>548</v>
       </c>
       <c r="B283" t="s">
-        <v>552</v>
+        <v>548</v>
       </c>
       <c r="C283" t="s">
         <v>553</v>
       </c>
       <c r="D283" t="s">
         <v>553</v>
       </c>
       <c r="E283" s="2" t="s">
         <v>554</v>
       </c>
       <c r="F283" s="2"/>
     </row>
     <row r="284" spans="1:6">
       <c r="A284" t="s">
-        <v>552</v>
+        <v>548</v>
       </c>
       <c r="B284" t="s">
-        <v>552</v>
+        <v>548</v>
       </c>
       <c r="C284" t="s">
         <v>555</v>
       </c>
       <c r="D284" t="s">
         <v>555</v>
       </c>
       <c r="E284" s="2" t="s">
         <v>556</v>
       </c>
       <c r="F284" s="2"/>
     </row>
     <row r="285" spans="1:6">
       <c r="A285" t="s">
-        <v>552</v>
+        <v>548</v>
       </c>
       <c r="B285" t="s">
-        <v>552</v>
+        <v>548</v>
       </c>
       <c r="C285" t="s">
         <v>557</v>
       </c>
       <c r="D285" t="s">
         <v>557</v>
       </c>
       <c r="E285" s="2" t="s">
         <v>558</v>
       </c>
       <c r="F285" s="2"/>
     </row>
     <row r="286" spans="1:6">
       <c r="A286" t="s">
-        <v>552</v>
+        <v>548</v>
       </c>
       <c r="B286" t="s">
-        <v>552</v>
+        <v>548</v>
       </c>
       <c r="C286" t="s">
         <v>559</v>
       </c>
       <c r="D286" t="s">
         <v>559</v>
       </c>
       <c r="E286" s="2" t="s">
         <v>560</v>
       </c>
       <c r="F286" s="2"/>
     </row>
     <row r="287" spans="1:6">
       <c r="A287" t="s">
-        <v>552</v>
+        <v>548</v>
       </c>
       <c r="B287" t="s">
-        <v>552</v>
+        <v>548</v>
       </c>
       <c r="C287" t="s">
         <v>561</v>
       </c>
       <c r="D287" t="s">
         <v>561</v>
       </c>
       <c r="E287" s="2" t="s">
         <v>562</v>
       </c>
       <c r="F287" s="2"/>
     </row>
     <row r="288" spans="1:6">
       <c r="A288" t="s">
-        <v>552</v>
+        <v>548</v>
       </c>
       <c r="B288" t="s">
-        <v>552</v>
+        <v>548</v>
       </c>
       <c r="C288" t="s">
         <v>563</v>
       </c>
       <c r="D288" t="s">
         <v>563</v>
       </c>
       <c r="E288" s="2" t="s">
         <v>564</v>
       </c>
       <c r="F288" s="2"/>
     </row>
     <row r="289" spans="1:6">
       <c r="A289" t="s">
-        <v>552</v>
+        <v>565</v>
       </c>
       <c r="B289" t="s">
-        <v>552</v>
+        <v>565</v>
       </c>
       <c r="C289" t="s">
-        <v>565</v>
+        <v>566</v>
       </c>
       <c r="D289" t="s">
-        <v>565</v>
+        <v>566</v>
       </c>
       <c r="E289" s="2" t="s">
-        <v>566</v>
+        <v>567</v>
       </c>
       <c r="F289" s="2"/>
     </row>
     <row r="290" spans="1:6">
       <c r="A290" t="s">
-        <v>552</v>
+        <v>565</v>
       </c>
       <c r="B290" t="s">
-        <v>552</v>
+        <v>565</v>
       </c>
       <c r="C290" t="s">
-        <v>567</v>
+        <v>568</v>
       </c>
       <c r="D290" t="s">
-        <v>567</v>
+        <v>568</v>
       </c>
       <c r="E290" s="2" t="s">
-        <v>568</v>
+        <v>569</v>
       </c>
       <c r="F290" s="2"/>
     </row>
     <row r="291" spans="1:6">
       <c r="A291" t="s">
-        <v>569</v>
+        <v>565</v>
       </c>
       <c r="B291" t="s">
-        <v>569</v>
+        <v>565</v>
       </c>
       <c r="C291" t="s">
         <v>570</v>
       </c>
       <c r="D291" t="s">
         <v>570</v>
       </c>
       <c r="E291" s="2" t="s">
         <v>571</v>
       </c>
       <c r="F291" s="2"/>
     </row>
     <row r="292" spans="1:6">
       <c r="A292" t="s">
-        <v>569</v>
+        <v>565</v>
       </c>
       <c r="B292" t="s">
-        <v>569</v>
+        <v>565</v>
       </c>
       <c r="C292" t="s">
+        <v>142</v>
+      </c>
+      <c r="D292" t="s">
+        <v>142</v>
+      </c>
+      <c r="E292" s="2" t="s">
         <v>572</v>
-      </c>
-[...4 lines deleted...]
-        <v>573</v>
       </c>
       <c r="F292" s="2"/>
     </row>
     <row r="293" spans="1:6">
       <c r="A293" t="s">
-        <v>569</v>
+        <v>565</v>
       </c>
       <c r="B293" t="s">
-        <v>569</v>
+        <v>565</v>
       </c>
       <c r="C293" t="s">
+        <v>573</v>
+      </c>
+      <c r="D293" t="s">
+        <v>573</v>
+      </c>
+      <c r="E293" s="2" t="s">
         <v>574</v>
-      </c>
-[...4 lines deleted...]
-        <v>575</v>
       </c>
       <c r="F293" s="2"/>
     </row>
     <row r="294" spans="1:6">
       <c r="A294" t="s">
-        <v>569</v>
+        <v>565</v>
       </c>
       <c r="B294" t="s">
-        <v>569</v>
+        <v>565</v>
       </c>
       <c r="C294" t="s">
-        <v>142</v>
+        <v>575</v>
       </c>
       <c r="D294" t="s">
-        <v>142</v>
+        <v>575</v>
       </c>
       <c r="E294" s="2" t="s">
         <v>576</v>
       </c>
       <c r="F294" s="2"/>
     </row>
     <row r="295" spans="1:6">
       <c r="A295" t="s">
-        <v>569</v>
+        <v>565</v>
       </c>
       <c r="B295" t="s">
-        <v>569</v>
+        <v>565</v>
       </c>
       <c r="C295" t="s">
         <v>577</v>
       </c>
       <c r="D295" t="s">
         <v>577</v>
       </c>
       <c r="E295" s="2" t="s">
         <v>578</v>
       </c>
       <c r="F295" s="2"/>
     </row>
     <row r="296" spans="1:6">
       <c r="A296" t="s">
-        <v>569</v>
+        <v>565</v>
       </c>
       <c r="B296" t="s">
-        <v>569</v>
+        <v>565</v>
       </c>
       <c r="C296" t="s">
         <v>579</v>
       </c>
       <c r="D296" t="s">
         <v>579</v>
       </c>
       <c r="E296" s="2" t="s">
         <v>580</v>
       </c>
       <c r="F296" s="2"/>
     </row>
     <row r="297" spans="1:6">
       <c r="A297" t="s">
-        <v>569</v>
+        <v>565</v>
       </c>
       <c r="B297" t="s">
-        <v>569</v>
+        <v>565</v>
       </c>
       <c r="C297" t="s">
         <v>581</v>
       </c>
       <c r="D297" t="s">
         <v>581</v>
       </c>
       <c r="E297" s="2" t="s">
         <v>582</v>
       </c>
       <c r="F297" s="2"/>
     </row>
     <row r="298" spans="1:6">
       <c r="A298" t="s">
-        <v>569</v>
+        <v>565</v>
       </c>
       <c r="B298" t="s">
-        <v>569</v>
+        <v>565</v>
       </c>
       <c r="C298" t="s">
         <v>583</v>
       </c>
       <c r="D298" t="s">
         <v>583</v>
       </c>
       <c r="E298" s="2" t="s">
         <v>584</v>
       </c>
       <c r="F298" s="2"/>
     </row>
     <row r="299" spans="1:6">
       <c r="A299" t="s">
-        <v>569</v>
+        <v>565</v>
       </c>
       <c r="B299" t="s">
-        <v>569</v>
+        <v>565</v>
       </c>
       <c r="C299" t="s">
         <v>585</v>
       </c>
       <c r="D299" t="s">
         <v>585</v>
       </c>
       <c r="E299" s="2" t="s">
         <v>586</v>
       </c>
       <c r="F299" s="2"/>
     </row>
     <row r="300" spans="1:6">
       <c r="A300" t="s">
-        <v>569</v>
+        <v>565</v>
       </c>
       <c r="B300" t="s">
-        <v>569</v>
+        <v>565</v>
       </c>
       <c r="C300" t="s">
         <v>587</v>
       </c>
       <c r="D300" t="s">
         <v>587</v>
       </c>
       <c r="E300" s="2" t="s">
         <v>588</v>
       </c>
       <c r="F300" s="2"/>
     </row>
     <row r="301" spans="1:6">
       <c r="A301" t="s">
-        <v>569</v>
+        <v>565</v>
       </c>
       <c r="B301" t="s">
-        <v>569</v>
+        <v>565</v>
       </c>
       <c r="C301" t="s">
         <v>589</v>
       </c>
       <c r="D301" t="s">
         <v>589</v>
       </c>
       <c r="E301" s="2" t="s">
         <v>590</v>
       </c>
       <c r="F301" s="2"/>
     </row>
     <row r="302" spans="1:6">
       <c r="A302" t="s">
-        <v>569</v>
+        <v>565</v>
       </c>
       <c r="B302" t="s">
-        <v>569</v>
+        <v>565</v>
       </c>
       <c r="C302" t="s">
         <v>591</v>
       </c>
       <c r="D302" t="s">
         <v>591</v>
       </c>
       <c r="E302" s="2" t="s">
         <v>592</v>
       </c>
       <c r="F302" s="2"/>
     </row>
     <row r="303" spans="1:6">
       <c r="A303" t="s">
-        <v>569</v>
+        <v>593</v>
       </c>
       <c r="B303" t="s">
-        <v>569</v>
+        <v>593</v>
       </c>
       <c r="C303" t="s">
-        <v>593</v>
+        <v>594</v>
       </c>
       <c r="D303" t="s">
-        <v>593</v>
+        <v>594</v>
       </c>
       <c r="E303" s="2" t="s">
-        <v>594</v>
+        <v>595</v>
       </c>
       <c r="F303" s="2"/>
     </row>
     <row r="304" spans="1:6">
       <c r="A304" t="s">
-        <v>569</v>
+        <v>593</v>
       </c>
       <c r="B304" t="s">
-        <v>569</v>
+        <v>593</v>
       </c>
       <c r="C304" t="s">
-        <v>595</v>
+        <v>596</v>
       </c>
       <c r="D304" t="s">
-        <v>595</v>
+        <v>596</v>
       </c>
       <c r="E304" s="2" t="s">
-        <v>596</v>
+        <v>597</v>
       </c>
       <c r="F304" s="2"/>
     </row>
     <row r="305" spans="1:6">
       <c r="A305" t="s">
-        <v>597</v>
+        <v>593</v>
       </c>
       <c r="B305" t="s">
-        <v>597</v>
+        <v>593</v>
       </c>
       <c r="C305" t="s">
         <v>598</v>
       </c>
       <c r="D305" t="s">
         <v>598</v>
       </c>
       <c r="E305" s="2" t="s">
         <v>599</v>
       </c>
       <c r="F305" s="2"/>
     </row>
     <row r="306" spans="1:6">
       <c r="A306" t="s">
-        <v>597</v>
+        <v>593</v>
       </c>
       <c r="B306" t="s">
-        <v>597</v>
+        <v>593</v>
       </c>
       <c r="C306" t="s">
         <v>600</v>
       </c>
       <c r="D306" t="s">
         <v>600</v>
       </c>
       <c r="E306" s="2" t="s">
         <v>601</v>
       </c>
       <c r="F306" s="2"/>
     </row>
     <row r="307" spans="1:6">
       <c r="A307" t="s">
-        <v>597</v>
+        <v>593</v>
       </c>
       <c r="B307" t="s">
-        <v>597</v>
+        <v>593</v>
       </c>
       <c r="C307" t="s">
         <v>602</v>
       </c>
       <c r="D307" t="s">
         <v>602</v>
       </c>
       <c r="E307" s="2" t="s">
         <v>603</v>
       </c>
       <c r="F307" s="2"/>
     </row>
     <row r="308" spans="1:6">
       <c r="A308" t="s">
-        <v>597</v>
+        <v>593</v>
       </c>
       <c r="B308" t="s">
-        <v>597</v>
+        <v>593</v>
       </c>
       <c r="C308" t="s">
         <v>604</v>
       </c>
       <c r="D308" t="s">
         <v>604</v>
       </c>
       <c r="E308" s="2" t="s">
         <v>605</v>
       </c>
       <c r="F308" s="2"/>
     </row>
     <row r="309" spans="1:6">
       <c r="A309" t="s">
-        <v>597</v>
+        <v>593</v>
       </c>
       <c r="B309" t="s">
-        <v>597</v>
+        <v>593</v>
       </c>
       <c r="C309" t="s">
         <v>606</v>
       </c>
       <c r="D309" t="s">
         <v>606</v>
       </c>
       <c r="E309" s="2" t="s">
         <v>607</v>
       </c>
       <c r="F309" s="2"/>
     </row>
     <row r="310" spans="1:6">
       <c r="A310" t="s">
-        <v>597</v>
+        <v>593</v>
       </c>
       <c r="B310" t="s">
-        <v>597</v>
+        <v>593</v>
       </c>
       <c r="C310" t="s">
         <v>608</v>
       </c>
       <c r="D310" t="s">
         <v>608</v>
       </c>
       <c r="E310" s="2" t="s">
         <v>609</v>
       </c>
       <c r="F310" s="2"/>
     </row>
     <row r="311" spans="1:6">
       <c r="A311" t="s">
-        <v>597</v>
+        <v>593</v>
       </c>
       <c r="B311" t="s">
-        <v>597</v>
+        <v>593</v>
       </c>
       <c r="C311" t="s">
         <v>610</v>
       </c>
       <c r="D311" t="s">
         <v>610</v>
       </c>
       <c r="E311" s="2" t="s">
         <v>611</v>
       </c>
       <c r="F311" s="2"/>
     </row>
     <row r="312" spans="1:6">
       <c r="A312" t="s">
-        <v>597</v>
+        <v>593</v>
       </c>
       <c r="B312" t="s">
-        <v>597</v>
+        <v>593</v>
       </c>
       <c r="C312" t="s">
         <v>612</v>
       </c>
       <c r="D312" t="s">
         <v>612</v>
       </c>
       <c r="E312" s="2" t="s">
         <v>613</v>
       </c>
       <c r="F312" s="2"/>
     </row>
     <row r="313" spans="1:6">
       <c r="A313" t="s">
-        <v>597</v>
+        <v>593</v>
       </c>
       <c r="B313" t="s">
-        <v>597</v>
+        <v>593</v>
       </c>
       <c r="C313" t="s">
         <v>614</v>
       </c>
       <c r="D313" t="s">
         <v>614</v>
       </c>
       <c r="E313" s="2" t="s">
         <v>615</v>
       </c>
       <c r="F313" s="2"/>
     </row>
     <row r="314" spans="1:6">
       <c r="A314" t="s">
-        <v>597</v>
+        <v>593</v>
       </c>
       <c r="B314" t="s">
-        <v>597</v>
+        <v>593</v>
       </c>
       <c r="C314" t="s">
         <v>616</v>
       </c>
       <c r="D314" t="s">
         <v>616</v>
       </c>
       <c r="E314" s="2" t="s">
         <v>617</v>
       </c>
       <c r="F314" s="2"/>
     </row>
     <row r="315" spans="1:6">
       <c r="A315" t="s">
-        <v>597</v>
+        <v>593</v>
       </c>
       <c r="B315" t="s">
-        <v>597</v>
+        <v>593</v>
       </c>
       <c r="C315" t="s">
         <v>618</v>
       </c>
       <c r="D315" t="s">
         <v>618</v>
       </c>
       <c r="E315" s="2" t="s">
         <v>619</v>
       </c>
       <c r="F315" s="2"/>
     </row>
     <row r="316" spans="1:6">
       <c r="A316" t="s">
-        <v>597</v>
+        <v>593</v>
       </c>
       <c r="B316" t="s">
-        <v>597</v>
+        <v>593</v>
       </c>
       <c r="C316" t="s">
         <v>620</v>
       </c>
       <c r="D316" t="s">
         <v>620</v>
       </c>
       <c r="E316" s="2" t="s">
         <v>621</v>
       </c>
       <c r="F316" s="2"/>
     </row>
     <row r="317" spans="1:6">
       <c r="A317" t="s">
-        <v>597</v>
+        <v>593</v>
       </c>
       <c r="B317" t="s">
-        <v>597</v>
+        <v>593</v>
       </c>
       <c r="C317" t="s">
         <v>622</v>
       </c>
       <c r="D317" t="s">
         <v>622</v>
       </c>
       <c r="E317" s="2" t="s">
         <v>623</v>
       </c>
       <c r="F317" s="2"/>
     </row>
     <row r="318" spans="1:6">
       <c r="A318" t="s">
-        <v>597</v>
+        <v>593</v>
       </c>
       <c r="B318" t="s">
-        <v>597</v>
+        <v>593</v>
       </c>
       <c r="C318" t="s">
         <v>624</v>
       </c>
       <c r="D318" t="s">
         <v>624</v>
       </c>
       <c r="E318" s="2" t="s">
         <v>625</v>
       </c>
       <c r="F318" s="2"/>
     </row>
     <row r="319" spans="1:6">
       <c r="A319" t="s">
-        <v>597</v>
+        <v>593</v>
       </c>
       <c r="B319" t="s">
-        <v>597</v>
+        <v>593</v>
       </c>
       <c r="C319" t="s">
         <v>626</v>
       </c>
       <c r="D319" t="s">
         <v>626</v>
       </c>
       <c r="E319" s="2" t="s">
         <v>627</v>
       </c>
       <c r="F319" s="2"/>
     </row>
     <row r="320" spans="1:6">
       <c r="A320" t="s">
-        <v>597</v>
+        <v>593</v>
       </c>
       <c r="B320" t="s">
-        <v>597</v>
+        <v>593</v>
       </c>
       <c r="C320" t="s">
         <v>628</v>
       </c>
       <c r="D320" t="s">
         <v>628</v>
       </c>
       <c r="E320" s="2" t="s">
         <v>629</v>
       </c>
       <c r="F320" s="2"/>
     </row>
     <row r="321" spans="1:6">
       <c r="A321" t="s">
-        <v>597</v>
+        <v>593</v>
       </c>
       <c r="B321" t="s">
-        <v>597</v>
+        <v>593</v>
       </c>
       <c r="C321" t="s">
         <v>630</v>
       </c>
       <c r="D321" t="s">
         <v>630</v>
       </c>
       <c r="E321" s="2" t="s">
         <v>631</v>
       </c>
       <c r="F321" s="2"/>
     </row>
     <row r="322" spans="1:6">
       <c r="A322" t="s">
-        <v>597</v>
+        <v>593</v>
       </c>
       <c r="B322" t="s">
-        <v>597</v>
+        <v>593</v>
       </c>
       <c r="C322" t="s">
         <v>632</v>
       </c>
       <c r="D322" t="s">
         <v>632</v>
       </c>
       <c r="E322" s="2" t="s">
         <v>633</v>
       </c>
       <c r="F322" s="2"/>
     </row>
     <row r="323" spans="1:6">
       <c r="A323" t="s">
-        <v>597</v>
+        <v>593</v>
       </c>
       <c r="B323" t="s">
-        <v>597</v>
+        <v>593</v>
       </c>
       <c r="C323" t="s">
         <v>634</v>
       </c>
       <c r="D323" t="s">
         <v>634</v>
       </c>
       <c r="E323" s="2" t="s">
         <v>635</v>
       </c>
       <c r="F323" s="2"/>
     </row>
     <row r="324" spans="1:6">
       <c r="A324" t="s">
-        <v>597</v>
+        <v>593</v>
       </c>
       <c r="B324" t="s">
-        <v>597</v>
+        <v>593</v>
       </c>
       <c r="C324" t="s">
         <v>636</v>
       </c>
       <c r="D324" t="s">
         <v>636</v>
       </c>
       <c r="E324" s="2" t="s">
         <v>637</v>
       </c>
       <c r="F324" s="2"/>
     </row>
     <row r="325" spans="1:6">
       <c r="A325" t="s">
-        <v>597</v>
+        <v>593</v>
       </c>
       <c r="B325" t="s">
-        <v>597</v>
+        <v>593</v>
       </c>
       <c r="C325" t="s">
         <v>638</v>
       </c>
       <c r="D325" t="s">
         <v>638</v>
       </c>
       <c r="E325" s="2" t="s">
         <v>639</v>
       </c>
       <c r="F325" s="2"/>
     </row>
     <row r="326" spans="1:6">
       <c r="A326" t="s">
-        <v>597</v>
+        <v>593</v>
       </c>
       <c r="B326" t="s">
-        <v>597</v>
+        <v>593</v>
       </c>
       <c r="C326" t="s">
         <v>640</v>
       </c>
       <c r="D326" t="s">
         <v>640</v>
       </c>
       <c r="E326" s="2" t="s">
         <v>641</v>
       </c>
       <c r="F326" s="2"/>
     </row>
     <row r="327" spans="1:6">
       <c r="A327" t="s">
-        <v>597</v>
+        <v>593</v>
       </c>
       <c r="B327" t="s">
-        <v>597</v>
+        <v>593</v>
       </c>
       <c r="C327" t="s">
         <v>642</v>
       </c>
       <c r="D327" t="s">
         <v>642</v>
       </c>
       <c r="E327" s="2" t="s">
         <v>643</v>
       </c>
       <c r="F327" s="2"/>
     </row>
     <row r="328" spans="1:6">
       <c r="A328" t="s">
-        <v>597</v>
+        <v>593</v>
       </c>
       <c r="B328" t="s">
-        <v>597</v>
+        <v>593</v>
       </c>
       <c r="C328" t="s">
         <v>644</v>
       </c>
       <c r="D328" t="s">
         <v>644</v>
       </c>
       <c r="E328" s="2" t="s">
         <v>645</v>
       </c>
       <c r="F328" s="2"/>
     </row>
     <row r="329" spans="1:6">
       <c r="A329" t="s">
-        <v>597</v>
+        <v>593</v>
       </c>
       <c r="B329" t="s">
-        <v>597</v>
+        <v>593</v>
       </c>
       <c r="C329" t="s">
         <v>646</v>
       </c>
       <c r="D329" t="s">
         <v>646</v>
       </c>
       <c r="E329" s="2" t="s">
         <v>647</v>
       </c>
       <c r="F329" s="2"/>
     </row>
     <row r="330" spans="1:6">
       <c r="A330" t="s">
-        <v>597</v>
+        <v>593</v>
       </c>
       <c r="B330" t="s">
-        <v>597</v>
+        <v>593</v>
       </c>
       <c r="C330" t="s">
         <v>648</v>
       </c>
       <c r="D330" t="s">
         <v>648</v>
       </c>
       <c r="E330" s="2" t="s">
         <v>649</v>
       </c>
       <c r="F330" s="2"/>
     </row>
     <row r="331" spans="1:6">
       <c r="A331" t="s">
-        <v>597</v>
+        <v>593</v>
       </c>
       <c r="B331" t="s">
-        <v>597</v>
+        <v>593</v>
       </c>
       <c r="C331" t="s">
         <v>650</v>
       </c>
       <c r="D331" t="s">
         <v>650</v>
       </c>
       <c r="E331" s="2" t="s">
         <v>651</v>
       </c>
       <c r="F331" s="2"/>
     </row>
     <row r="332" spans="1:6">
       <c r="A332" t="s">
-        <v>597</v>
+        <v>593</v>
       </c>
       <c r="B332" t="s">
-        <v>597</v>
+        <v>593</v>
       </c>
       <c r="C332" t="s">
         <v>652</v>
       </c>
       <c r="D332" t="s">
         <v>652</v>
       </c>
       <c r="E332" s="2" t="s">
         <v>653</v>
       </c>
       <c r="F332" s="2"/>
     </row>
     <row r="333" spans="1:6">
       <c r="A333" t="s">
-        <v>597</v>
+        <v>593</v>
       </c>
       <c r="B333" t="s">
-        <v>597</v>
+        <v>593</v>
       </c>
       <c r="C333" t="s">
         <v>654</v>
       </c>
       <c r="D333" t="s">
         <v>654</v>
       </c>
       <c r="E333" s="2" t="s">
         <v>655</v>
       </c>
       <c r="F333" s="2"/>
     </row>
     <row r="334" spans="1:6">
       <c r="A334" t="s">
-        <v>597</v>
+        <v>593</v>
       </c>
       <c r="B334" t="s">
-        <v>597</v>
+        <v>593</v>
       </c>
       <c r="C334" t="s">
         <v>656</v>
       </c>
       <c r="D334" t="s">
         <v>656</v>
       </c>
       <c r="E334" s="2" t="s">
         <v>657</v>
       </c>
       <c r="F334" s="2"/>
     </row>
     <row r="335" spans="1:6">
       <c r="A335" t="s">
-        <v>597</v>
+        <v>593</v>
       </c>
       <c r="B335" t="s">
-        <v>597</v>
+        <v>593</v>
       </c>
       <c r="C335" t="s">
         <v>658</v>
       </c>
       <c r="D335" t="s">
         <v>658</v>
       </c>
       <c r="E335" s="2" t="s">
         <v>659</v>
       </c>
       <c r="F335" s="2"/>
     </row>
     <row r="336" spans="1:6">
       <c r="A336" t="s">
-        <v>597</v>
+        <v>593</v>
       </c>
       <c r="B336" t="s">
-        <v>597</v>
+        <v>593</v>
       </c>
       <c r="C336" t="s">
         <v>660</v>
       </c>
       <c r="D336" t="s">
         <v>660</v>
       </c>
       <c r="E336" s="2" t="s">
         <v>661</v>
       </c>
       <c r="F336" s="2"/>
     </row>
     <row r="337" spans="1:6">
       <c r="A337" t="s">
-        <v>597</v>
+        <v>593</v>
       </c>
       <c r="B337" t="s">
-        <v>597</v>
+        <v>593</v>
       </c>
       <c r="C337" t="s">
         <v>662</v>
       </c>
       <c r="D337" t="s">
         <v>662</v>
       </c>
       <c r="E337" s="2" t="s">
         <v>663</v>
       </c>
       <c r="F337" s="2"/>
     </row>
     <row r="338" spans="1:6">
       <c r="A338" t="s">
-        <v>597</v>
+        <v>593</v>
       </c>
       <c r="B338" t="s">
-        <v>597</v>
+        <v>593</v>
       </c>
       <c r="C338" t="s">
         <v>664</v>
       </c>
       <c r="D338" t="s">
         <v>664</v>
       </c>
       <c r="E338" s="2" t="s">
         <v>665</v>
       </c>
       <c r="F338" s="2"/>
     </row>
     <row r="339" spans="1:6">
       <c r="A339" t="s">
-        <v>597</v>
+        <v>593</v>
       </c>
       <c r="B339" t="s">
-        <v>597</v>
+        <v>593</v>
       </c>
       <c r="C339" t="s">
         <v>666</v>
       </c>
       <c r="D339" t="s">
         <v>666</v>
       </c>
       <c r="E339" s="2" t="s">
         <v>667</v>
       </c>
       <c r="F339" s="2"/>
     </row>
     <row r="340" spans="1:6">
       <c r="A340" t="s">
-        <v>597</v>
+        <v>593</v>
       </c>
       <c r="B340" t="s">
-        <v>597</v>
+        <v>593</v>
       </c>
       <c r="C340" t="s">
         <v>668</v>
       </c>
       <c r="D340" t="s">
         <v>668</v>
       </c>
       <c r="E340" s="2" t="s">
         <v>669</v>
       </c>
       <c r="F340" s="2"/>
     </row>
     <row r="341" spans="1:6">
       <c r="A341" t="s">
-        <v>597</v>
+        <v>593</v>
       </c>
       <c r="B341" t="s">
-        <v>597</v>
+        <v>593</v>
       </c>
       <c r="C341" t="s">
         <v>670</v>
       </c>
       <c r="D341" t="s">
         <v>670</v>
       </c>
       <c r="E341" s="2" t="s">
         <v>671</v>
       </c>
       <c r="F341" s="2"/>
     </row>
     <row r="342" spans="1:6">
       <c r="A342" t="s">
-        <v>597</v>
+        <v>593</v>
       </c>
       <c r="B342" t="s">
-        <v>597</v>
+        <v>593</v>
       </c>
       <c r="C342" t="s">
         <v>672</v>
       </c>
       <c r="D342" t="s">
         <v>672</v>
       </c>
       <c r="E342" s="2" t="s">
         <v>673</v>
       </c>
       <c r="F342" s="2"/>
     </row>
     <row r="343" spans="1:6">
       <c r="A343" t="s">
-        <v>597</v>
+        <v>593</v>
       </c>
       <c r="B343" t="s">
-        <v>597</v>
+        <v>593</v>
       </c>
       <c r="C343" t="s">
         <v>674</v>
       </c>
       <c r="D343" t="s">
         <v>674</v>
       </c>
       <c r="E343" s="2" t="s">
         <v>675</v>
       </c>
       <c r="F343" s="2"/>
     </row>
     <row r="344" spans="1:6">
       <c r="A344" t="s">
-        <v>597</v>
+        <v>593</v>
       </c>
       <c r="B344" t="s">
-        <v>597</v>
+        <v>593</v>
       </c>
       <c r="C344" t="s">
         <v>676</v>
       </c>
       <c r="D344" t="s">
         <v>676</v>
       </c>
       <c r="E344" s="2" t="s">
         <v>677</v>
       </c>
       <c r="F344" s="2"/>
     </row>
     <row r="345" spans="1:6">
       <c r="A345" t="s">
-        <v>597</v>
+        <v>593</v>
       </c>
       <c r="B345" t="s">
-        <v>597</v>
+        <v>593</v>
       </c>
       <c r="C345" t="s">
         <v>678</v>
       </c>
       <c r="D345" t="s">
         <v>678</v>
       </c>
       <c r="E345" s="2" t="s">
         <v>679</v>
       </c>
       <c r="F345" s="2"/>
     </row>
     <row r="346" spans="1:6">
       <c r="A346" t="s">
-        <v>597</v>
+        <v>593</v>
       </c>
       <c r="B346" t="s">
-        <v>597</v>
+        <v>593</v>
       </c>
       <c r="C346" t="s">
         <v>680</v>
       </c>
       <c r="D346" t="s">
         <v>680</v>
       </c>
       <c r="E346" s="2" t="s">
         <v>681</v>
       </c>
       <c r="F346" s="2"/>
     </row>
     <row r="347" spans="1:6">
       <c r="A347" t="s">
-        <v>597</v>
+        <v>593</v>
       </c>
       <c r="B347" t="s">
-        <v>597</v>
+        <v>593</v>
       </c>
       <c r="C347" t="s">
         <v>682</v>
       </c>
       <c r="D347" t="s">
         <v>682</v>
       </c>
       <c r="E347" s="2" t="s">
         <v>683</v>
       </c>
       <c r="F347" s="2"/>
     </row>
     <row r="348" spans="1:6">
       <c r="A348" t="s">
-        <v>597</v>
+        <v>593</v>
       </c>
       <c r="B348" t="s">
-        <v>597</v>
+        <v>593</v>
       </c>
       <c r="C348" t="s">
         <v>684</v>
       </c>
       <c r="D348" t="s">
         <v>684</v>
       </c>
       <c r="E348" s="2" t="s">
         <v>685</v>
       </c>
       <c r="F348" s="2"/>
     </row>
     <row r="349" spans="1:6">
       <c r="A349" t="s">
-        <v>597</v>
+        <v>593</v>
       </c>
       <c r="B349" t="s">
-        <v>597</v>
+        <v>593</v>
       </c>
       <c r="C349" t="s">
         <v>686</v>
       </c>
       <c r="D349" t="s">
         <v>686</v>
       </c>
       <c r="E349" s="2" t="s">
         <v>687</v>
       </c>
       <c r="F349" s="2"/>
     </row>
     <row r="350" spans="1:6">
       <c r="A350" t="s">
-        <v>597</v>
+        <v>593</v>
       </c>
       <c r="B350" t="s">
-        <v>597</v>
+        <v>593</v>
       </c>
       <c r="C350" t="s">
         <v>688</v>
       </c>
       <c r="D350" t="s">
         <v>688</v>
       </c>
       <c r="E350" s="2" t="s">
         <v>689</v>
       </c>
       <c r="F350" s="2"/>
     </row>
     <row r="351" spans="1:6">
       <c r="A351" t="s">
-        <v>597</v>
+        <v>593</v>
       </c>
       <c r="B351" t="s">
-        <v>597</v>
+        <v>593</v>
       </c>
       <c r="C351" t="s">
         <v>690</v>
       </c>
       <c r="D351" t="s">
         <v>690</v>
       </c>
       <c r="E351" s="2" t="s">
         <v>691</v>
       </c>
       <c r="F351" s="2"/>
     </row>
     <row r="352" spans="1:6">
       <c r="A352" t="s">
-        <v>597</v>
+        <v>593</v>
       </c>
       <c r="B352" t="s">
-        <v>597</v>
+        <v>593</v>
       </c>
       <c r="C352" t="s">
         <v>692</v>
       </c>
       <c r="D352" t="s">
         <v>692</v>
       </c>
       <c r="E352" s="2" t="s">
         <v>693</v>
       </c>
       <c r="F352" s="2"/>
     </row>
     <row r="353" spans="1:6">
       <c r="A353" t="s">
-        <v>597</v>
+        <v>593</v>
       </c>
       <c r="B353" t="s">
-        <v>597</v>
+        <v>593</v>
       </c>
       <c r="C353" t="s">
         <v>694</v>
       </c>
       <c r="D353" t="s">
         <v>694</v>
       </c>
       <c r="E353" s="2" t="s">
         <v>695</v>
       </c>
       <c r="F353" s="2"/>
     </row>
     <row r="354" spans="1:6">
       <c r="A354" t="s">
-        <v>597</v>
+        <v>593</v>
       </c>
       <c r="B354" t="s">
-        <v>597</v>
+        <v>593</v>
       </c>
       <c r="C354" t="s">
         <v>696</v>
       </c>
       <c r="D354" t="s">
         <v>696</v>
       </c>
       <c r="E354" s="2" t="s">
         <v>697</v>
       </c>
       <c r="F354" s="2"/>
     </row>
     <row r="355" spans="1:6">
       <c r="A355" t="s">
-        <v>597</v>
+        <v>593</v>
       </c>
       <c r="B355" t="s">
-        <v>597</v>
+        <v>593</v>
       </c>
       <c r="C355" t="s">
         <v>698</v>
       </c>
       <c r="D355" t="s">
         <v>698</v>
       </c>
       <c r="E355" s="2" t="s">
         <v>699</v>
       </c>
       <c r="F355" s="2"/>
     </row>
     <row r="356" spans="1:6">
       <c r="A356" t="s">
-        <v>597</v>
+        <v>593</v>
       </c>
       <c r="B356" t="s">
-        <v>597</v>
+        <v>593</v>
       </c>
       <c r="C356" t="s">
         <v>700</v>
       </c>
       <c r="D356" t="s">
         <v>700</v>
       </c>
       <c r="E356" s="2" t="s">
         <v>701</v>
       </c>
       <c r="F356" s="2"/>
     </row>
     <row r="357" spans="1:6">
       <c r="A357" t="s">
-        <v>597</v>
+        <v>593</v>
       </c>
       <c r="B357" t="s">
-        <v>597</v>
+        <v>593</v>
       </c>
       <c r="C357" t="s">
         <v>702</v>
       </c>
       <c r="D357" t="s">
         <v>702</v>
       </c>
       <c r="E357" s="2" t="s">
         <v>703</v>
       </c>
       <c r="F357" s="2"/>
     </row>
     <row r="358" spans="1:6">
       <c r="A358" t="s">
-        <v>597</v>
+        <v>593</v>
       </c>
       <c r="B358" t="s">
-        <v>597</v>
+        <v>593</v>
       </c>
       <c r="C358" t="s">
+        <v>539</v>
+      </c>
+      <c r="D358" t="s">
+        <v>539</v>
+      </c>
+      <c r="E358" s="2" t="s">
         <v>704</v>
-      </c>
-[...4 lines deleted...]
-        <v>705</v>
       </c>
       <c r="F358" s="2"/>
     </row>
     <row r="359" spans="1:6">
       <c r="A359" t="s">
-        <v>597</v>
+        <v>593</v>
       </c>
       <c r="B359" t="s">
-        <v>597</v>
+        <v>593</v>
       </c>
       <c r="C359" t="s">
-        <v>543</v>
+        <v>541</v>
       </c>
       <c r="D359" t="s">
-        <v>543</v>
+        <v>541</v>
       </c>
       <c r="E359" s="2" t="s">
-        <v>706</v>
+        <v>705</v>
       </c>
       <c r="F359" s="2"/>
     </row>
     <row r="360" spans="1:6">
       <c r="A360" t="s">
-        <v>597</v>
+        <v>593</v>
       </c>
       <c r="B360" t="s">
-        <v>597</v>
+        <v>593</v>
       </c>
       <c r="C360" t="s">
-        <v>545</v>
+        <v>706</v>
       </c>
       <c r="D360" t="s">
-        <v>545</v>
+        <v>706</v>
       </c>
       <c r="E360" s="2" t="s">
         <v>707</v>
       </c>
       <c r="F360" s="2"/>
     </row>
     <row r="361" spans="1:6">
       <c r="A361" t="s">
-        <v>597</v>
+        <v>593</v>
       </c>
       <c r="B361" t="s">
-        <v>597</v>
+        <v>593</v>
       </c>
       <c r="C361" t="s">
         <v>708</v>
       </c>
       <c r="D361" t="s">
         <v>708</v>
       </c>
       <c r="E361" s="2" t="s">
         <v>709</v>
       </c>
       <c r="F361" s="2"/>
     </row>
     <row r="362" spans="1:6">
       <c r="A362" t="s">
-        <v>597</v>
+        <v>593</v>
       </c>
       <c r="B362" t="s">
-        <v>597</v>
+        <v>593</v>
       </c>
       <c r="C362" t="s">
         <v>710</v>
       </c>
       <c r="D362" t="s">
         <v>710</v>
       </c>
       <c r="E362" s="2" t="s">
         <v>711</v>
       </c>
       <c r="F362" s="2"/>
     </row>
     <row r="363" spans="1:6">
       <c r="A363" t="s">
-        <v>597</v>
+        <v>593</v>
       </c>
       <c r="B363" t="s">
-        <v>597</v>
+        <v>593</v>
       </c>
       <c r="C363" t="s">
         <v>712</v>
       </c>
       <c r="D363" t="s">
         <v>712</v>
       </c>
       <c r="E363" s="2" t="s">
         <v>713</v>
       </c>
       <c r="F363" s="2"/>
     </row>
     <row r="364" spans="1:6">
       <c r="A364" t="s">
-        <v>597</v>
+        <v>593</v>
       </c>
       <c r="B364" t="s">
-        <v>597</v>
+        <v>593</v>
       </c>
       <c r="C364" t="s">
         <v>714</v>
       </c>
       <c r="D364" t="s">
         <v>714</v>
       </c>
       <c r="E364" s="2" t="s">
         <v>715</v>
       </c>
       <c r="F364" s="2"/>
     </row>
     <row r="365" spans="1:6">
       <c r="A365" t="s">
-        <v>597</v>
+        <v>593</v>
       </c>
       <c r="B365" t="s">
-        <v>597</v>
+        <v>593</v>
       </c>
       <c r="C365" t="s">
         <v>716</v>
       </c>
       <c r="D365" t="s">
         <v>716</v>
       </c>
       <c r="E365" s="2" t="s">
         <v>717</v>
       </c>
       <c r="F365" s="2"/>
     </row>
     <row r="366" spans="1:6">
       <c r="A366" t="s">
-        <v>597</v>
+        <v>593</v>
       </c>
       <c r="B366" t="s">
-        <v>597</v>
+        <v>593</v>
       </c>
       <c r="C366" t="s">
         <v>718</v>
       </c>
       <c r="D366" t="s">
         <v>718</v>
       </c>
       <c r="E366" s="2" t="s">
         <v>719</v>
       </c>
       <c r="F366" s="2"/>
     </row>
     <row r="367" spans="1:6">
       <c r="A367" t="s">
-        <v>597</v>
+        <v>593</v>
       </c>
       <c r="B367" t="s">
-        <v>597</v>
+        <v>593</v>
       </c>
       <c r="C367" t="s">
         <v>720</v>
       </c>
       <c r="D367" t="s">
         <v>720</v>
       </c>
       <c r="E367" s="2" t="s">
         <v>721</v>
       </c>
       <c r="F367" s="2"/>
     </row>
     <row r="368" spans="1:6">
       <c r="A368" t="s">
-        <v>597</v>
+        <v>593</v>
       </c>
       <c r="B368" t="s">
-        <v>597</v>
+        <v>593</v>
       </c>
       <c r="C368" t="s">
         <v>722</v>
       </c>
       <c r="D368" t="s">
         <v>722</v>
       </c>
       <c r="E368" s="2" t="s">
         <v>723</v>
       </c>
       <c r="F368" s="2"/>
     </row>
     <row r="369" spans="1:6">
       <c r="A369" t="s">
         <v>724</v>
       </c>
       <c r="B369" t="s">
         <v>724</v>
       </c>
       <c r="C369" t="s">
         <v>725</v>
       </c>
       <c r="D369" t="s">
         <v>725</v>
       </c>
@@ -19676,2046 +19670,2046 @@
       <c r="A514" t="s">
         <v>966</v>
       </c>
       <c r="B514" t="s">
         <v>966</v>
       </c>
       <c r="C514" t="s">
         <v>996</v>
       </c>
       <c r="D514" t="s">
         <v>996</v>
       </c>
       <c r="E514" s="2" t="s">
         <v>997</v>
       </c>
       <c r="F514" s="2"/>
     </row>
     <row r="515" spans="1:6">
       <c r="A515" t="s">
         <v>966</v>
       </c>
       <c r="B515" t="s">
         <v>966</v>
       </c>
       <c r="C515" t="s">
-        <v>193</v>
+        <v>998</v>
       </c>
       <c r="D515" t="s">
-        <v>193</v>
+        <v>998</v>
       </c>
       <c r="E515" s="2" t="s">
-        <v>194</v>
+        <v>999</v>
       </c>
       <c r="F515" s="2"/>
     </row>
     <row r="516" spans="1:6">
       <c r="A516" t="s">
         <v>966</v>
       </c>
       <c r="B516" t="s">
         <v>966</v>
       </c>
       <c r="C516" t="s">
-        <v>346</v>
+        <v>193</v>
       </c>
       <c r="D516" t="s">
-        <v>346</v>
+        <v>193</v>
       </c>
       <c r="E516" s="2" t="s">
-        <v>998</v>
+        <v>194</v>
       </c>
       <c r="F516" s="2"/>
     </row>
     <row r="517" spans="1:6">
       <c r="A517" t="s">
         <v>966</v>
       </c>
       <c r="B517" t="s">
         <v>966</v>
       </c>
       <c r="C517" t="s">
-        <v>999</v>
+        <v>346</v>
       </c>
       <c r="D517" t="s">
-        <v>999</v>
+        <v>346</v>
       </c>
       <c r="E517" s="2" t="s">
         <v>1000</v>
       </c>
       <c r="F517" s="2"/>
     </row>
     <row r="518" spans="1:6">
       <c r="A518" t="s">
         <v>966</v>
       </c>
       <c r="B518" t="s">
         <v>966</v>
       </c>
       <c r="C518" t="s">
         <v>1001</v>
       </c>
       <c r="D518" t="s">
         <v>1001</v>
       </c>
       <c r="E518" s="2" t="s">
         <v>1002</v>
       </c>
       <c r="F518" s="2"/>
     </row>
     <row r="519" spans="1:6">
       <c r="A519" t="s">
         <v>966</v>
       </c>
       <c r="B519" t="s">
         <v>966</v>
       </c>
       <c r="C519" t="s">
-        <v>543</v>
+        <v>1003</v>
       </c>
       <c r="D519" t="s">
-        <v>543</v>
+        <v>1003</v>
       </c>
       <c r="E519" s="2" t="s">
-        <v>706</v>
+        <v>1004</v>
       </c>
       <c r="F519" s="2"/>
     </row>
     <row r="520" spans="1:6">
       <c r="A520" t="s">
         <v>966</v>
       </c>
       <c r="B520" t="s">
         <v>966</v>
       </c>
       <c r="C520" t="s">
-        <v>1003</v>
+        <v>539</v>
       </c>
       <c r="D520" t="s">
-        <v>1003</v>
+        <v>539</v>
       </c>
       <c r="E520" s="2" t="s">
-        <v>1004</v>
+        <v>704</v>
       </c>
       <c r="F520" s="2"/>
     </row>
     <row r="521" spans="1:6">
       <c r="A521" t="s">
         <v>966</v>
       </c>
       <c r="B521" t="s">
         <v>966</v>
       </c>
       <c r="C521" t="s">
         <v>1005</v>
       </c>
       <c r="D521" t="s">
         <v>1005</v>
       </c>
       <c r="E521" s="2" t="s">
         <v>1006</v>
       </c>
       <c r="F521" s="2"/>
     </row>
     <row r="522" spans="1:6">
       <c r="A522" t="s">
         <v>966</v>
       </c>
       <c r="B522" t="s">
         <v>966</v>
       </c>
       <c r="C522" t="s">
         <v>1007</v>
       </c>
       <c r="D522" t="s">
         <v>1007</v>
       </c>
       <c r="E522" s="2" t="s">
         <v>1008</v>
       </c>
       <c r="F522" s="2"/>
     </row>
     <row r="523" spans="1:6">
       <c r="A523" t="s">
         <v>966</v>
       </c>
       <c r="B523" t="s">
         <v>966</v>
       </c>
       <c r="C523" t="s">
-        <v>547</v>
+        <v>1009</v>
       </c>
       <c r="D523" t="s">
-        <v>547</v>
+        <v>1009</v>
       </c>
       <c r="E523" s="2" t="s">
-        <v>1009</v>
+        <v>1010</v>
       </c>
       <c r="F523" s="2"/>
     </row>
     <row r="524" spans="1:6">
       <c r="A524" t="s">
         <v>966</v>
       </c>
       <c r="B524" t="s">
         <v>966</v>
       </c>
       <c r="C524" t="s">
-        <v>199</v>
+        <v>543</v>
       </c>
       <c r="D524" t="s">
-        <v>199</v>
+        <v>543</v>
       </c>
       <c r="E524" s="2" t="s">
-        <v>200</v>
+        <v>1011</v>
       </c>
       <c r="F524" s="2"/>
     </row>
     <row r="525" spans="1:6">
       <c r="A525" t="s">
         <v>966</v>
       </c>
       <c r="B525" t="s">
         <v>966</v>
       </c>
       <c r="C525" t="s">
-        <v>203</v>
+        <v>199</v>
       </c>
       <c r="D525" t="s">
-        <v>203</v>
+        <v>199</v>
       </c>
       <c r="E525" s="2" t="s">
-        <v>1010</v>
+        <v>200</v>
       </c>
       <c r="F525" s="2"/>
     </row>
     <row r="526" spans="1:6">
       <c r="A526" t="s">
         <v>966</v>
       </c>
       <c r="B526" t="s">
         <v>966</v>
       </c>
       <c r="C526" t="s">
-        <v>376</v>
+        <v>203</v>
       </c>
       <c r="D526" t="s">
-        <v>376</v>
+        <v>203</v>
       </c>
       <c r="E526" s="2" t="s">
-        <v>377</v>
+        <v>1012</v>
       </c>
       <c r="F526" s="2"/>
     </row>
     <row r="527" spans="1:6">
       <c r="A527" t="s">
-        <v>1011</v>
+        <v>966</v>
       </c>
       <c r="B527" t="s">
-        <v>1011</v>
+        <v>966</v>
       </c>
       <c r="C527" t="s">
-        <v>1012</v>
+        <v>372</v>
       </c>
       <c r="D527" t="s">
-        <v>1012</v>
+        <v>372</v>
       </c>
       <c r="E527" s="2" t="s">
-        <v>1013</v>
+        <v>373</v>
       </c>
       <c r="F527" s="2"/>
     </row>
     <row r="528" spans="1:6">
       <c r="A528" t="s">
-        <v>1011</v>
+        <v>1013</v>
       </c>
       <c r="B528" t="s">
-        <v>1011</v>
+        <v>1013</v>
       </c>
       <c r="C528" t="s">
         <v>1014</v>
       </c>
       <c r="D528" t="s">
         <v>1014</v>
       </c>
       <c r="E528" s="2" t="s">
         <v>1015</v>
       </c>
       <c r="F528" s="2"/>
     </row>
     <row r="529" spans="1:6">
       <c r="A529" t="s">
-        <v>1011</v>
+        <v>1013</v>
       </c>
       <c r="B529" t="s">
-        <v>1011</v>
+        <v>1013</v>
       </c>
       <c r="C529" t="s">
         <v>1016</v>
       </c>
       <c r="D529" t="s">
         <v>1016</v>
       </c>
       <c r="E529" s="2" t="s">
         <v>1017</v>
       </c>
       <c r="F529" s="2"/>
     </row>
     <row r="530" spans="1:6">
       <c r="A530" t="s">
-        <v>1011</v>
+        <v>1013</v>
       </c>
       <c r="B530" t="s">
-        <v>1011</v>
+        <v>1013</v>
       </c>
       <c r="C530" t="s">
         <v>1018</v>
       </c>
       <c r="D530" t="s">
         <v>1018</v>
       </c>
       <c r="E530" s="2" t="s">
         <v>1019</v>
       </c>
       <c r="F530" s="2"/>
     </row>
     <row r="531" spans="1:6">
       <c r="A531" t="s">
-        <v>1011</v>
+        <v>1013</v>
       </c>
       <c r="B531" t="s">
-        <v>1011</v>
+        <v>1013</v>
       </c>
       <c r="C531" t="s">
         <v>1020</v>
       </c>
       <c r="D531" t="s">
         <v>1020</v>
       </c>
       <c r="E531" s="2" t="s">
         <v>1021</v>
       </c>
       <c r="F531" s="2"/>
     </row>
     <row r="532" spans="1:6">
       <c r="A532" t="s">
-        <v>1011</v>
+        <v>1013</v>
       </c>
       <c r="B532" t="s">
-        <v>1011</v>
+        <v>1013</v>
       </c>
       <c r="C532" t="s">
         <v>1022</v>
       </c>
       <c r="D532" t="s">
         <v>1022</v>
       </c>
       <c r="E532" s="2" t="s">
         <v>1023</v>
       </c>
       <c r="F532" s="2"/>
     </row>
     <row r="533" spans="1:6">
       <c r="A533" t="s">
-        <v>1011</v>
+        <v>1013</v>
       </c>
       <c r="B533" t="s">
-        <v>1011</v>
+        <v>1013</v>
       </c>
       <c r="C533" t="s">
         <v>1024</v>
       </c>
       <c r="D533" t="s">
         <v>1024</v>
       </c>
       <c r="E533" s="2" t="s">
         <v>1025</v>
       </c>
       <c r="F533" s="2"/>
     </row>
     <row r="534" spans="1:6">
       <c r="A534" t="s">
-        <v>1011</v>
+        <v>1013</v>
       </c>
       <c r="B534" t="s">
-        <v>1011</v>
+        <v>1013</v>
       </c>
       <c r="C534" t="s">
         <v>1026</v>
       </c>
       <c r="D534" t="s">
         <v>1026</v>
       </c>
       <c r="E534" s="2" t="s">
         <v>1027</v>
       </c>
       <c r="F534" s="2"/>
     </row>
     <row r="535" spans="1:6">
       <c r="A535" t="s">
-        <v>1011</v>
+        <v>1013</v>
       </c>
       <c r="B535" t="s">
-        <v>1011</v>
+        <v>1013</v>
       </c>
       <c r="C535" t="s">
         <v>1028</v>
       </c>
       <c r="D535" t="s">
         <v>1028</v>
       </c>
       <c r="E535" s="2" t="s">
         <v>1029</v>
       </c>
       <c r="F535" s="2"/>
     </row>
     <row r="536" spans="1:6">
       <c r="A536" t="s">
-        <v>1011</v>
+        <v>1013</v>
       </c>
       <c r="B536" t="s">
-        <v>1011</v>
+        <v>1013</v>
       </c>
       <c r="C536" t="s">
         <v>1030</v>
       </c>
       <c r="D536" t="s">
         <v>1030</v>
       </c>
       <c r="E536" s="2" t="s">
         <v>1031</v>
       </c>
       <c r="F536" s="2"/>
     </row>
     <row r="537" spans="1:6">
       <c r="A537" t="s">
-        <v>1011</v>
+        <v>1013</v>
       </c>
       <c r="B537" t="s">
-        <v>1011</v>
+        <v>1013</v>
       </c>
       <c r="C537" t="s">
         <v>1032</v>
       </c>
       <c r="D537" t="s">
         <v>1032</v>
       </c>
       <c r="E537" s="2" t="s">
         <v>1033</v>
       </c>
       <c r="F537" s="2"/>
     </row>
     <row r="538" spans="1:6">
       <c r="A538" t="s">
-        <v>1011</v>
+        <v>1013</v>
       </c>
       <c r="B538" t="s">
-        <v>1011</v>
+        <v>1013</v>
       </c>
       <c r="C538" t="s">
         <v>1034</v>
       </c>
       <c r="D538" t="s">
         <v>1034</v>
       </c>
       <c r="E538" s="2" t="s">
         <v>1035</v>
       </c>
       <c r="F538" s="2"/>
     </row>
     <row r="539" spans="1:6">
       <c r="A539" t="s">
-        <v>1011</v>
+        <v>1013</v>
       </c>
       <c r="B539" t="s">
-        <v>1011</v>
+        <v>1013</v>
       </c>
       <c r="C539" t="s">
         <v>1036</v>
       </c>
       <c r="D539" t="s">
         <v>1036</v>
       </c>
       <c r="E539" s="2" t="s">
         <v>1037</v>
       </c>
       <c r="F539" s="2"/>
     </row>
     <row r="540" spans="1:6">
       <c r="A540" t="s">
-        <v>1011</v>
+        <v>1013</v>
       </c>
       <c r="B540" t="s">
-        <v>1011</v>
+        <v>1013</v>
       </c>
       <c r="C540" t="s">
         <v>1038</v>
       </c>
       <c r="D540" t="s">
         <v>1038</v>
       </c>
       <c r="E540" s="2" t="s">
         <v>1039</v>
       </c>
       <c r="F540" s="2"/>
     </row>
     <row r="541" spans="1:6">
       <c r="A541" t="s">
-        <v>1011</v>
+        <v>1013</v>
       </c>
       <c r="B541" t="s">
-        <v>1011</v>
+        <v>1013</v>
       </c>
       <c r="C541" t="s">
         <v>1040</v>
       </c>
       <c r="D541" t="s">
         <v>1040</v>
       </c>
       <c r="E541" s="2" t="s">
         <v>1041</v>
       </c>
       <c r="F541" s="2"/>
     </row>
     <row r="542" spans="1:6">
       <c r="A542" t="s">
-        <v>1011</v>
+        <v>1013</v>
       </c>
       <c r="B542" t="s">
-        <v>1011</v>
+        <v>1013</v>
       </c>
       <c r="C542" t="s">
         <v>1042</v>
       </c>
       <c r="D542" t="s">
         <v>1042</v>
       </c>
       <c r="E542" s="2" t="s">
         <v>1043</v>
       </c>
       <c r="F542" s="2"/>
     </row>
     <row r="543" spans="1:6">
       <c r="A543" t="s">
-        <v>1011</v>
+        <v>1013</v>
       </c>
       <c r="B543" t="s">
-        <v>1011</v>
+        <v>1013</v>
       </c>
       <c r="C543" t="s">
         <v>1044</v>
       </c>
       <c r="D543" t="s">
         <v>1044</v>
       </c>
       <c r="E543" s="2" t="s">
         <v>1045</v>
       </c>
       <c r="F543" s="2"/>
     </row>
     <row r="544" spans="1:6">
       <c r="A544" t="s">
-        <v>1011</v>
+        <v>1013</v>
       </c>
       <c r="B544" t="s">
-        <v>1011</v>
+        <v>1013</v>
       </c>
       <c r="C544" t="s">
         <v>1046</v>
       </c>
       <c r="D544" t="s">
         <v>1046</v>
       </c>
       <c r="E544" s="2" t="s">
         <v>1047</v>
       </c>
       <c r="F544" s="2"/>
     </row>
     <row r="545" spans="1:6">
       <c r="A545" t="s">
-        <v>1011</v>
+        <v>1013</v>
       </c>
       <c r="B545" t="s">
-        <v>1011</v>
+        <v>1013</v>
       </c>
       <c r="C545" t="s">
         <v>1048</v>
       </c>
       <c r="D545" t="s">
         <v>1048</v>
       </c>
       <c r="E545" s="2" t="s">
         <v>1049</v>
       </c>
       <c r="F545" s="2"/>
     </row>
     <row r="546" spans="1:6">
       <c r="A546" t="s">
-        <v>1011</v>
+        <v>1013</v>
       </c>
       <c r="B546" t="s">
-        <v>1011</v>
+        <v>1013</v>
       </c>
       <c r="C546" t="s">
         <v>1050</v>
       </c>
       <c r="D546" t="s">
         <v>1050</v>
       </c>
       <c r="E546" s="2" t="s">
         <v>1051</v>
       </c>
       <c r="F546" s="2"/>
     </row>
     <row r="547" spans="1:6">
       <c r="A547" t="s">
-        <v>1011</v>
+        <v>1013</v>
       </c>
       <c r="B547" t="s">
-        <v>1011</v>
+        <v>1013</v>
       </c>
       <c r="C547" t="s">
         <v>1052</v>
       </c>
       <c r="D547" t="s">
         <v>1052</v>
       </c>
       <c r="E547" s="2" t="s">
         <v>1053</v>
       </c>
       <c r="F547" s="2"/>
     </row>
     <row r="548" spans="1:6">
       <c r="A548" t="s">
-        <v>1011</v>
+        <v>1013</v>
       </c>
       <c r="B548" t="s">
-        <v>1011</v>
+        <v>1013</v>
       </c>
       <c r="C548" t="s">
         <v>1054</v>
       </c>
       <c r="D548" t="s">
         <v>1054</v>
       </c>
       <c r="E548" s="2" t="s">
         <v>1055</v>
       </c>
       <c r="F548" s="2"/>
     </row>
     <row r="549" spans="1:6">
       <c r="A549" t="s">
-        <v>1011</v>
+        <v>1013</v>
       </c>
       <c r="B549" t="s">
-        <v>1011</v>
+        <v>1013</v>
       </c>
       <c r="C549" t="s">
         <v>1056</v>
       </c>
       <c r="D549" t="s">
         <v>1056</v>
       </c>
       <c r="E549" s="2" t="s">
         <v>1057</v>
       </c>
       <c r="F549" s="2"/>
     </row>
     <row r="550" spans="1:6">
       <c r="A550" t="s">
-        <v>1011</v>
+        <v>1013</v>
       </c>
       <c r="B550" t="s">
-        <v>1011</v>
+        <v>1013</v>
       </c>
       <c r="C550" t="s">
         <v>1058</v>
       </c>
       <c r="D550" t="s">
         <v>1058</v>
       </c>
       <c r="E550" s="2" t="s">
         <v>1059</v>
       </c>
       <c r="F550" s="2"/>
     </row>
     <row r="551" spans="1:6">
       <c r="A551" t="s">
-        <v>1011</v>
+        <v>1013</v>
       </c>
       <c r="B551" t="s">
-        <v>1011</v>
+        <v>1013</v>
       </c>
       <c r="C551" t="s">
         <v>1060</v>
       </c>
       <c r="D551" t="s">
         <v>1060</v>
       </c>
       <c r="E551" s="2" t="s">
         <v>1061</v>
       </c>
       <c r="F551" s="2"/>
     </row>
     <row r="552" spans="1:6">
       <c r="A552" t="s">
-        <v>1011</v>
+        <v>1013</v>
       </c>
       <c r="B552" t="s">
-        <v>1011</v>
+        <v>1013</v>
       </c>
       <c r="C552" t="s">
         <v>1062</v>
       </c>
       <c r="D552" t="s">
         <v>1062</v>
       </c>
       <c r="E552" s="2" t="s">
         <v>1063</v>
       </c>
       <c r="F552" s="2"/>
     </row>
     <row r="553" spans="1:6">
       <c r="A553" t="s">
-        <v>1011</v>
+        <v>1013</v>
       </c>
       <c r="B553" t="s">
-        <v>1011</v>
+        <v>1013</v>
       </c>
       <c r="C553" t="s">
         <v>1064</v>
       </c>
       <c r="D553" t="s">
         <v>1064</v>
       </c>
       <c r="E553" s="2" t="s">
         <v>1065</v>
       </c>
       <c r="F553" s="2"/>
     </row>
     <row r="554" spans="1:6">
       <c r="A554" t="s">
-        <v>1011</v>
+        <v>1013</v>
       </c>
       <c r="B554" t="s">
-        <v>1011</v>
+        <v>1013</v>
       </c>
       <c r="C554" t="s">
         <v>1066</v>
       </c>
       <c r="D554" t="s">
         <v>1066</v>
       </c>
       <c r="E554" s="2" t="s">
         <v>1067</v>
       </c>
       <c r="F554" s="2"/>
     </row>
     <row r="555" spans="1:6">
       <c r="A555" t="s">
-        <v>1011</v>
+        <v>1013</v>
       </c>
       <c r="B555" t="s">
-        <v>1011</v>
+        <v>1013</v>
       </c>
       <c r="C555" t="s">
         <v>1068</v>
       </c>
       <c r="D555" t="s">
         <v>1068</v>
       </c>
       <c r="E555" s="2" t="s">
         <v>1069</v>
       </c>
       <c r="F555" s="2"/>
     </row>
     <row r="556" spans="1:6">
       <c r="A556" t="s">
-        <v>1011</v>
+        <v>1013</v>
       </c>
       <c r="B556" t="s">
-        <v>1011</v>
+        <v>1013</v>
       </c>
       <c r="C556" t="s">
         <v>1070</v>
       </c>
       <c r="D556" t="s">
         <v>1070</v>
       </c>
       <c r="E556" s="2" t="s">
         <v>1071</v>
       </c>
       <c r="F556" s="2"/>
     </row>
     <row r="557" spans="1:6">
       <c r="A557" t="s">
-        <v>1011</v>
+        <v>1013</v>
       </c>
       <c r="B557" t="s">
-        <v>1011</v>
+        <v>1013</v>
       </c>
       <c r="C557" t="s">
         <v>1072</v>
       </c>
       <c r="D557" t="s">
         <v>1072</v>
       </c>
       <c r="E557" s="2" t="s">
         <v>1073</v>
       </c>
       <c r="F557" s="2"/>
     </row>
     <row r="558" spans="1:6">
       <c r="A558" t="s">
-        <v>1011</v>
+        <v>1013</v>
       </c>
       <c r="B558" t="s">
-        <v>1011</v>
+        <v>1013</v>
       </c>
       <c r="C558" t="s">
         <v>1074</v>
       </c>
       <c r="D558" t="s">
         <v>1074</v>
       </c>
       <c r="E558" s="2" t="s">
         <v>1075</v>
       </c>
       <c r="F558" s="2"/>
     </row>
     <row r="559" spans="1:6">
       <c r="A559" t="s">
-        <v>1011</v>
+        <v>1013</v>
       </c>
       <c r="B559" t="s">
-        <v>1011</v>
+        <v>1013</v>
       </c>
       <c r="C559" t="s">
         <v>1076</v>
       </c>
       <c r="D559" t="s">
         <v>1076</v>
       </c>
       <c r="E559" s="2" t="s">
         <v>1077</v>
       </c>
       <c r="F559" s="2"/>
     </row>
     <row r="560" spans="1:6">
       <c r="A560" t="s">
-        <v>1011</v>
+        <v>1013</v>
       </c>
       <c r="B560" t="s">
-        <v>1011</v>
+        <v>1013</v>
       </c>
       <c r="C560" t="s">
         <v>1078</v>
       </c>
       <c r="D560" t="s">
         <v>1078</v>
       </c>
       <c r="E560" s="2" t="s">
         <v>1079</v>
       </c>
       <c r="F560" s="2"/>
     </row>
     <row r="561" spans="1:6">
       <c r="A561" t="s">
-        <v>1011</v>
+        <v>1013</v>
       </c>
       <c r="B561" t="s">
-        <v>1011</v>
+        <v>1013</v>
       </c>
       <c r="C561" t="s">
         <v>1080</v>
       </c>
       <c r="D561" t="s">
         <v>1080</v>
       </c>
       <c r="E561" s="2" t="s">
         <v>1081</v>
       </c>
       <c r="F561" s="2"/>
     </row>
     <row r="562" spans="1:6">
       <c r="A562" t="s">
-        <v>1011</v>
+        <v>1013</v>
       </c>
       <c r="B562" t="s">
-        <v>1011</v>
+        <v>1013</v>
       </c>
       <c r="C562" t="s">
         <v>1082</v>
       </c>
       <c r="D562" t="s">
         <v>1082</v>
       </c>
       <c r="E562" s="2" t="s">
         <v>1083</v>
       </c>
       <c r="F562" s="2"/>
     </row>
     <row r="563" spans="1:6">
       <c r="A563" t="s">
-        <v>1011</v>
+        <v>1013</v>
       </c>
       <c r="B563" t="s">
-        <v>1011</v>
+        <v>1013</v>
       </c>
       <c r="C563" t="s">
         <v>1084</v>
       </c>
       <c r="D563" t="s">
         <v>1084</v>
       </c>
       <c r="E563" s="2" t="s">
         <v>1085</v>
       </c>
       <c r="F563" s="2"/>
     </row>
     <row r="564" spans="1:6">
       <c r="A564" t="s">
-        <v>1011</v>
+        <v>1013</v>
       </c>
       <c r="B564" t="s">
-        <v>1011</v>
+        <v>1013</v>
       </c>
       <c r="C564" t="s">
         <v>1086</v>
       </c>
       <c r="D564" t="s">
         <v>1086</v>
       </c>
       <c r="E564" s="2" t="s">
         <v>1087</v>
       </c>
       <c r="F564" s="2"/>
     </row>
     <row r="565" spans="1:6">
       <c r="A565" t="s">
-        <v>1011</v>
+        <v>1013</v>
       </c>
       <c r="B565" t="s">
-        <v>1011</v>
+        <v>1013</v>
       </c>
       <c r="C565" t="s">
         <v>1088</v>
       </c>
       <c r="D565" t="s">
         <v>1088</v>
       </c>
       <c r="E565" s="2" t="s">
         <v>1089</v>
       </c>
       <c r="F565" s="2"/>
     </row>
     <row r="566" spans="1:6">
       <c r="A566" t="s">
-        <v>1011</v>
+        <v>1013</v>
       </c>
       <c r="B566" t="s">
-        <v>1011</v>
+        <v>1013</v>
       </c>
       <c r="C566" t="s">
         <v>1090</v>
       </c>
       <c r="D566" t="s">
         <v>1090</v>
       </c>
       <c r="E566" s="2" t="s">
         <v>1091</v>
       </c>
       <c r="F566" s="2"/>
     </row>
     <row r="567" spans="1:6">
       <c r="A567" t="s">
-        <v>1011</v>
+        <v>1013</v>
       </c>
       <c r="B567" t="s">
-        <v>1011</v>
+        <v>1013</v>
       </c>
       <c r="C567" t="s">
         <v>1092</v>
       </c>
       <c r="D567" t="s">
         <v>1092</v>
       </c>
       <c r="E567" s="2" t="s">
         <v>1093</v>
       </c>
       <c r="F567" s="2"/>
     </row>
     <row r="568" spans="1:6">
       <c r="A568" t="s">
-        <v>1011</v>
+        <v>1013</v>
       </c>
       <c r="B568" t="s">
-        <v>1011</v>
+        <v>1013</v>
       </c>
       <c r="C568" t="s">
         <v>1094</v>
       </c>
       <c r="D568" t="s">
         <v>1094</v>
       </c>
       <c r="E568" s="2" t="s">
         <v>1095</v>
       </c>
       <c r="F568" s="2"/>
     </row>
     <row r="569" spans="1:6">
       <c r="A569" t="s">
-        <v>1011</v>
+        <v>1013</v>
       </c>
       <c r="B569" t="s">
-        <v>1011</v>
+        <v>1013</v>
       </c>
       <c r="C569" t="s">
-        <v>162</v>
+        <v>1096</v>
       </c>
       <c r="D569" t="s">
-        <v>162</v>
+        <v>1096</v>
       </c>
       <c r="E569" s="2" t="s">
-        <v>1096</v>
+        <v>1097</v>
       </c>
       <c r="F569" s="2"/>
     </row>
     <row r="570" spans="1:6">
       <c r="A570" t="s">
-        <v>1011</v>
+        <v>1013</v>
       </c>
       <c r="B570" t="s">
-        <v>1011</v>
+        <v>1013</v>
       </c>
       <c r="C570" t="s">
-        <v>1097</v>
+        <v>162</v>
       </c>
       <c r="D570" t="s">
-        <v>1097</v>
+        <v>162</v>
       </c>
       <c r="E570" s="2" t="s">
         <v>1098</v>
       </c>
       <c r="F570" s="2"/>
     </row>
     <row r="571" spans="1:6">
       <c r="A571" t="s">
-        <v>1011</v>
+        <v>1013</v>
       </c>
       <c r="B571" t="s">
-        <v>1011</v>
+        <v>1013</v>
       </c>
       <c r="C571" t="s">
         <v>1099</v>
       </c>
       <c r="D571" t="s">
         <v>1099</v>
       </c>
       <c r="E571" s="2" t="s">
         <v>1100</v>
       </c>
       <c r="F571" s="2"/>
     </row>
     <row r="572" spans="1:6">
       <c r="A572" t="s">
-        <v>1011</v>
+        <v>1013</v>
       </c>
       <c r="B572" t="s">
-        <v>1011</v>
+        <v>1013</v>
       </c>
       <c r="C572" t="s">
         <v>1101</v>
       </c>
       <c r="D572" t="s">
         <v>1101</v>
       </c>
       <c r="E572" s="2" t="s">
         <v>1102</v>
       </c>
       <c r="F572" s="2"/>
     </row>
     <row r="573" spans="1:6">
       <c r="A573" t="s">
-        <v>1011</v>
+        <v>1013</v>
       </c>
       <c r="B573" t="s">
-        <v>1011</v>
+        <v>1013</v>
       </c>
       <c r="C573" t="s">
         <v>1103</v>
       </c>
       <c r="D573" t="s">
         <v>1103</v>
       </c>
       <c r="E573" s="2" t="s">
         <v>1104</v>
       </c>
       <c r="F573" s="2"/>
     </row>
     <row r="574" spans="1:6">
       <c r="A574" t="s">
-        <v>1011</v>
+        <v>1013</v>
       </c>
       <c r="B574" t="s">
-        <v>1011</v>
+        <v>1013</v>
       </c>
       <c r="C574" t="s">
         <v>1105</v>
       </c>
       <c r="D574" t="s">
         <v>1105</v>
       </c>
       <c r="E574" s="2" t="s">
         <v>1106</v>
       </c>
       <c r="F574" s="2"/>
     </row>
     <row r="575" spans="1:6">
       <c r="A575" t="s">
-        <v>1011</v>
+        <v>1013</v>
       </c>
       <c r="B575" t="s">
-        <v>1011</v>
+        <v>1013</v>
       </c>
       <c r="C575" t="s">
         <v>1107</v>
       </c>
       <c r="D575" t="s">
         <v>1107</v>
       </c>
       <c r="E575" s="2" t="s">
         <v>1108</v>
       </c>
       <c r="F575" s="2"/>
     </row>
     <row r="576" spans="1:6">
       <c r="A576" t="s">
-        <v>1011</v>
+        <v>1013</v>
       </c>
       <c r="B576" t="s">
-        <v>1011</v>
+        <v>1013</v>
       </c>
       <c r="C576" t="s">
         <v>1109</v>
       </c>
       <c r="D576" t="s">
         <v>1109</v>
       </c>
       <c r="E576" s="2" t="s">
         <v>1110</v>
       </c>
       <c r="F576" s="2"/>
     </row>
     <row r="577" spans="1:6">
       <c r="A577" t="s">
-        <v>1011</v>
+        <v>1013</v>
       </c>
       <c r="B577" t="s">
-        <v>1011</v>
+        <v>1013</v>
       </c>
       <c r="C577" t="s">
         <v>1111</v>
       </c>
       <c r="D577" t="s">
         <v>1111</v>
       </c>
       <c r="E577" s="2" t="s">
         <v>1112</v>
       </c>
       <c r="F577" s="2"/>
     </row>
     <row r="578" spans="1:6">
       <c r="A578" t="s">
-        <v>1011</v>
+        <v>1013</v>
       </c>
       <c r="B578" t="s">
-        <v>1011</v>
+        <v>1013</v>
       </c>
       <c r="C578" t="s">
         <v>1113</v>
       </c>
       <c r="D578" t="s">
         <v>1113</v>
       </c>
       <c r="E578" s="2" t="s">
         <v>1114</v>
       </c>
       <c r="F578" s="2"/>
     </row>
     <row r="579" spans="1:6">
       <c r="A579" t="s">
-        <v>1011</v>
+        <v>1013</v>
       </c>
       <c r="B579" t="s">
-        <v>1011</v>
+        <v>1013</v>
       </c>
       <c r="C579" t="s">
         <v>1115</v>
       </c>
       <c r="D579" t="s">
         <v>1115</v>
       </c>
       <c r="E579" s="2" t="s">
         <v>1116</v>
       </c>
       <c r="F579" s="2"/>
     </row>
     <row r="580" spans="1:6">
       <c r="A580" t="s">
-        <v>1011</v>
+        <v>1013</v>
       </c>
       <c r="B580" t="s">
-        <v>1011</v>
+        <v>1013</v>
       </c>
       <c r="C580" t="s">
         <v>1117</v>
       </c>
       <c r="D580" t="s">
         <v>1117</v>
       </c>
       <c r="E580" s="2" t="s">
         <v>1118</v>
       </c>
       <c r="F580" s="2"/>
     </row>
     <row r="581" spans="1:6">
       <c r="A581" t="s">
-        <v>1011</v>
+        <v>1013</v>
       </c>
       <c r="B581" t="s">
-        <v>1011</v>
+        <v>1013</v>
       </c>
       <c r="C581" t="s">
         <v>1119</v>
       </c>
       <c r="D581" t="s">
         <v>1119</v>
       </c>
       <c r="E581" s="2" t="s">
         <v>1120</v>
       </c>
       <c r="F581" s="2"/>
     </row>
     <row r="582" spans="1:6">
       <c r="A582" t="s">
-        <v>1011</v>
+        <v>1013</v>
       </c>
       <c r="B582" t="s">
-        <v>1011</v>
+        <v>1013</v>
       </c>
       <c r="C582" t="s">
         <v>1121</v>
       </c>
       <c r="D582" t="s">
         <v>1121</v>
       </c>
       <c r="E582" s="2" t="s">
         <v>1122</v>
       </c>
       <c r="F582" s="2"/>
     </row>
     <row r="583" spans="1:6">
       <c r="A583" t="s">
-        <v>1011</v>
+        <v>1013</v>
       </c>
       <c r="B583" t="s">
-        <v>1011</v>
+        <v>1013</v>
       </c>
       <c r="C583" t="s">
         <v>1123</v>
       </c>
       <c r="D583" t="s">
         <v>1123</v>
       </c>
       <c r="E583" s="2" t="s">
         <v>1124</v>
       </c>
       <c r="F583" s="2"/>
     </row>
     <row r="584" spans="1:6">
       <c r="A584" t="s">
+        <v>1013</v>
+      </c>
+      <c r="B584" t="s">
+        <v>1013</v>
+      </c>
+      <c r="C584" t="s">
         <v>1125</v>
       </c>
-      <c r="B584" t="s">
+      <c r="D584" t="s">
         <v>1125</v>
       </c>
-      <c r="C584" t="s">
+      <c r="E584" s="2" t="s">
         <v>1126</v>
-      </c>
-[...4 lines deleted...]
-        <v>1127</v>
       </c>
       <c r="F584" s="2"/>
     </row>
     <row r="585" spans="1:6">
       <c r="A585" t="s">
-        <v>1125</v>
+        <v>1127</v>
       </c>
       <c r="B585" t="s">
-        <v>1125</v>
+        <v>1127</v>
       </c>
       <c r="C585" t="s">
         <v>1128</v>
       </c>
       <c r="D585" t="s">
         <v>1128</v>
       </c>
       <c r="E585" s="2" t="s">
         <v>1129</v>
       </c>
       <c r="F585" s="2"/>
     </row>
     <row r="586" spans="1:6">
       <c r="A586" t="s">
-        <v>1125</v>
+        <v>1127</v>
       </c>
       <c r="B586" t="s">
-        <v>1125</v>
+        <v>1127</v>
       </c>
       <c r="C586" t="s">
         <v>1130</v>
       </c>
       <c r="D586" t="s">
         <v>1130</v>
       </c>
       <c r="E586" s="2" t="s">
         <v>1131</v>
       </c>
       <c r="F586" s="2"/>
     </row>
     <row r="587" spans="1:6">
       <c r="A587" t="s">
-        <v>1125</v>
+        <v>1127</v>
       </c>
       <c r="B587" t="s">
-        <v>1125</v>
+        <v>1127</v>
       </c>
       <c r="C587" t="s">
         <v>1132</v>
       </c>
       <c r="D587" t="s">
         <v>1132</v>
       </c>
       <c r="E587" s="2" t="s">
         <v>1133</v>
       </c>
       <c r="F587" s="2"/>
     </row>
     <row r="588" spans="1:6">
       <c r="A588" t="s">
-        <v>1125</v>
+        <v>1127</v>
       </c>
       <c r="B588" t="s">
-        <v>1125</v>
+        <v>1127</v>
       </c>
       <c r="C588" t="s">
         <v>1134</v>
       </c>
       <c r="D588" t="s">
         <v>1134</v>
       </c>
       <c r="E588" s="2" t="s">
         <v>1135</v>
       </c>
       <c r="F588" s="2"/>
     </row>
     <row r="589" spans="1:6">
       <c r="A589" t="s">
-        <v>1125</v>
+        <v>1127</v>
       </c>
       <c r="B589" t="s">
-        <v>1125</v>
+        <v>1127</v>
       </c>
       <c r="C589" t="s">
         <v>1136</v>
       </c>
       <c r="D589" t="s">
         <v>1136</v>
       </c>
       <c r="E589" s="2" t="s">
         <v>1137</v>
       </c>
       <c r="F589" s="2"/>
     </row>
     <row r="590" spans="1:6">
       <c r="A590" t="s">
-        <v>1125</v>
+        <v>1127</v>
       </c>
       <c r="B590" t="s">
-        <v>1125</v>
+        <v>1127</v>
       </c>
       <c r="C590" t="s">
         <v>1138</v>
       </c>
       <c r="D590" t="s">
         <v>1138</v>
       </c>
       <c r="E590" s="2" t="s">
         <v>1139</v>
       </c>
       <c r="F590" s="2"/>
     </row>
     <row r="591" spans="1:6">
       <c r="A591" t="s">
+        <v>1127</v>
+      </c>
+      <c r="B591" t="s">
+        <v>1127</v>
+      </c>
+      <c r="C591" t="s">
         <v>1140</v>
       </c>
-      <c r="B591" t="s">
+      <c r="D591" t="s">
         <v>1140</v>
       </c>
-      <c r="C591" t="s">
+      <c r="E591" s="2" t="s">
         <v>1141</v>
-      </c>
-[...4 lines deleted...]
-        <v>1142</v>
       </c>
       <c r="F591" s="2"/>
     </row>
     <row r="592" spans="1:6">
       <c r="A592" t="s">
-        <v>1140</v>
+        <v>1142</v>
       </c>
       <c r="B592" t="s">
-        <v>1140</v>
+        <v>1142</v>
       </c>
       <c r="C592" t="s">
-        <v>1028</v>
+        <v>1143</v>
       </c>
       <c r="D592" t="s">
-        <v>1028</v>
+        <v>1143</v>
       </c>
       <c r="E592" s="2" t="s">
-        <v>1143</v>
+        <v>1144</v>
       </c>
       <c r="F592" s="2"/>
     </row>
     <row r="593" spans="1:6">
       <c r="A593" t="s">
-        <v>1140</v>
+        <v>1142</v>
       </c>
       <c r="B593" t="s">
-        <v>1140</v>
+        <v>1142</v>
       </c>
       <c r="C593" t="s">
-        <v>1144</v>
+        <v>1030</v>
       </c>
       <c r="D593" t="s">
-        <v>1144</v>
+        <v>1030</v>
       </c>
       <c r="E593" s="2" t="s">
         <v>1145</v>
       </c>
       <c r="F593" s="2"/>
     </row>
     <row r="594" spans="1:6">
       <c r="A594" t="s">
-        <v>1140</v>
+        <v>1142</v>
       </c>
       <c r="B594" t="s">
-        <v>1140</v>
+        <v>1142</v>
       </c>
       <c r="C594" t="s">
         <v>1146</v>
       </c>
       <c r="D594" t="s">
         <v>1146</v>
       </c>
       <c r="E594" s="2" t="s">
         <v>1147</v>
       </c>
       <c r="F594" s="2"/>
     </row>
     <row r="595" spans="1:6">
       <c r="A595" t="s">
-        <v>1140</v>
+        <v>1142</v>
       </c>
       <c r="B595" t="s">
-        <v>1140</v>
+        <v>1142</v>
       </c>
       <c r="C595" t="s">
-        <v>1054</v>
+        <v>1148</v>
       </c>
       <c r="D595" t="s">
-        <v>1054</v>
+        <v>1148</v>
       </c>
       <c r="E595" s="2" t="s">
-        <v>1148</v>
+        <v>1149</v>
       </c>
       <c r="F595" s="2"/>
     </row>
     <row r="596" spans="1:6">
       <c r="A596" t="s">
-        <v>1140</v>
+        <v>1142</v>
       </c>
       <c r="B596" t="s">
-        <v>1140</v>
+        <v>1142</v>
       </c>
       <c r="C596" t="s">
-        <v>1068</v>
+        <v>1056</v>
       </c>
       <c r="D596" t="s">
-        <v>1068</v>
+        <v>1056</v>
       </c>
       <c r="E596" s="2" t="s">
-        <v>1149</v>
+        <v>1150</v>
       </c>
       <c r="F596" s="2"/>
     </row>
     <row r="597" spans="1:6">
       <c r="A597" t="s">
-        <v>1140</v>
+        <v>1142</v>
       </c>
       <c r="B597" t="s">
-        <v>1140</v>
+        <v>1142</v>
       </c>
       <c r="C597" t="s">
-        <v>1086</v>
+        <v>1070</v>
       </c>
       <c r="D597" t="s">
-        <v>1086</v>
+        <v>1070</v>
       </c>
       <c r="E597" s="2" t="s">
-        <v>1150</v>
+        <v>1151</v>
       </c>
       <c r="F597" s="2"/>
     </row>
     <row r="598" spans="1:6">
       <c r="A598" t="s">
-        <v>1140</v>
+        <v>1142</v>
       </c>
       <c r="B598" t="s">
-        <v>1140</v>
+        <v>1142</v>
       </c>
       <c r="C598" t="s">
-        <v>1151</v>
+        <v>1088</v>
       </c>
       <c r="D598" t="s">
-        <v>1151</v>
+        <v>1088</v>
       </c>
       <c r="E598" s="2" t="s">
         <v>1152</v>
       </c>
       <c r="F598" s="2"/>
     </row>
     <row r="599" spans="1:6">
       <c r="A599" t="s">
-        <v>1140</v>
+        <v>1142</v>
       </c>
       <c r="B599" t="s">
-        <v>1140</v>
+        <v>1142</v>
       </c>
       <c r="C599" t="s">
-        <v>1088</v>
+        <v>1153</v>
       </c>
       <c r="D599" t="s">
-        <v>1088</v>
+        <v>1153</v>
       </c>
       <c r="E599" s="2" t="s">
-        <v>1153</v>
+        <v>1154</v>
       </c>
       <c r="F599" s="2"/>
     </row>
     <row r="600" spans="1:6">
       <c r="A600" t="s">
-        <v>1140</v>
+        <v>1142</v>
       </c>
       <c r="B600" t="s">
-        <v>1140</v>
+        <v>1142</v>
       </c>
       <c r="C600" t="s">
-        <v>1154</v>
+        <v>1090</v>
       </c>
       <c r="D600" t="s">
-        <v>1154</v>
+        <v>1090</v>
       </c>
       <c r="E600" s="2" t="s">
         <v>1155</v>
       </c>
       <c r="F600" s="2"/>
     </row>
     <row r="601" spans="1:6">
       <c r="A601" t="s">
-        <v>1140</v>
+        <v>1142</v>
       </c>
       <c r="B601" t="s">
-        <v>1140</v>
+        <v>1142</v>
       </c>
       <c r="C601" t="s">
-        <v>1103</v>
+        <v>1156</v>
       </c>
       <c r="D601" t="s">
-        <v>1103</v>
+        <v>1156</v>
       </c>
       <c r="E601" s="2" t="s">
-        <v>1104</v>
+        <v>1157</v>
       </c>
       <c r="F601" s="2"/>
     </row>
     <row r="602" spans="1:6">
       <c r="A602" t="s">
-        <v>1140</v>
+        <v>1142</v>
       </c>
       <c r="B602" t="s">
-        <v>1140</v>
+        <v>1142</v>
       </c>
       <c r="C602" t="s">
         <v>1105</v>
       </c>
       <c r="D602" t="s">
         <v>1105</v>
       </c>
       <c r="E602" s="2" t="s">
         <v>1106</v>
       </c>
       <c r="F602" s="2"/>
     </row>
     <row r="603" spans="1:6">
       <c r="A603" t="s">
-        <v>1156</v>
+        <v>1142</v>
       </c>
       <c r="B603" t="s">
-        <v>1156</v>
+        <v>1142</v>
       </c>
       <c r="C603" t="s">
-        <v>310</v>
+        <v>1107</v>
       </c>
       <c r="D603" t="s">
-        <v>310</v>
+        <v>1107</v>
       </c>
       <c r="E603" s="2" t="s">
-        <v>1157</v>
+        <v>1108</v>
       </c>
       <c r="F603" s="2"/>
     </row>
     <row r="604" spans="1:6">
       <c r="A604" t="s">
-        <v>1156</v>
+        <v>1158</v>
       </c>
       <c r="B604" t="s">
-        <v>1156</v>
+        <v>1158</v>
       </c>
       <c r="C604" t="s">
-        <v>316</v>
+        <v>310</v>
       </c>
       <c r="D604" t="s">
-        <v>316</v>
+        <v>310</v>
       </c>
       <c r="E604" s="2" t="s">
-        <v>979</v>
+        <v>1159</v>
       </c>
       <c r="F604" s="2"/>
     </row>
     <row r="605" spans="1:6">
       <c r="A605" t="s">
-        <v>1156</v>
+        <v>1158</v>
       </c>
       <c r="B605" t="s">
-        <v>1156</v>
+        <v>1158</v>
       </c>
       <c r="C605" t="s">
-        <v>1158</v>
+        <v>316</v>
       </c>
       <c r="D605" t="s">
-        <v>1158</v>
+        <v>316</v>
       </c>
       <c r="E605" s="2" t="s">
-        <v>1159</v>
+        <v>979</v>
       </c>
       <c r="F605" s="2"/>
     </row>
     <row r="606" spans="1:6">
       <c r="A606" t="s">
-        <v>1156</v>
+        <v>1158</v>
       </c>
       <c r="B606" t="s">
-        <v>1156</v>
+        <v>1158</v>
       </c>
       <c r="C606" t="s">
         <v>1160</v>
       </c>
       <c r="D606" t="s">
         <v>1160</v>
       </c>
       <c r="E606" s="2" t="s">
         <v>1161</v>
       </c>
       <c r="F606" s="2"/>
     </row>
     <row r="607" spans="1:6">
       <c r="A607" t="s">
-        <v>1156</v>
+        <v>1158</v>
       </c>
       <c r="B607" t="s">
-        <v>1156</v>
+        <v>1158</v>
       </c>
       <c r="C607" t="s">
         <v>1162</v>
       </c>
       <c r="D607" t="s">
         <v>1162</v>
       </c>
       <c r="E607" s="2" t="s">
         <v>1163</v>
       </c>
       <c r="F607" s="2"/>
     </row>
     <row r="608" spans="1:6">
       <c r="A608" t="s">
-        <v>1156</v>
+        <v>1158</v>
       </c>
       <c r="B608" t="s">
-        <v>1156</v>
+        <v>1158</v>
       </c>
       <c r="C608" t="s">
         <v>1164</v>
       </c>
       <c r="D608" t="s">
         <v>1164</v>
       </c>
       <c r="E608" s="2" t="s">
         <v>1165</v>
       </c>
       <c r="F608" s="2"/>
     </row>
     <row r="609" spans="1:6">
       <c r="A609" t="s">
-        <v>1156</v>
+        <v>1158</v>
       </c>
       <c r="B609" t="s">
-        <v>1156</v>
+        <v>1158</v>
       </c>
       <c r="C609" t="s">
-        <v>563</v>
+        <v>559</v>
       </c>
       <c r="D609" t="s">
-        <v>563</v>
+        <v>559</v>
       </c>
       <c r="E609" s="2" t="s">
         <v>1166</v>
       </c>
       <c r="F609" s="2"/>
     </row>
     <row r="610" spans="1:6">
       <c r="A610" t="s">
-        <v>1156</v>
+        <v>1158</v>
       </c>
       <c r="B610" t="s">
-        <v>1156</v>
+        <v>1158</v>
       </c>
       <c r="C610" t="s">
         <v>187</v>
       </c>
       <c r="D610" t="s">
         <v>187</v>
       </c>
       <c r="E610" s="2" t="s">
         <v>1167</v>
       </c>
       <c r="F610" s="2"/>
     </row>
     <row r="611" spans="1:6">
       <c r="A611" t="s">
-        <v>1156</v>
+        <v>1158</v>
       </c>
       <c r="B611" t="s">
-        <v>1156</v>
+        <v>1158</v>
       </c>
       <c r="C611" t="s">
         <v>1168</v>
       </c>
       <c r="D611" t="s">
         <v>1168</v>
       </c>
       <c r="E611" s="2" t="s">
         <v>1169</v>
       </c>
       <c r="F611" s="2"/>
     </row>
     <row r="612" spans="1:6">
       <c r="A612" t="s">
-        <v>1156</v>
+        <v>1158</v>
       </c>
       <c r="B612" t="s">
-        <v>1156</v>
+        <v>1158</v>
       </c>
       <c r="C612" t="s">
         <v>189</v>
       </c>
       <c r="D612" t="s">
         <v>189</v>
       </c>
       <c r="E612" s="2" t="s">
         <v>190</v>
       </c>
       <c r="F612" s="2"/>
     </row>
     <row r="613" spans="1:6">
       <c r="A613" t="s">
-        <v>1156</v>
+        <v>1158</v>
       </c>
       <c r="B613" t="s">
-        <v>1156</v>
+        <v>1158</v>
       </c>
       <c r="C613" t="s">
-        <v>992</v>
+        <v>994</v>
       </c>
       <c r="D613" t="s">
-        <v>992</v>
+        <v>994</v>
       </c>
       <c r="E613" s="2" t="s">
         <v>1170</v>
       </c>
       <c r="F613" s="2"/>
     </row>
     <row r="614" spans="1:6">
       <c r="A614" t="s">
-        <v>1156</v>
+        <v>1158</v>
       </c>
       <c r="B614" t="s">
-        <v>1156</v>
+        <v>1158</v>
       </c>
       <c r="C614" t="s">
         <v>1171</v>
       </c>
       <c r="D614" t="s">
         <v>1171</v>
       </c>
       <c r="E614" s="2" t="s">
         <v>1172</v>
       </c>
       <c r="F614" s="2"/>
     </row>
     <row r="615" spans="1:6">
       <c r="A615" t="s">
-        <v>1156</v>
+        <v>1158</v>
       </c>
       <c r="B615" t="s">
-        <v>1156</v>
+        <v>1158</v>
       </c>
       <c r="C615" t="s">
-        <v>996</v>
+        <v>998</v>
       </c>
       <c r="D615" t="s">
-        <v>996</v>
+        <v>998</v>
       </c>
       <c r="E615" s="2" t="s">
         <v>1173</v>
       </c>
       <c r="F615" s="2"/>
     </row>
     <row r="616" spans="1:6">
       <c r="A616" t="s">
-        <v>1156</v>
+        <v>1158</v>
       </c>
       <c r="B616" t="s">
-        <v>1156</v>
+        <v>1158</v>
       </c>
       <c r="C616" t="s">
         <v>1174</v>
       </c>
       <c r="D616" t="s">
         <v>1174</v>
       </c>
       <c r="E616" s="2" t="s">
         <v>1175</v>
       </c>
       <c r="F616" s="2"/>
     </row>
     <row r="617" spans="1:6">
       <c r="A617" t="s">
-        <v>1156</v>
+        <v>1158</v>
       </c>
       <c r="B617" t="s">
-        <v>1156</v>
+        <v>1158</v>
       </c>
       <c r="C617" t="s">
         <v>193</v>
       </c>
       <c r="D617" t="s">
         <v>193</v>
       </c>
       <c r="E617" s="2" t="s">
         <v>194</v>
       </c>
       <c r="F617" s="2"/>
     </row>
     <row r="618" spans="1:6">
       <c r="A618" t="s">
-        <v>1156</v>
+        <v>1158</v>
       </c>
       <c r="B618" t="s">
-        <v>1156</v>
+        <v>1158</v>
       </c>
       <c r="C618" t="s">
         <v>162</v>
       </c>
       <c r="D618" t="s">
         <v>162</v>
       </c>
       <c r="E618" s="2" t="s">
         <v>1176</v>
       </c>
       <c r="F618" s="2"/>
     </row>
     <row r="619" spans="1:6">
       <c r="A619" t="s">
-        <v>1156</v>
+        <v>1158</v>
       </c>
       <c r="B619" t="s">
-        <v>1156</v>
+        <v>1158</v>
       </c>
       <c r="C619" t="s">
-        <v>999</v>
+        <v>1001</v>
       </c>
       <c r="D619" t="s">
-        <v>999</v>
+        <v>1001</v>
       </c>
       <c r="E619" s="2" t="s">
         <v>1177</v>
       </c>
       <c r="F619" s="2"/>
     </row>
     <row r="620" spans="1:6">
       <c r="A620" t="s">
-        <v>1156</v>
+        <v>1158</v>
       </c>
       <c r="B620" t="s">
-        <v>1156</v>
+        <v>1158</v>
       </c>
       <c r="C620" t="s">
         <v>1178</v>
       </c>
       <c r="D620" t="s">
         <v>1178</v>
       </c>
       <c r="E620" s="2" t="s">
         <v>1179</v>
       </c>
       <c r="F620" s="2"/>
     </row>
     <row r="621" spans="1:6">
       <c r="A621" t="s">
-        <v>1156</v>
+        <v>1158</v>
       </c>
       <c r="B621" t="s">
-        <v>1156</v>
+        <v>1158</v>
       </c>
       <c r="C621" t="s">
         <v>195</v>
       </c>
       <c r="D621" t="s">
         <v>195</v>
       </c>
       <c r="E621" s="2" t="s">
         <v>196</v>
       </c>
       <c r="F621" s="2"/>
     </row>
     <row r="622" spans="1:6">
       <c r="A622" t="s">
-        <v>1156</v>
+        <v>1158</v>
       </c>
       <c r="B622" t="s">
-        <v>1156</v>
+        <v>1158</v>
       </c>
       <c r="C622" t="s">
-        <v>543</v>
+        <v>539</v>
       </c>
       <c r="D622" t="s">
-        <v>543</v>
+        <v>539</v>
       </c>
       <c r="E622" s="2" t="s">
-        <v>706</v>
+        <v>704</v>
       </c>
       <c r="F622" s="2"/>
     </row>
     <row r="623" spans="1:6">
       <c r="A623" t="s">
-        <v>1156</v>
+        <v>1158</v>
       </c>
       <c r="B623" t="s">
-        <v>1156</v>
+        <v>1158</v>
       </c>
       <c r="C623" t="s">
-        <v>545</v>
+        <v>541</v>
       </c>
       <c r="D623" t="s">
-        <v>545</v>
+        <v>541</v>
       </c>
       <c r="E623" s="2" t="s">
         <v>1180</v>
       </c>
       <c r="F623" s="2"/>
     </row>
     <row r="624" spans="1:6">
       <c r="A624" t="s">
-        <v>1156</v>
+        <v>1158</v>
       </c>
       <c r="B624" t="s">
-        <v>1156</v>
+        <v>1158</v>
       </c>
       <c r="C624" t="s">
         <v>199</v>
       </c>
       <c r="D624" t="s">
         <v>199</v>
       </c>
       <c r="E624" s="2" t="s">
         <v>200</v>
       </c>
       <c r="F624" s="2"/>
     </row>
     <row r="625" spans="1:6">
       <c r="A625" t="s">
-        <v>1156</v>
+        <v>1158</v>
       </c>
       <c r="B625" t="s">
-        <v>1156</v>
+        <v>1158</v>
       </c>
       <c r="C625" t="s">
         <v>1181</v>
       </c>
       <c r="D625" t="s">
         <v>1181</v>
       </c>
       <c r="E625" s="2" t="s">
         <v>1182</v>
       </c>
       <c r="F625" s="2"/>
     </row>
     <row r="626" spans="1:6">
       <c r="A626" t="s">
-        <v>1156</v>
+        <v>1158</v>
       </c>
       <c r="B626" t="s">
-        <v>1156</v>
+        <v>1158</v>
       </c>
       <c r="C626" t="s">
         <v>203</v>
       </c>
       <c r="D626" t="s">
         <v>203</v>
       </c>
       <c r="E626" s="2" t="s">
         <v>204</v>
       </c>
       <c r="F626" s="2"/>
     </row>
     <row r="627" spans="1:6">
       <c r="A627" t="s">
         <v>1183</v>
       </c>
       <c r="B627" t="s">
         <v>1183</v>
       </c>
       <c r="C627" t="s">
         <v>1184</v>
       </c>
       <c r="D627" t="s">
         <v>1184</v>
       </c>
@@ -22610,54 +22604,54 @@
       <c r="A677" t="s">
         <v>1252</v>
       </c>
       <c r="B677" t="s">
         <v>1252</v>
       </c>
       <c r="C677" t="s">
         <v>1284</v>
       </c>
       <c r="D677" t="s">
         <v>1284</v>
       </c>
       <c r="E677" s="2" t="s">
         <v>1285</v>
       </c>
       <c r="F677" s="2"/>
     </row>
     <row r="678" spans="1:6">
       <c r="A678" t="s">
         <v>1252</v>
       </c>
       <c r="B678" t="s">
         <v>1252</v>
       </c>
       <c r="C678" t="s">
-        <v>545</v>
+        <v>541</v>
       </c>
       <c r="D678" t="s">
-        <v>545</v>
+        <v>541</v>
       </c>
       <c r="E678" s="2" t="s">
         <v>1286</v>
       </c>
       <c r="F678" s="2"/>
     </row>
     <row r="679" spans="1:6">
       <c r="A679" t="s">
         <v>1252</v>
       </c>
       <c r="B679" t="s">
         <v>1252</v>
       </c>
       <c r="C679" t="s">
         <v>1287</v>
       </c>
       <c r="D679" t="s">
         <v>1287</v>
       </c>
       <c r="E679" s="2" t="s">
         <v>1288</v>
       </c>
       <c r="F679" s="2"/>
     </row>
     <row r="680" spans="1:6">
@@ -22988,54 +22982,54 @@
       <c r="A698" t="s">
         <v>1297</v>
       </c>
       <c r="B698" t="s">
         <v>1297</v>
       </c>
       <c r="C698" t="s">
         <v>1295</v>
       </c>
       <c r="D698" t="s">
         <v>1295</v>
       </c>
       <c r="E698" s="2" t="s">
         <v>1323</v>
       </c>
       <c r="F698" s="2"/>
     </row>
     <row r="699" spans="1:6">
       <c r="A699" t="s">
         <v>1297</v>
       </c>
       <c r="B699" t="s">
         <v>1297</v>
       </c>
       <c r="C699" t="s">
-        <v>547</v>
+        <v>543</v>
       </c>
       <c r="D699" t="s">
-        <v>547</v>
+        <v>543</v>
       </c>
       <c r="E699" s="2" t="s">
         <v>1324</v>
       </c>
       <c r="F699" s="2"/>
     </row>
     <row r="700" spans="1:6">
       <c r="A700" t="s">
         <v>1297</v>
       </c>
       <c r="B700" t="s">
         <v>1297</v>
       </c>
       <c r="C700" t="s">
         <v>1325</v>
       </c>
       <c r="D700" t="s">
         <v>1325</v>
       </c>
       <c r="E700" s="2" t="s">
         <v>1326</v>
       </c>
       <c r="F700" s="2"/>
     </row>
     <row r="701" spans="1:6">
@@ -23420,54 +23414,54 @@
       <c r="A722" t="s">
         <v>1349</v>
       </c>
       <c r="B722" t="s">
         <v>1349</v>
       </c>
       <c r="C722" t="s">
         <v>1369</v>
       </c>
       <c r="D722" t="s">
         <v>1369</v>
       </c>
       <c r="E722" s="2" t="s">
         <v>1370</v>
       </c>
       <c r="F722" s="2"/>
     </row>
     <row r="723" spans="1:6">
       <c r="A723" t="s">
         <v>1349</v>
       </c>
       <c r="B723" t="s">
         <v>1349</v>
       </c>
       <c r="C723" t="s">
-        <v>1060</v>
+        <v>1062</v>
       </c>
       <c r="D723" t="s">
-        <v>1060</v>
+        <v>1062</v>
       </c>
       <c r="E723" s="2" t="s">
         <v>1371</v>
       </c>
       <c r="F723" s="2"/>
     </row>
     <row r="724" spans="1:6">
       <c r="A724" t="s">
         <v>1349</v>
       </c>
       <c r="B724" t="s">
         <v>1349</v>
       </c>
       <c r="C724" t="s">
         <v>1372</v>
       </c>
       <c r="D724" t="s">
         <v>1372</v>
       </c>
       <c r="E724" s="2" t="s">
         <v>1373</v>
       </c>
       <c r="F724" s="2"/>
     </row>
     <row r="725" spans="1:6">
@@ -23582,54 +23576,54 @@
       <c r="A731" t="s">
         <v>1349</v>
       </c>
       <c r="B731" t="s">
         <v>1349</v>
       </c>
       <c r="C731" t="s">
         <v>1385</v>
       </c>
       <c r="D731" t="s">
         <v>1385</v>
       </c>
       <c r="E731" s="2" t="s">
         <v>1386</v>
       </c>
       <c r="F731" s="2"/>
     </row>
     <row r="732" spans="1:6">
       <c r="A732" t="s">
         <v>1349</v>
       </c>
       <c r="B732" t="s">
         <v>1349</v>
       </c>
       <c r="C732" t="s">
-        <v>502</v>
+        <v>498</v>
       </c>
       <c r="D732" t="s">
-        <v>502</v>
+        <v>498</v>
       </c>
       <c r="E732" s="2" t="s">
         <v>1387</v>
       </c>
       <c r="F732" s="2"/>
     </row>
     <row r="733" spans="1:6">
       <c r="A733" t="s">
         <v>1349</v>
       </c>
       <c r="B733" t="s">
         <v>1349</v>
       </c>
       <c r="C733" t="s">
         <v>1246</v>
       </c>
       <c r="D733" t="s">
         <v>1246</v>
       </c>
       <c r="E733" s="2" t="s">
         <v>1388</v>
       </c>
       <c r="F733" s="2"/>
     </row>
     <row r="734" spans="1:6">
@@ -23978,54 +23972,54 @@
       <c r="A753" t="s">
         <v>1391</v>
       </c>
       <c r="B753" t="s">
         <v>1391</v>
       </c>
       <c r="C753" t="s">
         <v>1428</v>
       </c>
       <c r="D753" t="s">
         <v>1428</v>
       </c>
       <c r="E753" s="2" t="s">
         <v>1429</v>
       </c>
       <c r="F753" s="2"/>
     </row>
     <row r="754" spans="1:6">
       <c r="A754" t="s">
         <v>1391</v>
       </c>
       <c r="B754" t="s">
         <v>1391</v>
       </c>
       <c r="C754" t="s">
-        <v>996</v>
+        <v>998</v>
       </c>
       <c r="D754" t="s">
-        <v>996</v>
+        <v>998</v>
       </c>
       <c r="E754" s="2" t="s">
         <v>1430</v>
       </c>
       <c r="F754" s="2"/>
     </row>
     <row r="755" spans="1:6">
       <c r="A755" t="s">
         <v>1391</v>
       </c>
       <c r="B755" t="s">
         <v>1391</v>
       </c>
       <c r="C755" t="s">
         <v>1431</v>
       </c>
       <c r="D755" t="s">
         <v>1431</v>
       </c>
       <c r="E755" s="2" t="s">
         <v>1432</v>
       </c>
       <c r="F755" s="2"/>
     </row>
     <row r="756" spans="1:6">