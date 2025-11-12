--- v1 (2025-10-22)
+++ v2 (2025-11-12)
@@ -23,51 +23,51 @@
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1575">
   <si>
     <t>List of job positions in the salary survey</t>
   </si>
   <si>
     <t>www.paylab.com</t>
   </si>
   <si>
     <t>Updated in</t>
   </si>
   <si>
-    <t>10/2025</t>
+    <t>11/2025</t>
   </si>
   <si>
     <t>Number of positions</t>
   </si>
   <si>
     <t>category_name_en</t>
   </si>
   <si>
     <t>position_name_en</t>
   </si>
   <si>
     <t>job_description_en</t>
   </si>
   <si>
     <t>Administration</t>
   </si>
   <si>
     <t>Administrative Worker</t>
   </si>
   <si>
     <t>* Transcribing documents using computers.
 * Recording of incoming and outgoing correspondence.
 * Handling corporate correspondence, email, and phone calls.
 * Operating copier and fax equipment.
 * Filing and locating documents.