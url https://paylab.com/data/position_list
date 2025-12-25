--- v2 (2025-11-12)
+++ v3 (2025-12-25)
@@ -23,51 +23,51 @@
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1575">
   <si>
     <t>List of job positions in the salary survey</t>
   </si>
   <si>
     <t>www.paylab.com</t>
   </si>
   <si>
     <t>Updated in</t>
   </si>
   <si>
-    <t>11/2025</t>
+    <t>12/2025</t>
   </si>
   <si>
     <t>Number of positions</t>
   </si>
   <si>
     <t>category_name_en</t>
   </si>
   <si>
     <t>position_name_en</t>
   </si>
   <si>
     <t>job_description_en</t>
   </si>
   <si>
     <t>Administration</t>
   </si>
   <si>
     <t>Administrative Worker</t>
   </si>
   <si>
     <t>* Transcribing documents using computers.
 * Recording of incoming and outgoing correspondence.
 * Handling corporate correspondence, email, and phone calls.
 * Operating copier and fax equipment.
 * Filing and locating documents.