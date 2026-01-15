--- v3 (2025-12-25)
+++ v4 (2026-01-15)
@@ -12,10125 +12,20278 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1575">
-[...2 lines deleted...]
-  </si>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="3143">
   <si>
     <t>www.paylab.com</t>
   </si>
   <si>
-    <t>Updated in</t>
-[...5 lines deleted...]
-    <t>Number of positions</t>
+    <t>01/2026</t>
   </si>
   <si>
     <t>category_name_en</t>
   </si>
   <si>
+    <t>category_name_es</t>
+  </si>
+  <si>
     <t>position_name_en</t>
   </si>
   <si>
+    <t>position_name_es</t>
+  </si>
+  <si>
     <t>job_description_en</t>
   </si>
   <si>
+    <t>job_description_es</t>
+  </si>
+  <si>
     <t>Administration</t>
   </si>
   <si>
+    <t>Administración</t>
+  </si>
+  <si>
     <t>Administrative Worker</t>
+  </si>
+  <si>
+    <t>Empleado administrativo</t>
   </si>
   <si>
     <t>* Transcribing documents using computers.
 * Recording of incoming and outgoing correspondence.
 * Handling corporate correspondence, email, and phone calls.
 * Operating copier and fax equipment.
 * Filing and locating documents.
 * Welcoming and taking care of visitors, preparing and serving refreshments.
 * Recording the minutes in meetings and negotiations.
 * Reserving accommodation, travel tickets, airline tickets, and similar tasks.
 * Responsibility for purchasing office supplies and other goods consumed on a daily basis.
 * Managing the cash box and responsibility for entrusted cash and valuables.</t>
   </si>
   <si>
+    <t>* Transcribir documentos utilizando computadoras.
+* Registro de la correspondencia entrante y saliente.
+* Manejo de la correspondencia corporativa, correo electrónico y llamadas telefónicas.
+* Operar equipo de fotocopiado y fax.
+* Archivar y localizar documentos.
+* Recibir y atender a visitantes, preparar y servir refrigerios.
+* Registrar las actas en reuniones y negociaciones.
+* Reservar alojamiento, boletos de viaje, boletos de avión y tareas similares.
+* Responsabilidad por la compra de suministros de oficina y otros bienes consumidos a diario.
+* Gestionar la caja de efectivo y responsabilidad por el dinero y objetos de valor encomendados.</t>
+  </si>
+  <si>
     <t>Archivist, Registry Administrator</t>
+  </si>
+  <si>
+    <t>Archivero, administrador de registros</t>
   </si>
   <si>
     <t>* Receiving, storing and managing the documents in the filing department and archives.
 * Completing internal archives guidelines.
 * Sorting and recording of documents pursuant to the regulations and plans of the filing department.
 * Borrowing of filed documents.
 * Keeping a filing log.
 * Disposing of obsolete records in accordance with the legislative regulations.
 * Responsibility for the documentation in the filing department in accordance with the applicable legislation and internal standards.</t>
   </si>
   <si>
+    <t>* Recibir, almacenar y gestionar los documentos en el departamento de archivo y los archivos.
+* Completar las directrices de archivo interno.
+* Clasificar y registrar documentos de acuerdo con las regulaciones y los planes del departamento de archivo.
+* Prestar documentos archivados.
+* Mantener un registro de archivo.
+* Eliminar registros obsoletos de acuerdo con las regulaciones legislativas.
+* Responsabilidad por la documentación en el departamento de archivo de acuerdo con la legislación aplicable y los estándares internos.</t>
+  </si>
+  <si>
     <t>Assistant</t>
+  </si>
+  <si>
+    <t>Asistente</t>
   </si>
   <si>
     <t>* Independent preparation of materials and presentations for a superior.
 * Communicating with the company’s business partners.
 * Independently processing meeting minutes.
 * Recommending and organising personal meetings for your superior and his or her business partners. 
 * Recording defined working tasks and monitoring adherence to their deadlines. 
 * Creating weekly, monthly, and annual work plans for a manager and their subsequent coordination with the planned work of a superior or the company.</t>
   </si>
   <si>
+    <t>* Preparación independiente de materiales y presentaciones para un superior.
+* Comunicación con los socios comerciales de la empresa.
+* Procesamiento independiente de las actas de reuniones.
+* Recomendación y organización de reuniones personales para su superior y sus socios comerciales.
+* Registro de tareas laborales definidas y seguimiento del cumplimiento de sus plazos límite.
+* Creación de planes de trabajo semanales, mensuales y anuales para un gerente y su posterior coordinación con el trabajo planificado de un superior o de la empresa.</t>
+  </si>
+  <si>
     <t>Call Operator</t>
+  </si>
+  <si>
+    <t>Operador telefónico</t>
   </si>
   <si>
     <t>* Providing general and specific information to callers.
 * Cooperating with other members of the departments to provide an adequate answer to the questions.
 * Execution of requests, complaints and claims.
 * Recording caller requests in the information system.
 * Adherence to standards of telephone communication and quality of provided services in accordance with internal regulations.
 * Responsibility for the correctness and completeness of the information provided.</t>
   </si>
   <si>
+    <t>* Proporcionar información general y específica a los que llaman.
+* Colaborar con otros miembros de los departamentos para dar una respuesta adecuada a las preguntas.
+* Ejecución de solicitudes, reclamos y quejas.
+* Registrar las solicitudes de los que llaman en el sistema de información.
+* Cumplimiento de los estándares de comunicación telefónica y calidad de los servicios prestados de acuerdo con las regulaciones internas.
+* Responsabilidad por la corrección y la integridad de la información proporcionada.</t>
+  </si>
+  <si>
     <t>Chief Receptionist Officer</t>
+  </si>
+  <si>
+    <t>Jefe de recepción</t>
   </si>
   <si>
     <t>* Ensuring the smooth running and representativeness of the reception.
 * Coordinating the activities of one or more receptionists.
 * Welcoming and ushering visitors and/or guiding them to employees with whom business is to be conducted.
 * Recording details about visitors in the guestbook or information system.
 * Issuing and collecting passes upon the arrival/departure of visitors.
 * Handling incoming and outgoing phone calls in local as well as a foreign language.
 * Training new recruits.
 * Solving non-standard situations.</t>
   </si>
   <si>
+    <t>* Garantizar el buen funcionamiento y la representatividad de la recepción.
+* Coordinar las actividades de uno o más recepcionistas.
+* Recibir y acompañar a los visitantes y/o guiarlos hacia los empleados con los que se realizarán negocios.
+* Registrar detalles sobre los visitantes en el libro de visitas o sistema de información.
+* Expedir y recopilar pases a la llegada/partida de los visitantes.
+* Atender llamadas telefónicas entrantes y salientes en idiomas locales y extranjeros.
+* Capacitar a nuevos empleados.
+* Resolver situaciones no estándar.</t>
+  </si>
+  <si>
     <t>Contract administrator</t>
+  </si>
+  <si>
+    <t>Administrador del contrato</t>
   </si>
   <si>
     <t>* Preparing sales and purchase contracts
 * Negotiating contract terms with internal and external partners
 * Reviewing and updating existing contracts</t>
   </si>
   <si>
+    <t>* Elaboración de contratos de compraventa
+* Negociación de términos de contratos con socios internos y externos.
+* Revisar y actualizar los contratos existentes</t>
+  </si>
+  <si>
     <t>CSR specialist</t>
+  </si>
+  <si>
+    <t>Especialista en RSE</t>
   </si>
   <si>
     <t>* Management of corporate social responsibility (CSR) projects.
 * Preparation of press releases and cooperation with the media and organizing press conferences
 * Content preparation for company websites, digital media and social networks (Facebook, Instagram, YouTube)
 * Procurement and care of company materials (brochures, POS materials, posters, brochures)
 * Design and implementation of company events
 * Taking care of editing and translating company materials
 * Various administrative tasks such as planning, monitoring results, reporting, budgeting, etc.</t>
   </si>
   <si>
+    <t>* Gestión de proyectos de responsabilidad social corporativa (RSC).
+* Preparación de comunicados de prensa y colaboración con los medios de comunicación y organización de conferencias de prensa
+* Preparación de contenido para sitios web de la empresa, medios digitales y redes sociales (Facebook, Instagram, YouTube)
+* Adquisición y cuidado de materiales de la empresa (folletos, materiales de POS, carteles, folletos)
+* Diseño e implementación de eventos de la empresa
+* Edición y traducción de materiales de la empresa
+* Varias tareas administrativas, como planificación, seguimiento de resultados, informes, presupuestación, etc.</t>
+  </si>
+  <si>
+    <t>Data Entry Operator</t>
+  </si>
+  <si>
+    <t>Operador de entrada de datos</t>
+  </si>
+  <si>
+    <t>* Processing payroll by using ADP software. 
+* Maintaining all employee payroll records. 
+* Entering payroll information for all employees.
+* Recording tax withholding information.
+* Making appropriate changes in compliance with internal policies and external local, state and federal income tax regulations. 
+* Creating paper checks as well as direct deposits.
+* Creating reports to ensure accuracy of payroll processing.</t>
+  </si>
+  <si>
+    <t>* Procesar la nómina mediante el uso del software ADP.
+* Mantener todos los registros de nómina de los empleados.
+* Ingresar la información de nómina para todos los empleados.
+* Registrar la información de retención de impuestos.
+* Realizar cambios adecuados en cumplimiento con las políticas internas y las regulaciones tributarias locales, estatales y federales externas.
+* Crear cheques en papel, así como depósitos directos.
+* Crear informes para asegurar la precisión del procesamiento de nómina.</t>
+  </si>
+  <si>
     <t>Data entry operator</t>
+  </si>
+  <si>
+    <t>Empleado de entrada de datos</t>
   </si>
   <si>
     <t>* Inputting and updating data into computer systems accurately and efficiently.
 * Verifying and correcting data to ensure accuracy and completeness.
 * Maintaining organized records and files for easy retrieval of information.
 * Assisting in the preparation of reports and documents as required.
 * Collaborating with team members to ensure data integrity and consistency.
 * Responding to inquiries related to data entry and assisting with troubleshooting issues.
 * Performing regular backups of data to prevent loss of information.
 * Managing and prioritizing multiple tasks to meet deadlines effectively.
 * Ensuring compliance with data protection regulations and company policies.
 * Supporting administrative tasks as needed to enhance overall office productivity.</t>
   </si>
   <si>
-    <t>Data Entry Operator</t>
-[...8 lines deleted...]
-* Creating reports to ensure accuracy of payroll processing.</t>
+    <t>* Introducir y actualizar datos en sistemas informáticos de manera precisa y eficiente.
+* Verificar y corregir datos para asegurar la exactitud y la integridad.
+* Mantener registros y archivos organizados para una fácil recuperación de información.
+* Ayudar en la preparación de informes y documentos según sea necesario.
+* Colaborar con los miembros del equipo para garantizar la integridad y coherencia de los datos.
+* Responder a consultas relacionadas con la entrada de datos y ayudar con la resolución de problemas.
+* Realizar copias de seguridad de los datos con regularidad para evitar la pérdida de información.
+* Gestionar y priorizar múltiples tareas para cumplir con los plazos de manera efectiva.
+* Asegurar el cumplimiento de las regulaciones de protección de datos y las políticas de la empresa.
+* Apoyar las tareas administrativas según sea necesario para mejorar la productividad general de la oficina.</t>
   </si>
   <si>
     <t>Diversity, Equity and Inclusion Manager</t>
+  </si>
+  <si>
+    <t>Gerente de Diversidad, Igualdad e Inclusión</t>
   </si>
   <si>
     <t>* Works with managers at various levels to assess the current state of diversity, equity and inclusion, identify potential solutions and influence steps for specific action planning.
 * Collaborates with other components to develop and execute short- and long-term business strategies for Diversity, Equity and Inclusion (DEI).
 * Develop and implement DEI capability development programs and initiatives in support of corporate strategies and individual support needs.
 * Conducts equality and inclusion audits of corporate and team initiatives.
 * Monitor progress on DEI corporate commitments.
 * Manages communication of DEI principles, plans, progress, and supplemental CR stories.
 * Collaborates with partners and leaders to influence policies and identify resources needed to create an inclusive environment.</t>
   </si>
   <si>
+    <t>* Trabaja con gerentes en varios niveles para evaluar el estado actual de diversidad, equidad e inclusión, identificar soluciones potenciales e influir en los pasos para la planificación de acciones específicas.
+* Colabora con otros componentes para desarrollar y ejecutar estrategias comerciales a corto y largo plazo para Diversidad, Equidad e Inclusión (DEI).
+* Desarrolla e implementa programas e iniciativas de desarrollo de capacidad de DEI en apoyo de estrategias corporativas y necesidades de apoyo individuales.
+* Realiza auditorías de igualdad e inclusión de iniciativas corporativas y de equipo.
+* Supervisar el progreso de los compromisos corporativos de DEI.
+* Maneja la comunicación de los principios de DEI, planes, progreso e historias CR suplementarias.
+* Colabora con socios y líderes para influir en las políticas e identificar los recursos necesarios para crear un entorno inclusivo.</t>
+  </si>
+  <si>
     <t>Office Manager</t>
+  </si>
+  <si>
+    <t>Director de oficina</t>
   </si>
   <si>
     <t>* Responsibility for department operations and the management of assigned tasks.
 * Administrative and organisational support for company management.
 * Coordination of subordinate staff and the delegation of tasks.
 * Management and supervision to ensure deadlines are met by the members of management.
 * Recording minutes from meetings and preparing materials for the members of management.
 * Communication with authorities, suppliers, and other institutions.
 * Responsibility for purchasing office supplies, refreshments, and office equipment.
 * Securing a repair service for moveable and real estate assets.
 * Managing the company’s fleet vehicles.</t>
   </si>
   <si>
+    <t>* Responsabilidad por las operaciones del departamento y la gestión de las tareas asignadas.
+* Apoyo administrativo y organizativo para la dirección de la empresa.
+* Coordinación del personal subordinado y delegación de tareas.
+* Gestión y supervisión para asegurar el cumplimiento de los plazos por parte de los miembros de la dirección.
+* Registro de actas de reuniones y preparación de materiales para los miembros de la dirección.
+* Comunicación con autoridades, proveedores y otras instituciones.
+* Responsabilidad por la compra de suministros de oficina, refrigerios y equipo de oficina.
+* Contratación de servicios de reparación para activos muebles e inmuebles.
+* Gestión de los vehículos de la flota de la empresa.</t>
+  </si>
+  <si>
     <t>Procurement specialist</t>
+  </si>
+  <si>
+    <t>Especialista en adquisiciones</t>
   </si>
   <si>
     <t>* planning acquisition
 * preparing the challenge, competition materials and other documents in the range of the chosen procedure of the acquisition
 * providing information to interested persons
 * administration of the selection process</t>
   </si>
   <si>
+    <t>* Planificación de adquisiciones
+* Preparación de los documentos del concurso, materiales de competencia y otros documentos en el ámbito del procedimiento de adquisición elegido
+* Proporcionar información a las personas interesadas
+* Administración del proceso de selección</t>
+  </si>
+  <si>
     <t>Project Assistant</t>
+  </si>
+  <si>
+    <t>Asistente de proyectos</t>
   </si>
   <si>
     <t>* Helping project managers to complete projects.
 * Analyzing, evaluating and interpreting projects.
 * Assisting with development and coordination of projects and activities.
 * Undertaking administration and maintaining the project archive.
 * Assisting with the daily management of projects paying particular attention to maintaining good working relationships and adherence to budgets and timescales.
 * Assisting with the production of project briefs and agreements with clients administer and support selection processes.
 * Assisting external project managers as required and act as a day-to-day liaison.</t>
   </si>
   <si>
+    <t>* Ayudar a los gestores de proyectos a completar proyectos.
+* Analizar, evaluar e interpretar proyectos.
+* Asistir en el desarrollo y coordinación de proyectos y actividades.
+* Llevar a cabo tareas administrativas y mantener el archivo del proyecto.
+* Asistir en la gestión diaria de proyectos, prestando especial atención al mantenimiento de buenas relaciones laborales y al cumplimiento de los presupuestos y plazos.
+* Asistir en la elaboración de descripciones y acuerdos de proyectos con clientes, administrar y apoyar los procesos de selección.
+* Asistir a los gestores de proyectos externos según sea necesario y actuar como enlace diario.</t>
+  </si>
+  <si>
     <t>Project Coordinator</t>
+  </si>
+  <si>
+    <t>Coordinador de proyectos</t>
   </si>
   <si>
     <t xml:space="preserve">* Becoming acquainted with the conditions for receiving grants through calls for proposals.
 * Creating project documentation necessary for the award of grants.
 * Submitting projects financed, for example, from EU structural funds to brokerage agencies.
 * Communicating with European Commission bodies, brokerage agencies and funding applicants.
 * Incorporating brought up objections into the project docummentation. </t>
   </si>
   <si>
+    <t>* Familiarizarse con las condiciones para recibir subvenciones a través de convocatorias de propuestas.
+* Crear documentación de proyectos necesaria para la concesión de subvenciones.
+* Presentar proyectos financiados, por ejemplo, con fondos estructurales de la UE a agencias de corretaje.
+* Comunicarse con organismos de la Comisión Europea, agencias de corretaje y solicitantes de financiamiento.
+* Incorporar objeciones planteadas en la documentación del proyecto.</t>
+  </si>
+  <si>
     <t>Project planner</t>
+  </si>
+  <si>
+    <t>Planificador de proyectos</t>
   </si>
   <si>
     <t xml:space="preserve">* Recommend and implement modifications to improve effectiveness and attain project milestones.
 * Plan, coordinate and monitor activities of assigned projects to develop and implement procedures, processes and systems.
 * Develop detailed task lists and work effort assessment.
 * Prepare short and long-term resource allocation plans based on input from all key players and team members. 
 * Oversee schedules and risk management plans and provide serious deviations warnings hindering project results. 
 * Lead development of baseline schedule and support Project Manager (PM)
 * Gather actual data, update project schedule and develop reliable schedule forecast with support from project team.
 </t>
   </si>
   <si>
+    <t>* Recomendar e implementar modificaciones para mejorar la eficacia y alcanzar los hitos del proyecto.
+* Planificar, coordinar y supervisar las actividades de los proyectos asignados para desarrollar e implementar procedimientos, procesos y sistemas.
+* Desarrollar listas de tareas detalladas y evaluaciones de esfuerzo de trabajo.
+* Preparar planes de asignación de recursos a corto y largo plazo basados en la información proporcionada por todos los actores clave y miembros del equipo.
+* Supervisar los cronogramas y los planes de gestión de riesgos y proporcionar advertencias de posibles desviaciones importantes que puedan obstaculizar los resultados del proyecto.
+* Dirigir el desarrollo del cronograma de referencia y apoyar al Gerente de Proyecto (PM).
+* Recopilar datos reales, actualizar el cronograma del proyecto y desarrollar un pronóstico de cronograma confiable con el apoyo del equipo del proyecto.</t>
+  </si>
+  <si>
     <t>Receptionist</t>
+  </si>
+  <si>
+    <t>Recepcionista</t>
   </si>
   <si>
     <t>* Responsibility for reception operations.
 * Announcing and presenting visitors.
 * Providing general information to visitors.
 * Recording exits and entries into the book of visits.
 * Answering and forwarding calls.
 * Accepting and turning over messages.
 * Distribution and management of correspondence, faxes and emails.
 * Responsibility for order and cleanliness around reception.</t>
   </si>
   <si>
+    <t>* Responsabilidad por las operaciones de recepción.
+* Anunciar y presentar a los visitantes.
+* Brindar información general a los visitantes.
+* Registrar las salidas y entradas en el libro de visitas.
+* Contestar y reenviar llamadas.
+* Recibir y entregar mensajes.
+* Distribución y gestión de la correspondencia, faxes y correos electrónicos.
+* Responsabilidad por el orden y la limpieza en torno a la recepción.</t>
+  </si>
+  <si>
     <t>Receptionist I</t>
+  </si>
+  <si>
+    <t>Recepcionista I</t>
   </si>
   <si>
     <t>* Handling incoming and outgoing phone calls in the Slovak language.
 * Welcoming and ushering visitors and/or guiding them to employees with whom business is to be conducted.
 * Recording details about visitors in the guestbook or information system.
 * Issuing and collecting passes upon the arrival/departure of visitors.
 * Performing routine administrative work.</t>
   </si>
   <si>
+    <t>* Atender llamadas telefónicas entrantes y salientes en eslovaco.
+* Recibir y acompañar a visitantes y/o dirigirlos a los empleados con quienes se realizarán negocios.
+* Registrar detalles sobre los visitantes en el libro de visitas o sistema de información.
+* Expedir y recoger pases a la llegada/partida de visitantes.
+* Realizar trabajos administrativos de rutina.</t>
+  </si>
+  <si>
     <t>Secretary</t>
+  </si>
+  <si>
+    <t>Secretaria</t>
   </si>
   <si>
     <t>* Planning and organising a superior's work meetings and conferences.
 * Handling incoming and outgoing phone calls.
 * Services for management and guests, e.g. welcoming guests, preparing and serving refreshments, etc.
 * Managing business correspondence and email.
 * Transcribing data using computers, database management and the creation of presentations.
 * Recording the minutes in work meetings and negotiations using materials provided by a superior.
 * Operating fax machines, scanners, copiers, and similar office equipment.
 * Reserving travel tickets, airline tickets, and accommodation for business trips.
 * Purchasing office supplies, refreshments, and other goods consumed on a daily basis.</t>
   </si>
   <si>
+    <t>* Planificar y organizar las reuniones y conferencias de trabajo de un superior.
+* Atender llamadas telefónicas entrantes y salientes.
+* Prestar servicios a la dirección y a los invitados, como dar la bienvenida a los invitados, preparar y servir refrigerios, etc.
+* Gestionar la correspondencia empresarial y el correo electrónico.
+* Transcribir datos utilizando ordenadores, gestión de bases de datos y la creación de presentaciones.
+* Tomar actas en reuniones de trabajo y negociaciones utilizando los materiales proporcionados por un superior.
+* Operar máquinas de fax, escáneres, fotocopiadoras y equipos de oficina similares.
+* Reservar billetes de viaje, billetes de avión y alojamiento para viajes de negocios.
+* Comprar suministros de oficina, refrigerios y otros bienes de consumo diario.</t>
+  </si>
+  <si>
     <t>Agriculture, Food Industry</t>
   </si>
   <si>
+    <t>Agricultura e industria alimentaria</t>
+  </si>
+  <si>
     <t>Agricultural Engineer, Agronomist</t>
+  </si>
+  <si>
+    <t>Ingeniero agrónomo</t>
   </si>
   <si>
     <t>* Preparing crop rotation.
 * Providing seed, organic and inorganic fertilisers, chemical protective substances and machinery required for the production of required crops.
 * Supervising the processing and preparation of soil, sowing and planting.
 * Monitoring the growth of plants, ensuring their nutrition and protection during vegetation.
 * Harvesting crops; subsequent processing or storage of crops.</t>
   </si>
   <si>
+    <t>* Preparar la rotación de cultivos.
+* Suministrar semillas, fertilizantes orgánicos e inorgánicos, sustancias químicas de protección y maquinaria necesarios para la producción de los cultivos requeridos.
+* Supervisar el procesamiento y preparación del suelo, la siembra y la plantación.
+* Controlar el crecimiento de las plantas, asegurando su nutrición y protección durante la vegetación.
+* Cosechar los cultivos; procesamiento o almacenamiento subsiguiente de los cultivos.</t>
+  </si>
+  <si>
     <t>Agricultural Equipment Operator</t>
+  </si>
+  <si>
+    <t>Operador de maquinaria agrícola</t>
   </si>
   <si>
     <t xml:space="preserve">* Operating or tending equipment used in agricultural production, such as tractors, combines, and irrigation equipment. 
 * Observing and listening to machinery operation to detect equipment malfunctions. 
 * Attaching farm implements such as plows discs, sprayers, or harvesters to tractors, using bolts and hand tools. 
 * Driveling trucks to haul crops, supplies, tools, or farm workers. 
 * Adjusting, repairing, and servicing farm machinery and notifying supervisors when machinery malfunctions. 
 * Operating towed machines such as seed drills or manure spreaders to plant, fertilize, dust, and spray crops. 
 * Loading hoppers, containers, or conveyors to feed machines with products, using forklifts, transfer augers, suction gates, shovels, or pitchforks. 
 * Spraying fertilizer or pesticide solutions to control insects, fungus and weed growth, and diseases, using hand sprayers. 
 * Mixing specified materials or chemicals, and dump solutions, powders, or seeds into planter or sprayer machinery. 
 * Irrigating soil, using portable pipes or ditch systems, and maintaining ditches or pipes and pumps. 
 * Directing and monitoring the activities of work crews engaged in planting, weeding, or harvesting activities. 
 * Loading and unloading crops or containers of materials, manually or using conveyors, handtrucks, forklifts, or transfer augers. 
 * Weighing crop-filled containers, and record weights and other identifying information. </t>
   </si>
   <si>
+    <t>* Operar o atender equipo utilizado en la producción agrícola, como tractores, cosechadoras y equipo de riego.
+* Observar y escuchar el funcionamiento de la maquinaria para detectar fallos en el equipo.
+* Acoplar implementos agrícolas como arados, discos, pulverizadores o cosechadoras a tractores, utilizando pernos y herramientas manuales.
+* Conducir camiones para transportar cultivos, suministros, herramientas o trabajadores agrícolas.
+* Ajustar, reparar y mantener la maquinaria agrícola y notificar a los supervisores cuando la maquinaria esté funcionando mal.
+* Operar máquinas arrastradas como sembradoras o esparcidores de estiércol para plantar, fertilizar, polvorerar y pulverizar cultivos.
+* Cargar tolvas, contenedores o transportadores para alimentar máquinas con productos, utilizando montacargas, transportadores de granos, puertas de succión, palas o horquillas.
+* Rociar soluciones de fertilizantes o pesticidas para controlar insectos, hongos y crecimiento de malezas y enfermedades, utilizando pulverizadores manuales.
+* Mezclar materiales o productos químicos específicos, y descargar soluciones, polvos o semillas en maquinaria sembradora o pulverizadora.
+* Regar suelos utilizando tuberías portátiles o sistemas de acequias, y mantener acequias o tuberías y bombas.
+* Dirigir y supervisar las actividades de cuadrillas de trabajo dedicadas a la plantación, desmalezado o cosecha.
+* Cargar y descargar cultivos o contenedores de materiales, manualmente o utilizando transportadores, carretillas manuales, montacargas o transportadores de granos.
+* Pesar contenedores llenos de cultivos y registrar pesos y otra información identificativa.</t>
+  </si>
+  <si>
     <t>Agricultural Specialist</t>
+  </si>
+  <si>
+    <t>Especialista en agricultura</t>
   </si>
   <si>
     <t>* Preparing soil for planting and sowing through plowing, fertilization, and irrigation.
 * Sowing grains and industrial crops, as well as planting vegetables in prepared fields.
 * Protecting crops from diseases and pests through spraying and dusting with fungicides and pesticides.
 * Harvesting mature crops such as grains, rye, and barley, or gathering root vegetables like potatoes, corn, beets, and tobacco.
 * Classifying, storing, and dispatching harvested products to market.
 * Monitoring crop growth and development, ensuring optimal conditions for yield.
 * Implementing sustainable agricultural practices to enhance soil health and productivity.
 * Collaborating with agronomists and other specialists to improve farming techniques and crop varieties.
 * Keeping accurate records of planting schedules, crop yields, and pesticide applications.
 * Staying updated on agricultural trends, technologies, and regulations to ensure compliance and innovation in farming practices.</t>
   </si>
   <si>
+    <t>* Preparar el suelo para la siembra y la plantación mediante la arada, la fertilización y el riego.
+* Sembrar granos y cultivos industriales, así como plantar verduras en campos preparados.
+* Proteger los cultivos de enfermedades y plagas mediante la pulverización y el polvado con fungicidas y pesticidas.
+* Cosechar cultivos maduros como granos, centeno y cebada, o recolectar hortalizas de raíz como patatas, maíz, remolacha y tabaco.
+* Clasificar, almacenar y despachar productos cosechados para su comercialización.
+* Monitorear el crecimiento y desarrollo de los cultivos, asegurando condiciones óptimas para el rendimiento.
+* Implementar prácticas agrícolas sostenibles para mejorar la salud y la productividad del suelo.
+* Colaborar con agrónomos y otros especialistas para mejorar las técnicas de cultivo y las variedades de cultivos.
+* Mantener registros precisos de los horarios de siembra, los rendimientos de los cultivos y las aplicaciones de pesticidas.
+* Mantenerse actualizado sobre tendencias, tecnologías y regulaciones agrícolas para garantizar el cumplimiento y la innovación en las prácticas agrícolas.</t>
+  </si>
+  <si>
     <t>Agricultural Technician</t>
+  </si>
+  <si>
+    <t>Técnico agrícola</t>
   </si>
   <si>
     <t>* Responsibility for planting, spraying, collecting, storing and selling agricultural products.
 * Operating agricultural machinery and equipment and keeping them in working order.
 * Collecting the samples of crops and livestock.
 * Conducting experiments aimed at increasing the fertility of crops, livestock performance and their resistance to disease and pests.
 * Keeping records of discovered facts, their analysing and drawing conclusions.
 * Cleaning and sterilising the laboratory and laboratory equipment.</t>
   </si>
   <si>
+    <t>* Responsabilidad por la plantación, fumigación, recolección, almacenamiento y venta de productos agrícolas.
+* Operar maquinaria y equipo agrícolas y mantenerlos en buen estado de funcionamiento.
+* Recopilar muestras de cultivos y ganado.
+* Realizar experimentos destinados a aumentar la fertilidad de los cultivos, el rendimiento del ganado y su resistencia a enfermedades y plagas.
+* Mantener registros de los hechos descubiertos, analizarlos y extraer conclusiones.
+* Limpiar y esterilizar el laboratorio y el equipo de laboratorio.</t>
+  </si>
+  <si>
     <t>Agricultural Technologist</t>
+  </si>
+  <si>
+    <t>Tecnólogo agrícola</t>
   </si>
   <si>
     <t>* Examining the composition and quality of agricultural soil as well as ground and irrigation water.
 * Selecting crops suitable for cultivation in the given location.
 * Identifying insufficiently fertile soil and proposing measures to improve its fertility.
 * Placing insect traps and collecting and recording the amount of trapped insects.
 * Cooperating in the research and development of chemical fertilisers, herbicides, and pesticides.
 * Providing advice to the producers of agricultural crops and livestock keepers.</t>
   </si>
   <si>
+    <t>* Examinar la composición y calidad del suelo agrícola, así como del agua subterránea y de riego.
+* Seleccionar cultivos adecuados para el cultivo en la ubicación dada.
+* Identificar suelos con poca fertilidad y proponer medidas para mejorar su fertilidad.
+* Colocar trampas para insectos y recopilar y registrar la cantidad de insectos atrapados.
+* Colaborar en la investigación y desarrollo de fertilizantes, herbicidas y pesticidas químicos.
+* Brindar asesoramiento a productores de cultivos agrícolas y ganaderos.</t>
+  </si>
+  <si>
     <t>Animal Care Worker</t>
+  </si>
+  <si>
+    <t>Cuidador de animales</t>
   </si>
   <si>
     <t xml:space="preserve">* taking care of animals and all related tasks 
 * feeding, checking water and feed supply
 * cleaning and disinfection of the stables and other needed work
 </t>
   </si>
   <si>
+    <t>* cuidado de animales y todas las tareas relacionadas 
+* alimentación, revisión del suministro de agua y alimentos
+* limpieza y desinfección de los establos y otros trabajos necesarios</t>
+  </si>
+  <si>
     <t>Baker</t>
+  </si>
+  <si>
+    <t>Panadero</t>
   </si>
   <si>
     <t>* Preparing and assessing the quality of raw materials and ingredients for the preparation of dough and mixtures.
 * Measuring and weighing ingredients.
 * Operating and adjusting bakery machinery and equipment.
 * Compliance with the strict hygiene standards and practices.
 * Shaping, smearing, and sprinkling the dough.
 * Making bread, common, fine, and special bakery products.
 * Continuous and final checking of the baking results.
 * Cleaning the bakery machinery and equipment and carrying out routine maintenance.
 * Sampling of raw materials for laboratory analysis.</t>
   </si>
   <si>
+    <t>* Preparación y evaluación de la calidad de las materias primas e ingredientes para la preparación de masas y mezclas.
+* Medición y pesaje de ingredientes.
+* Operación y ajuste de maquinaria y equipo de panadería.
+* Cumplimiento de los estrictos estándares y prácticas de higiene.
+* Formado, untado y espolvoreado de la masa.
+* Elaboración de pan y productos de panadería comunes, finos y especiales.
+* Verificación continua y final de los resultados de la cocción.
+* Limpieza de la maquinaria y equipo de panadería y realización de mantenimiento rutinario.
+* Muestreo de materias primas para análisis de laboratorio.</t>
+  </si>
+  <si>
     <t>Butcher</t>
+  </si>
+  <si>
+    <t>Carnicero</t>
   </si>
   <si>
     <t>* Slaughtering livestock by means of electric current or captive bolt pistol.
 * Bleeding and skinning of the slaughtered animals.
 * Removing the head and feet from the carcase, cutting up carcases using a saw machine or handsaw.
 * Removal of intestines, entrails and other organs.
 * Boning the meat on the line, table or hook.
 * Final processing and sorting the meat for distribution.
 * Manufacturing the sausages, salami, black and white pudding and other meat products.</t>
   </si>
   <si>
+    <t>* Sacrificio de ganado mediante corriente eléctrica o pistola de perno cautivo.
+* Sangrado y desuello de los animales sacrificados.
+* Extracción de la cabeza y las patas del canal, cortado de canales utilizando una máquina de sierra o una sierra manual.
+* Extracción de intestinos, vísceras y otros órganos.
+* Deshuesado de la carne en la línea, mesa o gancho.
+* Procesamiento final y clasificación de la carne para su distribución.
+* Elaboración de salchichas, salami, morcilla y hígado y otros productos cárnicos.</t>
+  </si>
+  <si>
     <t>Food Engineer</t>
+  </si>
+  <si>
+    <t>Ingeniero en alimentos</t>
   </si>
   <si>
     <t>* Creating new and/or modifying existing food products.
 * Responsibility for the strict observance of the statutory guidelines and wholesomeness of the products.
 * Looking for the ways to maintain the desired physical, chemical and microbiological characteristics of food.
 * Using food additives to achieve the desired properties of food.
 * Developing and/or cooperating in the development of new packaging materials.
 * Developing and implementing the production, packaging and distribution systems into operation.</t>
   </si>
   <si>
+    <t>* Creación de nuevos productos alimenticios y/o modificación de los existentes.
+* Responsabilidad por el estricto cumplimiento de las directrices legales y la salubridad de los productos.
+* Búsqueda de manera de mantener las características físicas, químicas y microbiológicas deseables de los alimentos.
+* Uso de aditivos alimentarios para lograr las propiedades deseadas de los alimentos.
+* Desarrollo y/o cooperación en el desarrollo de nuevos materiales de envasado.
+* Desarrollo e implementación de los sistemas de producción, envasado y distribución en funcionamiento.</t>
+  </si>
+  <si>
     <t>Food Technician</t>
+  </si>
+  <si>
+    <t>Técnico en alimentación</t>
   </si>
   <si>
     <t>* Performing tests to detect chemical and microbiological properties of food, beverages, food additives, and preservatives.
 * Examining chemical and biological samples under a microscope.
 * Cooperating with food engineers and technologists.
 * Tasting food and beverages in order to compare the real taste with the the flavour declared in the product specification.
 * Analysing, recording, and summarising test results.
 * Measuring the volume and weighing product packaging materials.
 * Cleaning and sterilising used laboratory equipment.</t>
   </si>
   <si>
+    <t>* Realizar pruebas para detectar propiedades químicas y microbiológicas de alimentos, bebidas, aditivos alimentarios y conservantes.
+* Examinar muestras químicas y biológicas bajo un microscopio.
+* Colaborar con ingenieros y tecnólogos alimentarios.
+* Degustar alimentos y bebidas para comparar el sabor real con el sabor declarado en la especificación del producto.
+* Analizar, registrar y resumir los resultados de las pruebas.
+* Medir el volumen y pesar los materiales de envase del producto.
+* Limpiar y esterilizar el equipo de laboratorio utilizado.</t>
+  </si>
+  <si>
     <t>Food Technologist</t>
+  </si>
+  <si>
+    <t>Tecnólogo de alimentos</t>
   </si>
   <si>
     <t>* Inventing and improving existing recipes for semi-finished products, agricultural products, sweets, syrups, oils, alcoholic and soft drinks etc.
 * Reviewing the sensory properties of the received raw material.
 * Collecting samples and sending them for physico-chemical and microbiological analyses.
 * Supervising the compliance with the recipes and the correct technological process by the manufacturing department.
 * Checking the production costs and designing measures for their minimisation.
 * Managing and updating the technological documentation.</t>
   </si>
   <si>
+    <t>* Inventar y mejorar las recetas existentes para productos semielaborados, productos agrícolas, dulces, jarabes, aceites, bebidas alcohólicas y refrescos, etc.
+* Revisar las propiedades sensoriales de la materia prima recibida.
+* Recoger muestras y enviarlas para análisis físico-químicos y microbiológicos.
+* Supervisar el cumplimiento de las recetas y el proceso tecnológico correcto por parte del departamento de fabricación.
+* Verificar los costos de producción y diseñar medidas para su minimización.
+* Gestionar y actualizar la documentación tecnológica.</t>
+  </si>
+  <si>
     <t>Grain Receiver</t>
+  </si>
+  <si>
+    <t>Cosechador</t>
   </si>
   <si>
     <t>* Receiving and inspecting incoming grain shipments for quality and quantity.
 * Operating machinery and equipment for unloading grain from trucks and railcars.
 * Maintaining accurate records of grain receipts, including weight and quality metrics.
 * Ensuring compliance with safety and health regulations during the receiving process.
 * Collaborating with suppliers and transportation personnel to coordinate delivery schedules.
 * Conducting routine maintenance and cleaning of receiving equipment and storage areas.
 * Assisting in the management of inventory levels and reporting discrepancies.
 * Monitoring grain storage conditions to prevent spoilage or contamination.
 * Communicating effectively with team members and management regarding grain quality issues.
 * Participating in training programs to enhance skills and knowledge related to grain handling.
 * Supporting overall operational efficiency within the grain receiving department.
 * Adhering to company policies and procedures to ensure a safe working environment.</t>
   </si>
   <si>
+    <t>* Recepción e inspección de los envíos de granos entrantes para evaluar su calidad y cantidad.
+* Operación de maquinaria y equipo para descargar granos de camiones y vagones de tren.
+* Mantenimiento de registros precisos de los recibos de granos, incluyendo mediciones de peso y calidad.
+* Garantía de cumplimiento con las regulaciones de seguridad y salud durante el proceso de recepción.
+* Colaboración con proveedores y personal de transporte para coordinar horarios de entrega.
+* Realización de mantenimiento y limpieza rutinarios del equipo y áreas de almacenamiento de recepción.
+* Asistencia en la gestión de niveles de inventario y notificación de discrepancias.
+* Supervisión de las condiciones de almacenamiento de granos para prevenir la descomposición o contaminación.
+* Comunicación efectiva con miembros del equipo y gerencia sobre problemas de calidad de granos.
+* Participación en programas de capacitación para mejorar habilidades y conocimientos relacionados con el manejo de granos.
+* Apoyo a la eficiencia operativa general dentro del departamento de recepción de granos.
+* Cumplimiento de las políticas y procedimientos de la empresa para garantizar un entorno laboral seguro.</t>
+  </si>
+  <si>
     <t>Livestock Specialist</t>
+  </si>
+  <si>
+    <t>Ingeniero zootecnista</t>
   </si>
   <si>
     <t>* Ensuring the smooth running of the farm.
 * Monitoring the health condition and efficiency of the farmed animals.
 * Designing improvements in the production process.
 * Performing veterinary work in collaboration with the veterinary surgeon.
 * Monitoring the activities of subordinate employees.
 * Ensuring disinfection, disinfestation and rodent control on the farm.
 * Sending regular reports on c the ondition, transfer, mortality and performance of the animals to the state controlling institutions.</t>
   </si>
   <si>
+    <t>* Asegurar el funcionamiento sin problemas de la granja.
+* Supervisar el estado de salud y la eficiencia de los animales de granja.
+* Diseñar mejoras en el proceso de producción.
+* Realizar trabajos veterinarios en colaboración con el cirujano veterinario.
+* Supervisar las actividades de los empleados subordinados.
+* Asegurar la desinfección, desinsectación y control de roedores en la granja.
+* Enviar informes periódicos sobre la condición, traslado, mortalidad y rendimiento de los animales a las instituciones de control estatal.</t>
+  </si>
+  <si>
     <t>Milker</t>
+  </si>
+  <si>
+    <t>Ordeñador</t>
   </si>
   <si>
     <t>* Preparing and putting feed into troughs, and watering the animals.
 * Cleaning away dirt from the udders, drying them and then massaging them just before milking.
 * Milking cows, goats and sheep by hand or using milking equipment.
 * Treating the collected milk by cleaning and cooling it to the desired temperature.
 * Cleaning manure from the stables, and litter laying.</t>
   </si>
   <si>
+    <t>* Preparar y colocar alimento en los comederos, y dar agua a los animales.
+* Limpiar la suciedad de las ubres, secarlas y luego masajearlas justo antes de la ordeña.
+* Ordeñar vacas, cabras y ovejas a mano o utilizando equipos de ordeño.
+* Tratar la leche recogida limpiándola y enfriándola a la temperatura deseada.
+* Limpiar el estiércol de los establos y colocar cama.</t>
+  </si>
+  <si>
     <t>Pastry Chef, Confectioner</t>
+  </si>
+  <si>
+    <t>Pastelero, confitero</t>
   </si>
   <si>
     <t>* Receiving, inspecting and storing the goods for confectionery production.
 * Preparing a wide range of confectionery semi-finished and finished products.
 * Operating technologic machinery and equipment.
 * Strictly respecting the recipes, quality and quantity of used ingredients.
 * Complying with the strict hygiene standards and practices.
 * Performing sensory quality control of products.
 * Cutting and decorating the finished confectionery products.
 * Collecting samples of semi-finished and finished products for the purpose of laboratory analysis.</t>
   </si>
   <si>
+    <t>* Recepción, inspección y almacenamiento de mercancías para la producción de confitería.
+* Preparación de una amplia gama de productos semielaborados y terminados de confitería.
+* Operación de maquinaria y equipo tecnológico.
+* Respeto estricto de las recetas, calidad y cantidad de ingredientes utilizados.
+* Cumplimiento de los estrictos estándares y prácticas de higiene.
+* Realización del control de calidad sensorial de los productos.
+* Corte y decoración de los productos de confitería terminados.
+* Recopilación de muestras de productos semielaborados y terminados para análisis de laboratorio.</t>
+  </si>
+  <si>
     <t>Picker</t>
+  </si>
+  <si>
+    <t>Recogedor</t>
   </si>
   <si>
     <t>* working outside and in the greenhouses - picking fruits, vegetables and flowers
 * sorting</t>
   </si>
   <si>
+    <t>* trabajar al aire libre y en los invernaderos - recoger frutas, verduras y flores
+* clasificar</t>
+  </si>
+  <si>
     <t>Tractor, harvester driver</t>
+  </si>
+  <si>
+    <t>Tractorista, conductor de cosechadoras</t>
   </si>
   <si>
     <t xml:space="preserve">* driving and operating the tractor
 * repairing agricultural machines and appliances
 * work on a farm/farming company by following the instructions of the boss </t>
   </si>
   <si>
+    <t>* conducir y operar el tractor
+* reparar máquinas y electrodomésticos agrícolas
+* trabajar en una granja/empresa agrícola siguiendo las instrucciones del jefe</t>
+  </si>
+  <si>
     <t>Arts &amp; Culture</t>
+  </si>
+  <si>
+    <t>Arte y cultura</t>
   </si>
   <si>
     <t>Actor</t>
   </si>
   <si>
     <t>* Taking part in competitions in order to get a film, theatre or radio part.
 * Studying scripts, learning the assigned text by heart.
 * Practicing plays with the other members of the theatre group.
 * Dubbing films, serials, commercials, jingles, etc.
 * Guiding puppets.</t>
   </si>
   <si>
+    <t>* Participar en concursos para conseguir un papel en cine, teatro o radio.
+* Estudiar guiones y aprender de memoria el texto asignado.
+* Ensayar obras con los demás miembros del grupo de teatro.
+* Doblaje de películas, series, anuncios, jingles, etc.
+* Manejo de títeres.</t>
+  </si>
+  <si>
     <t>Archaeologist</t>
+  </si>
+  <si>
+    <t>Arqueólogo</t>
   </si>
   <si>
     <t>* Conducting field research and excavations to uncover artifacts and historical sites.
 * Analyzing and interpreting archaeological findings to contribute to the understanding of past cultures and civilizations.
 * Preparing detailed reports and documentation of excavation processes and findings.
 * Collaborating with interdisciplinary teams, including historians, conservators, and geologists, to enhance research outcomes.
 * Utilizing various scientific techniques and technologies, such as radiocarbon dating and GIS, to analyze artifacts and archaeological data.
 * Engaging in public outreach and education initiatives to promote awareness of archaeological heritage and significance.
 * Assisting in the preservation and conservation of artifacts, ensuring their protection for future study and public display.
 * Participating in grant writing and fundraising efforts to secure funding for archaeological projects and research.
 * Staying updated on current archaeological methods, theories, and legislation to ensure best practices in the field.
 * Mentoring and training junior archaeologists and students in archaeological techniques and methodologies.</t>
   </si>
   <si>
+    <t>* Realizar investigaciones de campo y excavaciones para descubrir artefactos y sitios históricos.
+* Analizar e interpretar los hallazgos arqueológicos para contribuir a la comprensión de las culturas y civilizaciones del pasado.
+* Preparar informes y documentación detallados sobre los procesos y hallazgos de excavación.
+* Colaborar con equipos interdisciplinarios, incluyendo historiadores, conservadores y geólogos, para mejorar los resultados de la investigación.
+* Utilizar diversas técnicas y tecnologías científicas, como la datación por radiocarbono y SIG, para analizar artefactos y datos arqueológicos.
+* Participar en iniciativas de divulgación y educación pública para promover la conciencia del patrimonio arqueológico y su importancia.
+* Ayudar en la preservación y conservación de artefactos, asegurando su protección para futuros estudios y exhibición pública.
+* Participar en la redacción de solicitudes de subvenciones y esfuerzos de recaudación de fondos para asegurar la financiación de proyectos y investigaciones arqueológicas.
+* Mantenerse actualizado sobre los métodos, teorías y legislaciones arqueológicas actuales para asegurar las mejores prácticas en el campo.
+* Orientar y capacitar a arqueólogos y estudiantes junior en técnicas y metodologías arqueológicas.</t>
+  </si>
+  <si>
     <t>Choreographer</t>
+  </si>
+  <si>
+    <t>Coreógrafo</t>
   </si>
   <si>
     <t>* Inventing new and adjusting existing dance choreographies.
 * Selecting suitable dancers at dance auditions.
 * Instructing dancers regarding the proper performance of dance steps and movements.
 * Illustrative demonstration of dance steps and movements to dancers.</t>
   </si>
   <si>
+    <t>* Inventar coreografías de baile nuevas y ajustar las existentes.
+* Seleccionar bailarines adecuados en audiciones de baile.
+* Instruir a los bailarines sobre la ejecución correcta de los pasos y movimientos de baile.
+* Realizar demostraciones ilustrativas de los pasos y movimientos de baile a los bailarines.</t>
+  </si>
+  <si>
     <t>Cultural Officer</t>
+  </si>
+  <si>
+    <t>Trabajador cultural</t>
   </si>
   <si>
     <t>* Organising cultural and sporting events in the village.
 * Booking of individual halls or the whole house of culture.
 * Turning over and accepting the house of culture.
 * Managing municipal newspapers, library and chronicle.
 * Archiving photographs and documents regarding the events taking place in the village.
 * Updating information on the municipal information board and website.</t>
   </si>
   <si>
+    <t>* Organización de eventos culturales y deportivos en la localidad.
+* Reserva de salas individuales o de toda la casa de la cultura.
+* Entrega y recepción de la casa de la cultura.
+* Gestión de periódicos municipales, biblioteca y crónica.
+* Archivo de fotografías y documentos relacionados con los eventos que se llevan a cabo en la localidad.
+* Actualización de la información en el tablero de información municipal y sitio web.</t>
+  </si>
+  <si>
     <t>Curator</t>
+  </si>
+  <si>
+    <t>Comisario</t>
   </si>
   <si>
     <t>* Setting up displays and exhibitions.
 * Giving talks to groups.
 * Supervising staff.
 * Developing and organizing new collections to expand and improve educational and research facilities.
 * Researching extensively, negotiating on prices and buying items such as sculptures, statues and paintings that can add value to the collection.
 * Maintaining records and cataloguing acquisitions.
 * Researching, compiling and preparing written information about catalogues and publishing it on the institution's website.
 * Collaborating with other institutions.
 * Ensuring that collections are properly preserved.
 * Arranging conservation and restoration.
 * Raising funds and grants.
 * Interviewing, hiring and training staff.</t>
   </si>
   <si>
+    <t>* Montar exposiciones y exhibiciones.
+* Dar charlas a grupos.
+* Supervisar al personal.
+* Desarrollar y organizar nuevas colecciones para ampliar y mejorar las instalaciones educativas y de investigación.
+* Realizar investigaciones exhaustivas, negociar precios y comprar artículos como esculturas, estatuas y pinturas que puedan agregar valor a la colección.
+* Mantener registros y catalogar adquisiciones.
+* Investigar, recopilar y preparar información escrita sobre catálogos y publicarla en el sitio web de la institución.
+* Colaborar con otras instituciones.
+* Asegurarse de que las colecciones se conserven adecuadamente.
+* Organizar la conservación y restauración.
+* Recaudar fondos y subvenciones.
+* Entrevistar, contratar y capacitar al personal.</t>
+  </si>
+  <si>
     <t>Dancer</t>
+  </si>
+  <si>
+    <t>Bailarín</t>
   </si>
   <si>
     <t>* Performing dance choreographies on your own, with a dance partner or as part of a group.
 * Taking part in dance auditions.
 * Performing stretching and fitness activities to improve physical stamina, flexibility, stability, etc.
 * Practicing dance steps and movements under the guidance of a choreographer.</t>
   </si>
   <si>
+    <t>* Realizar coreografías de baile por tu cuenta, con una pareja de baile o como parte de un grupo.
+* Participar en audiciones de baile.
+* Realizar actividades de estiramiento y acondicionamiento físico para mejorar la resistencia física, la flexibilidad, la estabilidad, etc.
+* Practicar los pasos y movimientos de danza bajo la guía de un coreógrafo.</t>
+  </si>
+  <si>
     <t>Designer</t>
+  </si>
+  <si>
+    <t>Diseñador</t>
   </si>
   <si>
     <t>* Capturing ideas on paper in the form of simple sketches.
 * Designing 2D and 3D models of products using specialised CAD software.
 * Communicating with clients, superiors and technologists.
 * Incorporating observations made in the final design.
 * Responsibility for the design, functionality, quality and safety of the proposed products.</t>
   </si>
   <si>
+    <t>* Plasmar ideas en papel en forma de bocetos simples.
+* Diseñar modelos 2D y 3D de productos utilizando software CAD especializado.
+* Comunicarse con clientes, superiores y tecnólogos.
+* Incorporar las observaciones realizadas en el diseño final.
+* Responsabilidad por el diseño, funcionalidad, calidad y seguridad de los productos propuestos.</t>
+  </si>
+  <si>
     <t>Film Editor</t>
+  </si>
+  <si>
+    <t>Editor de cine</t>
   </si>
   <si>
     <t>* Collaborating closely with directors and producers to understand the vision and requirements of the film.
 * Reviewing and selecting the best footage from raw materials to create a cohesive story.
 * Utilizing editing software to assemble scenes, ensuring a smooth flow and pacing of the narrative.
 * Incorporating sound effects, music, and dialogue to enhance the overall viewing experience.
 * Making creative decisions regarding the visual style and structure of the film.
 * Conducting color correction and visual effects as needed to achieve the desired aesthetic.
 * Working under tight deadlines to meet project schedules and release dates.
 * Communicating effectively with team members to incorporate feedback and make necessary adjustments.
 * Keeping up-to-date with industry trends and advancements in editing technology.
 * Ensuring that all edits are in compliance with copyright and licensing regulations.
 * Maintaining organized files and documentation of all edits and revisions throughout the editing process.</t>
   </si>
   <si>
+    <t>* Colaborar estrechamente con directores y productores para comprender la visión y los requisitos de la película.
+* Revisar y seleccionar el mejor material de archivo de materiales en bruto para crear una historia coherente.
+* Utilizar software de edición para montar escenas, asegurando un flujo y un ritmo suaves de la narrativa.
+* Incorporar efectos de sonido, música y diálogos para mejorar la experiencia general de visualización.
+* Tomar decisiones creativas sobre el estilo visual y la estructura de la película.
+* Realizar corrección de color y efectos visuales según sea necesario para lograr la estética deseada.
+* Trabajar bajo plazos ajustados para cumplir con los horarios y fechas de lanzamiento del proyecto.
+* Comunicarse de manera efectiva con los miembros del equipo para incorporar comentarios y hacer ajustes necesarios.
+* Mantenerse actualizado con las tendencias y avances de la industria en tecnología de edición.
+* Asegurar que todas las ediciones cumplan con las regulaciones de derechos de autor y licencia.
+* Mantener organizados los archivos y documentación de todas las ediciones y revisiones durante el proceso de edición.</t>
+  </si>
+  <si>
     <t>Guide in the museum, gallery, castle</t>
+  </si>
+  <si>
+    <t>Guía en el museo, galería, castillo</t>
   </si>
   <si>
     <t>* Conducting informative and interactive tours for visitors.
 * Answering questions and providing details about exhibits and history.
 * Supervision of order and safety in exhibitions.
 * Help in planning and organizing special events and exhibitions.
 * Providing high quality customer service and dealing with visitor requests.
 * Presentation of educational programs for schools and groups.
 * Cooperation on marketing activities and promotion of the institution.
 * Keeping attendance records and administrative tasks.
 * Cooperation in the installation and maintenance of exhibition exhibits.
 * Continuous education and participation in professional trainings and seminars.</t>
   </si>
   <si>
+    <t>* Realización de visitas guiadas informativas e interactivas para los visitantes.
+* Responder preguntas y proporcionar detalles sobre las exposiciones y su historia.
+* Supervisión del orden y la seguridad en las exposiciones.
+* Ayuda en la planificación y organización de eventos especiales y exposiciones.
+* Proporcionar un servicio al cliente de alta calidad y atender las solicitudes de los visitantes.
+* Presentación de programas educativos para escuelas y grupos.
+* Cooperación en actividades de marketing y promoción de la institución.
+* Llevar registros de asistencia y tareas administrativas.
+* Cooperación en la instalación y mantenimiento de las exposiciones.
+* Educación continua y participación en capacitaciones y seminarios profesionales.</t>
+  </si>
+  <si>
     <t>Lighting Technician</t>
+  </si>
+  <si>
+    <t>Técnico de iluminación</t>
   </si>
   <si>
     <t>* Mounting, powering up and positioning the lighting equipment before shooting film, theatrical performance, television broadcasting, concerts etc.
 * Floodlighting the scene as directed by the main lighting technician and director.
 * Operating the lighting fixtures (focusing, dimming, lighting effects etc.).
 * Dismantling and packing the lighting equipment.
 * Providing routine repairs and maintenance of lighting fixtures.</t>
   </si>
   <si>
+    <t>* Montar, encender y posicionar el equipo de iluminación antes de rodar una película, representación teatral, emisión de televisión, conciertos, etc.
+* Iluminar la escena según las indicaciones del técnico principal de iluminación y el director.
+* Operar las luces (enfocar, atenuar, efectos de iluminación, etc.).
+* Desmontar y embalar el equipo de iluminación.
+* Realizar reparaciones y mantenimiento rutinario de las luminarias.</t>
+  </si>
+  <si>
     <t>Make-Up Artist, Wigmaker</t>
+  </si>
+  <si>
+    <t>Maquillador, fabricante de pelucas</t>
   </si>
   <si>
     <t>* Applying makeup to film and theatre actors, extras, and other performers in films and theatre plays.
 * Styling men's and women's hair according to the scenario.
 * Creating special effects (ageing, bruises, wounds, etc.) using makeup.
 * Making wigs and similar products.
 * Making plaster casts of faces and/or heads.
 * Making latex and silicone masks from casts of faces and/or heads.</t>
   </si>
   <si>
+    <t>* Aplicar maquillaje a actores de cine y teatro, extras y otros intérpretes en películas y obras de teatro.
+* Peinar el cabello de hombres y mujeres según el guión.
+* Crear efectos especiales (envejecimiento, hematomas, heridas, etc.) utilizando maquillaje.
+* Crear pelucas y productos similares.
+* Realizar moldes de escayola de caras y/o cabezas.
+* Crear máscaras de látex y silicona a partir de moldes de caras y/o cabezas.</t>
+  </si>
+  <si>
     <t>Model</t>
+  </si>
+  <si>
+    <t>Modelo</t>
   </si>
   <si>
     <t xml:space="preserve">* Posing in front of the lenses of photographers, following their instructions. 
 * Viewing of clothes, products etc.
 * Performing in TV adverts.
 * Cooperation with visagists, hair dressers and clothes stylists.
 * Transferring to castings and places of photographing.
 </t>
   </si>
   <si>
+    <t>* Posar frente a las lentes de los fotógrafos, siguiendo sus instrucciones.
+* Visualización de ropa, productos, etc.
+* Actuar en anuncios de televisión.
+* Colaborar con visagistas, peluqueros y estilistas de ropa.
+* Desplazarse a castings y lugares de fotografiado.</t>
+  </si>
+  <si>
     <t>Photographer</t>
+  </si>
+  <si>
+    <t>Fotógrafo</t>
   </si>
   <si>
     <t>* Photographing people, animals, objects, landscapes etc.
 * Using analogue and digital cameras, lenses, lighting equipment, filters, conversion lenses, etc.
 * Instructing people during photo shoots.
 * Editing photographs using computer technology.
 * Developing cine films, printing photographs.</t>
   </si>
   <si>
+    <t>* Fotografiar personas, animales, objetos, paisajes, etc.
+* Utilizar cámaras analógicas y digitales, objetivos, equipos de iluminación, filtros, objetivos de conversión, etc.
+* Dar instrucciones a las personas durante las sesiones de fotografía.
+* Editar fotografías utilizando tecnología informática.
+* Revelar películas cinematográficas e imprimir fotografías.</t>
+  </si>
+  <si>
     <t>Restorer/Conservator</t>
+  </si>
+  <si>
+    <t>Restaurador/conservador</t>
   </si>
   <si>
     <t>* Restoring furniture, sculptures, books, paintings, etc.
 * Assessing the condition of artifacts through visual and scientific examinations.
 * Determining whether objects need repair and choosing the safest and most effective method of repair.
 * Preparing estimates of restoration costs and timescales.
 * Developing and utilizing preservation techniques.
 * Maintaining appropriate environmental conditions.
 * Keeping visual/written records.</t>
   </si>
   <si>
+    <t>* Restaurar muebles, esculturas, libros, pinturas, etc.
+* Evaluar el estado de los artefactos mediante exámenes visuales y científicos.
+* Determinar si los objetos necesitan reparación y elegir el método de reparación más seguro y eficaz.
+* Preparar estimaciones de costos y plazos de restauración.
+* Desarrollar y utilizar técnicas de preservación.
+* Mantener condiciones ambientales adecuadas.
+* Mantener registros visuales/escritos.</t>
+  </si>
+  <si>
     <t>Sound Engineer</t>
+  </si>
+  <si>
+    <t>Técnico de sonido</t>
   </si>
   <si>
     <t>* Installing sound equipment at cultural, social, television, radio and other events.
 * Operating in recording and dubbing studios.
 * Plugging speakers, amplifiers, microphones, equalisers, personal audio systems, musical instruments and other sound equipment.
 * Communicating with musicians and instructing them in order to set the optimum sound level.
 * Operating an analogue and digital mixer to maintain a balanced and the clearest possible sound during the event.
 * Removing sound equipment after the event.</t>
   </si>
   <si>
+    <t>* Instalar equipos de sonido en eventos culturales, sociales, de televisión, radio y otros.
+* Trabajar en estudios de grabación y doblaje.
+* Conectar altavoces, amplificadores, micrófonos, ecualizadores, sistemas de audio personales, instrumentos musicales y otros equipos de sonido.
+* Comunicarse con músicos e instruirlos para establecer el nivel de sonido óptimo.
+* Operar una mesa de mezclas analógica y digital para mantener un sonido equilibrado y lo más claro posible durante el evento.
+* Retirar el equipo de sonido después del evento.</t>
+  </si>
+  <si>
     <t>Stagehand</t>
+  </si>
+  <si>
+    <t>Escenógrafo</t>
   </si>
   <si>
     <t>* Assembling and dismantling parts of stage decoration.
 * Loading and unloading stage decorations at tours.
 * Placing scenic decorations on the stage.
  * Operating moving parts of the stage floor.
 * Storing scenic elements and stage decorations.
 * Performing routine maintenance and repairs of stage decorations.</t>
   </si>
   <si>
+    <t>* Montaje y desmontaje de partes de la decoración del escenario.
+* Carga y descarga de decorados en las giras.
+* Colocación de decorados escénicos en el escenario.
+* Operación de partes móviles del piso del escenario.
+* Almacenamiento de elementos escénicos y decorados del escenario.
+* Realización de mantenimiento y reparaciones rutinarias de la decoración del escenario.</t>
+  </si>
+  <si>
     <t>VFX artist</t>
+  </si>
+  <si>
+    <t>Creador de efectos visuales</t>
   </si>
   <si>
     <t>* Creating CGI (computer-generated images) and other visual effects.
 * Combining CGI with real footage to achieve realistic effects.
 * Creating simulations such as explosions, smoke, water, and fire.
 * Creating 3D models and animating them for the project needs.
 * Improving image quality and removing errors.
 * Close collaboration with directors, producers, and other team members.
 * Meeting deadlines and effectively managing time.
 * Identifying and solving problems during the creation of effects.
 * Proposing creative solutions and innovations.
 * Keeping records of work and creation processes.
 * Continuous education and monitoring of new technologies and trends.
 * Working with professional software for creating effects and its maintenance.
 * Testing and evaluating visual effects before final production.
 * Presenting work to clients and team members.</t>
   </si>
   <si>
+    <t>* Creación de CGI (imágenes generadas por computadora) y otros efectos visuales.
+* Combinación de CGI con imágenes reales para lograr efectos realistas.
+* Creación de simulaciones como explosiones, humo, agua y fuego.
+* Creación de modelos 3D y animación de los mismos según las necesidades del proyecto.
+* Mejora de la calidad de la imagen y eliminación de errores.
+* Colaboración estrecha con directores, productores y otros miembros del equipo.
+* Cumplimiento de plazos y gestión eficaz del tiempo.
+* Identificación y solución de problemas durante la creación de efectos.
+* Propuesta de soluciones creativas e innovaciones.
+* Registro de los procesos de trabajo y creación.
+* Formación y seguimiento continuos de nuevas tecnologías y tendencias.
+* Trabajo con software profesional para la creación de efectos y su mantenimiento.
+* Prueba y evaluación de efectos visuales antes de la producción final.
+* Presentación del trabajo a clientes y miembros del equipo.</t>
+  </si>
+  <si>
     <t>Wardrobe Assistant</t>
+  </si>
+  <si>
+    <t>Asistente de vestuario</t>
   </si>
   <si>
     <t>* purchases, modifications, repairs of costumes
 * helping to dress the performers
 * storing, taking records and transport of costumes</t>
   </si>
   <si>
+    <t>* compras, modificaciones y reparaciones de vestuario
+* ayudar a vestir a los intérpretes
+* almacenamiento, llevanza de registros y transporte de vestuario</t>
+  </si>
+  <si>
     <t>Window Dresser, Decorator</t>
+  </si>
+  <si>
+    <t>Escaparatista, decorador</t>
   </si>
   <si>
     <t>* Window-dressing of shops, travel agencies, financial institutions, etc.
 * Moving and arranging objects, creating aesthetic decorations.
 * Placing price tags and labels on the goods.
 * Adjusting the decoration of displays to the current season and to ongoing events.
 * Dressing, undressing and changing mannequins’ clothes.</t>
   </si>
   <si>
+    <t>* Decoración de escaparates de tiendas, agencias de viajes, instituciones financieras, etc.
+* Colocación y ordenamiento de objetos, creando decoraciones estéticas.
+* Colocación de etiquetas de precios y rótulos en los productos.
+* Adaptación de la decoración de escaparates a la temporada actual y a eventos en curso.
+* Vestir, desvestir y cambiar la ropa de los maniquíes.</t>
+  </si>
+  <si>
     <t>Banking</t>
   </si>
   <si>
+    <t>Banco</t>
+  </si>
+  <si>
     <t>Account Manager</t>
+  </si>
+  <si>
+    <t>Gestor de cuentas</t>
   </si>
   <si>
     <t>* Develop and maintain strong relationships with clients to understand their financial needs and objectives.
 * Serve as the primary point of contact for clients, addressing inquiries and providing tailored solutions.
 * Collaborate with internal teams to deliver exceptional service and support to clients.
 * Analyze client portfolios and recommend appropriate banking products and services to enhance their financial growth.
 * Monitor client accounts to ensure compliance with banking regulations and policies.
 * Prepare and present financial reports and performance reviews to clients, highlighting key metrics and trends.
 * Identify opportunities for cross-selling and upselling banking services to existing clients.
 * Conduct regular follow-ups to ensure client satisfaction and retention.
 * Stay updated on industry trends and market developments to provide informed advice to clients.
 * Participate in networking events and client meetings to expand the client base and enhance the bank's visibility.</t>
   </si>
   <si>
+    <t>* Desarrollar y mantener relaciones sólidas con los clientes para comprender sus necesidades y objetivos financieros.
+* Actuar como punto de contacto principal para los clientes, respondiendo a consultas y ofreciendo soluciones personalizadas.
+* Colaborar con equipos internos para brindar un servicio y apoyo excepcionales a los clientes.
+* Analizar las carteras de los clientes y recomendar productos y servicios bancarios adecuados para potenciar su crecimiento financiero.
+* Supervisar las cuentas de los clientes para garantizar el cumplimiento de las regulaciones y políticas bancarias.
+* Preparar y presentar informes financieros y revisiones de rendimiento a los clientes, destacando las métricas y tendencias clave.
+* Identificar oportunidades para la venta cruzada y la venta adicional de servicios bancarios a los clientes existentes.
+* Realizar seguimientos regulares para garantizar la satisfacción y retención de los clientes.
+* Mantenerse actualizado sobre las tendencias del sector y los desarrollos del mercado para ofrecer asesoramiento informado a los clientes.
+* Participar en eventos de redes y reuniones con clientes para expandir la base de clientes y mejorar la visibilidad del banco.</t>
+  </si>
+  <si>
     <t>Anti-Money Laundering Specialist</t>
+  </si>
+  <si>
+    <t>Experto en prevención del blanqueo de capitales</t>
   </si>
   <si>
     <t>* Implementation, enforcement and control of money laundering and / or terrorist financing prevention measures in the company;
 * Checking new customers, reviewing documents, risk analysis of new customers;
 * Monitoring of existing customers according to established procedures;
 * Monitoring of suspicious transactions, customer activities, collection and analysis of data on such transactions, investigation of suspicious transactions;
 * Organization of the company's internal legal acts related to KYC, AML, customer risk, compliance control, organization of their change and renewal.</t>
   </si>
   <si>
+    <t>* Implementación, aplicación y control de medidas de prevención de blanqueo de dinero y/o financiación del terrorismo en la empresa;
+* Verificación de nuevos clientes, revisión de documentos, análisis de riesgo de nuevos clientes;
+* Seguimiento de clientes existentes según procedimientos establecidos;
+* Vigilancia de transacciones sospechosas, actividades de los clientes, recopilación y análisis de datos sobre tales transacciones, investigación de transacciones sospechosas;
+* Organización de los actos jurídicos internos de la empresa relacionados con KYC, AML, riesgo de cliente, control de cumplimiento, organización de su modificación y renovación.</t>
+  </si>
+  <si>
     <t>Back Office Specialist</t>
+  </si>
+  <si>
+    <t>Especialista en back office</t>
   </si>
   <si>
     <t>* Processing of all types of client requests.
 * Entering and updating the information in the bank information system.
 * Drawing up and processing of contracts and contract amendments for individual banking products.
 * Archiving documents in compliance with the internal regulations.
 * Mastering internal regulations, general business terms and conditions, and business conditions for individual banking products.
 * Communicating with internal and external clients.</t>
   </si>
   <si>
+    <t>* Tramitación de todo tipo de solicitudes de clientes.
+* Ingreso y actualización de la información en el sistema de información bancario.
+* Elaboración y tramitación de contratos y enmiendas contractuales para productos bancarios individuales.
+* Archivado de documentos de acuerdo con las normas internas.
+* Dominio de las normas internas, términos y condiciones generales de negocio y condiciones de negocio para productos bancarios individuales.
+* Comunicación con clientes internos y externos.</t>
+  </si>
+  <si>
     <t>Branch Director</t>
+  </si>
+  <si>
+    <t>Director de sucursal</t>
   </si>
   <si>
     <t>* Overseeing the daily operations of the branch to ensure efficient service delivery.
 * Leading and managing branch staff, providing guidance and support to enhance performance.
 * Developing and implementing strategies to achieve branch sales targets and enhance customer satisfaction.
 * Ensuring compliance with banking regulations and internal policies to mitigate risks.
 * Building and maintaining relationships with clients, addressing their needs and resolving issues.
 * Monitoring financial performance and preparing reports for senior management.
 * Conducting training and development programs for staff to improve skills and knowledge.
 * Collaborating with other departments to promote products and services effectively.
 * Managing branch budgets and controlling operational costs to optimize profitability.
 * Participating in community engagement initiatives to promote the bank’s presence and reputation.</t>
   </si>
   <si>
+    <t>* Supervisar las operaciones diarias de la sucursal para garantizar una entrega de servicios eficiente.
+* Liderar y gestionar al personal de la sucursal, brindando orientación y apoyo para mejorar el desempeño.
+* Desarrollar e implementar estrategias para alcanzar los objetivos de ventas de la sucursal y mejorar la satisfacción del cliente.
+* Asegurar el cumplimiento de las regulaciones bancarias y las políticas internas para mitigar riesgos.
+* Construir y mantener relaciones con clientes, atendiendo a sus necesidades y resolviendo problemas.
+* Monitorear el desempeño financiero y preparar informes para la gerencia superior.
+* Realizar programas de capacitación y desarrollo para el personal para mejorar habilidades y conocimientos.
+* Colaborar con otros departamentos para promocionar productos y servicios de manera efectiva.
+* Gestionar los presupuestos de la sucursal y controlar los costos operativos para optimizar la rentabilidad.
+* Participar en iniciativas de compromiso comunitario para promover la presencia y la reputación del banco.</t>
+  </si>
+  <si>
     <t>Card Services Clerk</t>
+  </si>
+  <si>
+    <t>Empleado de servicios de tarjetas</t>
   </si>
   <si>
     <t>* Processing applications for the issuance of credit and debit cards.
 * Communicating with companies issuing credit cards and bank branches.
 * Participating in the creation and updating of internal regulations.
 * Cooperating with project managers on new projects.
 * Solving complaints.
 * Assessing the suitability of motives on credit cards in your own design.</t>
   </si>
   <si>
+    <t>* Procesamiento de solicitudes para la emisión de tarjetas de crédito y débito.
+* Comunicación con empresas emisoras de tarjetas de crédito y sucursales bancarias.
+* Participación en la creación y actualización de regulaciones internas.
+* Colaboración con gerentes de proyecto en nuevos proyectos.
+* Resolución de reclamos.
+* Evaluación de la idoneidad de los motivos en las tarjetas de crédito de su propio diseño.</t>
+  </si>
+  <si>
     <t>Cashier</t>
+  </si>
+  <si>
+    <t>Cajero</t>
   </si>
   <si>
     <t>* Processing customer transactions accurately and efficiently.
 * Handling cash, credit, and debit transactions while maintaining a balanced cash drawer.
 * Providing excellent customer service by addressing inquiries and resolving issues promptly.
 * Assisting customers with account-related questions and transactions.
 * Ensuring compliance with banking policies and procedures to mitigate risk.
 * Maintaining the confidentiality of customer information and transactions.
 * Performing routine audits of cash and transactions to ensure accuracy.
 * Collaborating with team members to achieve branch goals and improve customer satisfaction.
 * Participating in training and development programs to enhance product knowledge and service skills.
 * Keeping the cashier area organized and ensuring a clean and professional environment.
 * Reporting any discrepancies or irregularities to the branch manager.
 * Promoting bank products and services to customers to enhance their banking experience.</t>
   </si>
   <si>
+    <t>* Procesar transacciones de clientes de manera precisa y eficiente.
+* Manejar transacciones en efectivo, crédito y débito mientras se mantiene un cajón de dinero equilibrado.
+* Proporcionar un excelente servicio al cliente respondiendo a preguntas y resolviendo problemas de manera oportuna.
+* Ayudar a los clientes con preguntas y transacciones relacionadas con sus cuentas.
+* Garantizar el cumplimiento de las políticas y procedimientos bancarios para mitigar riesgos.
+* Mantener la confidencialidad de la información y las transacciones de los clientes.
+* Realizar auditorías de rutina de dinero en efectivo y transacciones para garantizar la precisión.
+* Colaborar con los miembros del equipo para alcanzar los objetivos de la sucursal y mejorar la satisfacción del cliente.
+* Participar en programas de capacitación y desarrollo para mejorar los conocimientos sobre productos y habilidades de servicio.
+* Mantener el área de caja organizada y garantizar un entorno limpio y profesional.
+* Informar cualquier discrepancia o irregularidad al gerente de la sucursal.
+* Promocionar productos y servicios bancarios a los clientes para mejorar su experiencia bancaria.</t>
+  </si>
+  <si>
     <t>Claims Administrator</t>
+  </si>
+  <si>
+    <t>Gestor de siniestros</t>
   </si>
   <si>
     <t>* Recovering overdue receivables from the customers of a leasing company.
 * Registering and controlling overdue receivables.
 * Processing and sending written and e-mail reminders.
 * Communicating with debtors and other departments within the company.
 * Planning repayment schedules in the event of the insolvency of debtors.
 * Registering and checking payments in the system.
 * Preparing materials for the legal department.</t>
   </si>
   <si>
+    <t>* Recuperación de cuentas por cobrar vencidas de los clientes de una empresa de leasing.
+* Registro y control de cuentas por cobrar vencidas.
+* Procesamiento y envío de recordatorios escritos y por correo electrónico.
+* Comunicación con deudores y otros departamentos dentro de la empresa.
+* Planificación de calendarios de pago en caso de insolvencia de los deudores.
+* Registro y verificación de pagos en el sistema.
+* Preparación de materiales para el departamento jurídico.</t>
+  </si>
+  <si>
     <t>Client officer</t>
+  </si>
+  <si>
+    <t>Oficial de servicio al cliente</t>
   </si>
   <si>
     <t xml:space="preserve">* Active sale of bank products and of services to retail clients.
 * Opening and closing of bank accounts.
 * Realization of domestic and international wire transfers.
 * Accepting and issuing of cash in domestic and foreign currency.
 * Providing clients with counseling and information.
 * Carrying out administrative tasks connected with the provided services.
 * Fulfilling of the set business and acquisition plans. </t>
   </si>
   <si>
+    <t>* Venta activa de productos y servicios bancarios a clientes minoristas.
+* Apertura y cierre de cuentas bancarias.
+* Realización de transferencias bancarias nacionales e internacionales.
+* Aceptación y emisión de efectivo en moneda nacional y extranjera.
+* Proporcionar a los clientes asesoramiento e información.
+* Realización de tareas administrativas relacionadas con los servicios prestados.
+* Cumplimiento de los planes de negocio y adquisición establecidos.</t>
+  </si>
+  <si>
     <t>Compliance Specialist</t>
+  </si>
+  <si>
+    <t>Oficial de cumplimiento normativo</t>
   </si>
   <si>
     <t>* Assessing the legality of the bank's entrepreneurial activity.
 * Monitoring the legislative standards and requirements of organs of supervision that are valid in the place of the bank's activity.
 * Identifying the risks in the legislation and/or internal procedures.
 * Point out the potential risks to the superiors.</t>
   </si>
   <si>
+    <t>* Evaluar la legalidad de la actividad empresarial del banco.
+* Supervisar los estándares y requisitos legislativos de los órganos de supervisión válidos en el lugar de actividad del banco.
+* Identificar los riesgos en la legislación y/o procedimientos internos.
+* Informar a los superiores sobre los posibles riesgos.</t>
+  </si>
+  <si>
     <t>Custody Specialist</t>
+  </si>
+  <si>
+    <t>Especialista en custodia</t>
   </si>
   <si>
     <t>* Securing the administration and custody of securities for clients.
 * Keeping clients informed about corporate shares concerning the administrated securities.
 * Carrying out operations with securities on the basis of clients' orders.
 * Calculation and control of the current value of securities in the administration of the bank.
 * Paying returns from securities.
 * Representing clients and their interests at general assemblies.</t>
   </si>
   <si>
+    <t>* Garantizar la administración y custodia de valores para clientes.
+* Mantener a los clientes informados sobre acciones corporativas relacionadas con los valores administrados.
+* Realizar operaciones con valores en función de las órdenes de los clientes.
+* Cálculo y control del valor actual de los valores en la administración del banco.
+* Pago de rendimientos de los valores.
+* Representar a los clientes y sus intereses en juntas generales.</t>
+  </si>
+  <si>
     <t>Dealer/Trader</t>
+  </si>
+  <si>
+    <t>Distribuidor/comerciante</t>
   </si>
   <si>
     <t xml:space="preserve">* Purchase, keeping and sale of securities, commodities and foreign currencies in the currency of the clients and/or on the account of the bank.
 * Monitoring and verifying prices of the financial tools at the security exchange.
 * Following and analyzing the development on financial markets.
 * Exchanging information with colleagues and clients.
 * Preparing financial reports.
 </t>
   </si>
   <si>
+    <t>* Compra, tenencia y venta de valores, commodities y divisas extranjeras en la moneda de los clientes y/o en cuenta del banco.
+* Supervisión y verificación de los precios de las herramientas financieras en la bolsa de valores.
+* Seguimiento y análisis del desarrollo de los mercados financieros.
+* Intercambio de información con colegas y clientes.
+* Preparación de informes financieros.</t>
+  </si>
+  <si>
     <t>Department Manager</t>
+  </si>
+  <si>
+    <t>Jefe de departamento</t>
   </si>
   <si>
     <t>* Ensuring the smooth running of the department within the company.
 * Managing, coordinating, motivating and evaluating subordinate staff.
 * Training of new recruits.
 * Finding and proposing trainings and courses for subordinate employees.
 * Checking the attendance of subordinate employees.
 * Solving non-standard situations at the workplace.
 * Participation in the selection and dismissal of employees.
 * Preparing weekly and monthly reports.</t>
   </si>
   <si>
+    <t>* Garantizar el funcionamiento fluido del departamento dentro de la empresa.
+* Administrar, coordinar, motivar y evaluar al personal subordinado.
+* Capacitación de nuevos reclutas.
+* Encontrar y proponer capacitaciones y cursos para empleados subordinados.
+* Verificar la asistencia de los empleados subordinados.
+* Resolver situaciones no estándar en el lugar de trabajo.
+* Participar en la selección y despido de empleados.
+* Preparar informes semanales y mensuales.</t>
+  </si>
+  <si>
     <t>Financial Advisor</t>
+  </si>
+  <si>
+    <t>Asesor financiero</t>
   </si>
   <si>
     <t>* Providing personalized financial advice to clients based on their individual financial situations and goals.
 * Analyzing clients' financial information to develop tailored investment strategies and plans.
 * Educating clients on various financial products and services, including investments, insurance, and retirement planning.
 * Monitoring clients' portfolios and making recommendations for adjustments as needed to optimize performance.
 * Building and maintaining strong relationships with clients to ensure high levels of satisfaction and trust.
 * Staying up-to-date with market trends, economic developments, and changes in financial regulations to provide informed advice.
 * Preparing and presenting financial plans and reports to clients in a clear and understandable manner.
 * Collaborating with other financial professionals, such as accountants and tax advisors, to provide comprehensive services.
 * Conducting regular reviews with clients to assess their financial goals and progress.
 * Actively seeking new clients through networking, referrals, and marketing efforts to grow the business.</t>
   </si>
   <si>
+    <t>* Brindar asesoramiento financiero personalizado a los clientes según sus situaciones y objetivos financieros individuales.
+* Analizar la información financiera de los clientes para desarrollar estrategias y planes de inversión personalizados.
+* Educar a los clientes sobre diversos productos y servicios financieros, incluyendo inversiones, seguros y planificación para la jubilación.
+* Monitorear las carteras de los clientes y hacer recomendaciones para ajustes según sea necesario para optimizar el rendimiento.
+* Construir y mantener relaciones sólidas con los clientes para garantizar altos niveles de satisfacción y confianza.
+* Mantenerse actualizado sobre las tendencias del mercado, los desarrollos económicos y los cambios en las regulaciones financieras para brindar asesoramiento informado.
+* Preparar y presentar planes y informes financieros a los clientes de manera clara y comprensible.
+* Colaborar con otros profesionales financieros, como contadores y asesores fiscales, para ofrecer servicios integrales.
+* Realizar revisiones periódicas con los clientes para evaluar sus objetivos y progreso financiero.
+* Buscar activamente nuevos clientes a través de la creación de redes, referidos y esfuerzos de marketing para hacer crecer el negocio.</t>
+  </si>
+  <si>
     <t>Financial Analyst</t>
+  </si>
+  <si>
+    <t>Analista financiero</t>
   </si>
   <si>
     <t>* Preparing regular and ad hoc financial analysis.
 * Preparing statistics.
 * Developing weekly and monthly reports.
 * Taking part in developing financial plans.
 * Taking part in developing and improving controlling mechanisms.
 * Communicating with the high management members of the company and other departments.</t>
   </si>
   <si>
+    <t>* Preparar análisis financieros periódicos y ad hoc.
+* Preparar estadísticas.
+* Desarrollar informes semanales y mensuales.
+* Participar en la elaboración de planes financieros.
+* Participar en el desarrollo y mejora de los mecanismos de control.
+* Comunicarse con los altos directivos de la empresa y otros departamentos.</t>
+  </si>
+  <si>
     <t>Internal Auditor</t>
+  </si>
+  <si>
+    <t>Auditor interno</t>
   </si>
   <si>
     <t>* Drafting comprehensive plans and programs of audits.
 * Performing audit activities at the company’s headquarters and branches.
 * Checking compliance with internal regulations and the legislation.
 * Reviewing business and operational activities of organisations.
 * Processing audit outputs in the form of reports.
 * Making recommendations and monitoring the removal of any identified deficiencies.
 * Providing advice and consultancy within the scope of the auditor’s competence.</t>
   </si>
   <si>
+    <t>* Elaboración de planes y programas de auditorías integrales.
+* Realización de actividades de auditoría en la sede central y sucursales de la empresa.
+* Verificación del cumplimiento de las regulaciones internas y la legislación.
+* Revisión de las actividades comerciales y operativas de las organizaciones.
+* Procesamiento de los resultados de la auditoría en forma de informes.
+* Formulación de recomendaciones y seguimiento de la eliminación de cualquier deficiencia identificada.
+* Prestación de asesoramiento y consultoría dentro del ámbito de competencia del auditor.</t>
+  </si>
+  <si>
     <t>Loan Specialist</t>
+  </si>
+  <si>
+    <t>Especialista en préstamos</t>
   </si>
   <si>
     <t>* Providing advice connected to consumer, mortgage, and commercial loans.
 * Evaluating client creditworthiness pursuant to the lending policy at the financial institution.
 * Concluding loan contracts on behalf of the financial institution.
 * Checking the payment of instalments and the fulfilment of conditions agreed in the loan agreement.
 * Adjusting deadlines and monthly instalments, loan maturity, etc. in the event that a client is temporarily unable to make payments.
 * Contacting competing financial institutions with proposals for co-financing higher-cost investment projects.
 * Cooperating with executors and external companies that deal with the collection of receivables.</t>
   </si>
   <si>
+    <t>* Prestar asesoramiento relacionado con préstamos al consumo, hipotecas y préstamos comerciales.
+* Evaluar la solvencia crediticia de los clientes de acuerdo con la política de préstamos de la institución financiera.
+* Concluir contratos de préstamo en nombre de la institución financiera.
+* Verificar el pago de cuotas y el cumplimiento de las condiciones acordadas en el acuerdo de préstamo.
+* Ajustar los plazos y las cuotas mensuales, la fecha de vencimiento del préstamo, etc. en caso de que un cliente no pueda hacer pagos temporalmente.
+* Contactar con instituciones financieras competidoras con propuestas de cofinanciación de proyectos de inversión de mayor coste.
+* Cooperar con ejecutores y empresas externas que se ocupan de la recuperación de deudas.</t>
+  </si>
+  <si>
     <t>Mortgage Specialist</t>
+  </si>
+  <si>
+    <t>Especialista en hipotecas</t>
   </si>
   <si>
     <t>* Providing advice to clients regarding mortgage products and services.
 * Communicating with real estate agencies, building investors, authorities and other entities.
 * Acquiring potential clients.
 * Processing and assessing customers’ requests for mortgage loans.
 * Performing administrative tasks associated with the provision of mortgage loans.
 * Concluding mortgage loan agreements.</t>
   </si>
   <si>
+    <t>* Brindar asesoramiento a clientes sobre productos y servicios hipotecarios.
+* Comunicarse con agencias inmobiliarias, inversores en construcción, autoridades y otras entidades.
+* Adquirir clientes potenciales.
+* Procesar y evaluar las solicitudes de préstamos hipotecarios de los clientes.
+* Realizar tareas administrativas asociadas con la concesión de préstamos hipotecarios.
+* Concluir acuerdos de préstamos hipotecarios.</t>
+  </si>
+  <si>
     <t>Payments Clerk</t>
+  </si>
+  <si>
+    <t>Agente de pagos</t>
   </si>
   <si>
     <t>* Processing payments, including deposits, withdrawals, and fund transfers.
 * Cashing checks and accepting loan payments while ensuring accuracy in transactions.
 * Completing necessary forms for loan approvals and other banking services.
 * Buying and selling foreign currency as required.
 * Verifying account details, bank names, transaction amounts, and the accuracy of completed documents.
 * Ensuring compliance with identification verification procedures for clients receiving services.
 * Assisting customers with inquiries and providing information on banking products and services.
 * Maintaining accurate records of all transactions and customer interactions.
 * Collaborating with team members to enhance service delivery and operational efficiency.
 * Adhering to banking regulations and internal policies to mitigate risks and ensure security.</t>
   </si>
   <si>
+    <t>* Procesar pagos, incluidos depósitos, retiros y transferencias de fondos.
+* Cobrar cheques y aceptar pagos de préstamos garantizando la exactitud en las transacciones.
+* Completar los formularios necesarios para aprobaciones de préstamos y otros servicios bancarios.
+* Comprar y vender moneda extranjera según sea necesario.
+* Verificar los detalles de la cuenta, los nombres de los bancos, los montos de las transacciones y la exactitud de los documentos completados.
+* Asegurar el cumplimiento de los procedimientos de verificación de identidad para los clientes que reciben servicios.
+* Asistir a los clientes con sus consultas y brindar información sobre productos y servicios bancarios.
+* Mantener registros precisos de todas las transacciones e interacciones con los clientes.
+* Colaborar con los miembros del equipo para mejorar la prestación de servicios y la eficiencia operativa.
+* Cumplir con las regulaciones bancarias y las políticas internas para mitigar riesgos y garantizar la seguridad.</t>
+  </si>
+  <si>
     <t>Personal Banker</t>
+  </si>
+  <si>
+    <t>Banquero personal</t>
   </si>
   <si>
     <t>* Taking care of the assigned portfolio at the bank branch.
 * Creating and developing business relations with clients .
 * Presentation and sale of bank products and services.
 * Fulfilling of the set personal business plan.
 * Taking part in fulfilling the financial and campaign plan.</t>
   </si>
   <si>
+    <t>* Cuidar del portafolio asignado en la sucursal bancaria.
+* Crear y desarrollar relaciones comerciales con clientes.
+* Presentar y vender productos y servicios bancarios.
+* Cumplir con el plan de negocio personal establecido.
+* Participar en el cumplimiento del plan financiero y de campañas.</t>
+  </si>
+  <si>
     <t>Private Banker</t>
+  </si>
+  <si>
+    <t>Banquero privado</t>
   </si>
   <si>
     <t>* Managing liquid assets, stocks, bonds and real estate of highly creditworthy bank clients.
 * Seeking out potential clients and their acquisition within their area of operation.
 * Detecting the individual requirements and objectives of clients with the intention to propose the optimal investment solution for the appreciation of their property.
 * Communicating with experts in asset management, real estate, lawyers etc.
 * Providing advice in the investment and real estate area.
 * Handling the special requirements of clients (e.g. booking tickets for an event, providing private jet transportation, etc.).</t>
   </si>
   <si>
+    <t>* Gestión de activos líquidos, acciones, bonos y bienes inmuebles de clientes bancarios de alta solvencia.
+* Búsqueda de clientes potenciales y su adquisición dentro de su área de operación.
+* Detección de las necesidades y objetivos individuales de los clientes con la intención de proponer la solución de inversión óptima para el aumento del valor de su patrimonio.
+* Comunicación con expertos en gestión de activos, bienes inmuebles, abogados, etc.
+* Asesoramiento en el área de inversión y bienes inmuebles.
+* Atención a las necesidades especiales de los clientes (por ejemplo, reservar entradas para un evento, proporcionar transporte en jet privado, etc.).</t>
+  </si>
+  <si>
     <t>Product Manager - Specialist</t>
+  </si>
+  <si>
+    <t>Gestor de productos - especialista</t>
   </si>
   <si>
     <t>* Developing the new and innovating the existing bank products and services.
 * Monitoring and analyzing the competitive environment.
 * Following the fulfilling of goals in the area of product profitability.
 * Taking part in creating and setting the processes connected with products.
 * Directing and training new employees.
 * Analyzing and solving arisen operating problems.
 * Cooperating with other departments of the bank.</t>
   </si>
   <si>
+    <t>* Desarrollar nuevos productos y servicios bancarios e innovar en los existentes.
+* Monitorear y analizar el entorno competitivo.
+* Realizar un seguimiento del cumplimiento de los objetivos en el área de rentabilidad de productos.
+* Participar en la creación y establecimiento de procesos relacionados con los productos.
+* Dirigir y capacitar a nuevos empleados.
+* Analizar y resolver problemas operativos que surjan.
+* Colaborar con otros departamentos del banco.</t>
+  </si>
+  <si>
     <t>Product Marketing Manager</t>
+  </si>
+  <si>
+    <t>Director de marketing de productos</t>
   </si>
   <si>
     <t>* Develop and implement effective product marketing strategies for banking products and services.
 * Conduct market research to identify customer needs, market trends, and competitive landscape.
 * Collaborate with cross-functional teams, including product development, sales, and customer service, to ensure alignment on product offerings.
 * Create and oversee marketing campaigns, including digital, print, and social media, to promote products and enhance brand awareness.
 * Analyze product performance and customer feedback to refine marketing strategies and improve customer satisfaction.
 * Prepare product presentations and training materials for internal teams and external stakeholders.
 * Monitor and report on key performance indicators (KPIs) related to product marketing effectiveness.
 * Manage budgets for marketing initiatives and ensure efficient allocation of resources.
 * Serve as the main point of contact for product-related inquiries and provide support to sales teams.
 * Stay updated on industry trends and regulatory changes affecting banking products to ensure compliance and competitiveness.</t>
   </si>
   <si>
+    <t>* Desarrollar e implementar estrategias de marketing de productos efectivas para productos y servicios bancarios.
+* Realizar investigaciones de mercado para identificar las necesidades de los clientes, tendencias del mercado y panorama competitivo.
+* Colaborar con equipos multifuncionales, incluyendo desarrollo de productos, ventas y servicio al cliente, para garantizar la alineación en las ofertas de productos.
+* Crear y supervisar campañas de marketing, incluyendo digitales, impresas y de redes sociales, para promocionar productos y mejorar la conciencia de marca.
+* Analizar el rendimiento del producto y la retroalimentación de los clientes para perfeccionar las estrategias de marketing y mejorar la satisfacción del cliente.
+* Preparar presentaciones de productos y materiales de capacitación para equipos internos y partes interesadas externas.
+* Monitorear y reportar sobre indicadores clave de rendimiento (KPI) relacionados con la efectividad del marketing de productos.
+* Administrar presupuestos para iniciativas de marketing y garantizar la asignación eficiente de recursos.
+* Servir como el principal punto de contacto para consultas relacionadas con productos y brindar apoyo a los equipos de ventas.
+* Mantenerse actualizado sobre tendencias de la industria y cambios regulatorios que afectan a los productos bancarios para garantizar el cumplimiento y la competitividad.</t>
+  </si>
+  <si>
     <t>Relationship Manager</t>
+  </si>
+  <si>
+    <t>Gestor de relaciones</t>
   </si>
   <si>
     <t xml:space="preserve">* Presenting and selling banking products and services to company clients.
 * Monitoring the market and competitors' activities within the assigned region.
 * Finding new clients.
 * Creating and developing business relationships with company clients.
 * Performing one's prescribed personal business plan.
 * Participating in performing financial and campaign plans.
 * Keeping records and the database of clients. </t>
   </si>
   <si>
+    <t>* Presentar y vender productos y servicios bancarios a clientes de la empresa.
+* Monitorear el mercado y las actividades de los competidores dentro de la región asignada.
+* Encontrar nuevos clientes.
+* Crear y desarrollar relaciones comerciales con clientes de la empresa.
+* Cumplir con el plan de negocios personal prescrito.
+* Participar en la ejecución de planes financieros y de campañas.
+* Mantener registros y la base de datos de clientes.</t>
+  </si>
+  <si>
     <t>Risk Specialist</t>
+  </si>
+  <si>
+    <t>Especialista de riesgos</t>
   </si>
   <si>
     <t>* Identifying credit, market, operational, strategic and liquidity risks potentially threatening the assets and cash flow of the bank.
 * Developing methodology for measuring individual types of risks.
 * Designing and analysing measures to prevent risks.
 * Designing solutions to cover damage in case of risks.
 * Using external registers (e.g. credit register, register of Social Security debtors, etc.) in assessing risks.
 * Cooperating with product and project managers, underwriters and other bank departments.</t>
   </si>
   <si>
+    <t>* Identificar los riesgos crediticios, de mercado, operativos, estratégicos y de liquidez que podrían amenazar los activos y el flujo de caja del banco.
+* Desarrollar metodología para medir los diferentes tipos de riesgos.
+* Diseñar y analizar medidas para prevenir riesgos.
+* Diseñar soluciones para cubrir los daños en caso de riesgos.
+* Utilizar registros externos (por ejemplo, registro crediticio, registro de deudores de la Seguridad Social, etc.) para evaluar riesgos.
+* Colaborar con gerentes de producto y proyecto, suscriptores y otros departamentos del banco.</t>
+  </si>
+  <si>
     <t>Seller of Bank Services, Loan Officer</t>
+  </si>
+  <si>
+    <t>Vendedor de servicios bancarios, oficial de préstamos</t>
   </si>
   <si>
     <t>* Monitoring cash flow in the branch's cash register and vault, ensuring accurate records of deposited and withdrawn funds.
 * Verifying issued and received checks, maintaining comprehensive knowledge of all bank services and products, including loan types and savings options.
 * Assisting tellers at the counter by providing accurate information to clients regarding banking services.
 * Completing standard contracts for various types of loans, ensuring proper usage of loan funds, calculating and collecting interest on loans.
 * Opening and managing accounts for both domestic and foreign clients, addressing complaints and correspondence, and maintaining organized records.
 * Collecting and managing documentation, preparing analytical and statistical bases for report creation, and generating simple reports related to job responsibilities.
 * Receiving and transmitting messages through fax and email, ensuring efficient communication within the bank.
 * Building and maintaining strong relationships with clients to enhance customer satisfaction and loyalty.
 * Staying informed about market trends and regulatory changes to provide accurate advice and guidance to clients.
 * Collaborating with other departments to facilitate seamless service delivery and support the overall objectives of the bank.</t>
   </si>
   <si>
+    <t>* Monitorear el flujo de efectivo en la caja y la bóveda de la sucursal, asegurando la exactitud de los registros de fondos depositados y retirados.
+* Verificar los cheques emitidos y recibidos, manteniendo un conocimiento integral de todos los servicios y productos bancarios, incluyendo tipos de préstamos y opciones de ahorro.
+* Asistir a los cajeros en el mostrador proporcionando información precisa a los clientes sobre los servicios bancarios.
+* Completar contratos estándar para diversos tipos de préstamos, asegurando el uso adecuado de los fondos de préstamo, calculando y cobrando intereses sobre los préstamos.
+* Abrir y gestionar cuentas para clientes nacionales y extranjeros, abordar quejas y correspondencia, y mantener registros organizados.
+* Recopilar y gestionar documentación, preparar bases analíticas y estadísticas para la creación de informes y generar informes sencillos relacionados con las responsabilidades laborales.
+* Recibir y transmitir mensajes a través de fax y correo electrónico, asegurando una comunicación eficiente dentro del banco.
+* Establecer y mantener relaciones sólidas con los clientes para mejorar la satisfacción y la lealtad del cliente.
+* Mantenerse informado sobre las tendencias del mercado y los cambios regulatorios para proporcionar asesoramiento y orientación precisos a los clientes.
+* Colaborar con otros departamentos para facilitar la entrega de servicios sin inconvenientes y apoyar los objetivos generales del banco.</t>
+  </si>
+  <si>
     <t>Stock Broker</t>
+  </si>
+  <si>
+    <t>Corredor de bolsa</t>
   </si>
   <si>
     <t>* Making business transactions with clients.
 * Searching for potential clients.
 * Communicating with clients with the purpose of securing their needs.
 * Communicating with dealers/traders about the details of the business transaction.
 * Addressing clients on the phone with investment offers.
 * Providing clients with counseling in the area of investment.</t>
   </si>
   <si>
+    <t>* Realizar transacciones comerciales con clientes.
+* Buscar clientes potenciales.
+* Comunicarse con los clientes con el fin de atender a sus necesidades.
+* Comunicarse con distribuidores/comerciantes sobre los detalles de la transacción comercial.
+* Atender a clientes por teléfono con ofertas de inversión.
+* Brindar asesoramiento a clientes en el área de inversión.</t>
+  </si>
+  <si>
     <t>Car Industry</t>
   </si>
   <si>
+    <t>Industria automotriz</t>
+  </si>
+  <si>
     <t>Auto Electrician</t>
+  </si>
+  <si>
+    <t>Electricista de coches</t>
   </si>
   <si>
     <t>* Using electronic and mechanical measuring instruments.
 * Evaluating the measurement results.
 * Diagnosing the faults and electrical parts of motor vehicles.
 * Reading the technical documentation.
 * Performing maintenance, setting and removing defects and malfunctions in electrical installation.
 * Installation of car alarms, central locking and other accessories.</t>
   </si>
   <si>
+    <t>* Utilización de instrumentos de medición electrónicos y mecánicos.
+* Evaluación de los resultados de las mediciones.
+* Diagnóstico de fallas y componentes eléctricos de vehículos automotores.
+* Lectura de la documentación técnica.
+* Realización de mantenimiento, ajuste y eliminación de defectos y averías en la instalación eléctrica.
+* Instalación de alarmas para vehículos, bloqueo central y otros accesorios.</t>
+  </si>
+  <si>
     <t>Car Glass Fitter</t>
+  </si>
+  <si>
+    <t>Instalador de lunas para coches</t>
   </si>
   <si>
     <t>* Installation and replacement of auto glass (windshield, side glass, rear glass) on vehicles
 * Repair of cracked and damaged car windows using special materials and tools
 * Diagnostics of auto glass problems and estimation of necessary repairs
 * Maintaining work space, tools and equipment in accordance with safety standards
 * Advice to customers on the possibilities of glass repair and replacement
 * Keeping records of repairs, replacements and used materials
 * Cooperation with suppliers and insurance companies when ordering and replacing parts</t>
   </si>
   <si>
+    <t>* Instalación y reemplazo de vidrios de automóviles (parabrisas, vidrios laterales, vidrios traseros) en vehículos
+* Reparación de lunas de automóviles rotas y dañadas utilizando materiales y herramientas especiales.
+* Diagnóstico de problemas de lunas de automóviles y estimación de reparaciones necesarias.
+* Mantener el espacio de trabajo, herramientas y equipos de acuerdo con las normas de seguridad.
+* Asesoramiento a clientes sobre las posibilidades de reparación y sustitución de cristales.
+* Mantener registros de reparaciones, reemplazos y materiales usados.
+* Cooperación con proveedores y compañías de seguros al realizar pedidos y reemplazar piezas.</t>
+  </si>
+  <si>
     <t>Car Mechanic</t>
+  </si>
+  <si>
+    <t>Mecánico de coches</t>
   </si>
   <si>
     <t>* Diagnostics of motor vehicle problems and failures.
 * Defining the best repairs.
 * Completing mechanical repairs and the replacement of worn motor vehicle components and parts.
 * Adjustment of mechanical, hydraulic, and pneumatic motor vehicle components and parts.
 * Use of measurement and diagnostic tools and equipment.
 * Installation and service for automotive accessories and add-ons.
 * Completing regular inspections, warranty, post-warranty, and general repairs of motor vehicles.</t>
   </si>
   <si>
+    <t>* Diagnóstico de problemas y averías de vehículos motorizados.
+* Definición de las mejores reparaciones.
+* Realización de reparaciones mecánicas y reemplazo de componentes y piezas de vehículos motorizados desgastados.
+* Ajuste de componentes y piezas mecánicas, hidráulicas y neumáticas de vehículos motorizados.
+* Utilización de herramientas y equipos de medición y diagnóstico.
+* Instalación y servicio de accesorios y componentes adicionales para automóviles.
+* Realización de inspecciones periódicas, garantía, post-garantía y reparaciones generales de vehículos motorizados.</t>
+  </si>
+  <si>
     <t>Car Upholsterer</t>
+  </si>
+  <si>
+    <t>Tapicero de coches</t>
   </si>
   <si>
     <t>* Constructing, repairing, and replacing upholstery in automobiles, including seats, headliners, and door panels.
 * Selecting appropriate materials and fabrics based on customer specifications and vehicle requirements.
 * Measuring and cutting materials to ensure proper fit and finish.
 * Sewing and stitching upholstery components using industrial sewing machines and hand tools.
 * Installing padding, foam, and other materials to enhance comfort and aesthetics.
 * Performing quality checks to ensure finished products meet industry standards and customer expectations.
 * Collaborating with automotive technicians and other professionals to ensure seamless integration of upholstery with vehicle interiors.
 * Maintaining a clean and organized workspace, adhering to safety protocols and guidelines.
 * Keeping up-to-date with trends in automotive upholstery and materials to provide informed recommendations to clients.
 * Providing excellent customer service by addressing client inquiries and concerns regarding upholstery options and repairs.</t>
   </si>
   <si>
+    <t>* Construir, reparar y reemplazar la tapicería en automóviles, incluyendo asientos, techos y paneles de puertas.
+* Seleccionar materiales y telas adecuados según las especificaciones del cliente y los requisitos del vehículo.
+* Medir y cortar materiales para garantizar un ajuste y acabado adecuados.
+* Coser y unir componentes de tapicería utilizando máquinas de coser industriales y herramientas manuales.
+* Instalar relleno, espuma y otros materiales para mejorar la comodidad y la estética.
+* Realizar verificaciones de calidad para garantizar que los productos terminados cumplan con los estándares de la industria y las expectativas del cliente.
+* Colaborar con técnicos automotrices y otros profesionales para garantizar la integración perfecta de la tapicería con los interiores de los vehículos.
+* Mantener un espacio de trabajo limpio y organizado, cumpliendo con los protocolos y directrices de seguridad.
+* Mantenerse actualizado sobre las tendencias en tapicería automotriz y materiales para ofrecer recomendaciones informadas a los clientes.
+* Brindar un excelente servicio al cliente respondiendo a las consultas y preocupaciones de los clientes sobre opciones y reparaciones de tapicería.</t>
+  </si>
+  <si>
     <t>Design Engineer</t>
+  </si>
+  <si>
+    <t>Ingeniero de diseño</t>
   </si>
   <si>
     <t>* Developing and constructing 2D and 3D models of vehicles and/or its components, parts, etc. in the CAD software environment according to customer specifications.
 * Analysing digital 2D and 3D models. 
 * Preparing drawings and technical documentation.
 * Consulting and solving technical issues with internal and external customers.
 * Participation in the implementation of changes into series production.</t>
   </si>
   <si>
+    <t>* Desarrollar y construir modelos 2D y 3D de vehículos y/o sus componentes, partes, etc. en el entorno del software CAD según las especificaciones del cliente.
+* Analizar modelos digitales 2D y 3D.
+* Preparar dibujos y documentación técnica.
+* Asesorar y resolver problemas técnicos con clientes internos y externos.
+* Participar en la implementación de cambios en la producción en serie.</t>
+  </si>
+  <si>
     <t>Diagnostic Technician</t>
+  </si>
+  <si>
+    <t>Técnico en diagnostico automotriz</t>
   </si>
   <si>
     <t>* Receiving motor vehicles at the service station or at the used car lot.
 * Preparing preliminary calculations of repairs.
 * Planning and ordering repairs of motor vehicles.
 * Communicating with clients throughout the course of the repairs.
 * Assigning and controlling the work of subordinate staff.
 * Ordering, receiving, and issuing parts from the warehouse.
 * Administrative processing of orders and issuing invoices for the repairs made.
 * Handing over the repaired vehicle to the client.
 * Assessing complaints and claims.</t>
   </si>
   <si>
+    <t>* Recepción de vehículos automotores en la estación de servicio o en el lote de autos usados.
+* Preparación de cálculos preliminares de reparaciones.
+* Planificación y orden de reparaciones de vehículos automotores.
+* Comunicación con clientes a lo largo del proceso de reparación.
+* Asignación y control del trabajo del personal subordinado.
+* Pedido, recepción y entrega de piezas desde el almacén.
+* Tramitación administrativa de pedidos y emisión de facturas por las reparaciones realizadas.
+* Entrega del vehículo reparado al cliente.
+* Evaluación de quejas y reclamos.</t>
+  </si>
+  <si>
     <t>Electrical Engineering Technician</t>
+  </si>
+  <si>
+    <t>Técnico en ingeniería eléctrica</t>
   </si>
   <si>
     <t>* Assisting in the design, development, and testing of electrical systems and components for automotive applications.
 * Conducting diagnostics and troubleshooting of electrical issues in vehicles.
 * Collaborating with engineers to implement electrical solutions and improvements.
 * Utilizing specialized software and tools for circuit design and analysis.
 * Performing routine maintenance and inspection of electrical systems in vehicles.
 * Ensuring compliance with safety standards and regulations in all electrical work.
 * Documenting technical specifications, test results, and maintenance records.
 * Supporting the assembly and installation of electrical components in vehicles.
 * Participating in research and development projects to innovate new electrical technologies for automotive applications.
 * Providing technical support and training to other team members and departments as needed.
 * Staying updated with advancements in automotive electrical engineering and technologies.</t>
   </si>
   <si>
+    <t>* Asistir en el diseño, desarrollo y pruebas de sistemas y componentes eléctricos para aplicaciones automotrices.
+* Realizar diagnósticos y resolución de problemas de cuestiones eléctricas en vehículos.
+* Colaborar con ingenieros para implementar soluciones y mejoras eléctricas.
+* Utilizar software y herramientas especializadas para el diseño y análisis de circuitos.
+* Realizar mantenimiento y inspección rutinarios de sistemas eléctricos en vehículos.
+* Garantizar el cumplimiento de normas y regulaciones de seguridad en todo el trabajo eléctrico.
+* Documentar especificaciones técnicas, resultados de pruebas y registros de mantenimiento.
+* Apoyar el ensamblaje e instalación de componentes eléctricos en vehículos.
+* Participar en proyectos de investigación y desarrollo para innovar nuevas tecnologías eléctricas para aplicaciones automotrices.
+* Brindar soporte técnico y capacitación a otros miembros del equipo y departamentos según sea necesario.
+* Mantenerse actualizado sobre los avances en la ingeniería eléctrica y tecnologías automotrices.</t>
+  </si>
+  <si>
     <t>Machine Operator</t>
+  </si>
+  <si>
+    <t>Operador de máquinas</t>
   </si>
   <si>
     <t>* Operating and monitoring machinery and equipment in the automotive manufacturing process.
 * Ensuring that production schedules are met while maintaining quality standards.
 * Performing routine maintenance and troubleshooting on machines to prevent downtime.
 * Adhering to safety protocols and guidelines to ensure a safe working environment.
 * Collaborating with team members to optimize production efficiency and resolve issues.
 * Conducting quality inspections of finished products to ensure compliance with specifications.
 * Documenting production data and reporting any discrepancies or malfunctions to supervisors.
 * Assisting in training new employees on machine operation and safety procedures.
 * Maintaining a clean and organized work area to promote safety and efficiency.
 * Participating in continuous improvement initiatives to enhance production processes and reduce waste.</t>
   </si>
   <si>
+    <t>* Operar y supervisar maquinaria y equipo en el proceso de manufactura automotriz.
+* Asegurar que los calendarios de producción se cumplan manteniendo los estándares de calidad.
+* Realizar mantenimiento rutinario y solución de problemas en las máquinas para evitar tiempo de inactividad.
+* Cumplir con los protocolos y directrices de seguridad para garantizar un entorno de trabajo seguro.
+* Colaborar con los miembros del equipo para optimizar la eficiencia de producción y resolver problemas.
+* Realizar inspecciones de calidad de productos terminados para asegurar el cumplimiento de las especificaciones.
+* Documentar datos de producción e informar cualquier discrepancia o mal funcionamiento a los supervisores.
+* Ayudar a capacitar a nuevos empleados en la operación de máquinas y procedimientos de seguridad.
+* Mantener un área de trabajo limpia y organizada para promover la seguridad y la eficiencia.
+* Participar en iniciativas de mejora continua para mejorar los procesos de producción y reducir residuos.</t>
+  </si>
+  <si>
     <t>Maintenance Engineer</t>
+  </si>
+  <si>
+    <t>Ingeniero de mantenimiento</t>
   </si>
   <si>
     <t>* Providing preventive and operational maintenance of machinery and equipment.
 * Managing, coordinating, motivating and evaluating subordinate employees.
 * Developing and updating maintenance plans.
 * Identifying worn parts.
 * Ordering spare parts.
 * Analysing the causes of downtime and taking measures to eliminate them.
 * Monitoring and controlling maintenance costs.
 * Communicating with shift masters, process engineers and suppliers of machinery and equipment.</t>
   </si>
   <si>
+    <t>* Proporcionar mantenimiento preventivo y operativo de maquinaria y equipos.
+* Administrar, coordinar, motivar y evaluar a los empleados subordinados.
+* Desarrollar y actualizar planes de mantenimiento.
+* Identificar piezas desgastadas.
+* Pedir piezas de repuesto.
+* Analizar las causas del tiempo de inactividad y tomar medidas para eliminarlas.
+* Supervisar y controlar los costos de mantenimiento.
+* Comunicarse con los jefes de turno, ingenieros de procesos y proveedores de maquinaria y equipos.</t>
+  </si>
+  <si>
     <t>Mechatronics Technician</t>
+  </si>
+  <si>
+    <t>Técnico en mecatrónica</t>
   </si>
   <si>
     <t>* Assembling and testing mechatronic systems and components in accordance with specifications.
 * Diagnosing and troubleshooting mechanical, electrical, and software issues in automotive systems.
 * Collaborating with engineers to design and improve mechatronic systems for enhanced vehicle performance.
 * Conducting routine maintenance and repairs on automated equipment and machinery.
 * Utilizing diagnostic tools and software to analyze system performance and implement necessary adjustments.
 * Ensuring compliance with safety standards and regulations throughout all processes.
 * Documenting repair and maintenance activities in accordance with company policies.
 * Participating in the development of technical documentation and user manuals for mechatronic systems.
 * Training and mentoring junior technicians on best practices and new technologies.
 * Staying updated on industry trends and advancements in mechatronics and automotive technology.</t>
   </si>
   <si>
+    <t>* Montar y probar sistemas y componentes mecatrónicos según las especificaciones.
+* Diagnosticar y solucionar problemas mecánicos, eléctricos y de software en sistemas automotrices.
+* Colaborar con ingenieros para diseñar y mejorar sistemas mecatrónicos para un mejor rendimiento del vehículo.
+* Realizar mantenimiento y reparaciones rutinarias de equipos y maquinaria automatizados.
+* Utilizar herramientas y software de diagnóstico para analizar el rendimiento del sistema e implementar ajustes necesarios.
+* Garantizar el cumplimiento de los estándares y regulaciones de seguridad en todos los procesos.
+* Documentar las actividades de reparación y mantenimiento según las políticas de la empresa.
+* Participar en el desarrollo de documentación técnica y manuales de usuario para sistemas mecatrónicos.
+* Capacitar y asesorar a técnicos junior sobre mejores prácticas y nuevas tecnologías.
+* Mantenerse actualizado sobre las tendencias y avances de la industria en mecatrónica y tecnología automotriz.</t>
+  </si>
+  <si>
     <t>Process Engineer</t>
+  </si>
+  <si>
+    <t>Ingeniero de procesos</t>
   </si>
   <si>
     <t>* Responsibility for the implementation of new products in the company.
 * Completing detailed production documentation and working procedures.
 * Updating production documentation and working procedures in case of a change in the production process.
 * Implementing tools increasing the efficiency of the production process (e.g. Six Sigma, Kaizen, Lean, poka-yoke etc.).
 * Reducing production costs while maintaining the required level of quality.
 * Solving the incurred problems and abnormalities.
 * Participating in the selection and deployment of technological equipment on the company premises.
 * Estimating the requirements regarding the staff, production time and costs.
 * Communicating with other departments in the company.</t>
   </si>
   <si>
+    <t>* Responsabilidad por la implementación de nuevos productos en la empresa.
+* Elaboración de documentación de producción detallada y procedimientos de trabajo.
+* Actualización de la documentación de producción y procedimientos de trabajo en caso de cambios en el proceso de producción.
+* Implementación de herramientas que aumenten la eficiencia del proceso de producción (por ejemplo, Six Sigma, Kaizen, Lean, poka-yoke, etc.).
+* Reducción de los costos de producción manteniendo el nivel de calidad requerido.
+* Resolución de problemas y anomalías incurridas.
+* Participación en la selección y despliegue de equipos tecnológicos en las instalaciones de la empresa.
+* Estimación de los requisitos respecto al personal, tiempo de producción y costos.
+* Comunicación con otros departamentos de la empresa.</t>
+  </si>
+  <si>
     <t>Quality Inspector</t>
+  </si>
+  <si>
+    <t>Inspector de calidad</t>
   </si>
   <si>
     <t>* Performing input, intermediate and output inspection of raw materials, components and products.
 * Operating measuring instruments.
 * Recording the results of measurements.
 * Collecting samples of raw materials and their laboratory testing.
 * Proposing measures and their implementation after identifying errors and drawbacks.
 * Participating in the implementation of quality systems.
 * Completing reports on audit results.
 * Managing and updating prescribed documentation.</t>
   </si>
   <si>
+    <t>* Realizar inspecciones de entrada, intermedia y salida de materias primas, componentes y productos.
+* Operar instrumentos de medición.
+* Registrar los resultados de las mediciones.
+* Recopilar muestras de materias primas y realizar pruebas de laboratorio.
+* Proponer medidas y su implementación después de identificar errores y desventajas.
+* Participar en la implementación de sistemas de calidad.
+* Completar informes sobre los resultados de las auditorías.
+* Gestionar y actualizar la documentación prescrita.</t>
+  </si>
+  <si>
     <t>Repairer</t>
+  </si>
+  <si>
+    <t>Reparador</t>
   </si>
   <si>
     <t>* Inspecting and diagnosing mechanical and electrical issues in vehicles.
 * Performing repairs and maintenance on various automobile systems including engines, transmissions, brakes, and electrical systems.
 * Utilizing diagnostic equipment and tools to identify problems and ensure proper functioning of vehicles.
 * Following safety protocols and industry standards to maintain a safe working environment.
 * Communicating effectively with customers to explain repair needs and provide cost estimates.
 * Maintaining accurate records of repairs, services performed, and parts used.
 * Collaborating with team members to achieve efficient workflow and meet repair deadlines.
 * Staying updated on automotive technology and repair techniques through continuous education and training.
 * Ordering and managing inventory of automotive parts and supplies.
 * Ensuring cleanliness and organization of the repair shop and work areas.</t>
   </si>
   <si>
+    <t>* Inspeccionar y diagnosticar problemas mecánicos y eléctricos en vehículos.
+* Realizar reparaciones y mantenimiento en varios sistemas automotrices, incluyendo motores, transmisiones, frenos y sistemas eléctricos.
+* Utilizar equipos y herramientas de diagnóstico para identificar problemas y garantizar el funcionamiento adecuado de los vehículos.
+* Seguir protocolos de seguridad y estándares de la industria para mantener un entorno de trabajo seguro.
+* Comunicarse de manera efectiva con los clientes para explicar las necesidades de reparación y proporcionar estimaciones de costos.
+* Mantener registros precisos de las reparaciones, los servicios realizados y las piezas utilizadas.
+* Colaborar con los miembros del equipo para lograr un flujo de trabajo eficiente y cumplir con los plazos de reparación.
+* Mantenerse actualizado sobre la tecnología automotriz y las técnicas de reparación a través de la educación y capacitación continua.
+* Pedir y gestionar el inventario de piezas y suministros automotrices.
+* Garantizar la limpieza y organización del taller de reparación y las áreas de trabajo.</t>
+  </si>
+  <si>
     <t>Technologist</t>
+  </si>
+  <si>
+    <t>Tecnólogo</t>
   </si>
   <si>
     <t>* Inventing new and improving existing technological processes.
 * Supervising the observance of formulations and technological processes.
 * Management of the pre-production process to eliminate any possible shortcomings.
 * Assessing the quality of new products.
 * Proposing measures to optimise the production processes.
 * Analysing variations incurred in conjunction with the shift chiefs.
 * Drafting and updating of technological documentation and/or drawings.
 * Cooperating in the preparation of price calculations.</t>
   </si>
   <si>
+    <t>* Inventar nuevos y mejorar procesos tecnológicos existentes.
+* Supervisar el cumplimiento de formulaciones y procesos tecnológicos.
+* Gestión del proceso de preproducción para eliminar cualquier posible deficiencia.
+* Evaluar la calidad de los nuevos productos.
+* Proponer medidas para optimizar los procesos de producción.
+* Analizar las variaciones incurridas en conjunto con los jefes de turno.
+* Elaborar y actualizar la documentación tecnológica y/o dibujos.
+* Cooperar en la preparación de cálculos de precios.</t>
+  </si>
+  <si>
     <t>Tyre Fitter</t>
+  </si>
+  <si>
+    <t>Montador de neumáticos</t>
   </si>
   <si>
     <t>* Selling tyres for passenger and off-road vehicles, trucks and utility vehicles, metal, aluminium and alloy discs.
 * Exchanging worn or damaged tyres, discs, tubes, valves etc.
 * Repairing punctures, side punctures of tyres, sticking the tubes, sticking in the valves.
 * Inflating tyres according to the pressure recommended by the manufacturer.
 * Measuring and adjusting wheel alignment, tyre balancing.
 * Providing advice on choosing the appropriate type of tyres, discs etc.
 * Storing customer tyres during off-season.</t>
   </si>
   <si>
+    <t>* Venta de neumáticos para vehículos de pasajeros y todo terreno, camiones y vehículos utilitarios, discos de metal, aluminio y aleación.
+* Intercambio de neumáticos, discos, tubos, válvulas, etc. desgastados o dañados.
+* Reparación de pinchazos, pinchazos laterales de neumáticos, pegado de tubos, pegado de válvulas.
+* Inflado de neumáticos según la presión recomendada por el fabricante.
+* Medición y ajuste de la alineación de las ruedas, equilibrado de neumáticos.
+* Asesoramiento sobre la elección del tipo adecuado de neumáticos, discos, etc.
+* Almacenamiento de neumáticos de clientes durante la temporada baja.</t>
+  </si>
+  <si>
     <t>Varnisher</t>
+  </si>
+  <si>
+    <t>Barnizador</t>
   </si>
   <si>
     <t>* Preparing vehicles before coating (cleaning, grinding, sealing, masking).
 * Preparing, mixing and applying primary colour, metallic paint, paint and lacquer using spray guns on the vehicle or its parts.
 * Checking the quality of work done after a thorough burning and curing of the paint.
 * Eliminating the incurred drawbacks in accordance with the technological procedures.</t>
   </si>
   <si>
+    <t>* Preparar los vehículos antes del recubrimiento (limpieza, lijado, sellado, enmascaramiento).
+* Preparar, mezclar y aplicar color primario, pintura metálica, pintura y laca utilizando pistolas de pulverización en el vehículo o sus partes.
+* Comprobar la calidad del trabajo realizado después de una quemadura y curado exhaustivos de la pintura.
+* Eliminar las desventajas incurridas de acuerdo con los procedimientos tecnológicos.</t>
+  </si>
+  <si>
     <t>Vehicle Body Repairer</t>
+  </si>
+  <si>
+    <t>Reparador de carrocerías de vehículos</t>
   </si>
   <si>
     <t>* Assembling and dismantling metal body parts and cabinets.
 * Straightening damaged bodywork using a straightening bench.
 * Producing complex sheet metal body parts and cabinets of road vehicles, rail vehicles and machines.
 * Using and operating tools and equipment for sheet metal working.
 * Glazing bodywork windows and cabinets for sealing profiles.
 * Sorting door and cover gaps, checking their tightness.
 * Sorting and repairing cover, window and door closing mechanisms.
 * Gas welding, arc welding in a CO2 atmosphere, oxygen cutting.</t>
   </si>
   <si>
+    <t>* Montaje y desmontaje de piezas de carrocería metálicas y cabinas.
+* Enderezamiento de la carrocería dañada utilizando un banco de enderezamiento.
+* Fabricación de piezas de carrocería y cabinas complejas de chapa metálica para vehículos de carretera, vehículos ferroviarios y máquinas.
+* Uso y manejo de herramientas y equipos para trabajos de chapa metálica.
+* Vitrofonía de ventanas y cabinas de carrocería para perfiles herméticos de sellado.
+* Selección y ajuste de juntas de puertas y cubiertas, verificación de su estanqueidad.
+* Selección y reparación de mecanismos de cierre de cubiertas, ventanas y puertas.
+* Soldadura por gas, soldadura por arco en atmósfera de CO2, corte por oxígeno.</t>
+  </si>
+  <si>
     <t>Chemical Industry</t>
   </si>
   <si>
+    <t>Industria química</t>
+  </si>
+  <si>
     <t>Chemical Engineer</t>
+  </si>
+  <si>
+    <t>Ingeniero químico</t>
   </si>
   <si>
     <t>* Supervising chemical processes in production and their optimisation.
 * Supporting production activities, solving technological problems from a theoretical as well as practical point of view.
 * Monitoring processes in production and performing interventions in production lines, if necessary.
 * Control analyses processing.
 * Quality of products monitoring.
 * Preparing reports and managing the relevant documentation regarding hazardous substances.
 * Implementing the company´s requirements in terms of the substances used in production.
 * Participating in launching new products, technologies and processes.
 * Applying scientific knowledge and theories in the research and development of chemical production.
 * Cooperating on issues concerning the productivity, quality, safety and trainings.</t>
   </si>
   <si>
+    <t>* Supervisar procesos químicos en producción y su optimización.
+* Apoyar las actividades de producción, resolviendo problemas tecnológicos desde un punto de vista tanto teórico como práctico.
+* Monitorear procesos en producción y realizar intervenciones en las líneas de producción, si es necesario.
+* Procesar análisis de control.
+* Monitorear la calidad de los productos.
+* Preparar informes y gestionar la documentación relevante relacionada con sustancias peligrosas.
+* Implementar los requisitos de la empresa en cuanto a las sustancias utilizadas en producción.
+* Participar en el lanzamiento de nuevos productos, tecnologías y procesos.
+* Aplicar conocimientos y teorías científicas en la investigación y desarrollo de la producción química.
+* Colaborar en cuestiones relacionadas con la productividad, calidad, seguridad y capacitaciones.</t>
+  </si>
+  <si>
     <t>Chemical Lab Technician</t>
+  </si>
+  <si>
+    <t>Técnico de laboratorio químico</t>
   </si>
   <si>
     <t>* Performing inspections on the chemical and microbiological indicators of input materials, intermediates (bulks), and finished products.
 * Reviewing documents related to input materials by means of comparison and the assessment of the parameters.
 * Inspecting the quality of parameters by means of comparison with the standards and specification of the product.
 * Recording the results from inspections into the internal system.
 * Reporting any discovered variances to responsible management staff.
 * Responsibility for the proper use and calibration of mechanical and electrical measuring instruments.
 * Participating in resolving non-standard situations occurring during the production of bulks.
 * Archiving samples required by the legislation.</t>
   </si>
   <si>
+    <t>* Realizar inspecciones de los indicadores químicos y microbiológicos de las materias primas, productos intermedios (masas) y productos terminados.
+* Revisar los documentos relacionados con las materias primas mediante comparación y evaluación de los parámetros.
+* Inspeccionar la calidad de los parámetros mediante comparación con los estándares y especificaciones del producto.
+* Registrar los resultados de las inspecciones en el sistema interno.
+* Informar a la gerencia responsable sobre cualquier desviación detectada.
+* Responsabilizarse del uso y calibración adecuados de instrumentos de medición mecánicos y eléctricos.
+* Participar en la resolución de situaciones no estándar que ocurran durante la producción de masas.
+* Archivar muestras requeridas por la legislación.</t>
+  </si>
+  <si>
     <t>Chemist</t>
+  </si>
+  <si>
+    <t>Químico</t>
   </si>
   <si>
     <t>* Examining, measuring and recording chemical composition, density, acidity, particle size and form of a wide range of substances, compounds and materials.
 * Conducting experiments and tests by mixing two or more chemicals together.
 * Recording the findings.
 * Producing new products and improving sensory characteristics of existing products.
 * Controlling and coordinating activities of directly subordinate laboratory workers.</t>
+  </si>
+  <si>
+    <t>* Examinar, medir y registrar la composición química, la densidad, la acidez, el tamaño y la forma de las partículas de una amplia variedad de sustancias, compuestos y materiales.
+* Realizar experimentos y pruebas mezclando dos o más productos químicos.
+* Registrar los hallazgos.
+* Producir nuevos productos y mejorar las características sensoriales de los productos existentes.
+* Controlar y coordinar las actividades de los trabajadores de laboratorio directamente subordinados.</t>
   </si>
   <si>
     <t>* Operating and monitoring machinery and equipment in the chemical production process.
 * Ensuring that all machines are functioning efficiently and safely.
 * Conducting routine maintenance and troubleshooting of equipment to prevent breakdowns.
 * Following safety protocols and adhering to industry regulations to maintain a safe working environment.
 * Measuring and mixing raw materials according to specified formulas and instructions.
 * Recording production data, including quantities produced and quality checks.
 * Collaborating with team members and supervisors to optimize production processes.
 * Performing quality control checks to ensure products meet established standards.
 * Keeping work area clean and organized, adhering to 5S principles.
 * Participating in training programs to enhance skills and knowledge related to machine operation and safety practices.
 * Reporting any issues or malfunctions to the maintenance team promptly.
 * Assisting in the implementation of continuous improvement initiatives to enhance operational efficiency.</t>
   </si>
   <si>
+    <t>* Operar y monitorear maquinaria y equipo en el proceso de producción química.
+* Asegurarse de que todas las máquinas funcionen de manera eficiente y segura.
+* Realizar mantenimiento rutinario y solucionar problemas de equipo para prevenir averías.
+* Seguir protocolos de seguridad y cumplir con regulaciones industriales para mantener un entorno de trabajo seguro.
+* Medir y mezclar materiales crudos según fórmulas e instrucciones especificadas.
+* Registrar datos de producción, incluyendo cantidades producidas y controles de calidad.
+* Colaborar con miembros del equipo y supervisores para optimizar procesos de producción.
+* Realizar controles de calidad para asegurarse de que los productos cumplan con estándares establecidos.
+* Mantener el área de trabajo limpia y organizada, cumpliendo con los principios 5S.
+* Participar en programas de capacitación para mejorar habilidades y conocimientos relacionados con la operación de máquinas y prácticas de seguridad.
+* Informar cualquier problema o falla al equipo de mantenimiento de manera oportuna.
+* Ayudar en la implementación de iniciativas de mejora continua para mejorar la eficiencia operativa.</t>
+  </si>
+  <si>
+    <t>* Inventar nuevos y mejorar procesos tecnológicos existentes.
+* Supervisar el cumplimiento de las formulaciones y los procesos tecnológicos.
+* Gestionar el proceso de preproducción para eliminar cualquier posible deficiencia.
+* Evaluar la calidad de los nuevos productos.
+* Proponer medidas para optimizar los procesos de producción.
+* Analizar las variaciones incurridas junto con los jefes de turno.
+* Redactar y actualizar la documentación tecnológica y/o los dibujos.
+* Cooperar en la preparación de cálculos de precios.</t>
+  </si>
+  <si>
     <t>Commerce</t>
+  </si>
+  <si>
+    <t>Comercio</t>
   </si>
   <si>
     <t>* Responsibility for the sale and presentation of products or services of the company.
 * Market research and monitoring of competitive activities.
 * Reaching out to potential clients with business offers and creating new business contacts.
 * Providing guidance in selecting the appropriate solution according to defined, individual client requirements and needs.
 * Maintaining regular telephone and e-mail communication with clients.
 * Organising and conducting business meetings.
 * Submitting price offers and negotiating the final form of contract terms and conditions.
 * Responsibility for meeting defined business plans and targets.</t>
   </si>
   <si>
+    <t>* Responsabilidad por la venta y presentación de productos o servicios de la empresa.
+* Investigación de mercado y seguimiento de las actividades de la competencia.
+* Contactar con clientes potenciales con ofertas comerciales y crear nuevos contactos comerciales.
+* Brindar orientación en la selección de la solución adecuada de acuerdo con los requisitos y necesidades individuales definidos por el cliente.
+* Mantener comunicación regular por teléfono y correo electrónico con los clientes.
+* Organizar y realizar reuniones comerciales.
+* Presentar ofertas de precios y negociar la forma final de los términos y condiciones del contrato.
+* Responsabilidad por cumplir con los planes y objetivos comerciales definidos.</t>
+  </si>
+  <si>
     <t>Betting Clerk</t>
+  </si>
+  <si>
+    <t>Empleado de apuestas</t>
   </si>
   <si>
     <t>* Conducting betting transactions and managing cash handling procedures.
 * Assisting customers with placing bets and providing information on betting options.
 * Communicating effectively with clients to enhance customer experience and address inquiries.
 * Maintaining cleanliness and organization of the betting area and equipment.
 * Monitoring and reporting any irregularities or discrepancies in betting operations.
 * Ensuring compliance with relevant regulations and company policies.
 * Processing payments and managing cash registers accurately.
 * Providing support during promotional events and special betting occasions.
 * Collaborating with team members to achieve operational goals and improve service quality.
 * Keeping up-to-date with sports events and betting trends to inform clients.</t>
   </si>
   <si>
+    <t>* Realizar transacciones de apuestas y gestionar procedimientos de manejo de efectivo.
+* Ayudar a los clientes a realizar apuestas y proporcionar información sobre opciones de apuestas.
+* Comunicarse de manera efectiva con los clientes para mejorar la experiencia del cliente y atender consultas.
+* Mantener limpios y organizados el área de apuestas y el equipo.
+* Supervisar y reportar cualquier irregularidad o discrepancia en las operaciones de apuestas.
+* Asegurar el cumplimiento de las normas y políticas de la empresa.
+* Procesar pagos y gestionar cajas registradoras con precisión.
+* Brindar apoyo durante eventos promocionales y ocasiones especiales de apuestas.
+* Colaborar con los miembros del equipo para alcanzar objetivos operativos y mejorar la calidad del servicio.
+* Mantenerse actualizado sobre eventos deportivos y tendencias de apuestas para informar a los clientes.</t>
+  </si>
+  <si>
     <t>Bookmaker</t>
+  </si>
+  <si>
+    <t>Corredor de apuestas</t>
   </si>
   <si>
     <t>* Creating, announcing and suspending betting opportunities.
 * Editing the announced rates when necessary.</t>
+  </si>
+  <si>
+    <t>* Crear, anunciar y suspender oportunidades de apuestas.
+* Editar las tarifas anunciadas cuando sea necesario.</t>
   </si>
   <si>
     <t>* Oversee the daily operations and overall performance of the branch, ensuring alignment with company goals and objectives.  
 * Develop and implement strategic plans to drive business growth, profitability, and customer satisfaction.  
 * Lead, mentor, and manage a team of employees, fostering a positive and productive work environment.  
 * Monitor financial performance, including budgeting, forecasting, and cost control, to achieve financial targets.  
 * Build and maintain strong relationships with clients, partners, and stakeholders to enhance the branch's reputation and market presence.  
 * Ensure compliance with company policies, industry regulations, and legal requirements.  
 * Analyze market trends and competitor activities to identify opportunities and risks.  
 * Represent the branch in meetings, negotiations, and community events to promote the organization.  
 * Manage operational challenges and resolve issues to maintain high service standards.  
 * Prepare and present regular reports on branch performance, progress, and challenges to senior management.</t>
   </si>
   <si>
+    <t>* Supervisar las operaciones diarias y el rendimiento general de la sucursal, garantizando la alineación con los objetivos y metas de la empresa.
+* Desarrollar e implementar planes estratégicos para impulsar el crecimiento empresarial, la rentabilidad y la satisfacción del cliente.
+* Liderar, asesorar y gestionar un equipo de empleados, fomentando un entorno laboral positivo y productivo.
+* Monitorear el rendimiento financiero, incluyendo la elaboración de presupuestos, pronósticos y control de costos, para alcanzar los objetivos financieros.
+* Construir y mantener relaciones sólidas con clientes, socios y partes interesadas para mejorar la reputación y presencia en el mercado de la sucursal.
+* Garantizar el cumplimiento de las políticas de la empresa, regulaciones del sector y requisitos legales.
+* Analizar las tendencias del mercado y las actividades de los competidores para identificar oportunidades y riesgos.
+* Representar a la sucursal en reuniones, negociaciones y eventos comunitarios para promover la organización.
+* Gestionar los desafíos operativos y resolver problemas para mantener altos estándares de servicio.
+* Preparar y presentar informes periódicos sobre el rendimiento de la sucursal, el progreso y los desafíos a la alta dirección.</t>
+  </si>
+  <si>
     <t>Business Analyst</t>
+  </si>
+  <si>
+    <t>Analista empresarial</t>
   </si>
   <si>
     <t>* Gathering information about the market and analysing the needs of customers.
 * Reporting analysis results to your superior.
 * Defining the fields of prospective production and business activities on the basis of market research.
 * Evaluating the results of analyses, designing market segments, short-term and long-term plans.
 * Providing recommendations for the future strategy.</t>
   </si>
   <si>
+    <t>* Recopilar información sobre el mercado y analizar las necesidades de los clientes.
+* Informar a su superior sobre los resultados del análisis.
+* Definir los campos de producción y actividad empresarial prospectivos sobre la base de la investigación de mercado.
+* Evaluar los resultados de los análisis, diseñar segmentos de mercado y planes a corto y largo plazo.
+* Proporcionar recomendaciones para la estrategia futura.</t>
+  </si>
+  <si>
     <t>Buying Agent</t>
+  </si>
+  <si>
+    <t>Agente de compras</t>
   </si>
   <si>
     <t>* Responsibility for selecting, the composition, and the final price of ordered goods and services.
 * Monitoring the market, current trends, and competitors' activities.
 * Searching and contacting new suppliers, obtaining preliminary information on the quality, price, and possible delivered quantities.
 * Managing sales negotiations with potential suppliers, negotiation, and agreement on contractual terms and conditions.
 * Analysing price offers, concluding supplier contracts, and placing orders.
 * Preparing flyers and similar activities aimed at supporting sales.
 * Securing the settlement of claims.</t>
   </si>
   <si>
+    <t>* Responsabilidad en la selección, composición y precio final de los bienes y servicios solicitados.
+* Seguimiento del mercado, tendencias actuales y actividades de competidores.
+* Búsqueda y contacto con nuevos proveedores, obtención de información preliminar sobre la calidad, precio y cantidades posibles de entrega.
+* Gestión de negociaciones de ventas con posibles proveedores, negociación y acuerdo de términos y condiciones contractuales.
+* Análisis de ofertas de precios, celebración de contratos con proveedores y realización de pedidos.
+* Preparación de folletos y actividades similares destinadas a apoyar las ventas.
+* Garantizar la resolución de reclamaciones.</t>
+  </si>
+  <si>
     <t>Car salesman</t>
+  </si>
+  <si>
+    <t>Vendedor de coches</t>
   </si>
   <si>
     <t>* Engaging with customers to understand their automotive needs and preferences.
 * Demonstrating vehicle features and benefits to potential buyers.
 * Providing information on financing options, warranties, and after-sales services.
 * Building and maintaining relationships with customers to encourage repeat business.
 * Negotiating sales agreements and closing deals effectively.
 * Keeping up-to-date with industry trends, product knowledge, and market conditions.
 * Collaborating with the sales team to meet and exceed sales targets.
 * Conducting follow-up calls and emails to ensure customer satisfaction post-sale.
 * Maintaining accurate records of sales activities and customer interactions.
 * Participating in promotional events and marketing campaigns to attract new customers.
 * Ensuring compliance with company policies and legal regulations in all sales transactions.
 * Handling customer inquiries and resolving issues in a timely and professional manner.</t>
   </si>
   <si>
+    <t>* Interactuar con los clientes para comprender sus necesidades y preferencias automotrices.
+* Demostrar las características y beneficios de los vehículos a posibles compradores.
+* Proporcionar información sobre opciones de financiamiento, garantías y servicios después de la venta.
+* Construir y mantener relaciones con los clientes para fomentar la repetición de negocios.
+* Negociar contratos de venta y cerrar deals de manera efectiva.
+* Mantenerse actualizado sobre las tendencias del sector, conocimientos de productos y condiciones del mercado.
+* Colaborar con el equipo de ventas para cumplir y superar los objetivos de ventas.
+* Realizar llamadas y correos electrónicos de seguimiento para garantizar la satisfacción del cliente después de la venta.
+* Mantener registros precisos de las actividades de ventas y las interacciones con los clientes.
+* Participar en eventos promocionales y campañas de marketing para atraer a nuevos clientes.
+* Asegurar el cumplimiento de las políticas de la empresa y las regulaciones legales en todas las transacciones de venta.
+* Atender las consultas de los clientes y resolver problemas de manera oportuna y profesional.</t>
+  </si>
+  <si>
     <t>* Recording of shopping items in the cash register.
 * Cancellation of incorrectly charged items.
 * Checking the price and nature of charged items.
 * Accepting cash in domestic and foreign currency, meal tickets, shopping vouchers and payment cards; issuing cash for the purchase made.
 * Selling complementary goods in the vicinity of the cash desk.
 * Performing sensory control of received banknotes and vouchers, complying with internal guidelines and safety procedures.
 * Responsibility for the cash in the cash register, recounting and delivering of the daily receipts.
 * Maintaining a clean and tidy workplace.</t>
   </si>
   <si>
+    <t>* Registro de artículos de compra en la caja registradora.
+* Cancelación de artículos cobrados incorrectamente.
+* Verificación del precio y naturaleza de los artículos cobrados.
+* Aceptación de efectivo en moneda nacional y extranjera, vales de comida, vales de compra y tarjetas de pago; entrega de efectivo por las compras realizadas.
+* Venta de bienes complementarios en las inmediaciones de la caja.
+* Realización del control sensorial de billetes y vales recibidos, cumpliendo con las directrices internas y procedimientos de seguridad.
+* Responsabilidad por el efectivo en la caja registradora, recontar y entregar los ingresos diarios.
+* Mantenimiento de un lugar de trabajo limpio y ordenado.</t>
+  </si>
+  <si>
     <t>Complaints Department Clerk</t>
+  </si>
+  <si>
+    <t>Empleado del departamento de reclamaciones</t>
   </si>
   <si>
     <t>* Handling complaints from customers to their general satisfaction.
 * Issuing goods under complaint to customers.
 * Carrying responsibility for goods returned by customers.
 * Informing customers about their complaint rights.
 * Communicating with suppliers.
 * Analysing causes of complaints.
 * Keeping records of complaints received and handled.</t>
   </si>
   <si>
+    <t>* Atender quejas de clientes hasta su satisfacción general.
+* Entregar artículos reclamados a los clientes.
+* Llevar la responsabilidad de los productos devueltos por los clientes.
+* Informar a los clientes sobre sus derechos en cuanto a reclamaciones.
+* Comunicarse con los proveedores.
+* Analizar las causas de las quejas.
+* Mantener registros de las quejas recibidas y atendidas.</t>
+  </si>
+  <si>
     <t>Customer Relationship Manager</t>
+  </si>
+  <si>
+    <t>Gestor de relaciones con clientes</t>
   </si>
   <si>
     <t>* Leadership over the key account department.
 * Proactively leads the business’s strategic account planning processes and develops performance objectives, sales targets, and critical milestones for weekly/monthly/annual periods.
 * Leads the department in assessing, clarifying, and validating consumer needs on a regular basis.
 * Is accountable for the achievement of the department’s assigned targets for profitable sales volume and achievement of the business’s overall objectives
 * Develops and maintains healthy relationships with senior managers for all key accounts in order to guarantee their smooth execution.
 * Gathers data and information both from his own initiatives and from junior key account management compiling it, analyzing it, and creating formal reports and presentations that will be used collaboratively with senior key account management 
 * Formulation of decisions and strategies.</t>
   </si>
   <si>
+    <t>* Liderazgo sobre el departamento de cuentas clave.
+* Lidera proactivamente los procesos de planificación estratégica de cuentas de la empresa y desarrolla objetivos de rendimiento, metas de ventas y hitos críticos para períodos semanales/mensuales/anuales.
+* Dirige el departamento en la evaluación, aclaración y validación periódica de las necesidades de los consumidores.
+* Es responsable del logro de los objetivos asignados al departamento en cuanto a volumen de ventas rentables y logro de los objetivos generales de la empresa.
+* Desarrolla y mantiene relaciones saludables con gerentes senior de todas las cuentas clave para garantizar su ejecución fluida.
+* Recopila datos e información tanto por iniciativa propia como de la gestión de cuentas clave junior, los compila, analiza y crea informes y presentaciones formales que se utilizarán en colaboración con la gestión senior de cuentas clave.
+* Formulación de decisiones y estrategias.</t>
+  </si>
+  <si>
     <t>Deputy shop manager</t>
+  </si>
+  <si>
+    <t>Subdirector de la tienda</t>
   </si>
   <si>
     <t xml:space="preserve">* Independently managing the store during the absence of the store manager. 
 * Leading and motivating colleagues.
 * Supporting and coordinating the personal development of colleagues. 
 * Organizing, accompanying and developing employees during their on-the-job training period, as well as during the performance of their day-to-day work. 
 * HR planning.
 * Responsibility for process optimization, for the analysis and planning of indicators and for checking documents. 
 * Preparation, implementation and management of stock-taking.
 * Responsibility for leading and organizing a specific work shift. 
 * Handling paperwork related to the operation of the store.
 * Ordering goods with the aim of ensuring their availability. 
 * Influencing both the visual appearance of the retail space and customer satisfaction. </t>
   </si>
   <si>
+    <t>* Gestionar de forma independiente la tienda durante la ausencia del gerente de la tienda.
+* Liderar y motivar a los colegas.
+* Apoyar y coordinar el desarrollo personal de los colegas.
+* Organizar, acompañar y desarrollar a los empleados durante su período de formación en el lugar de trabajo, así como durante el desempeño de sus tareas diarias.
+* Planificación de recursos humanos.
+* Responsabilidad por la optimización de procesos, por el análisis y planificación de indicadores y por la verificación de documentos.
+* Preparación, implementación y gestión de inventarios.
+* Responsabilidad por liderar y organizar un turno de trabajo específico.
+* Manejo de la documentación relacionada con la operación de la tienda.
+* Solicitud de mercancías con el objetivo de garantizar su disponibilidad.
+* Influencia tanto en la apariencia visual del espacio comercial como en la satisfacción del cliente.</t>
+  </si>
+  <si>
     <t>Distribution Clerk</t>
+  </si>
+  <si>
+    <t>Empleado de distribución</t>
   </si>
   <si>
     <t>* Drawing up marketing schedules.
 * Ensuring contact with customers and keeping their records.
 * Monitoring marketing costs and prices.
 * Coordinating the marketing with other sections in the company.
 * Ensuring the marketing of products, services and goods to a company pursuant to the requirements of customers and the needs of the company.</t>
   </si>
   <si>
+    <t>* Elaborar calendarios de marketing.
+* Garantizar el contacto con los clientes y mantener sus registros.
+* Supervisar los costos y precios de marketing.
+* Coordinar el marketing con otras secciones de la empresa.
+* Garantizar la comercialización de productos, servicios y bienes para una empresa de acuerdo con los requisitos de los clientes y las necesidades de la empresa.</t>
+  </si>
+  <si>
     <t>E-Commerce Manager</t>
+  </si>
+  <si>
+    <t>Director de comercio electrónico</t>
   </si>
   <si>
     <t>* Managing the operation of one or more online stores.
 * Responsibility for meeting the defined business and marketing objectives.
 * Managing, leading, motivating, and evaluating subordinate employees.
 * Proposing new website functions.
 * Designing advertising campaigns to increase profits.
 * Evaluating the success of advertising campaigns.
 * Searching for new business partners.
 * Negotiating contractual terms and conditions with suppliers and business partners.</t>
   </si>
   <si>
+    <t>* Gestionar la operación de una o más tiendas en línea.
+* Responsabilidad de cumplir los objetivos comerciales y de marketing definidos.
+* Administrar, dirigir, motivar y evaluar a los empleados subordinados.
+* Proponer nuevas funciones de sitios web.
+* Diseñar campañas publicitarias para aumentar las ganancias.
+* Evaluar el éxito de las campañas publicitarias.
+* Buscar nuevos socios comerciales.
+* Negociar términos y condiciones contractuales con proveedores y socios comerciales.</t>
+  </si>
+  <si>
     <t>E-Commerce Specialist</t>
+  </si>
+  <si>
+    <t>Especialista en comercio electrónico</t>
   </si>
   <si>
     <t>* Monitoring and analysing the behaviour of visitors and customers of an online store.
 * Collecting comments regarding changes in the functionality and user interface.
 * Proposing changes to enhance the functionality and user interface to the superior.
 * Dealing with persons interested in using the services of the Internet store.</t>
   </si>
   <si>
+    <t>* Supervisión y análisis del comportamiento de visitantes y clientes de una tienda en línea.
+* Recopilación de comentarios sobre cambios en la funcionalidad y la interfaz de usuario.
+* Propuesta de cambios para mejorar la funcionalidad y la interfaz de usuario al superior.
+* Atención a personas interesadas en utilizar los servicios de la tienda de Internet.</t>
+  </si>
+  <si>
     <t>Expert Shop Assistant</t>
+  </si>
+  <si>
+    <t>Vendedor experto</t>
   </si>
   <si>
     <t>* Contacting potential customers with the goal of offering and promoting selected goods and/or services.
 * Customer service and demonstrations of selected products.
 * Providing professional consulting services.
 * Collecting cash and non-cash payments.
 * Issuing receipts for purchased goods and warranty sheets.
 * Placing products on shelves and in other points of sale locations.
 * Responsibility for the proper marking of the prices and names of merchandise.
 * Securing merchandise against theft or damage.
 * Participating in regular inventory activities.
 * Maintaining cleanliness and order on the worksite.
 * Responsibility for the cash in the cash registers.</t>
   </si>
   <si>
+    <t>* Contactar con clientes potenciales con el objetivo de ofrecer y promocionar bienes y servicios seleccionados.
+* Atención al cliente y demostraciones de productos seleccionados.
+* Prestación de servicios de asesoramiento profesional.
+* Recaudación de pagos en efectivo y no en efectivo.
+* Emisión de recibos por bienes comprados y hojas de garantía.
+* Colocación de productos en estanterías y otros puntos de venta.
+* Responsabilidad por la etiquetación correcta de precios y nombres de mercancías.
+* Protección de mercancías contra robo o daño.
+* Participación en actividades de inventario periódicas.
+* Mantenimiento de la limpieza y el orden en el lugar de trabajo.
+* Responsabilidad por el dinero en las cajas registradoras.</t>
+  </si>
+  <si>
     <t>Junior Sales Representative</t>
+  </si>
+  <si>
+    <t>Representante de ventas junior</t>
   </si>
   <si>
     <t>* Responsibility for the presentation and sale of a selected range of products and services, or for the sales within the entrusted region.
 * Identifying potential customers on the basis of specified criteria.
 * Maintaining good relations with new and existing customers.
 * Identifying customers’ needs.
 * Responsibility for the fulfilment of personal sales plans.
 * Processing reports on sales results.</t>
   </si>
   <si>
+    <t>* Responsabilidad por la presentación y venta de una gama seleccionada de productos y servicios, o por las ventas dentro de la región encomendada.
+* Identificar a potenciales clientes en función de criterios específicos.
+* Mantener buenas relaciones con clientes nuevos y existentes.
+* Identificar las necesidades de los clientes.
+* Responsabilidad por el cumplimiento de los planes de ventas personales.
+* Procesar informes sobre los resultados de ventas.</t>
+  </si>
+  <si>
     <t>Key Account Manager</t>
+  </si>
+  <si>
+    <t>Key account manager/gerente de cuentas clave</t>
   </si>
   <si>
     <t>* Building and maintaining business relationships with selected key clients.
 * Identification of potential key clients on the market and their progressive acquisition.
 * Participation in preparing sales plans.
 * Responsibility for meeting defined sales goals and financial results.
 * Monitoring the activities of competitors, the situation on the market, and the completion of market analysis.
 * Preparing and holding client presentations.
 * Representing and presenting the company at business meetings in line with corporate strategy.
 * Completing price calculations, negotiation of contractual terms and conditions.</t>
   </si>
   <si>
+    <t>* Establecer y mantener relaciones comerciales con clientes clave seleccionados.
+* Identificación de clientes clave potenciales en el mercado y su adquisición progresiva.
+* Participación en la preparación de planes de ventas.
+* Responsabilidad por alcanzar objetivos de ventas y resultados financieros definidos.
+* Monitoreo de las actividades de los competidores, la situación en el mercado y la realización de análisis de mercado.
+* Preparación y realización de presentaciones para clientes.
+* Representar y presentar la empresa en reuniones de negocios de acuerdo con la estrategia corporativa.
+* Realización de cálculos de precios, negociación de términos y condiciones contractuales.</t>
+  </si>
+  <si>
     <t>Kitchen Designer</t>
+  </si>
+  <si>
+    <t>Diseñador de cocinas</t>
   </si>
   <si>
     <t>* Collaborating with clients to understand their kitchen design needs and preferences.
 * Creating functional and aesthetically pleasing kitchen layouts using design software.
 * Selecting appropriate materials, colors, and finishes for cabinetry, countertops, and appliances.
 * Providing clients with detailed product information and recommendations to enhance their kitchen experience.
 * Preparing and presenting design proposals, including 3D renderings and samples.
 * Ensuring compliance with safety and building regulations in kitchen designs.
 * Managing the project timeline from concept to installation, coordinating with contractors and suppliers.
 * Maintaining up-to-date knowledge of current trends in kitchen design and technology.
 * Building and nurturing relationships with clients to encourage repeat business and referrals.
 * Conducting follow-ups with clients post-installation to ensure satisfaction and address any concerns.
 * Assisting in the showroom by displaying products effectively and maintaining an inviting atmosphere.
 * Training and mentoring junior design staff in best practices and customer service techniques.</t>
   </si>
   <si>
+    <t>* Colaborar con los clientes para comprender sus necesidades y preferencias en cuanto al diseño de la cocina.
+* Crear diseños de cocina funcionales y visualmente atractivos utilizando software de diseño.
+* Seleccionar materiales, colores y acabados adecuados para armarios, encimeras y electrodomésticos.
+* Proporcionar a los clientes información detallada y recomendaciones sobre productos para mejorar su experiencia en la cocina.
+* Preparar y presentar propuestas de diseño, incluyendo renderizaciones 3D y muestras.
+* Garantizar el cumplimiento de las normas de seguridad y construcción en los diseños de cocina.
+* Gestionar el cronograma del proyecto desde su concepción até la instalación, coordinando con contratistas y proveedores.
+* Mantener conocimientos actualizados sobre las tendencias actuales en diseño de cocina y tecnología.
+* Construir y cuidar relaciones con los clientes para fomentar el negocio repetido y las referencias.
+* Realizar seguimientos con los clientes después de la instalación para asegurarse de su satisfacción y abordar cualquier inquietud.
+* Asistir en la sala de exposición mostrando productos de forma efectiva y manteniendo un ambiente atractivo.
+* Capacitar y mentorizar al personal de diseño júnior en las mejores prácticas y técnicas de servicio al cliente.</t>
+  </si>
+  <si>
     <t>Online shop administrator</t>
+  </si>
+  <si>
+    <t>Administrador de la tienda online</t>
   </si>
   <si>
     <t>* Overseeing the daily operations of the online shop, ensuring a smooth customer experience.
 * Managing product listings, including adding new products, updating descriptions, and optimizing images.
 * Monitoring inventory levels and coordinating with suppliers to restock items as needed.
 * Processing customer orders and ensuring timely fulfillment and shipping.
 * Handling customer inquiries and resolving issues via email, chat, and phone in a professional manner.
 * Implementing promotional strategies and marketing campaigns to drive online sales.
 * Analyzing sales data and website traffic to identify trends and improve performance.
 * Collaborating with the marketing team to enhance the online presence of the shop.
 * Maintaining accurate records of sales, returns, and customer interactions.
 * Ensuring compliance with e-commerce regulations and standards for online sales.
 * Utilizing e-commerce platforms and software to streamline operations and improve efficiency.
 * Providing regular reports on performance metrics and suggesting improvements.
 * Assisting with the development and maintenance of the online shop’s user interface for optimal customer engagement.</t>
   </si>
   <si>
+    <t>* Supervisar las operaciones diarias de la tienda en línea, garantizando una experiencia suave para el cliente.
+* Gestionar las listas de productos, incluyendo agregar nuevos productos, actualizar descripciones y optimizar imágenes.
+* Monitorear los niveles de inventario y coordinar con proveedores para reabastecer artículos según sea necesario.
+* Procesar pedidos de clientes y garantizar el cumplimiento y envío oportuno.
+* Manejar consultas de clientes y resolver problemas a través de correo electrónico, chat y teléfono de manera profesional.
+* Implementar estrategias promocionales y campañas de marketing para impulsar las ventas en línea.
+* Analizar datos de ventas y tráfico web para identificar tendencias y mejorar el rendimiento.
+* Colaborar con el equipo de marketing para mejorar la presencia en línea de la tienda.
+* Mantener registros precisos de ventas, devoluciones y interacciones con clientes.
+* Garantizar el cumplimiento de las regulaciones y estándares de comercio electrónico para las ventas en línea.
+* Utilizar plataformas y software de comercio electrónico para agilizar las operaciones y mejorar la eficiencia.
+* Proporcionar informes periódicos sobre métricas de rendimiento y sugerir mejoras.
+* Asistir en el desarrollo y mantenimiento de la interfaz de usuario de la tienda en línea para una participación óptima del cliente.</t>
+  </si>
+  <si>
     <t>* Creating business solutions, processes and business models.
 * Processing technical and price proposals.
 * Designing and implementing measures for development.
 * Promoting the sale of products with respect to technical and procedural aspects and relations with suppliers.
 * Managing the relative technical and commercial documentation.
 * Analysing market conditions, processing the results of market analysis, providing regular reports on the results and their presentation.
 * Cooperating with business and technical section of the company.
 * Representing the company in meetings with business partners and other entities.</t>
   </si>
   <si>
+    <t>* Crear soluciones empresariales, procesos y modelos de negocio.
+* Procesar propuestas técnicas y de precios.
+* Diseñar e implementar medidas para el desarrollo.
+* Promover la venta de productos en cuanto a aspectos técnicos y procedimentales y relaciones con proveedores.
+* Gestionar la documentación técnica y comercial correspondiente.
+* Analizar las condiciones del mercado, procesar los resultados del análisis de mercado, proporcionar informes periódicos sobre los resultados y su presentación.
+* Colaborar con la sección empresarial y técnica de la empresa.
+* Representar a la empresa en reuniones con socios comerciales y otras entidades.</t>
+  </si>
+  <si>
     <t>Promotional Assistant</t>
+  </si>
+  <si>
+    <t>Asistente de promoción</t>
   </si>
   <si>
     <t>* Conducting daily product promotions, including events in shopping centers, sponsorships, and various activities such as music and sports events.
 * Engaging with potential customers to inform them about products and services.
 * Presenting and demonstrating products to enhance customer understanding and interest.
 * Collaborating with team members to strategize on effective promotional techniques and approaches.
 * Collecting feedback from customers to improve promotional strategies and product offerings.
 * Maintaining a professional appearance and demeanor while representing the brand at promotional events.
 * Assisting in the organization and execution of promotional events and campaigns.
 * Tracking and reporting on promotional activities and outcomes to management.
 * Building and maintaining relationships with customers and event organizers to foster brand loyalty.
 * Adhering to company policies and procedures while ensuring a positive customer experience.</t>
   </si>
   <si>
+    <t>* Realizar promociones de productos diarias, incluidos eventos en centros comerciales, patrocinios y diversas actividades como eventos musicales y deportivos.
+* Interactuar con clientes potenciales para informarles sobre productos y servicios.
+* Presentar y demostrar productos para mejorar la comprensión y el interés de los clientes.
+* Colaborar con los miembros del equipo para diseñar técnicas y enfoques promocionales efectivos.
+* Recopilar comentarios de los clientes para mejorar las estrategias promocionales y las ofertas de productos.
+* Mantener una apariencia y actitud profesional al representar la marca en eventos promocionales.
+* Ayudar en la organización y ejecución de eventos y campañas promocionales.
+* Realizar un seguimiento y presentar informes sobre las actividades promocionales y los resultados a la gerencia.
+* Construir y mantener relaciones con clientes y organizadores de eventos para fomentar la lealtad a la marca.
+* Cumplir con las políticas y procedimientos de la empresa al garantizar una experiencia positiva para los clientes.</t>
+  </si>
+  <si>
     <t>Retail Store Manager</t>
+  </si>
+  <si>
+    <t>Gerente de tienda</t>
   </si>
   <si>
     <t>* Ensuring the smooth operation of a point of sale/shop.
 * Responsibility for sales results and for meeting defined financial plans.
 * Ordering goods and services depending on the balance of stocks and other circumstances. 
 * Hiring and training new staff.
 * Managing, motivating, and evaluating staff, developing their professional skills and abilities.
 * Completing a roster for work shifts, assigning work activities within the shop.
 * Supervising the quality of goods and services provided to customers.
 * Receiving complaints from customers, resolving claims pursuant to the valid legislation and internal regulations.
 * Collecting daily revenues and securing their proper turnover.
 * Performing regular, ongoing and spot inventories of goods in stock.
 * Managing all the required documentation and other materials for payroll purposes.</t>
   </si>
   <si>
+    <t>* Asegurar el funcionamiento fluido de un punto de venta/tienda.
+* Responsabilidad por los resultados de las ventas y por cumplir con los planes financieros definidos.
+* Pedido de bienes y servicios según el saldo de existencias y otras circunstancias.
+* Contratación y formación de nuevo personal.
+* Gestión, motivación y evaluación del personal, desarrollando sus habilidades y capacidades profesionales.
+* Elaboración de un cuadro de turnos de trabajo, asignación de actividades laborales dentro de la tienda.
+* Supervisión de la calidad de los bienes y servicios proporcionados a los clientes.
+* Recepción de reclamos de los clientes, resolución de reclamaciones de acuerdo con la legislación vigente y los reglamentos internos.
+* Recaudación de ingresos diarios y aseguramiento de su adecuada rotación.
+* Realización de inventarios regulares, continuos y puntuales de los bienes en stock.
+* Gestión de toda la documentación requerida y otros materiales para fines de nómina.</t>
+  </si>
+  <si>
     <t>Sales Consultant</t>
+  </si>
+  <si>
+    <t>Asesor de ventas</t>
   </si>
   <si>
     <t>* Answering customers' questions about products, prices, availability, product and service uses.
 * Analyzing market conditions in order to determine optimum service to clients.
 * Reading corporate reports and calculating ratios to determine the best prospects for profit.
 * Negotiating details of contracts and payments, preparing sales contracts and order forms.
 * Preparing drawings, estimates and bids that meet specific customer needs.
 * Recommending products to customers based on customers' needs and interests.
 * Assisting and advising customers in choosing services.</t>
   </si>
   <si>
+    <t>* Responder a las preguntas de los clientes sobre productos, precios, disponibilidad y usos de productos y servicios.
+* Analizar las condiciones del mercado para determinar el servicio óptimo para los clientes.
+* Leer informes corporativos y calcular ratios para determinar las mejores perspectivas de beneficio.
+* Negociar los detalles de los contratos y pagos, preparar contratos de venta y formularios de pedido.
+* Preparar dibujos, estimaciones y ofertas que satisfagan las necesidades específicas de los clientes.
+* Recomendar productos a los clientes en función de las necesidades e intereses de estos.
+* Asistir y asesorar a los clientes en la elección de servicios.</t>
+  </si>
+  <si>
     <t>Sales coordinator</t>
+  </si>
+  <si>
+    <t>Coordinador de ventas</t>
   </si>
   <si>
     <t>* Co-ordination of the sales team by managing plans, storing important documents and communicating relevant information.
 * Ensuring the adequacy of equipment or materials related to sales.
 * Responding to customers' complaints and providing post-sales support on demand.
 * Monitoring financial data and sales team goals and co-ordinating the activity of sales people.
 * Communicating with partners with the goal of maintaining existing and creating new business relationships.</t>
   </si>
   <si>
+    <t>* Coordinación del equipo de ventas mediante la gestión de planes, el almacenamiento de documentos importantes y la comunicación de información relevante.
+* Garantizar la adecuación del equipo o materiales relacionados con las ventas.
+* Atender las quejas de los clientes y brindar soporte posventa a demanda.
+* Monitorear datos financieros y objetivos del equipo de ventas y coordinar la actividad de los vendedores.
+* Comunicarse con socios con el objetivo de mantener las relaciones comerciales existentes y crear nuevas.</t>
+  </si>
+  <si>
     <t>Sales Engineer</t>
+  </si>
+  <si>
+    <t>Ingeniero de ventas</t>
   </si>
   <si>
     <t>* Establishing new, and maintaining existing, long-term relationships with customers.
 * Providing pre-sales technical assistance and product education.
 * Making technical presentations and demonstrating how a product meets client needs.
 * Handling technical documentation, preparation of required technical information on products and systems, help with the preparation of contracts from the technical point of view.
 * Managing and interpreting customer requirements.
 * Negotiating tender and closing sales by agreeing terms and conditions.
 * Meeting regular sales targets and coordinating sales projects.
 * Liaising with other members of the sales team and other technical experts.
 * Providing training and producing support material for other members of the sales team.
 * Offering after-sales support services.
 * Helping with the design of custom-made products.</t>
   </si>
   <si>
+    <t>* Establecer nuevas relaciones a largo plazo con clientes y mantener las existentes.
+* Proporcionar asistencia técnica previa a la venta y educación sobre productos.
+* Realizar presentaciones técnicas y demostrar cómo un producto satisface las necesidades del cliente.
+* Manejar la documentación técnica, preparar la información técnica necesaria sobre productos y sistemas, y ayudar con la preparación de contratos desde el punto de vista técnico.
+* Gestionar e interpretar los requisitos de los clientes.
+* Negociar licitaciones y cerrar ventas acordando términos y condiciones.
+* Cumplir con los objetivos de ventas regulares y coordinar proyectos de ventas.
+* Coordinar con otros miembros del equipo de ventas y con otros expertos técnicos.
+* Proporcionar capacitación y elaborar material de apoyo para otros miembros del equipo de ventas.
+* Ofrecer servicios de apoyo después de la venta.
+* Colaborar en el diseño de productos personalizados.</t>
+  </si>
+  <si>
     <t>Sales Object Manager</t>
+  </si>
+  <si>
+    <t>Gerente comercial</t>
   </si>
   <si>
     <t>* Overseeing daily operations of the sales facility to ensure a high level of customer satisfaction.
 * Leading and motivating the sales team to achieve sales targets and improve performance.
 * Developing and implementing sales strategies to maximize revenue and market share.
 * Analyzing sales data and market trends to identify opportunities for growth.
 * Coordinating with marketing teams to align promotional activities and campaigns with sales objectives.
 * Managing inventory levels, ensuring product availability, and overseeing stock replenishment.
 * Training and mentoring sales staff on product knowledge, sales techniques, and customer service best practices.
 * Establishing and maintaining relationships with key clients and stakeholders to enhance business partnerships.
 * Conducting regular performance evaluations and providing constructive feedback to team members.
 * Preparing and presenting sales reports to upper management, highlighting achievements and areas for improvement.
 * Ensuring compliance with company policies and procedures, as well as legal regulations.
 * Handling customer inquiries and resolving issues in a timely and professional manner.</t>
   </si>
   <si>
+    <t>* Supervisar las operaciones diarias de la instalación de ventas para garantizar un alto nivel de satisfacción del cliente.
+* Liderar y motivar al equipo de ventas para alcanzar los objetivos de ventas y mejorar el rendimiento.
+* Desarrollar e implementar estrategias de ventas para maximizar los ingresos y la cuota de mercado.
+* Analizar datos de ventas y tendencias del mercado para identificar oportunidades de crecimiento.
+* Coordinar con los equipos de marketing para alinear las actividades y campañas promocionales con los objetivos de ventas.
+* Gestionar los niveles de inventario, garantizar la disponibilidad de productos y supervisar la reposición de existencias.
+* Capacitar y orientar al personal de ventas sobre conocimientos de productos, técnicas de ventas y mejores prácticas de servicio al cliente.
+* Establecer y mantener relaciones con clientes clave y partes interesadas para mejorar las asociaciones empresariales.
+* Realizar evaluaciones de desempeño periódicas y brindar retroalimentación constructiva a los miembros del equipo.
+* Preparar y presentar informes de ventas a la administración superior, destacando logros y áreas para mejorar.
+* Asegurar el cumplimiento de las políticas y procedimientos de la empresa, así como las regulaciones legales.
+* Atender consultas de los clientes y resolver problemas de manera oportuna y profesional.</t>
+  </si>
+  <si>
     <t>Sales Officer</t>
+  </si>
+  <si>
+    <t>Oficial de ventas</t>
   </si>
   <si>
     <t>* Communication with the company's suppliers and customers in mother and foreign languages.
 * Completion of price offers based on customer requirements.
 * Administration of created and cancelled orders.
 * Entering information into the computer system.
 * Preparing the materials used for accounting.</t>
   </si>
   <si>
+    <t>* Comunicación con los proveedores y clientes de la empresa en idioma materno y extranjeros.
+* Elaboración de ofertas de precios según los requisitos de los clientes.
+* Administración de pedidos creados y cancelados.
+* Introducción de información en el sistema informático.
+* Preparación de materiales utilizados para contabilidad.</t>
+  </si>
+  <si>
     <t>Sales Representative</t>
+  </si>
+  <si>
+    <t>Representante comercial</t>
   </si>
   <si>
     <t>* Looking for potential clients within an assigned region.
 * Presenting and promoting goods or services.
 * Monitoring the stock levels of goods at different locations and accepting orders.
 * Providing professional advice to customers and resolving claims.
 * Performing supporting marketing activities at facilities.
 * Monitoring the market, current trends, and competitors' activities.
 * Responsibility for the fulfilment of a personal sales plan.
 * Reporting sales results to a direct superior.</t>
   </si>
   <si>
+    <t>* Buscar clientes potenciales dentro de una región asignada.
+* Presentar y promocionar productos o servicios.
+* Monitorear los niveles de stock de productos en diferentes ubicaciones y aceptar pedidos.
+* Brindar asesoramiento profesional a los clientes y resolver reclamos.
+* Realizar actividades de marketing de soporte en las instalaciones.
+* Monitorear el mercado, las tendencias actuales y las actividades de los competidores.
+* Responsabilizarse del cumplimiento de un plan de ventas personal.
+* Informar los resultados de ventas a un superior directo.</t>
+  </si>
+  <si>
     <t>Seller / Cashier</t>
+  </si>
+  <si>
+    <t>Vendedor/cajero</t>
   </si>
   <si>
     <t>* Assisting customers with product selection and inquiries.
 * Processing sales transactions accurately and efficiently.
 * Handling cash, credit, and debit transactions while ensuring compliance with company policies.
 * Maintaining a clean and organized checkout area.
 * Providing exceptional customer service to enhance the shopping experience.
 * Managing inventory by restocking shelves and ensuring product availability.
 * Addressing customer complaints and resolving issues in a professional manner.
 * Ensuring compliance with health and safety regulations.
 * Collaborating with team members to achieve sales targets and promote store promotions.
 * Keeping up-to-date with product knowledge and store policies to assist customers effectively.
 * Performing daily cash reconciliations and reporting discrepancies to management.
 * Assisting in the training of new staff members as needed.
 * Participating in store meetings and contributing to team efforts to improve service and sales.</t>
   </si>
   <si>
+    <t>* Asistir a los clientes en la selección de productos y consultas.
+* Procesar transacciones de venta de manera precisa y eficiente.
+* Manejar transacciones en efectivo, crédito y débito garantizando el cumplimiento de las políticas de la empresa.
+* Mantener el área de pago limpio y organizado.
+* Ofrecer un servicio al cliente excepcional para mejorar la experiencia de compra.
+* Administrar el inventario mediante la reposición de estantes y garantizando la disponibilidad de productos.
+* Resolver reclamos de clientes y solucionar problemas de manera profesional.
+* Garantizar el cumplimiento de las regulaciones de salud y seguridad.
+* Colaborar con otros miembros del equipo para lograr los objetivos de venta y promover las promociones de la tienda.
+* Actualizar constantemente los conocimientos de los productos y las políticas de la tienda para asistir a los clientes de manera efectiva.
+* Realizar conciliaciones diarias de efectivo e informar discrepancias a la gerencia.
+* Ayudar en la capacitación de nuevos empleados según sea necesario.
+* Participar en reuniones de tienda y contribuir a los esfuerzos del equipo para mejorar el servicio y las ventas.</t>
+  </si>
+  <si>
     <t>Senior Sales Representative</t>
+  </si>
+  <si>
+    <t>Representante de ventas senior</t>
   </si>
   <si>
     <t>* Responsibility for a professional presentation and the sale of products to key customers within the entrusted region.
 * Responsibility for increasing the sales of goods and services within the entrusted region.
 * Identifying potential customers on the basis of specified criteria.
 * Maintaining a privileged relationship with key customers.
 * Identifying and analysing customer needs.
 * Responsibility for the fulfilment of personal sales plans.
 * Selecting, training, coordinating, motivating, and evaluating subordinate sales representatives.
 * Processing and analysing reports on the sales results.</t>
   </si>
   <si>
+    <t>* Responsabilidad de presentar los productos de manera profesional y venderlos a los clientes clave dentro de la región asignada.
+* Responsabilidad de aumentar las ventas de bienes y servicios dentro de la región asignada.
+* Identificación de clientes potenciales según criterios específicos.
+* Mantenimiento de una relación privilegiada con los clientes clave.
+* Identificación y análisis de las necesidades de los clientes.
+* Responsabilidad de cumplir con los planes de ventas personales.
+* Selección, formación, coordinación, motivación y evaluación de representantes de ventas subordinados.
+* Procesamiento y análisis de informes sobre los resultados de ventas.</t>
+  </si>
+  <si>
     <t>Shelf Stacker/Merchandiser</t>
+  </si>
+  <si>
+    <t>Mercaderista</t>
   </si>
   <si>
     <t>* Placing products on shelves and in secondary points of sale locations.
 * Checking the state and quantity of goods on the shelves in the store and in the warehouse.
 * Repositioning and arranging goods at points of sale to increase their marketability.
 * Checking the expiry dates, removing expired goods from shelves.
 * Verifying prices of displayed goods, competitive price monitoring.</t>
   </si>
   <si>
+    <t>* Colocar productos en estantes y en ubicaciones secundarias de puntos de venta.
+* Verificar el estado y la cantidad de mercancías en los estantes de la tienda y en el almacén.
+* Reposicionar y organizar mercancías en puntos de venta para aumentar su comercialización.
+* Verificar las fechas de caducidad y retirar productos caducados de los estantes.
+* Verificar los precios de los productos expuestos, monitoreo de precios competitivos.</t>
+  </si>
+  <si>
     <t>Shop Assistant</t>
+  </si>
+  <si>
+    <t>Vendedor</t>
   </si>
   <si>
     <t>* Addressing potential customers with the goal of offering and promoting the sale of merchandise and/or services.
 * Customer service and demonstrating selected products.
 * Collecting cash and non-cash payments.
 * Issuing receipts for purchased goods and warranty sheets.
 * Placing products on shelves and in other points of sale locations.
 * Responsibility for the proper marking of the price and name of the merchandise.
 * Securing merchandise against theft or damage.
 * Participating in regular inventory activities.
 * Maintaining cleanliness and order on the worksite.
 * Responsibility for the cash in the cash registers.</t>
   </si>
   <si>
+    <t>* Atender a clientes potenciales con el objetivo de ofrecer y promocionar la venta de mercaderías y/o servicios.
+* Brindar servicio al cliente y demostrar productos seleccionados.
+* Recolectar pagos en efectivo y no en efectivo.
+* Emitir recibos por bienes comprados y hojas de garantía.
+* Colocar productos en estantes y en otros puntos de venta.
+* Responsabilidad por la marcación correcta del precio y el nombre de la mercadería.
+* Proteger la mercadería contra el robo o daño.
+* Participar en actividades regulares de inventario.
+* Mantener la limpieza y el orden en el lugar de trabajo.
+* Responsabilidad por el dinero en las cajas registradoras.</t>
+  </si>
+  <si>
     <t>Shop Window Decorator</t>
+  </si>
+  <si>
+    <t>Decorador de escaparates</t>
   </si>
   <si>
     <t>* Designing and creating conceptual sketches for the final appearance of shop windows or stands.
 * Developing detailed color sketches and models that illustrate the final layout with all elements included.
 * Crafting accompanying texts and product information, processing them either digitally or manually.
 * Designing promotional materials such as flyers, posters, advertisements, banners, sales catalogs, and packaging.
 * Preparing financial plans relevant to the area of work and sourcing competitive offers for executing related tasks.
 * Overseeing the implementation of projects to ensure alignment with the initial creative concepts.
 * Collaborating with marketing and sales teams to ensure consistency in branding and messaging across displays.
 * Staying updated on current design trends and retail strategies to enhance visual merchandising.
 * Ensuring that all displays are visually appealing and effectively showcase products to attract customers.
 * Managing time efficiently to meet deadlines and maintain high standards of quality in all design work.</t>
   </si>
   <si>
+    <t>* Diseñar y crear bocetos conceptuales para la apariencia final de escaparates o stands.
+* Desarrollar bocetos detallados en color y modelos que ilustren la disposición final con todos los elementos incluidos.
+* Crear textos y información de productos accompañantes, procesándolos de forma digital o manual.
+* Diseñar materiales promocionales como folletos, carteles, anuncios, pancartas, catálogos de ventas y embalajes.
+* Preparar planes financieros relevantes para el área de trabajo y buscar ofertas competitivas para ejecutar tareas relacionadas.
+* Supervisar la implementación de proyectos para garantizar la alineación con los conceptos creativos iniciales.
+* Colaborar con los equipos de marketing y ventas para garantizar la consistencia en la marca y el mensaje a través de los mostradores.
+* Mantenerse actualizado sobre las tendencias de diseño actuales y las estrategias de venta al por menor para mejorar el merchandising visual.
+* Asegurarse de que todos los mostradores sean visualmente atractivos y muestren los productos de manera efectiva para atraer a los clientes.
+* Gestionar el tiempo de manera eficiente para cumplir con los plazos y mantener altos estándares de calidad en todo el trabajo de diseño.</t>
+  </si>
+  <si>
     <t>Store Department Manager</t>
+  </si>
+  <si>
+    <t>Gerente de grandes almacenes</t>
   </si>
   <si>
     <t>* Organising work activities and assigning tasks within the entrusted shop department.
 * Leading and motivating a team of employees. 
 * Securing the timely and proper unloading and pricing of goods.
 * Stock level monitoring.
 * Communicating with suppliers and stocks of goods ordering.
 * Completing analyses of sales in the entrusted department.
 * Proposing marketing activities focusing on promotion.
 * Receiving complaints from customers and resolving claims.</t>
   </si>
   <si>
+    <t>* Organización de las actividades laborales y asignación de tareas dentro del departamento de tienda encomendado.
+* Liderazgo y motivación de un equipo de empleados.
+* Garantizar la descarga y precios de los productos de manera oportuna y adecuada.
+* Monitoreo de los niveles de inventario.
+* Comunicación con proveedores y pedido de existencias de productos.
+* Realización de análisis de ventas en el departamento encomendado.
+* Propuesta de actividades de marketing centradas en promoción.
+* Recepción de reclamos de clientes y resolución de reclamaciones.</t>
+  </si>
+  <si>
     <t>Telemarketer</t>
+  </si>
+  <si>
+    <t>Teleoperador</t>
   </si>
   <si>
     <t>* Presenting portfolios of products and services to customers via phone.
 * Active contacting of clients via phone.
 * Acquiring new customers, building and maintaining existing business relationships.
 * Providing telephone advice for potential and existing clients.
 * Supporting the business activities of the company.</t>
   </si>
   <si>
+    <t>* Presentar carteras de productos y servicios a clientes vía telefónica.
+* Contactar activamente con clientes vía telefónica.
+* Adquirir nuevos clientes, generar y mantener relaciones comerciales existentes.
+* Proporcionar asesoramiento telefónico a clientes potenciales y existentes.
+* Apoyar las actividades comerciales de la empresa.</t>
+  </si>
+  <si>
     <t>Visual merchandiser</t>
+  </si>
+  <si>
+    <t>Comercializador visual</t>
   </si>
   <si>
     <t>* Developing and implementing visual merchandising strategies to enhance the shopping experience and drive sales.
 * Collaborating with the marketing team to create visually appealing displays that align with brand identity and seasonal promotions.
 * Analyzing customer behavior and sales data to optimize product placement and presentation within the store.
 * Designing and constructing in-store displays, signage, and promotional materials to attract customer attention and encourage purchases.
 * Conducting regular store visits to assess the effectiveness of visual merchandising efforts and make necessary adjustments.
 * Training and guiding store staff on visual merchandising standards and best practices to ensure consistency across locations.
 * Maintaining an organized inventory of visual merchandising materials and coordinating the procurement of necessary supplies.
 * Staying updated on industry trends and competitor activities to continually innovate and enhance visual merchandising strategies.
 * Collaborating with cross-functional teams, including product development and sales, to ensure cohesive branding and messaging.
 * Monitoring and reporting on the performance of visual merchandising initiatives, providing insights and recommendations for improvement.</t>
   </si>
   <si>
+    <t>* Desarrollar e implementar estrategias de merchandising visual para mejorar la experiencia de compra y aumentar las ventas.
+* Colaborar con el equipo de marketing para crear exhibiciones visualmente atractivas que se alineen con la identidad de la marca y las promociones estacionales.
+* Analizar el comportamiento de los clientes y los datos de ventas para optimizar la colocación y presentación de productos dentro de la tienda.
+* Diseñar y construir exhibiciones, letreros y materiales promocionales en tienda para atraer la atención de los clientes y fomentar las compras.
+* Realizar visitas regulares a las tiendas para evaluar la efectividad de los esfuerzos de merchandising visual y hacer ajustes necesarios.
+* Capacitar y guiar al personal de la tienda sobre los estándares y mejores prácticas de merchandising visual para garantizar la consistencia en todas las ubicaciones.
+* Mantener un inventario organizado de materiales de merchandising visual y coordinar la adquisición de suministros necesarios.
+* Mantenerse actualizado sobre las tendencias de la industria y las actividades de los competidores para innovar y mejorar continuamente las estrategias de merchandising visual.
+* Colaborar con equipos multifuncionales, incluyendo desarrollo de productos y ventas, para garantizar una marca y un mensaje coherentes.
+* Monitorear y informar sobre el rendimiento de las iniciativas de merchandising visual, brindando insights y recomendaciones para mejorar.</t>
+  </si>
+  <si>
     <t>Construction &amp; Real Estate</t>
   </si>
   <si>
+    <t>Construcción e inmobiliaria</t>
+  </si>
+  <si>
     <t>Architect</t>
+  </si>
+  <si>
+    <t>Arquitecto</t>
   </si>
   <si>
     <t>* Preparing construction plans for public works, investment plans, architectural and urban studies, local plan surveys, and analyses.
 *Developing architectural designs and documentation concerning the placement of constructions and their alternations, project documentation of constructions and their alternations, including their interior as well as exterior, reconstruction and modernisation of buildings and restoration of architectural monuments.
 * Project management and coordination of subprojects developed by engineers, landscapers, and other specialists as well as professional author's supervision regarding the construction work in accordance with the approved project documentation and construction supervision.
 * Architectural works in graphic and model form, including the development of specifications and technical documentation.
 * Providing architectural guidance to investors and real estate owners and investor representation during the preparation and provision of construction works.
 * Preparing expert opinions and estimates.</t>
   </si>
   <si>
+    <t>* Preparación de planes de construcción para obras públicas, planes de inversión, estudios arquitectónicos y urbanísticos, estudios de planificación local, y análisis.
+* Desarrollo de diseños arquitectónicos y documentación relacionada con la ubicación de construcciones y sus alteraciones, documentación de proyectos de construcciones y sus alteraciones, incluyendo interior y exterior, reconstrucción y modernización de edificios y restauración de monumentos arquitectónicos.
+* Gestión de proyectos y coordinación de subproyectos desarrollados por ingenieros, paisajistas y otros especialistas, así como supervisión profesional del autor en cuanto a los trabajos de construcción de acuerdo con la documentación del proyecto aprobado y supervisión de la construcción.
+* Trabajos arquitectónicos en forma gráfica y de modelo, incluyendo el desarrollo de especificaciones y documentación técnica.
+* Brindar orientación arquitectónica a inversores y propietarios de bienes raíces y representación de inversores durante la preparación y ejecución de trabajos de construcción.
+* Preparación de opiniones expertas y estimaciones.</t>
+  </si>
+  <si>
     <t>Bidding engineer</t>
+  </si>
+  <si>
+    <t>Ingeniero de licitaciones</t>
   </si>
   <si>
     <t>* Preparing and submitting competitive bids for construction projects.
 * Analyzing project requirements and specifications to determine bid scope.
 * Collaborating with project managers, engineers, and other stakeholders to gather necessary information.
 * Conducting cost analysis and estimating project expenses to create accurate bid proposals.
 * Researching and identifying potential subcontractors and suppliers for project needs.
 * Ensuring compliance with legal and regulatory requirements in bid submissions.
 * Presenting bids to clients and addressing any inquiries or concerns.
 * Maintaining records of bids submitted and outcomes for future reference.
 * Monitoring industry trends and competitor activities to enhance bidding strategies.
 * Participating in negotiations with clients and stakeholders to secure contracts.
 * Assisting in the development of project schedules and resource allocation.
 * Providing support during the project execution phase to ensure adherence to bid specifications.
 * Contributing to the continuous improvement of bidding processes and methodologies.
 * Attending industry conferences and networking events to promote the company and gather insights.</t>
   </si>
   <si>
+    <t>* Preparación y presentación de ofertas competitivas para proyectos de construcción.
+* Análisis de los requisitos y especificaciones del proyecto para determinar el alcance de la oferta.
+* Colaboración con gerentes de proyecto, ingenieros y otros interesados para recopilar información necesaria.
+* Realización de análisis de costos y estimación de gastos del proyecto para crear propuestas de ofertas precisas.
+* Investigación e identificación de posibles subcontratistas y proveedores para las necesidades del proyecto.
+* Garantía del cumplimiento de los requisitos legales y reglamentarios en las presentaciones de ofertas.
+* Presentación de ofertas a clientes y respuesta a cualquier consulta o inquietud.
+* Mantenimiento de registros de ofertas presentadas y resultados para futura referencia.
+* Monitoreo de tendencias industriales y actividades de competidores para mejorar las estrategias de oferta.
+* Participación en negociaciones con clientes y partes interesadas para asegurar contratos.
+* Asistencia en la elaboración de calendarios de proyecto y asignación de recursos.
+* Prestación de apoyo durante la fase de ejecución del proyecto para garantizar la adherencia a las especificaciones de la oferta.
+* Contribución a la mejora continua de los procesos y metodologías de ofertas.
+* Asistencia a conferencias y eventos de networking de la industria para promover la empresa y recopilar conocimientos.</t>
+  </si>
+  <si>
     <t>Bricklayer</t>
+  </si>
+  <si>
+    <t>Albañil</t>
   </si>
   <si>
     <t>* Reading technical and project documentation.
 * Preparing mortar, cement, skim coats, and plasters.
 * Cutting bricks to the required shapes and sizes.
 * Work on bearing, dividing, and non-bearing walls, columns, arches, chimneys, and fireplaces.
 * Checking walls for levelness using a bricklayer straightedge with a bubble level.
 * Insulating building facades, insulation against groundwater and noise.
 * Completing and repairing outdoor and indoor plaster work.
 * Setting up and taking down bricklayer scaffolding.</t>
   </si>
   <si>
+    <t>* Lectura de documentación técnica y de proyecto.
+* Preparación de morteros, cemento, capas de imprimación y yesos.
+* Corte de ladrillos a las formas y tamaños requeridos.
+* Trabajo en paredes de carga, divisorias y no portantes, columnas, arcos, chimeneas y chimeneas de hogar.
+* Verificación de la nivelación de las paredes utilizando una regla para albañilería con nivel de burbuja.
+* Aislamiento de fachadas de edificios, aislamiento contra agua subterránea y ruido.
+* Finalización y reparación de trabajos de yeso exterior e interior.
+* Montaje y desmontaje de andamios para albañilería.</t>
+  </si>
+  <si>
     <t>Building Control Surveyor</t>
+  </si>
+  <si>
+    <t>Inspector de construcción y edificios</t>
   </si>
   <si>
     <t>* Monitoring the method and process of completing construction projects in accordance with occupational health and safety standards.
 * Responsibility for proper installation and operation of technical equipment on the construction site.
 * Responsibility for professional storage and suitability of construction products, materials, machinery and equipment.
 * Supervising the daily management of the building journal.
 * Ensuring the compliance of the spatial position with the construction documentation as well as compliance with general technical requirements for construction.
 * Shared responsibility for the compliance with the conditions of decisions issued for the construction of the building.
 * Ensuring the elimination of identified deficiencies, informing the building authority in case of defects that cannot be removed in the course of construction supervision.</t>
   </si>
   <si>
+    <t>* Supervisión del método y proceso de realización de proyectos de construcción de acuerdo con las normas de salud y seguridad ocupacional.
+* Responsabilidad por la instalación y funcionamiento adecuados de los equipos técnicos en el lugar de construcción.
+* Responsabilidad por el almacenamiento profesional y la idoneidad de los productos de construcción, materiales, maquinaria y equipos.
+* Supervisión de la gestión diaria del diario de obras.
+* Garantía del cumplimiento de la posición espacial con la documentación de construcción, así como del cumplimiento de los requisitos técnicos generales para la construcción.
+* Responsabilidad compartida por el cumplimiento de las condiciones de las decisiones emitidas para la construcción del edificio.
+* Garantía de la eliminación de las deficiencias identificadas, informando a la autoridad de edificación en caso de defectos que no puedan ser eliminados en el curso de la supervisión de la construcción.</t>
+  </si>
+  <si>
     <t>Building Technician</t>
+  </si>
+  <si>
+    <t>Técnico de construcción</t>
   </si>
   <si>
     <t>* Coordinating and managing activities concerning repairs and maintenance of objects and devices
 * Securing data to develop budgets and calculation
 * Communication with customers, dealing with complaints and technical problems
 * Troubleshooting</t>
   </si>
   <si>
+    <t>* Coordinar y gestionar actividades relacionadas con las reparaciones y el mantenimiento de objetos y dispositivos
+* Recopilar datos para elaborar presupuestos y cálculos
+* Comunicación con clientes, manejo de reclamos y problemas técnicos
+* Resolución de problemas técnicos</t>
+  </si>
+  <si>
     <t>CAD Specialist</t>
+  </si>
+  <si>
+    <t>Especialista en CAD</t>
   </si>
   <si>
     <t>* Preparing detailed drawings and plans using CAD software for construction and real estate projects.
 * Collaborating with architects, engineers, and project managers to understand project requirements and specifications.
 * Ensuring accuracy and compliance with industry standards and regulations in all CAD designs.
 * Modifying existing designs based on feedback from team members or clients.
 * Creating 3D models and visualizations to aid in project presentations and stakeholder discussions.
 * Conducting regular quality checks on drawings and models to maintain high standards of precision.
 * Maintaining organized digital files and documentation of all CAD work for easy retrieval and reference.
 * Assisting in the preparation of project proposals and cost estimates through detailed drawings.
 * Staying updated with the latest CAD technologies and software advancements to improve efficiency.
 * Providing technical support and guidance to team members on CAD-related issues.</t>
   </si>
   <si>
+    <t>* Preparación de dibujos y planos detallados utilizando software de CAD para proyectos de construcción y bienes raíces.
+* Colaboración con arquitectos, ingenieros y gerentes de proyecto para comprender los requisitos y especificaciones del proyecto.
+* Garantía de precisión y cumplimiento de las normas y regulaciones industriales en todos los diseños de CAD.
+* Modificación de diseños existentes basándose en la retroalimentación de miembros del equipo o clientes.
+* Creación de modelos 3D y visualizaciones para ayudar en presentaciones de proyectos y discusiones con partes interesadas.
+* Realización de controles de calidad periódicos en dibujos y modelos para mantener altos estándares de precisión.
+* Mantenimiento de archivos digitales organizados y documentación de todo el trabajo de CAD para una fácil recuperación y referencia.
+* Ayuda en la preparación de propuestas de proyectos y estimaciones de costos a través de dibujos detallados.
+* Actualización constante con las últimas tecnologías y avances de software de CAD para mejorar la eficiencia.
+* Proporcionar apoyo técnico y orientación a miembros del equipo sobre cuestiones relacionadas con CAD.</t>
+  </si>
+  <si>
     <t>Carpenter</t>
+  </si>
+  <si>
+    <t>Carpintero</t>
   </si>
   <si>
     <t>* Fabricating, altering, repairing, building and assembling the formwork, foundations, lintels, pillars and ceilings.
 * Cutting and shaping wood parts.
 * Establishment of structures and carpentry constructions according to planimetric and as-built drawings.
 * Fulfilling the tasks involved in the establishment of structures.</t>
   </si>
   <si>
+    <t>* Fabricar, alterar, reparar, construir y montar encofrados, cimientos, dinteles, pilares y techos.
+* Cortar y dar forma a piezas de madera.
+* Establecimiento de estructuras y construcciones de carpintería según planos planimétricos y constructivos.
+* Cumplir con las tareas involucradas en el establecimiento de estructuras.</t>
+  </si>
+  <si>
     <t>Civil Engineer</t>
+  </si>
+  <si>
+    <t>Ingeniero civil</t>
   </si>
   <si>
     <t>* Completing preparatory, technical, project and other construction and construction-technical documentation for the authorisation of constructions, their alterations, and maintenance work.
 * Completing partial documentation for territorial plans.
 * Completing documentation for the assessment of the impact of construction work on the environment.
 * Providing the technical and economic consulting services (expert opinions, surveys, estimates, etc.).
 * Performing construction measurements and construction diagnostics.
 * Providing professional author's supervision regarding the construction work in accordance with the approved project documentation.
 * Representation investor during the preparation and provision of construction works.</t>
   </si>
   <si>
+    <t>* Elaborar la documentación preparatoria, técnica, de proyectos y otra documentación de construcción y técnico-constructiva para la autorización de construcciones, sus modificaciones y trabajos de mantenimiento.
+* Elaborar documentación parcial para planes territoriales.
+* Elaborar documentación para la evaluación del impacto de las obras de construcción en el medio ambiente.
+* Prestar servicios de consultoría técnica y económica (opiniones de expertos, estudios, estimaciones, etc.).
+* Realizar mediciones de construcción y diagnósticos de construcción.
+* Proporcionar supervisión profesional del autor en relación con los trabajos de construcción de acuerdo con la documentación del proyecto aprobada.
+* Representar al inversor durante la preparación y prestación de los trabajos de construcción.</t>
+  </si>
+  <si>
     <t>Construction Manager</t>
+  </si>
+  <si>
+    <t>Director de obra</t>
   </si>
   <si>
     <t>* Coordinating and organising the staff according to the site manager’s instructions.
 * Monitoring the construction processes and procedures while maintaining safety and health at work.
 * Supervising the performance of construction works in accordance with the work schedule.
 * Performing the activities according to construction documentation and their recording in the site diary.
 * Responsibility for the proper management of the company’s wealth.</t>
   </si>
   <si>
+    <t>* Coordinar y organizar al personal según las instrucciones del gerente de obra.
+* Supervisar los procesos y procedimientos de construcción manteniendo la seguridad y salud en el trabajo.
+* Supervisar el desempeño de los trabajos de construcción de acuerdo con el calendario de trabajo.
+* Realizar las actividades según la documentación de construcción y su registro en el diario de obra.
+* Responsabilidad por la adecuada gestión del patrimonio de la empresa.</t>
+  </si>
+  <si>
     <t>Construction Plant Operator</t>
+  </si>
+  <si>
+    <t>Operador de planta de construcción</t>
   </si>
   <si>
     <t>* Operating various construction machines, such as excavators, loaders, rollers, or bulldozers. The task is to accurately and safely operate these machines during various construction works, such as digging foundations, demolishing buildings, or leveling terrain.
 * Regularly checking the condition of machines and performing their basic maintenance. Ensuring that machines are in good technical condition and ready for use, which helps prevent breakdowns and unnecessary downtime on the construction site.
 * Strictly adhering to all safety measures when working with construction machines. This includes the proper use of protective equipment and respecting safety rules on the construction site.
 * Close cooperation with other workers on the construction site, including site managers and technicians. Ensuring that work is coordinated and proceeds according to plan, which requires constant communication and collaboration.
 * Using construction machines to perform various specific tasks, such as digging, moving materials, or modifying terrain. Each task requires precise machine operation and strict adherence to the assignment.</t>
   </si>
   <si>
+    <t>- opera y utiliza máquinas y electrodomésticos de trabajo en obra</t>
+  </si>
+  <si>
     <t>Construction worker</t>
+  </si>
+  <si>
+    <t>Trabajador de la construcción</t>
   </si>
   <si>
     <t>* Assisting in the construction and maintenance of buildings and infrastructure.
 * Performing tasks such as digging, loading, and unloading materials.
 * Operating hand and power tools safely and effectively.
 * Following blueprints and building plans to meet project specifications.
 * Collaborating with other construction workers and tradespeople to complete projects on time.
 * Ensuring job site cleanliness and organization to promote safety and efficiency.
 * Assisting in the installation of structural components, including walls, floors, and roofs.
 * Conducting quality checks on materials and workmanship to ensure compliance with standards.
 * Reporting any issues or concerns to supervisors promptly.
 * Adhering to all safety regulations and protocols to minimize risk of accidents.
 * Participating in training sessions to enhance skills and knowledge in construction practices.
 * Maintaining a positive and cooperative attitude while working in a team environment.
 * Performing additional duties as assigned by supervisors or project managers.</t>
   </si>
   <si>
+    <t>* Ayudar en la construcción y mantenimiento de edificios e infraestructuras.
+* Realizar tareas como cavar, cargar y descargar materiales.
+* Operar herramientas manuales y eléctricas de manera segura y efectiva.
+* Seguir planos y proyectos de construcción para cumplir con las especificaciones del proyecto.
+* Colaborar con otros trabajadores de la construcción y artesanos para completar proyectos a tiempo.
+* Garantizar la limpieza y organización del lugar de trabajo para promover la seguridad y la eficiencia.
+* Ayudar en la instalación de componentes estructurales, incluyendo paredes, suelos y techos.
+* Realizar controles de calidad en materiales y mano de obra para asegurar el cumplimiento de los estándares.
+* Informar cualquier problema o inquietud a los supervisores de inmediato.
+* Cumplir con todas las regulaciones y protocolos de seguridad para minimizar el riesgo de accidentes.
+* Participar en sesiones de capacitación para mejorar habilidades y conocimientos en prácticas de construcción.
+* Mantener una actitud positiva y cooperativa mientras se trabaja en un entorno de equipo.
+* Realizar tareas adicionales asignadas por supervisores o gerentes de proyectos.</t>
+  </si>
+  <si>
     <t>Crane Operator</t>
+  </si>
+  <si>
+    <t>Operador de grúa</t>
   </si>
   <si>
     <t>* Operating and monitoring mobile and tower cranes.
 * Lifting, lowering and moving heavy and oversized material with a crane arm.
 * Keeping records of the crane operation.
 * Checking the operability of the allocated crane.
 * Adhering to the principles of OSH.</t>
   </si>
   <si>
+    <t>* Operar y supervisar grúas móviles y torre.
+* Levantar, bajar y mover materiales pesados y de gran tamaño con el brazo de la grúa.
+* Mantener registros de la operación de la grúa.
+* Verificar la funcionabilidad de la grúa asignada.
+* Cumplir con los principios de seguridad y salud ocupacional.</t>
+  </si>
+  <si>
     <t>* Creating 3D models of machines, devices and equipment using specialized design software.
 * Elaboration of drawing documentation.
 * Communication with the production department, suppliers, etc.</t>
   </si>
   <si>
+    <t>* Creación de modelos 3D de máquinas, dispositivos y equipos utilizando software de diseño especializado.
+* Elaboración de documentación de dibujos.
+* Comunicación con el departamento de producción, proveedores, etc.</t>
+  </si>
+  <si>
     <t>Design Technician</t>
+  </si>
+  <si>
+    <t>Técnico de diseño</t>
   </si>
   <si>
     <t>* Design work for aboveground and underground transportation structures, utility networks, electrical installation, heating systems, gas installation, hygienic equipment, HVAC equipment, camera systems, fire protection systems, etc.
 * Completing all levels of project documentation including all drawings and other attachments.
 * Proposal of alternative solutions.
 * Communication with investors and incorporating their requirements into a project.
 * Notifying investors as to the potential drawbacks or risks connected to project execution.</t>
   </si>
   <si>
+    <t>* Diseñar obras para estructuras de transporte aéreas y subterráneas, redes de servicios públicos, instalaciones eléctricas, sistemas de calefacción, instalaciones de gas, equipos higiénicos, equipos de climatización, sistemas de cámaras, sistemas de protección contra incendios, etc.
+* Completar todos los niveles de documentación del proyecto, incluidos todos los planos y otros anexos.
+* Proponer soluciones alternativas.
+* Comunicarse con los inversores e incorporar sus requisitos en el proyecto.
+* Informar a los inversores sobre los posibles inconvenientes o riesgos conectados con la ejecución del proyecto.</t>
+  </si>
+  <si>
     <t>Estate Agent</t>
+  </si>
+  <si>
+    <t>Agente inmobiliario</t>
   </si>
   <si>
     <t>* Arranging for the purchase, sale and rental of real estate.
 * Searching for properties matching the requirements of the client.
 * Publication of advertisements in the media.
 * Conducting sightings of properties, preparing photographic documentation of the interior and exterior.
 * Presentation of selected properties to the clients.
 * Preparing administrative documents for the closure of the business case.
 * Managing and updating real estate portfolio and client database.</t>
   </si>
   <si>
+    <t>* Organizar la compra, venta y alquiler de bienes inmuebles.
+* Buscar propiedades que coincidan con los requisitos del cliente.
+* Publicación de anuncios en los medios de comunicación.
+* Realizar vistas de propiedades, preparando documentación fotográfica del interior y exterior.
+* Presentación de propiedades seleccionadas a los clientes.
+* Preparar documentos administrativos para el cierre del caso comercial.
+* Gestionar y actualizar el portafolio inmobiliario y la base de datos de clientes.</t>
+  </si>
+  <si>
     <t>Finishing works in constructions</t>
+  </si>
+  <si>
+    <t>Inspector de obra</t>
   </si>
   <si>
     <t>* Executing finishing works in construction projects, ensuring high-quality standards and attention to detail.
 * Installing various materials such as drywall, plaster, paint, and flooring to complete interior and exterior surfaces.
 * Collaborating with architects, contractors, and other construction professionals to meet project specifications and timelines.
 * Conducting inspections of completed work to ensure compliance with safety regulations and building codes.
 * Preparing surfaces for finishing by cleaning, sanding, and applying necessary treatments.
 * Utilizing a variety of tools and equipment, including hand tools and power tools, to perform tasks efficiently and safely.
 * Maintaining a clean and organized work environment to promote safety and productivity.
 * Troubleshooting and resolving issues that arise during the finishing process.
 * Keeping accurate records of work performed and materials used for project tracking and reporting.
 * Adhering to project schedules and communicating effectively with team members to ensure timely completion of tasks.</t>
   </si>
   <si>
+    <t>* Ejecutar trabajos de acabado en proyectos de construcción, garantizando estándares de alta calidad y atención al detalle.
+* Instalar diversos materiales como tabiquería, yeso, pintura y suelos para completar superficies interiores y exteriores.
+* Colaborar con arquitectos, contratistas y otros profesionales de la construcción para cumplir con las especificaciones y plazos del proyecto.
+* Realizar inspecciones del trabajo completado para asegurar el cumplimiento de las regulaciones de seguridad y códigos de edificación.
+* Preparar superficies para el acabado limpiándolas, lijándolas y aplicando tratamientos necesarios.
+* Utilizar una variedad de herramientas y equipos, incluyendo herramientas manuales y eléctricas, para realizar tareas de manera eficiente y segura.
+* Mantener un entorno de trabajo limpio y organizado para promover la seguridad y la productividad.
+* Resolver problemas y eliminar obstáculos que surgen durante el proceso de acabado.
+* Mantener registros precisos del trabajo realizado y los materiales utilizados para el seguimiento y la presentación de informes del proyecto.
+* Cumplir con los cronogramas del proyecto y comunicarse de manera efectiva con los miembros del equipo para garantizar la finalización puntual de las tareas.</t>
+  </si>
+  <si>
     <t>Fitter/Assembler</t>
+  </si>
+  <si>
+    <t>Instalador/montador</t>
   </si>
   <si>
     <t>* Dismantling original window and door panels, sills, garage doors, shading systems, plaster boards, formwork, etc.
 * Mounting and securing window and door panels, sills, garage doors, shading systems, plaster boards, formwork, etc.
 * Providing repairs, warranties, and after-sales service.</t>
   </si>
   <si>
+    <t>* Desmontar paneles de ventanas y puertas originales, alféizares, puertas de garaje, sistemas de sombreado, placas de yeso, encofrados, etc.
+* Montar y asegurar paneles de ventanas y puertas, alféizares, puertas de garaje, sistemas de sombreado, placas de yeso, encofrados, etc.
+* Proporcionar reparaciones, garantías y servicio posventa.</t>
+  </si>
+  <si>
     <t>Floor Layer, Paver</t>
+  </si>
+  <si>
+    <t>Instalador de suelos/instalador de pavimentos</t>
   </si>
   <si>
     <t>* Assessing the degree of unevenness of floors with a spirit level.
 * Eliminating the identified unevenness using a levelling screed.
 * Cutting and sawing wood flooring, laminate flooring and tiles to the required dimensions.
 * Placing wood flooring, laminate flooring and tiles.
 * Sanding, staining and varnishing wood parquet.</t>
   </si>
   <si>
+    <t>* Evaluar el grado de desnivel de los suelos con un nivel de burbuja.
+* Eliminar las irregularidades identificadas utilizando una capa de nivelación.
+* Cortar y aserrar suelos de madera, suelos laminados y baldosas a las dimensiones requeridas.
+* Colocar suelos de madera, suelos laminados y baldosas.
+* Lijar, teñir y barnizar parquet de madera.</t>
+  </si>
+  <si>
     <t>Geologist</t>
+  </si>
+  <si>
+    <t>Geólogo</t>
   </si>
   <si>
     <t xml:space="preserve">* geological research
 * description of geological territories
 * drawing up professional assessments
 * supervision over the geological work
 * examining the rock structure
 * examining the geomagnetic fields
 * counselling at mining operations and boreholes
 * administration – documents and reports 
 </t>
   </si>
   <si>
+    <t>* Investigación geológica
+* Descripción de territorios geológicos
+* Elaboración de evaluaciones profesionales
+* Supervisión de los trabajos geológicos
+* Examen de la estructura de las rocas
+* Examen de los campos geomagnéticos
+* Asesoramiento en operaciones mineras y pozos de perforación
+* Administración – documentos e informes</t>
+  </si>
+  <si>
     <t>Geotechnical investigator</t>
+  </si>
+  <si>
+    <t>Investigador geotécnico</t>
   </si>
   <si>
     <t>* Conducting geotechnical investigations to assess soil and rock properties for construction projects.
 * Performing field measurements and tests to gather data on soil conditions, including sampling and laboratory analysis.
 * Preparing detailed reports on geotechnical findings and recommendations for construction practices.
 * Collaborating with engineers and architects to provide insights on site suitability and foundation design.
 * Monitoring construction sites to ensure compliance with geotechnical specifications and safety standards.
 * Assisting in the design and implementation of soil stabilization and excavation techniques.
 * Documenting and maintaining accurate records of geotechnical data and project progress.
 * Participating in the planning and execution of projects involving roadways, tunnels, high-rise buildings, and industrial structures.
 * Engaging in the assessment of land deformation and structural movement during construction activities.
 * Utilizing advanced geotechnical software and tools to analyze data and support project development.</t>
   </si>
   <si>
+    <t>* Realizar investigaciones geotécnicas para evaluar las propiedades del suelo y la roca para proyectos de construcción.
+* Realizar mediciones y pruebas de campo para recopilar datos sobre las condiciones del suelo, incluida la toma de muestras y el análisis de laboratorio.
+* Preparar informes detallados sobre los hallazgos y recomendaciones geotécnicas para las prácticas de construcción.
+* Colaborar con ingenieros y arquitectos para brindar información sobre la idoneidad del sitio y el diseño de cimentaciones.
+* Supervisar los sitios de construcción para garantizar el cumplimiento de las especificaciones geotécnicas y los estándares de seguridad.
+* Ayudar en el diseño y la implementación de técnicas de estabilización del suelo y excavación.
+* Documentar y mantener registros precisos de datos geotécnicos y del progreso del proyecto.
+* Participar en la planificación y ejecución de proyectos que involucran carreteras, túneles, edificios de gran altura y estructuras industriales.
+* Evaluar la deformación del terreno y el movimiento estructural durante las actividades de construcción.
+* Utilizar software y herramientas geotécnicas avanzadas para analizar datos y apoyar el desarrollo de proyectos.</t>
+  </si>
+  <si>
     <t>Industrial Climber</t>
+  </si>
+  <si>
+    <t>Escalador industrial</t>
   </si>
   <si>
     <t>* Perform tasks in accordance with industry standards and safety regulations using alpine techniques.
 * Conduct site assessments to evaluate conditions and prepare detailed work plans.
 * Execute tasks while secured in place, ensuring adherence to safety protocols.
 * Carry out lifting and movement operations, taking into account anticipated loads and stress factors.
 * Establish and dismantle necessary pathways for movement during operations.
 * Ensure the work area is left clean and safe after the completion of tasks.
 * Collaborate with team members to ensure efficient workflow and communication on-site.
 * Maintain and inspect equipment regularly to ensure optimal performance and safety.
 * Adhere to project timelines and deliver quality work within specified deadlines.
 * Participate in training and development programs to enhance skills and knowledge in industrial climbing techniques.</t>
   </si>
   <si>
+    <t>* Realizar tareas de acuerdo con los estándares industriales y las regulaciones de seguridad utilizando técnicas alpinas.
+* Realizar evaluaciones de sitio para evaluar las condiciones y preparar planes de trabajo detallados.
+* Ejecutar tareas mientras se encuentra asegurado en el lugar, asegurando el cumplimiento de los protocolos de seguridad.
+* Llevar a cabo operaciones de levantamiento y movimiento, teniendo en cuenta las cargas previstas y los factores de estrés.
+* Establecer y desmantelar los caminos necesarios para el movimiento durante las operaciones.
+* Asegurarse de que el área de trabajo se deje limpia y segura después de la finalización de las tareas.
+* Colaborar con los miembros del equipo para garantizar un flujo de trabajo eficiente y la comunicación en el sitio.
+* Mantener e inspeccionar regularmente el equipo para asegurar un rendimiento óptimo y la seguridad.
+* Cumplir con los plazos del proyecto y entregar trabajo de calidad dentro de los plazos especificados.
+* Participar en programas de capacitación y desarrollo para mejorar las habilidades y conocimientos en técnicas de escalada industrial.</t>
+  </si>
+  <si>
     <t>Interior Designer</t>
+  </si>
+  <si>
+    <t>Diseñador de interiores</t>
   </si>
   <si>
     <t>* Performing project activities, drafting project documentation for interiors and for housing reconstruction.
 * Graphic processing of proposed solutions for interiors, including the drafting of specifications and technical documentation.
 * Providing architectural guidance to investors and property owners.</t>
   </si>
   <si>
+    <t>* Realizar actividades de proyectos, redactar documentación de proyectos para interiores y reconstrucción de viviendas.
+* Tratamiento gráfico de las soluciones propuestas para interiores, incluida la redacción de especificaciones y documentación técnica.
+* Brindar orientación arquitectónica a inversores y propietarios de bienes inmuebles.</t>
+  </si>
+  <si>
     <t>Ironworker</t>
+  </si>
+  <si>
+    <t>Cerrajero</t>
   </si>
   <si>
     <t>* Hand-cutting thin-walled sections.
 * Joining parts by screwing.
 * Mounting steel formworks and locksmith products.
 * Operating and mounting means of mechanisation.
 * Operating elevators, concrete mixers, etc.
 * Dismantling equipment.</t>
   </si>
   <si>
+    <t>* Corte manual de secciones de pared delgada.
+* Unión de piezas mediante atornillado.
+* Montaje de encofrados de acero y productos de cerrajería.
+* Operación y montaje de medios de mecanización.
+* Operación de elevadores, mezcladoras de hormigón, etc.
+* Desmontaje de equipos.</t>
+  </si>
+  <si>
     <t>Junior Architect</t>
+  </si>
+  <si>
+    <t>Arquitecto junior</t>
   </si>
   <si>
     <t>* Assisting in the design and planning of architectural projects under the supervision of senior architects.
 * Preparing detailed drawings and specifications using computer-aided design (CAD) software.
 * Conducting site visits to gather information and assess project requirements.
 * Collaborating with project teams to ensure designs meet client needs and comply with regulations.
 * Participating in project meetings and presenting design ideas to clients and stakeholders.
 * Researching building materials, construction methods, and sustainability practices.
 * Preparing project documentation and reports to support project development and execution.
 * Assisting in the preparation of cost estimates and project schedules.
 * Contributing to the development of design concepts and presentations.
 * Staying updated on industry trends, building codes, and technological advancements in architecture.
 * Supporting senior architects in managing project timelines and deliverables.
 * Engaging in continuous professional development to enhance architectural skills and knowledge.</t>
   </si>
   <si>
+    <t>* Colaborar en el diseño y planificación de proyectos arquitectónicos bajo la supervisión de arquitectos senior.
+* Preparar dibujos y especificaciones detalladas utilizando software de diseño asistido por computadora (CAD).
+* Realizar visitas a sitios para recopilar información y evaluar los requisitos del proyecto.
+* Colaborar con los equipos de proyecto para garantizar que los diseños satisfagan las necesidades de los clientes y cumplan con las regulaciones.
+* Participar en reuniones de proyecto y presentar ideas de diseño a clientes y partes interesadas.
+* Investigar materiales de construcción, métodos de construcción y prácticas de sostenibilidad.
+* Preparar documentación y reportes de proyecto para apoyar el desarrollo y ejecución del proyecto.
+* Ayudar en la preparación de estimaciones de costos y cronogramas de proyecto.
+* Contribuir al desarrollo de conceptos de diseño y presentaciones.
+* Mantenerse actualizado sobre las tendencias de la industria, códigos de edificación y avances tecnológicos en arquitectura.
+* Apoyar a los arquitectos senior en la gestión de cronogramas y entregables de proyectos.
+* Participar en el desarrollo profesional continuo para mejorar habilidades y conocimientos arquitectónicos.</t>
+  </si>
+  <si>
     <t>Land Surveyor/Geodesist</t>
+  </si>
+  <si>
+    <t>Topógrafo/geodesta</t>
   </si>
   <si>
     <t>* Developing the plat maps.
 * Staking the land.
 * Planimetric and altimetric measurements.
 * Construction measurements before and after completion.</t>
   </si>
   <si>
+    <t>* Desarrollo de mapas de planos.
+* Estacado del terreno.
+* Mediciones planimétricas y altimétricas.
+* Mediciones de construcción antes y después de la finalización.</t>
+  </si>
+  <si>
     <t>Landscape Architect</t>
+  </si>
+  <si>
+    <t>Arquitecto paisajista</t>
   </si>
   <si>
     <t>* Designing and planning landscape projects that enhance the aesthetic and functional value of outdoor spaces.
 * Collaborating with clients to understand their vision, requirements, and budget for landscape designs.
 * Conducting site analyses and assessments to determine the best design solutions based on environmental factors and site conditions.
 * Creating detailed landscape plans, including planting designs, hardscape layouts, and irrigation systems.
 * Selecting appropriate plants, materials, and construction techniques to ensure sustainability and compliance with local regulations.
 * Coordinating with engineers, architects, and contractors to ensure seamless integration of landscape designs with other project elements.
 * Overseeing the implementation of landscape projects, ensuring quality control and adherence to design specifications.
 * Preparing cost estimates and project timelines, and managing budgets throughout the project lifecycle.
 * Staying updated on industry trends, new technologies, and sustainable practices in landscape architecture.
 * Presenting design proposals to clients and stakeholders, incorporating feedback to refine and finalize plans.</t>
   </si>
   <si>
+    <t>* Diseñar y planificar proyectos de paisajismo que mejoran el valor estético y funcional de los espacios al aire libre.
+* Colaborar con los clientes para comprender su visión, requisitos y presupuesto para los diseños de paisajismo.
+* Realizar análisis y evaluaciones del sitio para determinar las mejores soluciones de diseño según los factores ambientales y las condiciones del sitio.
+* Crear planes detallados de paisajismo, incluyendo diseños de plantaciones, disposiciones de pavimentación y sistemas de riego.
+* Seleccionar plantas, materiales y técnicas de construcción adecuadas para garantizar la sostenibilidad y el cumplimiento de las regulaciones locales.
+* Coordinar con ingenieros, arquitectos y contratistas para garantizar la integración perfecta de los diseños de paisajismo con otros elementos del proyecto.
+* Supervisar la implementación de proyectos de paisajismo, garantizando el control de calidad y el cumplimiento de las especificaciones de diseño.
+* Preparar estimaciones de costos y cronogramas de proyectos, y administrar presupuestos durante todo el ciclo de vida del proyecto.
+* Mantenerse actualizado sobre tendencias de la industria, nuevas tecnologías y prácticas sostenibles en arquitectura del paisaje.
+* Presentar propuestas de diseño a clientes y partes interesadas, incorporando comentarios para refinar y finalizar los planes.</t>
+  </si>
+  <si>
     <t>Machine Operator, Machinist</t>
+  </si>
+  <si>
+    <t>Maquinista</t>
   </si>
   <si>
     <t>* Operating and maintaining various types of machinery used in construction and manufacturing processes.
 * Setting up machines for production runs and ensuring they are functioning correctly.
 * Monitoring machine operations to ensure quality standards are met and making adjustments as necessary.
 * Performing routine maintenance and troubleshooting on machinery to minimize downtime.
 * Following safety protocols and regulations to ensure a safe working environment.
 * Collaborating with team members and supervisors to achieve production goals and improve processes.
 * Keeping accurate records of machine performance, maintenance, and production output.
 * Assisting in training new operators on equipment and safety procedures.
 * Conducting quality checks on finished products to ensure compliance with specifications.
 * Reporting any equipment malfunctions or safety concerns to management promptly.
 * Adhering to company policies and procedures regarding equipment operation and workplace safety.
 * Contributing to a positive team atmosphere and supporting colleagues as needed.</t>
   </si>
   <si>
+    <t>* Operar y mantener varios tipos de maquinaria utilizada en procesos de construcción y fabricación.
+* Preparar las máquinas para las carreras de producción y asegurarse de que funcionen correctamente.
+* Supervisar las operaciones de las máquinas para asegurarse de que se cumplan los estándares de calidad y realizar ajustes cuando sea necesario.
+* Realizar el mantenimiento rutinario y la resolución de problemas en la maquinaria para minimizar el tiempo de inactividad.
+* Seguir los protocolos y regulaciones de seguridad para garantizar un entorno de trabajo seguro.
+* Colaborar con los miembros del equipo y supervisores para alcanzar los objetivos de producción y mejorar los procesos.
+* Mantener registros precisos del rendimiento de las máquinas, mantenimiento y producción.
+* Ayudar a capacitar a nuevos operadores en equipo y procedimientos de seguridad.
+* Realizar controles de calidad en productos terminados para asegurarse de que cumplan con las especificaciones.
+* Informar cualquier falla en el equipo o preocupación de seguridad a la gerencia de manera oportuna.
+* Cumplir con las políticas y procedimientos de la empresa relacionados con la operación de equipos y seguridad en el lugar de trabajo.
+* Contribuir a un ambiente de equipo positivo y apoyar a los colegas según sea necesario.</t>
+  </si>
+  <si>
     <t>Mainentenance worker</t>
+  </si>
+  <si>
+    <t>Empleado de mantenimiento</t>
   </si>
   <si>
     <t>* Performing routine maintenance and repairs on buildings and facilities.
 * Conducting inspections to identify maintenance issues and ensure compliance with safety regulations.
 * Responding promptly to maintenance requests from staff and management.
 * Maintaining tools and equipment in good working condition.
 * Assisting with the installation and upkeep of plumbing, electrical, and HVAC systems.
 * Ensuring cleanliness and orderliness of maintenance areas and equipment.
 * Collaborating with contractors and service providers for specialized repairs.
 * Keeping accurate records of maintenance work performed and materials used.
 * Participating in preventative maintenance programs to extend the lifespan of facilities.
 * Adhering to health and safety standards while performing maintenance tasks.
 * Providing support during emergency repairs and after-hours maintenance as needed.
 * Communicating effectively with team members and management regarding maintenance issues and progress.</t>
   </si>
   <si>
+    <t>* Realizar el mantenimiento y las reparaciones rutinarias de edificios e instalaciones.
+* Realizar inspecciones para identificar problemas de mantenimiento y garantizar el cumplimiento de las regulaciones de seguridad.
+* Responder con prontitud a las solicitudes de mantenimiento del personal y la gerencia.
+* Mantener herramientas y equipos en buen estado de funcionamiento.
+* Ayudar en la instalación y mantenimiento de sistemas de plomería, eléctricos y HVAC.
+* Garantizar la limpieza y el orden de las áreas de mantenimiento y los equipos.
+* Colaborar con contratistas y proveedores de servicios para reparaciones especializadas.
+* Llevar registros precisos del trabajo de mantenimiento realizado y los materiales utilizados.
+* Participar en programas de mantenimiento preventivo para prolongar la vida útil de las instalaciones.
+* Cumplir con los estándares de salud y seguridad al realizar tareas de mantenimiento.
+* Proporcionar apoyo durante las reparaciones de emergencia y el mantenimiento fuera de horario según sea necesario.
+* Comunicarse de manera efectiva con los miembros del equipo y la gerencia sobre problemas de mantenimiento y progreso.</t>
+  </si>
+  <si>
     <t>Painter</t>
+  </si>
+  <si>
+    <t>Pintor</t>
   </si>
   <si>
     <t>* Applying primer to the wall surface before painting.
 * Removing old paint from the walls with a scraper, spatula and/or wire brush.
 * Mixing colours with pigment to achieve the desired colour shade.
 * Applying paint to paint rollers and/or brushes, removing excess paint using a grid.
 * Applying paint to interior and exterior walls with paint rollers and/or brushes.</t>
   </si>
   <si>
+    <t>* Aplicar imprimación sobre la superficie de la pared antes de pintar.
+* Eliminar la pintura vieja de las paredes con una espátula, raspador y/o cepillo de alambre.
+* Mezclar colores con pigmentos para lograr el tono deseado.
+* Cargar pintura en rodillos y/o pinceles, eliminando el exceso de pintura con una rejilla.
+* Aplicar pintura en paredes interiores y exteriores con rodillos y/o pinceles.</t>
+  </si>
+  <si>
     <t>Pipe fitter</t>
+  </si>
+  <si>
+    <t>Instalador de tuberías</t>
   </si>
   <si>
     <t>* reading isometric drawings
 * assembling switching systems according to plans
 * bending the pipes
 * repairing and maintanance of pipe systems
 * assembling sewers, water and gas supply pipes</t>
   </si>
   <si>
+    <t>* leer dibujos isométricos
+* ensamblar sistemas de conmutación según los planos
+* doblar las tuberías
+* reparar y mantener sistemas de tuberías
+* montar alcantarillas, tuberías de suministro de agua y gas</t>
+  </si>
+  <si>
     <t>Planning assistant</t>
+  </si>
+  <si>
+    <t>Asistente de planificación</t>
   </si>
   <si>
     <t>* Assisting in the development and implementation of project plans and schedules.
 * Coordinating with project managers and team members to gather and analyze relevant data.
 * Supporting the preparation of project documentation, including reports and presentations.
 * Monitoring project progress and ensuring adherence to timelines and budgets.
 * Assisting in the identification and resolution of project-related issues.
 * Maintaining and updating project schedules, resource allocations, and budgets.
 * Collaborating with various stakeholders, including subcontractors and suppliers, to ensure project objectives are met.
 * Organizing project meetings, preparing agendas, and documenting meeting minutes.
 * Conducting site visits to monitor construction progress and compliance with plans.
 * Assisting in the procurement of materials and services required for construction projects.
 * Providing administrative support to the planning team, including filing and data entry.
 * Ensuring compliance with safety regulations and quality standards throughout the project lifecycle.</t>
   </si>
   <si>
+    <t>* Ayudar en la elaboración y ejecución de planes y cronogramas de proyectos.
+* Coordinar con gerentes de proyecto y miembros del equipo para recopilar y analizar datos relevantes.
+* Apoyar en la preparación de la documentación del proyecto, incluidos informes y presentaciones.
+* Monitorear el progreso del proyecto y garantizar el cumplimiento de los plazos y presupuestos.
+* Ayudar en la identificación y resolución de problemas relacionados con el proyecto.
+* Mantener y actualizar cronogramas de proyectos, asignaciones de recursos y presupuestos.
+* Colaborar con diversos interesados, incluidos subcontratistas y proveedores, para asegurarse de que se cumplan los objetivos del proyecto.
+* Organizar reuniones de proyectos, preparar agendas y documentar actas de reuniones.
+* Realizar visitas al sitio para monitorear el progreso de la construcción y el cumplimiento de los planes.
+* Ayudar en la adquisición de materiales y servicios necesarios para los proyectos de construcción.
+* Proporcionar apoyo administrativo al equipo de planificación, incluida la archivo y la entrada de datos.
+* Asegurarse de que se cumplan las normas de seguridad y calidad a lo largo del ciclo de vida del proyecto.</t>
+  </si>
+  <si>
     <t>Production Manager</t>
+  </si>
+  <si>
+    <t>Gerente de producción</t>
   </si>
   <si>
     <t>* Overseeing the production process in construction and real estate projects to ensure timely and efficient completion.
 * Coordinating with project managers, engineers, and other stakeholders to align production schedules with project timelines and goals.
 * Managing workforce allocation, ensuring that all teams are adequately staffed and trained for their respective roles.
 * Monitoring production quality and safety standards, implementing corrective actions as necessary to maintain compliance.
 * Developing and maintaining production budgets, tracking expenses, and ensuring cost-effective operations.
 * Analyzing production data to identify areas for improvement and implementing best practices to enhance productivity.
 * Ensuring the availability of materials and resources required for production, coordinating with suppliers and vendors.
 * Conducting regular site inspections to assess progress and adherence to project specifications.
 * Facilitating communication between different departments to promote collaboration and resolve any production-related issues.
 * Preparing reports on production performance and presenting findings to senior management for strategic decision-making.</t>
   </si>
   <si>
+    <t>* Supervisar el proceso de producción en proyectos de construcción y bienes raíces para garantizar su finalización oportuna y eficiente.
+* Coordinar con gerentes de proyectos, ingenieros y otros interesados para alinear los horarios de producción con los cronogramas y objetivos del proyecto.
+* Administrar la asignación de la fuerza laboral, asegurando que todos los equipos estén adecuadamente dotados de personal y capacitados para sus respectivos roles.
+* Monitorear los estándares de calidad y seguridad de la producción, implementando acciones correctivas según sea necesario para mantener el cumplimiento.
+* Desarrollar y mantener presupuestos de producción, rastrear gastos y asegurar operaciones rentables.
+* Analizar los datos de producción para identificar áreas de mejora e implementar mejores prácticas para mejorar la productividad.
+* Asegurar la disponibilidad de materiales y recursos necesarios para la producción, coordinando con proveedores y vendedores.
+* Realizar inspecciones regulares de sitios para evaluar el progreso y la adherencia a las especificaciones del proyecto.
+* Facilitar la comunicación entre diferentes departamentos para promover la colaboración y resolver cualquier problema relacionado con la producción.
+* Preparar informes sobre el rendimiento de la producción y presentar los resultados a la gerencia senior para la toma de decisiones estratégicas.</t>
+  </si>
+  <si>
     <t>Project Manager</t>
+  </si>
+  <si>
+    <t>Director de proyecto</t>
   </si>
   <si>
     <t>* Planning, managing, and coordinating construction projects.
 * Responsibility for compliance with the agreed deadlines and budget.
 * Inspecting the quality of completed work.
 * Cooperating with construction designers and construction supervisors.
 * Sending price inquiries to potential suppliers.
 * Conducting negotiations with suppliers and selecting suppliers in co-operation with investors.
 * Completing weekly and monthly reports.
 * Cooperating in receiving the construction works.</t>
   </si>
   <si>
+    <t>* Planificación, gestión y coordinación de proyectos de construcción.
+* Responsabilidad por el cumplimiento de los plazos y presupuestos acordados.
+* Inspección de la calidad del trabajo realizado.
+* Colaboración con diseñadores de construcción y supervisores de construcción.
+* Envío de solicitudes de precios a proveedores potenciales.
+* Realización de negociaciones con proveedores y selección de proveedores en cooperación con inversores.
+* Elaboración de informes semanales y mensuales.
+* Colaboración en la recepción de las obras de construcción.</t>
+  </si>
+  <si>
     <t>Property Manager</t>
+  </si>
+  <si>
+    <t>Administrador de fincas</t>
   </si>
   <si>
     <t>* Managing of residential and non-residential space from a technical aspect.
 * Reviewing the technical condition of buildings and the surrounding area.
 * Responsibility for a continuous supply of energy carriers.
 * Performing regular reviews and inspections of distributions and equipment.
 * Ensuring the cleanliness of the building, removal of municipal waste and recyclable resources.
 * Planning and coordinating alternations and general overhauls of buildings.
 * Communicating with suppliers and national institutions.
 * Responsibility for managing all the required documentation.</t>
   </si>
   <si>
+    <t>* Gestión de espacios residenciales y no residenciales desde el aspecto técnico.
+* Revisión del estado técnico de los edificios y el área circundante.
+* Responsabilidad de asegurar un suministro continuo de portadores de energía.
+* Realización de revisiones y inspecciones periódicas de distribuciones y equipos.
+* Aseguramiento de la limpieza del edificio, eliminación de residuos urbanos y recursos reciclables.
+* Planificación y coordinación de reformas y renovaciones generales de edificios.
+* Comunicación con proveedores e instituciones nacionales.
+* Responsabilidad de gestionar toda la documentación requerida.</t>
+  </si>
+  <si>
     <t>Quantity Surveyor</t>
+  </si>
+  <si>
+    <t>Aparejador</t>
   </si>
   <si>
     <t>* Management of construction preparation 
 * Checking the project documentation
 * Processing of price offers and of public tenders
 * Searching subcontractors, making contracts
 * Communication with suppliers and clients
 * Ordering goods and responsibility for warehouse stock</t>
   </si>
   <si>
+    <t>* Gestión de la preparación de la construcción
+* Revisión de la documentación del proyecto
+* Tramitación de ofertas de precios y licitaciones públicas
+* Búsqueda de subcontratistas y realización de contratos
+* Comunicación con proveedores y clientes
+* Pedidos de mercancías y responsabilidad del stock del almacén</t>
+  </si>
+  <si>
     <t>Real Estate Appraiser</t>
+  </si>
+  <si>
+    <t>Tasador inmobiliario</t>
   </si>
   <si>
     <t>* Conducting property appraisals to determine market value.
 * Preparing detailed appraisal reports and expert opinions on real estate properties.
 * Analyzing market trends and price movements in the real estate sector.
 * Assisting clients in the buying and selling process of residential and commercial properties.
 * Advertising and sourcing suitable residential and commercial spaces for potential buyers or renters.
 * Collaborating with clients to understand their needs and providing expert advice on property investments.
 * Evaluating the condition and features of properties to ensure accurate assessments.
 * Staying updated on local real estate regulations and market conditions to provide informed evaluations.
 * Communicating findings and recommendations to clients in a clear and professional manner.
 * Maintaining accurate records of appraisals and property transactions for compliance and reporting purposes.</t>
   </si>
   <si>
+    <t>* Realizar tasaciones de propiedades para determinar su valor de mercado.
+* Preparar informes de tasación detallados y opiniones de expertos sobre propiedades inmobiliarias.
+* Analizar las tendencias del mercado y los movimientos de precios en el sector inmobiliario.
+* Asistir a los clientes en el proceso de compra y venta de propiedades residenciales y comerciales.
+* Publicitar y buscar espacios residenciales y comerciales adecuados para posibles compradores o arrendatarios.
+* Colaborar con los clientes para comprender sus necesidades y ofrecer asesoramiento experto en inversiones inmobiliarias.
+* Evaluar el estado y las características de las propiedades para asegurar evaluaciones precisas.
+* Mantenerse actualizado sobre las regulaciones inmobiliarias locales y las condiciones del mercado para proporcionar evaluaciones informadas.
+* Comunicar los resultados y recomendaciones a los clientes de manera clara y profesional.
+* Mantener registros precisos de las tasaciones y transacciones inmobiliarias para fines de cumplimiento y presentación de informes.</t>
+  </si>
+  <si>
     <t>Real estate maintenance</t>
+  </si>
+  <si>
+    <t>Trabajador de mantenimiento de edificios</t>
   </si>
   <si>
     <t>* Performing routine maintenance and repairs on residential and commercial properties.
 * Conducting regular inspections to identify maintenance needs and safety hazards.
 * Responding promptly to maintenance requests from tenants or property managers.
 * Coordinating with external contractors for specialized repairs and services.
 * Maintaining accurate records of maintenance activities and completed work orders.
 * Ensuring compliance with safety regulations and building codes during maintenance tasks.
 * Assisting in the preparation of maintenance budgets and cost estimates.
 * Performing landscaping and exterior maintenance, including snow removal and lawn care.
 * Managing inventory of maintenance supplies and equipment, ensuring availability.
 * Communicating effectively with tenants and property management regarding maintenance issues.
 * Providing exceptional customer service to enhance tenant satisfaction and property value.
 * Collaborating with team members to improve maintenance processes and efficiency.
 * Staying updated on industry trends and best practices in property maintenance.</t>
   </si>
   <si>
+    <t>* Realizar mantenimiento y reparaciones de rutina en propiedades residenciales y comerciales.
+* Realizar inspecciones periódicas para identificar necesidades de mantenimiento y riesgos para la seguridad.
+* Responder con prontitud a solicitudes de mantenimiento de inquilinos o administradores de propiedades.
+* Coordinar con contratistas externos para reparaciones y servicios especializados.
+* Mantener registros precisos de las actividades de mantenimiento y órdenes de trabajo completadas.
+* Garantizar el cumplimiento de las regulaciones de seguridad y códigos de edificación durante las tareas de mantenimiento.
+* Asistir en la preparación de presupuestos de mantenimiento y estimaciones de costos.
+* Realizar paisajismo y mantenimiento exterior, incluyendo remoción de nieve y cuidado del césped.
+* Gestionar el inventario de suministros y equipos de mantenimiento, asegurando su disponibilidad.
+* Comunicarse de manera efectiva con inquilinos y administración de propiedades sobre problemas de mantenimiento.
+* Brindar un servicio al cliente excepcional para mejorar la satisfacción de los inquilinos y el valor de la propiedad.
+* Colaborar con otros miembros del equipo para mejorar los procesos y la eficiencia del mantenimiento.
+* Mantenerse actualizado sobre las tendencias de la industria y las mejores prácticas en mantenimiento de propiedades.</t>
+  </si>
+  <si>
     <t>Refrigeration Mechanic</t>
+  </si>
+  <si>
+    <t>Mecánico de refrigeración</t>
   </si>
   <si>
     <t>* Performing the calculations that are necessary for designing simpler refrigeration and air conditioning equipment.
 * Mounting, dismantling, and completing refrigeration and air conditioning equipment.
 * Detecting defects and determining the procedures that are necessary for their removal.
 * Connecting automatic control components to refrigeration and air conditioning equipment.
 * Assessing facilities in terms of meeting standards and regulations.</t>
   </si>
   <si>
+    <t>* Realizar los cálculos necesarios para diseñar equipos de refrigeración y aire acondicionado más sencillos.
+* Montar, desmontar y completar equipos de refrigeración y aire acondicionado.
+* Detectar defectos y determinar los procedimientos necesarios para su eliminación.
+* Conectar componentes de control automático a equipos de refrigeración y aire acondicionado.
+* Evaluar las instalaciones en términos de cumplimiento de normas y regulaciones.</t>
+  </si>
+  <si>
     <t>Roofer</t>
+  </si>
+  <si>
+    <t>Techador</t>
   </si>
   <si>
     <t>* Calculating, plotting and fabricating sheet metal products.
 * Cutting the sheet metal plates into the required dimensions.
 * Laying a soft and hard roof covering.
 * Covering roofs, terraces, balconies, loggias, parapets, cornices, window sills, etc. with sheet metal.</t>
   </si>
   <si>
+    <t>* Calcular, trazar y fabricar productos de chapa metálica.
+* Cortar las placas de chapa metálica en las dimensiones requeridas.
+* Colocar una cubierta de techo blanda y dura.
+* Cubrir techos, terrazas, balcones, logias, parapetos, cornisas, alféizares de ventanas, etc. con chapa metálica.</t>
+  </si>
+  <si>
     <t>Scaffolder</t>
+  </si>
+  <si>
+    <t>Montador de andamios</t>
   </si>
   <si>
     <t xml:space="preserve">* Putting up scaffoldings while considering the load-carrying capacity of the bed.
 * Putting up scaffoldings along the frontage of the buildings.
 * Putting up protective railings, protective nets, ladders, floors and blocks that prevent objects from falling down from the scaffolding.
 * Being responsible for building the right foundations of a scaffolding, for the correct anchoring and putting up of the scaffolding .
 * Taking apart the scaffolding and protective nets after finishing the building process.
 </t>
   </si>
   <si>
+    <t>* Instalar andamios considerando la capacidad de carga de la base.
+* Instalar andamios a lo largo de la fachada de los edificios.
+* Instalar barandillas de protección, redes de protección, escaleras, pisos y bloques que impiden que objetos caigan del andamio.
+* Ser responsable de construir los cimientos adecuados de un andamio, del anclaje correcto y la instalación del andamio.
+* Desmontar el andamio y las redes de protección después de finalizar el proceso de construcción.</t>
+  </si>
+  <si>
     <t>Spatial Planner</t>
+  </si>
+  <si>
+    <t>Planificador espacial</t>
   </si>
   <si>
     <t>* Planning and designing of living and commercial environments. 
 * Negotiating fees and setting schedules for the project.
 * Researching and drawing up rough plans.
 * Developing detailed designs and choosing materials. 
 * Providing clients with samples of wallpaper, paint and fabric for approval.
 * Supervising the work as it is carried out.
 * Gathering information from clients about requirements.
 * Inspecting buildings to gain an idea of size and current layout.
 * Assessing requirements for materials, furniture and furnishings.
 * Liaising with professionals and organizations such as suppliers, manufacturers, quantity surveyors and architects.</t>
   </si>
   <si>
+    <t>* Planificación y diseño de entornos residenciales y comerciales.
+* Negociación de honorarios y establecimiento de cronogramas para el proyecto.
+* Investigación y elaboración de planes preliminares.
+* Desarrollo de diseños detallados y selección de materiales.
+* Proporcionar a los clientes muestras de papel pintado, pintura y telas para su aprobación.
+* Supervisión del trabajo a medida que se ejecuta.
+* Recopilación de información de los clientes sobre sus requisitos.
+* Inspección de edificios para tener una idea de su tamaño y distribución actual.
+* Evaluación de los requisitos para materiales, muebles y accesorios.
+* Coordinación con profesionales y organizaciones como proveedores, fabricantes, tasadores de cantidades y arquitectos.</t>
+  </si>
+  <si>
     <t>Stonemason</t>
+  </si>
+  <si>
+    <t>Cantero</t>
   </si>
   <si>
     <t>* Selecting suitable stone blocks that are required to implement the contract.
 * Cutting stone blocks to the required dimensions.
 * Engraving and polishing stone plates.
 * Hewing, sandblasting, gilding and silvering letters.
 * Mounting and fixing tombstones in cemeteries.</t>
   </si>
   <si>
+    <t>* Selección de bloques de piedra adecuados que se requieren para implementar el contrato.
+* Corte de bloques de piedra a las dimensiones requeridas.
+* Grabado y pulido de placas de piedra.
+* Labrado, arenado, dorado y plateado de letras.
+* Montaje y fijación de lápidas en cementerios.</t>
+  </si>
+  <si>
     <t>Structural Engineer</t>
+  </si>
+  <si>
+    <t>Especialista en estructuras</t>
   </si>
   <si>
     <t>* Identifying locations in buildings to which the load is imposed.
 * Designing building structures with an emphasis placed on their safety, economy as well as the requirements from investor, architect and public bodies.
 * Completing static and dynamic calculations.
 * Completing expert opinions for new buildings, bridges, tunnels etc.
 * Conducting sightings of buildings damaged by natural disasters, explosions; issuing expert opinions on their further habitability/uninhabitability (in case of residential premises).</t>
   </si>
   <si>
+    <t>* Identificar las ubicaciones en los edificios donde se impone la carga.
+* Diseñar estructuras de edificios con énfasis en su seguridad, economía, así como en los requisitos del inversor, arquitecto y organismos públicos.
+* Realizar cálculos estáticos y dinámicos.
+* Realizar informes periciales para nuevos edificios, puentes, túneles, etc.
+* Realizar inspecciones de edificios dañados por desastres naturales, explosiones; emitir opiniones expertas sobre su habitabilidad o inhabilidad futura (en el caso de locales residenciales).</t>
+  </si>
+  <si>
     <t>Tile man</t>
+  </si>
+  <si>
+    <t>Alicatador</t>
   </si>
   <si>
     <t>* Manufacture of ceramic and porcelain products.
 * Preparation of ceramic materials and glazes, dialing of ceramic products on mechanical rings, pressing of products on semi-automatic and automatic presses,
 * Creating, pouring products of utility, medical, decorative and figural ceramics or porcelain.
 * Implementation of firing products in tunnel, chamber, round and shaft furnaces.
 * Output control of semi-finished products and products, including records of defects and their causes.</t>
   </si>
   <si>
+    <t>* Fabricación de productos de cerámica y porcelana.
+* Preparación de materiales y esmaltes cerámicos,(trace) ajuste de productos cerámicos en anillos mecánicos, prensado de productos en prensas semiautomáticas y automáticas,
+* Creación y vertido de productos de cerámica de uso, médica, decorativa y figurativa o porcelana.
+* Implementación de la cocción de productos en hornos túneles, de cámara, redondos y de pozo.
+* Control de salida de productos semielaborados y productos, incluyendo registro de defectos y sus causas.</t>
+  </si>
+  <si>
     <t>Welder</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Soldador </t>
   </si>
   <si>
     <t>* Welding metals, plastics, and polymers pursuant to the technical documentation.
 * Defining suitable methods for welding and work procedures.
 * Using welding tools and instruments, responsibility for proper settings and use.
 * Cleaning, polishing, and other finishing work for welds.
 * Inspecting the quality of welds using a series of tests.
 * Caring for and maintaining technical equipment in operating condition.</t>
   </si>
   <si>
+    <t>* Soldar metales, plásticos y polímeros de acuerdo con la documentación técnica.
+* Definir métodos adecuados para soldar y procedimientos de trabajo.
+* Utilizar herramientas e instrumentos de soldadura, ser responsable de los ajustes y uso adecuados.
+* Realizar trabajos de limpieza, pulido y otros acabados para las soldaduras.
+* Inspeccionar la calidad de las soldaduras mediante una serie de pruebas.
+* Cuidar y mantener el equipo técnico en condiciones de funcionamiento.</t>
+  </si>
+  <si>
     <t>Customer Support</t>
   </si>
   <si>
+    <t>Atención al cliente</t>
+  </si>
+  <si>
     <t>Call Center Supervisor</t>
+  </si>
+  <si>
+    <t>Supervisor del centro de llamadas</t>
   </si>
   <si>
     <t>* Overseeing daily operations of the call center to ensure efficiency and effectiveness in service delivery.
 * Supervising and training call center agents to enhance their performance and customer service skills.
 * Monitoring call metrics and performance indicators to identify areas for improvement.
 * Handling escalated customer inquiries and resolving complex issues in a timely manner.
 * Developing and implementing policies and procedures to improve service quality and operational efficiency.
 * Conducting regular performance evaluations and providing constructive feedback to team members.
 * Ensuring compliance with company policies and industry regulations.
 * Collaborating with other departments to address customer needs and improve service offerings.
 * Preparing reports on call center performance, customer feedback, and team productivity.
 * Fostering a positive work environment that encourages teamwork and employee engagement.
 * Assisting in the recruitment and onboarding process of new call center staff.
 * Staying informed about industry trends and best practices to enhance service delivery.</t>
   </si>
   <si>
+    <t>* Supervisar las operaciones diarias del centro de llamadas para garantizar la eficiencia y la efectividad en la entrega del servicio.
+* Supervisar y capacitar a los agentes del centro de llamadas para mejorar su rendimiento y habilidades en atención al cliente.
+* Monitorear las métricas de llamadas y los indicadores de desempeño para identificar áreas de mejora.
+* Atender las consultas de los clientes escaladas y resolver problemas complejos de manera oportuna.
+* Desarrollar e implementar políticas y procedimientos para mejorar la calidad del servicio y la eficiencia operativa.
+* Realizar evaluaciones de desempeño regulares y brindar retroalimentación constructiva a los miembros del equipo.
+* Asegurar el cumplimiento de las políticas de la empresa y las regulaciones del sector.
+* Colaborar con otros departamentos para abordar las necesidades de los clientes y mejorar las ofertas de servicio.
+* Preparar informes sobre el rendimiento del centro de llamadas, la retroalimentación de los clientes y la productividad del equipo.
+* Fomentar un entorno laboral positivo que promueva el trabajo en equipo y la participación de los empleados.
+* Ayudar en el proceso de reclutamiento y capacitación de nuevo personal del centro de llamadas.
+* Mantenerse informado sobre las tendencias del sector y las mejores prácticas para mejorar la entrega del servicio.</t>
+  </si>
+  <si>
     <t>* Answering incoming calls and providing information about services to interested customers.
 * Handling customer inquiries and resolving complaints related to services.
 * Conducting outbound calls for service promotion and sales.
 * Maintaining accurate records of customer interactions and transactions.
 * Compiling and managing statistics on call volumes and service requests.
 * Collaborating with team members to improve service delivery and customer satisfaction.
 * Utilizing CRM software to track customer interactions and follow up on leads.
 * Providing feedback to management regarding customer trends and service issues.
 * Ensuring compliance with company policies and procedures during all customer interactions.
 * Participating in training sessions to enhance product knowledge and customer service skills.</t>
   </si>
   <si>
+    <t>* Contestar llamadas entrantes y proporcionar información sobre los servicios a clientes interesados.
+* Atender consultas de clientes y resolver reclamos relacionados con los servicios.
+* Realizar llamadas salientes para promocionar los servicios y las ventas.
+* Mantener registros precisos de las interacciones y transacciones de los clientes.
+* Recopilar y gestionar estadísticas sobre el volumen de llamadas y solicitudes de servicio.
+* Colaborar con los miembros del equipo para mejorar la entrega del servicio y la satisfacción del cliente.
+* Utilizar software de CRM para rastrear las interacciones con los clientes y hacer seguimiento de los posibles clientes.
+* Proporcionar retroalimentación a la gerencia con respecto a las tendencias de los clientes y problemas de servicio.
+* Asegurar el cumplimiento de las políticas y procedimientos de la empresa durante todas las interacciones con los clientes.
+* Participar en sesiones de capacitación para mejorar los conocimientos sobre los productos y las habilidades de servicio al cliente.</t>
+  </si>
+  <si>
     <t>Customer service analyst</t>
+  </si>
+  <si>
+    <t>Analista de servicio al cliente</t>
   </si>
   <si>
     <t>* Analyzing customer service data to identify trends, patterns, and areas for improvement.
 * Monitoring and evaluating customer interactions to ensure quality and adherence to service standards.
 * Collaborating with cross-functional teams to develop strategies that enhance customer satisfaction and loyalty.
 * Preparing detailed reports and presentations on customer feedback and service performance metrics.
 * Conducting root cause analysis for customer complaints and implementing corrective actions.
 * Assisting in the development and implementation of customer service policies and procedures.
 * Providing support and training to customer service representatives to improve service delivery.
 * Utilizing customer relationship management (CRM) tools to track interactions and gather insights.
 * Participating in customer service initiatives and projects aimed at improving overall service efficiency.
 * Staying updated on industry trends and best practices to recommend innovative solutions for customer engagement.</t>
   </si>
   <si>
+    <t>* Analizar datos de servicio al cliente para identificar tendencias, patrones y áreas de mejora.
+* Monitorear y evaluar las interacciones con los clientes para garantizar la calidad y el cumplimiento de los estándares de servicio.
+* Colaborar con equipos multifuncionales para desarrollar estrategias que mejoren la satisfacción y la lealtad del cliente.
+* Preparar informes detallados y presentaciones sobre la retroalimentación de los clientes y las métricas de desempeño del servicio.
+* Realizar análisis de causa raíz de las quejas de los clientes e implementar acciones correctivas.
+* Asistir en el desarrollo y la implementación de políticas y procedimientos de servicio al cliente.
+* Proporcionar apoyo y capacitación a los representantes de servicio al cliente para mejorar la entrega del servicio.
+* Utilizar herramientas de gestión de relaciones con clientes (CRM) para rastrear interacciones y recopilar información.
+* Participar en iniciativas y proyectos de servicio al cliente destinados a mejorar la eficiencia general del servicio.
+* Mantenerse actualizado sobre las tendencias y mejores prácticas de la industria para recomendar soluciones innovadoras para el compromiso con el cliente.</t>
+  </si>
+  <si>
     <t>Customer Support Specialist</t>
+  </si>
+  <si>
+    <t>Especialista en atención al cliente</t>
   </si>
   <si>
     <t>* Communication with the client - via telephone, e-mail, chat (also in a foreign language)
 * Giving information
 * Analysing and solving the needs and problems of the client
 * Work with the internal system of the company</t>
   </si>
   <si>
+    <t>* Comunicación con el cliente - vía teléfono, correo electrónico, chat (también en idioma extranjero)
+* Proporcionar información
+* Analizar y resolver las necesidades y problemas del cliente
+* Trabajo con el sistema interno de la empresa</t>
+  </si>
+  <si>
     <t>Helpdesk Operator</t>
+  </si>
+  <si>
+    <t>Operador en el servicio de asistencia técnica</t>
   </si>
   <si>
     <t>* Connecting telephone calls.
 * Operating telephone and fax lines.
 * Providing information about the services of the company over the telephone.
 * Providing technical support and solving specific customer problems over the telephone or online.
 * Handling claims and special requirements from customers.
 * Keeping records on customer requirements and claims of provided services.</t>
   </si>
   <si>
+    <t>* Conectar llamadas telefónicas.
+* Operar líneas telefónicas y de fax.
+* Proporcionar información sobre los servicios de la empresa por teléfono.
+* Proporcionar soporte técnico y resolver problemas específicos de los clientes por teléfono o en línea.
+* Gestionar reclamos y requisitos especiales de los clientes.
+* Mantener registros de los requisitos de los clientes y reclamos de los servicios prestados.</t>
+  </si>
+  <si>
     <t>Technical Support Specialist</t>
+  </si>
+  <si>
+    <t>Especialista en soporte técnico</t>
   </si>
   <si>
     <t>* Providing users with technical support in the area of hardware and/or software.
 * Identifying and solving problems.
 * Keeping necessary records, recording information on incidents and their solutions.
 * Keeping to deadlines and ensuring efficient solutions to incidents.
 * Participating in the implementation of projects. 
 * Communication with customers.</t>
   </si>
   <si>
+    <t>* Brindar soporte técnico a usuarios en el área de hardware y/o software.
+* Identificar y resolver problemas.
+* Mantener los registros necesarios, registrar información sobre incidentes y sus soluciones.
+* Cumplir con los plazos y garantizar soluciones eficientes a los incidentes.
+* Participar en la implementación de proyectos.
+* Comunicación con clientes.</t>
+  </si>
+  <si>
     <t>Economy, Finance, Accountancy</t>
   </si>
   <si>
+    <t>Economía, Finanzas, Contabilidad</t>
+  </si>
+  <si>
     <t>Accountant</t>
+  </si>
+  <si>
+    <t>Contable</t>
   </si>
   <si>
     <t>* Administering simple and/or double-entry accounting for the company.
 * Securing the proper and timely accounting of all issued invoices.
 * Proper recording of all entrusted accounting records.
 * Completing monthly, quarterly, and annual closings.
 * Completing tax declarations.
 * Preparing statements for the Statistical Office of the Slovak Republic.
 * Communicating with auditors, tax authorities, and other institutions.</t>
   </si>
   <si>
+    <t>* Administrar la contabilidad simple y/o por partida doble de la empresa.
+* Asegurar la correcta y oportuna contabilización de todas las facturas emitidas.
+* Registrar adecuadamente todos los registros contables encomendados.
+* Realizar cierres mensuales, trimestrales y anuales.
+* Completar declaraciones de impuestos.
+* Preparar informes para la Oficina Estadística de la República Eslovaca.
+* Comunicarse con auditores, autoridades fiscales y otras instituciones.</t>
+  </si>
+  <si>
     <t>Accounting service manager</t>
+  </si>
+  <si>
+    <t>Gerente de contabilidad</t>
   </si>
   <si>
     <t xml:space="preserve">* Manage the team on a day-to-day basis and to develop and maintain strong external and internal client relationships. 
 * Manage portfolios of clients and are responsible for fee negotiations, billings, contracts and cash collection. 
 * For each assignment, the accounting services manager determines resource requirements, monitors the team’s progress against budget and sets timeframes. 
 * They will review and approve the work of more junior staff and resolve any issues prior to director or partner review. 
 * The accounting services manager will also contribute to business development by proactively seeking out new opportunities for the team.
 </t>
   </si>
   <si>
+    <t>* Administrar el equipo en el día a día y desarrollar y mantener sólidas relaciones con clientes externos e internos.
+* Administrar carteras de clientes y ser responsable de las negociaciones de honorarios, facturaciones, contratos y cobros de dinero.
+* Para cada asignación, el gerente de servicios contables determina los requisitos de recursos, supervisa el progreso del equipo con respecto al presupuesto y establece plazos.
+* Revisará y aprobará el trabajo del personal más junior y resolverá cualquier problema antes de la revisión del director o socio.
+* El gerente de servicios contables también contribuirá al desarrollo empresarial buscando proactivamente nuevas oportunidades para el equipo.</t>
+  </si>
+  <si>
     <t>Assistant Financial Controller</t>
+  </si>
+  <si>
+    <t>Asistente de controlador financiero</t>
   </si>
   <si>
     <t>* Assisting the Financial Controller in managing financial operations and reporting.
 * Preparing and analyzing financial statements, budgets, and forecasts.
 * Supporting the month-end and year-end closing processes.
 * Ensuring compliance with financial regulations and internal controls.
 * Conducting variance analysis and identifying trends in financial performance.
 * Collaborating with various departments to gather financial data and insights.
 * Assisting in the preparation of financial reports for management and stakeholders.
 * Maintaining accurate financial records and documentation.
 * Participating in audits and ensuring timely responses to audit inquiries.
 * Supporting the implementation of financial policies and procedures.
 * Assisting in cash flow management and monitoring of financial transactions.
 * Providing administrative support to the finance team as needed.
 * Contributing to process improvement initiatives within the finance department.
 * Engaging in professional development to stay current with industry trends and regulations.</t>
   </si>
   <si>
+    <t>* Asistir al Controlador Financiero en la gestión de operaciones financieras e informes.
+* Preparar y analizar estados financieros, presupuestos y previsiones.
+* Apoyar los procesos de cierre de fin de mes y fin de año.
+* Asegurar el cumplimiento de regulaciones financieras y controles internos.
+* Realizar análisis de variaciones e identificar tendencias en el desempeño financiero.
+* Colaborar con varios departamentos para recopilar datos e información financiera.
+* Asistir en la preparación de informes financieros para la gerencia y las partes interesadas.
+* Mantener registros y documentación financiera precisa.
+* Participar en auditorías y garantizar respuestas oportunas a las consultas de auditoría.
+* Apoyar la implementación de políticas y procedimientos financieros.
+* Asistir en la gestión de flujo de caja y seguimiento de transacciones financieras.
+* Proporcionar apoyo administrativo al equipo de finanzas según sea necesario.
+* Contribuir a las iniciativas de mejora de procesos dentro del departamento de finanzas.
+* Participar en el desarrollo profesional para mantenerse al día con las tendencias y regulaciones de la industria.</t>
+  </si>
+  <si>
     <t>Assistant of Auditor</t>
+  </si>
+  <si>
+    <t>Asistente de auditoría</t>
   </si>
   <si>
     <t>* Performing economic activities (with the exception of signing a written report on the results of provided audit services) under the direction of a certified auditor.
 * Checking financial statements of customers.
 * Managing audit documentation.
 * Managing the auditor’s assistant labour book.
 * Providing co-operation to the Slovak Chamber of Auditors in case of a quality audit concerning the performance of auditing services.</t>
   </si>
   <si>
+    <t>* Realizar actividades económicas (con la excepción de firmar un informe escrito sobre los resultados de los servicios de auditoría prestados) bajo la dirección de un auditor certificado.
+* Verificar las declaraciones financieras de los clientes.
+* Administrar la documentación de auditoría.
+* Administrar el libro de trabajo del asistente de auditor.
+* Prestar cooperación a la Cámara de Auditores Eslovaca en caso de una auditoría de calidad relacionada con la prestación de servicios de auditoría.</t>
+  </si>
+  <si>
     <t>Assistant to a Tax Advisor</t>
+  </si>
+  <si>
+    <t>Asistente de asesor fiscal</t>
   </si>
   <si>
     <t>* Performing economic activities under the guidance of a certified tax consultant.
 * Preparing tax opinions in the Slovak and/or a foreign language.
 * Calculating the income tax of natural and legal persons.
 * Preparing tax returns for the income tax of natural and legal persons, VAT, property tax, car tax and excise duty.
 * Registering taxpayers at the relevant tax authorities.
 * Communicating with the clients of the company and representatives of the tax administration.</t>
   </si>
   <si>
+    <t>* Realización de actividades económicas bajo la supervisión de un consultor fiscal certificado.
+* Preparación de opiniones fiscales en eslovaco y/o en lengua extranjera.
+* Cálculo del impuesto sobre la renta de personas naturales y jurídicas.
+* Preparación de declaraciones fiscales para el impuesto sobre la renta de personas naturales y jurídicas, IVA, impuesto inmobiliario, impuesto sobre vehículos y derechos de aduana.
+* Registro de contribuyentes ante las autoridades fiscales pertinentes.
+* Comunicación con los clientes de la empresa y representantes de la administración tributaria.</t>
+  </si>
+  <si>
     <t>Auditor</t>
   </si>
   <si>
     <t>* Verifying financial statements and annual reports of the external clients.
 * Checking for compliance with the legislation and accounting standards.
 * Communicating with accountants or other employees of the company in case of discrepancies.
 * Completing reports and recommendations based on the findings from an audit.
 * Notifying as to the potential risks, and proposing solutions to prevent them.</t>
   </si>
   <si>
+    <t>* Verificar los estados financieros e informes anuales de los clientes externos.
+* Revisar la conformidad con la legislación y las normas contables.
+* Comunicarse con los contadores u otros empleados de la empresa en caso de discrepancias.
+* Elaborar informes y recomendaciones basadas en los hallazgos de una auditoría.
+* Notificar sobre los riesgos potenciales y proponer soluciones para prevenirlos.</t>
+  </si>
+  <si>
     <t>Billing Clerk</t>
+  </si>
+  <si>
+    <t>Empleado de facturación</t>
   </si>
   <si>
     <t>* Issuing and processing of invoices, credit and debit notes.
 * Performing retrospective control of invoices and billing documentation.
 * Preparing documentation for invoicing and accounting.
 * Processing of travel orders.
 * Monitoring the payment discipline of customers, urging of late payments.
 * Cash management in domestic and foreign currency.
 * Communicating with customers and suppliers, solving possible discrepancies.
 * Recording and archiving of documents in accordance with accounting, tax and internal regulations.</t>
   </si>
   <si>
+    <t>* Emisión y tramitación de facturas, notas de crédito y débito.
+* Realización del control retrospectivo de facturas y documentación de facturación.
+* Preparación de documentación para facturación y contabilidad.
+* Tramitación de órdenes de viaje.
+* Seguimiento de la disciplina de pago de los clientes, reclamación de pagos atrasados.
+* Gestión de tesorería en moneda nacional y extranjera.
+* Comunicación con clientes y proveedores, resolución de posibles discrepancias.
+* Registro y archivo de documentos de acuerdo con las normas contables, fiscales y regulaciones internas.</t>
+  </si>
+  <si>
     <t>* Receiving and issuing cash in local and foreign currency, valuables etc.
 * Issuing cash receipt and cash expenditure vouchers.
 * Keeping records of the cash received and issued.
 * Material responsibility for entrusted cash and valuables.
 * Participating in completing the daily and monthly financial statements of the company.</t>
   </si>
   <si>
+    <t>* Recibir y emitir dinero en efectivo en moneda local y extranjera, objetos de valor, etc.
+* Emitir comprobantes de ingreso y gasto de efectivo.
+* Llevar registros del dinero en efectivo recibido y emitido.
+* Responsabilidad material por el dinero en efectivo y los objetos de valor encomendados.
+* Participar en la elaboración de los estados financieros diarios y mensuales de la empresa.</t>
+  </si>
+  <si>
     <t>Chief Accountant</t>
+  </si>
+  <si>
+    <t>Jefe de contabilidad</t>
   </si>
   <si>
     <t>* Complex administration and management of accounting. 
 * Processing monthly, quarterly, and annual financial statements.
 * Defining the accounting methods that are used in the company and participation in the creation of internal directives related to accounting.
 * Preparing materials that are used for reporting to a superior.
 * Methodology management of accounting and related processes pursuant to valid legislation.
 * Preparing materials for completing audit and rating assessments.
 * Managing a team of accountants (in large companies).</t>
   </si>
   <si>
+    <t>* Administración y gestión compleja de la contabilidad.
+* Elaboración de estados financieros mensuales, trimestrales y anuales.
+* Definición de los métodos contables utilizados en la empresa y participación en la creación de directivas internas relacionadas con la contabilidad.
+* Preparación de materiales utilizados para informar a un superior.
+* Gestión de la metodología de contabilidad y procesos relacionados conforme a la legislación vigente.
+* Preparación de materiales para la realización de evaluaciones de auditoría y calificación.
+* Dirección de un equipo de contadores (en empresas grandes).</t>
+  </si>
+  <si>
     <t>Chief Accountant Deputy</t>
+  </si>
+  <si>
+    <t>Adjunto a jefe de contabilidad</t>
   </si>
   <si>
     <t>* Assisting the Chief Accountant in overseeing the daily operations of the accounting department.
 * Preparing and reviewing financial statements, ensuring accuracy and compliance with regulations.
 * Managing accounts payable and receivable, including processing invoices and payments.
 * Conducting regular reconciliations of bank accounts and financial statements.
 * Supporting the budgeting and forecasting processes by providing relevant financial data.
 * Ensuring timely and accurate financial reporting to management and stakeholders.
 * Assisting in the preparation of tax returns and ensuring compliance with tax regulations.
 * Collaborating with internal and external auditors during financial audits.
 * Implementing and maintaining accounting policies and procedures to enhance efficiency.
 * Training and mentoring junior accounting staff as needed.
 * Addressing any accounting discrepancies and resolving issues in a timely manner.
 * Staying updated on changes in financial regulations and best practices in accounting.</t>
   </si>
   <si>
+    <t>* Asistir al contador jefe en la supervisión de las operaciones diarias del departamento de contabilidad.
+* Preparar y revisar los estados financieros, asegurando la exactitud y el cumplimiento de las regulaciones.
+* Gestionar las cuentas por pagar y por cobrar, incluyendo el procesamiento de facturas y pagos.
+* Realizar conciliaciones periódicas de las cuentas bancarias y los estados financieros.
+* Apoyar los procesos de presupuestación y pronóstico proporcionando datos financieros relevantes.
+* Garantizar la presentación oportuna y precisa de informes financieros a la gerencia y las partes interesadas.
+* Asistir en la preparación de las declaraciones de impuestos y asegurar el cumplimiento de las regulaciones fiscales.
+* Colaborar con los auditores internos y externos durante las auditorías financieras.
+* Implementar y mantener políticas y procedimientos contables para mejorar la eficiencia.
+* Capacitar y asesorar al personal contable junior según sea necesario.
+* Resolver cualquier discrepancia contable y solucionar problemas de manera oportuna.
+* Mantenerse actualizado sobre cambios en las regulaciones financieras y las mejores prácticas en contabilidad.</t>
+  </si>
+  <si>
     <t>Claims Specialist</t>
+  </si>
+  <si>
+    <t>Experto en reclamaciones</t>
   </si>
   <si>
     <t>* Managing and processing the outstanding claims agenda.
 * Monitoring the payment of overdue receivables.
 * Contacting debtors by telephone, recovering due amounts.
 * Sending letters of formal notice and reminders to debtors and other participants in the supplier-customer relation.
 * Concluding agreements with debtors, negotiating deadlines for payments and repayment schedules.
 * Transferring unrecovered debts to bailiffs and mandate companies.
 * Contributing to the reduction of the total volume of unrecovered debts.
 * Identifying the contact details of debtors.</t>
   </si>
   <si>
+    <t>* Gestionar y tramitar el calendario de reclamaciones pendientes.
+* Controlar el pago de cuentas pendientes de cobro vencidas.
+* Contactar con los deudores por teléfono para recuperar los importes adeudados.
+* Enviar cartas de notificación formal y recordatorios a deudores y otros participantes en la relación proveedor-cliente.
+* Concluir acuerdos con los deudores, negociar plazos para pago y calendarios de pago.
+* Transferir las deudas no cobradas a los agentes judiciales y las compañías mandatarias.
+* Contribuir a la reducción del volumen total de deudas no cobradas.
+* Identificar los detalles de contacto de los deudores.</t>
+  </si>
+  <si>
     <t>Consultant</t>
+  </si>
+  <si>
+    <t>Consultor</t>
   </si>
   <si>
     <t>* Analyzing customer needs and developing and presenting solution suggestions.
 * Performing customer/user training.
 * Analyzing legislative changes.
 * Providing phone and email support when completing the order.
 * Performing testing and documenting of program edits.
 * Ensuring Contract Service activity of the order.</t>
   </si>
   <si>
+    <t>* Analizar las necesidades del cliente y desarrollar y presentar sugerencias de soluciones.
+* Realizar capacitaciones para clientes/usuarios.
+* Analizar cambios legislativos.
+* Brindar soporte telefónico y por correo electrónico al completar el pedido.
+* Realizar pruebas y documentación de ediciones del programa.
+* Garantizar la actividad de Servicio de Contrato del pedido.</t>
+  </si>
+  <si>
     <t>Controller</t>
+  </si>
+  <si>
+    <t>Controlador</t>
   </si>
   <si>
     <t xml:space="preserve">* Auditing of financial information of one or more companies. 
 * Monitoring of selected financial indicators (e.g. profitability, liquidity, etc.).
 * Analysing and interpreting variations encountered.
 * Compilation of reports and analyses for senior management.
 </t>
   </si>
   <si>
+    <t>* Auditoría de información financiera de una o varias empresas.
+* Seguimiento de indicadores financieros seleccionados (por ejemplo, rentabilidad, liquidez, etc.).
+* Análisis e interpretación de las variaciones encontradas.
+* Compilación de informes y análisis para la alta dirección.</t>
+  </si>
+  <si>
     <t>Cost Accountant</t>
+  </si>
+  <si>
+    <t>Contable de costes</t>
   </si>
   <si>
     <t>* Estimating costs of projects and/or products.
 * Providing support to senior management in deciding on future investments.
 * Collecting data and analysing factors affecting the final price.
 * Preparing overviews of project and/or product costs.
 * Cooperating with suppliers and members of other departments of the company.</t>
   </si>
   <si>
+    <t>* Estimación de costos de proyectos y/o productos.
+* Brindar apoyo a la alta dirección en la toma de decisiones sobre futuras inversiones.
+* Recopilación de datos y análisis de factores que afectan el precio final.
+* Preparación de resúmenes de costos de proyectos y/o productos.
+* Colaboración con proveedores y miembros de otros departamentos de la empresa.</t>
+  </si>
+  <si>
     <t>Damage appraiser</t>
+  </si>
+  <si>
+    <t>Peritaje de daños</t>
   </si>
   <si>
     <t>* Assessing damage to property, vehicles, and equipment to determine the extent of loss.
 * Analyzing and documenting findings through detailed reports and photographs.
 * Collaborating with insurance adjusters, clients, and contractors to facilitate claims processing.
 * Providing expert recommendations on repair costs and replacement values.
 * Conducting site visits to evaluate damage and gather necessary information for claims.
 * Communicating effectively with clients to explain the appraisal process and findings.
 * Ensuring compliance with relevant regulations and industry standards during appraisals.
 * Maintaining accurate records of all appraisals and related documentation.
 * Staying updated on industry trends, pricing, and repair techniques to provide accurate assessments.
 * Participating in training and professional development to enhance appraisal skills and knowledge.</t>
   </si>
   <si>
+    <t>* Evaluar los daños a propiedades, vehículos y equipos para determinar la magnitud de la pérdida.
+* Analizar y documentar los hallazgos mediante informes detallados y fotografías.
+* Colaborar con ajustadores de seguros, clientes y contratistas para facilitar el proceso de reclamaciones.
+* Proporcionar recomendaciones expertas sobre costos de reparación y valores de reemplazo.
+* Realizar visitas al sitio para evaluar los daños y recopilar la información necesaria para las reclamaciones.
+* Comunicarse eficazmente con los clientes para explicar el proceso de tasación y los hallazgos.
+* Garantizar el cumplimiento de las regulaciones relevantes y los estándares de la industria durante las tasaciones.
+* Mantener registros precisos de todas las tasaciones y la documentación relacionada.
+* Mantenerse actualizado sobre tendencias de la industria, precios y técnicas de reparación para proporcionar evaluaciones precisas.
+* Participar en capacitación y desarrollo profesional para mejorar las habilidades y el conocimiento de tasación.</t>
+  </si>
+  <si>
     <t>Data analyst</t>
+  </si>
+  <si>
+    <t>Analista de datos</t>
   </si>
   <si>
     <t>* Interpret data, analyze results using statistical techniques and provide ongoing reports
 * Develop and implement databases, data collection systems, data analytics and other strategies that optimize statistical efficiency and quality
 * Acquire data from primary or secondary data sources and maintain databases/data systems
 * Identify, analyze, and interpret trends or patterns in complex data sets
 * Filter and “clean” data by reviewing computer reports, printouts, and performance indicators to locate and correct code problems
 * Work with management to prioritize business and information needs
 * Locate and define new process improvement opportunities</t>
   </si>
   <si>
+    <t>* Interpretar datos, analizar resultados utilizando técnicas estadísticas y proporcionar informes periódicos
+* Desarrollar e implementar bases de datos, sistemas de recopilación de datos, análisis de datos y otras estrategias que optimicen la eficiencia y calidad estadística
+* Obtener datos de fuentes de datos primarias o secundarias y mantener bases de datos/sistemas de datos
+* Identificar, analizar e interpretar tendencias o patrones en conjuntos de datos complejos
+* Filtrar y “limpiar” datos revisando informes de computadora, impresiones y indicadores de rendimiento para localizar y corregir problemas de código
+* Trabajar con la gerencia para priorizar las necesidades comerciales y de información
+* Localizar y definir nuevas oportunidades de mejora de procesos</t>
+  </si>
+  <si>
     <t>Economist</t>
+  </si>
+  <si>
+    <t>Economista</t>
   </si>
   <si>
     <t>* Responsibility for the processing and managing the accounting agenda of the company.
 * Checking customer payment of claims and liabilities of the company.
 * Cash management in domestic and/or foreign currency.
 * Drafting and recording internal regulations.
 * Submission of proposals for cost optimization of the company.
 * Preparing and submitting monthly, quarterly and annual statements and reports.
 * Preparing economic documents, reports and analyses for the company's management team.
 * Tax return preparation.
 * Assisting the tax office employees with tax inspections.</t>
   </si>
   <si>
+    <t>* Responsabilidad por el procesamiento y la gestión de la agenda contable de la empresa.
+* Verificación del pago de los clientes de reclamaciones y pasivos de la empresa.
+* Gestión de efectivo en moneda nacional y/o extranjera.
+* Redacción y registro de regulaciones internas.
+* Presentación de propuestas para la optimización de costos de la empresa.
+* Preparación y presentación de declaraciones y informes mensuales, trimestrales y anuales.
+* Preparación de documentos, informes y análisis económicos para el equipo de gestión de la empresa.
+* Preparación de declaraciones de impuestos.
+* Asistencia a los empleados de la oficina de impuestos en las inspecciones fiscales.</t>
+  </si>
+  <si>
     <t>Financial administration assistant</t>
+  </si>
+  <si>
+    <t>Asistente de administración financiera</t>
   </si>
   <si>
     <t>* Assisting in the preparation and maintenance of financial records and reports.
 * Processing invoices, receipts, and payments in a timely manner.
 * Supporting the budgeting and forecasting processes by providing accurate data and analysis.
 * Reconciling bank statements and ensuring accuracy in financial transactions.
 * Maintaining organized financial documentation and filing systems.
 * Assisting with payroll processing and ensuring compliance with relevant regulations.
 * Collaborating with other departments to gather necessary financial information.
 * Conducting regular audits of financial records to ensure accuracy and compliance.
 * Providing administrative support to financial managers and other team members as needed.
 * Responding to inquiries related to financial matters and providing excellent customer service.
 * Contributing to the improvement of financial processes and systems for greater efficiency.
 * Staying updated on financial regulations and best practices to ensure adherence.</t>
   </si>
   <si>
+    <t>* Asistir en la preparación y el mantenimiento de registros y reportes financieros.
+* Procesar facturas, recibos y pagos de manera oportuna.
+* Apoyar los procesos de presupuestación y pronósticos proporcionando datos y análisis precisos.
+* Conciliar estados de cuenta bancarios y asegurar la exactitud en las transacciones financieras.
+* Mantener una documentación financiera organizada y sistemas de archivo.
+* Asistir en el proceso de nómina y asegurar el cumplimiento de las regulaciones relevantes.
+* Colaborar con otros departamentos para recopilar información financiera necesaria.
+* Realizar auditorías periódicas de registros financieros para asegurar la exactitud y el cumplimiento.
+* Proporcionar apoyo administrativo a gerentes financieros y otros miembros del equipo según sea necesario.
+* Responder a consultas relacionadas con asuntos financieros y brindar un excelente servicio al cliente.
+* Contribuir a la mejora de los procesos y sistemas financieros para una mayor eficiencia.
+* Mantenerse actualizado sobre regulaciones y mejores prácticas financieras para asegurar el cumplimiento.</t>
+  </si>
+  <si>
     <t xml:space="preserve">* Executing financial counselling on the basis of a written contract with the client about providing financial counselling.
 * Making personal financial plans.
 * Making contracts of providing financial services in the client's currency.
 * Charging fees to the clients for provided services.
 * Collecting and paying out cash.
 </t>
   </si>
   <si>
+    <t>* Ejecutar asesoramiento financiero sobre la base de un contrato escrito con el cliente sobre la prestación de asesoramiento financiero.
+* Crear planes financieros personales.
+* Realizar contratos de prestación de servicios financieros en la moneda del cliente.
+* Cobrar honorarios a los clientes por los servicios prestados.
+* Recoger y pagar efectivo.</t>
+  </si>
+  <si>
     <t>Financial Agent</t>
+  </si>
+  <si>
+    <t>Agente financiero</t>
   </si>
   <si>
     <t>* Completing financial inter-mediation on the basis of a written contract with the financial institution.
 * Presenting offers of representing financial institutions to the clients.
 * Providing free counselling and recommendations concerning insurances, loans, leasing etc.
 * Making contracts with clients.
 * Taking care of existing clients.</t>
+  </si>
+  <si>
+    <t>* Realizar intermediación financiera sobre la base de un contrato escrito con la institución financiera.
+* Presentar ofertas de representación de instituciones financieras a los clientes.
+* Proporcionar asesoramiento y recomendaciones gratuitas sobre seguros, préstamos, leasing, etc.
+* Elaborar contratos con los clientes.
+* Atender a los clientes existentes.</t>
   </si>
   <si>
     <t>* Forecasting, planning, and analysis of revenues, costs, gross profit, and expenses.
 * Preparing the calculations in accordance with inflation.
 * Evaluating the efficiency and financial return on major investments.
 * Analysing the current results compared to the forecast and planned objective.
 * Monitoring and evaluating the development in terms of cost as well as indicators of profitability and productivity in accordance with standard accounting statements (balance sheet, income statement, cash flow).
 * Preparing documents for the financial managers’ decision process.
 * Verifying the creditworthiness of bank customers when providing the investment and operating loans.
 * Cooperating with international teams.
 * Evaluating trends, dependencies, and changes in the financial situation of the organisation.
 * Designing measures for optimisation.
 * Creating financial models and writing reports.</t>
   </si>
   <si>
+    <t>* Pronóstico, planificación y análisis de ingresos, costos, beneficio bruto y gastos.
+* Preparación de cálculos de acuerdo con la inflación.
+* Evaluación de la eficiencia y rentabilidad financiera de las principales inversiones.
+* Análisis de los resultados actuales en comparación con el pronóstico y el objetivo planificado.
+* Seguimiento y evaluación del desarrollo en términos de costos, así como indicadores de rentabilidad y productividad, de acuerdo con los estados contables estándar (balance, estado de resultados, flujo de caja).
+* Preparación de documentos para el proceso de toma de decisiones de los gerentes financieros.
+* Verificación de la solvencia crediticia de los clientes bancarios al proporcionar préstamos de inversión y operación.
+* Cooperación con equipos internacionales.
+* Evaluación de tendencias, dependencias y cambios en la situación financiera de la organización.
+* Diseño de medidas de optimización.
+* Creación de modelos financieros y elaboración de informes.</t>
+  </si>
+  <si>
     <t>Financial Markets Specialist</t>
+  </si>
+  <si>
+    <t>Especialista en mercados financieros</t>
   </si>
   <si>
     <t>* Finding and contacting potential clients.
 * Communicating with clients to determine their needs, expectations, and financial possibilities.
 * Monitoring the development of commodity prices on world markets.
 * Concluding oral and written agreements with clients.
 * Investing clients' own funds or funds entrusted to them in securities.</t>
   </si>
   <si>
+    <t>* Buscar y contactar a clientes potenciales.
+* Comunicarse con los clientes para determinar sus necesidades, expectativas y posibilidades financieras.
+* Seguimiento del desarrollo de los precios de las materias primas en los mercados mundiales.
+* Concluir acuerdos orales y escritos con los clientes.
+* Invertir los fondos propios de los clientes o los fondos que se les han confiado en valores.</t>
+  </si>
+  <si>
     <t>IFRS specialist</t>
+  </si>
+  <si>
+    <t>Especialista en NIIF</t>
   </si>
   <si>
     <t>* Responsibility for reporting according to international standards
 * Ensuring monthly closings (including IFRS, etc.); initiation of measures to optimize closing processes across departments
 * Processing of consolidated financial statements or preparation of documents for consolidation (including IFRS, etc.)
 * Compilation of statutory and managerial reporting (according to CAS, IFRS, US GAAP); implementation and compliance with group reporting standards and policies; reporting segmentation
 * Consolidation of financial statements and business combination, including resolution of problem areas (elimination of interrelationships, deferred tax, reporting and disclosure obligations)
 * Control of compliance with accounting rules in individual companies of the concern for the purpose of correct and verifiable consolidated accounting according to international standards
 * Support of specific areas (e.g. transfer pricing and documentation of transfer prices; cash pooling)
 * Preparation of documents for accounting and tax audits and communication with auditors</t>
   </si>
   <si>
+    <t>* Responsabilidad de informar según estándares internacionales.
+* Asegurar cierres mensuales (incluyendo NIIF, etc.); Inicio de medidas para optimizar los procesos de cierre en todos los departamentos.
+* Procesamiento de estados financieros consolidados o preparación de documentos para consolidación (incluyendo NIIF, etc.)
+* Recopilación de informes legales y de gestión (según CAS, IFRS, US GAAP); implementación y cumplimiento de estándares y políticas de informes grupales; segmentación de informes
+* Consolidación de estados financieros y combinación de negocios, incluyendo resolución de áreas problemáticas (eliminación de interrelaciones, impuestos diferidos, obligaciones de presentación de informes y divulgación)
+* Control del cumplimiento de las normas contables en las empresas individuales de la empresa con el fin de llevar una contabilidad consolidada correcta y verificable de acuerdo con las normas internacionales.
+* Soporte de áreas específicas (por ejemplo, precios de transferencia y documentación de precios de transferencia; cash pooling)
+* Elaboración de documentos para auditorías contables, fiscales y comunicación con auditores.</t>
+  </si>
+  <si>
     <t>Invoicing and payment specialist</t>
+  </si>
+  <si>
+    <t>Especialista en facturación y pagos</t>
   </si>
   <si>
     <t>* Performing invoicing for the client’s customers within a specified time period.
 * Defining requirements for clients.
 * Responsibility for the automatic and manual billing and solving all related problems.
 * Unsubscribing customers from the client’s billing system.
 * Daily communication with other departments within the company and sales managers.
 * Examining the possible differences between the invoices and the data entered into the client’s system.</t>
   </si>
   <si>
+    <t>* Realizar facturación para los clientes del cliente dentro de un plazo especificado.
+* Definir requisitos para los clientes.
+* Responsabilidad por la facturación automática y manual y resolver todos los problemas relacionados.
+* Cancelar las suscripciones de los clientes en el sistema de facturación del cliente.
+* Comunicación diaria con otros departamentos dentro de la empresa y gerentes de ventas.
+* Examinar las posibles diferencias entre las facturas y los datos ingresados en el sistema del cliente.</t>
+  </si>
+  <si>
     <t>Junior Accountant</t>
+  </si>
+  <si>
+    <t>Contable junior</t>
   </si>
   <si>
     <t>* Self-reliant solution of normal accounting operations in the scope of simple and/or double-entry accounting.
 * Solving more complex accounting operations under the supervision of a more experienced accountant.
 * Processing accounting transactions in an accounting program.
 * Processing documents for a senior accountant.
 * Responding to the less complex technical inquiries of clients and employees.</t>
   </si>
   <si>
+    <t>* Resolución autónoma de operaciones contables normales dentro del alcance de la contabilidad simple y/o de partida doble.
+* Resolución de operaciones contables más complejas bajo la supervisión de un contador con más experiencia.
+* Procesamiento de transacciones contables en un programa contable.
+* Procesamiento de documentos para un contador senior.
+* Respuesta a consultas técnicas menos complejas de clientes y empleados.</t>
+  </si>
+  <si>
     <t>Junior Statistician</t>
+  </si>
+  <si>
+    <t>Estadístico junior</t>
   </si>
   <si>
     <t>* Sorting and evaluating data.
 * Processing partial analyses.
 * Entering data into the computer system.
 * Checking the accuracy of data.</t>
   </si>
   <si>
+    <t>* Clasificación y evaluación de datos.
+* Procesamiento de análisis parciales.
+* Ingreso de datos en el sistema informático.
+* Verificación de la precisión de los datos.</t>
+  </si>
+  <si>
     <t>Payroll Clerk</t>
+  </si>
+  <si>
+    <t>Responsable de nóminas</t>
   </si>
   <si>
     <t>* Processing and managing all payroll activities.
 * Completing annuity insurance records, archiving documents and records, and updating payslips.
 * Communicating and preparing documents and reports for Social Insurance Office, health insurers, and supplemental retirement insurance.
 * Monitoring legislative changes with their subsequent application to meet the company’s needs.
 * Preparing monthly payroll closing and reports.
 * Processing and checking attendance. 
 * Recording and processing payroll deductions (meal vouchers, salary deposits, interest-free loans, other deductions, execution orders, etc.).</t>
   </si>
   <si>
+    <t>* Procesar y gestionar todas las actividades de nómina.
+* Completar registros de seguro de anualidad, archivar documentos y registros, y actualizar recibos de pago.
+* Comunicar y preparar documentos e informes para la Oficina de Seguridad Social, aseguradoras de salud y seguros de jubilación complementarios.
+* Monitorear cambios legislativos con su posterior aplicación para atender las necesidades de la empresa.
+* Preparar el cierre mensual de nómina e informes.
+* Procesar y verificar la asistencia.
+* Registrar y procesar deducciones de nómina (vales de comida, depósitos salariales, préstamos sin interés, otras deducciones, órdenes de ejecución, etc.).</t>
+  </si>
+  <si>
     <t>Reporting Specialist</t>
+  </si>
+  <si>
+    <t>Especialista en datos e informes</t>
   </si>
   <si>
     <t>* Structuring and segmentation of reporting into a comprehensive reporting system
 * Implementation and compliance with company/group reporting standards and policies
 * Design of regular reports for managed areas at the request of line managers and other users
 * Creation of non-standard reports at the request of company management, line managers and other users
 * Cooperation on reporting for the parent company
 * Cooperation on reporting for state and regulatory authorities
 * Acquisition, control, editing and aggregation of data from various company data sources (e.g. CRM, operational systems – sales, production, logistics, financial accounting), advanced work with database tools
 * Development of information superstructure or information self-service over operational systems in the form of a management information system using BI technologies in cooperation with the information systems department</t>
   </si>
   <si>
+    <t>* Estructuración y segmentación de los informes en un sistema de informes integral.
+* Implementación y cumplimiento de estándares y políticas de informes de la empresa/grupo.
+* Diseño de informes periódicos para áreas gestionadas a solicitud de jefes de línea y otros usuarios.
+* Creación de informes no estándar a solicitud de la dirección de la empresa, superiores directos y otros usuarios.
+* Cooperación en la elaboración de informes para la empresa matriz.
+* Cooperación en materia de informes para las autoridades estatales y reguladoras.
+* Adquisición, control, edición y agregación de datos de diversas fuentes de datos de la empresa (por ejemplo, CRM, sistemas operativos: ventas, producción, logística, contabilidad financiera), trabajo avanzado con herramientas de bases de datos.
+* Desarrollo de una superestructura de información o autoservicio de información sobre sistemas operativos en forma de un sistema de información de gestión utilizando tecnologías de BI en cooperación con el departamento de sistemas de información.</t>
+  </si>
+  <si>
     <t>Senior Accountant</t>
+  </si>
+  <si>
+    <t>Contable senior</t>
   </si>
   <si>
     <t>* Self-reliant simple and/or double-entry accounting for one or more companies.
 * Performing more complex accounting operations requiring minimum guidance and control by the chief accountant.
 * Auditing financial statements, ledgers, and accounts.
 * Identifying unusual items, overdue items, etc.
 * Processing monthly, quarterly, and annual accounts.
 * Preparing and checking tax returns and VAT.
 * Processing records required by public authorities.
 * Training less experienced accountants in the department.
 * Responding to more complex technical inquiries of clients and employees.
 * Preparing reports for the company’s management or clients.</t>
   </si>
   <si>
+    <t>* Contabilidad autónoma simple y/o por partida doble para una o más empresas.
+* Realizar operaciones contables más complejas que requieren una orientación y control mínimos por parte del contador jefe.
+* Auditoría de estados financieros, libros de contabilidad y cuentas.
+* Identificación de partidas inhabituales, partidas vencidas, etc.
+* Procesamiento de cuentas mensuales, trimestrales y anuales.
+* Preparación y verificación de declaraciones fiscales y IVA.
+* Procesamiento de registros requeridos por las autoridades públicas.
+* Capacitación de contadores menos experimentados del departamento.
+* Atención a consultas técnicas más complejas de clientes y empleados.
+* Preparación de informes para la gerencia de la empresa o para clientes.</t>
+  </si>
+  <si>
     <t>Senior Statistician</t>
+  </si>
+  <si>
+    <t>Estadístico senior</t>
   </si>
   <si>
     <t>* Responsibility for the precise definition of the subject, scope, and sources of measurement.
 * Self-reliant processing of single and periodical statistics.
 * Responsibility for selecting the most appropriate method for data collection and analysis. 
 * Controlling the efficiency of the use of measurement resources.
 * Verifying the accuracy of information found. 
 * Interpreting the data found in the form of reports, analyses, statistics, charts, graphs, etc.</t>
   </si>
   <si>
+    <t>* Responsabilidad por la definición precisa del tema, alcance y fuentes de medición.
+* Procesamiento autónomo de estadísticas únicas y periódicas.
+* Responsabilidad por seleccionar el método más adecuado para la recopilación y análisis de datos.
+* Control de la eficiencia en el uso de recursos de medición.
+* Verificación de la precisión de la información obtenida.
+* Interpretación de los datos obtenidos en forma de informes, análisis, estadísticas, gráficos, etc.</t>
+  </si>
+  <si>
     <t>Statistician</t>
+  </si>
+  <si>
+    <t>Estadístico</t>
   </si>
   <si>
     <t>* Checking the accuracy and completeness of statistical data.
 * Preparing documents for statistical surveys and analyses.
 * Monitoring the development of statistical indicators and identifying the causes of deviations from the planned parameters.
 * Processing comments and opinions on statistical results.</t>
   </si>
   <si>
+    <t>* Verificar la exactitud y integridad de los datos estadísticos.
+* Preparar documentos para encuestas y análisis estadísticos.
+* Monitorear el desarrollo de indicadores estadísticos e identificar las causas de las desviaciones de los parámetros planificados.
+* Procesar comentarios y opiniones sobre resultados estadísticos.</t>
+  </si>
+  <si>
     <t>Tax Advisor</t>
+  </si>
+  <si>
+    <t>Asesor fiscal</t>
   </si>
   <si>
     <t>* Providing advice in matters of taxes, levies, fees, tax proceedings of tax authorities and municipal authorities.
 * Completing expert opinions, instructions and recommendations.
 * Completing, verifying and checking the tax returns.
 * Attending to tax inspections, tax audits and similar specific projects.
 * Cooperating with a team of tax advisors in solving difficult problems.
 * Implementing the tax planning and optimising of tax obligations.
 * Representing clients in tax proceedings.
 * Attending to internal and external trainings.</t>
   </si>
   <si>
+    <t>* Proporcionar asesoramiento en materia de impuestos, tasas, tarifas, procedimientos fiscales de las autoridades fiscales y municipales.
+* Elaborar opiniones de expertos, instrucciones y recomendaciones.
+* Completar, verificar y revisar las declaraciones fiscales.
+* Asistir a inspecciones fiscales, auditorías fiscales y proyectos específicos similares.
+* Colaborar con un equipo de asesores fiscales en la resolución de problemas complejos.
+* Implementar la planificación fiscal y optimizar las obligaciones fiscales.
+* Representar a clientes en procedimientos fiscales.
+* Asistir a capacitaciones internas y externas.</t>
+  </si>
+  <si>
     <t>VAT specialist</t>
+  </si>
+  <si>
+    <t>Especialista en IVA</t>
   </si>
   <si>
     <t>* Preparation and submission of tax returns
 * Summary statements
 * Analysis, reporting
 * Tracking changes in the area of taxes and their interpretation and implementation in the company's systems
 * Cooperation on the creation and updating of the company's methodological instructions in the area of taxes
 * Collaboration on projects and process improvement
 * Communication with other institutions during audits, preparation of documents</t>
   </si>
   <si>
+    <t>*Preparación y presentación de declaraciones de impuestos.
+* Declaraciones resumidas
+* Análisis, informes.
+* Seguimiento de cambios en el área de impuestos y su interpretación e implementación en los sistemas de la empresa.
+* Cooperación en la creación y actualización de las instrucciones metodológicas de la empresa en el área de impuestos.
+* Colaboración en proyectos y mejora de procesos.
+* Comunicación con otras instituciones durante auditorías, preparación de documentos.</t>
+  </si>
+  <si>
     <t>Education, Science &amp; Research</t>
+  </si>
+  <si>
+    <t>Educación, Ciencia e Investigación</t>
   </si>
   <si>
     <t>* Organising the museum processing of archaeological findings.
 * Keeping records of the archaeological finding’s fund.
 * Documenting the situation of findings by means of the basic geodetic survey, drawing, photograph and description.
 * First-level documenting and evaluating the finding’s fund.
 * Organising the work of the basic field research.
 * Presenting the results of basic research through lectures and occasional exhibitions.</t>
   </si>
   <si>
+    <t>* Organizar el proceso museístico de hallazgos arqueológicos.
+* Mantener registros del fondo de hallazgos arqueológicos.
+* Documentar la situación de los hallazgos mediante levantamiento geodésico básico, dibujo, fotografía y descripción.
+* Documentar y evaluar en un primer nivel el fondo de hallazgos.
+* Organizar el trabajo de la investigación de campo básica.
+* Presentar los resultados de la investigación básica a través de conferencias y exposiciones ocasionales.</t>
+  </si>
+  <si>
     <t>Assistant Teacher</t>
+  </si>
+  <si>
+    <t>Profesor auxiliar</t>
   </si>
   <si>
     <t>* Facilitating the adaptation of children from socially disadvantaged environment to a new learning environment and helping to overcome initial language, cultural, and social barriers.
 * Working alongside class teachers and other educational staff.
 * Helping in the preparation of teaching aids.
 * Managing and/or assisting in leisure activities (singing, music, dance, art, drama, etc.) by using individual, group, or collective forms of education.
 * Supervising during breaks.
 * Accompanying students outside the classroom.
 * Organising open lessons for parents.
 * Organising social events in collaboration with parents.
 * Organising meetings with parents.
 * Visiting families and communities in municipalities with a high concentration of population from socially disadvantaged backgrounds.
 * Getting to know the family background and social circumstances as well as the interests of parents and health of children.</t>
   </si>
   <si>
+    <t>* Facilitar la adaptación de niños de entornos socialmente desfavorecidos a un nuevo entorno de aprendizaje y ayudar a superar las barreras iniciales de idioma, culturales y sociales.
+* Trabajar junto a profesores de aula y otro personal educativo.
+* Ayudar en la preparación de materiales didácticos.
+* Gestionar y/o asistir en actividades recreativas (canto, música, baile, arte, teatro, etc.) utilizando formas de educación individual, grupal o colectiva.
+* Supervisar durante los descansos.
+* Acompañar a los estudiantes fuera del aula.
+* Organizar clases abiertas para padres.
+* Organizar eventos sociales en colaboración con padres.
+* Organizar reuniones con padres.
+* Visitar a familias y comunidades en municipios con una alta concentración de población de entornos socialmente desfavorecidos.
+* Conocer el entorno familiar y las circunstancias sociales, así como los intereses de los padres y la salud de los niños.</t>
+  </si>
+  <si>
     <t>Biologist</t>
+  </si>
+  <si>
+    <t>Biólogo</t>
   </si>
   <si>
     <t>* Examining humans, animals, plants, microorganisms and other living organisms and their relationship to the environment in which they occur.
 * Performing research and investigative activities in the form of experiments in scientific laboratories as well as in the field.
 * Investigating the causes of disease.
 * Participating in the development of new drugs.
 * Completing scientific reports, and publishing and presenting them to professionals as well as the lay public.</t>
   </si>
   <si>
+    <t>* Examinar a humanos, animales, plantas, microorganismos y otros organismos vivos y su relación con el entorno en el que se encuentran.
+* Realizar actividades de investigación e investigación en forma de experimentos en laboratorios científicos, así como en el campo.
+* Investigar las causas de enfermedades.
+* Participar en el desarrollo de nuevos medicamentos.
+* Completar informes científicos y publicarlos y presentarlos a profesionales y al público en general.</t>
+  </si>
+  <si>
     <t>College lector</t>
+  </si>
+  <si>
+    <t>Catedrático</t>
   </si>
   <si>
     <t>* Delivering high-quality instruction in assigned subjects at the college level.
 * Developing and implementing engaging curriculum and lesson plans tailored to diverse learning styles.
 * Assessing student performance through assignments, exams, and projects, providing timely feedback to foster academic growth.
 * Advising and mentoring students on academic and career pathways, promoting their personal and professional development.
 * Conducting research within the discipline, contributing to academic publications and presentations at conferences.
 * Collaborating with faculty and staff to enhance the educational experience and maintain academic standards.
 * Participating in departmental meetings and contributing to program development and improvement initiatives.
 * Maintaining office hours for student consultations and support.
 * Engaging in continuous professional development to stay current with educational trends and best practices.
 * Upholding the college's mission and values while promoting a positive and inclusive learning environment.</t>
   </si>
   <si>
+    <t>* Impartir instrucción de alta calidad en las asignaturas asignadas a nivel universitario.
+* Desarrollar e implementar planes de estudio y lecciones atractivos adaptados a diferentes estilos de aprendizaje.
+* Evaluar el desempeño de los estudiantes a través de tareas, exámenes y proyectos, proporcionando retroalimentación oportuna para fomentar el crecimiento académico.
+* Asesorar y mentorear a los estudiantes sobre trayectorias académicas y profesionales, promoviendo su desarrollo personal y profesional.
+* Realizar investigaciones dentro de la disciplina, contribuyendo a publicaciones académicas y presentaciones en conferencias.
+* Colaborar con el profesorado y el personal para mejorar la experiencia educativa y mantener los estándares académicos.
+* Participar en reuniones departamentales y contribuir a iniciativas de desarrollo y mejora de programas.
+* Mantener horas de oficina para consultas y apoyo a los estudiantes.
+* Involucrarse en el desarrollo profesional continuo para estar al tanto de las tendencias y mejores prácticas educativas.
+* Defender la misión y los valores de la universidad mientras se promueve un entorno de aprendizaje positivo e inclusivo.</t>
+  </si>
+  <si>
     <t>Deputy Headmaster</t>
+  </si>
+  <si>
+    <t>Vicedirector de escuela</t>
   </si>
   <si>
     <t>* Deputising for the headmaster in his/her absence.
 * Ensuring educational and organisational tasks on the authority of the headmaster.
 * Managing and fulfilling the economic tasks at school.
 * Fulfilling the organisational and administrative tasks related to the administrative staff of the school.
 * Inspecting the activities of technical-economic and operational staff of the school.
 * Monitoring the fulfilment of educational goals.
 * Participating in the assessment of the work of teachers and other school staff.
 * Compiling the required statistics and ensuring the substituting of school staff.
 * Completing the documents for the school budget, its utilisation and efficiency of school management.
 * Inspecting the work of the school youth centre and responsibility for professional growth educationists.</t>
   </si>
   <si>
+    <t>* Actuar en representación del director/a en su ausencia.
+* Realizar tareas educativas y organizativas bajo la autoridad del director/a.
+* Gestionar y cumplir las tareas económicas en la escuela.
+* Cumplir las tareas organizativas y administrativas relacionadas con el personal administrativo de la escuela.
+* Inspeccionar las actividades del personal técnico-económico y operativo de la escuela.
+* Controlar el cumplimiento de los objetivos educativos.
+* Participar en la evaluación del trabajo de los docentes y otros miembros del personal escolar.
+* Recopilar las estadísticas requeridas y asegurar la sustitución del personal escolar.
+* Completar los documentos del presupuesto escolar, su utilización y eficiencia de la gestión escolar.
+* Inspeccionar el trabajo del centro juvenil escolar y responsabilizarse de la formación profesional de los educadores.</t>
+  </si>
+  <si>
     <t>Driving Instructor</t>
+  </si>
+  <si>
+    <t>Instructor de conducción</t>
   </si>
   <si>
     <t>* Preparing and conducting courses to obtain a driving licence.
 * Lecturing on traffic rules in accordance with the relevant legislation and practice.
 * Teaching the theory of construction and basic maintenance of vehicles.
 * Leading drives in simulator and car exercising grounds.
 * Providing practical instruction in driving vehicles.
 * Taking part in the final theoretical and practical tests.</t>
   </si>
   <si>
+    <t>* Preparar e impartir cursos para obtener un permiso de conducir.
+* Dar clases sobre normas de tráfico de acuerdo con la legislación y práctica relevante.
+* Enseñar la teoría de construcción y mantenimiento básico de vehículos.
+* Realizar prácticas de conducción en simuladores y circuitos de entrenamiento.
+* Proporcionar instrucción práctica en la conducción de vehículos.
+* Participar en las pruebas teóricas y prácticas finales.</t>
+  </si>
+  <si>
     <t>Education coordinator</t>
+  </si>
+  <si>
+    <t>Coordinador de educación</t>
   </si>
   <si>
     <t>* Develop and implement educational programs and curricula that meet the needs of diverse learners.
 * Coordinate and facilitate training sessions, workshops, and seminars for educators and staff.
 * Collaborate with educational institutions, organizations, and stakeholders to enhance learning opportunities.
 * Monitor and evaluate the effectiveness of educational programs and initiatives.
 * Provide guidance and support to educators in curriculum development and instructional strategies.
 * Maintain accurate records of educational activities, participant feedback, and program outcomes.
 * Assist in the preparation of educational materials and resources for teachers and students.
 * Organize and participate in community outreach programs to promote educational initiatives.
 * Stay updated on current trends and best practices in education, science, and research.
 * Foster a positive learning environment that encourages student engagement and achievement.
 * Facilitate communication between educators, parents, and the community regarding educational programs and progress.
 * Support the professional development of staff through mentoring and coaching.</t>
   </si>
   <si>
+    <t>* Desarrollar e implementar programas y planes de estudio educativos que atiendan las necesidades de estudiantes diversos.
+* Coordinar y facilitar sesiones de capacitación, talleres y seminarios para educadores y personal.
+* Colaborar con instituciones educativas, organizaciones y partes interesadas para mejorar las oportunidades de aprendizaje.
+* Supervisar y evaluar la eficacia de los programas y iniciativas educativas.
+* Brindar orientación y apoyo a los educadores en el desarrollo curricular y las estrategias de enseñanza.
+* Mantener registros precisos de las actividades educativas, las reseñas de los participantes y los resultados de los programas.
+* Ayudar en la preparación de materiales y recursos educativos para docentes y estudiantes.
+* Organizar y participar en programas de alcance comunitario para promover iniciativas educativas.
+* Mantenerse actualizado sobre las tendencias y mejores prácticas actuales en educación, ciencia e investigación.
+* Fomentar un entorno de aprendizaje positivo que aliente la participación y el logro de los estudiantes.
+* Facilitar la comunicación entre educadores, padres y la comunidad con respecto a los programas y el progreso educativo.
+* Apoyar el desarrollo profesional del personal a través de la mentoría y el coaching.</t>
+  </si>
+  <si>
     <t>Educator/Instructor/Carer</t>
+  </si>
+  <si>
+    <t>Educador/instructor/cuidador</t>
   </si>
   <si>
     <t>* Developing the knowledge, skills and habits of children during the time outside of class.
 * Creating educational, leisure and recreational activities of children during the time outside of class.
 * Monitoring the behaviour of pupils in after-school care.
 * Taking pupils for walks.
 * Preparing pupils for competitions etc.</t>
   </si>
   <si>
+    <t>* Desarrollar el conocimiento, habilidades y hábitos de los niños durante el tiempo fuera de clase.
+* Crear actividades educativas, de ocio y recreativas para los niños durante el tiempo fuera de clase.
+* Supervisar el comportamiento de los alumnos en la atención después de clase.
+* Llevar a los alumnos a pasear.
+* Preparar a los alumnos para competiciones, etc.</t>
+  </si>
+  <si>
     <t>Fitness Instructor</t>
+  </si>
+  <si>
+    <t>Instructor de fitness</t>
   </si>
   <si>
     <t>* Communicating with clients in order to learn about their lifestyle and expectations.
 * Drawing up personal training plans and diet.
 * Illustratively demonstrating the correct execution of exercises.
 * Supervising the correct execution of exercises.
 * Motivating clients towards better sportif results.
 * Selling single entry tickets, season tickets, nutritional supplements etc.
 * Maintaining the cleanliness of the fitness centre.</t>
   </si>
   <si>
+    <t>* Comunicarse con los clientes para conocer su estilo de vida y expectativas.
+* Elaborar planes de entrenamiento personalizado y dieta.
+* Demostrar ilustrativamente la ejecución correcta de los ejercicios.
+* Supervisar la ejecución correcta de los ejercicios.
+* Motivar a los clientes para obtener mejores resultados deportivos.
+* Vender entradas individuales, abonos, suplementos nutricionales, etc.
+* Mantener la limpieza del centro de fitness.</t>
+  </si>
+  <si>
     <t>Guidance Counselor</t>
+  </si>
+  <si>
+    <t>Consejero de orientación</t>
   </si>
   <si>
     <t>* Providing academic, emotional, and social guidance to students.
 * Assisting students in developing educational and career goals.
 * Conducting individual and group counseling sessions to address personal and academic challenges.
 * Collaborating with teachers, parents, and school administration to support student well-being.
 * Developing and implementing programs to enhance students' personal development and academic performance.
 * Offering resources and referrals for additional support services, including mental health resources.
 * Maintaining accurate records of student interactions and progress.
 * Facilitating workshops and seminars on topics such as study skills, stress management, and college readiness.
 * Staying informed about educational trends, college admissions processes, and scholarship opportunities.
 * Advocating for students' needs and ensuring a supportive learning environment.</t>
   </si>
   <si>
+    <t>* Brindar orientación académica, emocional y social a los estudiantes.
+* Ayudar a los estudiantes a desarrollar objetivos educativos y profesionales.
+* Realizar sesiones de asesoramiento individual y grupal para abordar desafíos personales y académicos.
+* Colaborar con docentes, padres y administración escolar para apoyar el bienestar de los estudiantes.
+* Desarrollar e implementar programas para mejorar el desarrollo personal y el rendimiento académico de los estudiantes.
+* Ofrecer recursos y referencias para servicios de apoyo adicionales, incluidos recursos de salud mental.
+* Mantener registros precisos de las interacciones con los estudiantes y su progreso.
+* Facilitar talleres y seminarios sobre temas como habilidades de estudio, gestión del estrés y preparación para la universidad.
+* Mantenerse informado sobre tendencias educativas, procesos de admisión a la universidad y oportunidades de becas.
+* Abogar por las necesidades de los estudiantes y asegurar un entorno de aprendizaje apoyo.</t>
+  </si>
+  <si>
     <t>Laboratory Technician</t>
+  </si>
+  <si>
+    <t>Técnico de laboratorio</t>
   </si>
   <si>
     <t xml:space="preserve">* Keeping detailed written records of laboratory research, experiments and activities performed.
 * Working in a laboratory performing procedures, maintaining equipment.
 * Assisting lead scientists with their work.
 </t>
+  </si>
+  <si>
+    <t>* Mantener registros escritos detallados de la investigación de laboratorio, experimentos y actividades realizadas.
+* Trabajar en un laboratorio realizando procedimientos y manteniendo el equipo.
+* Ayudar a los científicos principales en su trabajo.</t>
   </si>
   <si>
     <t>Lector</t>
   </si>
   <si>
     <t>* Transferring theoretical and practical knowledge to the participants of courses/trainings.
 * Providing teaching aid, materials and stationery to the participants of courses/trainings.
 * Practicing acquired knowledge through practical demonstrations, simulated short scenes etc.
 * Answering the questions and explaining any uncertainty regarding the subject delivered.
 * Assigning homework (in case of overnight and long-term courses/trainings).
 * Evaluating the knowledge and achieved progress of the individual participants of courses/trainings.</t>
   </si>
   <si>
+    <t>* Transmitir conocimientos teóricos y prácticos a los participantes de cursos/capacitaciones.
+* Proporcionar material didáctico, materiales y útiles de escritorio a los participantes de cursos/capacitaciones.
+* Practicar conocimientos adquiridos a través de demostraciones prácticas, escenas simuladas cortas, etc.
+* Responder preguntas y aclarar cualquier duda sobre el tema impartido.
+* Asignar tareas para casa (en caso de cursos/capacitaciones nocturnos y a largo plazo).
+* Evaluar los conocimientos y el progreso alcanzado por los participantes individuales de cursos/capacitaciones.</t>
+  </si>
+  <si>
     <t>Librarian</t>
+  </si>
+  <si>
+    <t>Bibliotecario</t>
   </si>
   <si>
     <t>* Selecting and ordering books, magazines, audio and video tapes and other multimedia for the needs of the library.
 * Filing new and returned books on the shelves by genre and in alphabetical order.
 * Providing information and advice to the visitors of the library.
 * Performing administrative work (e.g. registration of new members, sending reminders, etc.).
 * Creating and updating a database of titles available for borrowing.
 * Organising discussions with writers and literary critics.</t>
   </si>
   <si>
+    <t>* Seleccionar y pedir libros, revistas, cintas de audio y video y otros materiales multimedia para satisfacer las necesidades de la biblioteca.
+* Archivar los libros nuevos y devueltos en las estanterías por género y en orden alfabético.
+* Proporcionar información y asesoramiento a los visitantes de la biblioteca.
+* Realizar tareas administrativas (por ejemplo, registro de nuevos miembros, envío de recordatorios, etc.).
+* Crear y actualizar una base de datos de títulos disponibles para préstamo.
+* Organizar debates con escritores y críticos literarios.</t>
+  </si>
+  <si>
     <t>Master in Vocational Education</t>
+  </si>
+  <si>
+    <t>Máster en formación profesional</t>
   </si>
   <si>
     <t>* Recording the attendance of pupils as well as the place and type of work in the work journal.
 * Familiarising students with the topic of the class, explaining the theoretical part of the curriculum.
 * Preparing materials and tools needed for practical demonstrations.
 * Notifying students of errors that can occur in case of non-compliance with proper technological procedures.
 * Testing the knowledge and attention of students by asking questions.
 * Providing practical demonstrations.
 * Supervising the observance of proper technological procedures, safety and fire regulations.
 * Giving warnings to students violating school rules in the form of notes in the class book.</t>
   </si>
   <si>
+    <t>* Registrar la asistencia de los alumnos, así como el lugar y tipo de trabajo en el diario de trabajo.
+* Familiarizar a los estudiantes con el tema de la clase, explicando la parte teórica del currículo.
+* Preparar los materiales y herramientas necesarios para las demostraciones prácticas.
+* Notificar a los estudiantes de los errores que pueden ocurrir en caso de incumplimiento de los procedimientos tecnológicos adecuados.
+* Evaluar los conocimientos y la atención de los estudiantes formulando preguntas.
+* Realizar demostraciones prácticas.
+* Supervisar el cumplimiento de los procedimientos tecnológicos adecuados, las normas de seguridad y los reglamentos contra incendios.
+* Dar advertencias a los estudiantes que violen las reglas escolares en forma de notas en el libro de clases.</t>
+  </si>
+  <si>
     <t>Music and Art School Teacher</t>
+  </si>
+  <si>
+    <t>Profesor de música y arte</t>
   </si>
   <si>
     <t>* Giving lessons on playing musical instruments, dance, art, literature and drama.
 * Teaching theory, art history etc.
 * Developing the talent and individual creative abilities of pupils.
 * Organising performances, talks, expositions etc.</t>
   </si>
   <si>
+    <t>* Dar clases sobre instrumentos musicales, danza, arte, literatura y teatro.
+* Enseñar teoría, historia del arte, etc.
+* Desarrollar el talento y las habilidades creativas individuales de los estudiantes.
+* Organizar eventos como representaciones, conferencias, exposiciones, etc.</t>
+  </si>
+  <si>
     <t>Nursery School Teacher Assistant</t>
+  </si>
+  <si>
+    <t>Auxiliar de guardería</t>
   </si>
   <si>
     <t>* Assisting the lead nursery school teacher in implementing educational programs and activities for young children.
 * Supporting the development and implementation of lesson plans that align with curriculum standards.
 * Supervising and engaging with children during playtime, ensuring a safe and nurturing environment.
 * Assisting in the preparation of classroom materials and resources for daily activities.
 * Observing and documenting children's progress and behavior to provide feedback to the lead teacher.
 * Helping to maintain a clean and organized classroom environment.
 * Communicating effectively with parents and guardians regarding children's progress and any concerns.
 * Participating in staff meetings, training sessions, and professional development opportunities.
 * Assisting with the management of classroom behavior and promoting positive social interactions among children.
 * Supporting children with special needs and adapting activities to accommodate diverse learning styles.
 * Ensuring compliance with health and safety regulations within the classroom and school environment.
 * Fostering a love for learning and encouraging curiosity and exploration among children.</t>
   </si>
   <si>
+    <t>* Asistir al profesor de escuela de educación infantil en la implementación de programas y actividades educativas para niños pequeños.
+* Apoyar el desarrollo y la implementación de planes de lección que se ajusten a los estándares curriculares.
+* Supervisar y interactuar con los niños durante el tiempo de juego, garantizando un entorno seguro y enriquecedor.
+* Asistir en la preparación de materiales y recursos de aula para las actividades diarias.
+* Observar y documentar el progreso y el comportamiento de los niños para proporcionar comentarios al profesor principal.
+* Ayudar a mantener un aula limpia y organizada.
+* Comunicarse de manera efectiva con los padres y tutoriales sobre el progreso de los niños y cualquier inquietud.
+* Participar en reuniones del personal, sesiones de capacitación y oportunidades de desarrollo profesional.
+* Asistir en la gestión del comportamiento del aula y promover interacciones sociales positivas entre los niños.
+* Apoyar a los niños con necesidades especiales y adaptar las actividades para acomodar estilos de aprendizaje diversos.
+* Asegurar el cumplimiento de las regulaciones de salud y seguridad dentro del aula y el entorno escolar.
+* Fomentar el amor por aprender y alentar la curiosidad y la exploración entre los niños.</t>
+  </si>
+  <si>
     <t>Pedagogue</t>
+  </si>
+  <si>
+    <t>Pedagogo</t>
   </si>
   <si>
     <t>* Maintaining accurate and complete student records as required by laws, district policies and administrative regulations.
 * Counseling individuals to help them understand and overcome personal, social, or behavioral problems affecting their educational or vocational situations.
 * Conferring with parents or guardians, teachers, other counselors and administrators to resolve students' behavioral, academic and other problems.
 * Providing crisis intervention to students when difficult situations arise at schools.
 * Identifying cases involving domestic abuse or other family problems affecting students' development.</t>
   </si>
   <si>
+    <t>* Mantener registros de estudiantes precisos y completos, como lo exigen las leyes, las políticas del distrito y los reglamentos administrativos.
+* Asesorar a individuos para ayudarles a comprender y superar problemas personales, sociales o de comportamiento que afecten a sus situaciones educativas o profesionales.
+* Reunirse con padres o tutores, profesores, otros consejeros y administradores para resolver problemas de comportamiento, académicos y otros de los estudiantes.
+* Proporcionar intervención en crisis a estudiantes cuando surgen situaciones difíciles en las escuelas.
+* Identificar casos que involucran abuso doméstico u otros problemas familiares que afecten el desarrollo de los estudiantes.</t>
+  </si>
+  <si>
     <t>Preschool Teacher</t>
+  </si>
+  <si>
+    <t>Docente de preescolar</t>
   </si>
   <si>
     <t>* Responsibility for proper emotional development and the safety of the entrusted children of a preschool and school age.
 * Developing creative activities, games, competitions, etc.
 * Assisting children when dressing and combing as well as with hygiene before sleeping and when using the bathroom.
 * Helping children get ready for afternoon naps.
 * Accompanying children and ensuring their safety during trips outside the site of the preschool.
 * Rehearsing programmes, including songs, recitations, and short play action scenes connected to upcoming holidays (Mother’s Day, etc.).</t>
   </si>
   <si>
+    <t>* Responsabilidad por el desarrollo emocional adecuado y la seguridad de los niños encomendados de edad preescolar y escolar.
+* Desarrollar actividades creativas, juegos, competencias, etc.
+* Ayudar a los niños a vestirse y peinarse, así como con la higiene antes de dormir y al usar el baño.
+* Ayudar a los niños a prepararse para las siestas de la tarde.
+* Acompañar a los niños y garantizar su seguridad durante los viajes fuera del sitio del jardín de infantes.
+* Ensayar programas, incluyendo canciones, recitaciones y escenas de acción de obras de teatro cortas relacionadas con próximas festividades (Día de las Madres, etc.).</t>
+  </si>
+  <si>
     <t>Primary School Teacher</t>
+  </si>
+  <si>
+    <t>Profesor de educación primaria</t>
   </si>
   <si>
     <t>* Teaching natural sciences and general education subjects.
 * Keeping attendance records and records of the lessons given in the classroom. 
 * Explaining new lessons to students, dictation of notes.
 * Testing the students’ knowledge in the form of verbal answers and written tests.
 * Assessing the students’ knowledge using marks.
 * Preparing educational aids to support the educational process.</t>
   </si>
   <si>
+    <t>* Enseñar ciencias naturales y asignaturas de educación general.
+* Mantener registros de asistencia y registros de las lecciones impartidas en el aula.
+* Explicar nuevas lecciones a los estudiantes, dictado de notas.
+* Evaluar los conocimientos de los estudiantes mediante respuestas verbales y pruebas escritas.
+* Evaluar los conocimientos de los estudiantes mediante la asignación de calificaciones.
+* Preparar materiales educativos para apoyar el proceso educativo.</t>
+  </si>
+  <si>
     <t>Professor</t>
+  </si>
+  <si>
+    <t>Profesor</t>
   </si>
   <si>
     <t>* Delivering high-quality instruction in specialized subject areas at the undergraduate and graduate levels.
 * Developing and implementing innovative curriculum and instructional materials that enhance student learning.
 * Engaging in scholarly research, publishing findings in reputable academic journals, and presenting at conferences.
 * Advising and mentoring students in their academic and professional pursuits, fostering a supportive learning environment.
 * Collaborating with faculty and staff to enhance departmental goals and contribute to institutional development.
 * Participating in academic committees and contributing to program assessment and improvement initiatives.
 * Staying current with advancements in the field and integrating new knowledge into teaching practices.
 * Facilitating a diverse and inclusive classroom environment that respects and values different perspectives.
 * Conducting assessments and evaluations of student progress and providing constructive feedback.
 * Contributing to community outreach and service initiatives that promote education and research.</t>
   </si>
   <si>
+    <t>* Impartir instrucción de alta calidad en áreas de asignaturas especializadas a nivel de pregrado y posgrado.
+* Desarrollar e implementar un currículum y materiales de enseñanza innovadores que mejoren el aprendizaje de los estudiantes.
+* Realizar investigaciones académicas, publicar hallazgos en revistas académicas reconocidas y presentar en conferencias.
+* Asesorar y mentorizar a estudiantes en sus intereses académicos y profesionales, fomentando un entorno de aprendizaje apoyo.
+* Colaborar con la facultad y el personal para mejorar los objetivos departamentales y contribuir al desarrollo institucional.
+* Participar en comités académicos y contribuir a las iniciativas de evaluación y mejoramiento de programas.
+* Mantenerse actualizado sobre los avances en el campo y integrar nuevos conocimientos en las prácticas docentes.
+* Facilitar un entorno de aula diverso e inclusivo que respete y valore diferentes perspectivas.
+* Realizar evaluaciones y valoraciones del progreso de los estudiantes y brindar retroalimentación constructiva.
+* Contribuir a iniciativas de divulgación y servicio comunitario que promuevan la educación y la investigación.</t>
+  </si>
+  <si>
     <t>Psychologist</t>
+  </si>
+  <si>
+    <t>Psicólogo</t>
   </si>
   <si>
     <t>* Conducting individual or paired sessions with clients.
 * Providing psychotherapeutic services and psychological counselling.
 * Performing psycho-diagnostic tests for clients with mental health problems, as well as for driving instructors, drivers of motor vehicles, employees of private security services, etc.
 * Planning of repeated sessions with clients, depending on the severity of the problem.</t>
   </si>
   <si>
+    <t>* Realizar sesiones individuales o en pareja con clientes.
+* Ofrecer servicios psicoterapéuticos y orientación psicológica.
+* Realizar pruebas psicodiagnósticas para clientes con problemas de salud mental, así como para instructores de conducción, conductores de vehículos a motor, empleados de servicios de seguridad privada, etc.
+* Planificar sesiones repetidas con clientes, dependiendo de la gravedad del problema.</t>
+  </si>
+  <si>
     <t>Research Worker, Scientific Worker</t>
+  </si>
+  <si>
+    <t>Investigador científico</t>
   </si>
   <si>
     <t>* Performing of research and exploration activities,
 * Preparing samples and their analysis using a wide range of laboratory equipment and methodologies.
 * Recording of the findings and their interpretation in the form of conclusions.
 * Developing medicines, vaccines, cosmetics, chemicals, etc.
 * Leading lectures and attending national and international conferences and symposia.
 * Publishing scientific findings, personal views, and theories in the professional literature.</t>
   </si>
   <si>
+    <t>* Realizar actividades de investigación y exploración,
+* Preparar muestras y analizarlas utilizando una amplia gama de equipo y metodologías de laboratorio.
+* Registrar los hallazgos y su interpretación en forma de conclusiones.
+* Desarrollar medicamentos, vacunas, productos cosméticos, productos químicos, etc.
+* Dirigir conferencias y asistir a congresos y simposios nacionales e internacionales.
+* Publicar hallazgos científicos, opiniones personales y teorías en la literatura profesional.</t>
+  </si>
+  <si>
     <t>School Canteen Manager</t>
+  </si>
+  <si>
+    <t>Encargado del comedor escolar</t>
   </si>
   <si>
     <t>* Managing the operation of a school canteen.
 * Responsibility for observing hygiene and food culture in a school canteen.
 * Managing and supervising the work of subordinate staff.
 * Ensuring compliance with the nutrient values in the meals served.
 * Compiling a weekly menu.
 * Ensuring the economical management of the assigned funds.</t>
   </si>
   <si>
+    <t>* Gestionar el funcionamiento de una cantina escolar.
+* Responsabilidad de observar la higiene y la cultura alimentaria en una cantina escolar.
+* Gestionar y supervisar el trabajo del personal subordinado.
+* Garantizar el cumplimiento de los valores nutricionales en las comidas servidas.
+* Elaborar un menú semanal.
+* Garantizar la gestión económica de los fondos asignados.</t>
+  </si>
+  <si>
     <t>School Caretaker</t>
+  </si>
+  <si>
+    <t>Conserje en escuela</t>
   </si>
   <si>
     <t>* Performing simple repairs and general maintenance activities as regards school property and premises.
 * Maintaining cleanliness and order on the school premises.
 * Ordering and receiving works from specialised companies.
 * Clearing snow and ice from pavements, stairs, and roads during the winter.
 * Boiler room operating.</t>
   </si>
   <si>
+    <t>* Realizar reparaciones simples y actividades generales de mantenimiento en cuanto a la propiedad y las instalaciones escolares.
+* Mantener la limpieza y el orden en las instalaciones escolares.
+* Solicitar y recibir trabajos de empresas especializadas.
+* Retirar nieve y hielo de aceras, escaleras y caminos durante el invierno.
+* Operar la sala de calderas.</t>
+  </si>
+  <si>
     <t>School Principal</t>
+  </si>
+  <si>
+    <t>Director de escuela</t>
   </si>
   <si>
     <t>* Develop and implement the annual school plan and program, ensuring effective operation throughout the academic year.
 * Report to and inform the school board about the execution of the plan and program.
 * Organize and participate in the work of professional bodies within the school, including the teachers' council, class councils, and class advisors.
 * Conduct pedagogical supervision of teachers and specialist staff (such as pedagogues, psychologists, and special educators), ensuring high-quality teaching practices.
 * Foster collaboration and communication with parents to support student development and engagement.
 * Oversee the financial operations of the school, including the preparation of the financial plan and annual financial report.
 * Ensure compliance with educational regulations and standards while promoting a positive learning environment.
 * Lead professional development initiatives for staff to enhance teaching effectiveness and student outcomes.
 * Manage school resources and facilities, ensuring they meet the needs of students and staff.
 * Act as a representative of the school in the community, promoting the institution's values and mission.</t>
   </si>
   <si>
+    <t>* Desarrollar e implementar el plan y programa escolar anual, asegurando el funcionamiento eficaz durante todo el año académico.
+* Informar al consejo escolar sobre la ejecución del plan y programa.
+* Organizar y participar en el trabajo de los órganos profesionales dentro de la escuela, incluyendo el consejo de profesores, consejos de clase y asesores de clase.
+* Realizar la supervisión pedagógica de los profesores y personal especializado (como pedagogos, psicólogos y educadores especiales), asegurando prácticas docentes de alta calidad.
+* Fomentar la colaboración y comunicación con los padres para apoyar el desarrollo y la participación de los estudiantes.
+* Supervisar las operaciones financieras de la escuela, incluyendo la preparación del plan financiero y el informe financiero anual.
+* Asegurar el cumplimiento de las regulaciones y estándares educativos, promoviendo un entorno de aprendizaje positivo.
+* Liderar iniciativas de desarrollo profesional para el personal para mejorar la efectividad de la enseñanza y los resultados de los estudiantes.
+* Administrar los recursos y las instalaciones de la escuela, asegurando que satisfagan las necesidades de los estudiantes y el personal.
+* Actuar como representante de la escuela en la comunidad, promoviendo los valores y la misión de la institución.</t>
+  </si>
+  <si>
     <t>Secondary School Teacher</t>
+  </si>
+  <si>
+    <t>Profesor de educación secundaria</t>
   </si>
   <si>
     <t>* Teaching professional, natural sciences and general education subjects.
 * Keeping attendance records and records of the lessons given in the classroom. 
 * Explaining new lessons to students, dictation of notes.
 * Testing the students’ knowledge in the form of verbal answers and written tests, including assessment using marks.
 * Issuing written warnings to students who breach school regulations.
 * Preparing educational aids to support the educational process.</t>
   </si>
   <si>
+    <t>* Docente de ciencias naturales y asignaturas de educación general.
+* Mantener registros de asistencia y de las lecciones impartidas en el aula.
+* Explicar nuevas lecciones a los estudiantes y dictar notas.
+* Evaluar el conocimiento de los estudiantes mediante respuestas verbales y pruebas escritas, incluyendo la evaluación con calificaciones.
+* Emitir advertencias escritas a los estudiantes que incumplan las normas escolares.
+* Preparar materiales educativos para apoyar el proceso educativo.</t>
+  </si>
+  <si>
     <t>Special Needs Teacher</t>
+  </si>
+  <si>
+    <t>Profesor de necesidades especiales</t>
   </si>
   <si>
     <t>* Participating in drawing up individual education plans for a child and in their upbringing and education.
 * Providing individual special educational, therapeutic and rehabilitation services.
 * Providing consulting services to legal representatives in connection with an individual education plan for a child.
 * Providing consultations and professional consulting services and methodical assistance to teachers.
 * Providing information and communication with advisory bodies.
 * Submitting proposals and suggestions to improve and streamline educational work with disabled children and children with special educational needs.</t>
   </si>
   <si>
+    <t>* Participar en la elaboración de planes de educación individuales para un niño y en su crianza y educación.
+* Proporcionar servicios educativos, terapéuticos y de rehabilitación especiales individualizados.
+* Ofrecer servicios de asesoramiento a los representantes legales en relación con un plan de educación individual para un niño.
+* Proporcionar consultas y servicios de asesoramiento profesional, así como asistencia metodológica a los profesores.
+* Proporcionar información y comunicación con órganos consultivos.
+* Presentar propuestas y sugerencias para mejorar y agilizar el trabajo educativo con niños discapacitados y niños con necesidades educativas especiales.</t>
+  </si>
+  <si>
     <t>Sports Coach</t>
+  </si>
+  <si>
+    <t>Entrenador deportivo</t>
   </si>
   <si>
     <t>* Determining the type, duration and intensity of training depending on the expected effect on the team/wards.
 * Compiling lists and/or formations of players entering the game (for team sports).
 * Analysing the performances of opponents in order to identify their weaknesses in games and tactics and to use them for the benefit of its team/ward.
 * Setting game tactics.
 * Cooperating with the coach assistants, team masseurs, physiotherapists, doctors, and the custodian.
 * Attending press conferences, and giving interviews to the media.</t>
   </si>
   <si>
+    <t>* Determinar el tipo, duración e intensidad del entrenamiento según el efecto esperado en el equipo/tutelados.
+* Confeccionar listas y/o formaciones de jugadores que entran en el juego (para deportes de equipo).
+* Analizar el rendimiento de los oponentes para identificar sus debilidades en juegos y tácticas y utilizarlas en beneficio de su equipo/tutelados.
+* Establecer tácticas de juego.
+* Cooperar con los asistentes de entrenador, masajistas del equipo, fisioterapeutas, médicos y el custodio.
+* Asistir a conferencias de prensa y dar entrevistas a los medios de comunicación.</t>
+  </si>
+  <si>
     <t>Sports Coordinator</t>
+  </si>
+  <si>
+    <t>Coordinador de deportes</t>
   </si>
   <si>
     <t xml:space="preserve">* Oversees and coordinates the administrative functions, team preparation support, and logistical operations
 </t>
+  </si>
+  <si>
+    <t>* Supervisa y coordina las funciones administrativas, el apoyo de preparación del equipo y las operaciones logísticas</t>
   </si>
   <si>
     <t>Teacher</t>
   </si>
   <si>
     <t>* Developing and implementing engaging lesson plans that meet curriculum standards.
 * Delivering high-quality instruction in a classroom setting, fostering a positive learning environment.
 * Assessing student progress and providing constructive feedback to support academic growth.
 * Utilizing a variety of teaching methods and resources to accommodate diverse learning styles.
 * Encouraging student participation and critical thinking through interactive activities and discussions.
 * Collaborating with colleagues, parents, and administrators to enhance educational programs.
 * Maintaining accurate records of student attendance, grades, and performance.
 * Participating in professional development opportunities to stay current with educational trends and practices.
 * Supporting students' social and emotional well-being through mentorship and guidance.
 * Adapting teaching strategies to meet the needs of students with varying abilities and backgrounds.</t>
   </si>
   <si>
+    <t>* Desarrollar e implementar planes de lección atractivos que cumplan con los estándares curriculares.
+* Brindar instrucción de alta calidad en un entorno de aula, fomentando un ambiente de aprendizaje positivo.
+* Evaluar el progreso de los estudiantes y proporcionar retroalimentación constructiva para apoyar el crecimiento académico.
+* Utilizar una variedad de métodos y recursos de enseñanza para adaptarse a diferentes estilos de aprendizaje.
+* Fomentar la participación de los estudiantes y el pensamiento crítico a través de actividades y discusiones interactivas.
+* Colaborar con colegas, padres y administradores para mejorar los programas educativos.
+* Mantener registros precisos de asistencia, calificaciones y desempeño de los estudiantes.
+* Participar en oportunidades de desarrollo profesional para mantenerse al día con las tendencias y prácticas educativas actuales.
+* Apoyar el bienestar social y emocional de los estudiantes a través de la mentoría y la orientación.
+* Adaptar estrategias de enseñanza para satisfacer las necesidades de estudiantes con habilidades y antecedentes diversos.</t>
+  </si>
+  <si>
     <t>Tutor</t>
   </si>
   <si>
     <t>* Providing personalized tutoring sessions in various subjects to students of different age groups.
 * Assessing students' learning needs and tailoring lesson plans to meet individual goals.
 * Utilizing a variety of teaching methods and resources to enhance student understanding and engagement.
 * Monitoring student progress and providing constructive feedback to promote academic improvement.
 * Assisting students with homework, exam preparation, and study skills development.
 * Creating a supportive and encouraging learning environment that fosters student confidence.
 * Collaborating with parents and guardians to discuss student progress and address any concerns.
 * Maintaining accurate records of student attendance, progress, and achievements.
 * Staying updated with educational best practices and subject knowledge to enhance tutoring effectiveness.
 * Participating in professional development opportunities to improve tutoring skills and techniques.</t>
   </si>
   <si>
+    <t>* Brindar sesiones de tutoría personalizadas en diversas materias a estudiantes de diferentes grupos de edad.
+* Evaluar las necesidades de aprendizaje de los estudiantes y adaptar los planes de lección para alcanzar objetivos individuales.
+* Utilizar una variedad de métodos de enseñanza y recursos para mejorar la comprensión y la participación de los estudiantes.
+* Monitorear el progreso de los estudiantes y brindar retroalimentación constructiva para promover la mejora académica.
+* Ayudar a los estudiantes con la tarea, la preparación para los exámenes y el desarrollo de habilidades de estudio.
+* Crear un entorno de aprendizaje de apoyo y motivador que fomente la confianza de los estudiantes.
+* Colaborar con los padres y tutores para discutir el progreso de los estudiantes y abordar cualquier inquietud.
+* Mantener registros precisos de la asistencia, el progreso y los logros de los estudiantes.
+* Mantenerse actualizado sobre las mejores prácticas educativas y conocimientos de la materia para mejorar la efectividad de la tutoría.
+* Participar en oportunidades de desarrollo profesional para mejorar las habilidades y técnicas de tutoría.</t>
+  </si>
+  <si>
     <t>University Teacher</t>
+  </si>
+  <si>
+    <t>Profesor universitario</t>
   </si>
   <si>
     <t xml:space="preserve">* Leading professional lectures and practical exercises.
 * Recording attendance records into personal notes.
 * Testing student knowledge in the form of verbal answers and written tests including assessment using grades.
 * Issuing and recording student credits following a successful test or class completion.
 * Preparing the aids that are necessary for lectures and practical exercises.
 * Providing consultations to students during specifically defined hours.
 </t>
   </si>
   <si>
+    <t>* Impartir clases magistrales y ejercicios prácticos profesionales.
+* Registrar los registros de asistencia en notas personales.
+* Evaluar los conocimientos de los estudiantes a través de respuestas verbales y pruebas escritas, incluyendo la evaluación mediante calificaciones.
+* Emitir y registrar créditos estudiantiles después de superar un examen o completar una clase.
+* Preparar los materiales necesarios para las clases y ejercicios prácticos.
+* Ofrecer consultas a los estudiantes durante horas específicamente definidas.</t>
+  </si>
+  <si>
     <t>University Teaching assistant</t>
+  </si>
+  <si>
+    <t>Asistente universitario</t>
   </si>
   <si>
     <t>* Leading professional lectures and practical exercises.
 * Recording attendance records into personal notes.
 * Testing student knowledge in the form of verbal answers and written tests including assessment using grades.
 * Issuing and recording student credits following a successful test or class completion.
 * Preparing the aids that are necessary for lectures and practical exercises.
 * Providing consultations to students during specifically defined hours.</t>
   </si>
   <si>
+    <t>* Impartir clases magistrales y ejercicios prácticos profesionales.
+* Registrar los registros de asistencia en notas personales.
+* Evaluar los conocimientos de los estudiantes en forma de respuestas verbales y pruebas escritas, incluida la evaluación con calificaciones.
+* Emitir y registrar créditos estudiantiles después de superar un examen o completar una clase.
+* Preparar los materiales necesarios para las clases y ejercicios prácticos.
+* Proporcionar consultas a los estudiantes durante horas específicamente definidas.</t>
+  </si>
+  <si>
     <t>Electrical &amp; Power Engineering</t>
+  </si>
+  <si>
+    <t>Ingeniería eléctrica y energética</t>
   </si>
   <si>
     <t>* Designing and modifying 3D models of machinery, equipment and components using specialised projection software.
 * Completing drawings in paper and digital form as well as construction documentation.
 * Consulting with engineers in research and development, along with a head designer and production technologist.
 * Solving problems associated with manufacturability, finding solutions related to the savings in production costs, weight etc.</t>
+  </si>
+  <si>
+    <t>* Diseñar y modificar modelos 3D de maquinaria, equipos y componentes utilizando software de proyección especializado.
+* Completar dibujos en forma impresa y digital, así como documentación de construcción.
+* Consultar con ingenieros en investigación y desarrollo, junto con un diseñador jefe y un tecnólogo de producción.
+* Resolver problemas asociados con la fabricabilidad, encontrar soluciones relacionadas con el ahorro en costos de producción, peso, etc.</t>
   </si>
   <si>
     <t>* Preparing project documentation of wiring.
 * Documentation negotiation with the customer, professional bodies and organisations.
 * Drafting of technical design of solutions, including the calculation of expected implementation costs.
 * Conducting author's supervision during the construction.
 * Providing solutions to the variations and changes to project documentation, incorporation of new customer requirements.
 * Taking part in trials and putting constructions in service.
 * Elaborating project documentation of the actual construction in paper and digital form.
 * Providing technical assistance and consultation.</t>
   </si>
   <si>
+    <t>* Preparación de la documentación del proyecto de cableado.
+* Negociación de la documentación con el cliente, organismos profesionales y organizaciones.
+* Redacción del diseño técnico de soluciones, incluyendo el cálculo de los costos de implementación esperados.
+* Realización de la supervisión del autor durante la construcción.
+* Proporcionar soluciones a las variaciones y cambios en la documentación del proyecto, incorporación de nuevos requisitos del cliente.
+* Participación en pruebas y puesta en servicio de construcciones.
+* Elaboración de la documentación del proyecto de la construcción actual en forma impresa y digital.
+* Proporcionar asistencia técnica y consultoría.</t>
+  </si>
+  <si>
     <t>Electrical Engineer</t>
+  </si>
+  <si>
+    <t>Ingeniero eléctrico</t>
   </si>
   <si>
     <t>* Specification, design, implementation, and installation of a solution following client defined requirements.
 * Proposal and definition of control system requirements.
 * Definition and configuration of sequential, paired, and discrete circuits.
 * Securing software development support.
 * Creating technical documentation for application solutions.
 * Securing technical support and engineering work at the client's site.</t>
   </si>
   <si>
+    <t>* Especificación, diseño, implementación e instalación de una solución siguiendo los requisitos definidos por el cliente.
+* Propuesta y definición de los requisitos del sistema de control.
+* Definición y configuración de circuitos secuenciales, emparejados y discretos.
+* Garantizar el soporte de desarrollo de software.
+* Creación de documentación técnica para soluciones de aplicación.
+* Garantizar el soporte técnico y el trabajo de ingeniería en el sitio del cliente.</t>
+  </si>
+  <si>
     <t>* Operating electrical machines, instruments, devices and electricity producing facilities.
 * Installing, maintaining and repairing electrical machinery, instruments and devices, external and internal electrical wiring, security, communication and telecommunication equipment, transmitters, receivers, etc.
 * Installing distribution infrastructure for building hardware.
 * Conducting measurements with electrical and electronic measuring devices and diagnostic technical equipment.</t>
   </si>
   <si>
+    <t>* Operar máquinas eléctricas, instrumentos, dispositivos y centrales eléctricas.
+* Instalar, mantener y reparar maquinaria eléctrica, instrumentos y dispositivos, cableado eléctrico interno y externo, equipo de seguridad, comunicaciones y telecomunicaciones, transmisores, receptores, etc.
+* Instalar infraestructura de distribución para hardware de edificios.
+* Realizar mediciones con dispositivos de medición eléctricos y electrónicos y equipo técnico de diagnóstico.</t>
+  </si>
+  <si>
     <t>Electrical Fitter</t>
+  </si>
+  <si>
+    <t>Instalador electricista</t>
   </si>
   <si>
     <t>* Completing assembly and maintenance works of electrical equipment, low, high, and very high voltage lines, electrical lightning etc. * Diagnosing outages and evaluating diagnostic measurements.
 * Performing functional tests of equipment after the preventive maintenance or repair.
 * Performing preventive maintenance of assigned equipment.
 * Completing repair or maintenance report in paper form.
 * Ensuring the reliability of operation and checking compliance with occupational health and safety and the use of personal protective equipment.</t>
   </si>
   <si>
+    <t>* Realizar trabajos de montaje y mantenimiento de equipos eléctricos, líneas de baja, alta y muy alta tensión, iluminación eléctrica, etc.
+* Diagnosticar averías y evaluar mediciones de diagnóstico.
+* Realizar pruebas funcionales de equipos después del mantenimiento preventivo o reparación.
+* Realizar mantenimiento preventivo de los equipos asignados.
+* Completar informes de reparación o mantenimiento en formato papel.
+* Garantizar la fiabilidad de la operación y verificar el cumplimiento de la salud y seguridad ocupacional y el uso de equipos de protección personal.</t>
+  </si>
+  <si>
     <t>Electrician</t>
+  </si>
+  <si>
+    <t>Electricista</t>
   </si>
   <si>
     <t>* Reading technical documentation.
 * Proposing the placement of electrical circuits.
 * Cutting openings and channels into the walls and floors.
 * Stripping electrical wires and cables. 
 * Powering up electrical disconnects, outlets, distribution panels, switches, connectors, breakers, fuses, transformers, lamps, and other electrical equipment.
 * Diagnosing and eliminating outages and electrical problems.
 * Following the safety and fire prevention regulations.</t>
   </si>
   <si>
+    <t>* Leer documentación técnica.
+* Proponer la colocación de circuitos eléctricos.
+* Hacer aberturas y canales en las paredes y suelos.
+* Pelar cables y alambres eléctricos.
+* Energizar desconectadores eléctricos, tomas de corriente, paneles de distribución, interruptores, conectores, disyuntores, fusibles, transformadores, lámparas y otros equipos eléctricos.
+* Diagnosticar y eliminar cortes y problemas eléctricos.
+* Seguir las normas de seguridad y prevención de incendios.</t>
+  </si>
+  <si>
     <t>Electrician (industrial)</t>
+  </si>
+  <si>
+    <t>Electricista industrial</t>
   </si>
   <si>
     <t>* Designing and constructing electrical appliances and equipment.
 * Dismantling appliances and equipment for the purpose of repair.
 * Testing electrical installations using measuring and diagnostic devices.
 * Restoring and assembling appliances and equipment into a functional unit.
 * Inspecting and testing the technical electrical equipment.
 * Managing technical and operational documentation.</t>
   </si>
   <si>
+    <t>* Diseñar y construir electrodomésticos y equipos eléctricos.
+* Desmontar electrodomésticos y equipos con fines de reparación.
+* Realizar pruebas de instalaciones eléctricas utilizando dispositivos de medición y diagnóstico.
+* Restaurar y ensamblar electrodomésticos y equipos para formar una unidad funcional.
+* Inspeccionar y probar los equipos técnicos eléctricos.
+* Gestionar documentación técnica y operativa.</t>
+  </si>
+  <si>
     <t>Electronics Electrician</t>
+  </si>
+  <si>
+    <t>Electricista electrónico</t>
   </si>
   <si>
     <t>* Diagnosing faults in electronic devices using conventional measuring instruments.
 * Drawing up measurement protocols.
 * Reading and drawing electronic diagrams.
 * Addressing malfunctions by exchanging defective parts with new ones.
 * Mounting and debugging electronic components and equipment.
 * Updating the internal operating system (firmware).
 * Unblocking mobile phones, satellite receivers, etc.</t>
   </si>
   <si>
+    <t>* Diagnóstico de fallas en dispositivos electrónicos utilizando instrumentos de medición convencionales.
+* Elaboración de protocolos de medición.
+* Lectura y dibujo de diagramas electrónicos.
+* Solución de malfuncionamientos mediante el intercambio de piezas defectuosas por nuevas.
+* Montaje y depuración de componentes y equipos electrónicos.
+* Actualización del sistema operativo interno (firmware).
+* Desbloqueo de teléfonos móviles, receptores satelitales, etc.</t>
+  </si>
+  <si>
     <t>Inspection Technician</t>
+  </si>
+  <si>
+    <t>Técnico de inspección</t>
   </si>
   <si>
     <t>* Performing technical inspections and tests of the electrical equipment according to the Labour Inspection certificate.
 * Completing written reports on executed inspections. 
 * Instructing employees - persons in accordance with the Section 20.</t>
   </si>
   <si>
+    <t>* Realizar inspecciones y pruebas técnicas del equipo eléctrico según el certificado de Inspección Laboral.
+* Redactar informes escritos sobre las inspecciones realizadas.
+* Instruir a empleados - personas de acuerdo con la Sección 20.</t>
+  </si>
+  <si>
+    <t>* Realizar el mantenimiento preventivo y operativo de maquinaria y equipos.
+* Gestionar, coordinar, motivar y evaluar a los empleados subordinados.
+* Desarrollar y actualizar los planes de mantenimiento.
+* Identificar piezas desgastadas.
+* Pedir repuestos.
+* Analizar las causas de las paradas y tomar medidas para eliminarlas.
+* Supervisar y controlar los costos de mantenimiento.
+* Comunicarse con los jefes de turno, ingenieros de proceso y proveedores de maquinaria y equipos.</t>
+  </si>
+  <si>
     <t>PLC Programmer</t>
+  </si>
+  <si>
+    <t>Programador de PLC</t>
   </si>
   <si>
     <t>* Developing, simulating, implementing and testing of management programs for PLC devices.
 * Setting up PLC devices in case of production change.
 * Preparing visualisations of the technological process using specialised software.
 * Determining and eliminating malfunctions with an emphasis on minimising downtime.
 * Preparing and maintaining technical documentation for programs.
 * Partaking in putting PLC devices into service.</t>
   </si>
   <si>
+    <t>* Desarrollo, simulación, implementación y prueba de programas de gestión para dispositivos PLC.
+* Configuración de dispositivos PLC en caso de cambio de producción.
+* Preparación de visualizaciones del proceso tecnológico utilizando software especializado.
+* Identificación y eliminación de fallos con énfasis en minimizar el tiempo de inactividad.
+* Preparación y mantenimiento de documentación técnica para programas.
+* Participación en la puesta en servicio de dispositivos PLC.</t>
+  </si>
+  <si>
     <t>Power Engineer</t>
+  </si>
+  <si>
+    <t>Ingeniero en energía</t>
   </si>
   <si>
     <t>* Ensuring and coordinating specialised inspections, tests and repairs of power equipment.
 * Drawing up production plans of energy consumption.
 * Reviewing the rational use of energy in the company.
 * Keeping records of energy consumption of the individual departments of society.
 * Running calculations of charges on heat meters, electricity meters, gas meters and water meters.
 * Proposing measures aimed at reducing energy consumption.
 * Preparing documents for tenders for energy suppliers.</t>
   </si>
   <si>
+    <t>* Asegurar y coordinar las inspecciones, pruebas y reparaciones especializadas del equipo de energía.
+* Elaborar planes de producción de consumo de energía.
+* Revisar el uso racional de la energía en la empresa.
+* Llevar registros del consumo de energía de los departamentos individuales de la sociedad.
+* Realizar cálculos de los cargos en medidores de calor, medidores de electricidad, medidores de gas y medidores de agua.
+* Proponer medidas destinadas a reducir el consumo de energía.
+* Preparar documentos para licitaciones de proveedores de energía.</t>
+  </si>
+  <si>
     <t>Power-Generating Machinery Operator</t>
+  </si>
+  <si>
+    <t>Operador de planta de energía eléctrica</t>
   </si>
   <si>
     <t>* Monitoring and evaluating the parameters of the power machine operation in terms of performance, security, economy, ecology, fire protection principles etc.
 * Ensuring start-ups, shutdowns, pre-manipulations and tests of machinery and equipment.
 * Preventing disrepairs of machines by an early intervention to the run of equipment.</t>
+  </si>
+  <si>
+    <t>* Monitorear y evaluar los parámetros de funcionamiento de la maquinaria de potencia en términos de rendimiento, seguridad, economía, ecología, principios de protección contra incendios, etc.
+* Asegurar los arranques, paradas, premanipulaciones y pruebas de maquinaria y equipo.
+* Prevenir daños en las máquinas mediante una intervención temprana en el funcionamiento del equipo.</t>
+  </si>
+  <si>
+    <t>* Responsabilidad por la implementación de nuevos productos en la empresa.
+* Completar documentación de producción detallada y procedimientos de trabajo.
+* Actualizar documentación de producción y procedimientos de trabajo en caso de un cambio en el proceso de producción.
+* Implementar herramientas que aumenten la eficiencia del proceso de producción (por ejemplo, Six Sigma, Kaizen, Lean, poka-yoke, etc.).
+* Reducir costos de producción manteniendo el nivel de calidad requerido.
+* Resolver los problemas y anomalías incurridos.
+* Participar en la selección y despliegue de equipo tecnológico en las instalaciones de la empresa.
+* Estimar los requisitos relativos al personal, tiempo de producción y costos.
+* Comunicarse con otros departamentos de la empresa.</t>
   </si>
   <si>
     <t>* Conducting repairs and maintenance on electrical systems and equipment.
 * Diagnosing electrical faults and implementing effective solutions.
 * Performing routine inspections and testing of electrical systems to ensure safety and compliance.
 * Collaborating with engineers and other technicians to improve system performance.
 * Installing and configuring electrical systems and components as needed.
 * Maintaining accurate records of repairs, inspections, and maintenance activities.
 * Ensuring adherence to safety protocols and regulations during all repair activities.
 * Providing technical support and guidance to clients and team members.
 * Utilizing specialized tools and equipment to carry out repair tasks efficiently.
 * Staying updated with the latest industry trends and advancements in electrical engineering.
 * Assisting in the training and development of junior repair staff.
 * Responding promptly to emergency repair requests to minimize downtime.
 * Contributing to the development of maintenance schedules and procedures.
 * Participating in team meetings to discuss project progress and challenges.
 * Upholding a high standard of workmanship and professionalism in all tasks.</t>
   </si>
   <si>
+    <t>* Realización de reparaciones y mantenimiento en sistemas y equipos eléctricos.
+* Diagnóstico de fallas eléctricas e implementación de soluciones efectivas.
+* Realización de inspecciones y pruebas rutinarias de sistemas eléctricos para garantizar la seguridad y el cumplimiento.
+* Colaboración con ingenieros y otros técnicos para mejorar el rendimiento del sistema.
+* Instalación y configuración de sistemas y componentes eléctricos según sea necesario.
+* Mantenimiento de registros precisos de reparaciones, inspecciones y actividades de mantenimiento.
+* Garantía del cumplimiento de protocolos y regulaciones de seguridad durante todas las actividades de reparación.
+* Proporcionar asistencia técnica y orientación a clientes y miembros del equipo.
+* Utilización de herramientas y equipos especializados para realizar tareas de reparación de manera eficiente.
+* Mantenimiento actualizado sobre las últimas tendencias y avances en ingeniería eléctrica.
+* Ayuda en la capacitación y desarrollo del personal de reparación junior.
+* Respuesta oportuna a solicitudes de reparación de emergencia para minimizar el tiempo de inactividad.
+* Contribución al desarrollo de horarios y procedimientos de mantenimiento.
+* Participación en reuniones de equipo para discutir el progreso y los desafíos del proyecto.
+* Mantenimiento de un alto estándar de habilidad y profesionalismo en todas las tareas.</t>
+  </si>
+  <si>
     <t>Service Engineer</t>
+  </si>
+  <si>
+    <t>Ingeniero de servicio</t>
   </si>
   <si>
     <t>* Mounting, dismantling and powering up machinery and equipment.
 * Providing repairs and maintenance of machinery and equipment.
 * Providing employee trainings on the use of machinery and equipment.
 * Completing technical reports.
 * Providing technical support to internal and external customers.</t>
   </si>
   <si>
+    <t>* Montaje, desmontaje y puesta en marcha de maquinaria y equipo.
+* Realización de reparaciones y mantenimiento de maquinaria y equipo.
+* Capacitación de empleados en el uso de maquinaria y equipo.
+* Elaboración de informes técnicos.
+* Proporcionar asistencia técnica a clientes internos y externos.</t>
+  </si>
+  <si>
     <t>Service Technician</t>
+  </si>
+  <si>
+    <t>Técnico de servicio</t>
   </si>
   <si>
     <t>* Taking care of the guarantee and after-guarantee service for the delivered goods.
 * Assembling and installing products for the customers.
 * Finding out about the causes of failure and defect on the products.
 * Assessing the validity of claims.
 * Ordering nonfunctional or damaged component parts from manufacturers.
 * Issuing assembly sheets for customers.
 * Cashing in and disbursing cash for the carried out repairs.</t>
   </si>
   <si>
+    <t>* Encargarse del servicio de garantía y postgarantía para los bienes entregados.
+* Ensamblar e instalar productos para los clientes.
+* Investigar las causas de fallas y defectos en los productos.
+* Evaluar la validez de las reclamaciones.
+* Solicitar a los fabricantes piezas componentes no funcionales o dañadas.
+* Emitir hojas de ensamblaje para los clientes.
+* Cobrar y desembolsar dinero en efectivo por las reparaciones realizadas.</t>
+  </si>
+  <si>
     <t>Technician</t>
+  </si>
+  <si>
+    <t>Técnico</t>
   </si>
   <si>
     <t>* Putting machines, devices, and equipment into operation.
 * Analysing failures with the aim to identify their original cause.
 * Repairing machines, devices, and equipment by replacing the defective components by new ones or by software adjustments.
 * Managing, inspecting, and keeping the technical documentation up-to-date.
 * Ensuring technical support regarding the processes and products in the production.</t>
+  </si>
+  <si>
+    <t>* Poner en funcionamiento máquinas, dispositivos y equipos.
+* Analizar fallos con el objetivo de identificar su causa original.
+* Reparar máquinas, dispositivos y equipos reemplazando los componentes defectuosos por unos nuevos o mediante ajustes de software.
+* Administrar, inspeccionar y mantener actualizada la documentación técnica.
+* Garantizar soporte técnico en cuanto a procesos y productos en la producción.</t>
   </si>
   <si>
     <t>* Introducing new products into production.
 * Analysing technological product manufacturability.
 * Defining production and work practices, training production operators.
 * Monitoring compliance with established procedures, regulations and product quality.
 * Managing, checking, maintaining and updating technical documentation.
 * Calculating normalised time, product prices and conversions within quotations.
 * Solving the complaints of suppliers and customers as well as internal complaints.
 * Optimising technological processes to improve product quality and minimise costs.</t>
   </si>
   <si>
+    <t>* Introducir nuevos productos en producción.
+* Analizar la fabricabilidad tecnológica de los productos.
+* Definir prácticas de producción y trabajo, formar a los operadores de producción.
+* Supervisar el cumplimiento de los procedimientos establecidos, normativas y calidad del producto.
+* Gestionar, verificar, mantener y actualizar la documentación técnica.
+* Calcular el tiempo normalizado, los precios de los productos y las conversiones dentro de las cotizaciones.
+* Resolver las reclamaciones de proveedores y clientes, así como las reclamaciones internas.
+* Optimizar los procesos tecnológicos para mejorar la calidad del producto y minimizar costos.</t>
+  </si>
+  <si>
     <t>Telecommunication network installer</t>
+  </si>
+  <si>
+    <t>Instalador de redes de telecomunicaciones</t>
   </si>
   <si>
     <t>* Installing, maintaining, and repairing telecommunication networks, including fiber optic and copper cabling systems.
 * Conducting site surveys to determine installation requirements and ensure compliance with specifications.
 * Collaborating with engineers and project managers to develop installation plans and timelines.
 * Connecting telecommunications equipment, including routers, switches, and servers, to network infrastructure.
 * Testing and troubleshooting network connectivity issues to ensure optimal performance.
 * Ensuring adherence to safety protocols and industry standards during installation and maintenance activities.
 * Providing technical support and training to clients on the operation of telecommunication systems.
 * Documenting installation processes, maintenance activities, and service reports for future reference.
 * Staying updated on advancements in telecommunication technology and best practices.
 * Assisting in the development of project budgets and resource allocation for telecommunication installations.</t>
   </si>
   <si>
+    <t>* Instalar, mantener y reparar redes de telecomunicación, incluidos sistemas de cableado de fibra óptica y cobre.
+* Realizar estudios de sitio para determinar los requisitos de instalación y garantizar el cumplimiento de las especificaciones.
+* Colaborar con ingenieros y gerentes de proyecto para desarrollar planes de instalación y cronogramas.
+* Conectar equipos de telecomunicación, incluyendo ruteadores, conmutadores y servidores, a la infraestructura de la red.
+* Probar y solucionar problemas de conectividad de la red para asegurar un rendimiento óptimo.
+* Asegurar el cumplimiento de los protocolos de seguridad y los estándares de la industria durante las actividades de instalación y mantenimiento.
+* Proporcionar soporte técnico y capacitación a los clientes sobre el funcionamiento de los sistemas de telecomunicación.
+* Documentar los procesos de instalación, las actividades de mantenimiento y los informes de servicio para referencia futura.
+* Mantenerse actualizado sobre los avances en tecnología de telecomunicaciones y las mejores prácticas.
+* Ayudar en el desarrollo de presupuestos de proyecto y la asignación de recursos para las instalaciones de telecomunicación.</t>
+  </si>
+  <si>
     <t>General labour</t>
+  </si>
+  <si>
+    <t>Servicios generales</t>
   </si>
   <si>
     <t>Au-pair</t>
   </si>
   <si>
     <t>* Taking care of children in the absence of their guardians.
 * Accompanying children to/from school.
 * Helping children with learning and their homework.
 * Performing routine housework (vacuuming, dusting, ironing, washing dishes, etc.).</t>
   </si>
   <si>
+    <t>* Cuidar a los niños en ausencia de sus tutores.
+* Acompañar a los niños desde/hasta la escuela.
+* Ayudar a los niños con su aprendizaje y las tareas escolares.
+* Realizar las tareas domésticas habituales (aspirar, quitar el polvo, planchar, lavar platos, etc.).</t>
+  </si>
+  <si>
     <t>Cleaner</t>
+  </si>
+  <si>
+    <t>Limpiadora</t>
   </si>
   <si>
     <t>* Cleaning, polishing, and wiping off furniture and equipment and removing dust.
 * Cleaning windows, glass panels in doors and other glass surfaces.
 * Emptying wastebaskets and ashtrays.
 * Vacuuming carpets, rugs and other fabrics.
 * Cleaning flooring, tiles, and exterior surfaces.
 * Cleaning and disinfecting sanitary facilities, replacing hygienic supplies.</t>
   </si>
   <si>
+    <t>* Limpiar, pulir y eliminar el polvo de muebles y equipos.
+* Limpiar ventanas, paneles de vidrio en puertas y otras superficies de vidrio.
+* Vaciar papeleras y ceniceros.
+* Aspirar alfombras, alfombrillas y otros tejidos.
+* Limpiar suelos, baldosas y superficies exteriores.
+* Limpiar y desinfectar las instalaciones sanitarias, reemplazar los suministros higiénicos.</t>
+  </si>
+  <si>
     <t>Cleaning manager</t>
+  </si>
+  <si>
+    <t>Responsable de limpieza</t>
   </si>
   <si>
     <t>* Overseeing and managing all cleaning operations within the organization.
 * Developing and implementing cleaning schedules and protocols to ensure high standards of cleanliness.
 * Supervising and training cleaning staff to ensure efficient and effective cleaning practices.
 * Conducting regular inspections of facilities to ensure compliance with health and safety regulations.
 * Managing inventory of cleaning supplies and equipment, ensuring adequate stock levels.
 * Addressing and resolving any cleaning-related issues or complaints from staff and clients.
 * Collaborating with other departments to coordinate cleaning schedules and minimize disruption.
 * Ensuring the proper use and maintenance of cleaning equipment and tools.
 * Keeping up-to-date with industry best practices and innovations in cleaning techniques and products.
 * Preparing reports on cleaning operations, staff performance, and supply usage for management review.</t>
   </si>
   <si>
+    <t>* Supervisar y gestionar todas las operaciones de limpieza dentro de la organización.
+* Desarrollar e implementar horarios y protocolos de limpieza para garantizar altos estándares de limpieza.
+* Supervisar y capacitar al personal de limpieza para asegurar prácticas de limpieza eficientes y efectivas.
+* Realizar inspecciones regulares de las instalaciones para asegurar el cumplimiento de las regulaciones de salud y seguridad.
+* Gestionar el inventario de suministros y equipos de limpieza, asegurando niveles de stock adecuados.
+* Abordar y resolver cualquier problema o queja relacionada con la limpieza del personal y los clientes.
+* Colaborar con otros departamentos para coordinar los horarios de limpieza y minimizar las interrupciones.
+* Asegurar el uso y mantenimiento adecuados de los equipos y herramientas de limpieza.
+* Mantenerse actualizado sobre las mejores prácticas y las innovaciones en técnicas y productos de limpieza de la industria.
+* Preparar informes sobre las operaciones de limpieza, el desempeño del personal y el uso de suministros para su revisión por la gerencia.</t>
+  </si>
+  <si>
     <t>General Labourer</t>
   </si>
   <si>
+    <t>Trabajador general</t>
+  </si>
+  <si>
     <t>* Performing a wide range of auxiliary work in catering to establishments, constructions, manufacturing companies etc.</t>
   </si>
   <si>
+    <t>* Realizar una amplia variedad de trabajos auxiliares en servicios de catering para establecimientos, construcciones, empresas manufactureras, etc.</t>
+  </si>
+  <si>
     <t>Hostess</t>
+  </si>
+  <si>
+    <t>Azafata</t>
   </si>
   <si>
     <t>* Welcoming the guests and visitors at exhibitions, fairs, social gatherings and events.
 * Handing out promotional materials and items, souvenirs and business cards.
 * Replenishing promotional materials for visitors to exhibitions and fairs.
 * Replenishing refreshments for invited guests at the exhibition stand.
 * Providing general information.</t>
   </si>
   <si>
+    <t>* Acoger a los invitados y visitantes en exposiciones, ferias, reuniones sociales y eventos.
+* Entregar materiales y artículos promocionales, recuerdos y tarjetas de presentación.
+* Reponer materiales promocionales para los visitantes de las exposiciones y ferias.
+* Reponer refrescos para los invitados en el stand de la exposición.
+* Proporcionar información general.</t>
+  </si>
+  <si>
     <t>Labourer</t>
+  </si>
+  <si>
+    <t>Obrero</t>
   </si>
   <si>
     <t>* Performing a wide range of manual tasks in the production companies, on building sites, in the forests etc.
 * Meet the given production norms (in production companies) with the emphasis on the speed and accuracy of production.
 * Operating machinery, instruments, and equipment as means for fulfilling the given tasks.
 * Carrying out simple repairs and maintenance of the machinery, instruments and equipment.</t>
   </si>
   <si>
+    <t>* Realizar una amplia variedad de tareas manuales en empresas de producción, en obras de construcción, en bosques, etc.
+* Cumplir con las normas de producción establecidas (en empresas de producción) con énfasis en la velocidad y precisión de la producción.
+* Operar maquinaria, instrumentos y equipos como medios para cumplir con las tareas asignadas.
+* Realizar reparaciones y mantenimiento simples de la maquinaria, instrumentos y equipos.</t>
+  </si>
+  <si>
     <t>Porter, Information Staff</t>
+  </si>
+  <si>
+    <t>Portero, informador</t>
   </si>
   <si>
     <t>* Providing information to visitors and navigating them within the building.
 * Handling incoming and outgoing phone calls.
 * Keeping records of visitors and their personal data to a limited extent.
 * Lending keys to lockable rooms to authorised personnel.
 * Locking the entrance door at night and during public holidays.</t>
   </si>
   <si>
+    <t>* Brindar información a los visitantes y guiarlos dentro del edificio.
+* Atender llamadas telefónicas entrantes y salientes.
+* Mantener registros de visitantes y sus datos personales en un alcance limitado.
+* Prestar llaves de habitaciones con cerradura a personal autorizado.
+* Cerrar la puerta de entrada por la noche y durante los días festivos.</t>
+  </si>
+  <si>
     <t>Survey Interviewer</t>
+  </si>
+  <si>
+    <t>Encuestador</t>
   </si>
   <si>
     <t>* Contacting a preselected sample of people in the field or via various channels (telephone, mail, e-mail, Internet).
 * Recording the responses of respondents in questionnaires.
 * Checking the extent of the completion of questionnaires.
 * Submitting completed questionnaires to the superior.</t>
   </si>
   <si>
+    <t>* Contactar con una muestra preseleccionada de personas en el campo o a través de varios canales (teléfono, correo, correo electrónico, Internet).
+* Registrar las respuestas de los encuestados en cuestionarios.
+* Verificar el grado de cumplimentación de los cuestionarios.
+* Enviar los cuestionarios cumplimentados al superior.</t>
+  </si>
+  <si>
     <t>Human Resources</t>
   </si>
   <si>
+    <t>Recursos Humanos</t>
+  </si>
+  <si>
     <t>Career advisor</t>
+  </si>
+  <si>
+    <t>Asesor de orientación profesional</t>
   </si>
   <si>
     <t>* Providing guidance and support to individuals in their career development and job search processes.
 * Conducting one-on-one career counseling sessions to assess clients' skills, interests, and goals.
 * Assisting clients in creating effective resumes and cover letters tailored to specific job opportunities.
 * Offering interview preparation and coaching to enhance clients' confidence and performance.
 * Developing and facilitating workshops on various career-related topics, including job search strategies and networking.
 * Staying updated on labor market trends and employment opportunities to provide relevant information to clients.
 * Collaborating with educational institutions and employers to connect clients with job openings and internships.
 * Utilizing assessment tools to help clients identify their strengths and areas for improvement.
 * Maintaining accurate records of client interactions and progress for follow-up and reporting purposes.
 * Promoting a positive and supportive environment that encourages clients to pursue their career aspirations.</t>
   </si>
   <si>
+    <t>* Proporcionar orientación y apoyo a las personas en su desarrollo profesional y procesos de búsqueda de empleo.
+* Realizar sesiones de asesoramiento laboral individualizadas para evaluar las habilidades, intereses y objetivos de los clientes.
+* Ayudar a los clientes a crear currículums y cartas de presentación eficaces adaptados a oportunidades de trabajo específicas.
+* Ofrecer preparación y coaching para entrevistas para mejorar la confianza y el desempeño de los clientes.
+* Desarrollar y facilitar talleres sobre temas relacionados con la carrera, incluyendo estrategias de búsqueda de empleo y networking.
+* Mantenerse actualizado sobre las tendencias del mercado laboral y las oportunidades de empleo para proporcionar información relevante a los clientes.
+* Colaborar con instituciones educativas y empleadores para conectar a los clientes con vacantes de trabajo y prácticas.
+* Utilizar herramientas de evaluación para ayudar a los clientes a identificar sus puntos fuertes y áreas de mejora.
+* Mantener registros precisos de las interacciones y el progreso de los clientes para fines de seguimiento e informes.
+* Promover un entorno positivo y de apoyo que aliente a los clientes a perseguir sus aspiraciones profesionales.</t>
+  </si>
+  <si>
     <t>Coach</t>
+  </si>
+  <si>
+    <t>Entrenador</t>
   </si>
   <si>
     <t>* Supporting clients in solving problems through structured questions, reflections, suggestions and feedback.
 * Providing consultations on alternative procedures and their consequences.
 * Aiding the implementation of defined plans and intentions.
 * Supporting development and learning.</t>
   </si>
   <si>
+    <t>* Apoyar a los clientes en la resolución de problemas mediante preguntas estructuradas, reflexiones, sugerencias y retroalimentación.
+* Ofrecer consultas sobre procedimientos alternativos y sus consecuencias.
+* Ayudar en la implementación de planes y objetivos definidos.
+* Apoyar el desarrollo y el aprendizaje.</t>
+  </si>
+  <si>
     <t>Compensation &amp; Benefit Specialist</t>
+  </si>
+  <si>
+    <t>Especialista en compensación y beneficios</t>
   </si>
   <si>
     <t xml:space="preserve">* Participating in the setting of reward strategies within the company.
 * Planning of personal costs.
 * Watching withdrawals from the funds earmarked for the remuneration of employees.
 * Reevaluating the height of salaries and provided benefits.
 * Solving problems connected with remuneration.
 </t>
+  </si>
+  <si>
+    <t>* Participar en la fijación de estrategias de recompensa dentro de la empresa.
+* Planificación de los costos personales.
+* Supervisar los retiros de los fondos destinados a la remuneración de los empleados.
+* Reevaluar la cuantía de los salarios y los beneficios proporcionados.
+* Resolver problemas relacionados con la remuneración.</t>
   </si>
   <si>
     <t>* Overseeing the daily operations of the department to ensure efficiency and productivity.
 * Developing and implementing departmental strategies and goals aligned with the organization's objectives.
 * Leading, mentoring, and managing a team of employees, fostering a positive and collaborative work environment.
 * Conducting performance evaluations, providing feedback, and identifying training needs for team members.
 * Collaborating with other departments to ensure seamless communication and coordination of activities.
 * Managing departmental budgets and resources, ensuring cost-effective operations.
 * Analyzing departmental performance metrics and preparing reports for senior management.
 * Ensuring compliance with company policies, procedures, and relevant regulations.
 * Addressing employee concerns and resolving conflicts in a timely and professional manner.
 * Staying informed about industry trends and best practices to enhance departmental effectiveness.</t>
   </si>
   <si>
+    <t>* Supervisar las operaciones diarias del departamento para garantizar la eficiencia y la productividad.
+* Desarrollar e implementar estrategias y objetivos departamentales alineados con los objetivos de la organización.
+* Dirigir, asesorar y gestionar un equipo de empleados, fomentando un entorno laboral positivo y colaborativo.
+* Realizar evaluaciones de desempeño, proporcionar retroalimentación e identificar necesidades de capacitación para los miembros del equipo.
+* Colaborar con otros departamentos para asegurar una comunicación y coordinación de actividades sin inconvenientes.
+* Administrar presupuestos y recursos departamentales, garantizando operaciones rentables.
+* Analizar métricas de desempeño del departamento y preparar informes para la gerencia sénior.
+* Garantizar el cumplimiento de las políticas, procedimientos y regulaciones relevantes de la empresa.
+* Abordar las inquietudes de los empleados y resolver conflictos de manera oportuna y profesional.
+* Mantenerse informado sobre tendencias y mejores prácticas de la industria para mejorar la eficacia del departamento.</t>
+  </si>
+  <si>
     <t>Education Specialist</t>
+  </si>
+  <si>
+    <t>Especialista en educación</t>
   </si>
   <si>
     <t>* Responsibility for the drawing up a plan of training activities.
 * Determining the training needs and communication with senior staff in developing a training plan.
 * Preparing the group and individual training plans.
 * Introducing the new training systems and new projects.
 * Cooperating in the implementation of professional career system and in creating a system of further education.
 * Creating and implementing the professional career system of employees and creating the processes to ensure the further professional development of employees.
 * Conducting organisation development projects.
 * Independent completing, recording and revising the proposals of training activities (internal and external).
 * Creating and managing the catalogue of training activities.
 * Providing advice on creating training proposals.
 * Preparing and organising internal trainings, preparing technical equipment and the ensuring suitable classrooms.
 * Tracking feedback from conducted training in order to improve the service provided for the necessary staff development.
 * Providing training activities through external training companies.
 * Participating in defining the requirements and specifications for choosing a supplier of training activities.
 * Communicating with the external suppliers of trainings.
 * Covering the current qualification needs.
 * Providing advice to managers and employees concerning the arrangements for further education.
 * Independent developing, designing and documenting trainings and seminars for employees.
 * Conducting or moderating seminars, conferences, group works, case studies, planning and model situations.
 * Performing one´s own training activities.
 * Monitoring and analysing the trends and news in the market of education development and further education of adults and human resources and their implementation as appropriate.
 * Responsibility for keeping records of completed trainings and courses.
 * Preparing reports and statistics on training activities.
 * Presenting the process and outcomes of training activities for audits and controlling.
 * Communicating with other external companies and institutions (secondary schools, universities, training and educational centres, educational agencies, etc.) in order to achieve an effective co-operation in implementing joint projects.</t>
   </si>
   <si>
+    <t>* Responsabilidad por la elaboración de un plan de actividades de capacitación.
+* Determinación de las necesidades de capacitación y comunicación con personal superior para desarrollar un plan de capacitación.
+* Preparación de planes de capacitación grupal e individual.
+* Introducción de nuevos sistemas de capacitación y proyectos nuevos.
+* Cooperación en la implementación de un sistema de carrera profesional y creación de un sistema de educación continua.
+* Creación e implementación del sistema de carrera profesional de empleados y creación de procesos para asegurar el desarrollo profesional continuo de los empleados.
+* Realización de proyectos de desarrollo organizacional.
+* Elaboración, registro y revisión independiente de propuestas de actividades de capacitación (internas y externas).
+* Creación y gestión del catálogo de actividades de capacitación.
+* Asesoramiento sobre la creación de propuestas de capacitación.
+* Preparación y organización de capacitaciones internas, preparación de equipo técnico y aseguramiento de aulas adecuadas.
+* Seguimiento de retroalimentación de las capacitaciones realizadas para mejorar el servicio proporcionado para el desarrollo necesario del personal.
+* Proporcionar actividades de capacitación a través de empresas de capacitación externas.
+* Participación en la definición de requisitos y especificaciones para la elección de proveedores de actividades de capacitación.
+* Comunicación con proveedores externos de capacitaciones.
+* Cubrir las necesidades de calificación actuales.
+* Asesoramiento a gerentes y empleados sobre los arreglos para la educación continua.
+* Desarrollo independiente, diseño y documentación de capacitaciones y seminarios para empleados.
+* Realización o moderación de seminarios, conferencias, trabajos en grupo, estudios de casos, planificación y situaciones modelo.
+* Realización de propias actividades de capacitación.
+* Monitoreo y análisis de las tendencias y noticias en el mercado de desarrollo de la educación y educación continua de adultos y recursos humanos y su implementación según corresponda.
+* Responsabilidad por llevar registros de capacitaciones y cursos completados.
+* Preparación de informes y estadísticas sobre actividades de capacitación.
+* Presentación del proceso y resultados de las actividades de capacitación para auditorías y control.
+* Comunicación con otras empresas y instituciones externas (escuelas secundarias, universidades, centros de capacitación y educación, agencias educativas, etc.) para lograr una cooperación efectiva en la implementación de proyectos conjuntos.</t>
+  </si>
+  <si>
     <t>HR Assistant</t>
+  </si>
+  <si>
+    <t>Asistente de RRHH</t>
   </si>
   <si>
     <t>* Administrative support of the HR department
 * Organizing appointments and job interviews
 * CV selection, candidate pre-selection over the phone
 * Participating in and assisting with keeping the HR agenda (contracts, terminations, addendums, extensions)
 * Helping with organising employee training and education
 * Communicating with partners, management, other departments and employees</t>
   </si>
   <si>
+    <t>* Apoyo administrativo al departamento de Recursos Humanos
+* Organización de citas y entrevistas laborales
+* Selección de currículums, preselección de candidatos por teléfono
+* Participación y asistencia en el mantenimiento de la agenda de Recursos Humanos (contratos, rescisiones, adendas, extensiones)
+* Ayuda en la organización de la formación y capacitación de empleados
+* Comunicación con socios, gerencia, otros departamentos y empleados</t>
+  </si>
+  <si>
     <t>HR Business Partner</t>
+  </si>
+  <si>
+    <t>Socio estratégico de RRHH</t>
   </si>
   <si>
     <t>* Making up a concept of employees' training, their evaluation and rewarding.
 * Coordinating selection processes in the company or in assigned departments.
 * Cooperating with the managers of the company at solving personal questions.
 * Taking active part in strategic decisions of the company.
 * Keeping the personal employee agenda.
 * providing counseling to the managers and employees in the area of the Labour Code and the related legislation.</t>
   </si>
   <si>
+    <t>* Elaborar un concepto de capacitación, evaluación y recompensa para empleados.
+* Coordinar los procesos de selección en la empresa o en los departamentos asignados.
+* Colaborar con los gerentes de la empresa en la resolución de cuestiones personales.
+* Participar activamente en la toma de decisiones estratégicas de la empresa.
+* Mantener la agenda personal de los empleados.
+* Brindar asesoramiento a los gerentes y empleados en el área del Código Laboral y la legislación relacionada.</t>
+  </si>
+  <si>
     <t>HR Consultant</t>
+  </si>
+  <si>
+    <t>Consultor de RRHH</t>
   </si>
   <si>
     <t>* Advertising job vacancies.
 * Selecting profiles of candidates from internal database and external sources.
 * Organising and independently conducting selection interviews with candidates.
 * Evaluating candidates from the personal and professional point of view and their subsequent recommending to the clients.
 * Providing consultation and advice to clients and jobseekers.
 * Regular communication with assigned clients.</t>
   </si>
   <si>
+    <t>* Publicar vacantes de empleo.
+* Seleccionar perfiles de candidatos de la base de datos interna y fuentes externas.
+* Organizar y realizar de manera independiente entrevistas de selección con los candidatos.
+* Evaluar a los candidatos desde el punto de vista personal y profesional y recomendarlos posteriormente a los clientes.
+* Brindar consultoría y asesoramiento a clientes y buscadores de empleo.
+* Comunicación regular con los clientes asignados.</t>
+  </si>
+  <si>
     <t>HR Coordinator</t>
+  </si>
+  <si>
+    <t>Coordinador de RRHH</t>
   </si>
   <si>
     <t>* managing the assigned project, selecting employees
 * taking care of, coordinating and being responsible for the assigned employees
 * communication with the representatives of the employer
 * checking attendance, preparing wage documents</t>
   </si>
   <si>
+    <t>* gestión del proyecto asignado, selección de empleados
+* cuidado, coordinación y responsabilidad de los empleados asignados
+* comunicación con los representantes del empleador
+* verificación de asistencia, preparación de documentos salariales</t>
+  </si>
+  <si>
     <t>HR Generalist</t>
+  </si>
+  <si>
+    <t>Generalista de RRHH</t>
   </si>
   <si>
     <t>* Providing advice to line managers and employees concerning the Labour Code and related legislation.
 * Responsibility for the identification of the staffing need and recruitment of new employees.
 * Managing the personnel administration.
 * Ensuring the further development and education of employees.
 * Reporting the results to the management of the company.
 * Preparing documents for the wage department.</t>
   </si>
   <si>
+    <t>* Proporcionar asesoramiento a los jefes de línea y empleados en relación con el Código Laboral y la legislación relacionada.
+* Responsabilidad por la identificación de las necesidades de personal y la contratación de nuevos empleados.
+* Gestión de la administración de personal.
+* Garantizar el desarrollo y la formación continua de los empleados.
+* Informar los resultados a la dirección de la empresa.
+* Preparar documentación para el departamento de salarios.</t>
+  </si>
+  <si>
     <t>HR Officer</t>
+  </si>
+  <si>
+    <t>Oficial de RRHH</t>
   </si>
   <si>
     <t>* Defining qualification prerequisites for specific work positions.
 * Responsibility for the contents of recruitment advertisements and its communication in the mass media.
 * Holding personal interviews with employment candidates.
 * Preparing the contents of employment contracts.
 * Securing employment-related activities connected to the start and end of employment.
 * Preparation of the materials used for payroll processing.
 * Securing training and educational activities within the organisation.
 * Formulating, managing, and optimising the system of motivation and benefits.
 * Responsibility for archiving and adherence to the protection of employee personal data.</t>
   </si>
   <si>
+    <t>* Definición de los requisitos de calificación para puestos de trabajo específicos.
+* Responsabilidad del contenido de los anuncios de reclutamiento y su comunicación en los medios de comunicación.
+* Realización de entrevistas personales con candidatos a empleo.
+* Preparación del contenido de los contratos de empleo.
+* Garantizar las actividades relacionadas con el empleo vinculadas al inicio y fin del empleo.
+* Preparación de los materiales utilizados para el procesamiento de nómina.
+* Garantizar las actividades de formación y educación dentro de la organización.
+* Formulación, gestión y optimización del sistema de motivación y beneficios.
+* Responsabilidad por el archivo y el cumplimiento de la protección de los datos personales de los empleados.</t>
+  </si>
+  <si>
     <t>Lecturer, trainer</t>
   </si>
   <si>
     <t>* Preparing the content of courses and trainings.
 * Providing the instructional materials and teaching aids.
 * Lecturing on the subject matter and the subsequent application of theoretical knowledge into practice.
 * Reviewing the acquired knowledge through discussions, tests, or practical demonstrations.
 * Issuing certificates after the successful completion of courses and trainings.</t>
   </si>
   <si>
+    <t>* Preparación del contenido de los cursos y capacitaciones.
+* Proporcionar materiales didácticos y ayudas para la enseñanza.
+* Dictar conferencias sobre la materia y la posterior aplicación de conocimientos teóricos en la práctica.
+* Revisar los conocimientos adquiridos a través de debates, pruebas o demostraciones prácticas.
+* Emitir certificados después de la finalización exitosa de cursos y capacitaciones.</t>
+  </si>
+  <si>
     <t>Occupational Psychologist</t>
+  </si>
+  <si>
+    <t>Psicólogo laboral</t>
   </si>
   <si>
     <t>* Providing psychological counselling for individuals and/or groups.
 * Detecting problems with the help of test batteries.
 * Analysing problems and relationships at the working place.
 * Taking part in making up work groups and teams.
 * Suggesting measures focused on improving the work climate.
 * Finding out facts about employees with the help of special tests and questionnaires.</t>
   </si>
   <si>
+    <t>* Proporcionar asesoramiento psicológico a individuos y/o grupos.
+* Detectar problemas con la ayuda de baterías de pruebas.
+* Analizar problemas y relaciones en el lugar de trabajo.
+* Participar en la formación de grupos y equipos de trabajo.
+* Sugeriendo medidas enfocadas a mejorar el clima laboral.
+* Recopilar información sobre los empleados mediante pruebas y cuestionarios especiales.</t>
+  </si>
+  <si>
     <t>Recruiter</t>
+  </si>
+  <si>
+    <t>Reclutador de RRHH</t>
   </si>
   <si>
     <t>* Conducting telephone interviews in order to identify and eliminate unsuitable job seekers for the position.
 * Inviting suitable job seekers to interviews.
 * Conducting job interviews with the job seekers, in turn inquiring about previous experience, expected salary, etc.
 * Testing the language competence, abilities and skills through simulated dialogues, tests, etc.
 * Regular monitoring of job seekers on job portals, monitoring the currently required job positions on the market.
 * Keeping files of job seekers.</t>
   </si>
   <si>
+    <t>* Realizar entrevistas telefónicas para identificar y eliminar a los solicitantes de empleo no aptos para el puesto.
+* Invitar a los solicitantes de empleo adecuados a entrevistas.
+* Realizar entrevistas laborales con los solicitantes de empleo, preguntando sobre experiencia previa, salario esperado, etc.
+* Evaluar la competencia lingüística, habilidades y destrezas mediante diálogos simulados, pruebas, etc.
+* Realizar un seguimiento regular de los solicitantes de empleo en los portales de empleo y supervisar las posiciones laborales que se requieren actualmente en el mercado.
+* Mantener archivos de los solicitantes de empleo.</t>
+  </si>
+  <si>
     <t>Information Technology</t>
   </si>
   <si>
+    <t>Tecnologías de la información</t>
+  </si>
+  <si>
     <t>.NET Programmer</t>
+  </si>
+  <si>
+    <t>Desarrollador .net</t>
   </si>
   <si>
     <t>* Developing websites in the .NET environment.
 * Analysing customer requirements and assessing the potential risks and related technical issues.
 * Participating in the creation of technical specifications.
 * Handing over completed work to clients/testers for testing purposes.
 * Determining and correcting functional and security errors in the source code.
 * Handing over completed software applications to clients, project managers, etc.
 * Providing technical support to clients.</t>
   </si>
   <si>
+    <t>* Desarrollar sitios web en el entorno de .NET.
+* Analizar los requisitos del cliente y evaluar los posibles riesgos y problemas técnicos relacionados.
+* Participar en la creación de especificaciones técnicas.
+* Entregar el trabajo completado a clientes/probadores con fines de prueba.
+* Identificar y corregir errores funcionales y de seguridad en el código fuente.
+* Entregar aplicaciones de software completadas a clientes, gerentes de proyecto, etc.
+* Proporcionar soporte técnico a los clientes.</t>
+  </si>
+  <si>
     <t>ABAP Programmer</t>
+  </si>
+  <si>
+    <t>Programador ABAP</t>
   </si>
   <si>
     <t>* Developing complex computer applications and/or separate modules in the ABAP programming language.
 * Analysing customer requirements and assessing the potential risks and related technical issues.
 * Participating in the creation of technical specifications.
 * Handing over completed work to clients/testers for testing purposes.
 * Determining and correcting functional and security errors in the source code.
 * Handing over completed software applications to clients, project managers, etc.
 * Providing technical support to clients.</t>
   </si>
   <si>
+    <t>* Desarrollar aplicaciones informáticas complejas y/o módulos separados en el lenguaje de programación ABAP.
+* Analizar los requisitos del cliente y evaluar los posibles riesgos y problemas técnicos relacionados.
+* Participar en la creación de especificaciones técnicas.
+* Entregar el trabajo completado a clientes/testadores para fines de prueba.
+* Identificar y corregir errores funcionales y de seguridad en el código fuente.
+* Entregar aplicaciones de software completadas a clientes, gerentes de proyectos, etc.
+* Brindar soporte técnico a los clientes.</t>
+  </si>
+  <si>
     <t>AI Engineer</t>
+  </si>
+  <si>
+    <t>Ingeniero de inteligencia artificial</t>
   </si>
   <si>
     <t>* Design, development and implementation of artificial intelligence and machine learning models.
 * Data processing and analysis, including dataset preparation, cleaning and annotation.
 * Development of algorithms for prediction, classification, image/speech recognition or natural language processing (NLP).
 * Integration of AI solutions into existing products, systems or cloud infrastructure.
 * Optimization of models in terms of performance, accuracy and computational resource requirements.
 * Collaboration with data analysts, software developers and business teams in defining requirements and goals.
 * Monitoring AI/ML trends and innovations and applying them in practice.
 * Documentation of procedures, solutions and experiment results.</t>
   </si>
   <si>
+    <t>* Diseño, desarrollo e implementación de modelos de inteligencia artificial y aprendizaje automático.
+* Procesamiento y análisis de datos, incluida la preparación de conjuntos de datos, limpieza y anotación de datos.
+* Desarrollo de algoritmos para predicción, clasificación, reconocimiento de imágenes/voz o procesamiento de lenguaje natural (NLP).
+* Integración de soluciones de IA en productos, sistemas o infraestructuras en la nube existentes.
+* Optimización de modelos en términos de rendimiento, precisión y requisitos de recursos computacionales.
+* Colaboración con analistas de datos, desarrolladores de software y equipos de negocio en la definición de requisitos y objetivos.
+* Monitoreo de tendencias e innovaciones en AI/ML y su aplicación práctica.
+* Documentación de procedimientos, soluciones y resultados de experimentos.</t>
+  </si>
+  <si>
     <t>Android Developer</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Programador Android </t>
   </si>
   <si>
     <t>* Developing and maintaining mobile applications for the Android platform.
 * Collaborating with cross-functional teams to define, design, and ship new features.
 * Ensuring the performance, quality, and responsiveness of applications.
 * Identifying and fixing bugs and performance bottlenecks.
 * Writing clean, maintainable, and efficient code.
 * Participating in code reviews and providing constructive feedback to peers.
 * Staying up-to-date with the latest industry trends and technologies to enhance development processes.
 * Integrating third-party libraries and APIs to enhance application functionality.
 * Assisting in the preparation of technical documentation and specifications.
 * Troubleshooting and resolving issues reported by users and testers.
 * Engaging in continuous learning and professional development to improve skills and knowledge.
 * Collaborating with designers to create intuitive and user-friendly interfaces.
 * Contributing to the overall development team culture and best practices.
 * Participating in Agile development processes, including sprint planning and retrospectives.
 * Supporting the deployment of applications to the Google Play Store and ensuring compliance with guidelines.</t>
   </si>
   <si>
+    <t>* Desarrollar y mantener aplicaciones móviles para la plataforma Android.
+* Colaborar con equipos multifuncionales para definir, diseñar y lanzar nuevas características.
+* Asegurar el rendimiento, la calidad y la capacidad de respuesta de las aplicaciones.
+* Identificar y solucionar errores y cuellos de botella de rendimiento.
+* Escribir código limpio, mantenible y eficiente.
+* Participar en revisiones de código y proporcionar comentarios constructivos a los compañeros.
+* Mantenerse actualizado sobre las últimas tendencias y tecnologías de la industria para mejorar los procesos de desarrollo.
+* Integrar bibliotecas y API de terceros para mejorar la funcionalidad de las aplicaciones.
+* Ayudar en la preparación de documentación técnica y especificaciones.
+* Solucionar y resolver problemas informados por usuarios y probadores.
+* Participar en el aprendizaje continuo y el desarrollo profesional para mejorar habilidades y conocimientos.
+* Colaborar con diseñadores para crear interfaces intuitivas y fáciles de usar.
+* Contribuir a la cultura y las mejores prácticas del equipo de desarrollo en general.
+* Participar en procesos de desarrollo Agile, incluyendo la planificación de sprints y retrospectivas.
+* Apoyar la implementación de aplicaciones en la Tienda de Google Play y asegurar el cumplimiento de las directrices.</t>
+  </si>
+  <si>
     <t>ASP.NET Programmer</t>
+  </si>
+  <si>
+    <t>Programador ASP .net</t>
   </si>
   <si>
     <t>* Developing websites in the ASP.NET environment.
 * Analysing customer requirements and assessing the potential risks and related technical issues.
 * Participating in the creation of technical specifications.
 * Handing over completed work to clients/testers for testing purposes.
 * Determining and correcting functional and security errors in the source code.
 * Handing over completed software applications to clients, project managers, etc.
 * Providing technical support to clients.</t>
   </si>
   <si>
+    <t>* Desarrollar sitios web en el entorno ASP.NET.
+* Analizar los requisitos del cliente y evaluar los riesgos potenciales y los problemas técnicos relacionados.
+* Participar en la creación de especificaciones técnicas.
+* Entregar el trabajo completado a clientes/testadores para fines de prueba.
+* Identificar y corregir errores funcionales y de seguridad en el código fuente.
+* Entregar aplicaciones de software completadas a clientes, jefes de proyecto, etc.
+* Proporcionar soporte técnico a los clientes.</t>
+  </si>
+  <si>
     <t>Backend developer</t>
+  </si>
+  <si>
+    <t>Desarrollador Backend</t>
   </si>
   <si>
     <t>* Developing and maintaining server-side applications and services to ensure optimal performance and reliability.
 * Collaborating with front-end developers to integrate user-facing elements with server-side logic.
 * Designing and implementing application programming interfaces (APIs) for seamless data communication.
 * Writing clean, maintainable, and efficient code following best practices and coding standards.
 * Troubleshooting and debugging applications to enhance functionality and user experience.
 * Conducting code reviews and providing constructive feedback to team members.
 * Participating in the entire software development lifecycle, from concept to deployment.
 * Ensuring data security and protection through appropriate measures and protocols.
 * Staying updated with emerging technologies and industry trends to continuously improve skills and knowledge.
 * Collaborating with cross-functional teams to define, design, and ship new features in a timely manner.
 * Documenting application processes, code changes, and technical specifications for future reference.
 * Assisting in the estimation of project timelines and resource requirements.</t>
   </si>
   <si>
+    <t>* Desarollar y mantener aplicaciones y servicios del lado del servidor para asegurar un rendimiento óptimo y fiabilidad.
+* Colaborar con desarrolladores front-end para integrar elementos orientados al usuario con la lógica del lado del servidor.
+* Diseñar e implementar interfaces de programación de aplicaciones (API) para una comunicación de datos fluida.
+* Escribir código limpio, mantenible y eficiente siguiendo las mejores prácticas y estándares de codificación.
+* Depurar y solucionar problemas en las aplicaciones para mejorar la funcionalidad y la experiencia del usuario.
+* Realizar revisiones de código y proporcionar retroalimentación constructiva a los miembros del equipo.
+* Participar en el ciclo de vida completo de desarrollo de software, desde la conceptualización hasta la implementación.
+* Asegurar la seguridad y protección de los datos mediante medidas y protocolos adecuados.
+* Mantenerse actualizado sobre tecnologías emergentes y tendencias de la industria para mejorar continuamente las habilidades y conocimientos.
+* Colaborar con equipos multifuncionales para definir, diseñar y lanzar nuevas características de manera oportuna.
+* Documentar procesos de aplicación, cambios de código y especificaciones técnicas para futuras referencias.
+* Ayudar a estimar los plazos y requisitos de recursos para los proyectos.</t>
+  </si>
+  <si>
     <t>Business Intelligence Specialist</t>
+  </si>
+  <si>
+    <t>Especialista en inteligencia empresarial</t>
   </si>
   <si>
     <t>* Analysis of requirements and counselling at setting reports and analysis
 * Data mining.
 * Creating data models, reports, analysis, what-if models, dashboards.</t>
   </si>
   <si>
+    <t>* Análisis de requisitos y asesoramiento en la configuración de informes y análisis
+* Minería de datos
+* Creación de modelos de datos, informes, análisis, modelos de simulación, paneles de control</t>
+  </si>
+  <si>
     <t>C Programmer</t>
+  </si>
+  <si>
+    <t>Programador C</t>
   </si>
   <si>
     <t>* Developing computer and mobile applications in the C programming language.
 * Analysing customer requirements and assessing the potential risks and related technical issues.
 * Participating in the creation of technical specifications.
 * Handing over completed work to clients/testers for testing purposes.
 * Determining and correcting functional and security errors in the source code.
 * Handing over completed software applications to clients, project managers, etc.
 * Providing technical support to clients.</t>
   </si>
   <si>
+    <t>* Desarrollar aplicaciones informáticas y móviles en el lenguaje de programación C.
+* Analizar los requisitos del cliente y evaluar los riesgos y problemas técnicos relacionados.
+* Participar en la creación de especificaciones técnicas.
+* Entregar el trabajo completado a los clientes/testers para fines de prueba.
+* Identificar y corregir errores funcionales y de seguridad en el código fuente.
+* Entregar aplicaciones de software completadas a clientes, gerentes de proyectos, etc.
+* Proporcionar soporte técnico a los clientes.</t>
+  </si>
+  <si>
     <t>C# Programmer</t>
+  </si>
+  <si>
+    <t>Programador C#</t>
   </si>
   <si>
     <t>* Developing computer and mobile applications in the C# programming language.
 * Analysing customer requirements and assessing the potential risks and related technical issues.
 * Participating in the creation of technical specifications.
 * Handing over completed work to clients/testers for testing purposes.
 * Determining and correcting functional and security errors in the source code.
 * Handing over completed software applications to clients, project managers, etc.
 * Providing technical support to clients.</t>
   </si>
   <si>
+    <t>* Desarrollar aplicaciones informáticas y móviles en el lenguaje de programación C#.
+* Analizar los requisitos de los clientes y evaluar los riesgos potenciales y cuestiones técnicas relacionadas.
+* Participar en la creación de especificaciones técnicas.
+* Entregar los trabajos completados a clientes/testadores para fines de prueba.
+* Determinar y corregir errores funcionales y de seguridad en el código fuente.
+* Entregar aplicaciones de software completadas a clientes, directores de proyectos, etc.
+* Proporcionar soporte técnico a los clientes.</t>
+  </si>
+  <si>
     <t>C++ Programmer</t>
+  </si>
+  <si>
+    <t>Programador C++</t>
   </si>
   <si>
     <t>* Developing computer and mobile applications in the C++ programming language.
 * Analysing customer requirements and assessing the potential risks and related technical issues.
 * Participating in the creation of technical specifications.
 * Handing over completed work to clients/testers for testing purposes.
 * Determining and correcting functional and security errors in the source code.
 * Handing over completed software applications to clients, project managers, etc.
 * Providing technical support to clients.</t>
   </si>
   <si>
+    <t>* Desarrollo de aplicaciones informáticas y móviles en el lenguaje de programación C++.
+* Análisis de los requisitos del cliente y evaluación de los posibles riesgos y problemas técnicos relacionados.
+* Participación en la creación de especificaciones técnicas.
+* Entrega del trabajo realizado a clientes/testers para fines de prueba.
+* Identificación y corrección de errores funcionales y de seguridad en el código fuente.
+* Entrega de aplicaciones de software completas a clientes, gerentes de proyectos, etc.
+* Proporcionar soporte técnico a los clientes.</t>
+  </si>
+  <si>
     <t>Cloud Engineer</t>
+  </si>
+  <si>
+    <t>Ingeniero cloud (ingeniero en la nube)</t>
   </si>
   <si>
     <t>* Being responsible for the design and implementation of cloud services running on cloud infrastructure.
 * Being responsible for the reliability and security of cloud infrastructure and services.
 * Researching and identifying ways to increase the performance and stability of applications running on cloud infrastructure using continuous improvement and automation.
 * Designing and implementing improvements to the production version of the application to increase scalability and security.
 * Co-operation with developers, project and product teams on trouble-free running of applications.
 * Solving technical issues during the administration of cloud infrastructure.</t>
   </si>
   <si>
+    <t>* Ser responsable del diseño y la implementación de servicios en la nube que se ejecutan en infraestructura en la nube.
+* Ser responsable de la confiabilidad y la seguridad de la infraestructura en la nube y los servicios.
+* Investigar e identificar formas de aumentar el rendimiento y la estabilidad de las aplicaciones que se ejecutan en infraestructura en la nube mediante la mejora continua y la automatización.
+* Diseñar e implementar mejoras en la versión de producción de la aplicación para aumentar la escalabilidad y la seguridad.
+* Colaborar con los desarrolladores, los equipos de proyecto y producto para el funcionamiento sin problemas de las aplicaciones.
+* Resolver problemas técnicos durante la administración de la infraestructura en la nube.</t>
+  </si>
+  <si>
     <t>Data communication technician</t>
+  </si>
+  <si>
+    <t>Técnico de comunicación de datos</t>
   </si>
   <si>
     <t>* Installing, configuring, and maintaining data communication systems and equipment.
 * Monitoring network performance and troubleshooting issues to ensure optimal operation.
 * Collaborating with IT teams to design and implement network architecture and solutions.
 * Conducting regular system audits and assessments to identify areas for improvement.
 * Providing technical support and training to users on data communication tools and technologies.
 * Ensuring data security and integrity across communication networks.
 * Documenting network configurations, procedures, and updates for future reference.
 * Assisting in the development and implementation of disaster recovery plans for communication systems.
 * Staying updated with the latest trends and advancements in data communication technologies.
 * Collaborating with vendors and service providers to manage external communication services.
 * Performing routine maintenance and upgrades on communication hardware and software.
 * Responding to and resolving service requests related to data communication issues.</t>
   </si>
   <si>
+    <t>* Instalar, configurar y mantener sistemas y equipos de comunicación de datos.
+* Supervisar el rendimiento de la red y solucionar problemas para garantizar el funcionamiento óptimo.
+* Colaborar con los equipos de TI en el diseño y la implementación de la arquitectura de red y soluciones.
+* Realizar auditorías y evaluaciones periódicas del sistema para identificar áreas de mejora.
+* Brindar soporte técnico y capacitación a los usuarios sobre herramientas y tecnologías de comunicación de datos.
+* Garantizar la seguridad y la integridad de los datos en las redes de comunicación.
+* Documentar las configuraciones de red, los procedimientos y las actualizaciones para referencia futura.
+* Asistir en el desarrollo y la implementación de planes de recuperación ante desastres para sistemas de comunicación.
+* Mantenerse actualizado sobre las últimas tendencias y avances en tecnologías de comunicación de datos.
+* Colaborar con proveedores y prestadores de servicios para gestionar los servicios de comunicación externos.
+* Realizar el mantenimiento y las actualizaciones rutinarias en el hardware y software de comunicación.
+* Responder y resolver solicitudes de servicio relacionadas con problemas de comunicación de datos.</t>
+  </si>
+  <si>
     <t>Data Protection Officer</t>
+  </si>
+  <si>
+    <t>Responsable de la protección de datos</t>
   </si>
   <si>
     <t xml:space="preserve">* Responsible for overseeing a company's data protection strategy and its implementation to ensure compliance with GDPR or similar requirements.
 </t>
   </si>
   <si>
+    <t>* Responsable de supervisar la estrategia de protección de datos de la empresa y su implementación para asegurar el cumplimiento del Reglamento General de Protección de Datos (RGPD) o requisitos similares.</t>
+  </si>
+  <si>
     <t>Data scientist</t>
+  </si>
+  <si>
+    <t>Científico de datos</t>
   </si>
   <si>
     <t>* Communication with the customer (internal customer), communication with the data architect, data analysts, programmers
 * Collection of structured and unstructured data, data preparation
 * Data analysis, machine learning, data transformation, predictive modeling, data visualization, text mining, NLP
 * Design and development of a new solution (R, Python)
 * Track new data trends
 * Introduction of new solutions and methods in the field of Data Science</t>
   </si>
   <si>
+    <t>* Comunicación con el cliente (cliente interno), comunicación con el arquitecto de datos, analistas de datos, programadores
+* Recopilación de datos estructurados y no estructurados, preparación de datos
+* Análisis de datos, aprendizaje automático, transformación de datos, modelado predictivo, visualización de datos, minería de texto, PNL
+* Diseño y desarrollo de una nueva solución (R, Python)
+* Seguimiento de las nuevas tendencias de datos
+* Introducción de nuevas soluciones y métodos en el campo de la Ciencia de Datos</t>
+  </si>
+  <si>
     <t>Database Administrator</t>
+  </si>
+  <si>
+    <t>Administrador de base de datos</t>
   </si>
   <si>
     <t>* Ensuring a reliable and safe operation of database systems.
 * Restoring and carrying out back-ups of databases.
 * Monitoring and editing table areas and optimising databases.
 * Solving encountered problems and proposing countermeasures.
 * Installing security patches, service packs, and updates of database systems.
 * Managing user access.
 * Maintaining and updating operational documentation.</t>
   </si>
   <si>
+    <t>* Asegurar una operación confiable y segura de los sistemas de bases de datos.
+* Restaurar y realizar copias de seguridad de las bases de datos.
+* Supervisar y editar áreas de tablas y optimizar las bases de datos.
+* Resolver los problemas encontrados y proponer contramedidas.
+* Instalar parches de seguridad, paquetes de servicio y actualizaciones de los sistemas de bases de datos.
+* Administrar el acceso de los usuarios.
+* Mantener y actualizar la documentación operativa.</t>
+  </si>
+  <si>
     <t>Database Analyst</t>
   </si>
   <si>
     <t>* Collecting and analysing the requirements concerning the database systems.
 * Designing the architecture and data model of database systems.
 * Providing validation and data protection.
 * Optimising data structures in order to achieve maximum performance.
 * Providing trainings to new database users.</t>
   </si>
   <si>
+    <t>* Recopilación y análisis de los requisitos relacionados con los sistemas de bases de datos.
+* Diseño de la arquitectura y el modelo de datos de los sistemas de bases de datos.
+* Proporcionar validación y protección de datos.
+* Optimización de las estructuras de datos para lograr un rendimiento máximo.
+* Proporcionar capacitaciones a nuevos usuarios de bases de datos.</t>
+  </si>
+  <si>
     <t>DevOps Engineer</t>
+  </si>
+  <si>
+    <t>Ingeniero de DevOps</t>
   </si>
   <si>
     <t>* Design, implement, and maintain scalable infrastructure and deployment pipelines.
 * Collaborate with software developers to streamline application development and deployment processes.
 * Monitor system performance and troubleshoot issues to ensure high availability and reliability.
 * Automate repetitive tasks and improve operational efficiencies using scripting and configuration management tools.
 * Manage cloud services and on-premises infrastructure to support continuous integration and continuous delivery (CI/CD) practices.
 * Ensure security best practices are followed in all aspects of the development and deployment process.
 * Conduct regular system audits and performance tuning to optimize resource utilization.
 * Document processes, configurations, and system architectures for knowledge sharing and compliance.
 * Participate in on-call rotations to provide support for production systems and respond to incidents.
 * Stay up-to-date with emerging technologies and industry trends to enhance DevOps practices and tools.</t>
   </si>
   <si>
+    <t>* Diseñar, implementar y mantener infraestructuras y pipelines de despliegue escalables.
+* Colaborar con los desarrolladores de software para agilizar los procesos de desarrollo y despliegue de aplicaciones.
+* Monitorear el rendimiento del sistema y solucionar problemas para garantizar una alta disponibilidad y fiabilidad.
+* Automatizar tareas repetitivas y mejorar las eficiencias operativas utilizando herramientas de scripting y gestión de configuración.
+* Gestionar servicios en la nube y la infraestructura local para respaldar prácticas de integración continua y entrega continua (CI/CD).
+* Asegurarse de que se sigan las mejores prácticas de seguridad en todos los aspectos del proceso de desarrollo y despliegue.
+* Realizar auditorías del sistema y ajustes de rendimiento con regularidad para optimizar la utilización de recursos.
+* Documentar procesos, configuraciones y arquitecturas del sistema para compartir conocimientos y cumplir con los requisitos normativos.
+* Participar en rotaciones de atención las 24 horas del día para brindar soporte a los sistemas de producción y responder a los incidentes.
+* Mantenerse actualizado sobre las tecnologías emergentes y las tendencias de la industria para mejorar las prácticas y herramientas de DevOps.</t>
+  </si>
+  <si>
     <t>ERP programmer</t>
+  </si>
+  <si>
+    <t>Programador ERP</t>
   </si>
   <si>
     <t>* Development and maintenance of T-SQL scripts, stored procedures, triggers, and functions. 
 * Query performance optimization. 
 * Design of data models and schemas in MS SQL Server. 
 * Implementation of ETL processes and integration with external systems. 
 * Collaboration with application developers (.NET, ERP, BI) on the data layer. 
 * Ensuring data integrity and security. 
 * Preparation of reports and analytical outputs based on business requirements.</t>
   </si>
   <si>
+    <t>* Desarrollo y mantenimiento de scripts T-SQL, procedimientos almacenados, triggers y funciones. 
+* Optimización del rendimiento de las consultas a la base de datos. 
+* Diseño de modelos y esquemas de datos en MS SQL Server. 
+* Implementación de procesos ETL e integración con sistemas externos. 
+* Colaboración con desarrolladores de aplicaciones (.NET, ERP, BI) en la capa de datos. 
+* Garantía de la integridad y seguridad de los datos. 
+* Preparación de informes y resultados analíticos según los requisitos del negocio.</t>
+  </si>
+  <si>
     <t>Frontend developer</t>
+  </si>
+  <si>
+    <t>Desarrollador Frontend</t>
   </si>
   <si>
     <t>* Developing user-friendly web applications and interfaces using HTML, CSS, and JavaScript.
 * Collaborating with designers to translate UI/UX wireframes into responsive and interactive web applications.
 * Ensuring high performance and responsiveness of applications across various devices and browsers.
 * Writing clean, maintainable, and efficient code while adhering to best practices and coding standards.
 * Debugging and troubleshooting issues in existing applications to enhance functionality and user experience.
 * Participating in code reviews and providing constructive feedback to team members.
 * Staying up-to-date with emerging technologies and industry trends to continuously improve skills and knowledge.
 * Collaborating with backend developers to integrate APIs and other services into the frontend.
 * Testing and optimizing applications for maximum speed and scalability.
 * Assisting in the development of project documentation and user manuals.</t>
   </si>
   <si>
+    <t>* Desarrollar aplicaciones y interfaces web amigables para el usuario utilizando HTML, CSS y JavaScript.
+* Colaborar con diseñadores para traducir wireframes de IU/UX en aplicaciones web responsivas e interactivas.
+* Asegurar un alto rendimiento y respuesta de las aplicaciones en diversos dispositivos y navegadores.
+* Escribir código limpio, mantenible y eficiente, cumpliendo con las mejores prácticas y estándares de codificación.
+* Depurar y solucionar problemas en aplicaciones existentes para mejorar la funcionalidad y la experiencia del usuario.
+* Participar en revisiones de código y brindar retroalimentación constructiva a los miembros del equipo.
+* Mantenerse actualizado con tecnologías emergentes y tendencias de la industria para mejorar continuamente las habilidades y conocimientos.
+* Colaborar con desarrolladores de backend para integrar API y otros servicios en el frontend.
+* Probar y optimizar aplicaciones para lograr la máxima velocidad y escalabilidad.
+* Ayudar en el desarrollo de documentación de proyectos y manuales de usuario.</t>
+  </si>
+  <si>
     <t>Game designer</t>
+  </si>
+  <si>
+    <t>Diseñador de videojuegos</t>
   </si>
   <si>
     <t>* Designing new compelling game ideas
 * Developing game ideas
 * Experimenting with themes and genres
 * Developing plots and storylines
 * Character development
 * Developing maps, scenarios, difficulty levels
 * We come with winning and winning games
 * Developing user interface concepts (menus and controls).
 * Improving existing games</t>
   </si>
   <si>
+    <t>* Diseñar nuevas ideas de juegos atractivas
+* Desarrollar ideas de juegos
+* Experimentar con temas y géneros
+* Desarrollar tramas y argumentos
+* Desarrollo de personajes
+* Desarrollar mapas, escenarios, niveles de dificultad
+* Crear juegos ganadores y exitosos
+* Desarrollar conceptos de interfaz de usuario (menús y controles)
+* Mejorar juegos existentes</t>
+  </si>
+  <si>
     <t>Game developer</t>
+  </si>
+  <si>
+    <t>Desarrollador de videojuegos</t>
   </si>
   <si>
     <t>* Creating games according to game design documents
 * Programming of game mechanisms
 * Creating extensions in specialized platforms and tools for the needs of game designers
 * Working closely with other team members during game development, sharing ideas and improving games, setting priorities and development deadlines
 * Participating in backend game creation</t>
   </si>
   <si>
+    <t>* Creación de juegos según documentos de diseño de juegos
+* Programación de mecanismos de juego
+* Creación de extensiones en plataformas y herramientas especializadas para las necesidades de los diseñadores de juegos
+* Colaboración cercana con otros miembros del equipo durante el desarrollo del juego, intercambio de ideas y mejora de juegos, establecimiento de prioridades y plazos de desarrollo
+* Participación en la creación de juegos de backend</t>
+  </si>
+  <si>
     <t>Go developer</t>
+  </si>
+  <si>
+    <t>Desarrollador Go</t>
   </si>
   <si>
     <t>* Designing and developing high-performance applications using Go programming language.
 * Collaborating with cross-functional teams to define, design, and ship new features.
 * Writing clean, maintainable, and efficient code while adhering to best practices.
 * Troubleshooting and debugging applications to optimize performance and reliability.
 * Participating in code reviews to ensure code quality and knowledge sharing.
 * Integrating third-party APIs and services to enhance application functionality.
 * Conducting unit testing and ensuring the robustness of applications.
 * Staying updated with the latest industry trends and technologies related to Go development.
 * Documenting development processes, code changes, and technical specifications.
 * Contributing to the continuous improvement of development processes and tools.</t>
   </si>
   <si>
+    <t>* Diseñar y desarrollar aplicaciones de alto rendimiento utilizando el lenguaje de programación Go.
+* Colaborar con equipos multifuncionales para definir, diseñar y lanzar nuevas características.
+* Escribir código limpio, mantenible y eficiente, cumpliendo con las mejores prácticas.
+* Identificar y depurar problemas en las aplicaciones para optimizar su rendimiento y confiabilidad.
+* Participar en revisiones de código para asegurar la calidad del código y el intercambio de conocimientos.
+* Integrar APIs y servicios de terceros para mejorar la funcionalidad de las aplicaciones.
+* Realizar pruebas unitarias y garantizar la robustez de las aplicaciones.
+* Mantenerse actualizado con las últimas tendencias y tecnologías de la industria relacionadas con el desarrollo en Go.
+* Documentar los procesos de desarrollo, cambios de código y especificaciones técnicas.
+* Contribuir a la mejora continua de los procesos y herramientas de desarrollo.</t>
+  </si>
+  <si>
     <t>IC Design Engineer</t>
+  </si>
+  <si>
+    <t>Ingeniero de diseño de circuitos integrados</t>
   </si>
   <si>
     <t>* Designing and developing integrated circuits (ICs) for various applications.
 * Collaborating with cross-functional teams to define design specifications and requirements.
 * Utilizing industry-standard design tools and methodologies for IC design and verification.
 * Conducting simulations and analyses to validate circuit performance and functionality.
 * Troubleshooting and resolving design issues throughout the development process.
 * Preparing detailed documentation for design processes and results.
 * Participating in design reviews and providing feedback to improve design quality.
 * Keeping abreast of emerging technologies and trends in IC design and semiconductor industry.
 * Assisting in the integration of ICs into larger systems and products.
 * Supporting the testing and validation of prototypes to ensure compliance with specifications.
 * Contributing to continuous improvement initiatives within the engineering team.
 * Ensuring adherence to project timelines and milestones while maintaining high-quality standards.
 * Engaging with suppliers and manufacturers to facilitate production and resolve technical challenges.</t>
   </si>
   <si>
+    <t>* Diseñar y desarrollar circuitos integrados (CI) para diversas aplicaciones.
+* Colaborar con equipos multifuncionales para definir especificaciones y requisitos de diseño.
+* Utilizar herramientas y metodologías de diseño de la industria estándar para el diseño y verificación de CI.
+* Realizar simulaciones y análisis para validar el rendimiento y la funcionalidad del circuito.
+* Identificar y resolver problemas de diseño durante todo el proceso de desarrollo.
+* Preparar documentación detallada sobre procesos y resultados de diseño.
+* Participar en revisiones de diseño y proporcionar retroalimentación para mejorar la calidad del diseño.
+* Mantenerse al día sobre tecnologías y tendencias emergentes en el diseño de CI y la industria de semiconductores.
+* Ayudar a integrar CI en sistemas y productos más grandes.
+* Apoyar las pruebas y validación de prototipos para garantizar el cumplimiento de las especificaciones.
+* Contribuir a iniciativas de mejora continua dentro del equipo de ingeniería.
+* Garantizar el cumplimiento de los plazos y hitos del proyecto manteniendo estándares de alta calidad.
+* Interactuar con proveedores y fabricantes para facilitar la producción y resolver desafíos técnicos.</t>
+  </si>
+  <si>
     <t>ICT-specialist</t>
+  </si>
+  <si>
+    <t>Especialista en TIC</t>
   </si>
   <si>
     <t>* Providing technical support and troubleshooting for hardware and software issues.
 * Implementing and maintaining IT infrastructure including networks, servers, and cloud services.
 * Assisting in the development and deployment of new IT solutions and systems.
 * Monitoring and optimizing system performance and security.
 * Collaborating with cross-functional teams to integrate technology into business processes.
 * Conducting regular system audits and assessments to ensure compliance with industry standards.
 * Training staff on new technologies and software applications.
 * Developing and maintaining documentation for IT processes and procedures.
 * Managing user accounts, permissions, and access controls.
 * Staying updated with the latest technology trends and advancements to recommend improvements.
 * Ensuring data backup and disaster recovery processes are in place and effective.
 * Responding to and resolving incidents within the IT service management framework.
 * Providing support for mobile devices and remote access solutions.
 * Assisting in budget preparation and resource allocation for IT projects.
 * Engaging with vendors and service providers to procure IT equipment and services.</t>
   </si>
   <si>
+    <t>* Proporcionar soporte técnico y solución de problemas para problemas de hardware y software.
+* Implementar y mantener la infraestructura de TI, incluyendo redes, servidores y servicios de nube.
+* Ayudar en el desarrollo y despliegue de nuevas soluciones y sistemas de TI.
+* Monitorear y optimizar el rendimiento y la seguridad del sistema.
+* Colaborar con equipos multifuncionales para integrar la tecnología en los procesos de negocio.
+* Realizar auditorías y evaluaciones regulares del sistema para asegurar el cumplimiento con los estándares de la industria.
+* Capacitar al personal sobre nuevas tecnologías y aplicaciones de software.
+* Desarrollar y mantener documentación para los procesos y procedimientos de TI.
+* Administrar cuentas de usuario, permisos y controles de acceso.
+* Mantenerse actualizado con las últimas tendencias y avances tecnológicos para recomendar mejoras.
+* Asegurar que se tienen en lugar procesos de replicación de datos y recuperación ante desastres efectivos.
+* Responder a y resolver incidentes dentro del marco de gestión de servicios de TI.
+* Proporcionar soporte para dispositivos móviles y soluciones de acceso remoto.
+* Ayudar en la preparación del presupuesto y la asignación de recursos para proyectos de TI.
+* Tratar con proveedores y prestadores de servicios para adquirir equipo y servicios de TI.</t>
+  </si>
+  <si>
     <t>Incident manager</t>
+  </si>
+  <si>
+    <t>Gestor de incidentes</t>
   </si>
   <si>
     <t>* Monitoring and identifying incidents in real-time.
 * Rapid and effective response to incidents with minimal operational impact.
 * Analyzing and identifying the root causes of incidents.
 * Coordinating with various teams for effective incident resolution.
 * Maintaining detailed records of incidents and actions taken.
 * Developing and implementing steps to prevent incident recurrence.
 * Providing training and guidance to employees on best practices for incident management.
 * Continuously evaluating and improving existing incident resolution processes and policies.
 * Managing escalated issues and ensuring swift resolution.
 * Ensuring effective communication during incidents.
 * Regularly reporting to management on incidents and actions taken.
 * Coordinating with suppliers and external partners in incident resolution.
 * Developing and testing emergency management plans.
 * Initiating projects to improve the organization's resilience and response capabilities.</t>
   </si>
   <si>
+    <t>* Monitoreo e identificación de incidentes en tiempo real.
+* Respuesta rápida y efectiva a incidentes con un impacto operativo mínimo.
+* Análisis e identificación de las causas raíz de los incidentes.
+* Coordinación con varios equipos para una resolución efectiva de incidentes.
+* Mantenimiento de registros detallados de incidentes y acciones tomadas.
+* Desarrollo e implementación de pasos para prevenir la recurrencia de incidentes.
+* Brindar capacitación y orientación a los empleados sobre las mejores prácticas para la gestión de incidentes.
+* Evaluación y mejora continua de los procesos y políticas de resolución de incidentes existentes.
+* Gestión de problemas escalados y garantía de una resolución rápida.
+* Garantía de una comunicación efectiva durante los incidentes.
+* Informes periódicos a la gerencia sobre incidentes y acciones tomadas.
+* Coordinación con proveedores y socios externos en la resolución de incidentes.
+* Desarrollo y prueba de planes de gestión de emergencias.
+* Inicio de proyectos para mejorar la resiliencia y las capacidades de respuesta de la organización.</t>
+  </si>
+  <si>
     <t>iOS Developer</t>
+  </si>
+  <si>
+    <t>Programador iOS</t>
   </si>
   <si>
     <t>* Designing and developing applications for the iOS platform.
 * Collaborating with cross-functional teams to define, design, and ship new features.
 * Writing clean, maintainable, and efficient code using Swift and Objective-C.
 * Troubleshooting and debugging applications to optimize performance.
 * Ensuring the quality of the application through rigorous testing and code reviews.
 * Staying updated with the latest industry trends and technologies related to iOS development.
 * Participating in the entire application lifecycle, from concept to deployment.
 * Integrating APIs and third-party libraries to enhance application functionality.
 * Collaborating with UI/UX designers to create an intuitive user experience.
 * Documenting development processes, code changes, and application functionalities.
 * Providing support and maintenance for existing applications.
 * Contributing to team meetings and providing insights on software development best practices.</t>
   </si>
   <si>
+    <t>* Diseñar y desarrollar aplicaciones para la plataforma iOS.
+* Colaborar con equipos multifuncionales para definir, diseñar y lanzar nuevas funciones.
+* Escribir código limpio, mantenible y eficiente utilizando Swift y Objective-C.
+* Solucionar problemas y depurar aplicaciones para optimizar el rendimiento.
+* Garantizar la calidad de la aplicación mediante pruebas rigurosas y revisiones de código.
+* Mantenerse actualizado sobre las últimas tendencias y tecnologías de la industria relacionadas con el desarrollo de iOS.
+* Participar en todo el ciclo de vida de la aplicación, desde el concepto hasta la implementación.
+* Integrar APIs y bibliotecas de terceros para mejorar la funcionalidad de la aplicación.
+* Colaborar con diseñadores de UI/UX para crear una experiencia de usuario intuitiva.
+* Documentar procesos de desarrollo, cambios de código y funcionalidades de la aplicación.
+* Proporcionar soporte y mantenimiento para aplicaciones existentes.
+* Contribuir a las reuniones del equipo y proporcionar ideas sobre las mejores prácticas de desarrollo de software.</t>
+  </si>
+  <si>
     <t>IT Analyst</t>
+  </si>
+  <si>
+    <t>Analista de sistemas informáticos</t>
   </si>
   <si>
     <t>* Communication with managers, familiarisation with the goals of the future system and budget.
 * Communication with future system users, identification of their needs.
 * Proposal and composition of computer systems based on manager and user requirements.
 * Coordination of system tests, supervising the course of initial testing.
 * Completing specifications, development and process diagrams.
 * Computer system tuning, identification and elimination of errors in co-operation with programmers.
 * Providing professional consulting services.</t>
   </si>
   <si>
+    <t>* Comunicación con los gerentes, familiarización con los objetivos del futuro sistema y presupuesto.
+* Comunicación con los futuros usuarios del sistema, identificación de sus necesidades.
+* Propuesta y composición de sistemas informáticos basados en los requisitos de los gerentes y usuarios.
+* Coordinación de pruebas del sistema, supervisión del curso de las pruebas iniciales.
+* Completar especificaciones, diagramas de desarrollo y procesos.
+* Ajuste del sistema informático, identificación y eliminación de errores en colaboración con programadores.
+* Prestación de servicios de consultoría profesional.</t>
+  </si>
+  <si>
     <t>IT Architect</t>
+  </si>
+  <si>
+    <t>Arquitecto de TI</t>
   </si>
   <si>
     <t>* Analysing the customer requirements.
 * Designing the technical architecture of information systems according to the created specification.
 * Defining the property price and return on investments.
 * Managing and guiding a team of programmers and other employees involved in the project.
 * Responsibility for selecting an appropriate software and hardware infrastructure.</t>
   </si>
   <si>
+    <t>* Analizar los requisitos del cliente.
+* Diseñar la arquitectura técnica de los sistemas de información de acuerdo con la especificación creada.
+* Definir el precio de la propiedad y la rentabilidad de la inversión.
+* Dirigir y guiar a un equipo de programadores y otros empleados involucrados en el proyecto.
+* Responsabilidad por la selección de una infraestructura de software y hardware adecuada.</t>
+  </si>
+  <si>
     <t>IT auditor</t>
+  </si>
+  <si>
+    <t>Auditor de TI</t>
   </si>
   <si>
     <t>* External IT audit
 * Internal IT audit or assistance in implementation of IT controls
 * Testing IT controls as a part of financial audit processes
 * Improvement of information systems security and mitigation of relevant risks
 * Business continuity management
 * Compliance analysis against international standards (e.g. ISO27001, ISO 22301, ITIL, COBIT...), local or EU regulations (Law on information security, Law on data privacy, GDPR) and best practices
 * Quality Assurance and support during implementation of ERP systems
 * Assessment of system implementation and data migration / conversion
 * Re-engineering and aligning of IT processes with business objectives
 * Independent consulting on ERP selection, tender process run and contracting (SLA)</t>
   </si>
   <si>
+    <t>* Auditoría externa de TI
+* Auditoría interna de TI o asistencia en la implementación de controles de TI
+* Pruebas de controles de TI como parte de los procesos de auditoría financiera
+* Mejora de la seguridad de los sistemas de información y mitigación de riesgos relevantes
+* Gestión de continuidad del negocio
+* Análisis de cumplimiento con estándares internacionales (por ejemplo, ISO 27001, ISO 22301, ITIL, COBIT...), regulaciones locales o de la UE (Ley de seguridad de la información, Ley de privacidad de datos, GDPR) y mejores prácticas
+* Garantía de calidad y apoyo durante la implementación de sistemas ERP
+* Evaluación de la implementación del sistema y migración/conversión de datos
+* Reingeniería y alineación de los procesos de TI con los objetivos empresariales
+* Asesoramiento independiente en la selección de ERP, ejecución del proceso de licitación y contratación (SLA)</t>
+  </si>
+  <si>
     <t>IT Business Analyst</t>
+  </si>
+  <si>
+    <t>Analista de negocios de TI</t>
   </si>
   <si>
     <t>* Collection, discussion and analysis of requirements for new solutions and system improvements in close partnership with older colleagues and business partners
 * Active communication with stakeholders
 * Transfer of captured requirements to system specifications and their documentation
 * Close collaboration with development in the implementation phase and ensure accurate understanding and implementation of documented specifications
 * Documenting solutions
 * Organizing workshops and training</t>
   </si>
   <si>
+    <t>* Recopilación, discusión y análisis de requisitos para nuevas soluciones y mejoras del sistema en colaboración estrecha con colegas experimentados y socios comerciales
+* Comunicación activa con las partes interesadas
+* Transferencia de los requisitos capturados a especificaciones del sistema y su documentación
+* Colaboración estrecha con el equipo de desarrollo en la fase de implementación y garantía de comprensión y implementación precisas de las especificaciones documentadas
+* Documentación de soluciones
+* Organización de talleres y capacitaciones</t>
+  </si>
+  <si>
     <t>IT Consultant</t>
+  </si>
+  <si>
+    <t>Consultor informático</t>
   </si>
   <si>
     <t>* Co-operation during the analysis of the customers’ needs.
 * Creating functional and technical specifications and participation in the development of products.
 * Product testing, supporting, and maintaining the product in operation.
 * Completing repairs and changes to a product to match the clients’ requests.
 * Analysing problematic areas and the implementation of corrective measures.
 * Communication with clients, providing consulting services during system implementation and system customisation.</t>
   </si>
   <si>
+    <t>* Colaboración en el análisis de las necesidades de los clientes.
+* Creación de especificaciones funcionales y técnicas y participación en el desarrollo de productos.
+* Pruebas de productos, asistencia y mantenimiento del producto en funcionamiento.
+* Realización de reparaciones y cambios en un producto para ajustarlo a las solicitudes de los clientes.
+* Análisis de áreas problemáticas e implementación de medidas correctivas.
+* Comunicación con clientes, proporcionando servicios de consultoría durante la implementación y personalización del sistema.</t>
+  </si>
+  <si>
     <t>IT Network Administrator</t>
+  </si>
+  <si>
+    <t>Administrador de redes informáticas</t>
   </si>
   <si>
     <t>* Install and support LANs, WANs, network segments, Internet, and intranet systems.
 * Install and maintain network hardware and software.
 * Monitor networks to ensure security and availability to specific users.
 * Evaluate and modify system's performance.
 * Determine network and system requirements.
 * Maintain integrity of the network, server deployment, and security.
 * Ensure network connectivity throughout a company's LAN/WAN infrastructure is on par with technical considerations.
 * Design and deploy networks.
 * Perform network address assignment.
 * Assign routing protocols and routing table configuration.
 * Assign configuration of authentication and authorization of directory services.
 * Maintain network facilities in individual machines, such as drivers and settings of personal computers as well as printers.
 * Maintain network servers such as file servers, VPN gateways, intrusion detection systems.
 * Administer servers, desktop computers, printers, routers, switches, firewalls, phones, personal digital assistants, smartphones, software deployment, security updates and patches.</t>
   </si>
   <si>
+    <t>* Instalar y brindar soporte a LAN, WAN, segmentos de red, sistemas de Internet e intranet.
+* Instalar y mantener hardware y software de red.
+* Monitorear redes para garantizar la seguridad y disponibilidad para usuarios específicos.
+* Evaluar y modificar el rendimiento del sistema.
+* Determinar los requisitos de red y sistema.
+* Mantener la integridad de la red, la implementación de servidores y la seguridad.
+* Asegurar que la conectividad de la red en toda la infraestructura de LAN/WAN de una empresa esté a la par con consideraciones técnicas.
+* Diseñar y desplegar redes.
+* Realizar la asignación de direcciones de red.
+* Asignar protocolos de enrutamiento y configuración de tablas de enrutamiento.
+* Asignar la configuración de autenticación y autorización de servicios de directorio.
+* Mantener las instalaciones de red en máquinas individuales, como controladores y configuraciones de computadoras personales y también impresoras.
+* Mantener servidores de red como servidores de archivo, pasarelas VPN, sistemas de detección de intrusos.
+* Administrar servidores, computadoras de escritorio, impresoras, enrutadores, conmutadores, firewalls, teléfonos, asistentes digitales personales, teléfonos inteligentes, despliegue de software, actualizaciones de seguridad y parches.</t>
+  </si>
+  <si>
     <t>IT Product Manager</t>
+  </si>
+  <si>
+    <t>Gestor de productos de TI</t>
   </si>
   <si>
     <t>* Analysing the client's current situation, defining the clients's needs, ascertaining requirements for the system or the application, defining the client's priorities, recognising possible obstacles.
 * Communicating with the client on a regular basis. 
 * Processing requirements, analysing and creating the use case for programmers.
 * Co-operation with product management.
 * Participation in regular meetings.</t>
   </si>
   <si>
+    <t>* Analizar la situación actual del cliente, definir las necesidades del cliente, determinar los requisitos del sistema o la aplicación, definir las prioridades del cliente y reconocer posibles obstáculos.
+* Comunicarse con el cliente de manera regular.
+* Procesar requisitos, analizar y crear casos de uso para los programadores.
+* Colaborar con la gestión de productos.
+* Participar en reuniones periódicas.</t>
+  </si>
+  <si>
     <t>IT Project Manager</t>
+  </si>
+  <si>
+    <t>Gestor de proyectos de TI</t>
   </si>
   <si>
     <t>* Preparing, coordinating and evaluating assigned projects.
 * Responsibility for delivering the project within the agreed time, quality and price.
 * Communicating with clients via phone and e-mail, attending personal meetings.
 * Participation in the preparation of bids.
 * Assignment of tasks to team members and tracking their performance.
 * Presenting interim and final solutions to clients.</t>
   </si>
   <si>
+    <t>* Preparar, coordinar y evaluar los proyectos asignados.
+* Responsabilidad de entregar el proyecto dentro del plazo, calidad y precio acordados.
+* Comunicarse con los clientes por teléfono y correo electrónico, asistiendo a reuniones personales.
+* Participación en la preparación de ofertas.
+* Asignación de tareas a los miembros del equipo y seguimiento de su rendimiento.
+* Presentar soluciones provisionales y finales a los clientes.</t>
+  </si>
+  <si>
     <t>IT Security Specialist</t>
+  </si>
+  <si>
+    <t>Especialista en seguridad informática</t>
   </si>
   <si>
     <t>* Designing, developing and updating the security policies of the company in the area of information technology.
 * Ensuring the operation and configuration of security systems.
 * Testing and analysing the level of protection of information systems.
 * Identifying and evaluating security risks, threats and intrusions; implementing measures to eliminate them.
 * Providing advice on information technology security.</t>
   </si>
   <si>
+    <t>* Diseñar, desarrollar y actualizar las políticas de seguridad de la empresa en el área de tecnología de la información.
+* Asegurar el funcionamiento y la configuración de los sistemas de seguridad.
+* Probar y analizar el nivel de protección de los sistemas de información.
+* Identificar y evaluar riesgos, amenazas e intrusiones de seguridad; implementar medidas para eliminarlos.
+* Proporcionar asesoramiento sobre seguridad de tecnología de la información.</t>
+  </si>
+  <si>
     <t>IT System Administrator</t>
+  </si>
+  <si>
+    <t>Administrador de sistemas informáticos</t>
   </si>
   <si>
     <t>* Responsibility for managing information systems in the company.
 * Analysing company needs regarding its information systems.
 * Designing and implementing information systems.
 * Providing technical support to users.
 * Collecting and recording requirements for change.</t>
   </si>
   <si>
+    <t>* Responsabilidad de la gestión de los sistemas de información de la empresa.
+* Análisis de las necesidades de la empresa en relación con sus sistemas de información.
+* Diseño e implementación de sistemas de información.
+* Prestación de soporte técnico a los usuarios.
+* Recopilación y registro de requisitos para el cambio.</t>
+  </si>
+  <si>
     <t>IT Tester</t>
+  </si>
+  <si>
+    <t>Especialista en testing en TI</t>
   </si>
   <si>
     <t>* Responsibility for the testing of software applications with an emphasis on detecting errors in terms of functionality, usability, and safety of software.
 * Designing the baseline testing strategy.
 * Creating testing scenarios depending on the method of testing being applied.
 * Preparing testing data.
 * Performing manual and automated application testing.
 * Detecting, recording, and reporting all detected errors.
 * Performing the retesting of reported errors.
 * Evaluating the test results.</t>
   </si>
   <si>
+    <t>* Responsabilidad por la prueba de aplicaciones de software con énfasis en la detección de errores en términos de funcionalidad, usabilidad y seguridad del software.
+* Diseño de la estrategia de prueba base.
+* Creación de escenarios de prueba dependiendo del método de prueba aplicado.
+* Preparación de datos de prueba.
+* Realización de pruebas de aplicaciones manuales y automatizadas.
+* Detección, registro y notificación de todos los errores detectados.
+* Realización de la reevaluación de los errores informados.
+* Evaluación de los resultados de las pruebas.</t>
+  </si>
+  <si>
     <t>IT tester - automated tests</t>
+  </si>
+  <si>
+    <t>Especialista en testing en TI - pruebas automatizadas</t>
   </si>
   <si>
     <t>* Participation in the selection and development of tools for automated testing while using state-of-the-art technologies in automation testing.
 * Co-operation with the development department on identifying potential areas for automated testing, on implementing tools and scripts, and on linking with continuous integration tools and with reporting tools.
 * Creating and maintaining automated testing scripts, running them, analysing their results, and troubleshooting.
 * Creating testing databases and testing data.
 * Testing applications and their functions using automated tools, assessing and analysing errors detected.
 * Processing testing documentation, reporting, and keeping records of errors.
 * Updating information on the status of troubleshooting and of testing scenarios (JIRA, SharePoint, and the like.)
 * Setting up, monitoring, and developing testing methodology used during SW testing activities from the viewpoint of automated testing.</t>
   </si>
   <si>
+    <t>* Participación en la selección y desarrollo de herramientas para pruebas automatizadas utilizando tecnologías de vanguardia en pruebas de automatización.
+* Colaboración con el departamento de desarrollo para identificar áreas potenciales para pruebas automatizadas, implementar herramientas y scripts, y enlazar con herramientas de integración continua y herramientas de informes.
+* Creación y mantenimiento de scripts de pruebas automatizadas, ejecución de los mismos, análisis de resultados y resolución de problemas.
+* Creación de bases de datos de pruebas y datos de pruebas.
+* Pruebas de aplicaciones y sus funciones utilizando herramientas automatizadas, evaluación y análisis de errores detectados.
+* Elaboración de documentación de pruebas, informes y registro de errores.
+* Actualización de información sobre el estado de resolución de problemas y escenarios de pruebas (JIRA, SharePoint, etc.)
+* Configuración, seguimiento y desarrollo de la metodología de pruebas utilizada durante las actividades de pruebas de software desde la perspectiva de las pruebas automatizadas.</t>
+  </si>
+  <si>
     <t>IT/Technical Support Specialist</t>
+  </si>
+  <si>
+    <t>Especialista de soporte de TI</t>
   </si>
   <si>
     <t>* Providing telephone and e-mail support for end users to a limited extent.
 * Asking questions in order to determine the nature and seriousness of the problem.
 * Identifying the cause of the problem and proposing possible solutions.
 * Independent solving of routine problems of end users.
 * Providing guidance to end users regarding the use of products and services.</t>
   </si>
   <si>
+    <t>* Brindar soporte telefónico y por correo electrónico a los usuarios finales en cierta medida.
+* Hacer preguntas para determinar la naturaleza y la gravedad del problema.
+* Identificar la causa del problema y proponer posibles soluciones.
+* Resolver de forma independiente problemas de rutina de los usuarios finales.
+* Proporcionar orientación a los usuarios finales sobre el uso de productos y servicios.</t>
+  </si>
+  <si>
     <t>Java Programmer</t>
+  </si>
+  <si>
+    <t>Programador Java</t>
   </si>
   <si>
     <t>* Developing computer applications, mobile phone applications, and websites in the Java programming language.
 * Analysing customer requirements and assessing the potential risks and related technical issues.
 * Participating in the creation of technical specifications.
 * Handing over completed work to clients/testers for testing purposes.
 * Determining and correcting functional and security errors in the source code.
 * Handing over completed software applications to clients, project managers, etc.
 * Providing technical support to clients.</t>
   </si>
   <si>
+    <t>* Desarrollo de aplicaciones informáticas, aplicaciones para teléfonos móviles y sitios web en el lenguaje de programación Java.
+* Análisis de los requisitos del cliente y evaluación de los posibles riesgos y problemas técnicos relacionados.
+* Participación en la creación de especificaciones técnicas.
+* Entrega del trabajo completado a clientes/probadores para fines de pruebas.
+* Identificación y corrección de errores funcionales y de seguridad en el código fuente.
+* Entrega de aplicaciones de software completadas a clientes, directores de proyectos, etc.
+* Prestación de soporte técnico a clientes.</t>
+  </si>
+  <si>
     <t>Javascript Programmer</t>
+  </si>
+  <si>
+    <t>Programador Javascript</t>
   </si>
   <si>
     <t>* Developing and maintaining web applications using JavaScript and related frameworks.
 * Collaborating with front-end and back-end developers to create seamless user experiences.
 * Writing clean, efficient, and well-documented code to ensure high-quality software.
 * Debugging and troubleshooting issues in existing applications to enhance performance.
 * Participating in code reviews to ensure adherence to coding standards and best practices.
 * Staying updated with emerging technologies and industry trends to incorporate innovative solutions.
 * Assisting in the design and architecture of new software features and functionalities.
 * Conducting testing and validation of applications to ensure reliability and usability.
 * Collaborating with project managers and stakeholders to gather requirements and provide technical insights.
 * Contributing to team meetings and providing feedback on project progress and challenges.</t>
   </si>
   <si>
+    <t>* Desarrollar y mantener aplicaciones web utilizando JavaScript y frameworks relacionados.
+* Colaborar con desarrolladores front-end y back-end para crear experiencias de usuario fluidas.
+* Escribir código limpio, eficiente y bien documentado para garantizar software de alta calidad.
+* Depurar y solucionar problemas en aplicaciones existentes para mejorar el rendimiento.
+* Participar en revisiones de código para asegurar la adherencia a estándares de codificación y mejores prácticas.
+* Mantenerse actualizado sobre tecnologías emergentes y tendencias de la industria para incorporar soluciones innovadoras.
+* Asistir en el diseño y arquitectura de nuevas características y funcionalidades de software.
+* Realizar pruebas y validación de aplicaciones para garantizar la confiabilidad y la facilidad de uso.
+* Colaborar con gestores de proyectos y partes interesadas para recopilar requisitos y proporcionar conocimientos técnicos.
+* Contribuir a las reuniones del equipo y proporcionar retroalimentación sobre el progreso y los desafíos del proyecto.</t>
+  </si>
+  <si>
     <t>Lead developer</t>
+  </si>
+  <si>
+    <t>Desarrollador jefe</t>
   </si>
   <si>
     <t>* Working closely with senior stakeholders to understand business  requirements and help translate these into technical requirements for the development team
 * Planning and documenting technical specifications for features or system design
 * Designing, building and configuring applications to meet business process and application requirements
 * Directing the development team in the design, development, coding, testing and debugging of applications
 * Writing testable, scalable and efficient code and leading code reviews
 * Mentoring junior team members and ensuring they adhere to determined software quality standards</t>
   </si>
   <si>
+    <t>* Trabajar en estrecha colaboración con las principales partes interesadas para comprender los requisitos comerciales y ayudar a traducirlos en requisitos técnicos para el equipo de desarrollo.
+* Planificación y documentación de especificaciones técnicas para características o diseño de sistemas.
+* Diseño, construcción y configuración de aplicaciones para cumplir con los requisitos de aplicaciones y procesos comerciales
+* Dirigir al equipo de desarrollo en el diseño, desarrollo, codificación, testing y depuración de aplicaciones
+* Escribir código comprobable, escalable y eficiente y revisiones de código líderes
+* Asesorar a los miembros junior del equipo y garantizar que se adhieran a determinados estándares de calidad del software.</t>
+  </si>
+  <si>
     <t>Microcontroller programmer</t>
+  </si>
+  <si>
+    <t>Programador de microcontroladores</t>
   </si>
   <si>
     <t>* Develop and implement software solutions for microcontroller-based systems.
 * Write, test, and debug code for microcontroller applications in various programming languages.
 * Collaborate with hardware engineers to integrate software with hardware components.
 * Analyze system requirements and design microcontroller architecture to meet project specifications.
 * Optimize existing code for performance and efficiency in embedded systems.
 * Conduct unit testing and validation of microcontroller programs to ensure reliability and functionality.
 * Document software designs, code, and test results for future reference and compliance.
 * Stay updated with the latest industry trends and advancements in microcontroller technology.
 * Troubleshoot and resolve software and hardware issues related to microcontroller applications.
 * Participate in project meetings and provide technical insights related to microcontroller programming.
 * Assist in the development of technical specifications and project timelines.
 * Mentor junior programmers and provide guidance on best practices in microcontroller programming.</t>
   </si>
   <si>
+    <t>* Desarrollar e implementar soluciones de software para sistemas basados en microcontroladores.
+* Escribir, probar y depurar código para aplicaciones de microcontroladores en varios lenguajes de programación.
+* Colaborar con ingenieros de hardware para integrar el software con componentes de hardware.
+* Analizar los requisitos del sistema y diseñar la arquitectura de microcontroladores para cumplir con las especificaciones del proyecto.
+* Optimizar el código existente para mejorar el rendimiento y la eficiencia en sistemas embebidos.
+* Realizar pruebas unitarias y validación de programas de microcontroladores para garantizar la confiabilidad y la funcionalidad.
+* Documentar diseños de software, código y resultados de pruebas para futuras referencias y cumplimiento normativo.
+* Mantenerse actualizado con las últimas tendencias y avances de la industria en tecnología de microcontroladores.
+* Resolver problemas y solucionar problemas de software y hardware relacionados con aplicaciones de microcontroladores.
+* Participar en reuniones de proyectos y proporcionar conocimientos técnicos relacionados con la programación de microcontroladores.
+* Ayudar en el desarrollo de especificaciones técnicas y cronogramas de proyecto.
+* Asesorar a programadores junior y brindar orientación sobre mejores prácticas en programación de microcontroladores.</t>
+  </si>
+  <si>
     <t>Objective-C Programmer</t>
+  </si>
+  <si>
+    <t>Programador Objective-C</t>
   </si>
   <si>
     <t>* Developing mobile applications for the iOS platform and for devices with the iOS operating system (iPhone, iPad etc.).
 * Analysing customer requirements and assessing the potential risks and related technical issues.
 * Participating in the creation of technical specifications.
 * Handing over completed work to clients/testers for testing purposes.
 * Determining and correcting functional and security errors in the source code.
 * Handing over completed software applications to clients, project managers, etc.
 * Providing technical support to clients.</t>
   </si>
   <si>
+    <t>* Desarrollar aplicaciones móviles para la plataforma iOS y para dispositivos con sistema operativo iOS (iPhone, iPad, etc.).
+* Analizar los requisitos del cliente y evaluar los riesgos potenciales y problemas técnicos relacionados.
+* Participar en la creación de especificaciones técnicas.
+* Entregar el trabajo completado a clientes/testers para fines de prueba.
+* Identificar y corregir errores funcionales y de seguridad en el código fuente.
+* Entregar aplicaciones de software completadas a clientes, gerentes de proyecto, etc.
+* Proporcionar soporte técnico a los clientes.</t>
+  </si>
+  <si>
     <t>Oracle Programmer</t>
+  </si>
+  <si>
+    <t>Programador Oracle</t>
   </si>
   <si>
     <t>* Developing computer applications and connecting them with the Oracle database system.
 * Analysing customer requirements and assessing the potential risks and related technical issues.
 * Participating in the creation of technical specifications.
 * Handing over completed work to clients/testers for testing purposes.
 * Determining and correcting functional and security errors in the source code.
 * Handing over completed software applications to clients, project managers, etc.
 * Providing technical support to clients.</t>
   </si>
   <si>
+    <t>* Desarrollar aplicaciones informáticas y conectarlas con el sistema de base de datos de Oracle.
+* Analizar los requisitos de los clientes y evaluar los riesgos potenciales y los problemas técnicos relacionados.
+* Participar en la creación de especificaciones técnicas.
+* Entregar el trabajo realizado a los clientes/probadores para su verificación.
+* Identificar y corregir errores funcionales y de seguridad en el código fuente.
+* Entregar aplicaciones de software terminadas a los clientes, jefes de proyecto, etc.
+* Proporcionar soporte técnico a los clientes.</t>
+  </si>
+  <si>
     <t>PC Technician</t>
+  </si>
+  <si>
+    <t>Técnico de PC</t>
   </si>
   <si>
     <t>* Providing technical support and troubleshooting for PC hardware and software issues.
 * Installing, configuring, and maintaining computer systems and peripherals.
 * Assisting users with setup, installation, and usage of applications and operating systems.
 * Diagnosing and resolving technical issues related to computer networks and connectivity.
 * Performing regular maintenance and updates on computer systems.
 * Ensuring data backup and recovery procedures are in place and functioning effectively.
 * Collaborating with IT teams to implement new technologies and upgrades.
 * Documenting technical processes and user manuals for reference.
 * Training users on best practices for computer usage and security.
 * Maintaining inventory of IT equipment and supplies.
 * Responding to service requests in a timely manner to ensure minimal disruption to operations.
 * Monitoring system performance and recommending improvements as necessary.</t>
   </si>
   <si>
+    <t>* Proporcionar soporte técnico y solución de problemas para problemas de hardware y software de PC.
+* Instalar, configurar y mantener sistemas informáticos y periféricos.
+* Ayudar a los usuarios con la configuración, instalación y uso de aplicaciones y sistemas operativos.
+* Diagnosticar y resolver problemas técnicos relacionados con redes informáticas y conectividad.
+* Realizar el mantenimiento regular y actualizaciones de los sistemas informáticos.
+* Asegurarse de que los procedimientos de copia de seguridad y recuperación de datos estén en su lugar y funcionen de manera efectiva.
+* Colaborar con los equipos de TI para implementar nuevas tecnologías y actualizaciones.
+* Documentar procesos técnicos y manuales de usuario para referencia.
+* Capacitar a los usuarios sobre las mejores prácticas para el uso y la seguridad de los ordenadores.
+* Mantener un inventario de equipo y suministros de TI.
+* Responder a las solicitudes de servicio de manera oportuna para garantizar una mínima interrupción de las operaciones.
+* Monitorear el rendimiento del sistema y recomendar mejoras según sea necesario.</t>
+  </si>
+  <si>
     <t>Perl Programmer</t>
+  </si>
+  <si>
+    <t>Programador Perl</t>
   </si>
   <si>
     <t>* Developing computer applications in the Perl programming language.
 * Analysing customer requirements and assessing the potential risks and related technical issues.
 * Participating in the creation of technical specifications.
 * Handing over completed work to clients/testers for testing purposes.
 * Determining and correcting functional and security errors in the source code.
 * Handing over completed software applications to clients, project managers, etc.
 * Providing technical support to clients.</t>
   </si>
   <si>
+    <t>* Desarrollo de aplicaciones informáticas en el lenguaje de programación Perl.
+* Análisis de los requisitos del cliente y evaluación de los riesgos potenciales y problemas técnicos relacionados.
+* Participación en la creación de especificaciones técnicas.
+* Entrega del trabajo completado a clientes/testadores para fines de prueba.
+* Determinación y corrección de errores funcionales y de seguridad en el código fuente.
+* Entrega de aplicaciones de software completas a clientes, gerentes de proyectos, etc.
+* Proporcionar soporte técnico a los clientes.</t>
+  </si>
+  <si>
     <t>PHP Programmer</t>
+  </si>
+  <si>
+    <t>Programador PHP</t>
   </si>
   <si>
     <t>* Developing websites in the PHP programming language.
 * Analysing customer requirements and assessing the potential risks and related technical issues.
 * Participating in the creation of technical specifications.
 * Handing over completed work to clients/testers for testing purposes.
 * Determining and correcting functional and security errors in the source code.
 * Handing over completed software applications to clients, project managers, etc.
 * Providing technical support to clients.</t>
   </si>
   <si>
+    <t>* Desarrollo de sitios web en el lenguaje de programación PHP.
+* Análisis de los requisitos del cliente y evaluación de los posibles riesgos y problemas técnicos relacionados.
+* Participación en la creación de especificaciones técnicas.
+* Entrega del trabajo realizado a clientes probadores para fines de prueba.
+* Identificación y corrección de errores funcionales y de seguridad en el código fuente.
+* Entrega de aplicaciones de software completas a clientes, directores de proyecto, etc.
+* Prestación de asistencia técnica a clientes.</t>
+  </si>
+  <si>
     <t>Problem Manager</t>
+  </si>
+  <si>
+    <t>Gestor de problemas de TI</t>
   </si>
   <si>
     <t>* The Problem Manager is responsible for managing the lifecycle of all Problems. 
 * His primary objectives are to prevent Incidents from happening, and to minimize the impact of Incidents that cannot be prevented. 
 * To this purpose he maintains information about Known Errors and Workarounds.</t>
   </si>
   <si>
+    <t>* El responsable de Gestión de Problemas es responsable de gestionar el ciclo de vida de todos los Problemas. 
+* Sus objetivos principales son evitar que ocurran Incidentes y minimizar el impacto de los Incidentes que no pueden prevenirse. 
+* Con este fin, mantiene información sobre Errores Conocidos y Soluciones Alternativas.</t>
+  </si>
+  <si>
     <t>Programmer</t>
+  </si>
+  <si>
+    <t>Programador</t>
   </si>
   <si>
     <t>* Developing computer applications, mobile phone applications, and websites in various programming languages.
 * Analysis of customer requirements, assessment of potential risks and related technical issues.
 * Participation in the creation of technical specifications.
 * Turning over completed work to a client or tester for testing purposes.
 * Determining and correcting functional and security errors in source code.
 * Turning over completed software applications to clients, project managers, etc.
 * Providing technical support to clients.</t>
   </si>
   <si>
+    <t>* Desarrollo de aplicaciones informáticas, aplicaciones para teléfonos móviles y sitios web en diferentes lenguajes de programación.
+* Análisis de los requisitos del cliente, evaluación de los riesgos potenciales y problemas técnicos relacionados.
+* Participación en la creación de especificaciones técnicas.
+* Entrega del trabajo completado a un cliente o tester para fines de prueba.
+* Determinación y corrección de errores funcionales y de seguridad en el código fuente.
+* Entrega de aplicaciones de software completadas a clientes, gerentes de proyecto, etc.
+* Proporcionar soporte técnico a los clientes.</t>
+  </si>
+  <si>
     <t>Python Programmer</t>
+  </si>
+  <si>
+    <t>Programador Python</t>
   </si>
   <si>
     <t>* Developing computer, mobile, and Internet applications in the Python programming language.
 * Analysing customer requirements and assessing the potential risks and related technical issues.
 * Participating in the creation of technical specifications.
 * Handing over completed work to clients/testers for testing purposes.
 * Determining and correcting functional and security errors in the source code.
 * Handing over completed software applications to clients, project managers, etc.
 * Providing technical support to clients.</t>
   </si>
   <si>
+    <t>* Desarrollar aplicaciones informáticas, móviles e Internet en el lenguaje de programación Python.
+* Analizar los requisitos de los clientes y evaluar los riesgos potenciales y los problemas técnicos relacionados.
+* Participar en la creación de especificaciones técnicas.
+* Entregar trabajo completado a clientes/testers para fines de prueba.
+* Identificar y corregir errores funcionales y de seguridad en el código fuente.
+* Entregar aplicaciones de software completadas a clientes, gerentes de proyectos, etc.
+* Proporcionar soporte técnico a los clientes.</t>
+  </si>
+  <si>
     <t>R programmer</t>
+  </si>
+  <si>
+    <t>Programador R</t>
   </si>
   <si>
     <t>* Developing and maintaining statistical software and tools using R programming language.
 * Analyzing complex datasets to extract meaningful insights and drive data-informed decision-making.
 * Collaborating with cross-functional teams to understand data requirements and deliver actionable solutions.
 * Creating data visualizations and reports to communicate findings effectively to stakeholders.
 * Writing clean, efficient, and well-documented code to ensure maintainability and scalability of projects.
 * Conducting data cleaning and preprocessing to ensure data quality and reliability.
 * Participating in code reviews and contributing to best practices in software development.
 * Staying updated with the latest advancements in R programming and data science methodologies.
 * Troubleshooting and debugging existing R applications to enhance functionality and performance.
 * Providing training and support to team members and stakeholders on R tools and techniques.</t>
   </si>
   <si>
+    <t>* Desarrollar y mantener software y herramientas estadísticas utilizando el lenguaje de programación R.
+* Analizar conjuntos de datos complejos para extraer información valiosa y tomar decisiones informadas basadas en datos.
+* Colaborar con equipos multifuncionales para entender los requisitos de datos y entregar soluciones concretas.
+* Crear visualizaciones y reportes de datos para comunicar los resultados de forma efectiva a las partes interesadas.
+* Escribir código limpio, eficiente y bien documentado para garantizar la mantenibilidad y escalabilidad de los proyectos.
+* Realizar limpieza y preprocesamiento de datos para asegurar la calidad y fiabilidad de los datos.
+* Participar en revisión de código y contribuir a las mejores prácticas en el desarrollo de software.
+* Mantenerse actualizado con los últimos avances en la programación en R y metodologías de ciencia de datos.
+* Resolver problemas y depurar aplicaciones R existentes para mejorar la funcionalidad y el rendimiento.
+* Brindar capacitación y apoyo a los miembros del equipo y a las partes interesadas sobre herramientas y técnicas de R.</t>
+  </si>
+  <si>
     <t>Ruby Developer/Programmer</t>
+  </si>
+  <si>
+    <t>Desarrollador Ruby (RoR)</t>
   </si>
   <si>
     <t>* Collaborating with cross-functional teams to define, design, and ship new features in Ruby applications.
 * Writing clean, maintainable, and efficient code while following best practices and development standards.
 * Debugging and resolving issues in existing applications to ensure optimal performance and user experience.
 * Participating in code reviews to provide constructive feedback and improve team productivity.
 * Staying updated with emerging technologies and industry trends to enhance development processes.
 * Developing and maintaining documentation for code, processes, and applications.
 * Integrating user-facing elements with server-side logic to create seamless applications.
 * Ensuring the security and scalability of applications through rigorous testing and optimization.
 * Contributing to the continuous improvement of the development process and team collaboration.
 * Mentoring junior developers and sharing knowledge to foster a culture of learning within the team.</t>
   </si>
   <si>
+    <t>* Colaborar con equipos multifuncionales para definir, diseñar y lanzar nuevas características en aplicaciones de Ruby.
+* Escribir código limpio, mantenible y eficiente, siguiendo las mejores prácticas y normas de desarrollo.
+* Depurar y resolver problemas en aplicaciones existentes para garantizar un rendimiento óptimo y una experiencia del usuario.
+* Participar en revisiones de código para proporcionar comentarios constructivos y mejorar la productividad del equipo.
+* Mantenerse actualizado sobre tecnologías emergentes y tendencias de la industria para mejorar los procesos de desarrollo.
+* Desarrollar y mantener documentación para código, procesos y aplicaciones.
+* Integrar elementos orientados al usuario con la lógica del lado del servidor para crear aplicaciones sin interrupciones.
+* Garantizar la seguridad y escalabilidad de las aplicaciones mediante pruebas y optimización rigurosas.
+* Contribuir al mejoramiento continuo del proceso de desarrollo y la colaboración en equipo.
+* Asesorar a desarrolladores junior y compartir conocimientos para fomentar una cultura de aprendizaje dentro del equipo.</t>
+  </si>
+  <si>
     <t>SAP specialist</t>
+  </si>
+  <si>
+    <t>Especialista en SAP</t>
   </si>
   <si>
     <t>* Provide adequate user support, receive and resolve bug reports and problems.
 * Monitor the system and take measures to ensure trouble-free operation.
 * Manage assigned modules according to agreed internal standards.
 * Communicate with other departments to provide appropriate support for SAP users.
 * Contribute to the development of operational methodologies and development plans.
 * Take over new innovations as well as professional decommissioning of obsolete information systems.</t>
+  </si>
+  <si>
+    <t>* Brindar soporte adecuado a los usuarios, recibir y resolver informes de errores y problemas.
+* Monitorear el sistema y tomar medidas para garantizar su funcionamiento sin problemas.
+* Administrar los módulos asignados según los estándares internos acordados.
+* Comunicarse con otros departamentos para brindar apoyo adecuado a los usuarios de SAP.
+* Contribuir al desarrollo de metodologías operativas y planes de desarrollo.
+* Asumir nuevas innovaciones, así como la desactivación profesional de sistemas de información obsoletos.</t>
   </si>
   <si>
     <t>Scrum Master</t>
   </si>
   <si>
     <t>* Manages the scope and timeline of each project.
 * Coordinate sprints, retrospectives and daily stand-ups.
 * Facilitates internal communication and effective team collaboration.
 * Is the point of contact for external communication (e.g. from customers or interested parties).
 * Collaborates with product owners or product managers to resolve backlogs and new requirements.
 * Resolves conflicts and removes obstacles that arise.
 * Helps teams implement changes effectively.
 * Ensures deliverables meet quality standards at the end of each sprint.
 * Helps build a productive environment where team members "own" the product and enjoy working on it.</t>
   </si>
   <si>
+    <t>* Maneja el alcance y la línea de tiempo de cada proyecto.
+* Coordinar sprints, retrospectivas y stand-ups diarios.
+* Facilita la comunicación interna y la colaboración efectiva en equipo.
+* Es el punto de contacto para la comunicación externa (por ejemplo, de clientes o partes interesadas)
+* Colaborar con propietarios de productos o gerentes de productos para resolver atrasos y nuevos requisitos
+* Resuelve conflictos y elimina los obstáculos que se presentan
+* Ayuda a los equipos a implementar cambios de manera efectiva
+* Asegura que los entregables cumplan con los estándares de calidad al final de cada sprint
+* Ayuda a crear un entorno productivo en el que los miembros del equipo "poseen" el producto y disfrutan trabajando en él</t>
+  </si>
+  <si>
     <t>* Mounting, dismantling and powering up production machinery and equipment.
 * Providing the repairs and maintenance of the production machinery and equipment.
 * Providing employee trainings on the use of production machinery and equipment.
 * Completing technical reports.
 * Providing technical support to internal and external customers.</t>
+  </si>
+  <si>
+    <t>* Montaje, desmontaje y puesta en marcha de maquinaria y equipo de producción.
+* Realización de reparaciones y mantenimiento de la maquinaria y equipo de producción.
+* Formación de empleados en el uso de maquinaria y equipo de producción.
+* Elaboración de informes técnicos.
+* Prestación de soporte técnico a clientes internos y externos.</t>
   </si>
   <si>
     <t>* Repairing PCs, laptops, mainframes, servers and peripherals.
 * Determining causes of problems and their immediate removal.
 * Installing new or replacing outdated and dysfunctional motherboards, processors, graphic adapters, memory modules, hard drives, optical drives, sound and network cards and other computer components.
 * Installing and reinstalling operating systems and software applications.
 * Removing computer viruses, spyware, spam and other malicious applications.
 * Updating antivirus software, antispyware and security patches.
 * Communicating with customers, providing expert advice and consultations.</t>
   </si>
   <si>
+    <t>* Reparar PCs, portátiles, mainframes, servidores y periféricos.
+* Determinar las causas de los problemas y su eliminación inmediata.
+* Instalar nuevos o reemplazar placa base, procesadores, adaptadores gráficos, módulos de memoria, discos duros, unidades ópticas, tarjetas de sonido y red y otros componentes informáticos obsoletos o defectuosos.
+* Instalar y reinstalar sistemas operativos y aplicaciones de software.
+* Eliminar virus informáticos, spyware, spam y otras aplicaciones maliciosas.
+* Actualizar software antivirus, antispyware y parches de seguridad.
+* Comunicarse con los clientes, proporcionar asesoramiento experto y consultas.</t>
+  </si>
+  <si>
     <t>Software consultant</t>
+  </si>
+  <si>
+    <t>Consultor de software</t>
   </si>
   <si>
     <t>* Consulting during the introduction of new information systems.
 * Expert support for business partners.
 * Participation in creating SW products according to the specific requirements of customers.
 * Analysis of weaknesses, imperfections, and errors of the IT solutions provided.
 * Testing and checking software.
 * Active communication with customers and suppliers.
 * Responsibility for reaching set targets.
 * Ensuring the implementation of the clients' requirements.
 * Co-operation with IT specialists and programmers on drafting possible solutions.
 * Training in using new information software.
 * Creating quality customer service and technical support.</t>
   </si>
   <si>
+    <t>* Asesoramiento durante la introducción de nuevos sistemas de información.
+* Apoyo experto para socios comerciales.
+* Participación en la creación de productos de software según los requisitos específicos de los clientes.
+* Análisis de debilidades, imperfecciones y errores de las soluciones de TI proporcionadas.
+* Pruebas y verificación de software.
+* Comunicación activa con clientes y proveedores.
+* Responsabilidad por el logro de los objetivos establecidos.
+* Aseguramiento de la implementación de los requisitos de los clientes.
+* Colaboración con especialistas en TI y programadores en la elaboración de posibles soluciones.
+* Capacitación en el uso de nuevos software de información.
+* Creación de servicio al cliente y soporte técnico de calidad.</t>
+  </si>
+  <si>
     <t>Software Engineer</t>
+  </si>
+  <si>
+    <t>Ingeniero de software</t>
   </si>
   <si>
     <t>* Using computer and mathematical knowledge in designing, developing, and testing software.
 * Analysing customer requirements and proposing technical solutions.
 * Creating and maintaining technical documentation.
 * Developing software according to customer requirements.
 * Testing software and repairing errors.
 * Providing technical support to clients.</t>
   </si>
   <si>
+    <t>* Utilizar conocimientos informáticos y matemáticos para diseñar, desarrollar y probar software.
+* Analizar los requisitos de los clientes y proponer soluciones técnicas.
+* Crear y mantener documentación técnica.
+* Desarrollar software según los requisitos de los clientes.
+* Probar el software y reparar errores.
+* Proporcionar soporte técnico a los clientes.</t>
+  </si>
+  <si>
     <t>Systems Administrator</t>
+  </si>
+  <si>
+    <t>Administrador de sistemas</t>
   </si>
   <si>
     <t>* Installation and administration of computer servers and workstations.
 * Installing, reinstalling and updating licensed software; keeping records on purchased licences.
 * Performing regular system and software audits.
 * Analysing system logs and identifying possible irregularities.
 * Optimising the system operation and performance.
 * Managing the rights of access to the computer network with an emphasis on safeguarding of sensitive data from unauthorised access.
 * Responsibility for the controlled access to the Internet and securing of incoming and outgoing data.
 * Carrying out regular back-ups of electronic data.
 * Providing methodological support to employees regarding the software and hardware equipment usage.
 * Solving technical problems.</t>
   </si>
   <si>
+    <t>* Instalación y administración de servidores y estaciones de trabajo informáticas.
+* Instalar, reinstalar y actualizar software con licencia; llevar registros de licencias compradas.
+* Realizar auditorías periódicas del sistema y software.
+* Analizar registros del sistema e identificar posibles irregularidades.
+* Optimizar el funcionamiento y rendimiento del sistema.
+* Gestionar los derechos de acceso a la red informática con énfasis en la protección de datos sensibles frente a accesos no autorizados.
+* Responsabilidad por el acceso controlado a Internet y la seguridad de los datos entrantes y salientes.
+* Realizar copias de seguridad regulares de datos electrónicos.
+* Proporcionar apoyo metodológico a los empleados sobre el uso de equipo de software y hardware.
+* Resolver problemas técnicos.</t>
+  </si>
+  <si>
     <t>Systems Engineer</t>
+  </si>
+  <si>
+    <t>Ingeniero de sistemas</t>
   </si>
   <si>
     <t>* Communicating with clients in order to become familiar with their requirements concerning the computer system.
 * Designing computer systems.
 * Communicating with hardware and software vendors.
 * Selecting the optimal hardware and software for the designed computer system.
 * Installing and configuring computer systems.</t>
   </si>
   <si>
+    <t>* Comunicarse con los clientes para familiarizarse con sus requisitos en cuanto al sistema informático.
+* Diseñar sistemas informáticos.
+* Comunicarse con proveedores de hardware y software.
+* Seleccionar el hardware y software óptimos para el sistema informático diseñado.
+* Instalar y configurar sistemas informáticos.</t>
+  </si>
+  <si>
     <t>Technical Writer</t>
+  </si>
+  <si>
+    <t>Escritor técnico (technical writer)</t>
   </si>
   <si>
     <t xml:space="preserve"> * Drafting and creating technical documentation (manuals, user flysheets, on line/offline helpers, texts of user interface etc.).
 * Watching changes of a product and subsequently incorporating them into the technical documentation.
 * Assessing a text from the point of view of its comprehensibility, conciseness, correctness of grammar and style, homogeneity of used terminology etc.
 * Creating screen shots and graphs and incorporating them into the technical documentation.
 * Cooperating with the department of development.</t>
   </si>
   <si>
+    <t>* Redactar y crear documentación técnica (manuales, hojas de instrucciones para el usuario, asistentes en línea/fuera de línea, textos de interfaz de usuario, etc.).
+* Supervisar los cambios de un producto y posteriormente incorporarlos en la documentación técnica.
+* Evaluar un texto desde el punto de vista de su comprensibilidad, concisión, corrección gramatical y de estilo, homogeneidad de la terminología utilizada, etc.
+* Crear capturas de pantalla y gráficos e incorporarlos en la documentación técnica.
+* Colaborar con el departamento de desarrollo.</t>
+  </si>
+  <si>
     <t>User Experience Expert</t>
+  </si>
+  <si>
+    <t>Experto en UX</t>
   </si>
   <si>
     <t>* Conducting and interpreting user research (interviews, testing, data analysis).
 * Creating UX strategies and recommendations for product development.
 * Evaluating existing solutions (UX audit, heuristic analysis).
 * Collaborating with product managers and stakeholders at a high level.
 * Mentoring UX designers and developers.</t>
   </si>
   <si>
+    <t>* Realización e interpretación de investigaciones de usuarios (entrevistas, pruebas, análisis de datos).
+* Creación de estrategias UX y recomendaciones para el desarrollo de productos.
+* Evaluación de soluciones existentes (auditoría UX, análisis heurístico).
+* Colaboración con gerentes de producto y partes interesadas a alto nivel.
+* Mentoría de diseñadores UX y desarrolladores.</t>
+  </si>
+  <si>
     <t>UX designer</t>
+  </si>
+  <si>
+    <t>Diseñador UX</t>
   </si>
   <si>
     <t>* Creating wireframes, prototypes, and user flows.
 * Collaborating with UI designers and developers on implementing designs.
 * Usability testing and iterating designs based on feedback.
 * Working with tools like Figma, Sketch, Adobe XD.
 * Focusing on specific screens, interactions, and visual consistency.</t>
   </si>
   <si>
+    <t>* Colaboración con diseñadores UI y desarrolladores en la implementación de los diseños.
+* Pruebas de usabilidad e iteración de los diseños basadas en retroalimentación.
+* Trabajo con herramientas como Figma, Sketch, Adobe XD.
+* Enfoque en pantallas específicas, interacciones y consistencia visual.</t>
+  </si>
+  <si>
     <t>Web Designer</t>
+  </si>
+  <si>
+    <t>Diseñador de páginas web</t>
   </si>
   <si>
     <t>* Communicating with clients concerning the appearance of their future websites, putting the emphasis on the understanding of the requirements and expectations of clients.
 * Designing the basic structure of the website layout.
 * Creating graphic concepts of websites and their implementation using programming languages.
 * Preparing preliminary website designs and submitting concepts for the client´s approval.
 * Collecting texts and creating content for the website.
 * Optimising text, graphic, audio and video elements by converting them into various digital formats.
 * Website testing in terms of functionality and fixing bugs.</t>
   </si>
   <si>
+    <t>* Comunicación con clientes sobre la apariencia de sus futuras páginas web, poniendo énfasis en la comprensión de los requisitos y expectativas de los clientes.
+* Diseño de la estructura básica del diseño de la página web.
+* Creación de conceptos gráficos de páginas web y su implementación utilizando lenguajes de programación.
+* Preparación de diseños preliminares de páginas web y presentación de conceptos para la aprobación del cliente.
+* Recopilación de textos y creación de contenido para la página web.
+* Optimización de elementos de texto, gráficos, audio y video convirtiéndolos en各种 formatos digitales.
+* Pruebas de la página web en términos de funcionalidad y corrección de errores.</t>
+  </si>
+  <si>
     <t>Webmaster</t>
   </si>
   <si>
     <t>* Responsibility for managing websites in terms of the technical point of view as well as content.
 * Maintaining and updating website content.
 * Repairing errors.
 * Testing websites with the aim to streamline their usefulness.
 * Optimising the running of websites by changing the technical parameters of hardware, by compressing the used files, by improving user accessibility etc.
 * Cooperating with the authors of the texts, graphics, web programmers and web designers.</t>
   </si>
   <si>
+    <t>* Responsabilidad por la gestión de sitios web desde el punto de vista técnico y de contenido.
+* Mantenimiento y actualización del contenido de los sitios web.
+* Reparación de errores.
+* Pruebas de sitios web con el objetivo de mejorar su utilidad.
+* Optimización del funcionamiento de los sitios web mediante el cambio de parámetros técnicos del hardware, la compresión de archivos utilizados, la mejora de la accesibilidad del usuario, etc.
+* Colaboración con los autores de textos, gráficos, programadores web y diseñadores web.</t>
+  </si>
+  <si>
     <t>Insurance</t>
   </si>
   <si>
+    <t>Seguros</t>
+  </si>
+  <si>
     <t>Accounting Clerk</t>
+  </si>
+  <si>
+    <t>Empleado de contabilidad</t>
   </si>
   <si>
     <t>* Checking invoices and obligatory attachments from healthcare providers (settlement benefits, prescriptions, vouchers, and other documents in accordance with contracts).
 * Registering invoices in the invoice book of healthcare providers.
 * Recording and processing settlement benefits in the information system.
 * Verifying compliance with the contractual terms and conditions regarding the reporting of healthcare by healthcare providers.
 * Printing the associated protocols and sending them to healthcare providers.
 * Preparing accounting documents for archiving.
 * Providing information, consultation, and handling complaints from healthcare providers regarding the settlement of health care.</t>
   </si>
   <si>
+    <t>* Verificar las facturas y los documentos adjuntos obligatorios de los proveedores de atención médica (prestaciones de liquidación, recetas, vales y otros documentos de acuerdo con los contratos).
+* Registrar las facturas en el libro de facturas de los proveedores de atención médica.
+* Grabar y procesar las prestaciones de liquidación en el sistema de información.
+* Verificar el cumplimiento de los términos y condiciones contractuales respecto a la declaración de la atención médica por parte de los proveedores de atención médica.
+* Imprimir los protocolos asociados y enviarlos a los proveedores de atención médica.
+* Preparar los documentos contables para su archivado.
+* Proporcionar información, consultar y resolver reclamos de los proveedores de atención médica con respecto a la liquidación de la atención médica.</t>
+  </si>
+  <si>
     <t>Actuary</t>
+  </si>
+  <si>
+    <t>Actuario</t>
   </si>
   <si>
     <t>* Monitoring the insurance market, developing new products and proposing changes of existing products.
 * Formulating insurance contracts, insurance conditions and special arrangements.
 * Determining premium tariffs, the amount of technical provisions in life insurance and supplementary insurance.
 * Preparing and updating technical business plans and manuals.
 * Preparing documents for the implementation of changes related to product innovation in the information system.
 * Creating and updating computer programs for distribution networks, pricing, taxation and technical changes in life insurance.
 * Testing the profitability of products.
 * Preparing personalised insurance offers.
 * Preparing documents for the assessment of non-standard changes in life insurance.
 * Performing and ensuring activities related to financial funds in investment life insurance.
 * Preparing documentation and participating in conducting methodological trainings for distribution networks.
 * Preparing documentation for accounting, the National Bank of Slovakia, auditors, shareholders and other entities, preparing periodic reports for the reinsurer.
 * Providing expert consultation on life insurance products to other units of the company.</t>
   </si>
   <si>
+    <t>* Monitorear el mercado asegurador, desarrollar nuevos productos y proponer cambios en los productos existentes.
+* Formular contratos de seguro, condiciones de seguro y arreglos especiales.
+* Determinar tarifas de primas, el monto de las provisiones técnicas en seguros de vida y seguros complementarios.
+* Preparar y actualizar planes de negocios técnicos y manuales.
+* Preparar documentos para la implementación de cambios relacionados con la innovación de productos en el sistema de información.
+* Crear y actualizar programas informáticos para redes de distribución, precios, impuestos y cambios técnicos en seguros de vida.
+* Probar la rentabilidad de los productos.
+* Preparar ofertas de seguro personalizadas.
+* Preparar documentos para la evaluación de cambios no estándar en seguros de vida.
+* Realizar y garantizar actividades relacionadas con fondos financieros en seguros de vida con inversión.
+* Preparar documentación y participar en la realización de capacitaciones metodológicas para redes de distribución.
+* Preparar documentación para la contabilidad, el Banco Nacional de Eslovaquia, auditores, accionistas y otras entidades, preparar informes periódicos para el reasegurador.
+* Brindar consultas expertas sobre productos de seguros de vida a otras unidades de la empresa.</t>
+  </si>
+  <si>
     <t>* Overseeing the overall operations and strategic direction of the branch.
 * Leading and managing a team to ensure high levels of performance and productivity.
 * Developing and implementing business plans to achieve branch goals and objectives.
 * Building and maintaining strong relationships with clients, stakeholders, and partners.
 * Ensuring compliance with company policies, industry regulations, and quality standards.
 * Monitoring branch performance metrics and preparing regular reports for upper management.
 * Identifying opportunities for growth and improvement within the branch's services and operations.
 * Managing budgets and financial performance, including forecasting and expense control.
 * Conducting regular training and development sessions for staff to enhance skills and knowledge.
 * Addressing customer inquiries and resolving issues promptly to maintain satisfaction and loyalty.
 * Collaborating with other branches and departments to align strategies and share best practices.
 * Representing the branch at industry events, conferences, and community engagements.</t>
   </si>
   <si>
+    <t>* Supervisar las operaciones generales y la dirección estratégica de la sucursal.
+* Liderar y gestionar un equipo para garantizar altos niveles de desempeño y productividad.
+* Desarrollar e implementar planes de negocio para alcanzar los objetivos y metas de la sucursal.
+* Establecer y mantener relaciones sólidas con clientes, partes interesadas y socios.
+* Asegurar el cumplimiento de las políticas de la empresa, regulaciones de la industria y estándares de calidad.
+* Monitorear los indicadores de desempeño de la sucursal y preparar informes periódicos para la alta dirección.
+* Identificar oportunidades de crecimiento y mejora en los servicios y operaciones de la sucursal.
+* Gestionar presupuestos y desempeño financiero, incluyendo la previsión y control de gastos.
+* Realizar sesiones de capacitación y desarrollo periódicas para el personal para mejorar habilidades y conocimientos.
+* Atender consultas de clientes y resolver problemas de manera oportuna para mantener la satisfacción y la lealtad.
+* Colaborar con otras sucursales y departamentos para alinear estrategias y compartir mejores prácticas.
+* Representar a la sucursal en eventos de la industria, conferencias y compromisos comunitarios.</t>
+  </si>
+  <si>
     <t>* Lead and manage the Assurance department to ensure operational excellence and achievement of organizational goals.
 * Oversee the planning, execution, and delivery of assurance services, ensuring compliance with international standards and company policies.
 * Develop and implement strategies to enhance the effectiveness and efficiency of assurance processes.
 * Supervise, mentor, and evaluate team members, fostering professional growth and high performance.
 * Collaborate with cross-functional teams to address client needs and deliver tailored assurance solutions.
 * Monitor industry trends and regulatory changes to ensure the department's services remain competitive and compliant.
 * Prepare and present reports on departmental performance, key metrics, and areas for improvement to senior management.
 * Establish and maintain strong relationships with clients, ensuring high levels of satisfaction and trust.
 * Identify opportunities for business development and contribute to the growth of the Assurance department.
 * Manage departmental budgets, resources, and schedules to optimize productivity and cost-effectiveness.
 * Ensure the implementation of risk management practices and uphold the highest standards of quality and integrity.
 * Represent the department in internal and external meetings, promoting the organization's values and mission.</t>
   </si>
   <si>
+    <t>* Liderar y gestionar el departamento de Garantía para asegurar la excelencia operativa y el logro de los objetivos organizacionales.
+* Supervisar la planificación, ejecución y entrega de servicios de garantía, asegurando el cumplimiento de los estándares internacionales y las políticas de la empresa.
+* Desarrollar e implementar estrategias para mejorar la eficacia y eficiencia de los procesos de garantía.
+* Supervisar, mentorizar y evaluar a los miembros del equipo, fomentando el crecimiento profesional y el alto desempeño.
+* Colaborar con equipos multifuncionales para abordar las necesidades de los clientes y ofrecer soluciones de garantía personalizadas.
+* Monitorear las tendencias del sector y los cambios regulatorios para asegurar que los servicios del departamento sigan siendo competitivos y cumplan con los requisitos.
+* Preparar y presentar informes sobre el desempeño del departamento, las métricas clave y las áreas de mejora a la gerencia senior.
+* Establecer y mantener relaciones sólidas con los clientes, asegurando altos niveles de satisfacción y confianza.
+* Identificar oportunidades de desarrollo empresarial y contribuir al crecimiento del departamento de Garantía.
+* Gestionar los presupuestos, recursos y horarios del departamento para optimizar la productividad y la rentabilidad.
+* Asegurar la implementación de prácticas de gestión de riesgos y mantener los más altos estándares de calidad e integridad.
+* Representar al departamento en reuniones internas y externas, promoviendo los valores y la misión de la organización.</t>
+  </si>
+  <si>
     <t>Health Care Purchasing Specialist</t>
+  </si>
+  <si>
+    <t>Especialista en compras sanitarias</t>
   </si>
   <si>
     <t>* Checking the administration and updating of the register of healthcare providers (HCP).
 * Checking the completeness and veracity of contracts concluded with HCP.
 * Taking part in the implementation of consultation procedures regarding the contractual terms.
 * Processing the accepted comments regarding the contractual terms and ensuring their incorporation into contractual relations.
 * Cooperating in the preparation of proposals for the company’s health programmes.
 * Assessing material and technical equipment regarding the contractual terms of HCP in relation to their payment.
 * Working with analyses and creating secondary analyses in the area of price conditions as set out in the contracts with HCP on the basis of the company’s requests and needs.
 * Preparing statistical overviews of the impact of price adjustments of the terms for HCP on the company’s budget.
 * Issuing opinions and processing requests addressed to the Healthcare Surveillance Authority, the Ministry of Health of the Slovak Republic and other institutions, if their request is factually appropriate for the department.</t>
   </si>
   <si>
+    <t>* Verificar la administración y actualización del registro de proveedores de atención médica (HCP).
+* Comprobar la integridad y veracidad de los contratos celebrados con HCP.
+* Participar en la implementación de procedimientos de consulta sobre las condiciones contractuales.
+* Procesar los comentarios aceptados sobre las condiciones contractuales y garantizar su incorporación en las relaciones contractuales.
+* Cooperar en la preparación de propuestas para los programas de salud de la empresa.
+* Evaluar el equipo material y técnico con respecto a las condiciones contractuales de HCP en relación con su pago.
+* Trabajar con análisis y crear análisis secundarios en el área de condiciones de precios establecidas en los contratos con HCP según las solicitudes y necesidades de la empresa.
+* Preparar resúmenes estadísticos del impacto de los ajustes de precios de las condiciones para HCP en el presupuesto de la empresa.
+* Emitir opiniones y procesar solicitudes dirigidas a la Autoridad de Vigilancia Sanitaria, el Ministerio de Salud de la República Eslovaca y otras instituciones, si su solicitud es objetivamente adecuada para el departamento.</t>
+  </si>
+  <si>
     <t>Health Program Development Specialist</t>
+  </si>
+  <si>
+    <t>Especialista en desarrollo de programas de salud</t>
   </si>
   <si>
     <t>* Analysing the needs of the target groups of policyholders in individual regions.
 * Designing health programmes and their implementation mechanisms.
 * Designing ways of using policyholder benefits in the scope of health programmes.
 * Coordinating the implementation of health programmes.
 * Monitoring and evaluating the development of health programmes in order to innovate health programme concepts.</t>
   </si>
   <si>
+    <t>* Analizar las necesidades de los grupos objetivos de titulares de pólizas en regiones individuales.
+* Diseñar programas de salud y sus mecanismos de implementación.
+* Diseñar formas de utilizar los beneficios de los titulares de pólizas en el ámbito de los programas de salud.
+* Coordinar la implementación de los programas de salud.
+* Supervisar y evaluar el desarrollo de los programas de salud con el fin de innovar conceptos de programas de salud.</t>
+  </si>
+  <si>
     <t>Insurance administrator</t>
+  </si>
+  <si>
+    <t>Administrador de seguros</t>
   </si>
   <si>
     <t>* Checking the accuracy and completeness of contracts and their amendments, their processing in the information system and intervening in incorrect contracts.
 * Processing the technical and nontechnical changes in contracts.
 * Supplementing insurance premiums, and entering premium accountings into the information system.
 * Identifying and pairing the received payments with the premium regulations.
 * Sending reminders and calls regarding the monthly accounting and outstanding premium payments to clients.
 * Processing unused insurance premium and premium overpayments (calculation and payment to clients).
 * Cancelling, terminating and extending insurance contracts.
 * Preparing documents for bookkeeping.
 * Keeping a register of contracts in accordance with the applicable registration regulations of the company.
 * Communicating with clients and distribution networks regarding the management of insurance policies.</t>
   </si>
   <si>
+    <t>* Verificar la precisión y la integridad de los contratos y sus modificaciones, su procesamiento en el sistema de información y actuar en caso de contratos incorrectos.
+* Procesar los cambios técnicos y no técnicos en los contratos.
+* Suplementar las primas de seguro y grabar las contabilizaciones de primas en el sistema de información.
+* Identificar y emparejar los pagos recibidos con las regulaciones de prima.
+* Enviar recordatorios y realizar llamadas sobre la contabilidad mensual y pagos pendientes de prima a los clientes.
+* Procesar primas de seguro no utilizadas y pagos en exceso de prima (cálculo y pago a los clientes).
+* Cancelar, rescindir y prorrogar contratos de seguro.
+* Preparar documentos para la contabilidad.
+* Llevar un registro de contratos de acuerdo con las disposiciones de registro aplicables de la empresa.
+* Comunicarse con los clientes y las redes de distribución sobre la gestión de las pólizas de seguro.</t>
+  </si>
+  <si>
     <t>Insurance Broker</t>
+  </si>
+  <si>
+    <t>Corredor de seguros</t>
   </si>
   <si>
     <t>* Seeking out potential customers and providing customer care to existing clients.
 * Analysing needs and proposing individual insurance solutions according to customer requirements.
 * Providing advice and consultations concerning the insurance industry.
 * Concluding contracts with individual and corporate clients.
 * Responsibility for updating client database.
 * Participating in regular trainings and courses.</t>
   </si>
   <si>
+    <t>* Buscar clientes potenciales y brindar atención al cliente a clientes existentes.
+* Analizar necesidades y proponer soluciones de seguro individuales según los requisitos del cliente.
+* Brindar asesoramiento y consultas relacionadas con la industria de los seguros.
+* Concluir contratos con clientes individuales y corporativos.
+* Responsabilidad por la actualización de la base de datos de clientes.
+* Participar en capacitaciones y cursos regulares.</t>
+  </si>
+  <si>
     <t>Insurance Payment Control Specialist</t>
+  </si>
+  <si>
+    <t>Especialista en control de pagos de seguros</t>
   </si>
   <si>
     <t>* Reviewing regulations and insurance payments recorded in the company’s information system and proposing external controls.
 * Conducting external controls of compliance with the insurance payer’s statutory obligations and updating data on the insurance payers in the register of payers.
 * Processing the results of external controls in the information system and issuing control protocols.
 * Preparing documents for recovery.
 * Monitoring and statistical evaluation of the results of external audits.
 * Registering documents issued by insurance payers related to insurance payments in the company’s information system and issuing certificates for insurance payers.
 * Communicating with insurance payers when dealing with problems with reporting and insurance payments.</t>
   </si>
   <si>
+    <t>* Revisar las regulaciones y pagos de seguros registrados en el sistema de información de la empresa y proponer controles externos.
+* Realizar controles externos de cumplimiento de las obligaciones legales del pagador de seguros y actualizar los datos de los pagadores de seguros en el registro de pagadores.
+* Procesar los resultados de controles externos en el sistema de información y emitir protocolos de control.
+* Preparar documentos para la recuperación.
+* Supervisar y evaluar estadísticamente los resultados de las auditorías externas.
+* Registrar documentos emitidos por los pagadores de seguros relacionados con pagos de seguros en el sistema de información de la empresa y emitir certificados para los pagadores de seguros.
+* Comunicarse con los pagadores de seguros cuando se presenten problemas con la presentación de informes y pagos de seguros.</t>
+  </si>
+  <si>
     <t>Insurance Technician</t>
+  </si>
+  <si>
+    <t>Técnico de seguros</t>
   </si>
   <si>
     <t>* Conducting technical inspections after an insurance claim is reported.
 * Documenting insurance cases with a camera or camcorder.
 * Preparing documents for the settlement of insurance cases.</t>
   </si>
   <si>
+    <t>* Realizar inspecciones técnicas después de que se informe de un siniestro.
+* Documentar casos de seguro con una cámara o cámara de video.
+* Preparar documentación para la liquidación de casos de seguro.</t>
+  </si>
+  <si>
     <t>Insurance Underwriter</t>
+  </si>
+  <si>
+    <t>Suscriptor de seguros</t>
   </si>
   <si>
     <t>* Assessing the risks of the proposed insurance, completing insurance proposals and wording the insurance endorsements.
 * Ensuring medical examinations, medical records and other data that are necessary for a comprehensive risk assessment.
 * Reviewing insurance policies in terms of their accuracy and completeness, and entering the policies into the information system.
 * Reviewing insurance policies concluded after the evaluation.
 * Keeping records of the personal data of people interested in insurance, including those with whom an insurance policy has not been concluded.</t>
   </si>
   <si>
+    <t>* Evaluar los riesgos del seguro propuesto, completar propuestas de seguro y redactar las cláusulas adicionales del seguro.
+* Asegurar que se realicen los exámenes médicos, se obtengan los registros médicos y otros datos necesarios para una evaluación integral del riesgo.
+* Revisar las pólizas de seguro en cuanto a su exactitud y complejidad, e ingresar las pólizas en el sistema de información.
+* Revisar las pólizas de seguro concluidas después de la evaluación.
+* Mantener registros de los datos personales de las personas interesadas en el seguro, incluidas aquellas con las que no se ha concluido una póliza de seguro.</t>
+  </si>
+  <si>
     <t>Loss Adjuster</t>
+  </si>
+  <si>
+    <t>Ajustador de pérdidas</t>
   </si>
   <si>
     <t>* Performing or ensuring the sightings of damaged or destroyed things, including the completion of the relevant documentation.
 * Communicating with clients, involved or invited persons, public authorities and external contracting partners with the aim of ensuring all the documents necessary for a comprehensive assessment of a claim.
 * Assessing client claims for indemnification under the applicable legal regulations and insurance contract and informing clients about the outcome.
 * Determining the amount of indemnification reserve and the amount of indemnification in accordance with applicable legal regulations, internal regulations and insurance contract and the delivering the insurance benefits to clients.
 * Preparing documentation for the regression procedures.
 * Handling complaints and appeals from clients.
 * Providing professional consulting services to clients and other sections of the company in matters related to the settlement of claims in the given class of insurance.
 * Updating the appropriate forms, internal regulations and directives.</t>
   </si>
   <si>
+    <t>* Realizar o asegurar el reconocimiento de objetos dañados o destruidos, incluyendo la finalización de la documentación correspondiente.
+* Comunicarse con clientes, personas involucradas o invitadas, autoridades públicas y socios contractuales externos con el objetivo de asegurar todos los documentos necesarios para una evaluación exhaustiva de una reclamación.
+* Evaluar las reclamaciones de los clientes para la indemnización conforme a las normativas legales aplicables y al contrato de seguro, e informar a los clientes sobre el resultado.
+* Determinar la cantidad de reserva de indemnización y la cantidad de indemnización conforme a las normativas legales aplicables, las normativas internas y el contrato de seguro, y entregar los beneficios del seguro a los clientes.
+* Preparar documentación para los procedimientos de regresión.
+* Atender las quejas y apelaciones de los clientes.
+* Brindar servicios de consultoría profesional a los clientes y otras secciones de la empresa en asuntos relacionados con la liquidación de reclamaciones en la clase de seguro dada.
+* Actualizar los formularios apropiados, las normativas internas y las directrices.</t>
+  </si>
+  <si>
     <t>Product Development Specialist</t>
+  </si>
+  <si>
+    <t>Especialista en desarrollo de productos</t>
   </si>
   <si>
     <t>* Monitoring the insurance market, developing new products and submitting proposals for changes to existing products.
 * Completing the texts of contracts, insurance clauses and special arrangements.
 * Drawing up the guidelines and bylaws relating to a given class of insurance.
 * Analysing the rates of insurance, and monitoring and analysing the loss ratio of the products.
 * Preparing documents for the implementation of changes related to product innovation in the information system.
 * Preparing and completing methodical seminars for distribution networks.
 * Providing expert consultations on the products in a given class of insurance to other sections of the company.</t>
   </si>
   <si>
+    <t>* Monitorear el mercado de seguros, desarrollar nuevos productos y presentar propuestas de cambios a productos existentes.
+* Redactar los textos de contratos, cláusulas de seguros y acuerdos especiales.
+* Elaborar las directrices y reglamentos relacionados con una clase determinada de seguro.
+* Analizar las tasas de seguro y monitorear y analizar la proporción de pérdidas de los productos.
+* Preparar documentos para la implementación de cambios relacionados con la innovación de productos en el sistema de información.
+* Preparar y completar seminarios metodológicos para las redes de distribución.
+* Proporcionar consultas de expertos sobre los productos de una clase determinada de seguro a otras secciones de la empresa.</t>
+  </si>
+  <si>
     <t>Registry Administration Officer</t>
+  </si>
+  <si>
+    <t>Oficial de administración del registro</t>
   </si>
   <si>
     <t>* Registering data from the applications of policyholders and insurance payers in the register of policyholders and register of insurance payers in the information system.	
 * Updating data on policyholders and insurance payers in the information system on the basis of the received and requested documents.
 * Issuing health cards, the European health insurance cards, and other certificates for policyholders.
 * Issuing and confirming entitlement forms.
 * Registering and archiving mass communications from insurance payers.
 * Solving clashing insurance relations in co-operation with the HSA and other health insurance companies.</t>
   </si>
   <si>
+    <t>* Registrar datos de las solicitudes de asegurados y pagadores de seguros en el registro de asegurados y registro de pagadores de seguros en el sistema de información.
+* Actualizar datos sobre asegurados y pagadores de seguros en el sistema de información sobre la base de los documentos recibidos y solicitados.
+* Expedir tarjetas de salud, tarjetas europeas de seguro médico y otros certificados para asegurados.
+* Expedir y confirmar formularios de derechos.
+* Registrar y archivar comunicaciones masivas de pagadores de seguros.
+* Resolver conflictos de relaciones de seguro en colaboración con la HSA y otras compañías de seguros médicos.</t>
+  </si>
+  <si>
     <t>Reinsurance Specialist</t>
+  </si>
+  <si>
+    <t>Especialista en reaseguros</t>
   </si>
   <si>
     <t>* Processing the proposals of the company’s actuarial capacity to ensure individual risk groups.
 * Drafting reinsurance program proposals (obligatory reinsurance).
 * Negotiating the terms of reinsurance agreements with reinsurers, and ensuring compliance.
 * Defining the parameters of reinsurance contracts in the information system.
 * Preparing specifications for the IT processing of reinsurance risks in the information system.
 * Ensuring commutation (termination) processes of proportional reinsurance contracts.
 * Providing expert consultation of policy conditions regarding individual business cases for departments developing insurance products.
 * Ensuring facultative reinsurance and special acceptances for individual risks.
 * Reimbursing premiums and settling the performance of reinsurers.
 * Preparing documents for accounting.
 * Preparing analyses and reports for the reinsurers, board, auditors, and supervising bodies of the company.</t>
   </si>
   <si>
+    <t>* Procesar las propuestas de capacidad actuarial de la empresa para garantizar grupos de riesgo individuales.
+* Redactar propuestas de programas de reaseguro (reaseguro obligatorio).
+* Negociar los términos de los acuerdos de reaseguro con los reaseguradores y asegurar el cumplimiento.
+* Definir los parámetros de los contratos de reaseguro en el sistema de información.
+* Preparar especificaciones para el procesamiento informático de riesgos de reaseguro en el sistema de información.
+* Garantizar los procesos de conmutación (terminación) de contratos de reaseguro proporcionales.
+* Brindar consultas expertas sobre condiciones de política para casos comerciales individuales a departamentos que desarrollan productos de seguros.
+* Garantizar el reaseguro facultativo y las aceptaciones especiales para riesgos individuales.
+* Reembolsar primas y liquidar el desempeño de los reaseguradores.
+* Preparar documentos para la contabilidad.
+* Preparar análisis e informes para los reaseguradores, la junta directiva, los auditores y los órganos de supervisión de la empresa.</t>
+  </si>
+  <si>
     <t>Journalism, Printing Arts &amp; Media</t>
   </si>
   <si>
+    <t>Periodismo, artes gráficas y medios de comunicación</t>
+  </si>
+  <si>
     <t>3D printer operator</t>
+  </si>
+  <si>
+    <t>Operador de impresoras 3d</t>
   </si>
   <si>
     <t>* Operating and maintaining 3D printers to produce high-quality printed materials.
 * Setting up and calibrating 3D printers according to project specifications.
 * Monitoring the printing process to ensure accuracy and quality control.
 * Troubleshooting and resolving any technical issues that arise during printing.
 * Preparing and processing digital files for 3D printing, including slicing and scaling.
 * Collaborating with designers and engineers to optimize designs for printability.
 * Maintaining a clean and organized workspace, adhering to safety standards.
 * Conducting routine maintenance and repairs on 3D printing equipment.
 * Keeping accurate records of production runs, materials used, and inventory levels.
 * Staying up to date with advancements in 3D printing technology and materials.
 * Assisting in the training of new staff on 3D printing operations and safety protocols.
 * Contributing to project planning and timelines to ensure timely delivery of printed materials.</t>
   </si>
   <si>
+    <t>* Operar y mantener impresoras 3D para producir materiales impresos de alta calidad.
+* Configurar y calibrar impresoras 3D según las especificaciones del proyecto.
+* Supervisar el proceso de impresión para garantizar la precisión y el control de calidad.
+* Identificar y resolver cualquier problema técnico que surja durante la impresión.
+* Preparar y procesar archivos digitales para la impresión 3D, incluyendo la segmentación y el escalado.
+* Colaborar con diseñadores e ingenieros para optimizar diseños para la impresión.
+* Mantener un espacio de trabajo limpio y organizado, cumpliendo con los estándares de seguridad.
+* Realizar el mantenimiento rutinario y las reparaciones del equipo de impresión 3D.
+* Mantener registros precisos de las ejecuciones de producción, los materiales utilizados y los niveles de inventario.
+* Mantenerse actualizado sobre los avances en la tecnología y los materiales de impresión 3D.
+* Ayudar en la capacitación del nuevo personal sobre las operaciones de impresión 3D y los protocolos de seguridad.
+* Contribuir a la planificación de proyectos y los plazos para garantizar la entrega oportuna de los materiales impresos.</t>
+  </si>
+  <si>
     <t>Advertising Manager</t>
+  </si>
+  <si>
+    <t>Gerente de publicidad</t>
   </si>
   <si>
     <t>* Responsibility for the sale of advertising space within the company.
 * Taking care of existing clients and maintaining good relations with them.
 * Searching for new business opportunities.
 * Providing quotations and discounts in substantiated cases.</t>
   </si>
   <si>
+    <t>* Responsabilidad por la venta de espacios publicitarios dentro de la empresa.
+* Cuidado de los clientes existentes y mantenimiento de buenas relaciones con ellos.
+* Búsqueda de nuevas oportunidades comerciales.
+* Proporcionar presupuestos y descuentos en casos justificados.</t>
+  </si>
+  <si>
     <t>Bookbinder</t>
+  </si>
+  <si>
+    <t>Encuadernador</t>
   </si>
   <si>
     <t>* Preparing material required for the production of books, magazines, brochures, catalogues, directories, albums, etc.
 * Cutting paper into smaller sheets using a cutting machine.
 * Coating books with paper, leather, imitation leather or other materials.
 * Stitching and gluing individual sheets into blocks manually or using a stitching or binding machine.
 * Joining book blocks with the spine dispersive, hot melt, reactive and polyurethane adhesives.
 * Repairing damaged bindings, backs of books, etc.</t>
   </si>
   <si>
+    <t>* Preparar el material necesario para la producción de libros, revistas, folletos, catálogos, directorios, álbumes, etc.
+* Cortar papel en hojas más pequeñas utilizando una máquina cortadora.
+* Recubrir libros con papel, cuero, cuero imitación u otros materiales.
+* Coser y pegar hojas individuales en bloques de forma manual o utilizando una máquina de cosido o encuadernación.
+* Unir bloques de libros con adhesivos dispersivos de lomo, de fusión en caliente, reactivos y de poliuretano.
+* Reparar encuadernaciones dañadas, lomos de libros, etc.</t>
+  </si>
+  <si>
     <t>Camera Operator</t>
+  </si>
+  <si>
+    <t>Operador de cámara</t>
   </si>
   <si>
     <t>* Using a camera to shoot movies, serials, documentaries, videos, commercials, etc.
 * Choosing the appropriate type of film, lenses and filters depending on the desired objective.
 * Communicating with the director, lighting engineers and other crew members.
 * Operating a camera on a camera truck or a camera crane.</t>
   </si>
   <si>
+    <t>* Utilizar una cámara para rodar películas, series, documentales, videos, anuncios, etc.
+* Elegir el tipo adecuado de película, objetivos y filtros en función del objetivo deseado.
+* Comunicarse con el director, ingenieros de iluminación y otros miembros del equipo.
+* Operar una cámara en un camión de cámara o una grúa de cámara.</t>
+  </si>
+  <si>
     <t>Content provider</t>
+  </si>
+  <si>
+    <t>Proveedor de contenidos</t>
   </si>
   <si>
     <t>* Researching and creating engaging content across various media platforms.
 * Collaborating with editors, designers, and other team members to develop story ideas and multimedia projects.
 * Producing articles, blog posts, and social media content that resonate with target audiences.
 * Ensuring accuracy and adherence to journalistic standards and ethics in all published materials.
 * Conducting interviews and gathering information from credible sources to support content creation.
 * Staying updated on industry trends, news, and emerging technologies to enhance content relevance.
 * Utilizing analytics tools to measure content performance and optimize future content strategies.
 * Managing multiple projects simultaneously while meeting deadlines and maintaining high quality.
 * Editing and proofreading content to ensure clarity, coherence, and grammatical correctness.
 * Engaging with audience feedback and comments to foster community and improve content offerings.</t>
   </si>
   <si>
+    <t>* Investigar y crear contenido atractivo en varias plataformas de medios.
+* Colaborar con editores, diseñadores y otros miembros del equipo para desarrollar ideas de historias y proyectos multimedia.
+* Producir artículos, publicaciones en blogs y contenido en redes sociales que resuenen en las audiencias objetivo.
+* Asegurar la precisión y el cumplimiento de los estándares y ética periodísticos en todos los materiales publicados.
+* Realizar entrevistas y recopilar información de fuentes creíbles para respaldar la creación de contenido.
+* Mantenerse actualizado sobre tendencias de la industria, noticias y tecnologías emergentes para mejorar la relevancia del contenido.
+* Utilizar herramientas analíticas para medir el rendimiento del contenido y optimizar las estrategias de contenido futuro.
+* Gestionar varios proyectos simultáneamente mientras se cumplen los plazos y se mantiene la alta calidad.
+* Editar y revisar el contenido para garantizar la claridad, coherencia y corrección gramatical.
+* Interactuar con los comentarios y retroalimentación de la audiencia para fomentar la comunidad y mejorar las ofertas de contenido.</t>
+  </si>
+  <si>
     <t>Design associate</t>
+  </si>
+  <si>
+    <t>Asistente de diseñador</t>
   </si>
   <si>
     <t>* Assisting in the development and execution of design projects across various media platforms.
 * Collaborating with senior designers and team members to create visually appealing graphics and layouts.
 * Supporting the production of print and digital materials, including brochures, advertisements, and social media content.
 * Utilizing graphic design software such as Adobe Creative Suite to produce high-quality designs.
 * Participating in brainstorming sessions to generate creative ideas and concepts.
 * Ensuring consistency in brand messaging and visual identity across all projects.
 * Preparing design files for print production and digital distribution.
 * Conducting research on design trends and industry standards to enhance design quality.
 * Assisting in the preparation of presentations and visual materials for client meetings.
 * Managing multiple projects simultaneously while adhering to deadlines and project specifications.
 * Providing feedback and revisions based on team and client input to refine design outputs.
 * Maintaining organized records of design projects and assets for future reference.</t>
   </si>
   <si>
+    <t>* Ayudar en el desarrollo y ejecución de proyectos de diseño en varias plataformas de medios.
+* Colaborar con diseñadores senior y miembros del equipo para crear gráficos y diseños visuales atractivos.
+* Apoyar la producción de materiales impresos y digitales, incluyendo folletos, anuncios y contenido de redes sociales.
+* Utilizar software de diseño gráfico como Adobe Creative Suite para producir diseños de alta calidad.
+* Participar en sesiones de lluvia de ideas para generar ideas y conceptos creativos.
+* Garantizar la consistencia en el mensaje de la marca y la identidad visual en todos los proyectos.
+* Preparar archivos de diseño para la producción impresa y la distribución digital.
+* Realizar investigaciones sobre tendencias de diseño y estándares de la industria para mejorar la calidad del diseño.
+* Ayudar en la preparación de presentaciones y materiales visuales para reuniones con clientes.
+* Gestionar varios proyectos simultáneamente, respetando los plazos y las especificaciones del proyecto.
+* Proporcionar comentarios y revisiones basados en la opinión del equipo y los clientes para perfeccionar resultados de diseño.
+* Mantener registros organizados de proyectos y activos de diseño para referencia futura.</t>
+  </si>
+  <si>
     <t>DTP Operator</t>
+  </si>
+  <si>
+    <t>Operador de autoedición (DTP)</t>
   </si>
   <si>
     <t>* Ensuring quality control throughout the production process.
 * Defining production procedures and initiating work orders.
 * Preparing and reviewing print-ready files for accuracy and completeness.
 * Ordering necessary production materials and supplies.
 * Collaborating with graphic designers and content creators to ensure design specifications are met.
 * Operating and maintaining DTP equipment and software.
 * Troubleshooting and resolving technical issues related to DTP processes.
 * Adhering to project timelines and managing multiple projects simultaneously.
 * Communicating effectively with team members and clients to ensure project requirements are understood and met.
 * Staying updated with industry trends and advancements in DTP technologies.</t>
   </si>
   <si>
+    <t>* Garantizar el control de calidad en todo el proceso de producción.
+* Definir procedimientos de producción e iniciar órdenes de trabajo.
+* Preparar y revisar archivos listos para imprenta para asegurar su exactitud y completitud.
+* Solicitar materiales y suministros de producción necesarios.
+* Colaborar con diseñadores gráficos y creadores de contenido para asegurar que se cumplan las especificaciones de diseño.
+* Operar y mantener el equipo y software de DTP.
+* Solucionar problemas técnicos y resolver problemas relacionados con procesos de DTP.
+* Cumplir con los cronogramas de proyectos y gestionar múltiples proyectos simultáneamente.
+* Comunicarse de manera efectiva con los miembros del equipo y los clientes para asegurar que se comprendan y cumplan los requisitos del proyecto.
+* Mantenerse actualizado sobre las tendencias de la industria y los avances en tecnologías de DTP.</t>
+  </si>
+  <si>
     <t>Editor</t>
+  </si>
+  <si>
+    <t>Redactor</t>
   </si>
   <si>
     <t>* Performing journalist activities for mass media editors.
 * Collecting, sorting, and verifying the information.
 * Processing interesting topics for readers, viewers, and listeners.
 * Writing and preparing reports, reportages, commentaries, reviews, interviews, glosses, feuilletons, etc.
 * Searching for and selecting images that are suitable for the respective articles.
 * Publishing information in the mass media.</t>
   </si>
   <si>
+    <t>* Realizar actividades periodísticas para editores de medios de comunicación de masas.
+* Recopilar, clasificar y verificar la información.
+* Procesar temas de interés para lectores, espectadores y oyentes.
+* Redactar y preparar informes, reportajes, comentarios, reseñas, entrevistas, glosas, folletines, etc.
+* Buscar y seleccionar imágenes adecuadas para los artículos respectivos.
+* Publicar información en los medios de comunicación de masas.</t>
+  </si>
+  <si>
     <t>* Collecting shots and soundtracks from the recording media of the movie cameras.
 * Digital editing of files and their segmenting into smaller logical units (so called sequences).
 * Preparing a rough edit.
 * Additional adjusting of the scene order with the purpose to achieve the logic and continuity of the sequences.
 * Cooperating with the film directors, sound engineers and film composers.</t>
   </si>
   <si>
+    <t>* Recopilar tomas y bandas sonoras de los medios de grabación de las cámaras de cine.
+* Edición digital de archivos y su segmentación en unidades lógicas más pequeñas (llamadas secuencias).
+* Preparar un montaje aproximado.
+* Ajuste adicional del orden de las escenas con el propósito de lograr la lógica y continuidad de las secuencias.
+* Colaborar con los directores de cine, ingenieros de sonido y compositores de cine.</t>
+  </si>
+  <si>
     <t>Graphic</t>
+  </si>
+  <si>
+    <t>Gráfico</t>
   </si>
   <si>
     <t>* Manuscript editing from a technological aspect and applying typological rules.
 * Designing and implementing one’s own graphic designs.
 * Assessing typesetting and illustration quality from a professional, technical, and artistic aspect. 
 * Processing graphic designs from the aspect of the printing techniques used.
 * Processing text and image templates using computer technology.
 * Combining text and image elements of print media by means of word-wrapping.
 * Page or print media elements disassembling within the printing sheet or any other printed media by means of sheet assembly.
 * Assessing polygraphic intermediates and products from the qualitative aspect.</t>
   </si>
   <si>
+    <t>* Edición de manuscritos desde el aspecto tecnológico y aplicación de reglas tipológicas.
+* Diseño e implementación de diseños gráficos propios.
+* Evaluación de la calidad de la composición tipográfica y las ilustraciones desde un aspecto profesional, técnico y artístico.
+* Procesamiento de diseños gráficos desde el aspecto de las técnicas de impresión utilizadas.
+* Procesamiento de plantillas de texto e imagen utilizando tecnología informática.
+* Combinación de elementos de texto e imagen de medios impresos mediante ajuste de texto.
+* Desensamblaje de elementos de página o medios impresos dentro de la hoja de impresión o cualquier otro medio impreso mediante montaje de hoja.
+* Evaluación de intermediarios y productos poligráficos desde el aspecto cualitativo.</t>
+  </si>
+  <si>
     <t>Journalist</t>
+  </si>
+  <si>
+    <t>Periodista</t>
   </si>
   <si>
     <t>* Collecting, sorting and verifying the information.
 * Processing interesting topics for readers, viewers and listeners.
 * Writing and preparing reports, reportages, commentaries, reviews, interviews, glosses, feuilletons etc.
 * Searching for and selecting images suitable for the articles.
 * Publishing information in mass media.</t>
   </si>
   <si>
+    <t>* Recopilar, clasificar y verificar la información.
+* Procesar temas interesantes para lectores, espectadores y oyentes.
+* Redactar y preparar informes, reportajes, comentarios, reseñas, entrevistas, glosas, folletines, etc.
+* Buscar y seleccionar imágenes adecuadas para los artículos.
+* Publicar información en medios de comunicación masivos.</t>
+  </si>
+  <si>
     <t>Junior Graphic Designer</t>
+  </si>
+  <si>
+    <t>Diseñador gráfico junior</t>
   </si>
   <si>
     <t>* Creating a wide range of graphic concepts on the basis of detailed assignments from clients.
 * Incorporating clients’ comments into graphic designs.
 * Transferring drawings from paper to electronic form using a scanner.
 * Setting the final style and colours of drawings in a graphics program.
 * Exporting graphic designs in the desired format.</t>
   </si>
   <si>
+    <t>* Crear una amplia variedad de conceptos gráficos en base a asignaciones detalladas de los clientes.
+* Incorporar comentarios de los clientes en los diseños gráficos.
+* Transferir dibujos de papel a forma electrónica utilizando un escáner.
+* Establecer el estilo y los colores finales de los dibujos en un programa de gráficos.
+* Exportar diseños gráficos en el formato deseado.</t>
+  </si>
+  <si>
     <t>Managing Editor</t>
+  </si>
+  <si>
+    <t>Editor jefe</t>
   </si>
   <si>
     <t>* Responsibility for the content of the entrusted periodical.
 * Coordinating the activities of editors in the publishing house.
 * Editing articles.
 * Creating the appearance of the pages in the periodical.
 * Writing editorials.</t>
   </si>
   <si>
+    <t>* Responsabilidad por el contenido de la publicación periódica encomendada.
+* Coordinación de las actividades de los editores en la casa editorial.
+* Edición de artículos.
+* Creación del diseño de las páginas en la publicación periódica.
+* Redacción de editoriales.</t>
+  </si>
+  <si>
     <t>Organizer</t>
+  </si>
+  <si>
+    <t>Organizador</t>
   </si>
   <si>
     <t>* Coordinating and organizing events, workshops, and conferences related to journalism, media, and graphic arts.
 * Collaborating with various stakeholders, including artists, journalists, and media professionals to ensure successful project execution.
 * Managing project timelines, budgets, and resources to meet organizational goals.
 * Developing and maintaining relationships with media outlets, sponsors, and partners to enhance visibility and support for initiatives.
 * Overseeing logistics, including venue selection, equipment setup, and catering arrangements.
 * Creating promotional materials and managing social media campaigns to engage audiences and promote events.
 * Assisting in the recruitment and training of volunteers and staff for events and projects.
 * Conducting research and analysis to identify trends and opportunities within the journalism and media landscape.
 * Evaluating the success of events and initiatives through feedback and performance metrics, making recommendations for future improvements.
 * Ensuring compliance with relevant regulations and standards in event planning and execution.</t>
   </si>
   <si>
+    <t>* Coordinar y organizar eventos, talleres y conferencias relacionados con el periodismo, los medios de comunicación y las artes gráficas.
+* Colaborar con diversas partes interesadas, incluyendo artistas, periodistas y profesionales de los medios de comunicación para garantizar la ejecución exitosa de los proyectos.
+* Gestionar cronogramas, presupuestos y recursos de proyectos para cumplir con los objetivos organizacionales.
+* Desarrollar y mantener relaciones con medios de comunicación, patrocinadores y socios para mejorar la visibilidad y el apoyo a las iniciativas.
+* Supervisar la logística, incluyendo la selección de lugares, la configuración de equipos y los arreglos de catering.
+* Crear materiales promocionales y gestionar campañas de redes sociales para atraer audiencias y promocionar eventos.
+* Ayudar en la contratación y capacitación de voluntarios y personal para eventos y proyectos.
+* Realizar investigación y análisis para identificar tendencias y oportunidades dentro del panorama del periodismo y los medios de comunicación.
+* Evaluar el éxito de los eventos e iniciativas a través de retroalimentación y métricas de desempeño, haciendo recomendaciones para mejoras futuras.
+* Asegurar el cumplimiento de las regulaciones y normas relevantes en la planificación y ejecución de eventos.</t>
+  </si>
+  <si>
     <t>Photo Editor</t>
+  </si>
+  <si>
+    <t>Editor de fotos</t>
   </si>
   <si>
     <t>* Searching for photographs, illustrations, and flash animations in online databases.
 * Assigning tasks to photographers.
 * Selecting suitable photographs and illustrations for the covers of periodicals, articles, websites, etc.
 * Archiving purchased photographs.
 * Communicating with editors and the issue manager, etc.</t>
   </si>
   <si>
+    <t>* Buscar fotografías, ilustraciones y animaciones flash en bases de datos en línea.
+* Asignar tareas a fotógrafos.
+* Seleccionar fotografías e ilustraciones adecuadas para las portadas de publicaciones periódicas, artículos, sitios web, etc.
+* Archivar las fotografías compradas.
+* Comunicarse con editores y el responsable de la edición, etc.</t>
+  </si>
+  <si>
     <t>Printer</t>
+  </si>
+  <si>
+    <t>Impresor</t>
   </si>
   <si>
     <t>* Producing printed material with the help of printing presses.
 * Preparing and controlling the printing forms.
 * Securing production of a new printing form in case of its bad quality.
 * Adjusting printing presses.
 * Being responsible for keeping the correct technological procedure.
 * Controlling the quality of the press.
 * Keeping the printing presses in operation mode.</t>
   </si>
   <si>
+    <t>* Producción de material impreso con la ayuda de prensas de impresión.
+* Preparación y control de las formas de impresión.
+* Aseguramiento de la producción de una nueva forma de impresión en caso de mala calidad.
+* Ajuste de prensas de impresión.
+* Responsable de mantener el procedimiento tecnológico correcto.
+* Control de la calidad de la prensa.
+* Mantenimiento de las prensas de impresión en modo operativo.</t>
+  </si>
+  <si>
     <t>Printing Technician</t>
+  </si>
+  <si>
+    <t>Técnico de impresión</t>
   </si>
   <si>
     <t>* Setting up and operating printing presses to produce high-quality printed materials.
 * Conducting routine maintenance and troubleshooting of printing equipment to ensure optimal performance.
 * Collaborating with graphic designers and clients to understand project specifications and requirements.
 * Monitoring the printing process to ensure color accuracy, registration, and overall print quality.
 * Adjusting ink flow, pressure, and other parameters to achieve desired print results.
 * Maintaining inventory of printing supplies and materials, including inks, papers, and other consumables.
 * Ensuring compliance with safety and quality standards throughout the printing process.
 * Keeping detailed records of production runs, including quantities printed and any issues encountered.
 * Assisting in the training of junior staff and providing guidance on printing techniques and equipment operation.
 * Staying updated on industry trends and advancements in printing technology to enhance production efficiency.</t>
   </si>
   <si>
+    <t>* Configurar y operar prensas de impresión para producir materiales impresos de alta calidad.
+* Realizar el mantenimiento rutinario y la resolución de problemas del equipo de impresión para garantizar un rendimiento óptimo.
+* Colaborar con diseñadores gráficos y clientes para comprender las especificaciones y requisitos del proyecto.
+* Supervisar el proceso de impresión para garantizar la precisión del color, el registro y la calidad general de la impresión.
+* Ajustar el flujo de tinta, la presión y otros parámetros para lograr los resultados de impresión deseables.
+* Mantener un inventario de suministros y materiales de impresión, incluyendo tintas, papeles y otros consumibles.
+* Garantizar el cumplimiento de los estándares de seguridad y calidad durante todo el proceso de impresión.
+* Mantener registros detallados de las corridas de producción, incluyendo cantidades impresas y cualquier problema encontrado.
+* Ayudar en la formación del personal junior y proporcionar orientación sobre técnicas de impresión y operación de equipo.
+* Mantenerse actualizado sobre las tendencias de la industria y los avances en tecnología de impresión para mejorar la eficiencia de la producción.</t>
+  </si>
+  <si>
     <t>Producer</t>
+  </si>
+  <si>
+    <t>Productor</t>
   </si>
   <si>
     <t>* Overseeing the production process of various media projects, including film, television, and digital content.
 * Hiring directors, lead actors, and key technical staff to ensure high-quality production.
 * Facilitating communication between artistic personnel, focusing on working conditions and compensation negotiations.
 * Coordinating the collaborative efforts of writers, directors, managers, and other team members to maintain project timelines and objectives.
 * Managing budgets and ensuring that productions are completed within financial constraints.
 * Developing production schedules and ensuring adherence to deadlines.
 * Conducting auditions and casting sessions to select appropriate talent for projects.
 * Ensuring compliance with industry regulations and standards throughout the production process.
 * Collaborating with marketing and distribution teams to promote finished projects effectively.
 * Problem-solving and addressing any issues that arise during production to keep projects on track.</t>
   </si>
   <si>
+    <t>* Supervisar el proceso de producción de diversos proyectos de medios, incluidos cine, televisión y contenido digital.
+* Contratar directores, actores principales y personal técnico clave para garantizar una producción de alta calidad.
+* Facilitar la comunicación entre el personal artístico, enfocándose en las condiciones laborales y las negociaciones de compensación.
+* Coordinar los esfuerzos colaborativos de escritores, directores, gerentes y otros miembros del equipo para mantener los plazos y objetivos del proyecto.
+* Administrar los presupuestos y asegurarse de que las producciones se completen dentro de los límites financieros.
+* Desarrollar horarios de producción y asegurarse del cumplimiento de los plazos.
+* Realizar audiciones y sesiones de casting para seleccionar el talento adecuado para los proyectos.
+* Asegurar el cumplimiento de las regulaciones y estándares de la industria durante el proceso de producción.
+* Colaborar con los equipos de marketing y distribución para promocionar proyectos terminados de manera efectiva.
+* Resolver problemas y abordar cualquier problema que surja durante la producción para mantener los proyectos en marcha.</t>
+  </si>
+  <si>
     <t>Proofreader</t>
+  </si>
+  <si>
+    <t>Corrector de textos</t>
   </si>
   <si>
     <t xml:space="preserve">* Reading the hand-writings in the printed or digital form.
 * Searching for errors in the contents, language, grammar and style.
 * Marking errors using proofreading marks.
 * Consulting the found imperfections with the authors of the texts.
 * Repeated reading of the corrected hand writings before sending them into print.
 </t>
   </si>
   <si>
+    <t>* Leer manuscritos en forma impresa o digital.
+* Buscar errores en contenido, idioma, gramática y estilo.
+* Marcar errores utilizando marcas de corrección.
+* Consultar las imperfecciones encontradas con los autores de los textos.
+* Leer repetidamente los manuscritos corregidos antes de enviarlos a imprimir.</t>
+  </si>
+  <si>
     <t>Publishing House Director</t>
+  </si>
+  <si>
+    <t>Director de la editorial</t>
   </si>
   <si>
     <t>* Lead and oversee the strategic direction and operations of the publishing house to ensure alignment with company goals and objectives.
 * Develop and implement innovative publishing strategies to enhance market presence and increase readership.
 * Manage and cultivate relationships with authors, editors, graphic designers, and other key stakeholders to ensure high-quality content production.
 * Oversee the financial performance of the publishing house, including budgeting, forecasting, and financial reporting.
 * Ensure compliance with industry regulations and standards, maintaining the integrity and reputation of the publishing house.
 * Spearhead marketing and promotional activities to expand the reach and impact of published works.
 * Foster a creative and collaborative work environment that encourages innovation and excellence in publishing.
 * Monitor industry trends and competitor activities to identify opportunities for growth and improvement.
 * Lead recruitment, training, and development of staff, promoting a culture of continuous learning and professional development.
 * Represent the publishing house at industry events, conferences, and networking opportunities to build and maintain professional networks.
 * Ensure effective communication and collaboration across all departments to streamline processes and enhance productivity.
 * Report directly to senior management, providing regular updates on performance, challenges, and strategic initiatives.</t>
   </si>
   <si>
+    <t>* Dirigir y supervisar la dirección estratégica y las operaciones de la casa editorial para asegurar su alineación con los objetivos y metas de la empresa.
+* Desarrollar e implementar estrategias de publicación innovadoras para mejorar la presencia en el mercado y aumentar la lectura.
+* Gestionar y cultivar relaciones con autores, editores, diseñadores gráficos y otros interesados clave para garantizar la producción de contenido de alta calidad.
+* Supervisar el desempeño financiero de la casa editorial, incluyendo la elaboración de presupuestos, previsiones y reportes financieros.
+* Asegurar el cumplimiento de las normas y regulaciones del sector, manteniendo la integridad y reputación de la casa editorial.
+* Liderar las actividades de marketing y promoción para ampliar el alcance y el impacto de las obras publicadas.
+* Fomentar un entorno de trabajo creativo y colaborativo que aliente la innovación y la excelencia en la publicación.
+* Monitorear las tendencias del sector y las actividades de los competidores para identificar oportunidades de crecimiento y mejora.
+* Dirigir la contratación, capacitación y desarrollo de personal, promoviendo una cultura de aprendizaje continuo y desarrollo profesional.
+* Representar a la casa editorial en eventos del sector, conferencias y oportunidades de networking para construir y mantener redes profesionales.
+* Asegurar una comunicación y colaboración efectivas en todos los departamentos para simplificar los procesos y mejorar la productividad.
+* Reportar directamente a la alta dirección, proporcionando actualizaciones periódicas sobre el desempeño, los desafíos y las iniciativas estratégicas.</t>
+  </si>
+  <si>
     <t>Radio presenter and announcer</t>
+  </si>
+  <si>
+    <t>Locutor de radio</t>
   </si>
   <si>
     <t>* Hosting live radio shows and engaging with listeners through phone calls and social media.
 * Researching and preparing content related to current events, music, culture, and community issues.
 * Conducting interviews with guests, including artists, public figures, and experts in various fields.
 * Collaborating with producers and technical staff to ensure smooth broadcasting operations.
 * Creating and curating playlists that resonate with the target audience.
 * Developing promotional materials and participating in marketing initiatives to grow the station's audience.
 * Monitoring audience feedback and adjusting content and delivery based on listener preferences.
 * Staying informed about industry trends and best practices to enhance programming quality.
 * Representing the radio station at public events, festivals, and community gatherings.
 * Maintaining a professional and engaging on-air presence while adhering to broadcasting standards and regulations.</t>
   </si>
   <si>
+    <t>* Presentar programas de radio en vivo y interactuar con los oyentes a través de llamadas telefónicas y medios sociales.
+* Investigar y preparar contenido relacionado con eventos actuales, música, cultura y problemas comunitarios.
+* Realizar entrevistas con invitados, incluyendo artistas, figuras públicas y expertos en diversos campos.
+* Colaborar con productores y personal técnico para garantizar operaciones de transmisión fluidas.
+* Crear y curar listas de reproducción que resuenen con la audiencia objetivo.
+* Desarrollar materiales promocionales y participar en iniciativas de marketing para aumentar la audiencia de la estación.
+* Monitorear la retroalimentación de la audiencia y ajustar el contenido y la entrega según las preferencias de los oyentes.
+* Mantenerse informado sobre las tendencias y mejores prácticas de la industria para mejorar la calidad de la programación.
+* Representar a la estación de radio en eventos públicos, festivales y reuniones comunitarias.
+* Mantener una presencia en el aire profesional y atractiva, a la vez que se adhiere a los estándares y regulaciones de transmisión.</t>
+  </si>
+  <si>
     <t>Reporter</t>
+  </si>
+  <si>
+    <t>Reportero</t>
   </si>
   <si>
     <t>* Researching and gathering information on various topics for news stories.
 * Conducting interviews with individuals to obtain firsthand accounts and insights.
 * Writing clear, accurate, and engaging news articles for print, online, or broadcast media.
 * Developing and maintaining a network of contacts to enhance story development.
 * Fact-checking and verifying information to ensure journalistic integrity.
 * Attending events, press conferences, and public meetings to report on relevant issues.
 * Collaborating with editors, photographers, and other journalists to produce high-quality content.
 * Adhering to deadlines while managing multiple assignments and priorities.
 * Utilizing social media platforms to promote stories and engage with the audience.
 * Staying informed about current events and trends in various fields to identify potential stories.
 * Upholding ethical standards and guidelines in journalism to maintain public trust.
 * Participating in ongoing training and professional development to enhance reporting skills.</t>
   </si>
   <si>
+    <t>* Investigar y recopilar información sobre diversos temas para historias de noticias.
+* Realizar entrevistas con personas para obtener relatos y conocimientos de primera mano.
+* Redactar artículos de noticias claros, precisos y atractivos para medios de comunicación impresos, en línea o de radiodifusión.
+* Desarrollar y mantener una red de contactos para mejorar el desarrollo de historias.
+* Verificar y comprobar los hechos para garantizar la integridad periodística.
+* Asistir a eventos, conferencias de prensa y reuniones públicas para informar sobre temas relevantes.
+* Colaborar con editores, fotógrafos y otros periodistas para producir contenido de alta calidad.
+* Cumplir con los plazos mientras se administran múltiples asignaciones y prioridades.
+* Utilizar plataformas de redes sociales para promocionar historias y interactuar con la audiencia.
+* Mantenerse informado sobre eventos y tendencias actuales en varios campos para identificar historias potenciales.
+* Defender estándares éticos y directrices en el periodismo para mantener la confianza pública.
+* Participar en la formación y el desarrollo profesional continuo para mejorar las habilidades de reportaje.</t>
+  </si>
+  <si>
     <t>Senior Graphic Designer</t>
+  </si>
+  <si>
+    <t>Diseñador gráfico senior</t>
   </si>
   <si>
     <t>* Self-reliant production of a wide range of creative graphic concepts without detailed assignments from clients.
 * Incorporating clients’ comments into graphic designs.
 * Transferring drawings from paper to electronic form using a scanner.
 * Setting the final style and colours of drawings in a graphics program.
 * Exporting graphic designs in the desired format.</t>
+  </si>
+  <si>
+    <t>* Producción autónoma de una amplia gama de conceptos gráficos creativos sin asignaciones detalladas de los clientes.
+* Incorporación de los comentarios de los clientes en los diseños gráficos.
+* Transferencia de dibujos del papel a formato electrónico mediante un escáner.
+* Configuración del estilo y los colores finales de los dibujos en un programa de gráficos.
+* Exportación de los diseños gráficos en el formato deseado.</t>
   </si>
   <si>
     <t>* Setting up and operating audio equipment for live events, recordings, and broadcasts.
 * Collaborating with producers, directors, and other team members to achieve desired sound quality.
 * Mixing and editing audio tracks to ensure clarity and balance.
 * Conducting regular maintenance and troubleshooting of audio equipment.
 * Ensuring compliance with safety standards and regulations in audio production.
 * Recording sound effects, voiceovers, and music for various media projects.
 * Monitoring audio levels during recordings and live performances to ensure optimal sound.
 * Creating and maintaining audio archives for future reference and use.
 * Staying updated with the latest audio technology and techniques to enhance production quality.
 * Assisting in the planning and execution of sound design for multimedia projects.
 * Providing technical support and guidance to other team members during productions.
 * Managing audio budgets and resources effectively to optimize production costs.</t>
   </si>
   <si>
+    <t>* Configurar y operar equipos de audio para eventos en vivo, grabaciones y transmisiones.
+* Colaborar con productores, directores y otros miembros del equipo para lograr la calidad de sonido deseada.
+* Mezclar y editar pistas de audio para garantizar claridad y equilibrio.
+* Realizar mantenimiento regular y solucionar problemas de los equipos de audio.
+* Asegurar el cumplimiento de las normas y regulaciones de seguridad en la producción de audio.
+* Grabar efectos de sonido, narraciones y música para proyectos de medios varios.
+* Supervisar los niveles de audio durante las grabaciones y las actuaciones en vivo para asegurar un sonido óptimo.
+* Crear y mantener archivos de audio para futuras consultas y uso.
+* Mantenerse actualizado con la última tecnología de audio y técnicas para mejorar la calidad de la producción.
+* Ayudar en la planificación y ejecución del diseño de sonido para proyectos multimedia.
+* Proporcionar apoyo técnico y orientación a otros miembros del equipo durante las producciones.
+* Gestionar presupuestos y recursos de audio de manera efectiva para optimizar los costos de producción.</t>
+  </si>
+  <si>
     <t>TV Presenter</t>
+  </si>
+  <si>
+    <t>Presentador de televisión</t>
   </si>
   <si>
     <t>* Presenting and announcing various segments within electronic media, including radio and television programs.
 * Introducing daily programming, including shows, musical performances, and guest appearances.
 * Reading news articles and other texts in spoken format, ensuring clear and engaging delivery.
 * Conducting interviews with guests and experts to provide insightful commentary and discussion.
 * Engaging with the audience through interactive segments and social media platforms.
 * Collaborating with production teams to develop content and improve program quality.
 * Preparing for broadcasts by researching topics and gathering relevant information.
 * Delivering promotional messages and advertisements in a professional manner.
 * Adapting to live broadcasting situations with poise and professionalism.
 * Upholding the standards of journalistic integrity and accuracy in all communications.</t>
   </si>
   <si>
+    <t>* Presentar y anunciar varios segmentos dentro de los medios electrónicos, incluidos programas de radio y televisión.
+* Presentar la programación diaria, incluidos shows, actuaciones musicales y apariciones de invitados.
+* Leer artículos de noticias y otros textos en formato hablado, asegurando una entrega clara y atractiva.
+* Realizar entrevistas con invitados y expertos para proporcionar comentarios y debates perspicaces.
+* Interactuar con la audiencia a través de segmentos interactivos y plataformas de redes sociales.
+* Colaborar con los equipos de producción para desarrollar contenido y mejorar la calidad del programa.
+* Prepararse para las emisiones investigando temas y recopilando información relevante.
+* Transmitir mensajes promocionales y anuncios de manera profesional.
+* Adaptarse a situaciones de emisión en vivo con aplomo y profesionalismo.
+* Mantener los estándares de integridad y precisión periodísticas en todas las comunicaciones.</t>
+  </si>
+  <si>
     <t>TV/Film Production Assistant</t>
+  </si>
+  <si>
+    <t>Asistente de producción de televisión y cine</t>
   </si>
   <si>
     <t>* Assisting in the preparation and organization of film and television productions.
 * Coordinating schedules and logistics for cast and crew members.
 * Supporting the production team in various tasks including set preparation and equipment setup.
 * Managing communication between departments to ensure smooth operation during filming.
 * Assisting with the handling of production paperwork, including contracts and release forms.
 * Contributing to the maintenance of production budgets and tracking expenses.
 * Helping to organize and facilitate auditions and casting calls.
 * Assisting in the post-production process, including editing and reviewing footage.
 * Coordinating travel arrangements and accommodations for cast and crew.
 * Engaging in problem-solving and providing support during on-set challenges.
 * Maintaining a positive and professional atmosphere on set.
 * Performing other duties as assigned by the production team.</t>
   </si>
   <si>
+    <t>* Colaborar en la preparación y organización de producciones de cine y televisión.
+* Coordinar horarios y logística para los miembros del elenco y del equipo.
+* Apoyar al equipo de producción en diversas tareas, incluyendo la preparación del set y la configuración del equipo.
+* Gestionar la comunicación entre departamentos para garantizar una operación fluida durante el rodaje.
+* Ayudar con el manejo de la documentación de producción, incluyendo contratos y formularios de liberación.
+* Contribuir al mantenimiento de los presupuestos de producción y al seguimiento de gastos.
+* Ayudar a organizar y facilitar audiciones y llamadas de casting.
+* Colaborar en el proceso de postproducción, incluyendo edición y revisión de metraje.
+* Coordinar arreglos de viaje y alojamiento para el elenco y el equipo.
+* Participar en la resolución de problemas y brindar apoyo durante los desafíos en el set.
+* Mantener un ambiente positivo y profesional en el set.
+* Realizar otras tareas asignadas por el equipo de producción.</t>
+  </si>
+  <si>
     <t>Law &amp; Legislation</t>
   </si>
   <si>
+    <t>Derecho y legislación</t>
+  </si>
+  <si>
     <t>Administrative officer</t>
+  </si>
+  <si>
+    <t>Oficial administrativo</t>
   </si>
   <si>
     <t>* Preparing, issuing and registering issued and received files and documents.
 * Preparing drafts of various types of agreements.
 * Providing legal support in administrative proceedings and disputes.
 * Communicating with clients and informing them what personal and other documents to make available.
 * Organizing and keeping lawsuit records.
 * Producing internal corporate documents.</t>
   </si>
   <si>
+    <t>* Preparar, emitir y registrar documentos y archivos emitidos y recibidos.
+* Preparar borradores de diferentes tipos de acuerdos.
+* Proporcionar apoyo legal en procedimientos administrativos y disputas.
+* Comunicarse con los clientes e informarles qué documentos personales y otros deben poner a disposición.
+* Organizar y mantener registros de pleitos.
+* Crear documentos corporativos internos.</t>
+  </si>
+  <si>
     <t>Bailiff/Enforcement Officer</t>
+  </si>
+  <si>
+    <t>Alguacil</t>
   </si>
   <si>
     <t>* Enforcing court decisions and ensuring compliance with legal orders.
 * Conducting property seizures and sales in accordance with applicable laws.
 * Serving legal documents and notices to relevant parties.
 * Liaising with law enforcement agencies to facilitate the execution of enforcement actions.
 * Maintaining accurate records of all enforcement activities and transactions.
 * Providing detailed reports to the court regarding the status of enforcement actions.
 * Advising clients on their rights and obligations under the law.
 * Collaborating with legal professionals to ensure the effective execution of judgments.
 * Attending court hearings as required to represent enforcement actions.
 * Upholding ethical standards and maintaining professionalism in all interactions.
 * Managing and prioritizing a caseload effectively to meet deadlines.
 * Staying informed on changes in legislation and enforcement procedures.
 * Engaging in continuous professional development to enhance skills and knowledge in enforcement law.
 * Ensuring the safety and security of all parties involved during enforcement activities.
 * Handling inquiries and providing support to individuals affected by enforcement actions.</t>
   </si>
   <si>
+    <t>* Hacer cumplir las decisiones judiciales y garantizar el cumplimiento de las órdenes legales.
+* Realizar embargos y ventas de propiedades de acuerdo con las leyes aplicables.
+* Notificar documentos legales y avisos a las partes relevantes.
+* Coordinar con las agencias de aplicación de la ley para facilitar la ejecución de acciones de cumplimiento.
+* Mantener registros precisos de todas las actividades y transacciones de cumplimiento.
+* Proporcionar informes detallados al tribunal sobre el estado de las acciones de cumplimiento.
+* Asesorar a los clientes sobre sus derechos y obligaciones bajo la ley.
+* Colaborar con profesionales del derecho para garantizar la ejecución efectiva de sentencias.
+* Asistir a audiencias judiciales según sea necesario para representar acciones de cumplimiento.
+* Mantener estándares éticos y profesionalismo en todas las interacciones.
+* Gestionar y priorizar una carga de casos de manera efectiva para cumplir con los plazos.
+* Mantenerse informado sobre cambios en la legislación y procedimientos de cumplimiento.
+* Participar en el desarrollo profesional continuo para mejorar habilidades y conocimientos en derecho de cumplimiento.
+* Garantizar la seguridad y protección de todas las partes involucradas durante las actividades de cumplimiento.
+* Atender consultas y proporcionar apoyo a las personas afectadas por las acciones de cumplimiento.</t>
+  </si>
+  <si>
     <t>Judge</t>
+  </si>
+  <si>
+    <t>Juez</t>
   </si>
   <si>
     <t>* Presiding over court proceedings and ensuring they are conducted fairly and impartially.
 * Interpreting and applying laws, regulations, and legal precedents to cases.
 * Evaluating evidence presented during trials and making rulings on admissibility.
 * Delivering judgments in civil and criminal cases based on facts and legal principles.
 * Writing detailed legal opinions that outline the reasoning behind decisions.
 * Managing court schedules and ensuring timely progression of cases.
 * Collaborating with attorneys, law enforcement, and court personnel to facilitate legal processes.
 * Providing guidance to juries on legal standards and procedures during trials.
 * Upholding the integrity of the judicial system and maintaining public confidence in the rule of law.
 * Engaging in continuous legal education to stay updated on changes in laws and judicial practices.
 * Serving as a mediator in settlement discussions when appropriate to resolve disputes outside of court.
 * Ensuring compliance with ethical standards and maintaining confidentiality in legal matters.</t>
   </si>
   <si>
+    <t>* Presidir los procedimientos judiciales y garantizar que se lleven a cabo de manera justa e imparcial.
+* Interpretar y aplicar leyes, regulaciones y precedentes legales a los casos.
+* Evaluar las pruebas presentadas durante los juicios y emitir fallos sobre su admisibilidad.
+* Emitir sentencias en casos civiles y penales basadas en hechos y principios legales.
+* Redactar opiniones legales detalladas que expliquen el razonamiento detrás de las decisiones.
+* Gestionar los horarios de los tribunales y garantizar el progreso oportuno de los casos.
+* Colaborar con abogados, agentes del orden y personal judicial para facilitar los procesos legales.
+* Brindar orientación a los miembros del jurado sobre los estándares y procedimientos legales durante los juicios.
+* Mantener la integridad del sistema judicial y confianza pública en el estado de derecho.
+* Participar en educación legal continua para mantenerse actualizado sobre los cambios en las leyes y prácticas judiciales.
+* Servir como mediador en discusiones de conciliación cuando sea adecuado para resolver disputas fuera de los tribunales.
+* Garantizar el cumplimiento de los estándares éticos y mantener la confidencialidad en asuntos legales.</t>
+  </si>
+  <si>
     <t>Judicial assistant</t>
+  </si>
+  <si>
+    <t>Asistente judicial</t>
   </si>
   <si>
     <t>* Assisting judges and court personnel in managing case files and legal documents.
 * Preparing legal documents, including briefs, motions, and orders for court proceedings.
 * Conducting legal research to support case preparation and assist in legal decision-making.
 * Organizing and maintaining court records, ensuring accuracy and confidentiality.
 * Attending court sessions to take notes and record proceedings for official documentation.
 * Communicating with attorneys, clients, and other court officials regarding case status and scheduling.
 * Ensuring compliance with court procedures and deadlines.
 * Assisting in the preparation of trial exhibits and evidence for presentation in court.
 * Managing the scheduling of court hearings, trials, and meetings.
 * Providing administrative support to judges and court staff as required.
 * Maintaining a professional demeanor and upholding ethical standards in all interactions.
 * Contributing to the smooth operation of the court by performing additional duties as assigned.</t>
   </si>
   <si>
+    <t>* Ayudar a los jueces y al personal del tribunal en la gestión de expedientes de casos y documentos legales.
+* Preparar documentos legales, incluidos escritos, mociones y órdenes para los procedimientos judiciales.
+* Realizar investigaciones legales para apoyar la preparación de casos y asistir en la toma de decisiones legales.
+* Organizar y mantener los registros del tribunal, asegurando la precisión y la confidencialidad.
+* Asistir a las sesiones del tribunal para tomar notas y registrar los procedimientos para la documentación oficial.
+* Comunicarse con abogados, clientes y otros funcionarios del tribunal sobre el estado de los casos y la programación.
+* Asegurar el cumplimiento de los procedimientos y plazos del tribunal.
+* Ayudar en la preparación de pruebas y evidencia para la presentación en el tribunal.
+* Gestionar la programación de audiencias, juicios y reuniones del tribunal.
+* Proporcionar apoyo administrativo a los jueces y al personal del tribunal según sea necesario.
+* Mantener un comportamiento profesional y defender los estándares éticos en todas las interacciones.
+* Contribuir al funcionamiento fluido del tribunal realizando tareas adicionales según se le asignen.</t>
+  </si>
+  <si>
     <t>Lawyer</t>
+  </si>
+  <si>
+    <t>Jurista</t>
   </si>
   <si>
     <t>* Providing legal consulting services.
 * Completing legal analysis and statements.
 * Evaluation and completion of legal documents.
 * Representing clients during meetings, signature of contracts, and similar activities.</t>
   </si>
   <si>
+    <t>* Prestación de servicios de consultoría jurídica.
+* Realización de análisis y declaraciones legales.
+* Evaluación y redacción de documentos legales.
+* Representación de clientes durante reuniones, firma de contratos y actividades similares.</t>
+  </si>
+  <si>
     <t>Legal advisor</t>
+  </si>
+  <si>
+    <t>Asesor jurídico</t>
   </si>
   <si>
     <t xml:space="preserve">* To conduct legal analysis and research on various legal matters of the client or the organization
 * To provide advice on different legal issues and assist in drafting legal opinions, memoranda and other briefing documents
 * To be actively involved in preparing and drafting of different acts and legal submissions and draft the authoritative legal opinions as well
 * To conduct legal research by utilizing various resources and selecting the relevant material to analyze the legal information
 * To assist in reviewing the legal material and any other relevant documents and to identify the most important issues that need to be sorted out on a priority basis
 * To draw up formalities regarding the settlement of disputes and monitor the implementation of the legal clauses
 </t>
   </si>
   <si>
+    <t>* Realizar análisis y research jurídicos sobre diversos asuntos legales del cliente o la organización
+* Proporcionar asesoramiento sobre diferentes cuestiones legales y ayudar a redactar opiniones legales, memorandos y otros documentos de información
+* Participar activamente en la preparación y redacción de diferentes actos y presentaciones legales, así como en la redacción de opiniones legales autorizadas
+* Realizar investigaciones jurídicas utilizando diversos recursos y seleccionando el material relevante para analizar la información legal
+* Ayudar a revisar el material legal y cualquier otro documento relevante e identificar los problemas más importantes que deben resolverse con prioridad
+* Elaborar las formalidades relativas a la resolución de disputas y supervisar la implementación de las cláusulas legales</t>
+  </si>
+  <si>
     <t>Notary</t>
+  </si>
+  <si>
+    <t>Notario</t>
   </si>
   <si>
     <t>* Certifying and drafting private and public documents, including signature verification.
 * Attending board meetings of commercial companies, taking minutes, and preparing contracts.
 * Performing non-contentious legal work, such as managing inheritance proceedings and resolving legal matters that are not in dispute.
 * Advising clients on legal rights and obligations related to notarial acts.
 * Ensuring compliance with relevant laws and regulations in all notarial activities.
 * Maintaining accurate records of all notarial services rendered and safeguarding client confidentiality.
 * Collaborating with other legal professionals to facilitate the execution of documents and transactions.
 * Providing guidance on the preparation of documents necessary for various legal processes.
 * Engaging in continuous professional development to stay updated on changes in legislation and notarial practices.
 * Representing the notary office in legal proceedings when necessary and assisting clients in understanding the implications of legal documents.</t>
   </si>
   <si>
+    <t>* Certificar y redactar documentos privados y públicos, incluida la verificación de firmas.
+* Asistir a reuniones de junta de empresas comerciales, tomar actas y preparar contratos.
+* Realizar trabajo jurídico no contencioso, como gestionar procedimientos de herencia y resolver asuntos legales que no estén en disputa.
+* Asesorar a clientes sobre derechos y obligaciones legales relacionados con actos notariales.
+* Asegurar el cumplimiento de leyes y regulaciones relevantes en todas las actividades notariales.
+* Mantener registros precisos de todos los servicios notariales prestados y salvaguardar la confidencialidad de los clientes.
+* Colaborar con otros profesionales legales para facilitar la ejecución de documentos y transacciones.
+* Brindar orientación sobre la preparación de documentos necesarios para diversos procesos legales.
+* Participar en el desarrollo profesional continuo para mantenerse actualizado sobre cambios en la legislación y prácticas notariales.
+* Representar a la notaría en procedimientos legales cuando sea necesario y ayudar a los clientes a comprender las implicaciones de los documentos legales.</t>
+  </si>
+  <si>
     <t>Notary Associate</t>
+  </si>
+  <si>
+    <t>Asistente de notario</t>
   </si>
   <si>
     <t>* Assisting in the preparation and execution of notarial acts, including wills, deeds, and contracts.
 * Conducting thorough research to ensure compliance with applicable laws and regulations.
 * Verifying the identity of individuals and the authenticity of documents presented for notarization.
 * Providing guidance to clients on legal procedures and requirements related to notarial services.
 * Maintaining accurate and organized records of all notarial transactions and documents.
 * Collaborating with legal professionals to facilitate the smooth execution of legal documents.
 * Responding to client inquiries and providing exceptional customer service.
 * Assisting in the development and implementation of office policies and procedures related to notarial services.
 * Participating in continuous professional development to stay updated on changes in notarial law and practices.
 * Supporting the notary public in administrative tasks as needed, including scheduling appointments and managing office communications.</t>
   </si>
   <si>
+    <t>* Asistir en la preparación y ejecución de actos notariales, incluidos testamentos, escrituras y contratos.
+* Realizar investigaciones exhaustivas para garantizar el cumplimiento de las leyes y regulaciones aplicables.
+* Verificar la identidad de las personas y la autenticidad de los documentos presentados para su notarización.
+* Brindar orientación a los clientes sobre procedimientos y requisitos legales relacionados con los servicios notariales.
+* Mantener registros precisos y organizados de todas las transacciones y documentos notariales.
+* Colaborar con profesionales legales para facilitar la ejecución fluida de documentos legales.
+* Responder a las consultas de los clientes y brindar un servicio al cliente excepcional.
+* Asistir en el desarrollo y la implementación de políticas y procedimientos de oficina relacionados con los servicios notariales.
+* Participar en el desarrollo profesional continuo para mantenerse actualizado sobre cambios en la ley y las prácticas notariales.
+* Apoyar al notario público en tareas administrativas según sea necesario, incluida la programación de citas y la gestión de la comunicación de la oficina.</t>
+  </si>
+  <si>
     <t>Paralegal - law student</t>
+  </si>
+  <si>
+    <t>Paralegal - estudiante de derecho</t>
   </si>
   <si>
     <t xml:space="preserve">* preparing legal filings in judicial proceedings and distraint orders
 * administration and record of legal agenda
 * communication with courts, executory and notarial offices
 * monitoring legal directives
 * taking care of the legal department's agenda, basic legal support
 * administrative support of the legal department
 </t>
   </si>
   <si>
+    <t>* preparación de documentos legales en procedimientos judiciales y órdenes de embargo
+* administración y registro de la agenda legal
+* comunicación con tribunales, oficinas ejecutoras y notariales
+* seguimiento de directivas legales
+* atención de la agenda del departamento legal, apoyo legal básico
+* apoyo administrativo del departamento legal</t>
+  </si>
+  <si>
     <t>Prosecutor</t>
+  </si>
+  <si>
+    <t>Fiscal</t>
   </si>
   <si>
     <t>* Representing the state in criminal prosecutions and legal proceedings.
 * Conducting thorough investigations and gathering evidence to support cases.
 * Analyzing legal issues and developing case strategies.
 * Preparing and presenting cases in court, including opening and closing statements.
 * Collaborating with law enforcement and other agencies to ensure effective case management.
 * Interviewing witnesses and victims to gather testimony and information.
 * Reviewing and approving charges, indictments, and other legal documents.
 * Ensuring compliance with legal standards and ethical guidelines throughout the prosecution process.
 * Engaging in plea negotiations and settlement discussions when appropriate.
 * Keeping up-to-date with changes in laws and legal precedents relevant to prosecutorial work.
 * Providing legal advice and guidance to law enforcement agencies and other stakeholders.
 * Participating in community outreach and educational programs to promote legal awareness.
 * Maintaining accurate records and documentation related to cases and court proceedings.
 * Upholding the integrity of the justice system and advocating for victims' rights.
 * Working collaboratively with colleagues and other legal professionals to achieve justice.</t>
   </si>
   <si>
+    <t>* Representar al estado en procesos penales y procedimientos legales.
+* Realizar investigaciones exhaustivas y recopilar pruebas para respaldar los casos.
+* Analizar cuestiones legales y desarrollar estrategias de caso.
+* Preparar y presentar casos en la corte, incluidas las declaraciones de apertura y cierre.
+* Colaborar con las agencias policiales y otras para garantizar una gestión eficaz de los casos.
+* Entrevistar a testigos y víctimas para recopilar testimonios e información.
+* Revisar y aprobar cargos, acusaciones y otros documentos legales.
+* Asegurar el cumplimiento de los estándares legales y las directrices éticas a lo largo del proceso de enjuiciamiento.
+* Participar en negociaciones de declaración de culpabilidad y discusiones de acuerdos cuando corresponda.
+* Mantenerse al día sobre cambios en las leyes y precedentes legales relevantes para el trabajo de fiscalía.
+* Brindar asesoramiento y orientación jurídicos a las agencias policiales y otros interesados.
+* Participar en programas de divulgación y educación comunitaria para promover la conciencia jurídica.
+* Mantener registros y documentación precisos relacionados con los casos y procedimientos judiciales.
+* Defender la integridad del sistema de justicia y abogar por los derechos de las víctimas.
+* Trabajar en colaboración con colegas y otros profesionales del derecho para lograr justicia.</t>
+  </si>
+  <si>
     <t>Solicitor, Barrister</t>
+  </si>
+  <si>
+    <t>Abogado</t>
   </si>
   <si>
     <t>* Representing clients and promoting their interests within the legally permitted options for legal proceedings.
 * Providing expert legal consultancy services.
 * Completing and assessing legal documents.
 * Studying the laws and their amendments.
 * Providing statements to the media after legal proceedings.</t>
   </si>
   <si>
+    <t>* Representar a los clientes y promover sus intereses dentro de las opciones legales permitidas para los procedimientos legales.
+* Proporcionar servicios de consultoría jurídica expertos.
+* Completar y evaluar documentos legales.
+* Estudiar las leyes y sus modificaciones.
+* Proporcionar declaraciones a los medios de comunicación después de los procedimientos legales.</t>
+  </si>
+  <si>
     <t>Trainee Bailiff</t>
+  </si>
+  <si>
+    <t>Alguacil en prácticas</t>
   </si>
   <si>
     <t>* Processing documents/acts of distraint under Execution Code
 * Preparing documents
 * Managing the Execution Agenda
 * Preparing motions to levy execution
 * Determining the debtor's assets
 * Communication with courts, state and public authorities
 * Communication with the participants in enforcement proceedings and with individuals and body corporates</t>
   </si>
   <si>
+    <t>* Tramitación de documentos/actos de embargo según el Código de Ejecución
+* Preparación de documentos
+* Gestión de la Agenda de Ejecución
+* Preparación de solicitudes para ejecutar el embargo
+* Determinación de los bienes del deudor
+* Comunicación con tribunales, autoridades estatales y públicas
+* Comunicación con los participantes en procedimientos de ejecución y con personas y corporaciones</t>
+  </si>
+  <si>
     <t>Leasing</t>
   </si>
   <si>
+    <t>Arrendamiento financiero</t>
+  </si>
+  <si>
+    <t>* Recuperación de recibos vencidos de los clientes de una empresa de leasing.
+* Registro y control de recibos vencidos.
+* Procesamiento y envío de recordatorios escritos y por correo electrónico.
+* Comunicación con deudores y otros departamentos dentro de la empresa.
+* Planificación de calendarios de pago en caso de insolvencia de los deudores.
+* Registro y verificación de pagos en el sistema.
+* Preparación de materiales para el departamento jurídico.</t>
+  </si>
+  <si>
     <t>Leasing Consultant</t>
+  </si>
+  <si>
+    <t>Asesor de arrendamiento</t>
   </si>
   <si>
     <t>* Finding and contacting potential clients.
 * Preparing financing offers for potential clients.
 * Building and maintaining good relations with clients and business partners.
 * Analysing clients’ needs and requirements and designing individual solutions.
 * Providing advice and consultancy on leasing.	
 * Concluding contracts with individual and corporate clients.
 * Attending regular training sessions.</t>
   </si>
   <si>
+    <t>* Buscar y contactar con posibles clientes.
+* Preparar ofertas de financiamiento para posibles clientes.
+* Construir y mantener buenas relaciones con clientes y socios comerciales.
+* Analizar las necesidades y requisitos de los clientes y diseñar soluciones individuales.
+* Proporcionar asesoramiento y consultoría sobre leasing.
+* Formalizar contratos con clientes individuales y corporativos.
+* Asistir a sesiones de formación regulares.</t>
+  </si>
+  <si>
     <t>Leasing Director</t>
+  </si>
+  <si>
+    <t>Jefe del departamento de arrendamiento</t>
   </si>
   <si>
     <t>* Ensuring the smooth operation of the leasing department within the company.
 * Responsibility for the business results of the entrusted department.
 * Finding and attracting new clients and maintaining good relations with them.
 * Managing, coordinating, motivating, and evaluating subordinate employees.
 * Training new recruits.
 * Finding and designing courses and trainings for subordinate staff.
 * Checking the attendance of subordinate employees.
 * Participating in the selection and dismissal of employees.
 * Preparing weekly and monthly reports.
 * Solving non-standard situations in the workplace.</t>
   </si>
   <si>
+    <t>* Garantizar el funcionamiento fluido del departamento de arrendamiento dentro de la empresa.
+* Responsabilidad por los resultados comerciales del departamento encomendado.
+* Buscar y atraer a nuevos clientes y mantener buenas relaciones con ellos.
+* Gestionar, coordinar, motivar y evaluar a los empleados subordinados.
+* Capacitar a los nuevos reclutas.
+* Buscar y diseñar cursos y capacitaciones para el personal subordinado.
+* Verificar la asistencia de los empleados subordinados.
+* Participar en la selección y despido de empleados.
+* Preparar informes semanales y mensuales.
+* Resolver situaciones no estándar en el lugar de trabajo.</t>
+  </si>
+  <si>
     <t>Risk Manager</t>
+  </si>
+  <si>
+    <t>Gestor de riesgos</t>
   </si>
   <si>
     <t>* Identifying risks associated with the company's business activity.
 * Drawing up a risk management strategy.
 * Setting the methodology and processes focused on the control and management of risks.
 * Regular risk assessment, determining the likelihood and impact of their occurrence.
 * Completing and updating internal regulations related to risk management.
 * Completing the reports and recommendations to company management.</t>
   </si>
   <si>
+    <t>* Identificar los riesgos asociados a la actividad empresarial de la empresa.
+* Elaborar una estrategia de gestión de riesgos.
+* Establecer la metodología y los procesos centrados en el control y la gestión de riesgos.
+* Realizar evaluaciones de riesgo periódicas, determinando la probabilidad y el impacto de su materialización.
+* Completar y actualizar las normativas internas relacionadas con la gestión de riesgos.
+* Preparar informes y recomendaciones para la dirección de la empresa.</t>
+  </si>
+  <si>
     <t>Management</t>
   </si>
   <si>
+    <t>Dirección y gerencia</t>
+  </si>
+  <si>
     <t>Account Director</t>
+  </si>
+  <si>
+    <t>Director de cuentas</t>
   </si>
   <si>
     <t>* Providing comprehensive care to key clients.
 * Attending personal meetings in order to identify the concepts and requirements of key clients.
 * Presenting the advertising agency and services it offers.
 * Creating marketing strategies and presentations.
 * Leading, motivating and evaluating the team of Account Managers and Account Executives.
 * Communicating with an implementation team within the advertising agency and with external suppliers.
 * Proposing possible solutions based on customer wishes and requirements.
 * Reviewing the budget and responsibility for its effective use.</t>
   </si>
   <si>
+    <t>* Brindar atención integral a clientes clave.
+* Asistir a reuniones personales para identificar los conceptos y requisitos de los clientes clave.
+* Presentar la agencia de publicidad y los servicios que ofrece.
+* Crear estrategias de marketing y presentaciones.
+* Dirigir, motivar y evaluar al equipo de Gerentes de Cuenta y Ejecutivos de Cuenta.
+* Comunicarse con un equipo de implementación dentro de la agencia de publicidad y con proveedores externos.
+* Proponer posibles soluciones basadas en los deseos y requisitos de los clientes.
+* Revisar el presupuesto y responsabilizarse de su uso efectivo.</t>
+  </si>
+  <si>
     <t>Art Director</t>
+  </si>
+  <si>
+    <t>Director artístico</t>
   </si>
   <si>
     <t>* Create creative and visual concepts of advertising campaigns.
 * Cooperating with the creative team on design concepts and finalising them.
 * Communicating with clients throughout the preparatory phase of the concept.
 * Presenting final proposals to clients.
 * Responsibility for the meaning and creative communication of advertising campaigns.</t>
   </si>
   <si>
+    <t>* Crear conceptos creativos y visuales de campañas publicitarias.
+* Colaborar con el equipo creativo en conceptos de diseño y finalizarlos.
+* Comunicarse con los clientes durante la fase preparatoria del concepto.
+* Presentar propuestas finales a los clientes.
+* Responsabilidad por el significado y la comunicación creativa de las campañas publicitarias.</t>
+  </si>
+  <si>
     <t>Auto Repair Shop Manager</t>
+  </si>
+  <si>
+    <t>El jefe de taller de vehículos</t>
   </si>
   <si>
     <t>* Planning the receipt and organising of the repair processes with respect to the efficient use of personnel, means of production and material.
 * Managing, coordinating and motivating employees.
 * Assigning tasks to employees and monitoring their fulfilment.
 * Recording and evaluating the time worked and workers' performance.
 * Assisting in diagnosing the complex defects and determining the repair procedures.
 * Handling complaints and claims from customers.</t>
   </si>
   <si>
+    <t>* Planificación de la recepción y organización de los procesos de reparación con respecto al uso eficiente del personal, medios de producción y materiales.
+* Gestión, coordinación y motivación de empleados.
+* Asignación de tareas a empleados y seguimiento de su cumplimiento.
+* Registro y evaluación del tiempo trabajado y rendimiento de los trabajadores.
+* Asistencia en el diagnóstico de defectos complejos y determinación de los procedimientos de reparación.
+* Atención a reclamos y quejas de los clientes.</t>
+  </si>
+  <si>
     <t>Brand Manager</t>
+  </si>
+  <si>
+    <t>Gerente de la marca</t>
   </si>
   <si>
     <t>* Responsibility for the management of assigned brands.
 * Monitoring the market, consumer preferences and competitive activities.
 * Designing and implementing the brand marketing strategy.
 * Planning the marketing budget, controlling its spending and responsibility for its effective use.
 * Building a brand´s position in the market in accordance with the marketing strategy.
 * Managing and supervising advertising campaigns.
 * Communicating with partners and external suppliers.
 * Cooperating with other departments in the company.</t>
   </si>
   <si>
+    <t>* Responsabilidad por la gestión de las marcas asignadas.
+* Monitoreo del mercado, preferencias de los consumidores y actividades de la competencia.
+* Diseño e implementación de la estrategia de marketing de la marca.
+* Planificación del presupuesto de marketing, control de su gasto y responsabilidad por su uso eficaz.
+* Construcción de la posición de la marca en el mercado de acuerdo con la estrategia de marketing.
+* Gestión y supervisión de campañas publicitarias.
+* Comunicación con socios y proveedores externos.
+* Cooperación con otros departamentos de la empresa.</t>
+  </si>
+  <si>
     <t>Business Development Manager</t>
+  </si>
+  <si>
+    <t>Director de desarrollo comercial</t>
   </si>
   <si>
     <t>* Develop and implement strategic business development plans to achieve company goals.
 * Identify and pursue new business opportunities through market research and networking.
 * Build and maintain strong relationships with clients, partners, and stakeholders.
 * Conduct presentations and product demonstrations to potential clients.
 * Collaborate with cross-functional teams to ensure alignment of business strategies.
 * Analyze market trends and competitor activities to inform business decisions.
 * Prepare and present regular reports on business development activities and outcomes.
 * Negotiate contracts and agreements with clients and partners.
 * Monitor and evaluate the effectiveness of business development initiatives.
 * Manage and mentor junior business development staff to enhance team performance.
 * Participate in industry conferences and events to represent the company and expand its network.
 * Ensure compliance with company policies and legal regulations in all business dealings.</t>
   </si>
   <si>
+    <t>* Desarrollar e implementar planes de desarrollo empresarial estratégicos para lograr los objetivos de la empresa.
+* Identificar y perseguir nuevas oportunidades de negocio a través de investigación de mercado y networking.
+* Construir y mantener relaciones sólidas con clientes, socios y partes interesadas.
+* Realizar presentaciones y demostraciones de productos a clientes potenciales.
+* Colaborar con equipos multifuncionales para asegurar la alineación de estrategias comerciales.
+* Analizar tendencias del mercado y actividades de competidores para fundamentar decisiones empresariales.
+* Preparar y presentar informes periódicos sobre las actividades de desarrollo empresarial y sus resultados.
+* Negociar contratos y acuerdos con clientes y socios.
+* Monitorear y evaluar la efectividad de las iniciativas de desarrollo empresarial.
+* Administrar y mentorear al personal junior de desarrollo empresarial para mejorar el desempeño del equipo.
+* Participar en conferencias y eventos del sector para representar a la empresa y expandir su red de contactos.
+* Asegurar el cumplimiento de las políticas de la empresa y las regulaciones legales en todas las transacciones comerciales.</t>
+  </si>
+  <si>
     <t>Business Group Manager</t>
+  </si>
+  <si>
+    <t>Director del grupo de negocios</t>
   </si>
   <si>
     <t>* Seeking out, selecting, and training new sales team members.
 * Leading and motivating the team members. 
 * Reviewing the activities of the team members in order to detect and draw attention to any shortcomings.
 * Increasing the qualifications of the team members through trainings, courses, workshops, etc.
 * Responsibility for the accomplished results of the team members and the implementation of business plans.</t>
   </si>
   <si>
+    <t>* Buscar, seleccionar y capacitar a nuevos miembros del equipo de ventas.
+* Liderar y motivar a los miembros del equipo.
+* Revisar las actividades de los miembros del equipo para detectar y llamar la atención sobre cualquier deficiencia.
+* Incrementar las calificaciones de los miembros del equipo a través de capacitaciones, cursos, talleres, etc.
+* Responsabilidad por los resultados logrados por los miembros del equipo y la implementación de planes de negocios.</t>
+  </si>
+  <si>
     <t>Call Centre Manager</t>
+  </si>
+  <si>
+    <t>Director del centro de llamadas</t>
   </si>
   <si>
     <t>* Responsibility for recruiting and selecting new employees.
 * Scheduling work shifts of supervisors and call centre operators.
 * Managing, coordinating, checking and motivating subordinate employees.
 * Setting up key performance indicators (KPIs) of the team.
 * Proposing changes of procedures, processes, etc.</t>
   </si>
   <si>
+    <t>* Responsabilidad en la contratación y selección de nuevos empleados.
+* Programación de turnos de trabajo de supervisores y operadores del centro de llamadas.
+* Gestión, coordinación, supervisión y motivación de empleados subordinados.
+* Establecimiento de indicadores clave de rendimiento (KPI) del equipo.
+* Propuesta de cambios en procedimientos, procesos, etc.</t>
+  </si>
+  <si>
     <t>Car Fleet Manager</t>
+  </si>
+  <si>
+    <t>Gestor del parque automovilístico</t>
   </si>
   <si>
     <t>* Responsibility for the good standing of the traffic situation and the efficient use of motor vehicles.
 * Planning, ensuring and performing the required service inspections of motor vehicles.
 * Communicating with insurance companies, leasing companies and public bodies.
 * Monitoring and evaluating fuel consumption.
 * Keeping records of the drivers, and preparing contracts on entrusting vehicles to individual workers.
 * Submitting financial plans for vehicle repairs.
 * Cooperating in investment planning in the company.</t>
   </si>
   <si>
+    <t>* Responsabilidad por el buen estado de la situación del tráfico y el uso eficiente de los vehículos de motor.
+* Planificar, garantizar y realizar las inspecciones de servicio necesarias de los vehículos de motor.
+* Comunicarse con compañías de seguros, empresas de leasing y organismos públicos.
+* Monitorear y evaluar el consumo de combustible.
+* Mantener registros de los conductores y preparar contratos sobre la asignación de vehículos a trabajadores individuales.
+* Presentar planes financieros para reparaciones de vehículos.
+* Cooperar en la planificación de inversiones en la empresa.</t>
+  </si>
+  <si>
+    <t>* Asegurar el funcionamiento fluido del departamento dentro de la empresa.
+* Gestionar, coordinar, motivar y evaluar al personal subordinado.
+* Capacitación de nuevos contratados.
+* Encontrar y proponer capacitaciones y cursos para empleados subordinados.
+* Verificar la asistencia de los empleados subordinados.
+* Resolver situaciones no estándar en el lugar de trabajo.
+* Participar en la selección y despido de empleados.
+* Preparar informes semanales y mensuales.</t>
+  </si>
+  <si>
     <t>Design manager</t>
+  </si>
+  <si>
+    <t>Director de diseño</t>
   </si>
   <si>
     <t>* Lead and manage the design team to ensure the delivery of high-quality design projects.
 * Collaborate with cross-functional teams including marketing, product development, and engineering to align design strategies with business goals.
 * Oversee the design process from conceptualization to final execution, ensuring consistency and adherence to brand guidelines.
 * Develop and implement innovative design solutions that enhance user experience and drive customer engagement.
 * Mentor and guide junior designers, fostering a creative and collaborative work environment.
 * Conduct regular design reviews and provide constructive feedback to improve design quality and efficiency.
 * Stay updated with the latest design trends, tools, and technologies to maintain a competitive edge.
 * Manage project timelines, budgets, and resources effectively to ensure timely and cost-effective delivery of design projects.
 * Communicate design concepts and strategies clearly to stakeholders and clients, ensuring understanding and buy-in.
 * Evaluate and select external design vendors and manage relationships to ensure quality and consistency.</t>
   </si>
   <si>
+    <t>* Dirigir y gestionar el equipo de diseño para garantizar la entrega de proyectos de diseño de alta calidad.
+* Colaborar con equipos multifuncionales, incluyendo marketing, desarrollo de productos e ingeniería, para alinear las estrategias de diseño con los objetivos empresariales.
+* Supervisar el proceso de diseño desde la conceptualización hasta la ejecución final, asegurando la coherencia y el cumplimiento de las directrices de la marca.
+* Desarrollar e implementar soluciones de diseño innovadoras que mejoren la experiencia del usuario y aumenten la participación del cliente.
+* Asesorar y guiar a los diseñadores júnior, fomentando un entorno de trabajo creativo y colaborativo.
+* Realizar revisiones de diseño periódicas y proporcionar retroalimentación constructiva para mejorar la calidad y la eficiencia del diseño.
+* Mantenerse actualizado sobre las últimas tendencias, herramientas y tecnologías de diseño para mantener una ventaja competitiva.
+* Gestionar los plazos, presupuestos y recursos de los proyectos de manera efectiva para asegurar la entrega puntual y rentable de los proyectos de diseño.
+* Comunicar conceptos y estrategias de diseño de manera clara a las partes interesadas y clientes, asegurando la comprensión y la aceptación.
+* Evaluar y seleccionar proveedores de diseño externos y gestionar las relaciones para garantizar la calidad y la coherencia.</t>
+  </si>
+  <si>
     <t>Editor-In-Chief</t>
+  </si>
+  <si>
+    <t>Redactor jefe</t>
   </si>
   <si>
     <t>* Responsibility for the content and the visual aspect of newspapers, magazines, websites and other periodicals.
 * Responsibility for the accuracy and completeness of the information published.
 * Managing the editorial team and editorial board.
 * Approving ideas and suggestions of subordinates.
 * Writing leading articles (editorials), columns, etc.</t>
   </si>
   <si>
+    <t>* Responsabilidad por el contenido y el aspecto visual de periódicos, revistas, sitios web y otros medios de publicación periódica.
+* Responsabilidad por la exactitud y la integridad de la información publicada.
+* Gestión del equipo editorial y el consejo editorial.
+* Aprobación de ideas y sugerencias de subordinados.
+* Redacción de artículos de fondo (editoriales), columnas, etc.</t>
+  </si>
+  <si>
     <t>ESG manager</t>
+  </si>
+  <si>
+    <t>Gerente Ambiental, Social y de Gobernanza</t>
   </si>
   <si>
     <t>* Development and implementation of sustainability and ESG (Environmental, Social, Governance) strategies.
 * Monitoring and reporting ESG data and metrics.
 * Providing advice to management on ESG and sustainability issues.
 * Coordinating stakeholder engagement and communication.
 * Identifying and evaluating risks and opportunities in the area of sustainability and corporate governance.
 * Developing guidelines and processes to improve ESG performance.
 * Organizing workshops and training programs for employees.
 * Following current trends and guidelines in the area of ESG.
 * Ensuring compliance with legislative requirements and standards in the area of ESG.
 * Supporting initiatives to improve corporate culture and social responsibility.</t>
   </si>
   <si>
+    <t>* Desarrollo e implementación de estrategias de sostenibilidad y ESG (ambientales, sociales y de gobernanza).
+* Monitoreo y reporte de datos y métricas ESG.
+* Asesoramiento a la gerencia sobre temas ESG y de sostenibilidad.
+* Coordinación de la participación y comunicación con las partes interesadas.
+* Identificación y evaluación de riesgos y oportunidades en el área de sostenibilidad y gobernanza corporativa.
+* Desarrollo de lineamientos y procesos para mejorar el desempeño ESG.
+* Organización de talleres y programas de capacitación para empleados.
+* Seguimiento de las tendencias y lineamientos actuales en el área de ESG.
+* Aseguramiento del cumplimiento de los requisitos y estándares legislativos en el área de ESG.
+* Apoyo a iniciativas para mejorar la cultura corporativa y la responsabilidad social.</t>
+  </si>
+  <si>
     <t>Event Manager</t>
+  </si>
+  <si>
+    <t>Coordinador de eventos</t>
   </si>
   <si>
     <t>* Responsibility for designing, planning, organising and conducting social gatherings and events.
 * Communicating with clients regarding the nature and the main idea of organised events.
 * Designing and presenting ideas and themes to clients.
 * Searching for potential sites to host social gatherings and events.
 * Concluding orders and contracts with owners of buildings and external suppliers, negotiating contractual terms and conditions.
 * Monitoring the expenditures of the planned budget.
 * Checking and coordinating the activities of external suppliers.
 * Evaluating the success of conducted gatherings and events, analysing gaps and proposing measures for their elimination.</t>
   </si>
   <si>
+    <t>* Responsabilidad por diseñar, planificar, organizar y llevar a cabo reuniones sociales y eventos.
+* Comunicación con clientes sobre la naturaleza y la idea principal de los eventos organizados.
+* Diseño y presentación de ideas y temas a los clientes.
+* Búsqueda de lugares potenciales para albergar reuniones sociales y eventos.
+* Formalización de pedidos y contratos con propietarios de edificios y proveedores externos, negociación de términos y condiciones contractuales.
+* Supervisión de los gastos del presupuesto planificado.
+* Verificación y coordinación de las actividades de los proveedores externos.
+* Evaluación del éxito de las reuniones y eventos realizados, análisis de carencias y propuesta de medidas para su eliminación.</t>
+  </si>
+  <si>
     <t>Facility Manager</t>
+  </si>
+  <si>
+    <t>Gerente de instalaciones</t>
   </si>
   <si>
     <t>* Responsibility for the operation, maintenance and management of buildings, land, equipment and related devices.
 * Completing tenders, searching for potential suppliers.
 * Conducting meetings with suppliers, negotiating terms of contracts.
 * Communicating with tenants, public authorities and institutions.
 * Responding to emergencies and crisis situations.
 * Performing regular inspection of entrusted property.</t>
   </si>
   <si>
+    <t>* Responsabilidad por la operación, el mantenimiento y la gestión de edificios, terrenos, equipos y dispositivos relacionados.
+* Realizar licitaciones, buscar proveedores potenciales.
+* Realizar reuniones con proveedores, negociar términos de contratos.
+* Comunicarse con inquilinos, autoridades públicas e instituciones.
+* Responder a situaciones de emergencia y crisis.
+* Realizar inspecciones periódicas de la propiedad encomendada.</t>
+  </si>
+  <si>
     <t>Finance Manager</t>
+  </si>
+  <si>
+    <t>Gerente de finanzas</t>
   </si>
   <si>
     <t>* Managing, coordinating, motivating, and assessing subordinate employees.
 * Ensuring strategic financial planning.
 * Preparing and processing of financial statements of the company.
 * Analysing the financial situation of the company.
 * Planning, managing, and monitoring of cash flow.
 * Communicating with financial institutions and external partners of the company.
 * Reporting results to the members of senior management.</t>
   </si>
   <si>
+    <t>* Gestionar, coordinar, motivar y evaluar a los empleados subordinados.
+* Asegurar la planificación financiera estratégica.
+* Preparar y procesar los estados financieros de la empresa.
+* Analizar la situación financiera de la empresa.
+* Planificar, gestionar y monitorear el flujo de caja.
+* Comunicarse con instituciones financieras y socios externos de la empresa.
+* Informar resultados a los miembros de la alta dirección.</t>
+  </si>
+  <si>
     <t>Head of controlling</t>
+  </si>
+  <si>
+    <t>Jefe de control</t>
   </si>
   <si>
     <t>* Management and development of the controlling team.
 * Ensuring accurate and timely reporting, analysis and financial forecasts.
 * Compiling budgets and plans and monitoring their fulfillment.
 * Analysis and evaluation of financial results and recommendations for improvement.
 * Cooperation on strategic planning and decision-making.
 * Communication with internal and external partners, including presentation of results and strategies.</t>
   </si>
   <si>
+    <t>* Gestión y desarrollo del equipo de control.
+* Garantizar informes, análisis y pronósticos financieros precisos y oportunos.
+* Elaboración de presupuestos y planes y seguimiento de su cumplimiento.
+* Análisis y evaluación de resultados financieros y recomendaciones de mejora.
+* Cooperación en planificación estratégica y toma de decisiones.
+* Comunicación con socios internos y externos, incluyendo presentación de resultados y estrategias.</t>
+  </si>
+  <si>
     <t>Head of Customer Support</t>
+  </si>
+  <si>
+    <t>Jefe de atención al cliente</t>
   </si>
   <si>
     <t>* Responsibility for leading the customer support team
 * Strategy creation, customer support direction and subsequent implementation,
 * Support, team coaching, solving demanding customers
 * Track the resolution of customer issues from receipt to resolution
 * Improving services, increasing customer engagement and facilitating organic growth
 * Resolving complaints and creating reports
 * Providing information to the company's customers, telephone and e-mail communication
 * Improving the efficiency of customer support and creating methodological guidelines for contact with customers</t>
   </si>
   <si>
+    <t>* Responsabilidad de dirigir el equipo de atención al cliente
+* Creación de estrategia, dirección de atención al cliente y posterior implementación
+* Soporte, coaching del equipo, resolución de clientes exigentes
+* Seguimiento de la resolución de problemas de los clientes desde la recepción hasta la resolución
+* Mejora de los servicios, aumento de la participación de los clientes y facilitación del crecimiento orgánico
+* Resolución de quejas y creación de informes
+* Proporcionar información a los clientes de la empresa, comunicación telefónica y por correo electrónico
+* Mejora de la eficiencia de la atención al cliente y creación de directrices metodológicas para el contacto con los clientes</t>
+  </si>
+  <si>
     <t>Head of product development</t>
+  </si>
+  <si>
+    <t>Jefe de desarrollo de producto</t>
   </si>
   <si>
     <t>* Define and drive the product development strategy aligned with the company's overall goals and market trends.
 *Lead and mentor a diverse team of product managers, designers, engineers, and other specialists to ensure collaboration, creativity, and efficient project execution.
 * Foster a culture of innovation by encouraging the generation of new product ideas, features, and improvements based on customer feedback and industry insights.
 * Develop and maintain a comprehensive product roadmap that outlines key milestones, timelines, and resource allocation for the entire product development lifecycle.
 * Collaborate closely with marketing, sales, operations, and other departments to gather input, align strategies, and ensure successful product launches.
 * Oversee the quality control process, ensuring that products meet or exceed customer expectations and adhere to relevant quality standards.
 * Identify potential risks and challenges in product development, implementing mitigation strategies to minimize disruptions and delays.
 * Stay informed about market trends, competitive landscape, and customer preferences to inform product strategies and enhance market positioning.
 * Manage the product development budget, making informed decisions to optimize resource allocation and maximize return on investment.
 * Establish and track key performance indicators (KPIs) related to product development, using data-driven insights to continuously improve processes and outcomes.</t>
   </si>
   <si>
+    <t>* Definir e impulsar la estrategia de desarrollo de productos alineada con los objetivos generales de la empresa y las tendencias del mercado.
+*Dirigir y asesorar a un equipo diverso de gerentes de productos, diseñadores, ingenieros y otros especialistas para garantizar la colaboración, la creatividad y la ejecución eficiente de proyectos.
+* Fomentar una cultura de innovación fomentando la generación de nuevas ideas de productos, características y mejoras basadas en los comentarios de los clientes y los conocimientos de la industria.
+* Desarrollar y mantener una hoja de ruta integral del producto que describa los hitos clave, los plazos y la asignación de recursos para todo el ciclo de vida del desarrollo del producto.
+* Colaborar estrechamente con marketing, ventas, operaciones y otros departamentos para recopilar información, alinear estrategias y garantizar lanzamientos de productos exitosos.
+* Supervisar el proceso de control de calidad, asegurando que los productos cumplan o excedan las expectativas del cliente y se adhieran a los estándares de calidad pertinentes.
+* Identificar riesgos y desafíos potenciales en el desarrollo de productos, implementando estrategias de mitigación para minimizar interrupciones y demoras.
+* Manténgase informado sobre las tendencias del mercado, el panorama competitivo y las preferencias de los clientes para informar las estrategias de productos y mejorar el posicionamiento en el mercado.
+* Administrar el presupuesto de desarrollo de productos, tomando decisiones informadas para optimizar la asignación de recursos y maximizar el retorno de la inversión.
+* Establecer y realizar un seguimiento de los indicadores clave de rendimiento (KPI) relacionados con el desarrollo de productos, utilizando información basada en datos para mejorar continuamente los procesos y los resultados.</t>
+  </si>
+  <si>
     <t>Head of the Legal Department</t>
+  </si>
+  <si>
+    <t>Jefe del departamento jurídico</t>
   </si>
   <si>
     <t>* Managing, leading, motivating and evaluating subordinate staff.
 * Providing legal support, analyses and consulting to the company management.
 * Drafting, commenting and editing contracts.
 * Monitoring legislative changes at the national and European levels.
 * Cooperating with state authorities.
 * Representing the company in litigation and administrative proceedings.</t>
   </si>
   <si>
+    <t>* Gestión, dirección, motivación y evaluación del personal subordinado.
+* Prestación de asesoramiento y análisis legales y consultoría a la dirección de la empresa.
+* Redacción, revisión y edición de contratos.
+* Seguimiento de los cambios legislativos a nivel nacional y europeo.
+* Colaboración con las autoridades estatales.
+* Representación de la empresa en procesos judiciales y procedimientos administrativos.</t>
+  </si>
+  <si>
     <t>Hotel manager</t>
+  </si>
+  <si>
+    <t>Gerente de hotel</t>
   </si>
   <si>
     <t>* Managing a hotel, a group of hotels
 * Overseeing all departments, plants and resorts
 * Responsibility for preparation and execution of the business plan, the investment and financial plan of the hotel
 * Responsibility for the readiness of the hotel to provide services
 * Responsibility for securing sufficient number of qualified employees
 * Participation in the choice of and approving new employees, making decisions about termination of employment
 * Overseeing the operation of the hotel, checking daily reports and monthly statements of operation
 * Securing PR of the hotel
 * Overseeing satisfaction of the guests and the quality of provided services
 * Taking part in exhibitions, meetings, workshops.
 * Cooperating in creating business strategies and putting them into practice</t>
   </si>
   <si>
+    <t>* Gestionar un hotel o un grupo de hoteles
+* Supervisar todos los departamentos, instalaciones y centros vacacionales
+* Responsable de la preparación y ejecución del plan de negocios, el plan de inversión y financiero del hotel
+* Responsable de que el hotel esté listo para prestar servicios
+* Responsable de asegurar un número suficiente de empleados calificados
+* Participar en la selección y aprobación de nuevos empleados, tomando decisiones sobre la finalización de empleos
+* Supervisar el funcionamiento del hotel, revisar informes diarios y estados de operaciones mensuales
+* Asegurar la relaciones públicas del hotel
+* Supervisar la satisfacción de los huéspedes y la calidad de los servicios prestados
+* Participar en ferias, reuniones y talleres
+* Colaborar en la creación de estrategias comerciales y su puesta en práctica</t>
+  </si>
+  <si>
     <t>HR Manager</t>
+  </si>
+  <si>
+    <t>Gerente de Recursos Humanos</t>
   </si>
   <si>
     <t>* Managing the personnel department in the company.
 * Recruiting and dismissing employees.
 * Completing organisation and working regulations, remuneration system, job descriptions, and their submission to the superior.
 * Completing wage regulations and their submission to the superior.
 * Communication with state institutions and authorities.</t>
   </si>
   <si>
+    <t>* Dirigir el departamento de personal en la empresa.
+* Contratar y despedir a empleados.
+* Elaborar reglamentos de organización y trabajo, sistema de remuneración, descripciones de puesto y su presentación al superior.
+* Elaborar reglamentos salariales y su presentación al superior.
+* Comunicación con instituciones y autoridades estatales.</t>
+  </si>
+  <si>
     <t>IT Manager</t>
+  </si>
+  <si>
+    <t>Director de informática</t>
   </si>
   <si>
     <t>* Responsibility for the activities of the entire IT department within the company.
 * Participating in defining the IT strategy, policies and procedures of the company.
 * Planning the budget of the department, monitoring and approving expenditures.
 * Management, leadership, motivation and evaluation of subordinate staff.
 * Responsibility for the development, implementation, debugging and technical support of IT solutions.
 * Coordinating the solution and the elimination of incurred problems.
 * Communicating with the senior staff of the departments.
 * Designing professional training for subordinate employees and yourself.
 * Reporting results to the management team of the company.</t>
   </si>
   <si>
+    <t>* Responsabilidad sobre las actividades de todo el departamento de TI dentro de la empresa.
+* Participar en la definición de la estrategia, políticas y procedimientos de TI de la empresa.
+* Planificar el presupuesto del departamento, supervisar y aprobar gastos.
+* Gestión, liderazgo, motivación y evaluación del personal subordinado.
+* Responsabilidad por el desarrollo, implementación, depuración y soporte técnico de soluciones de TI.
+* Coordinar la solución y la eliminación de problemas incurridos.
+* Comunicarse con el personal superior de los departamentos.
+* Diseñar formación profesional para empleados subordinados y para usted mismo.
+* Informar resultados al equipo de dirección de la empresa.</t>
+  </si>
+  <si>
     <t>Junior Project Manager</t>
+  </si>
+  <si>
+    <t>Gerente de proyectos junior</t>
   </si>
   <si>
     <t>* Managing financially less demanding small-scale projects.
 * Assigning work and coordinating individual project team members.
 * Checking compliance with the set budget, deadlines, and quality of the works.
 * Communicating with the project sponsor, contractors, subcontractors, ministries, state institutions, etc.
 * Ensuring the handing over of the works to the project sponsor.</t>
   </si>
   <si>
+    <t>* Gestión de proyectos de pequeña escala menos exigentes en términos financieros.
+* Asignación de tareas y coordinación de los miembros individuales del equipo del proyecto.
+* Verificación del cumplimiento del presupuesto establecido, los plazos y la calidad de las obras.
+* Comunicación con el patrocinador del proyecto, contratistas, subcontratistas, ministerios, instituciones estatales, etc.
+* Garantizar la entrega de las obras al patrocinador del proyecto.</t>
+  </si>
+  <si>
     <t>Logistics Manager</t>
+  </si>
+  <si>
+    <t>Director de logística</t>
   </si>
   <si>
     <t>* Managing, monitoring, and optimising the logistics indicators and flows in the company.
 * Managing, monitoring, motivating, and assessing subordinate employees.
 * Selecting and assessing the providers of logistics services and communicating with them and negotiating the optimal contract conditions.
 * Ensuring a balanced stock level.
 * Preparing the budget for the department and monitoring its use.
 * Cooperating with other departments in the company.
 * Responsibility for compliance with occupational health and safety and fire protection.</t>
   </si>
   <si>
+    <t>* Gestionar, supervisar y optimizar los indicadores y flujos logísticos en la empresa.
+* Gestionar, supervisar, motivar y evaluar a los empleados subordinados.
+* Seleccionar y evaluar a los proveedores de servicios logísticos y comunicarse con ellos y negociar las condiciones contractuales óptimas.
+* Asegurar un nivel de stock equilibrado.
+* Preparar el presupuesto del departamento y supervisar su uso.
+* Colaborar con otros departamentos de la empresa.
+* Responsabilidad por el cumplimiento de la salud y la seguridad en el trabajo y la protección contra incendios.</t>
+  </si>
+  <si>
     <t>Maintenance Supervisor</t>
+  </si>
+  <si>
+    <t>Jefe de mantenimiento</t>
   </si>
   <si>
     <t>* Coordination of work and supervision of supply organizations, physical maintenance on managed devices, including facilities.
 * Checking work safety and technological safety and the use of assigned personal protection working tools at the workplace.
 * Processing plans for repairs and maintenance of different devices and the use of replacement parts.
 * Entering purchase requirements for replacement parts, tools, etc.
 * Providing and supervising maintenance performed by the supplier.
 * Providing removal of detected faults after revisions.
 * Providing installation of production lines according to the production schedule and instructions for technical preperation of production.
 * Responsibility for an economical use of material, energy, tools and personal protection tools. Prevention of unauthorized use.</t>
   </si>
   <si>
+    <t>* Coordinación del trabajo y supervisión de las organizaciones de suministro, mantenimiento físico de los dispositivos gestionados, incluidas las instalaciones.
+* Verificación de la seguridad en el trabajo y la seguridad tecnológica, y el uso de las herramientas personales de protección asignadas en el lugar de trabajo.
+* Elaboración de planes para las reparaciones y el mantenimiento de diferentes dispositivos y el uso de piezas de repuesto.
+* Ingreso de requisitos de compra para piezas de repuesto, herramientas, etc.
+* Prestación y supervisión del mantenimiento realizado por el proveedor.
+* Prestación de eliminación de fallas detectadas después de las revisiones.
+* Prestación de instalación de líneas de producción según el calendario de producción y las instrucciones para la preparación técnica de la producción.
+* Responsabilidad por un uso económico de material, energía, herramientas y herramientas de protección personal. Prevención de uso no autorizado.</t>
+  </si>
+  <si>
     <t>Marketing Manager</t>
+  </si>
+  <si>
+    <t>Director de marketing</t>
   </si>
   <si>
     <t>* Development of short-time and long-time marketing strategy.
 *Strengthening the awareness and position of the brand on the market.
 * Analysing the market, monitoring trends and activities of competitors.
 * Proposing marketing budget, deciding on the use of funds and supervising their ongoing use.
 * Preparing and coordinating the course of marketing campaigns and supporting activities.
 * Monitoring the effectiveness of marketing campaigns and supporting activities.
 * Evaluating the successfulness of marketing campaigns and supporting activities.
 * Leadership, motivation and assignment of tasks to subordinate staff.</t>
   </si>
   <si>
+    <t>* Desarrollo de estrategias de marketing a corto y largo plazo.
+* Fortalecimiento de la conciencia y posición de la marca en el mercado.
+* Análisis del mercado, monitoreo de tendencias y actividades de los competidores.
+* Propuesta de presupuesto de marketing, decisión sobre el uso de fondos y supervisión de su uso continuo.
+* Preparación y coordinación del curso de campañas de marketing y actividades de apoyo.
+* Monitoreo de la efectividad de campañas de marketing y actividades de apoyo.
+* Evaluación del éxito de campañas de marketing y actividades de apoyo.
+* Liderazgo, motivación y asignación de tareas al personal subordinado.</t>
+  </si>
+  <si>
     <t>Postmaster</t>
+  </si>
+  <si>
+    <t>Director de Correos</t>
   </si>
   <si>
     <t>* Managing, supervising and organising activities within the post office.
 * Monitoring the stock level of operational material, forms and goods in storage, ordering and allocation of material to employees.
 * Addressing and eliminating the problems, failures and shortcomings.
 * Performing administrative tasks associated with the position of post office manager.</t>
   </si>
   <si>
+    <t>* Administrar, supervisar y organizar las actividades dentro de la oficina de correos.
+* Supervisar el nivel de existencias de material operativo, formularios y mercancías en almacenamiento, realizar pedidos y asignar material a los empleados.
+* Abordar y eliminar los problemas, fallos y deficiencias.
+* Realizar tareas administrativas asociadas con el puesto de gerente de oficina de correos.</t>
+  </si>
+  <si>
     <t>Process Manager</t>
+  </si>
+  <si>
+    <t>Gestor de procesos</t>
   </si>
   <si>
     <t>* Oversee and optimize organizational processes to enhance efficiency and productivity.
 * Analyze current operational procedures to identify areas for improvement.
 * Develop and implement strategies to streamline processes and reduce costs.
 * Collaborate with cross-functional teams to ensure alignment and effective communication.
 * Monitor process performance metrics and prepare detailed reports for management review.
 * Lead process improvement projects using methodologies such as Lean or Six Sigma.
 * Train and mentor team members on process management best practices.
 * Ensure compliance with industry standards and regulatory requirements.
 * Coordinate with stakeholders to gather feedback and drive continuous improvement initiatives.
 * Manage resources effectively to achieve project goals within set timelines.
 * Facilitate workshops and meetings to foster a culture of process excellence.
 * Stay updated with industry trends and advancements to incorporate innovative solutions.
 * Build strong relationships with internal and external partners to support organizational objectives.
 * Provide leadership and guidance to ensure successful implementation of process changes.</t>
   </si>
   <si>
+    <t>* Supervisar y optimizar los procesos organizacionales para mejorar la eficiencia y la productividad.
+* Analizar los procedimientos operativos actuales para identificar áreas de mejora.
+* Desarrollar e implementar estrategias para racionalizar procesos y reducir costos.
+* Colaborar con equipos multifuncionales para asegurar la alineación y la comunicación efectiva.
+* Monitorear las métricas de rendimiento de los procesos y preparar informes detallados para la revisión de la gerencia.
+* Liderar proyectos de mejora de procesos utilizando metodologías como Lean o Six Sigma.
+* Capacitar y mentorear a los miembros del equipo sobre las mejores prácticas de gestión de procesos.
+* Asegurar el cumplimiento con los estándares de la industria y los requisitos regulatorios.
+* Coordinar con las partes interesadas para recopilar comentarios y impulsar iniciativas de mejora continua.
+* Gestionar recursos de manera efectiva para lograr metas de proyecto dentro de plazos establecidos.
+* Facilitar talleres y reuniones para fomentar una cultura de excelencia en los procesos.
+* Mantenerse actualizado sobre las tendencias y avances de la industria para incorporar soluciones innovadoras.
+* Construir relaciones sólidas con socios internos y externos para apoyar los objetivos organizacionales.
+* Proporcionar liderazgo y orientación para asegurar la implementación exitosa de los cambios de proceso.</t>
+  </si>
+  <si>
     <t>Product owner</t>
+  </si>
+  <si>
+    <t>Propietario del producto</t>
   </si>
   <si>
     <t>* Strategy and Vision: Develop and communicate a clear product vision and strategy to the development team, stakeholders, and senior management.
 * Product Backlog Management: Create, prioritize, and manage the product backlog, ensuring that it is well-groomed, refined, and ready for development.
 * Requirement Gathering: Collaborate with stakeholders, customers, and users to understand their needs and gather requirements, translating them into clear user stories and acceptance criteria.
 * Agile Planning and Execution: Participate in agile ceremonies such as sprint planning, backlog grooming, and daily stand-ups, ensuring that the team is working efficiently and delivering value in each sprint.
 * Release Management: Coordinate and manage the release process, ensuring that product increments are delivered on time and meet quality standards.
 * Cross-functional Collaboration: Work closely with development teams, UX/UI designers, quality assurance, and other stakeholders to define and deliver high-quality products that align with business objectives.
 * Stakeholder Management: Engage and manage relationships with internal and external stakeholders, addressing their concerns, gathering feedback, and keeping them informed about the product's progress.
 * Product Documentation: Create and maintain product documentation, including user guides, release notes, and other relevant materials to support the product's adoption and usage.
 * Market and Competitive Analysis: Conduct market research and competitive analysis to identify trends, opportunities, and potential product enhancements that can give the organization a competitive edge.
 * Continuous Improvement: Actively seek feedback from users and stakeholders, monitor product performance and metrics, and identify areas for improvement, driving continuous product enhancements and optimization.</t>
   </si>
   <si>
+    <t>* Estrategia y visión: desarrollar y comunicar una visión y una estrategia claras del producto al equipo de desarrollo, las partes interesadas y la alta dirección.
+* Gestión de la cartera de productos: cree, priorice y administre la cartera de productos, asegurándose de que esté bien arreglada, refinada y lista para el desarrollo.
+* Recopilación de requisitos: colabore con las partes interesadas, los clientes y los usuarios para comprender sus necesidades y recopilar requisitos, traduciéndolos en historias de usuario claras y criterios de aceptación.
+* Planificación y ejecución ágiles: participe en ceremonias ágiles como la planificación de sprints, la preparación de trabajos pendientes y las reuniones diarias, asegurándose de que el equipo esté trabajando de manera eficiente y entregando valor en cada sprint.
+* Gestión de lanzamientos: Coordine y administre el proceso de lanzamientos, asegurando que los incrementos de productos se entreguen a tiempo y cumplan con los estándares de calidad.
+* Colaboración interfuncional: trabaje en estrecha colaboración con equipos de desarrollo, diseñadores de UX/UI, control de calidad y otras partes interesadas para definir y entregar productos de alta calidad que se alineen con los objetivos comerciales.
+* Gestión de las partes interesadas: Involucrar y gestionar las relaciones con las partes interesadas internas y externas, abordando sus inquietudes, recopilando comentarios y manteniéndolos informados sobre el progreso del producto.
+* Documentación del producto: cree y mantenga la documentación del producto, incluidas las guías de usuario, las notas de la versión y otros materiales relevantes para respaldar la adopción y el uso del producto.
+* Análisis competitivo y de mercado: Realice estudios de mercado y análisis competitivos para identificar tendencias, oportunidades y mejoras potenciales de productos que puedan dar a la organización una ventaja competitiva.
+* Mejora continua: busque activamente comentarios de los usuarios y las partes interesadas, supervise el rendimiento y las métricas del producto e identifique áreas de mejora, impulsando mejoras y optimización continuas del producto.</t>
+  </si>
+  <si>
     <t>* Planning, managing and coordinating the existing production, production processes and capacities.
 * Responsibility for creating production plans, budgets and production analysis.
 * Implementing improvements and optimising resource utilisation.
 * Coordinating, managing, assessing and motivating the production team.
 * Checking team performance and other indicators.
 * Monitoring production efficiency, securing technical support for production.
 * Technical change management, implementing new technologies and procedures to increase competitiveness.
 * Responsibility for following safety standards and quality standards, e.g. ISO 9001 and ISO 14001.
 * 
 * Co-operation with other departments in the company.</t>
   </si>
   <si>
+    <t>* Planificación, gestión y coordinación de la producción existente, los procesos de producción y las capacidades.
+* Responsabilidad por la creación de planes de producción, presupuestos y análisis de producción.
+* Implementación de mejoras y optimización del uso de recursos.
+* Coordinación, gestión, evaluación y motivación del equipo de producción.
+* Verificación del rendimiento del equipo y otros indicadores.
+* Monitoreo de la eficiencia de producción, asegurando el apoyo técnico para la producción.
+* Gestión del cambio técnico, implementación de nuevas tecnologías y procedimientos para aumentar la competitividad.
+* Responsabilidad por el cumplimiento de los estándares de seguridad y calidad, p. ej. ISO 9001 e ISO 14001.
+* Cooperación con otros departamentos de la empresa.</t>
+  </si>
+  <si>
     <t>Production Supervisor</t>
+  </si>
+  <si>
+    <t>Supervisor de producción</t>
   </si>
   <si>
     <t>* Management and organisation of the production process within the assigned shift.
 * Responsibility for the assignment of tasks, achievement of daily production target and improvement of the quality and quantity of products.
 * Leadership, motivation and evaluation of the performance of subordinate staff.
 * Checking compliance with technological processes, security, fire and sanitary regulations.
 * Responsibility for the training of new employees.
 * Solving of problem situations, adoption and implementation of corrective measures to eliminate them.
 * Checking and recording attendance.
 * Management of operational documentation.</t>
   </si>
   <si>
+    <t>* Gestión y organización del proceso de producción dentro del turno asignado.
+* Responsabilidad por la asignación de tareas, el logro del objetivo de producción diaria y la mejora de la calidad y cantidad de productos.
+* Liderazgo, motivación y evaluación del desempeño del personal subordinado.
+* Verificación del cumplimiento de los procesos tecnológicos, de seguridad, prevención de incendios y regulaciones sanitarias.
+* Responsabilidad por la formación de nuevos empleados.
+* Resolución de situaciones problemáticas, adopción e implementación de medidas correctivas para eliminarlas.
+* Verificación y registro de asistencias.
+* Gestión de la documentación operativa.</t>
+  </si>
+  <si>
     <t>* Responsibility for project management from start to finish.
 * Defining project goals based on company requirements.
 * Completing a comprehensive work schedule.
 * Managing, coordinating, and motivating project team members.
 * Inspecting adherence to the work schedule and defined budget.
 * Communication with members of the project team, suppliers, company management, etc.</t>
   </si>
   <si>
+    <t>* Responsabilidad por la gestión de proyectos desde el inicio hasta la finalización.
+* Definir los objetivos del proyecto en función de los requisitos de la empresa.
+* Elaborar un calendario de trabajo integral.
+* Administrar, coordinar y motivar a los miembros del equipo del proyecto.
+* Inspeccionar el cumplimiento del calendario de trabajo y el presupuesto definido.
+* Comunicación con miembros del equipo del proyecto, proveedores, directivos de la empresa, etc.</t>
+  </si>
+  <si>
     <t>Purchasing Manager</t>
+  </si>
+  <si>
+    <t>Director de compras</t>
   </si>
   <si>
     <t xml:space="preserve">* Being in charge of the purchase of material, goods and services in the company.
 * Leading, motivating and assessing the team of subordinate employees.
 * Monitoring and keeping an optimal state of supplies in store.
 * Selecting and evaluating the suppliers of material, goods and services.
 * Representing the company at meetings with the suppliers.
 * Entering into contracts of purchase and general contracts.
 * Settling claims.
 </t>
   </si>
   <si>
+    <t>* Encargarse de la compra de materiales, bienes y servicios en la empresa.
+* Dirigir, motivar y evaluar al equipo de empleados subordinados.
+* Supervisar y mantener un estado óptimo de suministros en el almacén.
+* Seleccionar y evaluar a los proveedores de materiales, bienes y servicios.
+* Representar a la empresa en reuniones con los proveedores.
+* Concluir contratos de compra y contratos generales.
+* Resolver reclamaciones.</t>
+  </si>
+  <si>
     <t>Quality Manager</t>
+  </si>
+  <si>
+    <t>Director de calidad</t>
   </si>
   <si>
     <t>* Developing, implementing and maintaining processes relating to quality management.
 * Checking incoming raw materials and semifinished products.
 * Final inspection of products.
 * Assigning tasks and managing a team of testers/internal auditors.</t>
   </si>
   <si>
+    <t>* Desarrollar, implementar y mantener procesos relacionados con la gestión de calidad.
+* Verificar las materias primas y productos semielaborados entrantes.
+* Inspección final de productos.
+* Asignar tareas y gestionar un equipo de probadores/auditores internos.</t>
+  </si>
+  <si>
     <t>Regional / Area Manager</t>
+  </si>
+  <si>
+    <t>Director regional/de zona</t>
   </si>
   <si>
     <t>* management of activities at regional / provincial level
 * management and control of offices in the entrusted region
 * planning business strategies of the company
 * responsibility for selecting heads of regional branches in the entrusted region</t>
   </si>
   <si>
+    <t>* gestión de actividades a nivel regional/provincial
+* gestión y control de oficinas en la región encomendada
+* planificación de estrategias comerciales de la empresa
+* responsabilidad en la selección de directores de sucursales regionales en la región encomendada</t>
+  </si>
+  <si>
     <t>Restaurant manager</t>
+  </si>
+  <si>
+    <t>Gerente de restaurante</t>
   </si>
   <si>
     <t>* Overseeing daily operations of the restaurant to ensure a high standard of service and guest satisfaction.
 * Managing staff recruitment, training, and performance evaluations to build a competent team.
 * Developing and implementing effective marketing strategies to promote the restaurant and increase customer engagement.
 * Monitoring financial performance, including budgeting, forecasting, and cost control to maximize profitability.
 * Ensuring compliance with health and safety regulations, as well as maintaining cleanliness and hygiene standards.
 * Collaborating with kitchen staff to create and update menus that meet customer preferences and seasonal availability.
 * Handling customer inquiries, complaints, and feedback to enhance the dining experience and foster loyalty.
 * Maintaining relationships with suppliers and vendors to ensure timely delivery of quality products.
 * Analyzing market trends and competitor activities to identify opportunities for growth and improvement.
 * Planning and organizing special events and promotions to attract new customers and retain existing ones.</t>
   </si>
   <si>
+    <t>* Supervisar las operaciones diarias del restaurante para garantizar un alto nivel de servicio y satisfacción del cliente.
+* Gestionar el reclutamiento, capacitación y evaluaciones de desempeño del personal para construir un equipo competente.
+* Desarrollar e implementar estrategias de marketing efectivas para promocionar el restaurante y aumentar la participación de los clientes.
+* Monitorear el desempeño financiero, incluyendo la elaboración de presupuestos, pronósticos y control de costos para maximizar la rentabilidad.
+* Asegurar el cumplimiento de las regulaciones de salud y seguridad, así como mantener los estándares de limpieza e higiene.
+* Colaborar con el personal de cocina para crear y actualizar menús que satisfagan las preferencias de los clientes y la disponibilidad estacional.
+* Atender las consultas, quejas y comentarios de los clientes para mejorar la experiencia gastronómica y fomentar la lealtad.
+* Mantener relaciones con proveedores y vendedores para garantizar la entrega oportuna de productos de calidad.
+* Analizar tendencias del mercado y actividades de la competencia para identificar oportunidades de crecimiento y mejora.
+* Planificar y organizar eventos especiales y promociones para atraer nuevos clientes y retener a los existentes.</t>
+  </si>
+  <si>
     <t>Returns Department Manager</t>
+  </si>
+  <si>
+    <t>Responsable de logística inversa</t>
   </si>
   <si>
     <t>* Managing and controlling employees at the complaints department.
 * Handling difficult customer complaints to their general satisfaction.
 * Preparation of documents for a possible attempt at conciliation and litigation with customers or suppliers.
 * Analysing the causes of difficult complaints.
 * Proposing appropriate measures to avoid complaints.</t>
   </si>
   <si>
+    <t>* Gestión y control de empleados del departamento de reclamaciones.
+* Atención de reclamaciones difíciles de los clientes para su satisfacción general.
+* Preparación de documentos para un posible intento de conciliación y litigio con clientes o proveedores.
+* Análisis de las causas de las reclamaciones difíciles.
+* Propuesta de medidas adecuadas para evitar reclamaciones.</t>
+  </si>
+  <si>
+    <t>* Identificar riesgos asociados con la actividad empresarial de la compañía.
+* Elaborar una estrategia de gestión de riesgos.
+* Establecer la metodología y los procesos centrados en el control y la gestión de riesgos.
+* Evaluación periódica de riesgos, determinando la probabilidad y el impacto de su ocurrencia.
+* Completar y actualizar las normativas internas relacionadas con la gestión de riesgos.
+* Completar los informes y recomendaciones para la gerencia de la empresa.</t>
+  </si>
+  <si>
     <t>Sales Manager</t>
+  </si>
+  <si>
+    <t>Director comercial</t>
   </si>
   <si>
     <t>* Leading a team of sales representatives with the goal of securing their development, coaching, motivation, and continuous growth.
 * Actively seek out and contact important customers.
 * Develop and close large sales opportunities.
 * Maintain sales contacts and care for key customers.
 * Responsibility for achieving the company’s sales goals.
 * Planning sales goals.
 * Presenting complex services and solutions to customers.
 * Concluding co-operation contracts and subsequent care for key customers.</t>
   </si>
   <si>
+    <t>* Liderar un equipo de representantes comerciales con el objetivo de asegurar su desarrollo, orientación, motivación y crecimiento continuo.
+* Buscar y contactar activamente a clientes importantes.
+* Desarrollar y cerrar oportunidades de venta de gran envergadura.
+* Mantener contactos comerciales y cuidar a clientes clave.
+* Responsabilidad por alcanzar los objetivos de ventas de la empresa.
+* Planificar los objetivos de ventas.
+* Presentar servicios y soluciones complejos a los clientes.
+* Concluir contratos de colaboración y posteriormente cuidar a los clientes clave.</t>
+  </si>
+  <si>
     <t>Sales Office Manager</t>
+  </si>
+  <si>
+    <t>Director de ventas</t>
   </si>
   <si>
     <t>* Organising and managing sales in the company.
 * Methodical managing of sales officers.
 * Coordinating sales with other sections of the company.
 * Ensuring contact with key customers.
 * Compiling short-term and long-term sales schedules.</t>
   </si>
   <si>
+    <t>* Organización y gestión de las ventas en la empresa.
+* Gestión metódica de los agentes comerciales.
+* Coordinación de las ventas con otros departamentos de la empresa.
+* Garantizar el contacto con los clientes clave.
+* Elaboración de calendarios de ventas a corto y largo plazo.</t>
+  </si>
+  <si>
     <t>Security Service Manager</t>
+  </si>
+  <si>
+    <t>Gestor de servicios de seguridad</t>
   </si>
   <si>
     <t>* Managing, coordinating, motivating and evaluating the security service personnel.
 * Planning of weekly shifts.
 * Training new employees.
 * Finding and proposing trainings and courses for subordinate staff.
 * Supervising the security service personnel by means of a chip electronic control system, video recording, etc.
 * Checking the attendance of subordinate employees.
 * Participating in the selection and dismissal of employees.
 * Resolving exceptional situations in the workplace.</t>
   </si>
   <si>
+    <t>* Dirigir, coordinar, motivar y evaluar al personal del servicio de seguridad.
+* Planificar los turnos semanales.
+* Capacitar a los nuevos empleados.
+* Buscar y proponer cursos y capacitaciones para el personal subordinado.
+* Supervisar al personal del servicio de seguridad mediante un sistema de control electrónico con chip, grabación de vídeo, etc.
+* Verificar la asistencia de los empleados subordinados.
+* Participar en la selección y despido de empleados.
+* Resolver situaciones excepcionales en el lugar de trabajo.</t>
+  </si>
+  <si>
     <t>Senior Project Manager</t>
+  </si>
+  <si>
+    <t>Gerente de proyectos senior</t>
   </si>
   <si>
     <t>* Self-reliant management of costly medium to large-scale projects.
 * Assigning work and coordinating individual project team members.
 * Checking compliance with the set budget, deadlines, and quality of the works.
 * Selecting and concluding contracts with suitable contractors and subcontractors.
 * Communicating with the client, contractors, subcontractors, ministries, state institutions, etc.
 * Ensuring the handing over of the works to the client.</t>
   </si>
   <si>
+    <t>* Gestión autónoma de proyectos costosos de mediana a gran escala.
+* Asignación de tareas y coordinación de miembros individuales del equipo del proyecto.
+* Verificación del cumplimiento del presupuesto establecido, plazos y calidad de los trabajos.
+* Selección y conclusión de contratos con contratistas y subcontratistas adecuados.
+* Comunicación con el cliente, contratistas, subcontratistas, ministerios, instituciones estatales, etc.
+* Garantía de la entrega de los trabajos al cliente.</t>
+  </si>
+  <si>
     <t>Storekeeper</t>
+  </si>
+  <si>
+    <t>Tendero</t>
   </si>
   <si>
     <t>* Responsibility for the profitability, level of provided services, cleanliness, efficiency and overall smooth running of the entrusted operations.
 * Ordering goods from suppliers, pricing and entry into the system.
 * Managing, coordinating, motivating and evaluating subordinate staff.
 * Checking attendance of the personnel, sending documents for payroll processing to payroll accountants.
 * Receiving daily revenue and distributing any tips to the waiters.
 * Checking the physical condition of the stock.
 * Personalisation of incurred shortages and damages.
 * Solving complaints, problems and non-standard situations.</t>
   </si>
   <si>
+    <t>* Responsabilidad por la rentabilidad, nivel de servicios prestados, limpieza, eficiencia y funcionamiento general sin contratiempos de las operaciones encomendadas.
+* Pedido de bienes a proveedores, fijación de precios y registro en el sistema.
+* Gestión, coordinación, motivación y evaluación del personal subordinado.
+* Verificación de la asistencia del personal, envío de documentos para el procesamiento de nómina a contadores de nómina.
+* Recepción de los ingresos diarios y distribución de las propinas a los camareros.
+* Verificación del estado físico del inventario.
+* Personalización de las faltas y daños incurridos.
+* Resolución de quejas, problemas y situaciones no estándar.</t>
+  </si>
+  <si>
     <t>Team leader</t>
+  </si>
+  <si>
+    <t>Líder del equipo</t>
   </si>
   <si>
     <t>* Conducting a smaller group of workers
 * Planning and distribution of work among individual members of the team
 * Controlling workers</t>
   </si>
   <si>
+    <t>* Dirigir un grupo reducido de trabajadores
+* Planificar y distribuir el trabajo entre los miembros individuales del equipo
+* Supervisar a los trabajadores</t>
+  </si>
+  <si>
     <t>Technical Manager</t>
+  </si>
+  <si>
+    <t>Gerente técnico</t>
   </si>
   <si>
     <t>* Lead and manage the technical team to deliver high-quality projects within established timelines.
 * Collaborate with cross-functional teams to align technical solutions with business objectives.
 * Oversee the design, implementation, and maintenance of technical systems and infrastructure.
 * Ensure compliance with industry standards and best practices in all technical operations.
 * Develop and monitor key performance indicators to assess the effectiveness of technical processes.
 * Manage project budgets, resource allocation, and risk assessments to optimize project outcomes.
 * Provide technical guidance and mentorship to team members, fostering a culture of continuous improvement.
 * Identify and implement innovative technologies to enhance operational efficiency and drive business growth.
 * Establish and maintain strong relationships with stakeholders, vendors, and partners to support project success.
 * Coordinate with senior management to develop strategic plans for future technical initiatives.
 * Ensure timely and effective communication of project status, challenges, and solutions to all relevant parties.
 * Conduct regular performance evaluations and provide constructive feedback to team members.
 * Stay updated with the latest industry trends and technologies to ensure the organization remains competitive.</t>
   </si>
   <si>
+    <t>* Dirigir y gestionar el equipo técnico para entregar proyectos de alta calidad dentro de los plazos establecidos.
+* Colaborar con equipos multifuncionales para alinear las soluciones técnicas con los objetivos comerciales.
+* Supervisar el diseño, implementación y mantenimiento de sistemas técnicos e infraestructura.
+* Asegurar el cumplimiento de las normas y mejores prácticas de la industria en todas las operaciones técnicas.
+* Desarrollar y monitorear indicadores clave de rendimiento para evaluar la eficacia de los procesos técnicos.
+* Gestionar presupuestos de proyectos, asignación de recursos y evaluaciones de riesgos para optimizar los resultados de los proyectos.
+* Proporcionar orientación técnica y mentoría a los miembros del equipo, fomentando una cultura de mejora continua.
+* Identificar e implementar tecnologías innovadoras para mejorar la eficiencia operativa y impulsar el crecimiento empresarial.
+* Establecer y mantener relaciones sólidas con partes interesadas, proveedores y socios para apoyar el éxito de los proyectos.
+* Coordinar con la alta gerencia para desarrollar planes estratégicos para futuras iniciativas técnicas.
+* Asegurar una comunicación oportuna y efectiva del estado de los proyectos, desafíos y soluciones a todas las partes relevantes.
+* Realizar evaluaciones periódicas del desempeño y proporcionar retroalimentación constructiva a los miembros del equipo.
+* Mantenerse actualizado sobre las últimas tendencias y tecnologías de la industria para asegurar que la organización siga siendo competitiva.</t>
+  </si>
+  <si>
     <t>Testing manager</t>
+  </si>
+  <si>
+    <t>Gestor de pruebas</t>
   </si>
   <si>
     <t>* Overseeing the testing process for software and systems to ensure quality and performance.
 * Developing and implementing testing strategies, plans, and procedures.
 * Coordinating with cross-functional teams to define testing requirements and objectives.
 * Leading a team of testers, providing guidance, support, and mentorship.
 * Analyzing test results and reporting findings to stakeholders.
 * Identifying and documenting defects, ensuring timely resolution.
 * Maintaining testing environments and ensuring they are up to date.
 * Collaborating with developers to understand product specifications and design test cases accordingly.
 * Ensuring compliance with industry standards and best practices in testing.
 * Continuously improving testing processes and methodologies to enhance efficiency and effectiveness.
 * Managing project timelines and resources to meet testing deadlines.
 * Providing training and support to team members on testing tools and techniques.
 * Conducting risk assessments and implementing mitigation strategies related to testing activities.
 * Preparing and presenting reports on testing progress and outcomes to management.
 * Staying updated with emerging trends and technologies in software testing.</t>
   </si>
   <si>
+    <t>* Supervisar el proceso de pruebas para software y sistemas para garantizar la calidad y el rendimiento.
+* Desarrollar e implementar estrategias, planes y procedimientos de pruebas.
+* Coordinar con equipos multifuncionales para definir requisitos y objetivos de pruebas.
+* Liderar un equipo de probadores, brindando orientación, apoyo y mentoría.
+* Analizar resultados de pruebas e informar sobre los hallazgos a las partes interesadas.
+* Identificar y documentar defectos, asegurando la resolución oportuna.
+* Mantener entornos de pruebas y asegurarse de que estén actualizados.
+* Colaborar con desarrolladores para comprender las especificaciones del producto y diseñar casos de prueba en consecuencia.
+* Asegurar el cumplimiento de estándares y mejores prácticas de la industria en pruebas.
+* Mejorar continuamente los procesos y metodologías de pruebas para aumentar la eficiencia y la efectividad.
+* Gestionar cronogramas de proyectos y recursos para cumplir con los plazos de pruebas.
+* Proporcionar capacitación y apoyo a los miembros del equipo sobre herramientas y técnicas de pruebas.
+* Realizar evaluaciones de riesgo e implementar estrategias de mitigación relacionadas con las actividades de pruebas.
+* Preparar y presentar informes sobre el progreso y los resultados de las pruebas a la dirección.
+* Mantenerse actualizado sobre las tendencias y tecnologías emergentes en pruebas de software.</t>
+  </si>
+  <si>
     <t>Transport manager</t>
+  </si>
+  <si>
+    <t>Gestor de transporte</t>
   </si>
   <si>
     <t>* Responsibility for the smooth operation of the transport department or company.
 * Managing, coordinating, motivating and evaluating subordinate employees.
 * Analysing vehicle utilisation, route planning.
 * Monitoring the technical condition of vehicles.
 * Monitoring fuel consumption.
 * Managing business meetings, discussions and negotiations of the contractual terms and conditions.
 * Analysing and optimising operating costs.
 * Registering and deregistering vehicles at the traffic inspectorate.
 * Communicating with insurance companies in case of claims.</t>
   </si>
   <si>
+    <t>* Responsabilidad por el funcionamiento fluido del departamento o empresa de transporte.
+* Administrar, coordinar, motivar y evaluar a los empleados subordinados.
+* Analizar la utilización de vehículos y planificación de rutas.
+* Supervisar el estado técnico de los vehículos.
+* Supervisar el consumo de combustible.
+* Administrar reuniones comerciales, discusiones y negociaciones de los términos y condiciones contractuales.
+* Analizar y optimizar los costos operativos.
+* Registrar y dar de baja vehículos en la inspección de tráfico.
+* Comunicarse con las compañías de seguros en caso de reclamaciones.</t>
+  </si>
+  <si>
     <t>Warehouse Manager</t>
+  </si>
+  <si>
+    <t>Jefe de almacén</t>
   </si>
   <si>
     <t>* Supervising the receipt and release of material and goods inventories.
 * Recording of the current inventory in the storage system.
 * Checking orders, maintaining the prescribed documentation.
 * Managing, motivating and evaluating subordinate staff.
 * Scheduling work shifts, assigning tasks and coordinating activities within the warehouse.
 * Proposing measures to optimise warehouse management processes.
 * Supervising the correct storage and manipulation with material and goods inventory.
 * Checking the compliance with safety, fire and sanitary regulations, ensuring the provision of protection equipment.
 * Preparing regular reports for the company management.
 * Performing ordinary, ongoing and extraordinary inventory taking of stocks.
 * Cooperating with other departments within the company.</t>
   </si>
   <si>
+    <t>* Supervisar la recepción y liberación de inventarios de materiales y mercancías.
+* Registrar el inventario actual en el sistema de almacenamiento.
+* Verificar pedidos, mantener la documentación prescrita.
+* Gestionar, motivar y evaluar al personal subordinado.
+* Programar turnos de trabajo, asignar tareas y coordinar actividades dentro del almacén.
+* Proponer medidas para optimizar los procesos de gestión del almacén.
+* Supervisar el almacenamiento y manipulación correctos del inventario de materiales y mercancías.
+* Verificar el cumplimiento de las normas de seguridad, contra incendios y sanitarias, asegurando la provisión de equipos de protección.
+* Preparar informes regulares para la dirección de la empresa.
+* Realizar tomas de inventario ordinarias, continuas y extraordinarias de existencias.
+* Cooperar con otros departamentos dentro de la empresa.</t>
+  </si>
+  <si>
     <t>Marketing, Advertising, PR</t>
   </si>
   <si>
+    <t>Marketing, publicidad y RRPP</t>
+  </si>
+  <si>
     <t>Account Executive</t>
+  </si>
+  <si>
+    <t>Ejecutivo de cuentas</t>
   </si>
   <si>
     <t>* Providing comprehensive care for assigned clients.
 * Attending personal meetings in order to identify clients' wishes and requirements.
 * Presenting the advertising agency and the services it offers.
 * Communicating with an implementation team in the advertising agency and with external suppliers.
 * Performing administrative work related to the assigned clients.</t>
+  </si>
+  <si>
+    <t>* Proporcionar atención integral a los clientes asignados.
+* Asistir a reuniones personales para identificar los deseos y requisitos de los clientes.
+* Presentar la agencia de publicidad y los servicios que ofrece.
+* Comunicarse con un equipo de implementación en la agencia de publicidad y con proveedores externos.
+* Realizar trabajo administrativo relacionado con los clientes asignados.</t>
   </si>
   <si>
     <t>* Providing comprehensive care for the assigned group of clients.
 * Presenting the advertising agency and services it offers.
 * Attending personal meetings in order to identify clients’ individual wishes and requirements.
 * Performing activities in order to attract new clients.
 * Communicating with the implementation team in the advertising agency and with external suppliers.
 * Proposing possible solutions based on individual customer wishes and requirements.</t>
   </si>
   <si>
+    <t>* Brindar atención integral al grupo de clientes asignado.
+* Presentar la agencia de publicidad y servicios que ofrece.
+* Asistir a reuniones personales para identificar los deseos y requisitos individuales de los clientes.
+* Realizar actividades para atraer a nuevos clientes.
+* Comunicarse con el equipo de implementación de la agencia de publicidad y con proveedores externos.
+* Proponer soluciones posibles basadas en los deseos y requisitos individuales de cada cliente.</t>
+  </si>
+  <si>
     <t>Copywriter</t>
+  </si>
+  <si>
+    <t>Copywriter (redactor publicitario)</t>
   </si>
   <si>
     <t>* Creating advertising texts, slogans, scripts, radio jingles, and the main ideas of advertising campaigns.
 * Attending the brainstorming meetings and discussions.
 * Providing linguistic editing of written texts.
 * Responsibility for the linguistic and text aspect of advertising texts.
 * Presenting and defending one´s own ideas to clients.</t>
   </si>
   <si>
+    <t>* Crear textos publicitarios, eslóganes, guiones, jingles radiofónicos y las ideas principales de campañas publicitarias.
+* Asistir a reuniones y discusiones de lluvia de ideas.
+* Realizar la edición lingüística de textos escritos.
+* Responsabilidad del aspecto lingüístico y textual de los textos publicitarios.
+* Presentar y defender las propias ideas ante los clientes.</t>
+  </si>
+  <si>
     <t>CRM specialist</t>
+  </si>
+  <si>
+    <t>Especialista en CRM</t>
   </si>
   <si>
     <t>* supporting business processes, including sales, marketing and services
 * retaining communication with the client in the database
 * creating and distributing target groups into distribution channels
 * streamlining processes, sales and marketing
 * ensuring support for internal staff in order to reach their goals
 * planning, coordinating and monitoring internal activities and projects in the field of CRM</t>
   </si>
   <si>
+    <t>* apoyar los procesos comerciales, incluidas las ventas, el marketing y los servicios
+* mantener la comunicación con el cliente en la base de datos
+* crear y distribuir grupos objetivo en canales de distribución
+* racionalizar los procesos, las ventas y el marketing
+* garantizar el apoyo al personal interno para alcanzar sus objetivos
+* planificar, coordinar y supervisar las actividades y proyectos internos en el ámbito del CRM</t>
+  </si>
+  <si>
     <t>Digital marketing manager</t>
+  </si>
+  <si>
+    <t>Gerente de marketing digital</t>
   </si>
   <si>
     <t>* Development, planning and implementation of a digital marketing strategy
 * Development and management of own and paid digital communication channels
 * Raising brand awareness, number of visitors and visibility on targeted social media and channels
 * Proposing and developing content creation for blog, social networks and newsletter campaigns
 * Setting and meeting measurable goals - key performance indicators (KPIs) of digital marketing and their implementation at the level of campaigns, projects and overarching goals of the company
 * Preparation of reports on the success of implemented activities in order to maximize business results
 * Research and analysis of the potential of online channels
 * Monitoring the competition and proposing new marketing solutions</t>
   </si>
   <si>
+    <t>* Desarrollo, planificación e implementación de una estrategia de marketing digital
+* Desarrollo y gestión de canales de comunicación digitales propios y de pago
+* Aumentar la conciencia de marca, el número de visitantes y la visibilidad en los medios sociales y canales objetivos
+* Propuesta y desarrollo de creación de contenido para blogs, redes sociales y campañas de newsletters
+* Establecimiento y cumplimiento de objetivos medibles - indicadores clave de rendimiento (KPI) de marketing digital y su implementación a nivel de campañas, proyectos y objetivos generales de la empresa
+* Preparación de informes sobre el éxito de las actividades implementadas con el fin de maximizar los resultados empresariales
+* Investigación y análisis del potencial de los canales en línea
+* Seguimiento de la competencia y propuesta de nuevas soluciones de marketing</t>
+  </si>
+  <si>
     <t>Digital marketing specialist</t>
+  </si>
+  <si>
+    <t>Especialista en marketing digital</t>
   </si>
   <si>
     <t>* Design digital media campaigns aligned with business goals
 * Coordinate the creation of digital content (e.g. website, blogs, press releases and podcasts)
 * Manage end-to-end digital projects
 * Establish web presence to boost brand awareness
 * Maintain a strong online company voice through social media
 * Liaise with Marketing, Sales and Product development teams to ensure brand consistency
 * Suggest and implement direct marketing methods to increase profitability
 * Monitor ROI and KPIs
 * Stay up-to-date with digital media developments</t>
   </si>
   <si>
+    <t>* Diseñar campañas de medios digitales alineadas con los objetivos empresariales
+* Coordinar la creación de contenido digital (por ejemplo, sitio web, blogs, comunicados de prensa y podcasts)
+* Gestionar proyectos digitales de principio a fin
+* Establecer presencia web para potenciar la conciencia de marca
+* Mantener una voz empresarial en línea fuerte a través de las redes sociales
+* Coordinar con los equipos de Marketing, Ventas y Desarrollo de Producto para garantizar la coherencia de marca
+* Sugerir e implementar métodos de marketing directo para aumentar la rentabilidad
+* Monitorear el ROI y los KPI
+* Mantenerse actualizado sobre los últimos desarrollos en medios digitales</t>
+  </si>
+  <si>
     <t>* Preparing graphic documents for printing.
 * Operating input and output peripheral devices.
 * Page make-up for advertising and promotional materials, newspapers, magazines, books, and other printed matter.
 * Editing layouts and their adapting to the needs of individual prints.
 * Finalisation of documents for printing.</t>
   </si>
   <si>
+    <t>* Preparación de documentos gráficos para impresión.
+* Operación de dispositivos periféricos de entrada y salida.
+* Maquetación de página de publicidad y materiales promocionales, periódicos, revistas, libros y otros materiales impresos.
+* Edición de diseños y su adaptación a las necesidades de las impresiones individuales.
+* Finalización de documentos para impresión.</t>
+  </si>
+  <si>
     <t>Graphic Designer</t>
   </si>
   <si>
+    <t>Diseñador gráfico</t>
+  </si>
+  <si>
     <t>* Designing advertising and promotional materials based on client requirements.</t>
   </si>
   <si>
+    <t>* Diseño de materiales publicitarios y promocionales basados en los requisitos del cliente.</t>
+  </si>
+  <si>
     <t>Internal Communication Specialist</t>
+  </si>
+  <si>
+    <t>Especialista en comunicación interna</t>
   </si>
   <si>
     <t>* Writing and editing a wide range of corporate articles, documents, speeches, newsletters etc.
 * Participating in the development and implementation of an internal communication strategy.
 * Providing advice on the adoption and use of internal communication culture.
 * Updating the company website and intranet.
 * Evaluating the effectiveness of communication.</t>
   </si>
   <si>
+    <t>* Redactar y editar una amplia variedad de artículos corporativos, documentos, discursos, boletines, etc.
+* Participar en el desarrollo y la implementación de una estrategia de comunicación interna.
+* Brindar asesoramiento sobre la adopción y el uso de la cultura de comunicación interna.
+* Actualizar el sitio web y la intranet de la empresa.
+* Evaluar la efectividad de la comunicación.</t>
+  </si>
+  <si>
     <t>Marketing Analyst</t>
+  </si>
+  <si>
+    <t>Analista de marketing</t>
   </si>
   <si>
     <t>* Collecting opinions, attitudes and preferences of consumers using targeted questionnaires, telephone surveys, etc.
 * Processing acquired data and its interpretation in the form of written analyses.
 * Proposing recommendations regarding products and/or services, their distribution and prices.
 * Cooperating with research agencies and the management of the company.</t>
   </si>
   <si>
+    <t>* Recopilar opiniones, actitudes y preferencias de consumidores mediante cuestionarios dirigidos, encuestas telefónicas, etc.
+* Procesar los datos obtenidos y su interpretación en forma de análisis escritos.
+* Proponer recomendaciones sobre productos y/o servicios, su distribución y precios.
+* Colaborar con agencias de investigación y la dirección de la empresa.</t>
+  </si>
+  <si>
     <t>Marketing assistant</t>
+  </si>
+  <si>
+    <t>Asistente de marketing</t>
   </si>
   <si>
     <t>* Assisting in the development and implementation of marketing strategies to promote products and services.
 * Conducting market research to identify trends, customer preferences, and competitive landscape.
 * Supporting the creation of marketing materials, including brochures, newsletters, and digital content.
 * Coordinating and executing social media campaigns to enhance brand visibility and engagement.
 * Assisting in organizing promotional events, trade shows, and product launches.
 * Maintaining and updating the marketing database and CRM systems.
 * Collaborating with the sales team to align marketing efforts with sales goals.
 * Monitoring and analyzing the performance of marketing campaigns and generating reports.
 * Assisting with public relations activities, including drafting press releases and managing media inquiries.
 * Providing administrative support to the marketing department, including scheduling meetings and managing budgets.
 * Engaging with customers and stakeholders to gather feedback and enhance service delivery.
 * Staying updated on industry trends and best practices to inform marketing strategies.</t>
   </si>
   <si>
+    <t>* Colaborar en el desarrollo y la implementación de estrategias de marketing para promocionar productos y servicios.
+* Realizar investigaciones de mercado para identificar tendencias, preferencias de los clientes y el panorama competitivo.
+* Apoyar la creación de materiales de marketing, incluidos folletos, boletines y contenido digital.
+* Coordinar y ejecutar campañas en redes sociales para mejorar la visibilidad y el compromiso de la marca.
+* Ayudar a organizar eventos promocionales, ferias comerciales y lanzamientos de productos.
+* Mantener y actualizar la base de datos de marketing y los sistemas CRM.
+* Colaborar con el equipo de ventas para alinear los esfuerzos de marketing con los objetivos de ventas.
+* Monitorear y analizar el rendimiento de las campañas de marketing y generar informes.
+* Ayudar con las actividades de relaciones públicas, incluida la redacción de comunicados de prensa y la gestión de consultas de los medios.
+* Proporcionar apoyo administrativo al departamento de marketing, incluida la programación de reuniones y la gestión de presupuestos.
+* Interactuar con los clientes y las partes interesadas para recopilar comentarios y mejorar la prestación de servicios.
+* Mantenerse actualizado sobre las tendencias y las mejores prácticas de la industria para informar las estrategias de marketing.</t>
+  </si>
+  <si>
     <t>Marketing Officer</t>
+  </si>
+  <si>
+    <t>Empleado de marketing</t>
   </si>
   <si>
     <t>* Monitoring the market and activities of competitors.
 * Organising and coordinating support marketing activities, exhibitions etc.
 * Analysing and evaluating the success of marketing activities.
 * Developing and streamlining of marketing activities.
 * Participating in launching new products.
 * Communicating with suppliers providing services.</t>
   </si>
   <si>
+    <t>* Monitorear el mercado y las actividades de los competidores.
+* Organizar y coordinar actividades de marketing de apoyo, exposiciones, etc.
+* Analizar y evaluar el éxito de las actividades de marketing.
+* Desarrollar y optimizar las actividades de marketing.
+* Participar en el lanzamiento de nuevos productos.
+* Comunicarse con proveedores que prestan servicios.</t>
+  </si>
+  <si>
     <t>Marketing Specialist</t>
+  </si>
+  <si>
+    <t>Especialista en marketing</t>
   </si>
   <si>
     <t>* Designing, coordinating, implementing and evaluating marketing campaigns in cooperation with the supervisor.
 * Selecting appropriate communication channels for each marketing activity.
 * Market monitoring at local, regional, national and international level.
 * Taking part in creating a marketing plan and budget.
 * Preparing and updating company presentations.
 * Communicating with service providers and advertising agencies; negotiating terms and conditions.
 * Updating the content of the company`s Intranet and Internet sites.</t>
   </si>
   <si>
+    <t>* Diseñar, coordinar, implementar y evaluar campañas de marketing en cooperación con el supervisor.
+* Seleccionar canales de comunicación adecuados para cada actividad de marketing.
+* Seguimiento del mercado a nivel local, regional, nacional e internacional.
+* Participar en la creación de un plan y presupuesto de marketing.
+* Preparar y actualizar presentaciones de la empresa.
+* Comunicarse con proveedores de servicios y agencias publicitarias; negociar términos y condiciones.
+* Actualizar el contenido de los sitios de Intranet e Internet de la empresa.</t>
+  </si>
+  <si>
     <t>Media Buyer</t>
+  </si>
+  <si>
+    <t>Comprador de medios</t>
   </si>
   <si>
     <t>* Purchasing advertising time and space in mass media.
 * Finding out about the availability of communication channels (considering the budget).
 * Negotiating the best terms of contract.
 * Building up relationships with clients and sellers of the advertising space.</t>
   </si>
   <si>
+    <t>* Comprar tiempo y espacio publicitario en medios de comunicación masivos.
+* Investigar sobre la disponibilidad de canales de comunicación (considerando el presupuesto).
+* Negociar las mejores condiciones del contrato.
+* Establecer relaciones con clientes y vendedores de espacios publicitarios.</t>
+  </si>
+  <si>
     <t>Media Planner</t>
+  </si>
+  <si>
+    <t>Planificador de medios</t>
   </si>
   <si>
     <t>* Identifying the target group of the advertising campaign.
 * Analyzing communication channels, their focus on the target groups, frequency and cost.
 * Choosing the best communication channel or their combination
 * Optimizing the advertising campaign from the point of view of cost and their focus on the target group.
 * Preparing suggestions for clients to approve.</t>
   </si>
   <si>
+    <t>* Identificar el grupo objetivo de la campaña publicitaria.
+* Analizar los canales de comunicación, su enfoque en los grupos objetivo, frecuencia y coste.
+* Elegir el mejor canal de comunicación o su combinación.
+* Optimizar la campaña publicitaria desde el punto de vista del coste y su enfoque en el grupo objetivo.
+* Preparar sugerencias para que los clientes las aprueben.</t>
+  </si>
+  <si>
     <t>PPC specialist</t>
+  </si>
+  <si>
+    <t>Especialista en PPC</t>
   </si>
   <si>
     <t>* Designing, optimizing and auditing PPC campaigns
 * Working with the Google AdWords, AdWords Editor and Sklik PPC systems
 * Evaluating visit rates of websites 
 * Assessing the effectiveness of PPC campaigns 
 * Creating documentation, analyses and presentations
 * Monitoring the competition, new trends, seeking out new opportunities</t>
   </si>
   <si>
+    <t>* Diseñar, optimizar y auditar campañas de PPC
+* Trabajar con los sistemas de PPC Google AdWords, AdWords Editor y Sklik
+* Evaluar las tasas de visita de sitios web
+* Evaluar la efectividad de las campañas de PPC
+* Crear documentación, análisis y presentaciones
+* Supervisar la competencia, las nuevas tendencias y buscar nuevas oportunidades</t>
+  </si>
+  <si>
     <t>PR Manager</t>
+  </si>
+  <si>
+    <t>Director de relaciones públicas</t>
   </si>
   <si>
     <t>* Responsibility for the internal and external communications of the company, maintaining good relations with media representatives and general public.
 * Drawing up and implementing the communication strategy of the company.
 * Preparing promotional articles, press releases, speeches and official responses to the questions posed by media representatives.
 * Monitoring the materials published in mass media, completing the media analyses.
 * Communicating with the representatives of the media, organising press conferences and similar media events.
 * Building and updating a database of contacts for media representatives.
 * Preparing proposals for sponsorship activities.
 * Coordinating the activities of subordinate employees.</t>
   </si>
   <si>
+    <t>* Responsabilidad por las comunicaciones internas y externas de la empresa, manteniendo buenas relaciones con representantes de los medios y el público en general.
+* Elaboración e implementación de la estrategia de comunicación de la empresa.
+* Preparación de artículos promocionales, comunicados de prensa, discursos y respuestas oficiales a las preguntas planteadas por representantes de los medios.
+* Seguimiento de los materiales publicados en los medios de comunicación masiva, realización de análisis de medios.
+* Comunicación con representantes de los medios, organización de conferencias de prensa y eventos similares de los medios.
+* Creación y actualización de una base de datos de contactos para representantes de los medios.
+* Preparación de propuestas para actividades de patrocinio.
+* Coordinación de las actividades de los empleados subordinados.</t>
+  </si>
+  <si>
+    <t>* Creación de soluciones empresariales, procesos y modelos de negocio.
+* Procesamiento de propuestas técnicas y de precios.
+* Diseño e implementación de medidas para el desarrollo.
+* Promoción de la venta de productos con respecto a los aspectos técnicos y procedimentales y las relaciones con los proveedores.
+* Gestión de la documentación técnica y comercial correspondiente.
+* Análisis de las condiciones del mercado, procesamiento de los resultados del análisis de mercado, elaboración de informes periódicos sobre los resultados y su presentación.
+* Colaboración con las secciones empresariales y técnicas de la empresa.
+* Representación de la empresa en reuniones con socios comerciales y otras entidades.</t>
+  </si>
+  <si>
     <t>* Presenting products with a view to promote sales.
 * Ensuring food product tasting.
 * Informing customers about the qualities and advantages of the presented products.
 * Handing out promotional items when purchasing a specified number of products.</t>
   </si>
   <si>
+    <t>* Presentar productos con vistas a promocionar las ventas.
+* Asegurar la degustación de productos alimenticios.
+* Informar a los clientes sobre las cualidades y ventajas de los productos presentados.
+* Entregar artículos promocionales al comprar un número determinado de productos.</t>
+  </si>
+  <si>
     <t>SEO analyst</t>
+  </si>
+  <si>
+    <t>Analista de SEO</t>
   </si>
   <si>
     <t>* Execute search keyword discovery and expansion.
 * Perform SEO page audits.
 * Perform external back link analysis and provide recommendations.
 * Perform internal link optimization.
 * Perform SEO technical analysis and evaluation.
 * Monitor, track, and report on SEO metrics, including trend analysis, and keyword performance
 * Perform site quality checks, including navigation, content currency and broken link analysis
 * Perform usability analysis</t>
   </si>
   <si>
+    <t>* Realizar descubrimiento y expansión de palabras clave de búsqueda.
+* Realizar auditorías de página de SEO.
+* Realizar análisis de enlaces externos de retroceso y proporcionar recomendaciones.
+* Realizar optimización de enlaces internos.
+* Realizar análisis y evaluación técnica de SEO.
+* Monitorear, rastrear e informar sobre métricas de SEO, incluyendo análisis de tendencias y rendimiento de palabras clave.
+* Realizar comprobaciones de calidad del sitio, incluyendo navegación, actualidad del contenido y análisis de enlaces rotos.
+* Realizar análisis de usabilidad.</t>
+  </si>
+  <si>
     <t>Social media specialist</t>
+  </si>
+  <si>
+    <t>Especialista en medios sociales</t>
   </si>
   <si>
     <t>* managing social networks - Facebook, Twitter, Google+, Instagram and other
 * monitoring discussions, contributions, responding to questions
 * creating and posting of contributions, bloggs
 * cooperation with other departments of the company
 * promotion of activities of the company</t>
+  </si>
+  <si>
+    <t>* Gestión de redes sociales - Facebook, Twitter, Google+, Instagram y otras
+* Seguimiento de debates, contribuciones y respuesta a preguntas
+* Creación y publicación de contribuciones y blogs
+* Colaboración con otros departamentos de la empresa
+* Promoción de las actividades de la empresa</t>
   </si>
   <si>
     <t>* Designing and creating visually appealing and user-friendly websites.
 * Collaborating with clients and team members to understand project requirements and objectives.
 * Developing website layouts and user interfaces using standard HTML/CSS practices.
 * Utilizing graphic design software to create engaging graphics and multimedia content.
 * Ensuring website functionality and optimization across various devices and browsers.
 * Conducting user testing and gathering feedback to enhance user experience.
 * Implementing SEO best practices to improve website visibility and performance.
 * Staying updated with the latest web design trends and technologies.
 * Managing website updates, maintenance, and troubleshooting issues.
 * Providing technical support and guidance to clients regarding website management.
 * Creating and maintaining documentation related to design processes and project specifications.
 * Collaborating with marketing and content teams to align web design with overall branding strategies.
 * Assisting in the development of digital marketing campaigns to drive traffic and engagement.
 * Participating in brainstorming sessions and contributing creative ideas for web projects.</t>
   </si>
   <si>
+    <t>* Diseñar y crear sitios web visualmente atractivos y fáciles de usar.
+* Colaborar con clientes y miembros del equipo para comprender los requisitos y objetivos del proyecto.
+* Desarrollar diseños de sitios web y interfaces de usuario utilizando prácticas estándar de HTML/CSS.
+* Utilizar software de diseño gráfico para crear gráficos y contenido multimedia atractivos.
+* Garantizar la funcionalidad y optimización del sitio web en varios dispositivos y navegadores.
+* Realizar pruebas de usuario y recopilar comentarios para mejorar la experiencia del usuario.
+* Implementar las mejores prácticas de SEO para mejorar la visibilidad y el rendimiento del sitio web.
+* Mantenerse actualizado sobre las últimas tendencias y tecnologías de diseño web.
+* Administrar actualizaciones, mantenimiento y solución de problemas del sitio web.
+* Brindar soporte técnico y orientación a los clientes sobre la gestión del sitio web.
+* Crear y mantener documentación relacionada con los procesos de diseño y especificaciones del proyecto.
+* Colaborar con los equipos de marketing y contenido para alinear el diseño web con las estrategias de marca generales.
+* Asistir en el desarrollo de campañas de marketing digital para impulsar el tráfico y la participación.
+* Participar en sesiones de lluvia de ideas y contribuir con ideas creativas para proyectos web.</t>
+  </si>
+  <si>
     <t>Mechanical Engineering</t>
   </si>
   <si>
+    <t>Ingeniería mecánica</t>
+  </si>
+  <si>
     <t>Automation engineer</t>
+  </si>
+  <si>
+    <t>Ingeniero de automatización</t>
   </si>
   <si>
     <t>* Design, develop, and implement automation systems and solutions to improve manufacturing processes.
 * Collaborate with cross-functional teams to identify automation needs and requirements.
 * Conduct feasibility studies and cost analysis for automation projects.
 * Program and configure PLCs, HMIs, and other automation equipment.
 * Troubleshoot and resolve issues related to automation systems and machinery.
 * Create and maintain documentation for automation processes, including specifications and user manuals.
 * Ensure compliance with industry standards and safety regulations in all automation projects.
 * Provide technical support and training to operational staff on automated systems.
 * Stay updated on the latest technologies and trends in automation engineering.
 * Participate in continuous improvement initiatives to enhance efficiency and productivity within the organization.</t>
   </si>
   <si>
+    <t>* Diseñar, desarrollar e implementar sistemas y soluciones de automatización para mejorar los procesos de fabricación.
+* Colaborar con equipos multifuncionales para identificar necesidades y requisitos de automatización.
+* Realizar estudios de viabilidad y análisis de costos para proyectos de automatización.
+* Programar y configurar PLC, HMIs y otros equipos de automatización.
+* Identificar y resolver problemas relacionados con sistemas de automatización y maquinaria.
+* Crear y mantener documentación para procesos de automatización, incluyendo especificaciones y manuales de usuario.
+* Garantizar el cumplimiento de normas y regulaciones de seguridad en todos los proyectos de automatización.
+* Proporcionar apoyo técnico y formación al personal operativo sobre sistemas automatizados.
+* Mantenerse actualizado sobre las últimas tecnologías y tendencias en ingeniería de automatización.
+* Participar en iniciativas de mejora continua para mejorar la eficiencia y productividad dentro de la organización.</t>
+  </si>
+  <si>
     <t>Automation planner</t>
+  </si>
+  <si>
+    <t>Planificador de automatización</t>
   </si>
   <si>
     <t>* Developing and implementing automation strategies to improve production efficiency.
 * Analyzing current manufacturing processes to identify automation opportunities.
 * Collaborating with engineering teams to design and optimize automated systems.
 * Creating detailed automation plans, including timelines, budgets, and resource allocation.
 * Coordinating with suppliers and vendors to procure necessary automation equipment.
 * Conducting feasibility studies and risk assessments for automation projects.
 * Monitoring and evaluating the performance of automated systems and processes.
 * Providing technical support and troubleshooting for automation-related issues.
 * Training staff on new automated systems and ensuring compliance with safety standards.
 * Preparing reports and documentation related to automation projects and progress.
 * Staying updated on industry trends and advancements in automation technology.
 * Participating in cross-functional teams to enhance overall operational effectiveness.</t>
   </si>
   <si>
+    <t>* Desarrollar e implementar estrategias de automatización para mejorar la eficiencia de la producción.
+* Analizar los procesos de fabricación actuales para identificar oportunidades de automatización.
+* Colaborar con los equipos de ingeniería para diseñar y optimizar sistemas automatizados.
+* Crear planes de automatización detallados, incluyendo cronogramas, presupuestos y asignación de recursos.
+* Coordinar con proveedores y proveedores para adquirir el equipo de automatización necesario.
+* Realizar estudios de viabilidad y evaluaciones de riesgos para proyectos de automatización.
+* Monitorear y evaluar el desempeño de los sistemas y procesos automatizados.
+* Brindar soporte técnico y solución de problemas para cuestiones relacionadas con la automatización.
+* Capacitar al personal en nuevos sistemas automatizados y asegurarse de que se cumplan los estándares de seguridad.
+* Preparar informes y documentación relacionados con proyectos y avances de automatización.
+* Mantenerse actualizado sobre las tendencias y avances de la industria en tecnología de automatización.
+* Participar en equipos multifuncionales para mejorar la eficacia operativa general.</t>
+  </si>
+  <si>
     <t>CNC Machine Setter</t>
+  </si>
+  <si>
+    <t>Operario especializado en CNC</t>
   </si>
   <si>
     <t>* Reading technical drawings.
 * Installing components and tools.
 * Ensuring the transfer of the program into the CNC machine.
 * Reading and editing the program.
 * Producing components.</t>
   </si>
   <si>
+    <t>* Leer planos técnicos.
+* Instalar componentes y herramientas.
+* Asegurar la transferencia del programa a la máquina de CNC.
+* Leer y editar el programa.
+* Producir componentes.</t>
+  </si>
+  <si>
     <t>CNC Programmer</t>
+  </si>
+  <si>
+    <t>Programador CNC</t>
   </si>
   <si>
     <t>* Reading technical drawings.
 * Calculating the coordinates of the tool.
 * Writing the program using G and M codes.
 * Drawing and modelling tool path using the CAM program.
 * Ensuring the transfer of the program into the CNC machine.
 * Setting up the machine by fastening the workpiece and tool.
 * Producing components.</t>
   </si>
   <si>
+    <t>* Leer planos técnicos.
+* Calcular las coordenadas de la herramienta.
+* Escribir el programa utilizando códigos G y M.
+* Dibujar y modelar la trayectoria de la herramienta utilizando el programa CAM.
+* Asegurar la transferencia del programa a la máquina CNC.
+* Configurar la máquina sujetando la pieza de trabajo y la herramienta.
+* Producir componentes.</t>
+  </si>
+  <si>
     <t>Cutter/Grinder/Polisher</t>
+  </si>
+  <si>
+    <t>Cortador/triturador/pulidor</t>
   </si>
   <si>
     <t>* Reading drawings.
 * Setting up grinding machinery and equipment.
 * Processing of semi-finished products by means of grinding machines and equipment with an emphasis placed on maintaining the desired shape, dimensions and tolerances.
 * Simple surface finish treatment of semi-finished products.
 * Carrying out simple repairs and the maintenance of machinery and equipment.</t>
+  </si>
+  <si>
+    <t>* Lectura de planos.
+* Preparación de maquinaria y equipos de rectificado.
+* Procesamiento de productos semiterminados mediante máquinas y equipos de rectificado con énfasis en mantener la forma deseada, las dimensiones y las tolerancias.
+* Tratamiento superficial simple de productos semiterminados.
+* Realización de reparaciones simples y mantenimiento de maquinaria y equipos.</t>
   </si>
   <si>
     <t xml:space="preserve">* Designing new products and devices. Choosing materials for their production, often also defining the technology of their production.
 * Completing construction documentation for the production - drawings, 3d data. 
 * Looking up suppliers of the parts that are to be purchased, dealing with sales representatives of the suppliers, defining parameters of the purchased semi-finished products or finished products. Often also negotiating the price.
 * Checking the completeness of the supplied parts, compliance with the documentation, quality. 
 * Supervising the assembly of devices that were designed by him and taking part in putting them into operation. Often in this phase he makes minor modifications and improvements. He determines the range and intervals of maintenance.
 </t>
   </si>
   <si>
+    <t>* Diseñar nuevos productos y dispositivos. Seleccionar materiales para su producción, a menudo definiendo también la tecnología de su producción.
+* Completar la documentación de construcción para la producción - planos, datos 3D.
+* Buscar proveedores de las partes que deben comprarse, tratar con representantes de ventas de los proveedores, definir parámetros de los productos semielaborados o productos terminados comprados. A menudo también negociar el precio.
+* Verificar la integridad de las piezas suministradas, el cumplimiento de la documentación y la calidad.
+* Supervisar el montaje de los dispositivos que diseñó y participar en su puesta en marcha. A menudo en esta fase realiza modificaciones y mejoras menores. Determina el alcance y los intervalos de mantenimiento.</t>
+  </si>
+  <si>
     <t>* Elaborating technical documentation for the components, machines, automatic equipment, tools and systems with the help of specialized software.
 * Consulting the completed technical documentation with clients.
 * Cooperating with mechanical engineers, constructors and other members of the projection team.
 * Incorporating observations into the technical documentation.
 * Taking part in preparing the cost estimation.</t>
   </si>
   <si>
+    <t>* Elaborar documentación técnica para los componentes, máquinas, equipo automático, herramientas y sistemas con la ayuda de software especializado.
+* Consultar la documentación técnica terminada con los clientes.
+* Cooperar con ingenieros mecánicos, constructores y otros miembros del equipo de proyección.
+* Incorporar observaciones en la documentación técnica.
+* Participar en la preparación de la estimación de costos.</t>
+  </si>
+  <si>
     <t>* Reading technical documentation.
 * Mounting machinery units and/or their parts according to technical documentation.
 * Testing the functionality of machine units and/or their parts after assembly.
 * Removing detected anomalies.
 * Handing over machine units and/or their parts after assembly.</t>
   </si>
   <si>
+    <t>* Leer documentación técnica.
+* Montar unidades de maquinaria y/o sus partes según la documentación técnica.
+* Probar la funcionalidad de las unidades de máquina y/o sus partes después del montaje.
+* Eliminar anomalías detectadas.
+* Entregar unidades de máquina y/o sus partes después del montaje.</t>
+  </si>
+  <si>
     <t>Foundry worker</t>
+  </si>
+  <si>
+    <t>Operario de fundición</t>
   </si>
   <si>
     <t>* Operating and maintaining foundry equipment and machinery.
 * Preparing molds and casting materials for metal production.
 * Pouring molten metal into molds and ensuring proper cooling and solidification.
 * Monitoring the casting process to ensure quality and adherence to specifications.
 * Inspecting castings for defects and performing necessary adjustments or repairs.
 * Adhering to safety protocols and regulations to maintain a safe working environment.
 * Collaborating with team members to optimize production processes and efficiency.
 * Conducting routine maintenance on foundry equipment to prevent breakdowns.
 * Keeping accurate records of production quantities and material usage.
 * Assisting in the training of new employees on foundry operations and safety procedures.
 * Troubleshooting issues that arise during the casting process and implementing solutions.
 * Maintaining a clean and organized work area to uphold quality standards.
 * Participating in continuous improvement initiatives to enhance productivity and reduce waste.</t>
   </si>
   <si>
+    <t>* Operar y mantener el equipo y la maquinaria de la fundición.
+* Preparar moldes y materiales de fundición para la producción de metal.
+* Verter metal fundido en moldes y asegurarse de que se enfríe y solidifique correctamente.
+* Supervisar el proceso de fundición para garantizar la calidad y el cumplimiento de las especificaciones.
+* Inspeccionar las fundiciones en busca de defectos y realizar los ajustes o reparaciones necesarios.
+* Cumplir con los protocolos y reglamentos de seguridad para mantener un entorno de trabajo seguro.
+* Colaborar con los miembros del equipo para optimizar los procesos de producción y la eficiencia.
+* Realizar mantenimiento rutinario en el equipo de fundición para evitar averías.
+* Mantener registros precisos de las cantidades de producción y del uso de materiales.
+* Ayudar en la formación de nuevos empleados en operaciones de fundición y procedimientos de seguridad.
+* Solucionar problemas que surjan durante el proceso de fundición e implementar soluciones.
+* Mantener un área de trabajo limpia y organizada para mantener los estándares de calidad.
+* Participar en iniciativas de mejora continua para aumentar la productividad y reducir los residuos.</t>
+  </si>
+  <si>
     <t>Lathe operator</t>
+  </si>
+  <si>
+    <t>Tornero</t>
   </si>
   <si>
     <t>* Reading drawings.
 * Setting up lathes.
 * Processing of semifinished lathe products with an emphasis on maintaining of the desired shape, dimensions and tolerances.
 * Simple surface finish treatment of semifinished products.
 * Carrying out simple repairs and maintenance of machinery and equipment.</t>
   </si>
   <si>
+    <t>* Lectura de planos.
+* Configuración de tornos.
+* Procesamiento de productos semielaborados de torno con énfasis en mantener la forma, las dimensiones y las tolerancias deseadas.
+* Tratamiento simple de acabado superficial de productos semielaborados.
+* Realización de reparaciones y mantenimiento simples de maquinaria y equipo.</t>
+  </si>
+  <si>
     <t>Machine Fitter</t>
+  </si>
+  <si>
+    <t>Montador de maquinaria</t>
   </si>
   <si>
     <t>* Using technical documents.
 * Processing sketches to complement the technological process of locksmithing.
 * Manual processing of machine components by filing, sawing, cutting, evening, bending, drilling and reaming.
 * Assembling parts of machinery and equipment.
 * Diagnosing and troubleshooting machine malfunctions.
 * Scraping, grinding, balancing, adjusting, connecting with bolts and rivets, soldering and welding machine parts.
 * Assembling machinery and equipment.</t>
+  </si>
+  <si>
+    <t>* Utilización de documentos técnicos.
+* Elaboración de esbozos para complementar el proceso tecnológico de cerrajería.
+* Procesamiento manual de componentes de máquinas mediante limado, serrado, corte, equilibrado, doblado, taladrado y escariado.
+* Montaje de piezas de maquinaria y equipo.
+* Diagnóstico y resolución de problemas de funcionamiento de máquinas.
+* Raspeado, molienda, equilibrado, ajuste, unión con pernos y remaches, soldadura y unión de piezas de máquinas.
+* Montaje de maquinaria y equipo.</t>
   </si>
   <si>
     <t>* Operating and monitoring machinery and equipment to ensure efficient production processes.
 * Conducting routine inspections and maintenance on machines to ensure optimal performance.
 * Setting up machines for production runs, including adjusting settings and calibrating equipment as needed.
 * Troubleshooting and resolving mechanical issues that may arise during operation.
 * Adhering to safety protocols and regulations to maintain a safe working environment.
 * Maintaining accurate production records and reporting any discrepancies to supervisors.
 * Collaborating with team members to meet production targets and improve operational efficiency.
 * Cleaning and organizing work areas to ensure a tidy and safe workspace.
 * Assisting in training new operators on machine operation and safety procedures.
 * Participating in continuous improvement initiatives to enhance production quality and efficiency.</t>
   </si>
   <si>
+    <t>* Operar y controlar maquinaria y equipos para garantizar procesos de producción eficientes.
+* Realizar inspecciones y mantenimiento rutinarios en máquinas para asegurar un rendimiento óptimo.
+* Preparar máquinas para runs de producción, incluyendo ajustar configuraciones y calibrar equipos según sea necesario.
+* Identificar y resolver problemas mecánicos que puedan surgir durante la operación.
+* Cumplir con los protocolos y regulaciones de seguridad para mantener un entorno de trabajo seguro.
+* Mantener registros de producción precisos e informar cualquier discrepancia a los supervisores.
+* Colaborar con miembros del equipo para cumplir con los objetivos de producción y mejorar la eficiencia operativa.
+* Limpiar y organizar áreas de trabajo para garantizar un espacio de trabajo ordenado y seguro.
+* Ayudar en la capacitación de nuevos operadores sobre la operación de máquinas y procedimientos de seguridad.
+* Participar en iniciativas de mejora continua para mejorar la calidad y eficiencia de la producción.</t>
+  </si>
+  <si>
     <t>* Operating construction machines and mechanisms.
 * Performing construction work according to master builder’s instructions.
 * Checking the technical condition of entrusted construction machines and mechanisms.
 * Performing simple repairs and maintenance activities on entrusted construction machines and mechanisms.
 * Fuelling entrusted construction machines and mechanisms.</t>
   </si>
   <si>
+    <t>* Operar máquinas y mecanismos de construcción.
+* Realizar trabajos de construcción según las instrucciones del maestro constructor.
+* Comprobar el estado técnico de las máquinas y mecanismos de construcción asignados.
+* Realizar reparaciones y actividades de mantenimiento simples en las máquinas y mecanismos de construcción asignados.
+* Suministrar combustible a las máquinas y mecanismos de construcción asignados.</t>
+  </si>
+  <si>
+    <t>* Proporcionar mantenimiento preventivo y operativo de maquinaria y equipo.
+* Administrar, coordinar, motivar y evaluar a los empleados subordinados.
+* Desarrollar y actualizar planes de mantenimiento.
+* Identificar partes desgastadas.
+* Solicitar repuestos.
+* Analizar las causas de las paradas técnicas y tomar medidas para eliminarlas.
+* Supervisar y controlar los costos de mantenimiento.
+* Comunicarse con jefes de turno, ingenieros de proceso y proveedores de maquinaria y equipo.</t>
+  </si>
+  <si>
     <t>Mechanical Design Engineer – Automation</t>
+  </si>
+  <si>
+    <t>Ingeniero de diseño mecánico – Automatización</t>
   </si>
   <si>
     <t>* Design of technical solutions for automated machines, equipment, and production lines.
 * Creation of 3D models and technical drawings using CAD software (e.g., SolidWorks, AutoCAD, CATIA).
 * Collaboration with the project team in preparing concepts, quotations, and risk analyses.
 * Support for manufacturing, assembly, and commissioning of designed equipment.
 * Testing and verification of designs, ensuring compliance with technical standards and regulations.
 * Communication with suppliers and customers, technical support during product implementation.
 * Optimization of existing solutions and design of new components according to specific client requirements.</t>
   </si>
   <si>
+    <t>* Diseño de soluciones técnicas para máquinas, equipos y líneas de producción automatizadas.
+* Creación de modelos 3D y documentación técnica utilizando software CAD (por ejemplo, SolidWorks, AutoCAD, CATIA).
+* Colaboración con el equipo de proyecto en la preparación de conceptos, ofertas y análisis de riesgos.
+* Apoyo a la fabricación, montaje y puesta en marcha de los equipos diseñados.
+* Pruebas y verificación de los diseños, asegurando el cumplimiento de normas y regulaciones técnicas.
+* Comunicación con proveedores y clientes, soporte técnico durante la implementación de productos.
+* Optimización de soluciones existentes y diseño de nuevos componentes según los requisitos específicos del cliente.</t>
+  </si>
+  <si>
     <t>Mechanical Engineer</t>
+  </si>
+  <si>
+    <t>Ingeniero mecánico</t>
   </si>
   <si>
     <t>* Designing components, machinery, equipment, automated equipment, tools and systems with the use of specialised software.
 * Communicating with clients with the aim to determine their needs.
 * Completing analyses and cost estimation.
 * Contacting manufacturing companies in connection with prototype production.
 * Incorporating client comments into the proposals. 
 * Product analysing and testing.
 * Communicating with subcontractors and other team members.
 * Solving incurred technical and technological problems.</t>
   </si>
   <si>
+    <t>* Diseñar componentes, maquinaria, equipo, equipo automatizado, herramientas y sistemas con el uso de software especializado.
+* Comunicarse con los clientes con el fin de determinar sus necesidades.
+* Realizar análisis y estimación de costos.
+* Contactar con empresas de fabricación en relación con la producción de prototipos.
+* Incorporar los comentarios de los clientes en las propuestas.
+* Analizar y probar productos.
+* Comunicarse con subcontratistas y otros miembros del equipo.
+* Resolver problemas técnicos y tecnológicos incurridos.</t>
+  </si>
+  <si>
     <t>Mechanization Manager</t>
+  </si>
+  <si>
+    <t>Gestor de la mecanización</t>
   </si>
   <si>
     <t>* Develop concepts, processes and work methods and processes to support business and growth requirements.
 * Manage and direct all automation projects utilizing sound project management principles and tools.
 * Analyze and develop engineered standards utilizing time and motion studies, statistical analysis and manpower planning tools to improve productivity, accuracy and service level.
 * Responsible for repair maintenance of all the assets.
 * Maintenance planning and availability of all equipment.
 * Spares planning and management.
 * Liaison with various vendors for technical support.
 * Techno-commercial analysis for operational costs.
 * Preparing equipment performance reports.
 * Training the team of engineers and operators.
 * Cost effective equipment performance.</t>
   </si>
   <si>
+    <t>* Desarrollar conceptos, procesos y métodos de trabajo para apoyar los requisitos comerciales y de crecimiento.
+* Gestionar y dirigir todos los proyectos de automatización utilizando sólidos principios y herramientas de gestión de proyectos.
+* Analizar y desarrollar estándares técnicos utilizando estudios de tiempo y movimiento, análisis estadísticos y herramientas de planificación de mano de obra para mejorar la productividad, la precisión y el nivel de servicio.
+* Responsable del mantenimiento y reparación de todos los activos.
+* Planificación y disponibilidad de mantenimiento para todo el equipo.
+* Planificación y gestión de repuestos.
+* Enlace con varios proveedores para obtener soporte técnico.
+* Análisis tecno-comercial para costos operativos.
+* Preparar informes de rendimiento de los equipos.
+* Capacitar al equipo de ingenieros y operadores.
+* Rendimiento de los equipos de manera rentable.</t>
+  </si>
+  <si>
     <t>Metalworker</t>
+  </si>
+  <si>
+    <t>Trabajador del metal</t>
   </si>
   <si>
     <t>* Fabricating and assembling metal structures and components according to specifications and engineering drawings.
 * Operating various metalworking machines, including lathes, milling machines, and welding equipment.
 * Performing quality control checks to ensure that finished products meet industry standards and customer requirements.
 * Interpreting technical documents, blueprints, and schematics to carry out production tasks accurately.
 * Maintaining tools and equipment to ensure optimal performance and safety.
 * Collaborating with team members to improve production processes and efficiency.
 * Adhering to safety protocols and regulations to create a safe working environment.
 * Troubleshooting and resolving issues that arise during the manufacturing process.
 * Keeping detailed records of production activities, including materials used and time spent on each task.
 * Participating in training and development programs to enhance skills and knowledge in metalworking techniques and technologies.</t>
   </si>
   <si>
+    <t>* Fabricar y ensamblar estructuras y componentes metálicos según las especificaciones y los dibujos técnicos.
+* Operar diversas máquinas de trabajos metálicos, incluidas tornos, fresadoras y equipos de soldadura.
+* Realizar controles de calidad para asegurarse de que los productos terminados cumplan con los estándares de la industria y los requisitos del cliente.
+* Interpretar documentos técnicos, planos y esquemas para llevar a cabo las tareas de producción de manera precisa.
+* Mantener herramientas y equipos para garantizar un rendimiento óptimo y la seguridad.
+* Colaborar con los miembros del equipo para mejorar los procesos de producción y la eficiencia.
+* Cumplir con los protocolos y regulaciones de seguridad para crear un entorno laboral seguro.
+* Diagnosticar y resolver los problemas que surjan durante el proceso de fabricación.
+* Mantener registros detallados de las actividades de producción, incluidos los materiales utilizados y el tiempo dedicado a cada tarea.
+* Participar en programas de capacitación y desarrollo para mejorar las habilidades y conocimientos en técnicas y tecnologías de trabajo con metales.</t>
+  </si>
+  <si>
     <t>Milling-Machine Operator</t>
+  </si>
+  <si>
+    <t>Operador de fresadora</t>
   </si>
   <si>
     <t>* Reading drawings.
 * Setting up the cutter.
 * Processing semifinished products using a cutter with an emphasis placed on maintaining the desired shape, dimensions and tolerances.
 * Simple surface finish treatment of semifinished products.
 * Carrying out the simple repairs and maintenance of machinery and equipment.</t>
   </si>
   <si>
+    <t>* Leer planos.
+* Preparar la cortadora.
+* Procesar productos semielaborados utilizando una cortadora con énfasis en mantener la forma, dimensiones y tolerancias deseadas.
+* Realizar un tratamiento de acabado superficial básico de productos semielaborados.
+* Realizar reparaciones y mantenimiento sencillo de maquinaria y equipo.</t>
+  </si>
+  <si>
     <t>Operations Supervisor</t>
+  </si>
+  <si>
+    <t>Responsable de operaciones</t>
   </si>
   <si>
     <t>* Overseeing daily operations and ensuring efficiency in production processes.
 * Supervising and coordinating the activities of the operations team.
 * Implementing and maintaining operational policies and procedures to enhance productivity.
 * Monitoring performance metrics and preparing reports for upper management.
 * Ensuring compliance with safety regulations and quality standards.
 * Collaborating with cross-functional teams to optimize workflow and resolve operational issues.
 * Training and mentoring staff to improve skills and performance.
 * Managing inventory levels and coordinating with supply chain for timely procurement.
 * Addressing employee concerns and fostering a positive work environment.
 * Assisting in budget preparation and cost management initiatives.
 * Conducting regular inspections to ensure equipment and facilities are in optimal condition.
 * Participating in strategic planning and continuous improvement initiatives.
 * Communicating effectively with stakeholders to align operational goals with business objectives.</t>
   </si>
   <si>
+    <t>* Supervisar las operaciones diarias y asegurar la eficiencia en los procesos de producción.
+* Supervisar y coordinar las actividades del equipo de operaciones.
+* Implementar y mantener políticas y procedimientos operativos para mejorar la productividad.
+* Controlar los indicadores de desempeño y preparar informes para la alta dirección.
+* Garantizar el cumplimiento de las regulaciones de seguridad y los estándares de calidad.
+* Colaborar con equipos multifuncionales para optimizar el flujo de trabajo y resolver problemas operativos.
+* Capacitar y asesorar al personal para mejorar sus habilidades y desempeño.
+* Gestionar los niveles de inventario y coordinar con la cadena de suministro para la adquisición oportuna.
+* Abordar las inquietudes de los empleados y fomentar un entorno laboral positivo.
+* Asistir en la preparación del presupuesto y en las iniciativas de gestión de costos.
+* Realizar inspecciones periódicas para asegurar que los equipos y las instalaciones estén en óptimo estado.
+* Participar en la planificación estratégica y en las iniciativas de mejora continua.
+* Comunicarse de manera efectiva con las partes interesadas para alinear los objetivos operativos con los objetivos comerciales.</t>
+  </si>
+  <si>
+    <t>* Responsabilidad en la implementación de nuevos productos en la empresa.
+* Realización de documentación detallada de producción y procedimientos de trabajo.
+* Actualización de la documentación de producción y procedimientos de trabajo en caso de cambios en el proceso de producción.
+* Implementación de herramientas que aumentan la eficiencia del proceso de producción (por ejemplo, Six Sigma, Kaizen, Lean, poka-yoke, etc.).
+* Reducción de los costos de producción manteniendo el nivel requerido de calidad.
+* Solución de problemas y anomalías incurridas.
+* Participación en la selección y despliegue de equipos tecnológicos en las instalaciones de la empresa.
+* Estimación de los requisitos relativos al personal, tiempo de producción y costos.
+* Comunicación con otros departamentos de la empresa.</t>
+  </si>
+  <si>
     <t>* Oversee and coordinate all production activities to ensure efficient and effective operations.
 * Develop production schedules and workflows to meet customer demands and optimize resource utilization.
 * Monitor production processes and implement improvements to enhance productivity and quality.
 * Manage and lead a team of production staff, providing training, guidance, and performance evaluations.
 * Ensure compliance with safety regulations and company policies to maintain a safe working environment.
 * Collaborate with other departments, such as engineering and quality assurance, to align production goals with overall company objectives.
 * Analyze production data to identify trends, issues, and opportunities for improvement.
 * Manage inventory levels and coordinate with supply chain teams to ensure adequate material availability.
 * Prepare and present production reports to senior management, highlighting achievements and areas for development.
 * Drive continuous improvement initiatives, fostering a culture of innovation and efficiency within the production team.</t>
   </si>
   <si>
+    <t>* Supervisar y coordinar todas las actividades de producción para garantizar operaciones eficientes y efectivas.
+* Desarrollar horarios de producción y flujos de trabajo para satisfacer las demandas de los clientes y optimizar la utilización de recursos.
+* Monitorear los procesos de producción e implementar mejoras para aumentar la productividad y la calidad.
+* Administrar y dirigir un equipo de personal de producción, brindando capacitación, orientación y evaluaciones de desempeño.
+* Garantizar el cumplimiento de las regulaciones de seguridad y las políticas de la empresa para mantener un entorno laboral seguro.
+* Colaborar con otros departamentos, como ingeniería y aseguramiento de calidad, para alinear los objetivos de producción con los objetivos generales de la empresa.
+* Analizar los datos de producción para identificar tendencias, problemas y oportunidades para mejorar.
+* Gestionar los niveles de inventario y coordinar con los equipos de cadena de suministro para garantizar la disponibilidad adecuada de materiales.
+* Preparar y presentar informes de producción a la gerencia senior, destacando logros y áreas de desarrollo.
+* Dirigir iniciativas de mejora continua, fomentando una cultura de innovación y eficiencia dentro del equipo de producción.</t>
+  </si>
+  <si>
     <t>Production Planner</t>
+  </si>
+  <si>
+    <t>Planificador de producción</t>
   </si>
   <si>
     <t>* Develop and maintain production schedules to ensure timely delivery of products.
 * Collaborate with various departments, including procurement, manufacturing, and logistics, to align production plans with company goals.
 * Analyze production data to identify trends, forecast demand, and optimize resource allocation.
 * Monitor inventory levels and coordinate with suppliers to ensure the availability of materials.
 * Adjust production schedules in response to changes in demand, supply chain disruptions, or equipment failures.
 * Communicate regularly with team members to provide updates on production status and address any potential issues.
 * Implement continuous improvement initiatives to enhance production efficiency and reduce costs.
 * Prepare reports on production performance, inventory levels, and capacity utilization for management review.
 * Ensure compliance with safety and quality standards throughout the production process.
 * Participate in cross-functional meetings to support strategic planning and operational excellence.</t>
   </si>
   <si>
+    <t>* Desarrollar y mantener horarios de producción para garantizar la entrega oportuna de productos.
+* Colaborar con varios departamentos, incluyendo compras, fabricación y logística, para alinear los planes de producción con los objetivos de la empresa.
+* Analizar datos de producción para identificar tendencias, pronosticar la demanda y optimizar la asignación de recursos.
+* Supervisar los niveles de inventario y coordinar con los proveedores para garantizar la disponibilidad de materiales.
+* Ajustar los horarios de producción en respuesta a cambios en la demanda, interrupciones en la cadena de suministro o fallos de los equipos.
+* Comunicarse con regularidad con los miembros del equipo para proporcionar actualizaciones sobre el estado de producción y abordar cualquier problema potencial.
+* Implementar iniciativas de mejora continua para mejorar la eficiencia de la producción y reducir costos.
+* Preparar informes sobre el desempeño de producción, niveles de inventario y utilización de la capacidad para revisión de la gerencia.
+* Garantizar el cumplimiento de las normas de seguridad y calidad en todo el proceso de producción.
+* Participar en reuniones multifuncionales para apoyar la planificación estratégica y la excelencia operativa.</t>
+  </si>
+  <si>
     <t>Qualified Mechanical Engineer</t>
+  </si>
+  <si>
+    <t>Ingeniero mecánico cualificado</t>
   </si>
   <si>
     <t>* Reading and interpreting blueprints, technical drawings, schematics, and computer-generated reports.
 * Conferring with engineers and other personnel to implement operating procedures, resolve system malfunctions, and provide technical information.
 * Researching and analyzing customer design proposals, specifications, manuals, and other data to evaluate the feasibility, cost, and maintenance requirements of designs or applications.
 * Researching, designing, evaluating, installing, operating, and maintaining mechanical products, equipment, systems and processes to meet requirements while applying knowledge of engineering principles.
 * Providing feedback to design engineers on customer problems and needs.
 * Overseeing installation, operation, maintenance, and repair to ensure that machines and equipment are installed and functioning according to specifications.</t>
   </si>
   <si>
+    <t>* Leer e interpretar planos, dibujos técnicos, esquemas y informes generados por computadora.
+* Reunirse con ingenieros y otro personal para implementar procedimientos operativos, resolver malfuncionamientos del sistema y proporcionar información técnica.
+* Investigar y analizar propuestas de diseño de clientes, especificaciones, manuales y otros datos para evaluar la viabilidad, el costo y los requisitos de mantenimiento de los diseños o aplicaciones.
+* Investigar, diseñar, evaluar, instalar, operar y mantener productos, equipos, sistemas y procesos mecánicos para cumplir con los requisitos aplicando conocimientos de principios de ingeniería.
+* Proporcionar retroalimentación a los ingenieros de diseño sobre los problemas y necesidades de los clientes.
+* Supervisar la instalación, el funcionamiento, el mantenimiento y la reparación para garantizar que las máquinas y los equipos estén instalados y funcionen según las especificaciones.</t>
+  </si>
+  <si>
+    <t>* Montaje, desmontaje y puesta en marcha de maquinaria y equipo de producción.
+* Realizar reparaciones y mantenimiento de la maquinaria y equipo de producción.
+* Proporcionar capacitaciones a empleados sobre el uso de la maquinaria y equipo de producción.
+* Completar informes técnicos.
+* Proporcionar soporte técnico a clientes internos y externos.</t>
+  </si>
+  <si>
     <t>Smith</t>
+  </si>
+  <si>
+    <t>Herrero</t>
   </si>
   <si>
     <t>* Fabricating artistic, craft and commercial products of daily needs made of iron, steel, copper and other metals.
 * Heating the steel and iron in a blacksmith’s furnace to the desired temperature.
 * Forming iron and steel with hand tools and machinery.
 * Cooling the finished product in water.
 * Fabricating horseshoes, shoeing horses.</t>
   </si>
   <si>
+    <t>* Fabricar productos artísticos, artesanales y comerciales de uso diario hechos de hierro, acero, cobre y otros metales.
+* Calentar el acero y el hierro en una fragua de herrero hasta la temperatura deseada.
+* Dar forma al hierro y acero con herramientas manuales y maquinaria.
+* Enfriar el producto terminado en agua.
+* Fabricar herraduras, herrar caballos.</t>
+  </si>
+  <si>
     <t>Superintendent</t>
+  </si>
+  <si>
+    <t>Superintendente</t>
   </si>
   <si>
     <t>* Overseeing and managing engineering projects from conception to completion.
 * Coordinating with cross-functional teams to ensure project timelines and deliverables are met.
 * Developing and implementing engineering procedures and standards to enhance efficiency and quality.
 * Conducting regular site inspections to ensure compliance with safety regulations and project specifications.
 * Providing technical guidance and support to engineering teams and subcontractors.
 * Reviewing and approving engineering designs, plans, and specifications.
 * Managing project budgets and resources effectively to optimize costs and ensure financial accountability.
 * Preparing detailed reports and presentations for stakeholders regarding project progress and performance.
 * Identifying potential risks and developing mitigation strategies to address them.
 * Ensuring continuous improvement in engineering practices and fostering a culture of innovation within the team.
 * Mentoring and training junior engineers to enhance their skills and professional development.
 * Collaborating with clients to understand their needs and ensure satisfaction with engineering solutions provided.</t>
   </si>
   <si>
+    <t>* Supervisión y gestión de proyectos de ingeniería desde la concepción hasta su finalización.
+* Coordinación con equipos multifuncionales para asegurar que se cumplan los plazos y los entregables del proyecto.
+* Desarrollo e implementación de procedimientos y estándares de ingeniería para mejorar la eficiencia y la calidad.
+* Realización de inspecciones periódicas en el sitio para garantizar el cumplimiento de las regulaciones de seguridad y las especificaciones del proyecto.
+* Proporcionar orientación y apoyo técnico a los equipos de ingeniería y subcontratistas.
+* Revisión y aprobación de diseños, planes y especificaciones de ingeniería.
+* Gestión eficaz de los presupuestos y recursos de los proyectos para optimizar los costos y garantizar la responsabilidad financiera.
+* Elaboración de informes y presentaciones detallados para los interesados sobre el progreso y el rendimiento del proyecto.
+* Identificación de posibles riesgos y desarrollo de estrategias de mitigación para abordarlos.
+* Garantizar la mejora continua en las prácticas de ingeniería y fomentar una cultura de innovación dentro del equipo.
+* Mentoría y capacitación de ingenieros junior para mejorar sus habilidades y desarrollo profesional.
+* Colaboración con los clientes para comprender sus necesidades y garantizar la satisfacción con las soluciones de ingeniería proporcionadas.</t>
+  </si>
+  <si>
     <t>Technical product engineer</t>
+  </si>
+  <si>
+    <t>Ingeniero técnico de productos</t>
   </si>
   <si>
     <t>* Collaborating with cross-functional teams to develop and enhance mechanical products.
 * Conducting detailed analysis and simulations to validate product designs and performance.
 * Creating and maintaining technical documentation, including specifications, drawings, and user manuals.
 * Assisting in the testing and evaluation of prototypes to ensure compliance with industry standards.
 * Identifying and resolving engineering issues throughout the product lifecycle.
 * Providing technical support and guidance to production teams during manufacturing processes.
 * Participating in product development meetings to contribute insights and recommendations based on engineering principles.
 * Staying updated on industry trends and advancements in mechanical engineering to inform product innovation.
 * Ensuring adherence to safety regulations and quality assurance protocols.
 * Collaborating with suppliers to source materials and components necessary for product development.</t>
   </si>
   <si>
+    <t>* Colaborar con equipos multifuncionales para desarrollar y mejorar productos mecánicos.
+* Realizar análisis detallados y simulaciones para validar diseños y rendimiento de productos.
+* Crear y mantener documentación técnica, incluyendo especificaciones, dibujos y manuales de usuario.
+* Asistir en las pruebas y evaluación de prototipos para garantizar el cumplimiento de los estándares de la industria.
+* Identificar y resolver problemas de ingeniería a lo largo del ciclo de vida del producto.
+* Brindar apoyo técnico y orientación a los equipos de producción durante los procesos de fabricación.
+* Participar en reuniones de desarrollo de productos para aportar perspectivas y recomendaciones basadas en principios de ingeniería.
+* Mantenerse actualizado sobre las tendencias y avances de la industria en ingeniería mecánica para informar la innovación de productos.
+* Garantizar el cumplimiento de las regulaciones de seguridad y protocolos de aseguramiento de la calidad.
+* Colaborar con proveedores para obtener materiales y componentes necesarios para el desarrollo de productos.</t>
+  </si>
+  <si>
     <t>* Making machines, machinery and appliances operational in engineering production.
 * Analysing faults in order to identify the reasons why they originated.
 * Performing repairs of machines, machinery and appliances by replacing faulty components with new ones, or by modifying software.
 * Managing and checking technical documentation and keeping it up to date.
 * Ensuring technical support of processes and products in engineering production.</t>
+  </si>
+  <si>
+    <t>* Poner en funcionamiento máquinas, maquinaria y electrodomésticos en producción de ingeniería.
+* Analizar averías para identificar los motivos por los que se originaron.
+* Realizar reparaciones de máquinas, maquinaria y electrodomésticos mediante la sustitución de componentes defectuosos por nuevos o mediante la modificación de software.
+* Gestionar y verificar documentación técnica y mantenerla actualizada.
+* Asegurar el soporte técnico de procesos y productos en producción de ingeniería.</t>
+  </si>
+  <si>
+    <t>* Inventar nuevos y mejorar los procesos tecnológicos existentes.
+* Supervisar el cumplimiento de las formulaciones y procesos tecnológicos.
+* Gestionar el proceso de preproducción para eliminar cualquier deficiencia posible.
+* Evaluar la calidad de nuevos productos.
+* Proponer medidas para optimizar los procesos de producción.
+* Analizar las variaciones incurridas en conjunto con los jefes de turno.
+* Redactar y actualizar la documentación tecnológica y/o dibujos.
+* Colaborar en la preparación de cálculos de precios.</t>
   </si>
   <si>
     <t>* Preparing surfaces for varnishing by cleaning, sanding, and priming as necessary.
 * Applying varnish, stains, and sealants to various surfaces, ensuring an even and high-quality finish.
 * Mixing and matching colors to achieve desired results based on project specifications.
 * Operating and maintaining varnishing equipment and tools to ensure optimal performance and safety.
 * Conducting quality checks on finished products, ensuring adherence to industry standards and client specifications.
 * Collaborating with team members to meet project deadlines and maintain production schedules.
 * Keeping work areas clean and organized, adhering to health and safety regulations.
 * Documenting work processes and materials used for inventory and quality control purposes.
 * Troubleshooting and resolving any issues related to varnishing processes or equipment.
 * Staying updated on new varnishing techniques and materials to enhance skills and improve work quality.</t>
   </si>
   <si>
+    <t>* Preparar superficies para el barnizado limpiándolas, lijándolas y aplicando imprimación según sea necesario.
+* Aplicar barniz, tintes y selladores a diversas superficies, asegurando un acabado uniforme y de alta calidad.
+* Mezclar y combinar colores para lograr los resultados deseados según las especificaciones del proyecto.
+* Operar y mantener el equipo y las herramientas de barnizado para garantizar un rendimiento óptimo y la seguridad.
+* Realizar controles de calidad en los productos terminados, asegurando el cumplimiento de los estándares de la industria y las especificaciones del cliente.
+* Colaborar con los miembros del equipo para cumplir con los plazos de entrega del proyecto y mantener los horarios de producción.
+* Mantener las áreas de trabajo limpias y organizadas, cumpliendo con las regulaciones de salud y seguridad.
+* Documentar los procesos de trabajo y los materiales utilizados para fines de inventario y control de calidad.
+* Identificar y resolver cualquier problema relacionado con los procesos o el equipo de barnizado.
+* Mantenerse actualizado sobre nuevas técnicas y materiales de barnizado para mejorar las habilidades y la calidad del trabajo.</t>
+  </si>
+  <si>
+    <t>* Soldadura de metales, plásticos y polímeros conforme a la documentación técnica.
+* Definición de métodos adecuados para soldadura y procedimientos de trabajo.
+* Uso de herramientas e instrumentos de soldadura, responsabilidad por la configuración adecuada y el uso correcto.
+* Limpieza, pulido y otros trabajos de acabado para soldaduras.
+* Inspección de la calidad de las soldaduras mediante una serie de pruebas.
+* Cuidado y mantenimiento del equipo técnico en condiciones de funcionamiento.</t>
+  </si>
+  <si>
     <t>Medicine &amp; Social Care</t>
   </si>
   <si>
+    <t>Sanidad y asistencia social</t>
+  </si>
+  <si>
     <t>Ambulance Driver</t>
+  </si>
+  <si>
+    <t>Conductor de ambulancia</t>
   </si>
   <si>
     <t>* Driving ambulances or assisting ambulance drivers in transporting sick, injured, or convalescent persons. 
 * Removing and replacing soiled linens and equipment in order to maintain sanitary conditions. 
 * Placing patients on stretchers, and loading stretchers into ambulances, usually with assistance from other attendants. 
 * Accompanying and assisting emergency medical technicians on calls. 
 * Earning and maintaining appropriate certifications. 
 * Replacing supplies and disposable items on ambulances. 
 * Reporting facts concerning accidents or emergencies to hospital personnel or law enforcement officials. 
 * Administering first aid such as bandaging, splinting, and administering oxygen. 
 * Restraining or shackling violent patients.</t>
   </si>
   <si>
+    <t>* Conducir ambulancias o ayudar a los conductores de ambulancias a transportar personas enfermas, lesionadas o convalecientes.
+* Retirar y reemplazar ropa de cama y equipo sucios para mantener condiciones sanitarias.
+* Colocar a los pacientes en camillas y cargar las camillas en las ambulancias, generalmente con la ayuda de otros asistentes.
+* Acompañar y ayudar a los técnicos médicos de emergencia en las llamadas.
+* Obtener y mantener las certificaciones adecuadas.
+* Reemplazar suministros y artículos desechables en las ambulancias.
+* Informar sobre los hechos relacionados con accidentes o emergencias al personal del hospital o a los funcionarios de la aplicación de la ley.
+* Administrar primeros auxilios, como vendajes, férulas y administración de oxígeno.
+* Restringir o encadenar a pacientes violentos.</t>
+  </si>
+  <si>
     <t>Ambulance Paramedic</t>
+  </si>
+  <si>
+    <t>Paramédico de ambulancia</t>
   </si>
   <si>
     <t>* Assisting in reducing the health consequences in emergency conditions, contingencies, and rescue operations.
 * Communicating with the emergency service despatched.
 * Monitoring patient’s vital signs.
 * Administering first aid to injured people involved in accidents, natural disasters, etc.
 * Cooperating in extricating injured people after accidents, etc.
 * Providing medicines, specialised material, and pharmaceuticals.	
 * Providing emergency health care, e.g. resuscitation, stopping the bleeding, etc.</t>
   </si>
   <si>
+    <t>* Ayudar a reducir las consecuencias sanitarias en condiciones de emergencia, contingencias y operaciones de rescate.
+* Comunicarse con el servicio de emergencia enviado.
+* Monitorear los signos vitales del paciente.
+* Administrar primeros auxilios a personas heridas involucradas en accidentes, desastres naturales, etc.
+* Cooperar en la extracción de personas heridas después de accidentes, etc.
+* Proporcionar medicamentos, material especializado y productos farmacéuticos.
+* Proporcionar atención médica de emergencia, por ejemplo, reanimación, detener el sangrado, etc.</t>
+  </si>
+  <si>
     <t>Anesthetist</t>
+  </si>
+  <si>
+    <t>Anestesista</t>
   </si>
   <si>
     <t>* Administering anesthesia to patients undergoing surgical and medical procedures.
 * Conducting preoperative assessments to evaluate patients' health and suitability for anesthesia.
 * Monitoring patients' vital signs and anesthesia levels during procedures to ensure safety and comfort.
 * Collaborating with surgical teams to develop anesthesia plans tailored to individual patient needs.
 * Providing postoperative care and pain management to ensure optimal recovery.
 * Educating patients and their families about anesthesia processes, risks, and recovery.
 * Staying updated on advancements in anesthesia practices and technologies.
 * Maintaining accurate and detailed records of anesthesia administration and patient responses.
 * Ensuring compliance with safety protocols and regulations in the operating room.
 * Participating in quality improvement initiatives and peer reviews to enhance patient care.</t>
   </si>
   <si>
+    <t>* Administrar anestesia a pacientes sometidos a procedimientos quirúrgicos y médicos.
+* Realizar evaluaciones preoperatorias para evaluar la salud y la idoneidad de los pacientes para la anestesia.
+* Monitorear los signos vitales y los niveles de anestesia de los pacientes durante los procedimientos para garantizar la seguridad y comodidad.
+* Colaborar con los equipos quirúrgicos para desarrollar planes de anestesia adaptados a las necesidades individuales de los pacientes.
+* Brindar cuidado postoperatorio y manejo del dolor para asegurar una recuperación óptima.
+* Educar a los pacientes y sus familiares sobre los procesos de anestesia, los riesgos y la recuperación.
+* Mantenerse actualizado sobre los avances en las prácticas y tecnologías de anestesia.
+* Mantener registros precisos y detallados de la administración de anestesia y las respuestas de los pacientes.
+* Asegurar el cumplimiento de los protocolos y regulaciones de seguridad en la sala de operaciones.
+* Participar en iniciativas de mejora de la calidad y revisión por pares para mejorar la atención al paciente.</t>
+  </si>
+  <si>
     <t>Caregiver</t>
+  </si>
+  <si>
+    <t>Cuidadpr de personas mayores</t>
   </si>
   <si>
     <t>* Providing compassionate care and support to elderly individuals in their daily activities.
 * Assisting with personal hygiene, grooming, and dressing to ensure comfort and dignity.
 * Helping with mobility and physical exercises to promote health and wellbeing.
 * Preparing and serving nutritious meals according to dietary requirements.
 * Administering medications as prescribed and monitoring health conditions.
 * Engaging clients in social and recreational activities to enhance their quality of life.
 * Communicating effectively with clients, their families, and healthcare professionals.
 * Maintaining a clean and safe living environment for clients.
 * Documenting care provided and reporting any changes in clients’ health or behavior.
 * Adhering to safety and health regulations to ensure the wellbeing of clients.
 * Being a reliable and empathetic companion to enhance clients' emotional and mental health.
 * Participating in ongoing training and development to improve caregiving skills.
 * Collaborating with multidisciplinary teams to provide holistic care.
 * Respecting clients' privacy and confidentiality at all times.</t>
   </si>
   <si>
+    <t>* Brindar atención compasiva y apoyo a personas mayores en sus actividades diarias.
+* Ayudar con la higiene personal, el aseo y el vestido para garantizar la comodidad y la dignidad.
+* Ayudar con la movilidad y los ejercicios físicos para promover la salud y el bienestar.
+* Preparar y servir comidas nutritivas de acuerdo con las necesidades dietéticas.
+* Administrar medicamentos según las recetas y controlar las condiciones de salud.
+* Implicar a los clientes en actividades sociales y recreativas para mejorar su calidad de vida.
+* Comunicarse de manera efectiva con los clientes, sus familias y los profesionales de la salud.
+* Mantener un entorno de vida limpio y seguro para los clientes.
+* Documentar la atención brindada e informar sobre cualquier cambio en la salud o el comportamiento de los clientes.
+* Cumplir con las normas de seguridad y salud para garantizar el bienestar de los clientes.
+* Ser un compañero de confianza y empático para mejorar la salud emocional y mental de los clientes.
+* Participar en la capacitación y el desarrollo continuo para mejorar las habilidades de cuidado.
+* Colaborar con equipos multidisciplinarios para brindar atención integral.
+* Respetar la privacidad y la confidencialidad de los clientes en todo momento.</t>
+  </si>
+  <si>
     <t>Carer, Personal Assistant</t>
+  </si>
+  <si>
+    <t>Cuidador, asistente personal</t>
   </si>
   <si>
     <t>* Providing continuous care to sick, helpless and immobile clients.
 * Helping to meet their basic life needs.
 * Heating and serving of food and drinks, feeding clients.
 * Assistance with dressing/undressing and personal hygiene.
 * Activation of clients with regard to their personal interests.
 * Accompanying clients during doctor appointments, walks, visits to authorities etc.
 * Performing of minor housework.</t>
   </si>
   <si>
+    <t>* Brindar atención continua a clientes enfermos, desvalidos e inmóviles.
+* Ayudar a satisfacer sus necesidades básicas de vida.
+* Calentar y servir comida y bebidas, y alimentar a los clientes.
+* Asistencia con el vestirse/desvestirse y la higiene personal.
+* Animar a los clientes con respecto a sus intereses personales.
+* Acompañar a los clientes durante citas médicas, paseos, visitas a organismos oficiales, etc.
+* Realización de tareas domésticas menores.</t>
+  </si>
+  <si>
     <t>Caseworker</t>
+  </si>
+  <si>
+    <t>Trabajador social</t>
   </si>
   <si>
     <t>* Providing assistance to clients in the form of social services and consultations.
 * Providing assistance in securing the basic needs of clients, the application and protection of their rights.
 * Performing social work in the field.
 * Communication with clients, offices, and state institutions.</t>
   </si>
   <si>
+    <t>* Proporcionar asistencia a los clientes en forma de servicios sociales y consultas.
+* Proporcionar ayuda para asegurar las necesidades básicas de los clientes, la solicitud y protección de sus derechos.
+* Realizar trabajo social en el terreno.
+* Comunicación con clientes, oficinas e instituciones estatales.</t>
+  </si>
+  <si>
     <t>Charge Nurse</t>
+  </si>
+  <si>
+    <t>Enfermera encargada</t>
   </si>
   <si>
     <t>* Being responsible for the professional standard of health care provided in the hospital.
 * Managing and supervising head nurses and managing health care staff in cooperation with department heads.
 * Ensuring the filling of staff positions in the hospital in cooperation with department heads.
 * Being responsible for the organisation, quality and efficiency of health care provided.
 * Being responsible for adherence to professional and ethical methods of health care.
 * Creating training plans and ensuring the training of subordinate employees.
 * Handling patient complaints in cooperation with the legal department.</t>
   </si>
   <si>
+    <t>* Ser responsable del estándar profesional de atención médica proporcionada en el hospital.
+* Gestionar y supervisar a las enfermeras jefes y gestionar el personal de atención médica en colaboración con los jefes de departamento.
+* Asegurar la cobertura de puestos de personal en el hospital en colaboración con los jefes de departamento.
+* Ser responsable de la organización, calidad y eficiencia de la atención médica proporcionada.
+* Ser responsable del cumplimiento de métodos profesionales y éticos de atención médica.
+* Crear planes de capacitación y asegurar la capacitación de empleados subordinados.
+* Atender las quejas de los pacientes en colaboración con el departamento legal.</t>
+  </si>
+  <si>
     <t>Clinical Psychologist</t>
+  </si>
+  <si>
+    <t>Psicólogo clínico</t>
   </si>
   <si>
     <t>* Conducting individual interviews and group therapy sessions.
 * Conducting specialist psychological examinations.
 * Diagnosing the causes of the problem, proposing an appropriate treatment.
 * Developing standardised psychological tests.
 * Managing records on the health condition of patients.</t>
   </si>
   <si>
+    <t>* Realizar entrevistas individuales y sesiones de terapia grupal.
+* Realizar exámenes psicológicos especializados.
+* Diagnosticar las causas del problema y proponer un tratamiento adecuado.
+* Desarrollar pruebas psicológicas estandarizadas.
+* Gestionar los registros sobre la condición de salud de los pacientes.</t>
+  </si>
+  <si>
     <t>Clinical Research Associate</t>
+  </si>
+  <si>
+    <t>Asociado de investigación clínica</t>
   </si>
   <si>
     <t>* Conducting monitoring visits to clinical trial sites to ensure compliance with study protocols, regulatory requirements, and Good Clinical Practice (GCP).
 * Reviewing and verifying study documentation including informed consent forms, source documents, and case report forms.
 * Collaborating with site staff to facilitate the smooth execution of clinical trials.
 * Providing training and support to site personnel on study protocols and procedures.
 * Identifying and resolving issues related to study conduct and data integrity.
 * Collecting and reporting adverse events and serious adverse events in accordance with regulatory guidelines.
 * Maintaining accurate and timely records of monitoring activities and findings.
 * Assisting in the preparation of study-related materials, including monitoring plans and reports.
 * Ensuring proper storage and handling of investigational products.
 * Participating in project team meetings and contributing to study progress discussions.</t>
   </si>
   <si>
+    <t>* Realizar visitas de seguimiento a sitios de ensayos clínicos para garantizar el cumplimiento de los protocolos de estudio, los requisitos regulatorios y la Buena Práctica Clínica (BPC).
+* Revisar y verificar la documentación del estudio, incluidos formularios de consentimiento informado, documentos fuente y formularios de informe de casos.
+* Colaborar con el personal del sitio para facilitar la ejecución fluida de los ensayos clínicos.
+* Proporcionar capacitación y apoyo al personal del sitio sobre protocolos y procedimientos de estudio.
+* Identificar y resolver problemas relacionados con la realización del estudio y la integridad de los datos.
+* Recopilar y notificar eventos adversos y eventos adversos graves según las directrices regulatorias.
+* Mantener registros precisos y oportunos de las actividades de seguimiento y los hallazgos.
+* Asistir en la preparación de materiales relacionados con el estudio, incluidos planes y informes de seguimiento.
+* Asegurar el almacenamiento y manejo adecuados de productos de investigación.
+* Participar en reuniones del equipo del proyecto y contribuir a las discusiones sobre el progreso del estudio.</t>
+  </si>
+  <si>
     <t>Crisis worker</t>
+  </si>
+  <si>
+    <t>Gestor de crisis</t>
   </si>
   <si>
     <t>* A job as a Crisis Worker falls under the broader career category of Mental Health and Substance Abuse Social Workers. 
 * Activities may include individual and group therapy, crisis intervention, case management, client advocacy, prevention, and education.</t>
   </si>
   <si>
+    <t>* Un empleo como trabajador de crisis se encuentra dentro de la categoría profesional más amplia de Trabajadores Sociales de Salud Mental y Abuso de Sustancias.
+* Las actividades pueden incluir terapia individual y grupal, intervención en crisis, gestión de casos, defensa del cliente, prevención y educación.</t>
+  </si>
+  <si>
     <t>Dental Assistant</t>
+  </si>
+  <si>
+    <t>Asistente dental</t>
   </si>
   <si>
     <t>* Assisting the dentist during therapeutic procedures by preparing the patient, workspace, instruments, and equipment.
 * Ensuring the availability of dental instruments and supplies for efficient treatment.
 * Preparing patients for dental procedures and maintaining a clean and organized working environment.
 * Providing post-treatment care to patients and addressing any immediate concerns they may have.
 * Maintaining accurate records and documentation in compliance with legal regulations and practice standards.
 * Educating patients on oral hygiene and post-treatment care instructions.
 * Sterilizing and disinfecting dental instruments and equipment to ensure a safe environment.
 * Collaborating with dental team members to enhance patient care and streamline office operations.
 * Scheduling appointments and managing patient flow to optimize clinic efficiency.
 * Handling administrative tasks related to patient management and billing as needed.</t>
   </si>
   <si>
+    <t>* Asistir al dentista durante los procedimientos terapéuticos preparando al paciente, el espacio de trabajo, los instrumentos y el equipo.
+* Asegurar la disponibilidad de instrumentos y suministros dentales para un tratamiento eficiente.
+* Preparar a los pacientes para los procedimientos dentales y mantener un entorno de trabajo limpio y organizado.
+* Proporcionar atención posterior al tratamiento a los pacientes y abordar cualquier inquietud inmediata que puedan tener.
+* Mantener registros y documentación precisos en cumplimiento con las regulaciones legales y los estándares de práctica.
+* Educar a los pacientes sobre la higiene oral y las instrucciones de atención posterior al tratamiento.
+* Esterilizar y desinfectar los instrumentos y el equipo dentales para garantizar un entorno seguro.
+* Colaborar con los miembros del equipo dental para mejorar la atención al paciente y agilizar las operaciones de la oficina.
+* Programar citas y gestionar el flujo de pacientes para optimizar la eficiencia de la clínica.
+* Realizar tareas administrativas relacionadas con la gestión de pacientes y facturación según sea necesario.</t>
+  </si>
+  <si>
     <t>Dental Hygienist</t>
+  </si>
+  <si>
+    <t>Higienista dental</t>
   </si>
   <si>
     <t>* Conducting periodic examinations of patients.
 * Instructing patients on proper cleaning of teeth, interdental spaces and oral caries.
 * Removing tartar and pigment coating.
 * Taking and evaluating X-rays.
 * Fluoridating teeth, polishing dentures and dental enamel.
 * Providing advice on the prevention of tooth decay and related illnesses.</t>
   </si>
   <si>
+    <t>* Realizar exámenes periódicos de pacientes.
+* Instruir a los pacientes sobre la limpieza adecuada de los dientes, los espacios interdentales y las caries orales.
+* Eliminar el sarro y el revestimiento de pigmento.
+* Tomar y evaluar radiografías.
+* Aplicar flúor a los dientes, pulir dentaduras y esmalte dental.
+* Brindar consejos sobre la prevención de la caries dental y enfermedades relacionadas.</t>
+  </si>
+  <si>
     <t>Dental Technician</t>
+  </si>
+  <si>
+    <t>Técnico dental</t>
   </si>
   <si>
     <t>* Fabricating the oral cavity model with the use of plaster casts.
 * Fabricating false teeth and oral cavities made of wax. 
 * Fabricating and repairing crowns, bridges, removable complete dentures, and dental braces.
 * Communicating with dentists and dental specialists.
 * Performing final finishing work.</t>
   </si>
   <si>
+    <t>* Fabricación del modelo de cavidad oral mediante el uso de modelos de yeso.
+* Fabricación de dientes y cavidades orales falsos hechos de cera.
+* Fabricación y reparación de coronas, puentes, dentaduras completas removibles y aparatos de ortodoncia.
+* Comunicación con dentistas y especialistas dentales.
+* Realización del trabajo de acabado final.</t>
+  </si>
+  <si>
     <t>Dentist</t>
+  </si>
+  <si>
+    <t>Dentista</t>
   </si>
   <si>
     <t>* Examining the teeth and their position, examining dental tissue, gums, dentures, etc.
 * Drilling the openings in tooth tissue depending on the extent of the dental caries found.
 * Filling the drilled openings in teeth with amalgam, composite resin, or porcelain dental fillings.
 * Application of local anaesthetics in the form of injections before painful procedures. 
 * Extracting teeth, blood vessels, and nerves.
 * Providing X-rays of the mouth.
 * Providing tooth enamel whitening.</t>
   </si>
   <si>
+    <t>* Examinar los dientes y su posición, examinar tejido dental, encías, dentaduras postizas, etc.
+* Perforar aberturas en el tejido dentario según la extensión de las caries dentales encontradas.
+* Rellenar las aberturas perforadas en los dientes con empastes dentales de amalgama, resina compuesta o porcelana.
+* Aplicar anestesia local en forma de inyecciones antes de los procedimientos dolorosos.
+* Extraer dientes, vasos sanguíneos y nervios.
+* Proporcionar radiografías de la boca.
+* Proporcionar blanqueamiento del esmalte dental.</t>
+  </si>
+  <si>
     <t>Dispensing Optician</t>
+  </si>
+  <si>
+    <t>Óptico</t>
   </si>
   <si>
     <t>* Providing advice to customers regarding the selection of eyeglasses and sunglasses, contact lenses, frames, lenses, etc.
 * Selling eyeglasses and sunglasses, contact lenses, frames, lenses, cases, hanging braids, detergents, etc.
 * Examining the vision, measuring eye pressure and visual acuity.
 * Adjusting prescription devices.
 * Repairing damaged prescription devices.
 * Providing recommendations to complete specialised tests.</t>
   </si>
   <si>
+    <t>* Asesorar a clientes sobre la selección de gafas y gafas de sol, lentes de contacto, monturas, lentillas, etc.
+* Vender gafas y gafas de sol, lentes de contacto, monturas, lentillas, estuches, cordones, detergentes, etc.
+* Examinar la visión, medir la presión ocular y la agudeza visual.
+* Ajustar dispositivos con prescripción médica.
+* Reparar dispositivos con prescripción médica dañados.
+* Proporcionar recomendaciones para completar pruebas especializadas.</t>
+  </si>
+  <si>
     <t>Doctor</t>
+  </si>
+  <si>
+    <t>Médico</t>
   </si>
   <si>
     <t>* Diagnosing acute and chronic illnesses within general medicine with subsequent therapy and recommendations for therapy and diagnostic procedures.
 * Close co-operation with other specialist doctors.
 * Collecting samples for haematology and biochemical tests, swabs for cultivation.
 * Recording the results of exams into a patient's health card, keeping ambulatory care records along with nurses.
 * Assigning points and recording individual health procedures for contracted health insurers.</t>
   </si>
   <si>
+    <t>* Diagnosticar enfermedades agudas y crónicas dentro de la medicina general con terapia posterior y recomendaciones para procedimientos terapéuticos y de diagnóstico.
+* Colaboración estrecha con otros médicos especialistas.
+* Recolección de muestras para pruebas de hematología y bioquímica, hisopos para cultivo.
+* Registro de los resultados de los exámenes en la tarjeta de salud del paciente, mantenimiento de registros de atención ambulatoria junto con las enfermeras.
+* Asignación de puntos y registro de procedimientos de salud individual para aseguradoras de salud contratadas.</t>
+  </si>
+  <si>
     <t>Doctor apprentice</t>
+  </si>
+  <si>
+    <t>Médico aprendiz</t>
   </si>
   <si>
     <t>* Assisting experienced doctors in diagnosing and treating patients under supervision.
 * Participating in patient consultations and examinations to gain practical experience.
 * Conducting medical research and literature reviews to support clinical decision-making.
 * Attending medical training sessions, workshops, and seminars to enhance knowledge and skills.
 * Documenting patient histories, symptoms, and treatment plans in medical records.
 * Collaborating with healthcare teams to ensure comprehensive patient care.
 * Learning to perform basic medical procedures and techniques in a clinical setting.
 * Observing and adhering to medical ethics and patient confidentiality regulations.
 * Engaging in continuous professional development and staying updated on medical advancements.
 * Providing support in administrative tasks related to patient care and clinic operations.</t>
   </si>
   <si>
+    <t>* Asistir a médicos experimentados en el diagnóstico y tratamiento de pacientes bajo supervisión.
+* Participar en consultas y exámenes de pacientes para ganar experiencia práctica.
+* Realizar investigaciones médicas y revisiones de la literatura para apoyar la toma de decisiones clínicas.
+* Asistir a sesiones de capacitación médica, talleres y seminarios para mejorar conocimientos y habilidades.
+* Documentar historias clínicas, síntomas y planes de tratamiento de pacientes en registros médicos.
+* Colaborar con equipos de atención sanitaria para garantizar la atención integral de los pacientes.
+* Aprender a realizar procedimientos y técnicas médicas básicas en un entorno clínico.
+* Observar y cumplir con las normas de ética médica y confidencialidad de los pacientes.
+* Participar en el desarrollo profesional continuo y mantenerse actualizado sobre los avances médicos.
+* Brindar apoyo en tareas administrativas relacionadas con la atención de pacientes y las operaciones de la clínica.</t>
+  </si>
+  <si>
     <t>Head Nurse</t>
+  </si>
+  <si>
+    <t>Enfermera jefa</t>
   </si>
   <si>
     <t xml:space="preserve">* Participating in planning the staffing budget and recruitment
 * Ensure that nursing care meets regulatory standards
 * Review and approve nursing policies and procedures
 * Evaluate nursing staff performance
 * Collaborate with nursing staff, upper management and external agencies in the coordination of patient care
 * Train nursing management staff and coordinate educational programs for patients and their families
 * Facilitate meetings with medical staff from other departments
 * Ensure that nursing care medical services are meeting patient needs
 * Implement quality assurance systems
 * Participating in development of new patient care programs
 </t>
   </si>
   <si>
+    <t>* Participar en la planificación del presupuesto de personal y reclutamiento
+* Asegurar que la atención en enfermería cumpla con los estándares normativos
+* Revisar y aprobar políticas y procedimientos de enfermería
+* Evaluar el rendimiento del personal de enfermería
+* Colaborar con el personal de enfermería, la alta gerencia y agencias externas en la coordinación de la atención al paciente
+* Capacitar al personal de gestión de enfermería y coordinar programas educativos para pacientes y sus familias
+* Facilitar reuniones con personal médico de otros departamentos
+* Asegurar que los servicios médicos de atención en enfermería estén satisfaciendo las necesidades de los pacientes
+* Implementar sistemas de garantía de calidad
+* Participar en el desarrollo de nuevos programas de atención al paciente</t>
+  </si>
+  <si>
     <t>Health Care Assistant</t>
+  </si>
+  <si>
+    <t>Asistente sanitario</t>
   </si>
   <si>
     <t>* Providing basic nursing care under the guidance of a nurse.
 * Administering and applying medicines, poultices, wraps, enemas, warm and cold procedures, healing sitz baths, etc.
 * Serving food and drinks to patients, monitoring the state of their body fluids.
 * Measurement and monitoring of patients' vital signs.
 * Taking samples of biological material for biochemical analysis.
 * Exchange of used and soiled bed linen.
 * Work with the information system of the medical facility.
 * Recording of performed performances in documentation, reporting of activities for the needs of health insurance companies and statistics.</t>
   </si>
   <si>
+    <t>* Brindar atención básica de enfermería bajo la supervisión de un enfermero.
+* Administrar y aplicar medicamentos, cataplasmas, vendajes, enemas, procedimientos calientes y fríos, baños de asiento terapéuticos, etc.
+* Servir comida y bebidas a los pacientes, controlando el estado de sus líquidos corporales.
+* Medición y seguimiento de los signos vitales de los pacientes.
+* Toma de muestras de material biológico para análisis bioquímico.
+* Cambio de ropa de cama usada y sucia.
+* Trabajo con el sistema de información de la instalación médica.
+* Registro de las actuaciones realizadas en la documentación, informe de las actividades para las necesidades de las compañías de seguro de salud y estadísticas.</t>
+  </si>
+  <si>
     <t>Kinetotherapist</t>
+  </si>
+  <si>
+    <t>Kineterapeuta</t>
   </si>
   <si>
     <t>* Assessing patients' physical abilities and limitations through various tests and evaluations.
 * Developing individualized treatment plans based on patients' needs and goals.
 * Implementing therapeutic exercises and activities to improve patients' mobility and function.
 * Educating patients and their families on treatment protocols and self-management strategies.
 * Monitoring and documenting patients' progress throughout the therapy process.
 * Collaborating with healthcare professionals, including physicians and occupational therapists, to ensure comprehensive care.
 * Utilizing specialized equipment and techniques to aid in rehabilitation.
 * Providing support and encouragement to motivate patients during their recovery journey.
 * Staying updated on advancements in kinesiology and rehabilitation practices.
 * Participating in professional development activities to enhance skills and knowledge in the field.</t>
   </si>
   <si>
+    <t>* Evaluar las capacidades y limitaciones físicas de los pacientes a través de diversas pruebas y evaluaciones.
+* Desarrollar planes de tratamiento individualizados según las necesidades y objetivos de los pacientes.
+* Implementar ejercicios y actividades terapéuticas para mejorar la movilidad y función de los pacientes.
+* Educar a los pacientes y sus familiares sobre protocolos de tratamiento y estrategias de autoadministración.
+* Monitorear y documentar el progreso de los pacientes a lo largo del proceso de terapia.
+* Colaborar con profesionales de la salud, incluyendo médicos y terapeutas ocupacionales, para garantizar una atención integral.
+* Utilizar equipos y técnicas especializados para ayudar en la rehabilitación.
+* Brindar apoyo y aliento para motivar a los pacientes durante su proceso de recuperación.
+* Mantenerse actualizado sobre avances en kinesiología y prácticas de rehabilitación.
+* Participar en actividades de desarrollo profesional para mejorar habilidades y conocimientos en el campo.</t>
+  </si>
+  <si>
     <t>Masseur</t>
+  </si>
+  <si>
+    <t>Masajista</t>
   </si>
   <si>
     <t>* Performing simple massages focusing on muscles, tendons, ligaments, joints, spine, and neck.
 * Performing sports massage and different types of wraps.
 * Performing reflexology massage and manual lymphatic drainage under the guidance of a certified physical therapist.
 * Providing advice concerning different types of exercises.</t>
   </si>
   <si>
+    <t>* Realizar masajes simples enfocados en músculos, tendones, ligamentos, articulaciones, columna vertebral y cuello.
+* Realizar masajes deportivos y diferentes tipos de envolturas.
+* Realizar masaje de reflexología y drenaje linfático manual bajo la guía de un fisioterapeuta certificado.
+* Brindar asesoramiento sobre diferentes tipos de ejercicios.</t>
+  </si>
+  <si>
     <t>Medical Advisor</t>
+  </si>
+  <si>
+    <t>Asesor médico</t>
   </si>
   <si>
     <t>* Provide expert medical advice and support to healthcare professionals and stakeholders.
 * Collaborate with cross-functional teams to develop and implement medical strategies and programs.
 * Conduct thorough reviews of clinical data and literature to inform decision-making and strategy.
 * Deliver presentations and training sessions to internal teams and external partners on medical topics.
 * Act as a liaison between the company and healthcare professionals, ensuring clear communication of product information.
 * Participate in the development and review of promotional materials to ensure compliance with medical standards.
 * Support clinical trial activities, including protocol development, site selection, and monitoring.
 * Address inquiries from healthcare providers and patients regarding product usage and safety.
 * Stay updated on industry trends, regulations, and advancements in medical science.
 * Contribute to the development of educational materials and resources for healthcare professionals and patients.
 * Ensure adherence to ethical standards and regulatory requirements in all medical communications.
 * Assist in the preparation of scientific publications and presentations for conferences and meetings.</t>
   </si>
   <si>
+    <t>* Proporcionar asesoramiento y apoyo médico experto a profesionales de la salud y partes interesadas.
+* Colaborar con equipos multifuncionales para desarrollar e implementar estrategias y programas médicos.
+* Realizar revisiones exhaustivas de datos y literatura clínica para informar la toma de decisiones y la estrategia.
+* Presentar sesiones de capacitación y presentaciones a equipos internos y socios externos sobre temas médicos.
+* Actuar como enlace entre la empresa y profesionales de la salud, garantizando una comunicación clara de la información del producto.
+* Participar en el desarrollo y revisión de materiales promocionales para asegurar la conformidad con estándares médicos.
+* Apoyar las actividades de ensayos clínicos, incluyendo el desarrollo de protocolos, la selección de sitios y la supervisión.
+* Atender las consultas de proveedores de atención médica y pacientes sobre el uso y la seguridad del producto.
+* Mantenerse actualizado sobre las tendencias de la industria, las regulaciones y los avances en la ciencia médica.
+* Contribuir al desarrollo de materiales educativos y recursos para profesionales de la salud y pacientes.
+* Garantizar la adherencia a los estándares éticos y los requisitos regulatorios en todas las comunicaciones médicas.
+* Ayudar en la preparación de publicaciones y presentaciones científicas para conferencias y reuniones.</t>
+  </si>
+  <si>
     <t>Medical assistant</t>
+  </si>
+  <si>
+    <t>Asistente médico</t>
   </si>
   <si>
     <t>* Assisting healthcare professionals in delivering patient care and support.
 * Preparing and maintaining patient records, ensuring accuracy and confidentiality.
 * Measuring and recording vital signs, such as blood pressure, temperature, and pulse.
 * Assisting with medical examinations and procedures under the supervision of a physician or nurse.
 * Administering medications and injections as prescribed, following proper protocols.
 * Educating patients and their families about health management and treatment plans.
 * Coordinating patient appointments and managing schedules to optimize clinic flow.
 * Ensuring cleanliness and organization of medical equipment and examination rooms.
 * Monitoring and reporting changes in patient conditions to the healthcare team.
 * Participating in training and professional development to enhance skills and knowledge in medical assistance.</t>
   </si>
   <si>
+    <t>* Ayudar a los profesionales de la salud en la prestación de atención y apoyo al paciente.
+* Preparar y mantener los registros de los pacientes, asegurando la exactitud y la confidencialidad.
+* Medir y registrar los signos vitales, como la presión arterial, la temperatura y el pulso.
+* Ayudar con los exámenes y procedimientos médicos bajo la supervisión de un médico o enfermera.
+* Administrar medicamentos y inyecciones según lo prescrito, siguiendo los protocolos adecuados.
+* Educar a los pacientes y sus familias sobre el manejo de la salud y los planes de tratamiento.
+* Coordinar las citas de los pacientes y gestionar los horarios para optimizar el flujo de la clínica.
+* Asegurar la limpieza y organización del equipo médico y las salas de examen.
+* Monitorear y reportar cambios en las condiciones de los pacientes al equipo de atención médica.
+* Participar en la formación y el desarrollo profesional para mejorar las habilidades y conocimientos en asistencia médica.</t>
+  </si>
+  <si>
     <t>Medical graduate</t>
+  </si>
+  <si>
+    <t>Licenciado en medicina</t>
   </si>
   <si>
     <t>* Conducting thorough medical assessments and evaluations of patients.
 * Developing and implementing personalized treatment plans based on patient needs and conditions.
 * Collaborating with healthcare professionals to ensure comprehensive patient care.
 * Monitoring and documenting patient progress and response to treatments.
 * Educating patients and their families about health conditions, treatment options, and preventive measures.
 * Performing diagnostic tests and interpreting results to inform medical decisions.
 * Keeping up-to-date with medical advancements and best practices in the field.
 * Adhering to ethical and legal standards in patient care and medical practices.
 * Participating in continuing education and professional development activities.
 * Providing emotional support and counseling to patients facing health challenges.
 * Engaging in community outreach and health promotion initiatives.
 * Maintaining accurate and confidential patient records in compliance with regulations.
 * Responding to medical emergencies and providing immediate care when necessary.
 * Collaborating in research activities to advance medical knowledge and practices.
 * Upholding the values of compassion, integrity, and respect in all interactions with patients and colleagues.</t>
   </si>
   <si>
+    <t>* Realizar evaluaciones y valoraciones médicas exhaustivas de los pacientes.
+* Desarrollar e implementar planes de tratamiento personalizados según las necesidades y condiciones de los pacientes.
+* Colaborar con profesionales de la salud para garantizar una atención integral a los pacientes.
+* Monitorear y documentar el progreso de los pacientes y su respuesta a los tratamientos.
+* Educar a los pacientes y sus familiares sobre condiciones de salud, opciones de tratamiento y medidas preventivas.
+* Realizar pruebas diagnósticas e interpretar resultados para informar decisiones médicas.
+* Mantenerse actualizado con los avances médicos y las mejores prácticas en el campo.
+* Cumplir con los estándares éticos y legales en la atención al paciente y las prácticas médicas.
+* Participar en actividades de educación continua y desarrollo profesional.
+* Brindar apoyo emocional y orientación a los pacientes que enfrentan desafíos de salud.
+* Participar en iniciativas de divulgación comunitaria y promoción de la salud.
+* Mantener registros de pacientes precisos y confidenciales en cumplimiento con las regulaciones.
+* Responder a emergencias médicas y brindar atención inmediata cuando sea necesario.
+* Colaborar en actividades de investigación para avanzar en el conocimiento y las prácticas médicas.
+* Defender los valores de compasión, integridad y respeto en todas las interacciones con pacientes y colegas.</t>
+  </si>
+  <si>
     <t>Medical Institution Manager</t>
+  </si>
+  <si>
+    <t>Director de servicios sanitarios</t>
   </si>
   <si>
     <t>* Overseeing the daily operations of the medical institution to ensure efficient service delivery.
 * Developing and implementing policies and procedures in alignment with healthcare regulations and standards.
 * Managing budgets, financial resources, and funding allocations to optimize institutional performance.
 * Coordinating with medical staff, administrative personnel, and external stakeholders to foster a collaborative work environment.
 * Ensuring compliance with health and safety regulations, as well as quality assurance protocols.
 * Leading recruitment, training, and professional development initiatives for healthcare personnel.
 * Evaluating and improving patient care services and operational processes to enhance service quality.
 * Analyzing performance metrics and preparing reports for stakeholders on institutional performance and strategic initiatives.
 * Addressing patient and staff concerns, facilitating conflict resolution, and promoting a positive organizational culture.
 * Engaging with community stakeholders to promote health programs and services offered by the institution.</t>
   </si>
   <si>
+    <t>* Supervisar las operaciones diarias de la institución médica para garantizar una entrega de servicios eficiente.
+* Desarrollar e implementar políticas y procedimientos en alineación con las regulaciones y estándares de atención médica.
+* Administrar presupuestos, recursos financieros y asignaciones de fondos para optimizar el rendimiento institucional.
+* Coordinar con el personal médico, administrativo y partes interesadas externas para fomentar un entorno laboral colaborativo.
+* Garantizar el cumplimiento de las regulaciones de salud y seguridad, así como los protocolos de garantía de calidad.
+* Dirigir iniciativas de reclutamiento, capacitación y desarrollo profesional para el personal de atención médica.
+* Evaluar y mejorar los servicios de atención al paciente y los procesos operativos para mejorar la calidad del servicio.
+* Analizar métricas de rendimiento y preparar informes para las partes interesadas sobre el rendimiento institucional y las iniciativas estratégicas.
+* Abordar las preocupaciones de los pacientes y el personal, facilitar la resolución de conflictos y promover una cultura organizativa positiva.
+* Participar con las partes interesadas comunitarias para promover programas y servicios de salud ofrecidos por la institución.</t>
+  </si>
+  <si>
     <t>Medical Laboratory Technician</t>
+  </si>
+  <si>
+    <t>Técnico de laboratorio médico</t>
   </si>
   <si>
     <t>* Laboratory testing according to standard analytical methods.
 * Receiving and accepting samples of biological material.
 * Operating diagnostic equipment in the laboratory.
 * Evaluating results and detecting changes in the physiological and pathological conditions.
 * Preparing medical documentation related to test results.</t>
   </si>
   <si>
+    <t>* Realización de análisis de laboratorio según métodos analíticos estándar.
+* Recepción y aceptación de muestras de material biológico.
+* Operación de equipos de diagnóstico en el laboratorio.
+* Evaluación de resultados y detección de cambios en las condiciones fisiológicas y patológicas.
+* Preparación de documentación médica relacionada con los resultados de las pruebas.</t>
+  </si>
+  <si>
     <t>Medical Orderly</t>
+  </si>
+  <si>
+    <t>Auxiliar sanitario</t>
   </si>
   <si>
     <t>* Manipulation with biological material such as blood, urine, etc.
 * Positioning of patients.
 * Helping the patients with hygiene and other ancillary work according to the instructions of the nurse.
 * Transport of patients to their destination, e.g. to the operating room, bed, medical examination etc.
 * Preparing medical supplies and aids as directed by the nurse.
 * Taking care of the patient`s bed and other inventory of the medical facility, e.g. collection and disposal of used bedclothes.
 * Basic treatment of patients such as dressing.</t>
   </si>
   <si>
+    <t>* Manipulación de material biológico como sangre, orina, etc.
+* Colocación de pacientes.
+* Ayudar a los pacientes con la higiene y otros trabajos auxiliares según las instrucciones de la enfermera.
+* Transporte de pacientes a su destino, por ejemplo, al quirófano, cama, examen médico, etc.
+* Preparación de suministros y ayuda médica según las indicaciones de la enfermera.
+* Atención a la cama del paciente y otros bienes del centro médico, por ejemplo, recogida y eliminación de ropa de cama usada.
+* Tratamiento básico de pacientes como vendaje.</t>
+  </si>
+  <si>
     <t>Medical Records Clerk</t>
+  </si>
+  <si>
+    <t>Empleado de registros médicos</t>
   </si>
   <si>
     <t>* Maintaining and organizing patient medical records in compliance with legal and ethical standards.
 * Ensuring accuracy and confidentiality of patient information in electronic and paper formats.
 * Updating and retrieving patient records as requested by healthcare professionals or authorized personnel.
 * Assisting in the processing of patient admissions, discharges, and transfers by managing relevant documentation.
 * Coordinating with healthcare staff to ensure timely access to medical records for patient care.
 * Responding to inquiries regarding medical records and providing assistance to patients and families as needed.
 * Conducting regular audits of medical records for completeness and accuracy.
 * Training new staff on medical record management procedures and systems.
 * Implementing and adhering to policies related to health information management.
 * Supporting the overall administrative functions of the healthcare facility through effective record-keeping.</t>
   </si>
   <si>
+    <t>* Mantener y organizar los registros médicos de los pacientes en cumplimiento con los estándares legales y éticos.
+* Garantizar la precisión y la confidencialidad de la información de los pacientes tanto en formatos electrónicos como en papel.
+* Actualizar y recuperar los registros de los pacientes según lo solicitado por los profesionales de la salud o el personal autorizado.
+* Ayudar en el procesamiento de admisiones, altas y traslados de pacientes gestionando la documentación relevante.
+* Coordinar con el personal sanitario para garantizar el acceso oportuno a los registros médicos para la atención del paciente.
+* Responder a las consultas sobre registros médicos y brindar asistencia a los pacientes y sus familiares según sea necesario.
+* Realizar auditorías periódicas de los registros médicos para verificar su integridad y precisión.
+* Capacitar al personal nuevo sobre los procedimientos y sistemas de gestión de registros médicos.
+* Implementar y cumplir las políticas relacionadas con la gestión de información de salud.
+* Apoyar las funciones administrativas generales del centro de salud mediante un registro eficaz.</t>
+  </si>
+  <si>
     <t>Medical/Pharmaceutical Sales Representative</t>
+  </si>
+  <si>
+    <t>Representante de ventas médicas/farmacéuticas</t>
   </si>
   <si>
     <t>* Educating clients about products and services.
 * Promoting and presenting the sales program to potential and existing customers.
 * Maintaining and developing relationships with current clients while identifying new customers to expand the sales program.
 * Conducting market research and monitoring competitor activities.
 * Actively participating in professional conferences and events.
 * Engaging in training sessions to enhance sales skills and familiarize with the sales program.
 * Regularly reporting on activities undertaken and being accountable for achieving sales targets.
 * Collaborating with healthcare professionals, including doctors, pharmacists, and medical staff in clinics, pharmacies, and other healthcare facilities.
 * Developing strategies to effectively communicate product benefits and address client needs.
 * Ensuring compliance with industry regulations and company policies during sales activities.</t>
   </si>
   <si>
+    <t>* Educar a los clientes sobre productos y servicios.
+* Promocionar y presentar el programa de ventas a clientes potenciales y existentes.
+* Mantener y desarrollar relaciones con clientes actuales mientras se identifican nuevos clientes para ampliar el programa de ventas.
+* Realizar investigaciones de mercado y monitorear las actividades de los competidores.
+* Participar activamente en conferencias y eventos profesionales.
+* Participar en sesiones de capacitación para mejorar las habilidades de ventas y familiarizarse con el programa de ventas.
+* Informar regularmente sobre las actividades realizadas y ser responsable de alcanzar los objetivos de ventas.
+* Colaborar con profesionales de la salud, incluidos médicos, farmacéuticos y personal médico en clínicas, farmacias y otras instalaciones de atención médica.
+* Desarrollar estrategias para comunicar de manera efectiva los beneficios de los productos y atender las necesidades de los clientes.
+* Asegurar el cumplimiento de las regulaciones de la industria y las políticas de la empresa durante las actividades de ventas.</t>
+  </si>
+  <si>
     <t>Microbiologist</t>
+  </si>
+  <si>
+    <t>Microbiólogo</t>
   </si>
   <si>
     <t>* Laboratory diagnostics of viral, bacterial, parasitic and fungal diseases
 * Evaluating and monitoring results
 * Supervising how procedures are followed
 * Introducing new investigative procedures (methodology) and techniques
 * Participation in domestic and foreign professional gatherings, suggestions and application of knowledge acquired at these events</t>
   </si>
   <si>
+    <t>* Diagnósticos de laboratorio de enfermedades virales, bacterianas, parasitarias y fúngicas
+* Evaluación y seguimiento de resultados
+* Supervisión del cumplimiento de los procedimientos
+* Introducción de nuevos procedimientos de investigación (metodología) y técnicas
+* Participación en reuniones profesionales nacionales y extranjeras, sugestiones y aplicación de conocimientos adquiridos en estos eventos</t>
+  </si>
+  <si>
     <t>Midwife</t>
+  </si>
+  <si>
+    <t>Matrona</t>
   </si>
   <si>
     <t>* Providing care to women during pregnancy, childbirth and postpartum period.
 * Keeping and supporting the optimum health condition of new and expectant mothers.
 * Leading a physiological birth, cooperating with a doctor in case of complications.
 * Educating new and expectant mothers regarding the care for newborns.
 * Preparing new and expectant mothers for breastfeeding.
 * Visiting women with gynaecological problems.
 * Managing medical records.</t>
   </si>
   <si>
+    <t>* Proporcionar atención a las mujeres durante el embarazo, el parto y el período postparto.
+* Mantener y apoyar la condición óptima de salud de las madres nuevas y embarazadas.
+* Dirigir un parto fisiológico, cooperando con un médico en caso de complicaciones.
+* Educar a las madres nuevas y embarazadas sobre el cuidado de los recién nacidos.
+* Preparar a las madres nuevas y embarazadas para la lactancia materna.
+* Visitar a mujeres con problemas ginecológicos.
+* Gestionar historiales médicos.</t>
+  </si>
+  <si>
     <t>Nanny</t>
+  </si>
+  <si>
+    <t>Niñera</t>
   </si>
   <si>
     <t>* Providing attentive and nurturing care for children in a home setting.
 * Creating a safe, stimulating, and engaging environment for child development.
 * Planning and supervising age-appropriate activities, including educational games and outings.
 * Assisting with daily routines such as meals, bathing, dressing, and bedtime.
 * Supporting children's emotional and social development through positive reinforcement and guidance.
 * Communicating effectively with parents regarding children's progress, behavior, and any concerns.
 * Maintaining a clean and organized environment, including tidying up play areas and children's rooms.
 * Administering basic first aid and medication as needed, following parents' instructions.
 * Collaborating with parents to establish and adhere to family routines and rules.
 * Adapting care techniques to meet the individual needs and preferences of each child.
 * Ensuring compliance with safety regulations and guidelines to protect children at all times.
 * Providing transportation for children to and from activities, school, or appointments as required.</t>
   </si>
   <si>
+    <t>* Brindar atención y cuidado afectuoso a los niños en un entorno hogareño.
+* Crear un ambiente seguro, estimulante y atractivo para el desarrollo infantil.
+* Planificar y supervisar actividades adecuadas para la edad, incluyendo juegos educativos y salidas.
+* Ayudar con las rutinas diarias, como las comidas, el baño, el vestido y la hora de acostarse.
+* Apoyar el desarrollo emocional y social de los niños mediante el refuerzo positivo y la orientación.
+* Comunicarse de manera efectiva con los padres sobre el progreso, el comportamiento y cualquier inquietud de los niños.
+* Mantener un entorno limpio y organizado, incluyendo el orden de las áreas de juego y las habitaciones de los niños.
+* Administrar primeros auxilios básicos y medicamentos según sea necesario, siguiendo las instrucciones de los padres.
+* Colaborar con los padres para establecer y cumplir con las rutinas y reglas familiares.
+* Adaptar las técnicas de cuidado para satisfacer las necesidades y preferencias individuales de cada niño.
+* Garantizar el cumplimiento de las regulaciones y pautas de seguridad para proteger a los niños en todo momento.
+* Proporcionar transporte a los niños hacia y desde las actividades, la escuela o las citas según sea necesario.</t>
+  </si>
+  <si>
     <t>Nurse</t>
+  </si>
+  <si>
+    <t>Enfermera</t>
   </si>
   <si>
     <t>* Providing assistance during specialised medical procedures and examinations.
 * Measuring and monitoring patient vital signs and functions.
 * Administering injections and prescribed medications to patients.
 * Collecting samples of biological materials.
 * Ordering preventative check-ups and examinations for patients.
 * Administering health records and documentation.
 * Washing, disinfecting, and sterilising medical instruments and aids.
 * Providing first aid in an emergency.</t>
   </si>
   <si>
+    <t>* Prestar asistencia durante procedimientos y exámenes médicos especializados.
+* Medir y controlar los signos vitales y funciones de los pacientes.
+* Administrar inyecciones y medicamentos recetados a los pacientes.
+* Recoger muestras de materiales biológicos.
+* Solicitar revisiones preventivas y exámenes para los pacientes.
+* Administrar registros de salud y documentación.
+* Lavar, desinfectar y esterilizar instrumentos y ayudas médicas.
+* Proporcionar primeros auxilios en caso de emergencia.</t>
+  </si>
+  <si>
     <t>Nutrition Assistant</t>
+  </si>
+  <si>
+    <t>Asistente de nutrición</t>
   </si>
   <si>
     <t>* Compiling menus, depending on the type of diet.
 * Cooperating with doctors in the area of diet therapy.
 * Providing counselling and consultations in the area of healthy nutrition.
 * Leading discussions on the principles of proper nutrition, beneficial and harmful foods, their nutritional value, etc.
 * Keeping the compulsory medical documentation.</t>
   </si>
   <si>
+    <t>* Elaborar menús según el tipo de dieta.
+* Cooperar con médicos en el ámbito de la terapia dietética.
+* Brindar asesoramiento y consultas en el ámbito de la nutrición saludable.
+* Dirigir debates sobre los principios de la nutrición adecuada, alimentos beneficiosos y perjudiciales, su valor nutricional, etc.
+* Mantener la documentación médica obligatoria.</t>
+  </si>
+  <si>
     <t>Occupational health nurse</t>
+  </si>
+  <si>
+    <t>Enfermera de salud ocupacional</t>
   </si>
   <si>
     <t>* Conducting health assessments and screenings for employees to monitor their overall health and well-being.
 * Providing education and guidance on occupational health issues, including injury prevention and wellness programs.
 * Collaborating with management to develop and implement health and safety policies and procedures.
 * Administering first aid and emergency care in case of workplace injuries or health crises.
 * Monitoring and evaluating workplace environments to ensure compliance with health regulations.
 * Maintaining accurate health records and documentation for all employee interactions and treatments.
 * Offering support and counseling for employees dealing with work-related stress or mental health issues.
 * Coordinating with external healthcare providers and specialists as necessary for employee referrals and treatments.
 * Participating in health promotion activities and initiatives to foster a healthier workplace culture.
 * Staying updated on industry trends and best practices in occupational health to continuously improve services.</t>
   </si>
   <si>
+    <t>* Realizar evaluaciones y exámenes de salud a los empleados para monitorear su salud y bienestar general.
+* Brindar educación y orientación sobre cuestiones de salud ocupacional, incluyendo la prevención de lesiones y programas de bienestar.
+* Colaborar con la gerencia para desarrollar e implementar políticas y procedimientos de salud y seguridad.
+* Administrar primeros auxilios y atención de emergencia en caso de lesiones o crisis de salud en el lugar de trabajo.
+* Monitorear y evaluar los entornos laborales para garantizar el cumplimiento de las regulaciones de salud.
+* Mantener registros y documentación precisos de salud para todas las interacciones y tratamientos de los empleados.
+* Ofrecer apoyo y asesoramiento a los empleados que enfrentan estrés laboral o problemas de salud mental.
+* Coordinar con proveedores de atención médica externos y especialistas según sea necesario para referencias y tratamientos de empleados.
+* Participar en actividades y iniciativas de promoción de la salud para fomentar una cultura de lugar de trabajo más saludable.
+* Mantenerse actualizado sobre las tendencias y mejores prácticas de la industria en materia de salud ocupacional para mejorar continuamente los servicios.</t>
+  </si>
+  <si>
     <t>Optometrist</t>
+  </si>
+  <si>
+    <t>Optometrista</t>
   </si>
   <si>
     <t>* Communicating with clients in order to become familiar with their health condition, previous eye problems, their profession, etc.
 * Operating ophthalmic instruments.
 * Examining of clients’ eyesight, identifying the power of dioptres.
 * Fabricating, repairing and customising the corrective devices.
 * Providing advice concerning the selection of contact lenses, spectacle frames, etc.</t>
   </si>
   <si>
+    <t>* Comunicarse con los clientes para conocer su estado de salud, problemas oculares previos, profesión, etc.
+* Manejar instrumentos oftálmicos.
+* Examinar la vista de los clientes e identificar el poder de dioptrías.
+* Fabricar, reparar y personalizar los dispositivos correctores.
+* Brindar asesoramiento sobre la selección de lentes de contacto, monturas de gafas, etc.</t>
+  </si>
+  <si>
     <t>Orthopedic Technician</t>
+  </si>
+  <si>
+    <t>Técnico ortopédico</t>
   </si>
   <si>
     <t>* Checking prosthetic products and semi-products.
 * Processing leather (rawhide) and lining materials manually and using machinery.
 * Making orthopaedic devices using machinery.
 * Joining orthopaedic materials by hand and machine sewing, riveting (solid bonding with metal components), etc.
 * Adjusting orthopaedic parts made from wood, leather, plastics, and other natural materials.
 * Making soft bandages and combined orthopaedic inserts.
 * Making orthopaedic shoes on the basis of prescriptions.</t>
   </si>
   <si>
+    <t>* Revisión de productos y semi-productos protésicos.
+* Procesamiento manual y mecánico de materiales de cuero (cuero crudo) y materiales de forro.
+* Fabricación de dispositivos ortopédicos utilizando maquinaria.
+* Unión de materiales ortopédicos mediante costura manual y mecánica, remachado (unión sólida con componentes metálicos), etc.
+* Ajuste de partes ortopédicas realizadas con madera, cuero, plásticos y otros materiales naturales.
+* Fabricación de vendajes blandos y plantillas ortopédicas combinadas.
+* Fabricación de zapatos ortopédicos según prescripciones médicas.</t>
+  </si>
+  <si>
     <t>Pharmaceutical Laboratory Technician</t>
+  </si>
+  <si>
+    <t>Técnico de laboratorio farmacéutico</t>
   </si>
   <si>
     <t>* Preparing medications according to standard prescriptions.
 * Weighing substances used in the preparation of medications, without participating in the formulation process according to the physician's instructions.
 * Maintaining laboratory equipment and ensuring cleanliness.
 * Conducting various physical-chemical and biological analyses and measurements using laboratory apparatus.
 * Assisting in the preparation of production and overseeing technological phases in the manufacturing of pharmaceutical and cosmetic products.
 * Collaborating with pharmacists and other healthcare professionals to ensure accurate medication preparation.
 * Adhering to safety and quality standards in all laboratory and production processes.
 * Documenting and reporting any discrepancies or issues encountered during the preparation and analysis processes.
 * Participating in training and continuous education to stay updated on new pharmaceutical practices and technologies.
 * Supporting the research and development of new pharmaceutical formulations and products.</t>
   </si>
   <si>
+    <t>* Preparar medicamentos según prescripciones estándar.
+* Pesar sustancias utilizadas en la preparación de medicamentos, sin participar en el proceso de formulación según las instrucciones del médico.
+* Mantener el equipo de laboratorio y asegurar la limpieza.
+* Realizar diversos análisis y mediciones físico-químicos y biológicos utilizando aparatos de laboratorio.
+* Ayudar en la preparación de la producción y supervisar las fases tecnológicas en la fabricación de productos farmacéuticos y cosméticos.
+* Colaborar con farmacéuticos y otros profesionales de la salud para asegurar la preparación precisa de medicamentos.
+* Cumplir con los estándares de seguridad y calidad en todos los procesos de laboratorio y producción.
+* Documentar y reportar cualquier discrepancia o problema encontrado durante los procesos de preparación y análisis.
+* Participar en la formación y educación continua para mantenerse actualizado sobre nuevas prácticas y tecnologías farmacéuticas.
+* Apoyar la investigación y el desarrollo de nuevas formulaciones y productos farmacéuticos.</t>
+  </si>
+  <si>
     <t>Pharmacist</t>
+  </si>
+  <si>
+    <t>Farmacéutico</t>
   </si>
   <si>
     <t>* Preparing medications according to physician prescriptions.
 * Providing information to patients regarding the purpose and application of medications.
 * Addressing customer inquiries about prescribed medications, including potential side effects and interactions with other drugs or conditions.
 * Responding to questions about over-the-counter medications and substances used for the prevention of certain conditions.
 * Compounding medications by mixing ingredients in the forms of powders, tablets, capsules, and solutions.
 * Ensuring the safe storage and handling of pharmaceuticals in compliance with regulations.
 * Monitoring patient health and progress to ensure safe and effective medication use.
 * Collaborating with healthcare professionals to assess patient needs and recommend appropriate therapies.
 * Educating patients on proper medication usage, potential side effects, and lifestyle modifications to enhance treatment outcomes.
 * Maintaining accurate records of prescriptions, patient interactions, and medication inventories.
 * Staying updated on new medications, treatments, and industry regulations to provide the best care possible.</t>
   </si>
   <si>
+    <t>* Preparar medicamentos según las recetas médicas.
+* Brindar información a los pacientes sobre el propósito y la aplicación de los medicamentos.
+* Atender las consultas de los clientes sobre medicamentos recetados, incluidos los posibles efectos secundarios y las interacciones con otros medicamentos o condiciones.
+* Responder a preguntas sobre medicamentos de venta libre y sustancias utilizadas para la prevención de ciertas condiciones.
+* Preparar medicamentos personalizados mezclando ingredientes en forma de polvos, tabletas, cápsulas y soluciones.
+* Asegurar el almacenamiento y manejo seguro de los productos farmacéuticos en cumplimiento de las regulaciones.
+* Monitorear la salud y el progreso de los pacientes para garantizar el uso seguro y efectivo de los medicamentos.
+* Colaborar con profesionales de la salud para evaluar las necesidades de los pacientes y recomendar terapias adecuadas.
+* Educar a los pacientes sobre el uso adecuado de los medicamentos, posibles efectos secundarios y modificaciones del estilo de vida para mejorar los resultados del tratamiento.
+* Mantener registros precisos de las recetas, interacciones con los pacientes y inventarios de medicamentos.
+* Mantenerse actualizado sobre nuevos medicamentos, tratamientos y regulaciones del sector para brindar la mejor atención posible.</t>
+  </si>
+  <si>
     <t>Physiotherapist</t>
+  </si>
+  <si>
+    <t>Fisioterapeuta</t>
   </si>
   <si>
     <t>* Assessing the health condition of patients, diagnosing the source of troubles.
 * Prescribing specialised exercises depending on the nature of the troubles.
 * Performing rehabilitation procedures and exercises.
 * Instructing patients regarding proper walking, sitting, standing, and posture.
 * Managing documentation on the health condition of patients.</t>
   </si>
   <si>
+    <t>* Evaluar el estado de salud de los pacientes, diagnosticar el origen de los problemas.
+* Recetar ejercicios especializados según la naturaleza de los problemas.
+* Realizar procedimientos y ejercicios de rehabilitación.
+* Instruir a los pacientes sobre la forma adecuada de caminar, sentarse, estar de pie y mantener una buena postura.
+* Gestionar la documentación sobre el estado de salud de los pacientes.</t>
+  </si>
+  <si>
     <t>Pre-school/School/ Kindergarder nurse</t>
+  </si>
+  <si>
+    <t>Enfermera en escuela/guardería</t>
   </si>
   <si>
     <t>* Providing nursing care and support to preschool and school-aged children.
 * Conducting health assessments and monitoring the physical and emotional well-being of students.
 * Administering medications and treatments as prescribed and maintaining accurate health records.
 * Collaborating with educators and parents to promote health education and wellness initiatives.
 * Identifying and addressing health issues and concerns among students.
 * Ensuring compliance with health regulations and school policies.
 * Organizing and participating in health screenings and immunization programs.
 * Developing and implementing health promotion activities and programs in the school environment.
 * Responding to medical emergencies and providing first aid as needed.
 * Maintaining a safe and healthy school environment by promoting hygiene and disease prevention.
 * Serving as a resource for students, parents, and staff regarding health-related issues.
 * Keeping up-to-date with developments in pediatric nursing and school health practices.</t>
   </si>
   <si>
+    <t>* Proporcionar atención y apoyo de enfermería a niños en edad preescolar y escolar.
+* Realizar evaluaciones de salud y monitorear el bienestar físico y emocional de los estudiantes.
+* Administrar medicamentos y tratamientos según lo prescrito y mantener registros de salud precisos.
+* Colaborar con educadores y padres para promover la educación en salud y las iniciativas de bienestar.
+* Identificar y abordar problemas y preocupaciones de salud entre los estudiantes.
+* Asegurar el cumplimiento de las regulaciones de salud y las políticas escolares.
+* Organizar y participar en programas de detección de salud y vacunación.
+* Desarrollar e implementar actividades y programas de promoción de la salud en el entorno escolar.
+* Responder a emergencias médicas y brindar primeros auxilios según sea necesario.
+* Mantener un entorno escolar seguro y saludable promoviendo la higiene y la prevención de enfermedades.
+* Servir como recurso para estudiantes, padres y personal respecto a temas relacionados con la salud.
+* Mantenerse actualizado sobre los avances en la enfermería pediátrica y las prácticas de salud escolar.</t>
+  </si>
+  <si>
     <t>Priest</t>
+  </si>
+  <si>
+    <t>Sacerdote</t>
   </si>
   <si>
     <t>* Providing spiritual guidance and support to individuals and families within the community.
 * Leading religious services, including worship, sacraments, and ceremonies.
 * Offering counseling and emotional support to congregants during times of crisis and personal challenges.
 * Engaging in community outreach initiatives to promote social welfare and spiritual development.
 * Collaborating with other religious and community organizations to address social issues and provide assistance.
 * Conducting educational programs, such as Bible studies and religious education for all age groups.
 * Visiting the sick, elderly, and those in need to provide comfort and companionship.
 * Maintaining accurate records of church activities, membership, and financial contributions.
 * Upholding the values and teachings of the faith while fostering a welcoming environment for all.
 * Encouraging volunteerism and participation in church activities and community service projects.</t>
   </si>
   <si>
+    <t>* Brindar orientación y apoyo espiritual a individuos y familias dentro de la comunidad.
+* Liderar servicios religiosos, incluyendo cultos, sacramentos y ceremonias.
+* Ofrecer asesoramiento y apoyo emocional a los feligreses durante períodos de crisis y desafíos personales.
+* Participar en iniciativas de alcance comunitario para promover el bienestar social y el desarrollo espiritual.
+* Colaborar con otras organizaciones religiosas y comunitarias para abordar problemas sociales y brindar asistencia.
+* Realizar programas educativos, como estudios bíblicos y educación religiosa para todos los grupos de edad.
+* Visitar a los enfermos, ancianos y aquellos que necesitan consuelo y compañía.
+* Mantener registros precisos de las actividades de la iglesia, la membresía y las contribuciones financieras.
+* Defender los valores y enseñanzas de la fe mientras se fomenta un ambiente acogedor para todos.
+* Fomentar el voluntariado y la participación en actividades de la iglesia y proyectos de servicio comunitario.</t>
+  </si>
+  <si>
     <t>* Develop and implement effective marketing strategies for healthcare products and services.
 * Conduct market research to identify customer needs, preferences, and trends within the healthcare sector.
 * Collaborate with cross-functional teams, including sales, product development, and customer service, to ensure alignment of marketing initiatives.
 * Create and manage product positioning, messaging, and promotional campaigns to enhance brand visibility and market share.
 * Analyze competitor offerings and industry developments to identify opportunities for product differentiation and innovation.
 * Prepare and present marketing plans, budgets, and performance reports to senior management.
 * Oversee the creation of marketing materials, including brochures, presentations, and digital content, ensuring consistency with brand guidelines.
 * Foster relationships with key stakeholders, including healthcare providers, industry influencers, and clients, to drive product adoption and customer loyalty.
 * Monitor and evaluate the effectiveness of marketing campaigns, making data-driven adjustments to optimize performance.
 * Stay updated on regulatory requirements and industry standards to ensure compliance in all marketing activities.</t>
   </si>
   <si>
+    <t>* Desarrollar e implementar estrategias de marketing efectivas para productos y servicios de atención médica.
+* Realizar investigaciones de mercado para identificar las necesidades, preferencias y tendencias de los clientes dentro del sector de la atención médica.
+* Colaborar con equipos multifuncionales, incluidos ventas, desarrollo de productos y servicio al cliente, para garantizar la alineación de las iniciativas de marketing.
+* Crear y gestionar la posición del producto, los mensajes y las campañas promocionales para mejorar la visibilidad de la marca y la cuota de mercado.
+* Analizar las ofertas de los competidores y los desarrollos de la industria para identificar oportunidades de diferenciación y innovación de productos.
+* Preparar y presentar planes de marketing, presupuestos e informes de rendimiento a la alta dirección.
+* Supervisar la creación de materiales de marketing, incluidos folletos, presentaciones y contenido digital, garantizando la consistencia con las directrices de la marca.
+* Fomentar relaciones con las partes interesadas clave, incluidos proveedores de atención médica, influencers de la industria y clientes, para impulsar la adopción de productos y la lealtad del cliente.
+* Monitorear y evaluar la efectividad de las campañas de marketing, haciendo ajustes basados en datos para optimizar el rendimiento.
+* Mantenerse actualizado sobre los requisitos regulatorios y los estándares de la industria para garantizar el cumplimiento en todas las actividades de marketing.</t>
+  </si>
+  <si>
     <t>Public Health Administrator</t>
+  </si>
+  <si>
+    <t>Administrador de salud pública</t>
   </si>
   <si>
     <t>* Performing expert activities in the area of primary prevention, protection, support, and strengthening of public health.
 * Performing state health supervision in the field of environment and working environment, occupational health, the creation and protection of healthy living and working conditions of children and youth, and on workplaces with ionising radiation.
 * Monitoring and statistical analysis of environmental factors and health characteristics.
 * Performing specialised tasks within the public health surveillance.
 * Performing activities in the area of health counselling and education.</t>
   </si>
   <si>
+    <t>* Realización de actividades expertas en el área de prevención primaria, protección, apoyo y fortalecimiento de la salud pública.
+* Realización de la supervisión sanitaria estatal en el ámbito del medio ambiente y el entorno laboral, la salud laboral, la creación y protección de condiciones saludables de vida y trabajo de niños y jóvenes, y en lugares de trabajo con radiación ionizante.
+* Monitoreo y análisis estadístico de factores ambientales y características de salud.
+* Realización de tareas especializadas dentro de la vigilancia de la salud pública.
+* Realización de actividades en el área de asesoramiento y educación en salud.</t>
+  </si>
+  <si>
     <t>Radiographer</t>
+  </si>
+  <si>
+    <t>Radiólogo</t>
   </si>
   <si>
     <t>* Performing diagnostic imaging examinations using X-ray equipment to assist in the diagnosis and treatment of patients.
 * Collaborating with physicians and healthcare professionals to determine appropriate imaging techniques and protocols.
 * Preparing patients for radiographic procedures by explaining the process, addressing concerns, and ensuring comfort.
 * Positioning patients correctly to obtain high-quality images while minimizing exposure to radiation.
 * Maintaining and operating radiographic equipment, ensuring compliance with safety and quality standards.
 * Analyzing images for technical quality and assisting in the interpretation of findings.
 * Keeping accurate patient records and documenting procedures performed and results obtained.
 * Ensuring the cleanliness and organization of the radiography department and equipment.
 * Staying updated with advancements in radiographic technology and techniques through continuous education and training.
 * Adhering to all regulatory and safety guidelines to ensure a safe environment for patients and staff.</t>
   </si>
   <si>
+    <t>* Realizar exámenes de imágenes diagnósticas utilizando equipos de rayos X para ayudar en el diagnóstico y tratamiento de pacientes.
+* Colaborar con médicos y profesionales de la salud para determinar técnicas y protocolos de imágenes adecuados.
+* Preparar a los pacientes para los procedimientos radiográficos explicándoles el proceso, abordando sus inquietudes y asegurando su comodidad.
+* Posicionar correctamente a los pacientes para obtener imágenes de alta calidad mientras se minimiza la exposición a la radiación.
+* Mantener y operar equipos radiográficos, asegurando el cumplimiento de los estándares de seguridad y calidad.
+* Analizar las imágenes para determinar su calidad técnica y ayudar en la interpretación de los resultados.
+* Mantener registros precisos de los pacientes y documentar los procedimientos realizados y los resultados obtenidos.
+* Asegurar la limpieza y organización del departamento de radiografía y del equipo.
+* Mantenerse actualizado con los avances en tecnología y técnicas radiográficas a través de la educación y formación continua.
+* Cumplir con todas las normas y pautas de seguridad para garantizar un entorno seguro para pacientes y personal.</t>
+  </si>
+  <si>
     <t>Radiology Assistant</t>
+  </si>
+  <si>
+    <t>Auxiliar de radiología</t>
   </si>
   <si>
     <t>* Independent specialised professional work during standard skiagraphic and skiascopic examinations.
 * Assisting with non-standard radiological operations using complex instrumentation.
 * Developing and processing of film material in the darkroom.
 * Performing CT and MR examinations and assisting in CT-guided intervention (biopsy and drainage).
 * Processing CT and MR image documentation and its recording on electronic media.
 * Informing the patient about the nature, preparation, duration, and potential risks of examination as well as the time of receiving the results.</t>
   </si>
   <si>
+    <t>* Trabajo profesional especializado independiente durante exámenes esquigráficos y esquiascópicos estándar.
+* Asistencia en operaciones radiológicas no estándar utilizando instrumentación compleja.
+* Desarrollo y procesamiento de material de película en la sala oscura.
+* Realización de exámenes de TC y RM y asistencia en intervenciones guiadas por TC (biopsia y drenaje).
+* Procesamiento de documentación de imágenes de TC y RM y su grabación en medios electrónicos.
+* Informar al paciente sobre la naturaleza, preparación, duración y posibles riesgos del examen, así como el momento de recibir los resultados.</t>
+  </si>
+  <si>
     <t>Regulatory Affairs Manager</t>
+  </si>
+  <si>
+    <t>Gerente de asuntos regulatorios</t>
   </si>
   <si>
     <t>* Preparing, submitting, and implementing registration documents of pharmaceutical products.
 * Ensuring the correct translation and comprehensibility of technical texts shown on the packaging and package inserts of medicines.
 * Negotiation with the company’s internal clients.
 * Communicating with regulatory authorities, state institutions (National Institute for Drug Control, Ministry of Health of the Slovak Republic) and the company's headquarters.
 * Preparing, submitting, and detailed processing of requests for the authorisation of clinical trials.</t>
   </si>
   <si>
+    <t>* Preparar, presentar e implementar la documentación de registro de productos farmacéuticos.
+* Asegurar la correcta traducción y comprensibilidad de los textos técnicos que figuran en el embalaje y los prospectos de los medicamentos.
+* Negociación con los clientes internos de la empresa.
+* Comunicarse con las autoridades reguladoras, instituciones estatales (Instituto Nacional de Control de Medicamentos, Ministerio de Salud de la República Eslovaca) y la sede central de la empresa.
+* Preparar, presentar y procesar detalladamente las solicitudes de autorización de ensayos clínicos.</t>
+  </si>
+  <si>
     <t>Regulatory Affairs Specialist</t>
+  </si>
+  <si>
+    <t>Especialista en asuntos regulatorios</t>
   </si>
   <si>
     <t>* Preparing documents for product registration by the State Institute for Drug Control (SIDC).
 * Updating the registration database and archiving documentation.
 * Updating and reviewing registration documentation on the basis of comments.
 * Monitoring legislative changes at the national and European levels.
 * Ensuring compliance and implementation of the legislative requirements.
 * Checking product documentation, advertising materials, and texts.
 * Ensuring the preparation and evaluation of analyses.
 * Communicating with regulatory authorities, state institutions, and other departments within the company.</t>
   </si>
   <si>
+    <t>* Preparar documentos para el registro de productos por parte del Instituto Estatal de Control de Medicamentos (IECM).
+* Actualizar la base de datos de registro y archivar documentación.
+* Actualizar y revisar documentación de registro en función de comentarios.
+* Seguir los cambios legislativos a nivel nacional y europeo.
+* Garantizar el cumplimiento y la implementación de los requisitos legales.
+* Revisar documentación de productos, materiales publicitarios y textos.
+* Garantizar la preparación y evaluación de análisis.
+* Comunicarse con autoridades reguladoras, instituciones estatales y otros departamentos dentro de la empresa.</t>
+  </si>
+  <si>
     <t>Research Physician</t>
+  </si>
+  <si>
+    <t>Médico investigador</t>
   </si>
   <si>
     <t>* Performs screening assessments including physical examinations, medical history review; reviews results of diagnostic studies; evaluates subjects with regard to suitability for protocols
 * Counsels subjects with regard to abnormal and/or exclusionary diagnostic results, as necessary 
 * Accurately completes source documents and data input
 * Provides medical care and emergency care for study subjects, as necessary
 * Performs duties accurately and within timelines to avoid unnecessary wastage of valuable resources 
 * Responsible for the study design, documentation and reports of all medical aspects to insure that the safety and medical execution is secured</t>
   </si>
   <si>
+    <t>* Realiza evaluaciones de selección, incluidos exámenes físicos y revisión del historial médico; revisa los resultados de los estudios diagnósticos; evalúa a los sujetos con respecto a su idoneidad para los protocolos
+* Aconseja a los sujetos con respecto a resultados diagnósticos anormales y/o excluyentes, según sea necesario
+* Completa con precisión los documentos fuente y la entrada de datos
+* Proporciona atención médica y atención de emergencia a los sujetos del estudio, según sea necesario
+* Realiza sus tareas con precisión y dentro de los plazos para evitar el desperdicio innecesario de recursos valiosos
+* Es responsable del diseño del estudio, la documentación y los informes de todos los aspectos médicos para asegurarse de que se garantice la seguridad y la ejecución médica</t>
+  </si>
+  <si>
     <t>Secretary of health department</t>
+  </si>
+  <si>
+    <t>Secretario del departamento de salud</t>
   </si>
   <si>
     <t>* Providing administrative support to the health department, ensuring smooth operations and effective communication.
 * Managing schedules, appointments, and meetings for health department officials and staff.
 * Maintaining accurate records of health-related documents, reports, and correspondence.
 * Assisting in the preparation and distribution of health policies, guidelines, and informational materials.
 * Coordinating communication between the health department and external stakeholders, including government agencies and community organizations.
 * Handling inquiries from the public and providing information regarding health services and programs.
 * Assisting in the organization of health department events, workshops, and training sessions.
 * Managing office supplies and inventory, ensuring that necessary materials are available for staff.
 * Supporting the development and implementation of health initiatives and programs.
 * Contributing to the overall efficiency and effectiveness of the health department's operations.</t>
   </si>
   <si>
+    <t>* Brindar apoyo administrativo al departamento de salud, asegurando operaciones fluidas y comunicación efectiva.
+* Administrar horarios, citas y reuniones de los funcionarios y personal del departamento de salud.
+* Mantener registros precisos de documentos, informes y correspondencia relacionados con la salud.
+* Ayudar en la preparación y distribución de políticas, directrices y materiales informativos de salud.
+* Coordinar la comunicación entre el departamento de salud y las partes interesadas externas, incluidas agencias gubernamentales y organizaciones comunitarias.
+* Atender las consultas del público y proporcionar información sobre los servicios y programas de salud.
+* Ayudar en la organización de eventos, talleres y sesiones de capacitación del departamento de salud.
+* Administrar los suministros y el inventario de la oficina, asegurándose de que los materiales necesarios estén disponibles para el personal.
+* Apoyar el desarrollo y la implementación de iniciativas y programas de salud.
+* Contribuir a la eficiencia y eficacia general de las operaciones del departamento de salud.</t>
+  </si>
+  <si>
     <t>Social counselor</t>
+  </si>
+  <si>
+    <t>Consejero social</t>
   </si>
   <si>
     <t>* Providing guidance and support to individuals facing social, emotional, and psychological challenges.
 * Conducting assessments to determine clients' needs and developing personalized intervention plans.
 * Facilitating individual and group counseling sessions to promote personal growth and social adjustment.
 * Collaborating with other professionals, including social workers, psychologists, and healthcare providers, to coordinate comprehensive care.
 * Advocating for clients' rights and ensuring they have access to necessary resources and services.
 * Assisting clients in navigating social services systems and accessing community resources.
 * Maintaining accurate and confidential client records, documenting progress and outcomes.
 * Participating in ongoing professional development and training to stay updated on best practices in social counseling.
 * Educating clients and their families about mental health issues and available support systems.
 * Monitoring and evaluating the effectiveness of intervention plans and making adjustments as necessary.</t>
   </si>
   <si>
+    <t>* Brindar orientación y apoyo a personas que enfrentan desafíos sociales, emocionales y psicológicos.
+* Realizar evaluaciones para determinar las necesidades de los clientes y desarrollar planes de intervención personalizados.
+* Facilitar sesiones de asesoramiento individual y grupal para promover el crecimiento personal y el ajuste social.
+* Colaborar con otros profesionales, incluidos trabajadores sociales, psicólogos y proveedores de atención médica, para coordinar una atención integral.
+* Abogar por los derechos de los clientes y asegurarse de que tengan acceso a los recursos y servicios necesarios.
+* Ayudar a los clientes a navegar por los sistemas de servicios sociales y acceder a los recursos comunitarios.
+* Mantener registros precisos y confidenciales de los clientes, documentando el progreso y los resultados.
+* Participar en el desarrollo profesional continuo y la capacitación para estar actualizado sobre las mejores prácticas en asesoramiento social.
+* Educar a los clientes y sus familias sobre cuestiones de salud mental y sistemas de apoyo disponibles.
+* Monitorear y evaluar la eficacia de los planes de intervención y hacer ajustes según sea necesario.</t>
+  </si>
+  <si>
     <t>Social rehabilitation specialist</t>
+  </si>
+  <si>
+    <t>Especialista en rehabilitación social</t>
   </si>
   <si>
     <t>* Assessing the needs and capabilities of individuals requiring social rehabilitation services.
 * Developing and implementing personalized rehabilitation plans in collaboration with clients and interdisciplinary teams.
 * Providing guidance and support to clients in developing life skills, social skills, and coping strategies.
 * Facilitating group therapy sessions and workshops to promote social interaction and community integration.
 * Monitoring client progress and adjusting rehabilitation plans as necessary to ensure optimal outcomes.
 * Collaborating with healthcare professionals, social workers, and community organizations to coordinate services and resources.
 * Educating clients and their families about available social services and support systems.
 * Advocating for clients' rights and needs within various social service frameworks.
 * Maintaining accurate records and documentation of client interactions, progress, and outcomes.
 * Staying informed about best practices and developments in the field of social rehabilitation and related areas.</t>
   </si>
   <si>
+    <t>* Evaluar las necesidades y capacidades de las personas que requieren servicios de rehabilitación social.
+* Desarrollar e implementar planes de rehabilitación personalizados en colaboración con los clientes y equipos interdisciplinarios.
+* Proporcionar orientación y apoyo a los clientes en el desarrollo de habilidades para la vida, habilidades sociales y estrategias de afrontamiento.
+* Facilitar sesiones de terapia grupal y talleres para promover la interacción social y la integración comunitaria.
+* Monitorear el progreso de los clientes y ajustar los planes de rehabilitación según sea necesario para asegurar resultados óptimos.
+* Colaborar con profesionales de la salud, trabajadores sociales y organizaciones comunitarias para coordinar servicios y recursos.
+* Educar a los clientes y sus familias sobre los servicios sociales disponibles y los sistemas de apoyo.
+* Abogar por los derechos y necesidades de los clientes dentro de los diferentes marcos de servicios sociales.
+* Mantener registros y documentación precisos de las interacciones con los clientes, el progreso y los resultados.
+* Mantenerse informado sobre las mejores prácticas y los avances en el campo de la rehabilitación social y áreas relacionadas.</t>
+  </si>
+  <si>
     <t>Speech Therapist</t>
+  </si>
+  <si>
+    <t>Logopeda</t>
   </si>
   <si>
     <t>* Assessing, diagnosing, and treating speech, language, and communication disorders in individuals of all ages.
 * Developing personalized treatment plans tailored to the specific needs of each client.
 * Conducting therapy sessions to improve speech clarity, language skills, and communication abilities.
 * Collaborating with other healthcare professionals, educators, and families to support clients' overall development.
 * Utilizing evidence-based practices and therapeutic techniques to enhance client outcomes.
 * Monitoring and documenting clients’ progress and adjusting treatment plans as necessary.
 * Providing guidance and support to families regarding communication strategies and resources.
 * Educating clients and their families about speech and language disorders and the therapeutic process.
 * Participating in continuing education and professional development to stay current with best practices in the field.
 * Maintaining confidentiality and adhering to ethical standards in all aspects of practice.</t>
   </si>
   <si>
+    <t>* Evaluar, diagnosticar y tratar trastornos del habla, el lenguaje y la comunicación en personas de todas las edades.
+* Desarrollar planes de tratamiento personalizados adaptados a las necesidades específicas de cada cliente.
+* Realizar sesiones de terapia para mejorar la claridad del habla, las habilidades lingüísticas y las capacidades de comunicación.
+* Colaborar con otros profesionales de la salud, educadores y familias para apoyar el desarrollo general de los clientes.
+* Utilizar prácticas y técnicas terapéuticas basadas en la evidencia para mejorar los resultados de los clientes.
+* Supervisar y documentar el progreso de los clientes y ajustar los planes de tratamiento según sea necesario.
+* Brindar orientación y apoyo a las familias sobre estrategias y recursos de comunicación.
+* Educar a los clientes y sus familias sobre los trastornos del habla y el lenguaje y el proceso terapéutico.
+* Participar en la educación continua y el desarrollo profesional para mantenerse actualizado con las mejores prácticas en el campo.
+* Mantener la confidencialidad y adherirse a los estándares éticos en todos los aspectos de la práctica.</t>
+  </si>
+  <si>
     <t>Veterinarian</t>
+  </si>
+  <si>
+    <t>Veterinario</t>
   </si>
   <si>
     <t>* Examining the health of animals, determining diagnoses.
 * Examining and removing tissues and biological materials.
 * Prescribing and administering drugs to animals.
 * Performing minor and major surgeries.
 * Vaccinating animals against diseases, treating them for parasites.
 * Sterilising animals.
 * Euthanising animals.
 * Providing advice to owners and keepers of animals regarding proper nutrition.</t>
   </si>
   <si>
+    <t>* Examinar la salud de los animales y determinar diagnósticos.
+* Examinar y extraer tejidos y materiales biológicos.
+* Recetar y administrar medicamentos a los animales.
+* Realizar cirugías menores y mayores.
+* Vacunar a los animales contra enfermedades y tratarlos para eliminar parásitos.
+* Esterilizar animales.
+* Sacrificar animales.
+* Brindar asesoramiento a los propietarios y cuidadores de animales sobre la nutrición adecuada.</t>
+  </si>
+  <si>
     <t>Veterinary Technician</t>
+  </si>
+  <si>
+    <t>Técnico veterinario</t>
   </si>
   <si>
     <t>* Assisting or performing treatments, diagnostics and monitoring.
 * Collecting, preparing and running or submitting samples for requested tests.
 * Providing specialised nursing care.
 * Preparing animals, instruments and equipment for surgery.
 * Preparing prescriptions, dispensed medications and medication refills.
 * Assisting with with inventory control.</t>
   </si>
   <si>
+    <t>* Ayudar o realizar tratamientos, diagnósticos y seguimiento.
+* Recopilar, preparar y ejecutar o enviar muestras para las pruebas solicitadas.
+* Proporcionar cuidados de enfermería especializados.
+* Preparar a los animales, instrumentos y equipos para la cirugía.
+* Preparar recetas, medicamentos dispensados y rellenos de medicamentos.
+* Ayudar con el control de inventario.</t>
+  </si>
+  <si>
     <t>Ward domestic</t>
+  </si>
+  <si>
+    <t>Cuidador a domicilio</t>
   </si>
   <si>
     <t>* Maintaining cleanliness and hygiene standards within the ward environment.
 * Assisting healthcare staff with the preparation of patient rooms and facilities.
 * Supporting patients with daily living activities, ensuring their comfort and dignity.
 * Distributing meals and snacks to patients, ensuring dietary requirements are met.
 * Collecting and disposing of waste materials in accordance with health regulations.
 * Reporting any safety hazards or maintenance issues to the appropriate personnel.
 * Assisting in the transportation of patients within the facility when needed.
 * Collaborating with nursing staff to ensure a safe and supportive environment for patients.
 * Participating in training and development programs to enhance skills and knowledge.
 * Upholding confidentiality and respecting patient privacy at all times.</t>
   </si>
   <si>
+    <t>* Mantener los estándares de limpieza e higiene dentro del entorno de la sala.
+* Asistir al personal sanitario en la preparación de habitaciones y facilidades para pacientes.
+* Apoyar a los pacientes en actividades cotidianas, garantizando su comodidad y dignidad.
+* Distribuir comidas y refrigerios a los pacientes, asegurando que se cumplan los requisitos dietéticos.
+* Recoger y eliminar los materiales de desecho de acuerdo con las regulaciones sanitarias.
+* Informar a la persona adecuada sobre cualquier riesgo para la seguridad o problema de mantenimiento.
+* Ayudar en el transporte de pacientes dentro de la instalación cuando sea necesario.
+* Colaborar con el personal de enfermería para garantizar un entorno seguro y de apoyo para los pacientes.
+* Participar en programas de capacitación y desarrollo para mejorar habilidades y conocimientos.
+* Mantener la confidencialidad y respetar la privacidad del paciente en todo momento.</t>
+  </si>
+  <si>
     <t>Youth worker</t>
+  </si>
+  <si>
+    <t>Trabajador juvenil</t>
   </si>
   <si>
     <t>* Supporting and empowering young individuals in personal development and social integration.
 * Developing and implementing engaging programs and activities tailored to the needs of youth.
 * Building trusting relationships with young people to foster a safe and supportive environment.
 * Collaborating with families, schools, and community organizations to promote youth welfare.
 * Conducting assessments to identify the needs and challenges faced by youth.
 * Providing guidance and counseling to help young people navigate personal and social issues.
 * Facilitating workshops and group discussions on topics such as life skills, education, and health.
 * Monitoring and evaluating the progress of youth participants in programs and activities.
 * Advocating for the rights and needs of young individuals within the community.
 * Maintaining accurate records of interactions and progress for reporting and evaluation purposes.
 * Participating in training and professional development to enhance skills and knowledge in youth work.
 * Ensuring compliance with relevant policies, procedures, and best practices in youth services.</t>
   </si>
   <si>
+    <t>* Apoyar y empoderar a jóvenes en su desarrollo personal y su integración social.
+* Desarrollar e implementar programas y actividades atractivas adaptadas a las necesidades de los jóvenes.
+* Construir relaciones de confianza con los jóvenes para fomentar un entorno seguro y de apoyo.
+* Colaborar con las familias, las escuelas y las organizaciones comunitarias para promover el bienestar de los jóvenes.
+* Realizar evaluaciones para identificar las necesidades y los desafíos que enfrentan los jóvenes.
+* Proporcionar orientación y asesoramiento para ayudar a los jóvenes a navegar por cuestiones personales y sociales.
+* Facilitar talleres y discusiones grupales sobre temas como habilidades para la vida, educación y salud.
+* Monitorear y evaluar el progreso de los participantes jóvenes en programas y actividades.
+* Defender los derechos y necesidades de los jóvenes dentro de la comunidad.
+* Mantener registros precisos de las interacciones y el progreso para fines de informes y evaluación.
+* Participar en capacitación y desarrollo profesional para mejorar las habilidades y conocimientos en el trabajo con jóvenes.
+* Asegurar el cumplimiento de las políticas, procedimientos y mejores prácticas relevantes en servicios para jóvenes.</t>
+  </si>
+  <si>
     <t>Mining, Metallurgy</t>
   </si>
   <si>
+    <t>Minería, metalurgia</t>
+  </si>
+  <si>
     <t>Iron founder</t>
+  </si>
+  <si>
+    <t>Fundador de hierro</t>
   </si>
   <si>
     <t>* Fabricating models serving as a model for the production of castings.
 * Fabricating one-time and permanent founding forms.
 * Operating smelting machines and equipment in order to melt the metal to the desired temperature.
 * Fabricating components with complex shapes and semi-finished products by casting molten metal into sand, ceramic and metal moulds.
 * Removing the rough castings from moulds after cooling.
 * Removing the residues of moulding material from the surface of rough castings.
 * Grinding, sanding or other processing of rough castings.</t>
   </si>
   <si>
+    <t>* Fabricar modelos que sirvan como modelo para la producción de fundiciones.
+* Fabricar formas de fundición únicas y permanentes.
+* Operar máquinas y equipos de fusión para fundir el metal a la temperatura deseada.
+* Fabricar componentes con formas complejas y productos semielaborados mediante el vertido de metal fundido en moldes de arena, cerámica y metal.
+* Extraer las piezas fundidas en bruto de los moldes después del enfriamiento.
+* Eliminar los residuos de material de moldeo de la superficie de las piezas fundidas en bruto.
+* Pulir, lijar u otros procesos de piezas fundidas en bruto.</t>
+  </si>
+  <si>
     <t>Metallurgist</t>
+  </si>
+  <si>
+    <t>Metalúrgico</t>
   </si>
   <si>
     <t>* Producing pig iron, steel and nonferrous metals.
 * Operating machinery and equipment preparing ore for further processing.
 * Compiling batches and their charging into the smelter.
 * Operating equipment for the production of pig iron, steel and nonferrous metals.
 * Reviewing the course of the melting process.
 * Cleaning, treating and maintaining machinery and equipment in working order.</t>
   </si>
   <si>
+    <t>* Producción de arrabio, acero y metales no férricos.
+* Operación de maquinaria y equipo para la preparación de mineral para su posterior procesamiento.
+* Preparación de lotes y su carga en el horno.
+* Operación de equipo para la producción de arrabio, acero y metales no férricos.
+* Revisión del curso del proceso de fusión.
+* Limpieza, tratamiento y mantenimiento de maquinaria y equipo en buen estado de funcionamiento.</t>
+  </si>
+  <si>
     <t>Metallurgy Engineer</t>
+  </si>
+  <si>
+    <t>Ingeniero metalúrgico</t>
   </si>
   <si>
     <t>* Developing new and improving existing methods of extracting metals.
 * Developing new and improving existing metals and alloys.
 * Sampling ores and subjecting them to laboratory analyses.
 * Examining the structure of metals and their physical properties.
 * Finding a use for steel scrap and lower grade ores.</t>
   </si>
   <si>
+    <t>* Desarrollar nuevos métodos y mejorar los métodos existentes para extraer metales.
+* Desarrollar nuevos metales y aleaciones y mejorar los existentes.
+* Muestrear menas y someterlas a análisis de laboratorio.
+* Examinar la estructura de los metales y sus propiedades físicas.
+* Encontrar un uso para el chatarra de acero y las menas de grado inferior.</t>
+  </si>
+  <si>
     <t>Miner</t>
+  </si>
+  <si>
+    <t>Minero</t>
   </si>
   <si>
     <t>* Changing into work clothing, accepting protective gear, headlamps and protective devices before the shift.
 * Handing over personal metal signs to dispatchers before descending into the mine.
 * Descending underground using the mine elevator.
 * Using an electric mine train and walking to the mining field.
 * Mining mineral raw materials by means of mechanical equipment and tools.
 * Completing a thorough physical examination before leaving the mine (in case of mining precious metals, stones, etc.).</t>
   </si>
   <si>
+    <t>* Cambiar a ropa de trabajo, aceptar equipo de protección, linternas y dispositivos de protección antes del turno.
+* Entregar placas metálicas personales a los despachadores antes de descender a la mina.
+* Descender bajo tierra utilizando el ascensor de la mina.
+* Utilizar un tren minero eléctrico y caminar hasta el campo de minería.
+* Extraer materias primas minerales mediante equipos y herramientas mecánicas.
+* Realizar un examen físico exhaustivo antes de salir de la mina (en caso de extracción de metales preciosos, piedras, etc.).</t>
+  </si>
+  <si>
     <t>Mining Engineer</t>
+  </si>
+  <si>
+    <t>Ingeniero de minas</t>
   </si>
   <si>
     <t>* Conducting feasibility studies and environmental assessments for mining projects.
 * Designing and planning mining operations, including the selection of equipment and technology.
 * Overseeing the extraction process to ensure efficiency and safety.
 * Collaborating with geologists to evaluate mineral deposits and resource potential.
 * Implementing and monitoring health, safety, and environmental policies and practices.
 * Analyzing data to improve operational processes and reduce costs.
 * Managing teams of technicians and workers to ensure project completion within deadlines.
 * Preparing technical reports and presentations for stakeholders and regulatory bodies.
 * Staying updated on industry trends, technologies, and regulations affecting mining operations.
 * Ensuring compliance with local, national, and international mining laws and regulations.
 * Participating in community engagement initiatives related to mining activities.
 * Providing training and support to junior engineers and other staff members.
 * Troubleshooting operational issues and developing solutions to enhance productivity.
 * Coordinating with other departments, such as finance and logistics, to align project goals.
 * Evaluating the performance of mining equipment and recommending upgrades or replacements.</t>
   </si>
   <si>
+    <t>* Realizar estudios de viabilidad y evaluaciones ambientales para proyectos mineros.
+* Diseñar y planificar operaciones mineras, incluyendo la selección de equipo y tecnología.
+* Supervisar el proceso de extracción para asegurar la eficiencia y la seguridad.
+* Colaborar con geólogos para evaluar yacimientos minerales y potencial de recursos.
+* Implementar y supervisar políticas y prácticas de salud, seguridad y medio ambiente.
+* Analizar datos para mejorar procesos operativos y reducir costos.
+* Gestionar equipos de técnicos y trabajadores para asegurar la finalización de proyectos dentro de los plazos establecidos.
+* Preparar informes técnicos y presentaciones para partes interesadas y organismos reguladores.
+* Mantenerse actualizado sobre tendencias, tecnologías y regulaciones de la industria que afecten las operaciones mineras.
+* Asegurar el cumplimiento de leyes y regulaciones mineras locales, nacionales e internacionales.
+* Participar en iniciativas de participación comunitaria relacionadas con actividades mineras.
+* Proporcionar capacitación y apoyo a ingenieros junior y otros miembros del personal.
+* Resolver problemas operativos y desarrollar soluciones para mejorar la productividad.
+* Coordinar con otros departamentos, como finanzas y logística, para alinear los objetivos del proyecto.
+* Evaluar el rendimiento de los equipos de minería y recomendar actualizaciones o reemplazos.</t>
+  </si>
+  <si>
     <t>Mining Technician</t>
+  </si>
+  <si>
+    <t>Técnico de minas</t>
   </si>
   <si>
     <t>* Participating in the search for new deposits.
 * Measuring the amount of air in mine tunnels.
 * Participating in designing and installing mine ventilation systems.
 * Taking samples of air and their laboratory analysing for the presence of methane and other toxic gases.
 * Obtaining information by means of physicochemical tests and by observing the mining operations.
 * Issuing warnings about the dangers of entering the selected areas in the mine.
 * Communicating with the mine workers on the working conditions.</t>
   </si>
   <si>
+    <t>* Participar en la búsqueda de nuevos yacimientos.
+* Medir la cantidad de aire en los túneles de la mina.
+* Participar en el diseño e instalación de sistemas de ventilación de minas.
+* Tomar muestras de aire y analizarlas en laboratorio para detectar la presencia de metano y otros gases tóxicos.
+* Obtener información mediante pruebas fisicoquímicas y observando las operaciones mineras.
+* Emitir advertencias sobre los peligros de ingresar a las áreas seleccionadas en la mina.
+* Comunicarse con los trabajadores de la mina sobre las condiciones laborales.</t>
+  </si>
+  <si>
     <t>Petroleum engineer</t>
+  </si>
+  <si>
+    <t>Ingeniero de petróleo</t>
   </si>
   <si>
     <t>* Plans and designs equipment and processes to achieve the maximum profitable recovery of oil and gas. 
 * Prospects for reservoirs containing oil or natural gas. 
 * Collaborates with geologists and other specialists to understand the geologic formation and properties of the rock containing the reservoir, determine the drilling methods to be used, and monitor drilling and production operations.
 * Develops well drilling plan for management approval. 
 * Utilizes computer models to simulate reservoir performance using different recovery techniques and effects of various drilling options. 
 * Provides technical consultation during drilling operations.</t>
   </si>
   <si>
+    <t>* Planea y diseña equipos y procesos para lograr la recuperación máxima y rentable de petróleo y gas.
+* Busca y localiza yacimientos que contengan petróleo o gas natural.
+* Colabora con geólogos y otros especialistas para comprender la formación geológica y las propiedades de la roca que contiene el yacimiento, determinar los métodos de perforación a utilizar y supervisar las operaciones de perforación y producción.
+* Desarrolla un plan de perforación de pozos para su aprobación por la gerencia.
+* Utiliza modelos informáticos para simular el rendimiento del yacimiento utilizando diferentes técnicas de recuperación y efectos de distintas opciones de perforación.
+* Brinda asesoramiento técnico durante las operaciones de perforación.</t>
+  </si>
+  <si>
     <t>Pharmaceutical Industry</t>
   </si>
   <si>
+    <t>Industria farmacéutica</t>
+  </si>
+  <si>
     <t>Clinical Data Manager</t>
+  </si>
+  <si>
+    <t>Gestor de datos clínicos</t>
   </si>
   <si>
     <t>* Ensuring the accuracy of statistical information and the results of clinical trials.
 * Drafting and approving information collection forms.
 * Recording information on the effects of drugs on trial participants.
 * Entering information on trial participants into the computer system.
 * Entering data on the type, dose, and effects of drugs on a specific group of trial participants into the computer system.
 * Instructing monitors of clinical trials in order to obtain more valuable information.
 * Preparing and submitting final reports to superiors.</t>
   </si>
   <si>
+    <t>* Asegurar la precisión de la información estadística y los resultados de los ensayos clínicos.
+* Redactar y aprobar formularios de recopilación de información.
+* Registrar información sobre los efectos de los medicamentos en los participantes del ensayo.
+* Introducir información sobre los participantes del ensayo en el sistema informático.
+* Introducir datos sobre el tipo, dosis y efectos de los medicamentos en un grupo específico de participantes del ensayo en el sistema informático.
+* Instruir a los monitores de ensayos clínicos para obtener información más valiosa.
+* Preparar y presentar informes finales a los superiores.</t>
+  </si>
+  <si>
     <t>* Participating in the selecting of facilities for carrying out clinical trials.
 * Monitoring the progress of clinical trials, supervising compliance with the defined procedure by the investigators.
 * Responsibility for reviewing the accuracy and data processing.
 * Communicating with the regulatory bodies and other institutions.
 * Preparing documents for the National Institute for Drug Control (NIDC) and the European Commission (EC).
 * Submitting regular reports on the progress of studies.</t>
   </si>
   <si>
+    <t>* Participar en la selección de instalaciones para la realización de ensayos clínicos.
+* Controlar el progreso de los ensayos clínicos, supervisar el cumplimiento del procedimiento definido por los investigadores.
+* Responsabilidad de revisar la precisión y el procesamiento de los datos.
+* Comunicarse con los organismos reguladores y otras instituciones.
+* Preparar documentos para el Instituto Nacional de Control de Medicamentos (INCM) y la Comisión Europea (CE).
+* Presentar informes periódicos sobre el progreso de los estudios.</t>
+  </si>
+  <si>
     <t>Drug Safety Specialist</t>
+  </si>
+  <si>
+    <t>Especialista en seguridad de los medicamentos</t>
   </si>
   <si>
     <t>* Collecting information on contraindications and adverse reactions to drugs on the market and in clinical research.
 * Evaluating the information found.
 * Implementing and monitoring compliance with standards and methods relating to pharmacovigilance.
 * Preparing and submitting periodic reports on the safety of drugs to the State Institute for Drug Control (SIDC).
 * Training new members of the pharmacovigilance department.</t>
   </si>
   <si>
+    <t>* Recopilar información sobre contraindicaciones y reacciones adversas a medicamentos en el mercado y en investigación clínica.
+* Evaluar la información encontrada.
+* Implementar y supervisar el cumplimiento de estándares y métodos relacionados con la farmacovigilancia.
+* Preparar y presentar informes periódicos sobre la seguridad de los medicamentos al Instituto Estatal de Control de Medicamentos (IECM).
+* Capacitar a nuevos miembros del departamento de farmacovigilancia.</t>
+  </si>
+  <si>
     <t>Head Pharmacist</t>
+  </si>
+  <si>
+    <t>Farmacéutico jefe</t>
   </si>
   <si>
     <t>* Overseeing the daily operations of the pharmacy, ensuring compliance with all regulatory requirements and best practices.
 * Managing and supervising pharmacy staff, including pharmacists and pharmacy technicians, to ensure high-quality patient care and service.
 * Developing and implementing pharmacy policies and procedures to enhance operational efficiency and safety.
 * Ensuring accurate and timely dispensing of medications and providing consultation to patients regarding their prescriptions and over-the-counter medications.
 * Collaborating with healthcare professionals to optimize medication therapy and patient outcomes.
 * Monitoring inventory levels, ordering medications and supplies, and managing stock to prevent shortages and waste.
 * Conducting regular training and development sessions for pharmacy staff to keep them informed of new products, regulations, and best practices.
 * Addressing patient inquiries and concerns, resolving issues related to medications, and providing exceptional customer service.
 * Participating in quality assurance programs and contributing to the continuous improvement of pharmacy services.
 * Staying updated on industry trends, new medications, and advancements in pharmacy practice to enhance service delivery.</t>
   </si>
   <si>
+    <t>* Supervisar las operaciones diarias de la farmacia, asegurando el cumplimiento de todos los requisitos regulatorios y las mejores prácticas.
+* Gestionar y supervisar al personal de la farmacia, incluyendo farmacéuticos y técnicos de farmacia, para garantizar una atención al paciente y un servicio de alta calidad.
+* Desarrollar e implementar políticas y procedimientos de farmacia para mejorar la eficiencia operativa y la seguridad.
+* Asegurar la dispensación precisa y oportuna de medicamentos y brindar consulta a los pacientes sobre sus recetas y medicamentos de venta libre.
+* Colaborar con profesionales de la salud para optimizar la terapia de medicación y los resultados de los pacientes.
+* Monitorear los niveles de inventario, ordenar medicamentos y suministros, y gestionar las existencias para prevenir escasez y desperdicio.
+* Realizar sesiones regulares de capacitación y desarrollo para el personal de la farmacia para mantenerlos informados sobre nuevos productos, regulaciones y mejores prácticas.
+* Atender las consultas y preocupaciones de los pacientes, resolver problemas relacionados con medicamentos y brindar un servicio al cliente excepcional.
+* Participar en programas de aseguramiento de la calidad y contribuir al mejoramiento continuo de los servicios de farmacia.
+* Mantenerse actualizado sobre tendencias de la industria, nuevos medicamentos y avances en la práctica de farmacia para mejorar la entrega del servicio.</t>
+  </si>
+  <si>
     <t>* Providing support and specialist guarantee regarding products.
 * Communicating with doctors and experts in the field, attending seminars and conferences.
 * Providing technical product data to colleagues from the sales and marketing department, and answering their questions.
 * Providing specialist retraining to employees who are in charge of sales and marketing of the given product.
 * Training new employees in the field of medical knowledge; following continuous specialist trainings.
 * Preparing outputs and analyses of products for professional journals.* Maintaining contacts with the media.
 * Implementing and reviewing clinical trials of pharmaceutical preparations.* Cooperating with product managers, district managers and the registration manager.</t>
   </si>
   <si>
+    <t>* Proporcionar soporte y garantía especializada en cuanto a productos.
+* Comunicarse con médicos y expertos en el campo, asistir a seminarios y conferencias.
+* Proporcionar datos técnicos de productos a colegas del departamento de ventas y marketing, y responder a sus preguntas.
+* Proporcionar formación especializada a empleados encargados de las ventas y el marketing del producto en cuestión.
+* Capacitar a nuevos empleados en el ámbito del conocimiento médico; seguir formaciones especializadas continuas.
+* Preparar salidas y análisis de productos para revistas profesionales. Mantener contactos con los medios de comunicación.
+* Implementar y revisar ensayos clínicos de preparaciones farmacéuticas. Cooperar con gerentes de productos, gerentes de distrito y el gerente de registro.</t>
+  </si>
+  <si>
     <t>* Visiting health facilities in the assigned region in order to support the marketability of products.
 * Accepting orders and meeting a personal performance plan.
 * Organising expert seminars and conferences.
 * Presenting the company's products in medical congresses and symposia.
 * Monitoring of the market, current trends, and competitive activities.
 * Creating and maintaining good relations with clients.</t>
+  </si>
+  <si>
+    <t>* Visitar centros de salud en la región asignada con el objetivo de apoyar la comercialización de los productos.
+* Aceptar pedidos y cumplir con un plan de desempeño personal.
+* Organizar seminarios y conferencias de expertos.
+* Presentar los productos de la empresa en congresos y simposios médicos.
+* Seguir el mercado, las tendencias actuales y las actividades de la competencia.
+* Crear y mantener buenas relaciones con los clientes.</t>
   </si>
   <si>
     <t>* Performing expert work regarding the receipt, preparation, control and storage of medicines as directed by a pharmacist.
 * Issuing of non-prescription medicines, medical aids and supplementary products of the pharmacy.
 * Assisting the pharmacist with issuing prescription drugs and processing of documents for health insurance companies.
 * Providing advice to patients on a limited scale.
 * Controlling prices of medicines, medical aids and supplementary products in accordance with the current price list of the pharmacy.
 * Receiving quantity shipments, verifying the correctness of the storage of medicines and medical supplies.
 * Monitoring the expiration of drugs and disposal of time-expired drugs.</t>
   </si>
   <si>
+    <t>* Realizar trabajo especializado en cuanto a la recepción, preparación, control y almacenamiento de medicamentos según las instrucciones de un farmacéutico.
+* Entregar medicamentos de venta libre, ayudas médicas y productos suplementarios de la farmacia.
+* Asistir al farmacéutico en la entrega de medicamentos recetados y en el procesamiento de documentos para las compañías de seguros de salud.
+* Proporcionar consejos a los pacientes en una escala limitada.
+* Controlar los precios de los medicamentos, ayudas médicas y productos suplementarios de acuerdo con la lista de precios actual de la farmacia.
+* Recibir envíos de cantidad, verificar la corrección del almacenamiento de medicamentos y suministros médicos.
+* Supervisar la caducidad de los medicamentos y desechar los medicamentos caducados.</t>
+  </si>
+  <si>
     <t>Pharmaceutical Products Manager</t>
+  </si>
+  <si>
+    <t>Gerente de productos en la industria farmacéutica</t>
   </si>
   <si>
     <t>* Developing and implementing marketing strategies for pharmaceutical products.
 * Conducting market research to identify trends, customer needs, and competitive landscape.
 * Collaborating with cross-functional teams including sales, regulatory, and supply chain to ensure product success.
 * Managing product lifecycle from development through launch and post-launch activities.
 * Preparing and presenting product information and training materials for sales teams and healthcare professionals.
 * Monitoring product performance and analyzing sales data to inform strategic decisions.
 * Ensuring compliance with industry regulations and company policies in all marketing activities.
 * Building and maintaining relationships with key stakeholders, including healthcare providers and industry partners.
 * Organizing promotional events and initiatives to enhance product visibility and market penetration.
 * Staying updated on industry developments, emerging therapies, and competitor activities to inform product strategy.
 * Managing budgets related to product marketing and ensuring efficient allocation of resources.
 * Providing support in the development of product-related documentation and promotional materials.</t>
   </si>
   <si>
+    <t>* Desarrollar e implementar estrategias de marketing para productos farmacéuticos.
+* Realizar investigaciones de mercado para identificar tendencias, necesidades de los clientes y panorama competitivo.
+* Colaborar con equipos multifuncionales, incluyendo ventas, regulación y cadena de suministro, para asegurar el éxito del producto.
+* Gestionar el ciclo de vida del producto desde el desarrollo hasta el lanzamiento y las actividades posteriores al lanzamiento.
+* Preparar y presentar información y materiales de capacitación sobre productos para equipos de ventas y profesionales de la salud.
+* Monitorear el rendimiento del producto y analizar datos de ventas para informar decisiones estratégicas.
+* Asegurar el cumplimiento con las regulaciones de la industria y las políticas de la empresa en todas las actividades de marketing.
+* Construir y mantener relaciones con partes interesadas clave, incluyendo proveedores de servicios de salud y socios de la industria.
+* Organizar eventos y iniciativas promocionales para mejorar la visibilidad del producto y la penetración en el mercado.
+* Mantenerse actualizado sobre los desarrollos de la industria, terapias emergentes y actividades de los competidores para informar la estrategia del producto.
+* Administrar presupuestos relacionados con el marketing de productos y asegurar la asignación eficiente de recursos.
+* Proporcionar apoyo en el desarrollo de documentación y materiales promocionales relacionados con los productos.</t>
+  </si>
+  <si>
     <t>* Producing individually prepared medicines in accordance with the principles of good manufacturing practice, valid pharmacopoeia and standards.
 * Handing out prescription-only medicines, over-the-counter medicines, medical devices, and complementary pharmacy goods. 
 * Medical prescription and health cards processing with the use of computer technology.
 * Providing advice to patients regarding proper use, dosage, and the normal and side effects of medicines.
 * Checking stock levels, ordering medicines, medical devices, and complementary pharmacy goods.
 * Inspecting the quality of medicines and receiving medicines and raw materials into the stock records.
 * Checking the accuracy of the placement and storage of medicines and medical goods.
 * Coordinating the work of pharmacy technicians.</t>
   </si>
   <si>
+    <t>* Preparar medicamentos individualizados de acuerdo con los principios de buena práctica de fabricación, farmacopea válida y normas.
+* Entregar medicamentos de prescripción, medicamentos de venta libre, dispositivos médicos y productos complementarios de farmacia.
+* Procesar recetas médicas y tarjetas de salud con el uso de tecnología informática.
+* Brindar asesoramiento a pacientes sobre el uso adecuado, dosificación y efectos normales y secundarios de los medicamentos.
+* Verificar los niveles de stock, solicitar medicamentos, dispositivos médicos y productos complementarios de farmacia.
+* Inspeccionar la calidad de los medicamentos y recibir medicamentos y materia prima en los registros de stock.
+* Verificar la exactitud de la colocación y almacenamiento de medicamentos y productos médicos.
+* Coordinar el trabajo de los técnicos de farmacia.</t>
+  </si>
+  <si>
     <t>Pharmacist assistant</t>
+  </si>
+  <si>
+    <t>Auxiliar de farmacia</t>
   </si>
   <si>
     <t>* Assisting pharmacists in preparing and dispensing medications to patients.
 * Providing information to patients regarding prescription medications and over-the-counter products.
 * Maintaining accurate records of prescriptions and inventory management.
 * Ensuring compliance with health and safety regulations in the pharmacy.
 * Assisting in the management of pharmacy stock and placing orders for medications and supplies.
 * Conducting medication reviews and providing support in medication therapy management.
 * Educating patients on the proper use of medications and potential side effects.
 * Collaborating with healthcare professionals to ensure optimal patient care.
 * Handling customer inquiries and resolving issues related to prescriptions and services.
 * Maintaining a clean and organized work environment to promote efficiency and safety.
 * Participating in continuing education and training to stay updated on pharmaceutical practices and regulations.
 * Supporting the pharmacist in administrative tasks and daily operations of the pharmacy.</t>
   </si>
   <si>
+    <t>* Asistir a los farmacéuticos en la preparación y dispensación de medicamentos a los pacientes.
+* Brindar información a los pacientes sobre medicamentos recetados y productos de venta libre.
+* Mantener registros precisos de recetas y gestión de inventario.
+* Asegurar el cumplimiento de las regulaciones de salud y seguridad en la farmacia.
+* Ayudar en la gestión de los stocks de la farmacia y realizar pedidos de medicamentos y suministros.
+* Realizar revisiones de medicamentos y brindar apoyo en la gestión de la terapia de medicamentos.
+* Educar a los pacientes sobre el uso adecuado de los medicamentos y posibles efectos secundarios.
+* Colaborar con profesionales de la salud para garantizar la atención óptima del paciente.
+* Manejar consultas de clientes y resolver problemas relacionados con las recetas y servicios.
+* Mantener un entorno de trabajo limpio y organizado para promover la eficiencia y la seguridad.
+* Participar en educación continua y capacitación para estar actualizado sobre las prácticas y regulaciones farmacéuticas.
+* Apoyar al farmacéutico en tareas administrativas y operaciones diarias de la farmacia.</t>
+  </si>
+  <si>
+    <t>* Preparación, presentación e implementación de los documentos de registro de productos farmacéuticos.
+* Garantizar la correcta traducción y comprensibilidad de los textos técnicos que aparecen en el embalaje y los prospectos de los medicamentos.
+* Negociación con los clientes internos de la empresa.
+* Comunicación con las autoridades reguladoras, instituciones estatales (Instituto Nacional de Control de Medicamentos, Ministerio de Salud de la República Eslovaca) y la sede central de la empresa.
+* Preparación, presentación y procesamiento detallado de las solicitudes de autorización de ensayos clínicos.</t>
+  </si>
+  <si>
+    <t>* Preparar documentos para el registro de productos por parte del Instituto Estatal de Control de Medicamentos (SIDC).
+* Actualizar la base de datos de registro y archivar documentación.
+* Actualizar y revisar la documentación de registro en función de los comentarios.
+* Vigilar los cambios legislativos a nivel nacional y europeo.
+* Garantizar la conformidad y la implementación de los requisitos legislativos.
+* Verificar la documentación de productos, materiales publicitarios y textos.
+* Garantizar la preparación y evaluación de los análisis.
+* Comunicarse con las autoridades reguladoras, instituciones estatales y otros departamentos dentro de la empresa.</t>
+  </si>
+  <si>
     <t>Production</t>
+  </si>
+  <si>
+    <t>Producción</t>
   </si>
   <si>
     <t>* Collaborating with engineers and product managers to develop designs for new products.
 * Creating detailed technical drawings and specifications using CAD software.
 * Conducting feasibility studies to assess design concepts and materials.
 * Modifying existing designs to improve functionality and manufacturability.
 * Preparing prototypes and models for testing and evaluation.
 * Ensuring compliance with industry standards and regulations throughout the design process.
 * Participating in design reviews and presenting design concepts to stakeholders.
 * Documenting design processes and maintaining accurate records of changes and revisions.
 * Assisting in the selection of materials and components for production.
 * Working closely with production teams to ensure designs can be efficiently manufactured.
 * Troubleshooting design issues and implementing solutions as necessary.
 * Staying updated on industry trends and advancements in design technology.
 * Supporting project management efforts by adhering to timelines and budgets.
 * Communicating effectively with cross-functional teams to align on project goals.
 * Contributing to continuous improvement initiatives within the design department.</t>
   </si>
   <si>
+    <t>* Colaborar con ingenieros y gerentes de productos para desarrollar diseños para nuevos productos.
+* Crear dibujos técnicos detallados y especificaciones utilizando software de diseño asistido por computadora (CAD).
+* Realizar estudios de viabilidad para evaluar conceptos de diseño y materiales.
+* Modificar diseños existentes para mejorar la funcionalidad y la fabricabilidad.
+* Preparar prototipos y modelos para pruebas y evaluación.
+* Asegurar el cumplimiento de las normas y regulaciones de la industria durante todo el proceso de diseño.
+* Participar en revisiones de diseño y presentar conceptos de diseño a las partes interesadas.
+* Documentar procesos de diseño y mantener registros precisos de cambios y revisiones.
+* Ayudar en la selección de materiales y componentes para la producción.
+* Trabajar en estrecha colaboración con los equipos de producción para asegurarse de que los diseños puedan ser fabricados de manera eficiente.
+* Solucionar problemas de diseño e implementar soluciones según sea necesario.
+* Mantenerse actualizado sobre las tendencias y avances de la industria en tecnología de diseño.
+* Apoyar los esfuerzos de gestión de proyectos cumpliendo con los plazos y presupuestos.
+* Comunicarse de manera efectiva con equipos multifuncionales para alinearse con los objetivos del proyecto.
+* Contribuir a las iniciativas de mejora continua dentro del departamento de diseño.</t>
+  </si>
+  <si>
+    <t>* Lectura de documentación técnica.
+* Montaje de unidades de maquinaria y/o sus partes según la documentación técnica.
+* Pruebas de la funcionalidad de las unidades de máquina y/o sus partes después del montaje.
+* Eliminación de anomalías detectadas.
+* Entrega de unidades de máquina y/o sus partes después del montaje.</t>
+  </si>
+  <si>
     <t>Foreman</t>
+  </si>
+  <si>
+    <t>Capataz</t>
   </si>
   <si>
     <t>* Managing a small group of workers
 * Planning and allocating work to individual team members
 * Supervising workers</t>
   </si>
   <si>
+    <t>* Dirigir un pequeño grupo de trabajadores
+* Planificar y asignar tareas a miembros del equipo individualmente
+* Supervisar a los trabajadores</t>
+  </si>
+  <si>
     <t>Glassmaker</t>
+  </si>
+  <si>
+    <t>Vidriero</t>
   </si>
   <si>
     <t>* Melting and mixing raw materials for glass production in a furnace.
 * Shaping molten glass by blowing into a blowpipe or by pressing, rolling and casting.
 * Cooling the molten glass to the required temperature.
 * Decorated the glass by grinding, cutting, engraving, etching, painting, gilding, silvering etc.</t>
   </si>
   <si>
+    <t>* Fundir y mezclar materias primas para la producción de vidrio en un horno.
+* Dar forma al vidrio fundido soplando en una pipa de soplado o mediante presión, rodaje y colado.
+* Enfriar el vidrio fundido hasta la temperatura requerida.
+* Decorar el vidrio mediante pulido, corte, grabado, corrosión, pintura, dorado, plateado, etc.</t>
+  </si>
+  <si>
     <t>Industrial painter</t>
+  </si>
+  <si>
+    <t>Pintor industrial</t>
   </si>
   <si>
     <t>* Preparing surfaces for painting by cleaning, sanding, and applying primers as needed.
 * Mixing paints and coatings to achieve desired colors and finishes.
 * Applying paint using various techniques, including spray, brush, and roller methods.
 * Ensuring a high-quality finish by inspecting work and making necessary adjustments.
 * Adhering to safety protocols and using personal protective equipment to minimize risks.
 * Collaborating with other team members to meet production deadlines and quality standards.
 * Maintaining tools and equipment in good working condition and reporting any issues.
 * Keeping work areas tidy and organized to ensure efficiency and safety.
 * Following industry standards and regulations regarding environmental impact and waste disposal.
 * Providing input on process improvements to enhance productivity and quality.</t>
   </si>
   <si>
+    <t>* Preparar superficies para pintar limpiándolas, lijándolas y aplicando imprimaciones según sea necesario.
+* Mezclar pinturas y recubrimientos para lograr los colores y acabados deseados.
+* Aplicar pintura utilizando diversas técnicas, incluyendo métodos de pulverización, pincel y rodillo.
+* Garantizar un acabado de alta calidad inspeccionando el trabajo y realizando los ajustes necesarios.
+* Cumplir con los protocolos de seguridad y utilizar equipo de protección personal para minimizar los riesgos.
+* Colaborar con otros miembros del equipo para cumplir con los plazos de producción y los estándares de calidad.
+* Mantener las herramientas y el equipo en buen estado de funcionamiento e informar de cualquier problema.
+* Mantener las áreas de trabajo ordenadas y organizadas para garantizar la eficiencia y la seguridad.
+* Cumplir con los estándares y regulaciones de la industria relacionados con el impacto ambiental y la eliminación de residuos.
+* Proporcionar aportes para mejorar los procesos y aumentar la productividad y la calidad.</t>
+  </si>
+  <si>
     <t>* Performing a wide range of professional tasks and supporting work depending on the specialisation of the production company.
 * Responsibility for following technical procedures, quality and quantity of produced or finished products and semi-finished goods.
 * Operating machinery, instruments, and equipment.
 * Following safety, fire prevention, and internal regulations.
 * Providing proper notice regarding any problems related to occupational health and safety.</t>
   </si>
   <si>
+    <t>* Realizar una amplia variedad de tareas profesionales y trabajos de apoyo según la especialización de la empresa de producción.
+* Responsabilidad de seguir los procedimientos técnicos, la calidad y la cantidad de productos producidos o terminados y bienes semielaborados.
+* Operar maquinaria, instrumentos y equipo.
+* Seguir las normas de seguridad, prevención de incendios y regulaciones internas.
+* Proporcionar aviso adecuado sobre cualquier problema relacionado con la salud y la seguridad en el trabajo.</t>
+  </si>
+  <si>
     <t>* Operating and monitoring the operation of one or more pieces of equipment on the production line.
 * Adding materials to pieces of equipment as needed and removing such materials if there is any excess.
 * Checking the in-process and finished products using measurement instruments.
 * Halting the production line operation in case of insufficient quality products.
 * Producing finished products, finishing in-process products.</t>
   </si>
   <si>
+    <t>* Operación y seguimiento del funcionamiento de una o varias piezas de equipo en la línea de producción.
+* Adición de materiales a las piezas de equipo según sea necesario y eliminación de dichos materiales si hay exceso.
+* Comprobación de los productos en proceso y terminados utilizando instrumentos de medición.
+* Paralización de la operación de la línea de producción en caso de productos de calidad insuficiente.
+* Producción de productos terminados, finalización de productos en proceso.</t>
+  </si>
+  <si>
     <t>Machine Setter</t>
+  </si>
+  <si>
+    <t>Ajustador de máquinas</t>
   </si>
   <si>
     <t>* Identification of causes of problems and their subsequent removal
 * Sorting of production machines and devices
 * Setting parameters of the devices in the automatic production
 * Maintenance and regular check-up of machines, including both the mechanic and the robotic aspects 
 * Taking care of entrusted machines</t>
+  </si>
+  <si>
+    <t>* Identificación de las causas de los problemas y su posterior eliminación
+* Clasificación de máquinas y dispositivos de producción
+* Configuración de parámetros de los dispositivos en la producción automática
+* Mantenimiento y revisión regular de máquinas, tanto en aspectos mecánicos como robóticos
+* Cuidado de las máquinas encomendadas</t>
+  </si>
+  <si>
+    <t>* Proporcionar mantenimiento preventivo y operativo de maquinaria y equipo.
+* Dirigir, coordinar, motivar y evaluar a los empleados subordinados.
+* Desarrollar y actualizar planes de mantenimiento.
+* Identificar piezas desgastadas.
+* Ordenar piezas de repuesto.
+* Analizar las causas de paradas en la producción y tomar medidas para eliminarlas.
+* Monitorear y controlar los costos de mantenimiento.
+* Comunicarse con jefes de turno, ingenieros de procesos y proveedores de maquinaria y equipo.</t>
   </si>
   <si>
     <t>* Setting up and operating metalworking machines, such as lathes, milling machines, and grinders.
 * Interpreting technical drawings and blueprints to produce precise metal components.
 * Selecting appropriate materials and tools for various metal fabrication tasks.
 * Performing quality control checks to ensure that finished products meet specified standards.
 * Conducting routine maintenance and troubleshooting on metalworking equipment.
 * Collaborating with engineering and design teams to optimize production processes.
 * Ensuring a safe and organized work environment by adhering to health and safety regulations.
 * Assisting in the development of new metalworking techniques and processes.
 * Training and mentoring junior metalworkers in best practices and machine operation.
 * Keeping accurate records of production output and machine performance.
 * Participating in continuous improvement initiatives to enhance productivity and efficiency.
 * Maintaining inventory of raw materials and supplies necessary for production.</t>
   </si>
   <si>
+    <t>* Configuración y operación de máquinas de trabajo de metales, como tornos, fresadoras y pulverizadores.
+* Interpretación de dibujos técnicos y planos para producir componentes metálicos precisos.
+* Selección de materiales y herramientas adecuados para diversas tareas de fabricación de metales.
+* Realización de controles de calidad para garantizar que los productos terminados cumplan con los estándares especificados.
+* Realización de mantenimiento rutinario y resolución de problemas en equipos de trabajo de metales.
+* Colaboración con equipos de ingeniería y diseño para optimizar procesos de producción.
+* Asegurar un entorno de trabajo seguro y organizado cumpliendo con las regulaciones de salud y seguridad.
+* Asistencia en el desarrollo de nuevas técnicas y procesos de trabajo de metales.
+* Capacitación y tutoría de metalúrgicos juniors en mejores prácticas y operación de máquinas.
+* Mantenimiento de registros precisos de producción y rendimiento de máquinas.
+* Participación en iniciativas de mejora continua para aumentar la productividad y la eficiencia.
+* Mantenimiento del inventario de materiales y suministros necesarios para la producción.</t>
+  </si>
+  <si>
     <t>Metrologist</t>
+  </si>
+  <si>
+    <t>Metrólogo</t>
   </si>
   <si>
     <t>* Measuring parts and components in a metrological laboratory.
 * Detecting and recording possible deviations detected during the measurement.
 * Performing internal and external calibration of measuring equipment.
 * Responsibility for recording, storing and issuing instruments.
 * Responsibility for the technical condition of measuring instruments and reference standards.
 * Maintaining, archiving and reading technical documentation.</t>
   </si>
   <si>
+    <t>* Medir piezas y componentes en un laboratorio metroológico.
+* Detectar y registrar posibles desviaciones detectadas durante la medición.
+* Realizar calibraciones internas y externas de equipos de medición.
+* Responsabilidad por registrar, almacenar y emitir instrumentos.
+* Responsabilidad por el estado técnico de los instrumentos de medición y los patrones de referencia.
+* Mantener, archivar y leer documentación técnica.</t>
+  </si>
+  <si>
     <t>* Creating a production plan and monitoring its compliance.
 * Monitoring the department`s effectiveness.
 * Monitoring the activities of the employees and their monthly evaluation.
 * Planning and purchasing of subcomponents required for production.
 * Monitoring the compliance with safety regulations in the operation.
 * Ensuring the provision of technical equipment in the operation.</t>
   </si>
   <si>
+    <t>* Creación de un plan de producción y seguimiento de su cumplimiento.
+* Supervisión de la eficacia del departamento.
+* Seguimiento de las actividades de los empleados y su evaluación mensual.
+* Planificación y compra de subcomponentes necesarios para la producción.
+* Supervisión del cumplimiento de las normas de seguridad en la operación.
+* Garantizar el suministro de equipo técnico en la operación.</t>
+  </si>
+  <si>
     <t>Packer</t>
+  </si>
+  <si>
+    <t>Empaquetador</t>
   </si>
   <si>
     <t>* Sorting products by size, weight, colour, content, etc.
 * Sticking information labels and stickers on product packaging.
 * Packing products in boxes.</t>
+  </si>
+  <si>
+    <t>* Clasificar productos por tamaño, peso, color, contenido, etc.
+* Colocar etiquetas y pegatinas de información en el empaque de los productos.
+* Empacar productos en cajas.</t>
+  </si>
+  <si>
+    <t>* Responsabilidad por la implementación de nuevos productos en la empresa.
+* Elaboración de documentación de producción detallada y procedimientos de trabajo.
+* Actualización de documentación de producción y procedimientos de trabajo en caso de cambio en el proceso de producción.
+* Implementación de herramientas que aumenten la eficiencia del proceso de producción (por ejemplo, Six Sigma, Kaizen, Lean, poka-yoke, etc.).
+* Reducción de costos de producción manteniendo el nivel de calidad requerido.
+* Resolución de problemas y anomalías incurridas.
+* Participación en la selección y despliegue de equipo tecnológico en las instalaciones de la empresa.
+* Estimación de los requisitos en cuanto a personal, tiempo de producción y costos.
+* Comunicación con otros departamentos de la empresa.</t>
   </si>
   <si>
     <t>* Developing and executing marketing strategies for new and existing products.
 * Conducting market research to identify trends, customer needs, and competitive landscape.
 * Collaborating with cross-functional teams including sales, product development, and customer service to ensure alignment on product offerings.
 * Creating compelling product positioning and messaging to effectively communicate value propositions.
 * Managing product launch initiatives, including planning, execution, and performance analysis.
 * Analyzing product performance metrics and adjusting marketing strategies as needed to optimize results.
 * Building and maintaining relationships with key stakeholders, including customers, partners, and internal teams.
 * Preparing and presenting product updates and marketing plans to senior management.
 * Overseeing budget allocation for marketing activities and ensuring cost-effective execution.
 * Staying informed about industry developments and emerging trends to maintain competitive advantage.</t>
   </si>
   <si>
+    <t>* Desarrollar y ejecutar estrategias de marketing para productos nuevos y existentes.
+* Realizar investigaciones de mercado para identificar tendencias, necesidades de los clientes y panorama competitivo.
+* Colaborar con equipos multifuncionales, incluidos ventas, desarrollo de productos y servicio al cliente, para garantizar la alineación de las ofertas de productos.
+* Crear una posición y mensajería de productos atractivos para comunicar de manera efectiva las propuestas de valor.
+* Administrar iniciativas de lanzamiento de productos, incluida la planificación, ejecución y análisis del rendimiento.
+* Analizar las métricas de rendimiento de los productos y ajustar las estrategias de marketing según sea necesario para optimizar los resultados.
+* Establecer y mantener relaciones con partes interesadas clave, incluidos clientes, socios y equipos internos.
+* Preparar y presentar actualizaciones de productos y planes de marketing a la alta dirección.
+* Supervisar la asignación del presupuesto para actividades de marketing y garantizar la ejecución rentable.
+* Mantenerse informado sobre los avances de la industria y las tendencias emergentes para mantener la ventaja competitiva.</t>
+  </si>
+  <si>
     <t>* Planning the production process on the basis of received orders, calculating production capacities.
 * Drawing up daily, weekly and monthly production plans.
 * Ensuring timely supplies of material.
 * Adjusting production plans based on stock levels and production capacities.
 * Ensuring the smooth running of the production process.
 * Monitoring compliance with the production deadlines in accordance with the production plan.
 * Proposing measures to optimise the production process.
 * Analysing production downtime and bottlenecks in the planning process.
 * Cooperating with other departments in the company.</t>
   </si>
   <si>
+    <t>* Planificar el proceso de producción en función de los pedidos recibidos, calculando las capacidades de producción.
+* Elaborar planes de producción diarios, semanales y mensuales.
+* Garantizar el suministro oportuno de materiales.
+* Ajustar los planes de producción según los niveles de stock y las capacidades de producción.
+* Garantizar el funcionamiento fluido del proceso de producción.
+* Vigilar el cumplimiento de los plazos de producción de acuerdo con el plan de producción.
+* Proponer medidas para optimizar el proceso de producción.
+* Analizar el tiempo de inactividad de la producción y los cuellos de botella en el proceso de planificación.
+* Colaborar con otros departamentos de la empresa.</t>
+  </si>
+  <si>
     <t>Production Standard Setter</t>
+  </si>
+  <si>
+    <t>Ajustador de normas de producción</t>
   </si>
   <si>
     <t>* Conducting and evaluating time studies to determine how much time, labour, and machinery is needed to carry out individual work tasks.
 * Determining the amount of time, labour, and machinery needed to carry out various work tasks.
 * Creating work standards and norms.
 * Detecting inefficiencies in the production process and taking measures to eliminate them in the future.
 * Creating new work standards and norms, leading to increased work productivity.
 * Analysing the implementation of labour standards.</t>
+  </si>
+  <si>
+    <t>* Realizar y evaluar estudios de tiempo para determinar cuánto tiempo, mano de obra y maquinaria se necesita para llevar a cabo tareas de trabajo individuales.
+* Determinar la cantidad de tiempo, mano de obra y maquinaria necesarios para llevar a cabo diversas tareas de trabajo.
+* Crear estándares y normas laborales.
+* Detectar ineficiencias en el proceso de producción y tomar medidas para eliminarlas en el futuro.
+* Crear nuevos estándares y normas laborales, lo que conduce a una mayor productividad laboral.
+* Analizar la implementación de estándares laborales.</t>
+  </si>
+  <si>
+    <t>* Montaje, desmontaje y puesta en marcha de maquinaria y equipos de producción.
+* Realizar las reparaciones y el mantenimiento de la maquinaria y equipos de producción.
+* Proporcionar capacitaciones a empleados sobre el uso de maquinaria y equipos de producción.
+* Completar informes técnicos.
+* Ofrecer apoyo técnico a clientes internos y externos.</t>
   </si>
   <si>
     <t>* Providing after-sale services for sold products.
 * Mounting and plugging products at the customers’ premises.
 * Identifying the causes of defects in products.
 * Assessing the eligibility of claims.
 * Ordering non-functional or damaged parts from manufacturers.
 * Issuing assembly letters to customers.
 * Receiving and disbursing cash for performed repairs.</t>
   </si>
   <si>
+    <t>* Proporcionar servicios posteriores a la venta de productos vendidos.
+* Montar y conectar productos en las instalaciones de los clientes.
+* Identificar las causas de los defectos en los productos.
+* Evaluar la elegibilidad de las reclamaciones.
+* Solicitar partes no funcionales o dañadas a los fabricantes.
+* Expedir cartas de montaje a los clientes.
+* Recibir y desembolsar dinero en efectivo por las reparaciones realizadas.</t>
+  </si>
+  <si>
+    <t>* Inventar nuevos y mejorar los procesos tecnológicos existentes.
+* Supervisar el cumplimiento de las formulaciones y procesos tecnológicos.
+* Gestión del proceso de preproducción para eliminar cualquier deficiencia posible.
+* Evaluar la calidad de los nuevos productos.
+* Proponer medidas para optimizar los procesos de producción.
+* Analizar las variaciones incurridas en conjunto con los jefes de turno.
+* Redactar y actualizar la documentación tecnológica y/o dibujos.
+* Cooperar en la preparación de cálculos de precios.</t>
+  </si>
+  <si>
     <t>Toolmaker</t>
+  </si>
+  <si>
+    <t>Fabricante de herramientas</t>
   </si>
   <si>
     <t>* Manufacturing tools, devices, components and spare parts according to drawings.
 * Processing finished and unfinished products by grinding, sharpening, milling, drilling, turning, etc.</t>
   </si>
   <si>
+    <t>* Fabricar herramientas, dispositivos, componentes y repuestos según planos.
+* Procesar productos terminados y sin terminar mediante rectificado, afilado, fresado, perforación, torneado, etc.</t>
+  </si>
+  <si>
+    <t>* Preparación de vehículos antes del revestimiento (limpieza, pulido, sellado, enmascaramiento).
+* Preparación, mezcla y aplicación del color primario, pintura metálica, pintura y laca utilizando pistolas de pulverización en el vehículo o sus partes.
+* Verificación de la calidad del trabajo realizado después de una quema y curado exhaustivo de la pintura.
+* Eliminación de los inconvenientes incurridos de acuerdo con los procedimientos tecnológicos.</t>
+  </si>
+  <si>
     <t>Public Administration, Self-governance</t>
   </si>
   <si>
+    <t>Administración pública y autogobierno</t>
+  </si>
+  <si>
     <t>Advisor</t>
+  </si>
+  <si>
+    <t>Consejero</t>
   </si>
   <si>
     <t>* Providing expert advice and guidance on public administration policies and procedures.
 * Analyzing and interpreting legislation, regulations, and local government policies to ensure compliance.
 * Assisting in the development and implementation of strategic initiatives to improve public services.
 * Collaborating with various stakeholders, including government officials, community organizations, and the public.
 * Conducting research and preparing reports on public administration issues and trends.
 * Organizing and facilitating meetings, workshops, and training sessions for staff and stakeholders.
 * Monitoring and evaluating the effectiveness of public programs and services.
 * Preparing and presenting recommendations to senior management and decision-makers.
 * Supporting the development of communication strategies to enhance public engagement and awareness.
 * Staying informed about changes in public administration practices and policies at local, national, and international levels.</t>
   </si>
   <si>
+    <t>* Proporcionar asesoramiento y orientación expertos sobre políticas y procedimientos de administración pública.
+* Analizar e interpretar la legislación, las regulaciones y las políticas del gobierno local para garantizar el cumplimiento.
+* Ayudar en el desarrollo e implementación de iniciativas estratégicas para mejorar los servicios públicos.
+* Colaborar con diversos grupos de interés, incluidos funcionarios gubernamentales, organizaciones comunitarias y el público en general.
+* Realizar investigaciones y preparar informes sobre cuestiones y tendencias de la administración pública.
+* Organizar y facilitar reuniones, talleres y sesiones de capacitación para personal y grupos de interés.
+* Monitorear y evaluar la efectividad de los programas y servicios públicos.
+* Preparar y presentar recomendaciones a la alta dirección y a los tomadores de decisiones.
+* Apoyar el desarrollo de estrategias de comunicación para mejorar la participación y conciencia públicas.
+* Mantenerse informado sobre los cambios en las prácticas y políticas de administración pública a nivel local, nacional e internacional.</t>
+  </si>
+  <si>
     <t>Associate</t>
+  </si>
+  <si>
+    <t>Asociado</t>
   </si>
   <si>
     <t>* Assisting in the development and implementation of public administration policies and programs.
 * Conducting research and analysis to support policy formulation and decision-making.
 * Preparing reports, presentations, and briefing materials for stakeholders.
 * Coordinating and facilitating communication between various departments and agencies.
 * Organizing and attending meetings, workshops, and public consultations.
 * Maintaining accurate records and databases related to public administration activities.
 * Assisting in budget preparation and financial management for public projects.
 * Responding to inquiries from the public and providing information on administrative processes.
 * Supporting the evaluation and monitoring of public programs and initiatives.
 * Collaborating with team members to enhance the efficiency and effectiveness of public services.</t>
   </si>
   <si>
+    <t>* Asistir en la elaboración y la implementación de políticas y programas de administración pública.
+* Realizar investigaciones y análisis para respaldar la formulación de políticas y la toma de decisiones.
+* Preparar informes, presentaciones y materiales de información para las partes interesadas.
+* Coordinar y facilitar la comunicación entre varios departamentos y organismos.
+* Organizar y asistir a reuniones, talleres y consultas públicas.
+* Mantener registros y bases de datos precisos relacionados con las actividades de administración pública.
+* Asistir en la preparación de presupuestos y la gestión financiera de proyectos públicos.
+* Responder a las consultas del público y proporcionar información sobre los procesos administrativos.
+* Apoyar la evaluación y el seguimiento de programas y iniciativas públicas.
+* Colaborar con los miembros del equipo para mejorar la eficiencia y la eficacia de los servicios públicos.</t>
+  </si>
+  <si>
     <t>Chief Advisor</t>
+  </si>
+  <si>
+    <t>Asesor jefe</t>
   </si>
   <si>
     <t>* Providing strategic advice and guidance to senior management on policy and operational matters.
 * Analyzing and interpreting complex data to inform decision-making processes.
 * Coordinating the development and implementation of public administration initiatives and projects.
 * Collaborating with various stakeholders, including government agencies and community organizations, to enhance service delivery.
 * Preparing detailed reports and presentations for executive meetings and public forums.
 * Ensuring compliance with relevant laws, regulations, and policies in public administration.
 * Conducting research on best practices and emerging trends in public policy and administration.
 * Facilitating training and development programs for staff to improve organizational effectiveness.
 * Representing the organization at conferences, meetings, and other public events.
 * Managing special projects and initiatives as assigned by senior leadership to support organizational goals.</t>
   </si>
   <si>
+    <t>* Brindar asesoramiento estratégico y orientación a la dirección ejecutiva sobre asuntos políticos y operativos.
+* Analizar e interpretar datos complejos para informar procesos de toma de decisiones.
+* Coordinar el desarrollo y la implementación de iniciativas y proyectos de administración pública.
+* Colaborar con diversos interesados, incluyendo agencias gubernamentales y organizaciones comunitarias, para mejorar la prestación de servicios.
+* Preparar informes y presentaciones detallados para reuniones ejecutivas y foros públicos.
+* Garantizar el cumplimiento de las leyes, regulaciones y políticas relevantes en la administración pública.
+* Realizar investigaciones sobre las mejores prácticas y tendencias emergentes en política pública y administración.
+* Facilitar programas de capacitación y desarrollo para el personal para mejorar la eficacia organizativa.
+* Representar a la organización en conferencias, reuniones y otros eventos públicos.
+* Gestionar proyectos y iniciativas especiales asignados por el liderazgo ejecutivo para apoyar los objetivos organizativos.</t>
+  </si>
+  <si>
     <t>Chief borough controller</t>
+  </si>
+  <si>
+    <t>Interventor del municipio</t>
   </si>
   <si>
     <t>* Checking the legality, efficiency, and economic efficiency in the management of the city’s property and property rights.
 * Reviewing the implementation of the city’s approved budget. 
 * Submitting plans for the city’s auditing activities.
 * Checking compliance with Act No. 502/2001 Coll. on Financial Control.
 * Reviewing the processing of complaints and petitions.
 * Controlling treasury operations.
 * Reviewing the implementation of resolutions adopted by the city or municipal council, as well as responses to the requests of citizens and council members’ interpellations.</t>
   </si>
   <si>
+    <t>* Verificar la legalidad, la eficiencia y la eficiencia económica en la gestión de los bienes y derechos de propiedad de la ciudad.
+* Revisar la implementación del presupuesto aprobado de la ciudad.
+* Presentar planes para las actividades de auditoría de la ciudad.
+* Verificar el cumplimiento de la Ley n.º 502/2001 Coll. sobre control financiero.
+* Revisar el procesamiento de quejas y peticiones.
+* Controlar las operaciones del tesoro.
+* Revisar la implementación de las resoluciones adoptadas por el ayuntamiento o el consejo municipal, así como las respuestas a las solicitudes de los ciudadanos y las interpelaciones de los miembros del consejo.</t>
+  </si>
+  <si>
     <t>Chief Official</t>
+  </si>
+  <si>
+    <t>Funcionario Jefe</t>
   </si>
   <si>
     <t>* Overseeing administrative operations and ensuring compliance with organizational policies.
 * Managing and coordinating departmental activities and projects to enhance efficiency.
 * Preparing reports, documents, and presentations for internal and external stakeholders.
 * Facilitating communication between departments and ensuring timely dissemination of information.
 * Assisting in the development and implementation of policies and procedures.
 * Conducting research and analysis to support decision-making processes.
 * Organizing and attending meetings, taking minutes, and following up on action items.
 * Supervising administrative staff and providing guidance and support as needed.
 * Maintaining accurate records and databases, ensuring data integrity and confidentiality.
 * Handling budgetary tasks, including monitoring expenditures and preparing financial reports.
 * Liaising with external agencies and organizations to foster collaborative relationships.
 * Providing high-level customer service to clients, stakeholders, and the public.
 * Managing office supplies and resources to ensure a well-functioning work environment.
 * Contributing to strategic planning and organizational development initiatives.</t>
   </si>
   <si>
+    <t>* Supervisar las operaciones administrativas y asegurar el cumplimiento de las políticas organizacionales.
+* Administrar y coordinar las actividades y proyectos departamentales para mejorar la eficiencia.
+* Preparar informes, documentos y presentaciones para las partes interesadas internas y externas.
+* Facilitar la comunicación entre departamentos y asegurar la difusión oportuna de la información.
+* Ayudar en el desarrollo y la implementación de políticas y procedimientos.
+* Realizar investigaciones y análisis para apoyar los procesos de toma de decisiones.
+* Organizar y asistir a reuniones, tomar notas y dar seguimiento a los temas de acción.
+* Supervisar al personal administrativo y brindar orientación y apoyo según sea necesario.
+* Mantener registros precisos y bases de datos, asegurando la integridad y confidencialidad de los datos.
+* Manejar tareas presupuestarias, que incluyen monitorear los gastos y preparar informes financieros.
+* Establecer vínculos con agencias y organizaciones externas para fomentar relaciones colaborativas.
+* Brindar un servicio de atención al cliente de alto nivel a clientes, partes interesadas y el público en general.
+* Administrar los suministros y recursos de la oficina para garantizar un ambiente de trabajo funcionando correctamente.
+* Contribuir a las iniciativas de planificación estratégica y desarrollo organizacional.</t>
+  </si>
+  <si>
     <t>Chief State Advisor</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Consejero Jefe de Estado </t>
   </si>
   <si>
     <t>* Providing expert advice and guidance to government officials and agencies on policy development and implementation.
 * Analyzing complex issues and providing strategic recommendations to enhance public administration effectiveness.
 * Collaborating with various stakeholders, including government departments, non-profit organizations, and community groups, to align objectives and ensure successful program execution.
 * Conducting research and evaluating public policies, programs, and services to identify areas for improvement and innovation.
 * Preparing comprehensive reports, presentations, and briefings for senior management and policymakers.
 * Facilitating workshops, meetings, and training sessions to promote best practices in public administration.
 * Monitoring and assessing the impact of public policies and initiatives on diverse populations.
 * Ensuring compliance with relevant laws, regulations, and ethical standards in public service.
 * Mentoring and supporting junior staff in their professional development and career advancement.
 * Representing the organization at public forums, conferences, and inter-agency meetings to advocate for policies and initiatives.</t>
   </si>
   <si>
+    <t>* Brindar asesoramiento experto y orientación a funcionarios y organismos gubernamentales sobre el desarrollo y la implementación de políticas.
+* Analizar cuestiones complejas y proporcionar recomendaciones estratégicas para mejorar la efectividad de la administración pública.
+* Colaborar con diversos actores, incluidos departamentos gubernamentales, organizaciones sin fines de lucro y grupos comunitarios, para alinear objetivos y garantizar la ejecución exitosa de programas.
+* Realizar investigaciones y evaluar políticas, programas y servicios públicos para identificar áreas de mejora e innovación.
+* Preparar informes integrales, presentaciones y sesiones informativas para la alta gerencia y formuladores de políticas.
+* Facilitar talleres, reuniones y sesiones de formación para promover las mejores prácticas en la administración pública.
+* Monitorear y evaluar el impacto de las políticas y iniciativas públicas en diversas poblaciones.
+* Garantizar el cumplimiento de las leyes, regulaciones y normas éticas relevantes en el servicio público.
+* Asesorar y apoyar al personal junior en su desarrollo profesional y avance en su carrera.
+* Representar a la organización en foros públicos, conferencias y reuniones interinstitucionales para abogar por políticas e iniciativas.</t>
+  </si>
+  <si>
     <t>Customs Officer</t>
+  </si>
+  <si>
+    <t>Aduanero</t>
   </si>
   <si>
     <t>* Guarding the state border to prevent the illegal entry of persons and goods without a valid residence permit for the Slovak Republic.
 * Checking the personal identification documents of persons entering/leaving the country.
 * Asking persons entering the state territory questions.
 * Comparing goods declared in the customs declaration with the actual state.
 * Conducting random and targeted personal examinations and examinations of luggage, hand luggage, vehicles, etc.
 * Confiscating illegal and non-officially declared goods to the Exchequer.
 * Supervising the disposal of illegal goods under the temporary management of the state.</t>
   </si>
   <si>
+    <t>* Custodiar la frontera estatal para evitar la entrada ilegal de personas y mercancías sin un permiso de residencia válido para la República Eslovaca.
+* Comprobar los documentos de identificación personal de las personas que entran y salen del país.
+* Hacer preguntas a las personas que entran en el territorio estatal.
+* Comparar las mercancías declaradas en la declaración de aduanas con el estado real.
+* Realizar exámenes personales aleatorios y dirigidos y exámenes de equipaje, equipaje de mano, vehículos, etc.
+* Decomisar mercancías ilegales y no declaradas oficialmente a la Hacienda Pública.
+* Supervisar la disposición de mercancías ilegales bajo la gestión temporal del Estado.</t>
+  </si>
+  <si>
     <t>Department Director</t>
+  </si>
+  <si>
+    <t>Director del departamento</t>
   </si>
   <si>
     <t>* Overseeing departmental operations and ensuring alignment with organizational goals.
 * Developing and implementing policies and procedures to enhance efficiency and effectiveness.
 * Leading, mentoring, and managing a team of professionals within the department.
 * Collaborating with other departments and stakeholders to facilitate cross-functional initiatives.
 * Monitoring and evaluating departmental performance, providing regular reports to senior management.
 * Managing budgetary allocations and ensuring responsible financial management within the department.
 * Representing the department in meetings, conferences, and public engagements as necessary.
 * Fostering a positive and inclusive workplace culture that promotes employee engagement and development.
 * Addressing and resolving any issues or conflicts that arise within the department.
 * Staying informed about industry trends and best practices to continually improve departmental functions.</t>
   </si>
   <si>
+    <t>* Supervisar las operaciones departamentales y garantizar la alineación con los objetivos organizacionales.
+* Desarrollar e implementar políticas y procedimientos para mejorar la eficiencia y la eficacia.
+* Liderar, asesorar y gestionar a un equipo de profesionales dentro del departamento.
+* Colaborar con otros departamentos y partes interesadas para facilitar iniciativas interfuncionales.
+* Monitorear y evaluar el desempeño departamental, presentando informes periódicos a la alta dirección.
+* Gestionar las asignaciones presupuestarias y garantizar la gestión financiera responsable dentro del departamento.
+* Representar al departamento en reuniones, conferencias y actos públicos cuando sea necesario.
+* Fomentar una cultura laboral positiva e inclusiva que promueva la participación y el desarrollo de los empleados.
+* Abordar y resolver cualquier problema o conflicto que surja dentro del departamento.
+* Mantenerse informado sobre las tendencias y mejores prácticas de la industria para mejorar continuamente las funciones departamentales.</t>
+  </si>
+  <si>
     <t>General State Advisor</t>
+  </si>
+  <si>
+    <t>Consejero General de Estado</t>
   </si>
   <si>
     <t>* Providing expert advice and guidance on state policies and regulations to government officials and stakeholders.
 * Analyzing and interpreting legislation to ensure compliance and effective implementation at various levels of government.
 * Coordinating with different governmental departments to facilitate communication and collaboration on public administration matters.
 * Conducting research and preparing reports on public administration issues to support decision-making processes.
 * Representing the state in discussions and negotiations with external agencies and organizations.
 * Developing and implementing strategies to improve public services and enhance operational efficiency.
 * Monitoring and evaluating the effectiveness of public programs and initiatives.
 * Assisting in the preparation of budgets and financial plans related to public administration projects.
 * Organizing and leading training sessions for government employees to enhance their skills and knowledge in public administration.
 * Staying updated with emerging trends and best practices in public administration to inform policy development and implementation.</t>
   </si>
   <si>
+    <t>* Brindar asesoramiento y orientación expertos sobre políticas y regulaciones estatales a funcionarios gubernamentales y partes interesadas.
+* Analizar e interpretar la legislación para garantizar el cumplimiento y la implementación efectiva en diferentes niveles del gobierno.
+* Coordinar con distintos departamentos gubernamentales para facilitar la comunicación y colaboración en asuntos de administración pública.
+* Realizar investigaciones y preparar informes sobre cuestiones de administración pública para apoyar los procesos de toma de decisiones.
+* Representar al estado en discusiones y negociaciones con agencias y organizaciones externas.
+* Desarrollar e implementar estrategias para mejorar los servicios públicos y aumentar la eficiencia operativa.
+* Monitorear y evaluar la efectividad de los programas y proyectos públicos.
+* Asistir en la preparación de presupuestos y planes financieros relacionados con proyectos de administración pública.
+* Organizar y liderar sesiones de capacitación para empleados del gobierno para mejorar sus habilidades y conocimientos en administración pública.
+* Mantenerse actualizado con las tendencias emergentes y las mejores prácticas en administración pública para informar el desarrollo y la implementación de políticas.</t>
+  </si>
+  <si>
     <t>Independent Advisor</t>
   </si>
   <si>
+    <t>Consejero independiente</t>
+  </si>
+  <si>
     <t>* Responsibility for managing assigned agenda</t>
   </si>
   <si>
+    <t>* Responsabilidad en la gestión de la agenda asignada</t>
+  </si>
+  <si>
     <t>Independent Expert Associate</t>
+  </si>
+  <si>
+    <t>Experto independiente asociado</t>
   </si>
   <si>
     <t>* Providing expertise in the field of specialization.
 * Providing training and transferring expert knowledge and experience to other employees and management.
 * Providing an independent opinion on the situation or the topic and reason of engagement.
 * Analyzing problems/situations, giving suggestions, solutions, developing a plan and participating in solutions.
 * Team working with other experts or employees engaged in optimal problem-solving.
 * Performing other assigned tasks that require the possession of professional knowledge.</t>
   </si>
   <si>
+    <t>* Brindar experiencia en el campo de especialización.
+* Brindar capacitación y transferir conocimiento y experiencia experta a otros empleados y directivos.
+* Brindar una opinión independiente sobre la situación o el tema y el motivo del compromiso.
+* Analizar problemas/situaciones, dar sugerencias, soluciones, desarrollar un plan y participar en las soluciones.
+* Trabajar en equipo con otros expertos o empleados comprometidos en la resolución óptima de problemas.
+* Realizar otras tareas asignadas que requieren la posesión de conocimientos profesionales.</t>
+  </si>
+  <si>
     <t>Independent Official</t>
+  </si>
+  <si>
+    <t>Funcionario independiente</t>
   </si>
   <si>
     <t>* Providing administrative support to ensure efficient operation of the office.
 * Assisting in the preparation and implementation of policies and procedures.
 * Coordinating and organizing meetings, including preparing agendas and recording minutes.
 * Managing communication with internal and external stakeholders.
 * Conducting research and compiling reports to support decision-making processes.
 * Overseeing the maintenance of office records and documentation.
 * Ensuring compliance with relevant regulations and standards in public administration.
 * Collaborating with team members to improve operational efficiency and service delivery.
 * Handling inquiries and providing information to the public regarding services and programs.
 * Supporting the budgeting process and monitoring expenditures related to administrative functions.
 * Participating in training and development activities to enhance professional skills and knowledge.
 * Maintaining confidentiality and security of sensitive information.
 * Assisting in the organization of public events and outreach initiatives.</t>
   </si>
   <si>
+    <t>* Brindar apoyo administrativo para garantizar el funcionamiento eficiente de la oficina.
+* Asistir en la preparación e implementación de políticas y procedimientos.
+* Coordinar y organizar reuniones, incluyendo la preparación de agendas y la grabación de actas.
+* Gestionar la comunicación con partes interesadas internas y externas.
+* Realizar investigaciones y compilar informes para apoyar los procesos de toma de decisiones.
+* Supervisar el mantenimiento de registros y documentación de la oficina.
+* Asegurar el cumplimiento de las regulaciones y normas relevantes en la administración pública.
+* Colaborar con los miembros del equipo para mejorar la eficiencia operativa y la entrega de servicios.
+* Atender consultas y brindar información al público sobre servicios y programas.
+* Apoyar el proceso de presupuestación y monitorear los gastos relacionados con las funciones administrativas.
+* Participar en actividades de capacitación y desarrollo para mejorar las habilidades y conocimientos profesionales.
+* Mantener la confidencialidad y seguridad de la información sensible.
+* Asistir en la organización de eventos públicos y iniciativas de divulgación.</t>
+  </si>
+  <si>
     <t>Inspector</t>
   </si>
   <si>
     <t>* Conducting inspections to ensure compliance with regulations and standards.
 * Evaluating processes, systems, and operations within various public sectors.
 * Preparing detailed reports and documentation of findings and recommendations.
 * Collaborating with other governmental agencies and stakeholders to address issues.
 * Providing guidance and support to organizations on compliance matters.
 * Investigating complaints and concerns raised by the public or other entities.
 * Monitoring and assessing the effectiveness of implemented policies and procedures.
 * Organizing and leading training sessions for staff on compliance and regulatory standards.
 * Maintaining accurate records and databases related to inspections and outcomes.
 * Staying informed about changes in laws, regulations, and best practices in public administration.
 * Assisting in the development of new policies and procedures to enhance public service delivery.
 * Representing the agency in meetings, hearings, and public forums as necessary.</t>
   </si>
   <si>
+    <t>* Realizar inspecciones para garantizar el cumplimiento de las normativas y estándares.
+* Evaluar los procesos, sistemas y operaciones dentro de varios sectores públicos.
+* Preparar informes detallados y documentación de los hallazgos y recomendaciones.
+* Colaborar con otras agencias gubernamentales y partes interesadas para abordar cuestiones.
+* Proporcionar orientación y apoyo a las organizaciones sobre cuestiones de cumplimiento.
+* Investigar las quejas y preocupaciones planteadas por el público u otras entidades.
+* Supervisar y evaluar la eficacia de las políticas y procedimientos implementados.
+* Organizar y dirigir sesiones de capacitación para el personal sobre normativas y estándares reglamentarios.
+* Mantener registros precisos y bases de datos relacionados con las inspecciones y resultados.
+* Mantenerse informado sobre los cambios en leyes, normativas y mejores prácticas en administración pública.
+* Asistir en el desarrollo de nuevas políticas y procedimientos para mejorar la prestación de servicios públicos.
+* Representar a la agencia en reuniones, audiencias y foros públicos según sea necesario.</t>
+  </si>
+  <si>
     <t>Official</t>
+  </si>
+  <si>
+    <t>Funcionario</t>
   </si>
   <si>
     <t>* Communicating with clients to inform them of the necessary personal and other documents required for review and the forms they need to complete to obtain requested documents.
 * Preparing requested documents based on the information provided in the submitted documentation.
 * Printing documents in accordance with prescribed forms and templates.
 * Maintaining accurate records of received and issued documents.
 * Assisting in the organization of public administration activities and events.
 * Collaborating with various departments to ensure efficient processing of requests and documentation.
 * Providing guidance and support to clients regarding public administration procedures and requirements.
 * Monitoring and ensuring compliance with relevant regulations and policies.
 * Participating in training and development opportunities to enhance knowledge of public administration practices.
 * Contributing to the improvement of administrative processes and systems to increase efficiency and effectiveness.</t>
   </si>
   <si>
+    <t>* Comunicarse con los clientes para informarles sobre los documentos personales y otros necesarios para su revisión y los formularios que deben completar para obtener los documentos solicitados.
+* Preparar los documentos solicitados basándose en la información proporcionada en la documentación presentada.
+* Imprimir documentos de acuerdo con los formularios y plantillas prescritos.
+* Mantener registros precisos de los documentos recibidos y emitidos.
+* Ayudar en la organización de las actividades y eventos de la administración pública.
+* Colaborar con varios departamentos para asegurar el procesamiento eficiente de solicitudes y documentación.
+* Proporcionar orientación y apoyo a los clientes sobre los procedimientos y requisitos de la administración pública.
+* Monitorear y asegurar el cumplimiento de las regulaciones y políticas pertinentes.
+* Participar en oportunidades de capacitación y desarrollo para mejorar el conocimiento de las prácticas de administración pública.
+* Contribuir a la mejora de los procesos y sistemas administrativos para aumentar la eficiencia y la eficacia.</t>
+  </si>
+  <si>
+    <t>Secretario</t>
+  </si>
+  <si>
     <t>* Performing administrative tasks to support the efficient operation of the office.
 * Managing correspondence, including emails and phone calls, ensuring timely responses.
 * Organizing and maintaining files, both physical and digital, for easy retrieval.
 * Scheduling appointments and meetings, coordinating calendars for staff and management.
 * Assisting in the preparation of reports, presentations, and other documentation.
 * Welcoming visitors and clients, providing excellent customer service and support.
 * Handling travel arrangements, including booking accommodations and transportation.
 * Maintaining office supplies inventory and placing orders as necessary.
 * Assisting in the organization of company events and meetings, including logistics and catering.
 * Supporting the team with various administrative duties as required to enhance productivity.</t>
   </si>
   <si>
+    <t>* Realizar tareas administrativas para apoyar la operación eficiente de la oficina.
+* Gestionar la correspondencia, incluidos correos electrónicos y llamadas telefónicas, asegurando respuestas oportunas.
+* Organizar y mantener archivos, tanto físicos como digitales, para su fácil recuperación.
+* Programar citas y reuniones, coordinando calendarios para el personal y la dirección.
+* Asistir en la preparación de informes, presentaciones y otros documentos.
+* Recibir a visitantes y clientes, proporcionando un excelente servicio al cliente y apoyo.
+* Manejar los arreglos de viaje, incluida la reserva de alojamiento y transporte.
+* Mantener el inventario de suministros de oficina y realizar pedidos según sea necesario.
+* Asistir en la organización de eventos y reuniones de la empresa, incluida la logística y la catering.
+* Apoyar al equipo con diversas tareas administrativas según sea necesario para mejorar la productividad.</t>
+  </si>
+  <si>
     <t>Senior Associate</t>
+  </si>
+  <si>
+    <t>Asociado senior</t>
   </si>
   <si>
     <t>* Assisting in the development and implementation of public administration policies and programs.
 * Conducting research and analysis to support decision-making processes.
 * Collaborating with various stakeholders, including government agencies and community organizations.
 * Preparing reports, presentations, and documentation related to public administration initiatives.
 * Managing project timelines and ensuring deliverables are met according to established deadlines.
 * Facilitating communication between departments and ensuring alignment on objectives.
 * Organizing and participating in meetings, workshops, and public consultations.
 * Monitoring and evaluating the effectiveness of public policies and programs.
 * Providing guidance and support to junior staff and interns within the department.
 * Staying informed about legislative changes and best practices in public administration.</t>
   </si>
   <si>
+    <t>* Colaborar en el desarrollo y la implementación de políticas y programas de administración pública.
+* Realizar investigaciones y análisis para apoyar los procesos de toma de decisiones.
+* Colaborar con diversos interesados, incluidas agencias gubernamentales y organizaciones comunitarias.
+* Preparar informes, presentaciones y documentación relacionada con iniciativas de administración pública.
+* Administrar los plazos de los proyectos y asegurarse de que los entregables se cumplan según los plazos establecidos.
+* Facilitar la comunicación entre departamentos y asegurar la alineación en objetivos.
+* Organizar y participar en reuniones, talleres y consultas públicas.
+* Monitorear y evaluar la efectividad de las políticas y programas públicos.
+* Brindar orientación y apoyo al personal junior y pasantes dentro del departamento.
+* Mantenerse informado sobre cambios legislativos y mejores prácticas en administración pública.</t>
+  </si>
+  <si>
     <t>Specialist Advisor</t>
+  </si>
+  <si>
+    <t>Asesor especialista</t>
   </si>
   <si>
     <t>* Providing expert advice and guidance on public administration policies and procedures.
 * Conducting research and analysis to support decision-making and strategic planning.
 * Collaborating with government officials and stakeholders to develop and implement public programs.
 * Preparing detailed reports, presentations, and recommendations for senior management.
 * Assisting in the formulation of public policy initiatives and legislative proposals.
 * Monitoring and evaluating the effectiveness of public administration projects and initiatives.
 * Facilitating communication between various departments and external agencies.
 * Organizing and leading workshops, training sessions, and public consultations.
 * Ensuring compliance with relevant laws, regulations, and best practices in public administration.
 * Supporting the development of performance metrics and evaluation frameworks for public services.</t>
   </si>
   <si>
+    <t>* Proporcionar consejos y orientación expertos sobre políticas y procedimientos de administración pública.
+* Realizar investigaciones y análisis para apoyar la toma de decisiones y la planificación estratégica.
+* Colaborar con funcionarios del gobierno y partes interesadas para desarrollar e implementar programas públicos.
+* Preparar informes detallados, presentaciones y recomendaciones para la alta dirección.
+* Asistir en la formulación de iniciativas de políticas pública y propuestas legislativas.
+* Monitorear y evaluar la efectividad de proyectos e iniciativas de administración pública.
+* Facilitar la comunicación entre los distintos departamentos y organismos externos.
+* Organizar y liderar talleres, sesiones de capacitación y consultas públicas.
+* Asegurar el cumplimiento de las leyes, regulaciones y mejores prácticas aplicables en administración pública.
+* Apoyar el desarrollo de métricas de desempeño y marcos de evaluación para los servicios públicos.</t>
+  </si>
+  <si>
     <t>Specialist Official</t>
+  </si>
+  <si>
+    <t>Funcionario especializado</t>
   </si>
   <si>
     <t>* Providing expert advice and support on public administration policies and procedures.
 * Assisting in the development and implementation of administrative strategies and initiatives.
 * Conducting research and analysis to inform decision-making and policy formulation.
 * Preparing reports, presentations, and documentation for internal and external stakeholders.
 * Coordinating communication between various departments and external agencies.
 * Managing project timelines and ensuring compliance with regulations and standards.
 * Organizing and facilitating meetings, workshops, and training sessions.
 * Monitoring and evaluating the effectiveness of public administration programs and services.
 * Maintaining accurate records and databases related to administrative functions.
 * Supporting the preparation of budgets and financial reports related to public administration activities.
 * Acting as a liaison between the public and government entities, addressing inquiries and concerns.
 * Ensuring adherence to best practices in public administration and promoting transparency and accountability.</t>
   </si>
   <si>
+    <t>* Brindar asesoramiento experto y apoyo en políticas y procedimientos de administración pública.
+* Colaborar en el desarrollo y la implementación de estrategias y iniciativas administrativas.
+* Realizar investigaciones y análisis para informar la toma de decisiones y la formulación de políticas.
+* Preparar informes, presentaciones y documentación para partes interesadas internas y externas.
+* Coordinar la comunicación entre varios departamentos y agencias externas.
+* Administrar los plazos de los proyectos y garantizar el cumplimiento de las normas y regulaciones.
+* Organizar y facilitar reuniones, talleres y sesiones de capacitación.
+* Monitorear y evaluar la efectividad de los programas y servicios de administración pública.
+* Mantener registros y bases de datos precisos relacionados con las funciones administrativas.
+* Apoyar la preparación de presupuestos e informes financieros relacionados con las actividades de administración pública.
+* Actuar como enlace entre el público y las entidades gubernamentales, respondiendo a preguntas y preocupaciones.
+* Asegurar la adhesión a las mejores prácticas en administración pública y promover la transparencia y la rendición de cuentas.</t>
+  </si>
+  <si>
     <t>State Advisor</t>
+  </si>
+  <si>
+    <t>Consejero de Estado</t>
   </si>
   <si>
     <t>* Advising government officials and agencies on policy development and implementation.
 * Conducting research and analysis to support decision-making processes.
 * Preparing reports, briefs, and presentations for stakeholders.
 * Collaborating with various departments to ensure effective communication and coordination of public initiatives.
 * Monitoring and evaluating the impact of policies and programs.
 * Engaging with community stakeholders to gather feedback and address concerns.
 * Assisting in the drafting of legislation and regulatory frameworks.
 * Providing guidance on legal and ethical standards in public administration.
 * Participating in meetings and forums to represent the interests of the state.
 * Facilitating training and development programs for public sector employees.
 * Ensuring compliance with governmental regulations and policies.
 * Supporting strategic planning and resource allocation within the public sector.
 * Maintaining up-to-date knowledge of relevant laws, regulations, and best practices in public administration.</t>
   </si>
   <si>
+    <t>* Asesorar a funcionarios y agencias gubernamentales en el desarrollo y la implementación de políticas.
+* Realizar investigaciones y análisis para apoyar los procesos de toma de decisiones.
+* Preparar informes, resúmenes y presentaciones para las partes interesadas.
+* Colaborar con diversos departamentos para garantizar una comunicación y coordinación efectivas de las iniciativas públicas.
+* Monitorear y evaluar el impacto de las políticas y programas.
+* Interactuar con las partes interesadas de la comunidad para recopilar comentarios y abordar sus inquietudes.
+* Asistir en la redacción de legislación y marcos regulatorios.
+* Brindar orientación sobre estándares legales y éticos en la administración pública.
+* Participar en reuniones y foros para representar los intereses del Estado.
+* Facilitar programas de capacitación y desarrollo para empleados del sector público.
+* Garantizar el cumplimiento de las regulaciones y políticas gubernamentales.
+* Apoyar la planeación estratégica y la asignación de recursos dentro del sector público.
+* Mantener conocimientos actualizados sobre leyes, regulaciones y mejores prácticas relevantes en administración pública.</t>
+  </si>
+  <si>
     <t>Quality Management</t>
   </si>
   <si>
+    <t>Gestión de calidad</t>
+  </si>
+  <si>
     <t>ISO Specialist</t>
+  </si>
+  <si>
+    <t>Especialista en ISO</t>
   </si>
   <si>
     <t>* Managing the quality management system in the company developed on the basis of international ISO standards. 
 * Gradual and continuous monitoring of documentation system applications.
  * Supporting the application of the quality management system on the basis of requirements of ISO standards. 
 * Cooperating on the concept and design of quality policy, environmental policy, and directives of the company. 
 * Taking part in determining the quality objectives, development goals, as well as their subsequent implementation.</t>
   </si>
   <si>
+    <t>* Gestión del sistema de gestión de calidad en la empresa desarrollado sobre la base de normas internacionales ISO.
+* Monitoreo gradual y continuo de las aplicaciones del sistema de documentación.
+* Apoyo a la aplicación del sistema de gestión de calidad con base en los requisitos de las normas ISO.
+* Colaboración en el concepto y diseño de la política de calidad, política ambiental y directivas de la empresa.
+* Participación en la determinación de los objetivos de calidad, metas de desarrollo, así como su posterior implementación.</t>
+  </si>
+  <si>
     <t>Quality Engineer</t>
+  </si>
+  <si>
+    <t>Ingeniero de calidad</t>
   </si>
   <si>
     <t>* Drawing up the production control plan.
 * Performing process audits.
 * Performing mechanical and electronic measurements.
 * Considering the quality requirements from internal and external customers.
 * Resolving claims from internal and external customers.
 * Preparing materials for monthly reports.</t>
   </si>
   <si>
+    <t>* Elaboración del plan de control de producción.
+* Realización de auditorías de procesos.
+* Realización de mediciones mecánicas y electrónicas.
+* Consideración de los requisitos de calidad de clientes internos y externos.
+* Resolución de reclamaciones de clientes internos y externos.
+* Preparación de materiales para informes mensuales.</t>
+  </si>
+  <si>
     <t>* Conducting random, extraordinary, dynamic, and final inspections.
 * Documenting errors in production.
 * Cooperating with the manufacturing department in the implementation of action plans, corrective measures, and process improvement.
 * Implementing technical solutions aimed at eliminating errors of processes and products.</t>
   </si>
   <si>
+    <t>* Realizar inspecciones aleatorias, extraordinarias, dinámicas y finales.
+* Documentar errores en la producción.
+* Colaborar con el departamento de fabricación en la implementación de planes de acción, medidas correctivas y mejora de procesos.
+* Implementar soluciones técnicas destinadas a eliminar errores de procesos y productos.</t>
+  </si>
+  <si>
     <t>Quality Planner</t>
+  </si>
+  <si>
+    <t>Planificador de calidad</t>
   </si>
   <si>
     <t>* Developing and implementing quality plans to ensure compliance with industry standards and regulations.
 * Collaborating with cross-functional teams to identify quality requirements and establish quality metrics.
 * Conducting regular quality audits and inspections to assess adherence to quality standards.
 * Analyzing data from quality tests and inspections to identify trends and areas for improvement.
 * Preparing detailed reports on quality performance and presenting findings to management.
 * Coordinating with suppliers and vendors to ensure quality materials and components are received.
 * Providing training and support to team members on quality control processes and best practices.
 * Assisting in the development of corrective and preventive action plans to address quality issues.
 * Monitoring and evaluating the effectiveness of quality improvement initiatives.
 * Staying updated on industry advancements and best practices in quality management.</t>
   </si>
   <si>
+    <t>* Desarrollar e implementar planes de calidad para garantizar el cumplimiento de los estándares y regulaciones de la industria.
+* Colaborar con equipos multifuncionales para identificar los requisitos de calidad y establecer métricas de calidad.
+* Realizar auditorías y inspecciones de calidad periódicas para evaluar la adherencia a los estándares de calidad.
+* Analizar datos de pruebas y inspecciones de calidad para identificar tendencias y áreas de mejora.
+* Preparar informes detallados sobre el desempeño de la calidad y presentar los hallazgos a la gerencia.
+* Coordinar con proveedores y vendedores para asegurarse de que se reciben materiales y componentes de calidad.
+* Proporcionar capacitación y apoyo a los miembros del equipo sobre procesos y mejores prácticas de control de calidad.
+* Ayudar en el desarrollo de planes de acción correctiva y preventiva para abordar problemas de calidad.
+* Monitorear y evaluar la eficacia de las iniciativas de mejora de la calidad.
+* Mantenerse actualizado sobre los avances de la industria y las mejores prácticas en gestión de la calidad.</t>
+  </si>
+  <si>
     <t>Security &amp; Protection</t>
   </si>
   <si>
+    <t>Seguridad y protección</t>
+  </si>
+  <si>
     <t>Fire Officer</t>
+  </si>
+  <si>
+    <t>Técnico profesional en seguridad y protección contra incendios</t>
   </si>
   <si>
     <t>* Performing preventive fire inspections.
 * Determining sites with an increased risk of fire and the number of members of the fire patrol.
 * Conducting training in fire protection and professional fire patrol training.
 * Completing, managing and maintaining the documentation regarding fire protection in accordance with the actual state.
 * Determining the fire safety requirements in the event of change in the use of buildings.
 * Completing the documentation regarding fire protection of the used building.
 * Organising and evaluating fire drills.</t>
   </si>
   <si>
+    <t>* Realizar inspecciones de prevención de incendios.
+* Determinar los lugares con mayor riesgo de incendio y el número de miembros de la patrulla de incendios.
+* Impartir capacitación en materia de protección contra incendios y formación profesional para patrullas de incendios.
+* Completar, gestionar y mantener la documentación relativa a la protección contra incendios de acuerdo con el estado actual.
+* Determinar los requisitos de seguridad contra incendios en caso de cambios en el uso de edificios.
+* Completar la documentación relativa a la protección contra incendios del edificio en uso.
+* Organizar y evaluar simulacros de incendio.</t>
+  </si>
+  <si>
     <t>Firefighter, Rescuer</t>
+  </si>
+  <si>
+    <t>Bombero, rescatador</t>
   </si>
   <si>
     <t>* Fire-fighting with water and foam.
 * Performing of actions aimed at the prevention of fire or the further spread of fire.
 * Driving a fire vehicle.
 * Extricating people from road accidents using special technical equipment.
 * Eliminating the consequences of road accidents.
 * Entering locked premises using brute force (in extreme cases). 
 * Controlling the functionality and completeness of fire equipment and appliances.
 * Attending tactical fire exercises and trainings.</t>
   </si>
   <si>
+    <t>* Luchar contra incendios con agua y espuma.
+* Realizar acciones destinadas a prevenir incendios o evitar la propagación de éstos.
+* Conducir un vehículo de bomberos.
+* Rescatar personas de accidentes de tráfico utilizando equipo técnico especial.
+* Eliminar las consecuencias de accidentes de tráfico.
+* Entrar en locales cerrados utilizando la fuerza bruta (en casos extremos).
+* Controlar la funcionalidad y la integridad del equipo y los aparatos de bomberos.
+* Asistir a ejercicios y entrenamientos tácticos de extinción de incendios.</t>
+  </si>
+  <si>
     <t>Health and Safety Officer</t>
+  </si>
+  <si>
+    <t>Responsable de seguridad y salud laboral</t>
   </si>
   <si>
     <t>* Checking compliance with safety regulations and standards in the workplace.
 * Designing measures eliminating detected drawbacks.
 * Creating and updating internal occupational health and safety regulations.
 * Conducting entry and continuous staff trainings in occupational health and safety.
 * Performing inspections and safety audits.
 * Cooperating with government authorities in the investigation of accidents at work and writing protocols.
 * Monitoring legislative changes concerning OSH.
 * Managing documentation and records on OSH.</t>
   </si>
   <si>
+    <t>* Verificar el cumplimiento de las normas y reglamentos de seguridad en el lugar de trabajo.
+* Diseñar medidas para eliminar desventajas detectadas.
+* Crear y actualizar las normas internas de salud y seguridad ocupacional.
+* Realizar capacitaciones de ingreso y continuas para el personal en salud y seguridad ocupacional.
+* Realizar inspecciones y auditorías de seguridad.
+* Colaborar con las autoridades gubernamentales en la investigación de accidentes laborales y redactar protocolos.
+* Monitorear cambios legislativos relacionados con la seguridad y salud ocupacional (SSH).
+* Administrar la documentación y registros de SSH.</t>
+  </si>
+  <si>
     <t>Police Inspector</t>
+  </si>
+  <si>
+    <t>Inspector de policía</t>
   </si>
   <si>
     <t>* Conducting investigations into criminal activities and incidents.
 * Enforcing laws and regulations to maintain public order and safety.
 * Gathering evidence and preparing detailed reports for prosecution.
 * Collaborating with other law enforcement agencies and community organizations.
 * Responding to emergency calls and providing assistance at crime scenes.
 * Interviewing witnesses and suspects to obtain relevant information.
 * Patrolling assigned areas to deter and detect criminal behavior.
 * Participating in community outreach programs to build trust and cooperation.
 * Educating the public on crime prevention strategies and safety practices.
 * Attending court proceedings to provide testimony as needed.
 * Maintaining accurate records of all activities and incidents.
 * Completing ongoing training and professional development to stay current with law enforcement practices and technologies.
 * Upholding ethical standards and demonstrating integrity in all interactions.
 * Utilizing technology and tools for crime analysis and reporting.
 * Ensuring compliance with departmental policies and legal standards.</t>
   </si>
   <si>
+    <t>* Realizar investigaciones sobre actividades y incidentes delictivos.
+* Hacer cumplir las leyes y regulaciones para mantener el orden y la seguridad pública.
+* Recopilar pruebas y preparar informes detallados para la fiscalía.
+* Colaborar con otras agencias de aplicación de la ley y organizaciones comunitarias.
+* Responder a llamadas de emergencia y brindar asistencia en escenas del crimen.
+* Entrevistar a testigos y sospechosos para obtener información relevante.
+* Patrullar áreas asignadas para disuadir y detectar comportamientos delictivos.
+* Participar en programas de alcance comunitario para generar confianza y cooperación.
+* Educar al público sobre estrategias de prevención del delito y prácticas de seguridad.
+* Asistir a procedimientos judiciales para proporcionar testimonio según sea necesario.
+* Mantener registros precisos de todas las actividades e incidentes.
+* Completar capacitaciones y desarrollo profesional continuo para estar actualizado sobre las prácticas y tecnologías de aplicación de la ley.
+* Defender estándares éticos y demostrar integridad en todas las interacciones.
+* Utilizar tecnología y herramientas para analizar y reportar delitos.
+* Garantizar el cumplimiento de las políticas departamentales y estándares legales.</t>
+  </si>
+  <si>
     <t>Police Officer</t>
+  </si>
+  <si>
+    <t>Policía</t>
   </si>
   <si>
     <t>* Exposing and investigating crimes, misdemeanours and offences.
 * Interrogation of eye witnesses and suspects, taking notes.
 * Writing statements and other records. 
 * Issuing, writing, and collecting fines for traffic offences.
 * Using specific coercive means to detain suspects/perpetrators while limiting their personal freedom.
 * Instructing detained persons of their rights.
 * Driving motor vehicles and motorcycles.
 * Participating in meetings, lectures, and programmes focused on preventing crime.</t>
   </si>
   <si>
+    <t>* Investigar y descubrir delitos, faltas y contravenciones.
+* Interrogar a testigos presenciales y sospechosos, tomando notas.
+* Redactar declaraciones y otros registros.
+* Emitir, redactar y cobrar multas por infracciones de tráfico.
+* Utilizar medios coercitivos específicos para detener a sospechosos/autores mientras se limita su libertad personal.
+* Informar a las personas detenidas de sus derechos.
+* Conducir vehículos a motor y motocicletas.
+* Participar en reuniones, conferencias y programas centrados en la prevención del delito.</t>
+  </si>
+  <si>
     <t>Prison Officer</t>
+  </si>
+  <si>
+    <t>Funcionario de prisiones</t>
   </si>
   <si>
     <t>* Monitoring the behaviour and movement of prisoners during the breaks for meals, sports activities, work activities and visits.
 * Performing personal searches of prisoners and prison cells, confiscating illegal items, narcotics and psychotropic substances, weapons and valuables.
 * Checking the security prison cells, gates, locks, bars.
 * Escorting prisoners from custodial institution to enforcement of custody/imprisonment to court proceedings, medical examinations, etc.
 * Applying coercive measures in the event of an outbreak of riots, physical assaults, escape attempts, etc.</t>
   </si>
   <si>
+    <t>* Supervisar el comportamiento y el movimiento de los prisioneros durante los descansos para comidas, actividades deportivas, actividades laborales y visitas.
+* Realizar registros personales de los prisioneros y de las celdas, confiscando objetos ilegales, estupefacientes y sustancias psicotrópicas, armas y objetos de valor.
+* Verificar la seguridad de las celdas, puertas, cerraduras y rejas de la prisión.
+* Acompañar a los prisioneros desde la institución custodial hasta la ejecución de la custodia/encarcelamiento a procedimientos judiciales, exámenes médicos, etc.
+* Aplicar medidas coercitivas en caso de estallidos de disturbios, agresiones físicas, intentos de fuga, etc.</t>
+  </si>
+  <si>
     <t>Safety specialist</t>
+  </si>
+  <si>
+    <t>Especialista en seguridad</t>
   </si>
   <si>
     <t>* Conducting risk assessments to identify potential hazards and implement safety measures.
 * Developing and implementing safety policies and procedures in accordance with local regulations and industry standards.
 * Providing training and guidance to employees on safety practices and emergency preparedness.
 * Monitoring workplace conditions and ensuring compliance with safety regulations.
 * Investigating accidents and incidents to determine root causes and recommend corrective actions.
 * Collaborating with management to promote a culture of safety within the organization.
 * Maintaining accurate records of safety inspections, incidents, and training sessions.
 * Staying updated on industry trends and regulatory changes related to workplace safety.
 * Assisting in the development of safety-related materials and communication strategies.
 * Conducting safety audits and inspections to ensure adherence to established safety protocols.</t>
   </si>
   <si>
+    <t>* Realizar evaluaciones de riesgos para identificar posibles peligros e implementar medidas de seguridad.
+* Desarrollar e implementar políticas y procedimientos de seguridad de acuerdo con las regulaciones locales y los estándares de la industria.
+* Proporcionar capacitación y orientación a los empleados sobre prácticas de seguridad y preparación para emergencias.
+* Monitorear las condiciones del lugar de trabajo y garantizar el cumplimiento de las regulaciones de seguridad.
+* Investigar accidentes e incidentes para determinar las causas raíz y recomendar acciones correctivas.
+* Colaborar con la gerencia para promover una cultura de seguridad dentro de la organización.
+* Mantener registros precisos de inspecciones de seguridad, incidentes y sesiones de capacitación.
+* Mantenerse actualizado sobre las tendencias de la industria y los cambios regulatorios relacionados con la seguridad en el lugar de trabajo.
+* Asistir en el desarrollo de materiales y estrategias de comunicación relacionados con la seguridad.
+* Realizar auditorías y inspecciones de seguridad para garantizar la adherencia a los protocolos de seguridad establecidos.</t>
+  </si>
+  <si>
     <t>Security Guard</t>
+  </si>
+  <si>
+    <t>Guardia de seguridad</t>
   </si>
   <si>
     <t>* Securing the protection of physical persons and private property.
 * Performing regular patrols around protected buildings and neighbouring areas.
 * Performing patrols in the event that a breach of a protected area is signalled.
 * Monitoring buildings and neighbouring areas using security camera systems.
 * Determining and recording the identity of individuals. 
 * Checking people entering a building, performing regular or random personal searches when the presence of dangerous or forbidden items is suspected.
 *Checking people leaving a building, performing regular or random personal searches when theft or misappropriation is suspected.
 * Using speed, force, and other coercive means to detain a person, if needed.
 * Co-operation with the police, firefighters, and rescue team members.
 * Providing aid and assistance to the public.</t>
   </si>
   <si>
+    <t>* Garantizar la protección de las personas físicas y la propiedad privada.
+* Realizar patrullas regulares en los alrededores de los edificios protegidos y áreas vecinas.
+* Realizar patrullas en caso de que se señale uzca una violación de un área protegida.
+* Vigilar los edificios y áreas vecinas utilizando sistemas de cámaras de seguridad.
+* Determinar y registrar la identidad de las personas.
+* Verificar a las personas que entran en un edificio, realizando registros personales regulares o aleatorios cuando se sospecha la presencia de artículos peligrosos o prohibidos.
+* Verificar a las personas que abandonan un edificio, realizando registros personales regulares o aleatorios cuando se sospecha robo o apropiación indebida.
+* Utilizar velocidad, fuerza y otros medios coercitivos para detener a una persona, si es necesario.
+* Colaborar con la policía, bomberos y miembros de equipos de rescate.
+* Prestar ayuda y asistencia al público.</t>
+  </si>
+  <si>
     <t>Security Service Director</t>
+  </si>
+  <si>
+    <t>Director del servicio de seguridad</t>
   </si>
   <si>
     <t>* Overseeing and managing all security operations within the organization.
 * Developing and implementing security policies, protocols, and procedures to ensure a safe environment.
 * Coordinating with local law enforcement and emergency services to enhance security measures.
 * Conducting risk assessments and vulnerability analyses to identify potential security threats.
 * Leading and training security personnel to ensure adherence to security standards and practices.
 * Monitoring security systems and reviewing incident reports to improve response strategies.
 * Collaborating with various departments to address security concerns and ensure compliance with regulations.
 * Managing budgets and resources allocated for security operations and initiatives.
 * Preparing and presenting security reports to senior management and stakeholders.
 * Ensuring the continuous improvement of security processes and technologies to adapt to evolving threats.
 * Acting as the primary point of contact for security-related inquiries and incidents within the organization.
 * Promoting a culture of safety and security awareness among employees and visitors.</t>
   </si>
   <si>
+    <t>* Supervisión y gestión de todas las operaciones de seguridad dentro de la organización.
+* Desarrollo e implementación de políticas, protocolos y procedimientos de seguridad para garantizar un entorno seguro.
+* Coordinación con las fuerzas del orden locales y los servicios de emergencia para mejorar las medidas de seguridad.
+* Realización de evaluaciones de riesgos y análisis de vulnerabilidad para identificar posibles amenazas de seguridad.
+* Liderazgo y capacitación del personal de seguridad para asegurar el cumplimiento de los estándares y prácticas de seguridad.
+* Supervisión de los sistemas de seguridad y revisión de informes de incidentes para mejorar las estrategias de respuesta.
+* Colaboración con varios departamentos para abordar preocupaciones de seguridad y asegurar el cumplimiento de las regulaciones.
+* Gestión de los presupuestos y recursos asignados para las operaciones y iniciativas de seguridad.
+* Preparación y presentación de informes de seguridad a la gerencia superior y las partes interesadas.
+* Aseguramiento de la mejora continua de los procesos y tecnologías de seguridad para adaptarse a las amenazas en evolución.
+* Actuar como punto de contacto principal para consultas e incidentes relacionados con la seguridad dentro de la organización.
+* Fomento de una cultura de conciencia sobre la seguridad y la seguridad entre los empleados y visitantes.</t>
+  </si>
+  <si>
     <t>Security service technician</t>
+  </si>
+  <si>
+    <t>Técnico de servicio de seguridad</t>
   </si>
   <si>
     <t>* installation, configuration and commissioning of technical protection systems (video surveillance, anti-burglary, access control), automatic fire alarm systems, SOS systems, intercom and video intercom systems, sound systems, anti-burglary lighting, ramps and barriers, revolving barriers, vehicle monitoring
 * Functional testing of installed equipment and software
 * Maintenance and servicing of the installed technical protection systems at the service user's facilities
 * independent resolution of known technical problems and/or in recurring situations
 * Supervision and control of electrical installation works and structural cabling works of the technical protection system</t>
   </si>
   <si>
+    <t>* instalación, configuración y puesta en marcha de sistemas técnicos de protección (videovigilancia, antirrobo, control de accesos), sistemas automáticos de alarma contra incendios, sistemas SOS, sistemas de intercomunicación y videoportero, sistemas de sonido, iluminación antirrobo, rampas y barreras, barreras giratorias , monitoreo de vehículos
+* Pruebas funcionales de equipos y software instalados
+* Mantenimiento y revisión de los sistemas técnicos de protección instalados en las instalaciones del usuario del servicio
+* resolución independiente de problemas técnicos conocidos y/o en situaciones recurrentes
+* Supervisión y control de obras de instalación eléctrica y obras de cableado estructural del sistema técnico de protección</t>
+  </si>
+  <si>
     <t>Soldier</t>
+  </si>
+  <si>
+    <t>Soldado</t>
   </si>
   <si>
     <t>* Participating in domestic and overseas military operations.
 * Completing orders from superiors.
 * Responsibility for entrusted military accoutrement and weaponry.
 * Maintenance of entrusted military accoutrement and weaponry.
 * Driving motor vehicles and operating military equipment.
 * Helping civilians in case of contingency (floods etc.).</t>
   </si>
   <si>
+    <t>* Participar en operaciones militares nacionales y en el extranjero.
+* Cumplir órdenes de superiores.
+* Responsabilidad por los pertrechos y armamento militares encomendados.
+* Mantenimiento de los pertrechos y armamento militares encomendados.
+* Conducir vehículos motorizados y operar equipo militar.
+* Ayudar a civiles en caso de contingencia (inundaciones, etc.).</t>
+  </si>
+  <si>
     <t>Service Industries</t>
   </si>
   <si>
+    <t>Servicios</t>
+  </si>
+  <si>
     <t>Beautician</t>
+  </si>
+  <si>
+    <t>Esteticista</t>
   </si>
   <si>
     <t>* Cleansing and deep cleansing of the skin.
 * Face, neck, and décolletage massaging.
 * Application of facial masks and wraps.
 * Dyeing eyelashes and eyebrows.
 * Removal of unwanted hair on the face and other body parts.
 * Providing skin diagnosis and providing advice on good skin care.
 * Selling cosmetic products.</t>
   </si>
   <si>
+    <t>* Limpieza y limpieza profunda de la piel.
+* Masaje de cara, cuello y escote.
+* Aplicación de mascarillas y envolturas faciales.
+* Teñido de pestañas y cejas.
+* Eliminación de vello no deseado en la cara y otras partes del cuerpo.
+* Realizar diagnósticos de la piel y ofrecer consejos sobre el cuidado adecuado de la piel.
+* Venta de productos cosméticos.</t>
+  </si>
+  <si>
     <t>Bicycle mechanic</t>
+  </si>
+  <si>
+    <t>Mecánico de bicicletas</t>
   </si>
   <si>
     <t>* Performing maintenance and repairs on various types of bicycles, ensuring optimal performance and safety.
 * Diagnosing mechanical issues and providing effective solutions to enhance bicycle functionality.
 * Assembling and disassembling bicycles for repairs, upgrades, and customizations.
 * Conducting thorough inspections of bicycles to identify wear and tear, replacing parts as necessary.
 * Preparing bicycles for customers, including cleaning and tuning to meet quality standards.
 * Assisting customers with selecting appropriate bicycles and accessories based on their needs and preferences.
 * Providing guidance on proper bicycle care and maintenance to customers.
 * Occasionally transporting bicycles to and from different locations as required.
 * Maintaining a clean and organized workspace, ensuring all tools and equipment are properly stored.
 * Keeping up-to-date with the latest trends and technologies in the cycling industry to provide informed service.
 * Collaborating with team members to improve service efficiency and customer satisfaction.</t>
   </si>
   <si>
+    <t>* Realizar mantenimiento y reparaciones en diferentes tipos de bicicletas, garantizando un rendimiento óptimo y la seguridad.
+* Diagnosticar problemas mecánicos y proporcionar soluciones efectivas para mejorar la funcionalidad de las bicicletas.
+* Montar y desmontar bicicletas para reparaciones, mejoras y personalizaciones.
+* Realizar inspecciones exhaustivas de las bicicletas para identificar el desgaste y reemplazar las piezas según sea necesario.
+* Preparar bicicletas para los clientes, incluyendo la limpieza y el ajuste para cumplir con los estándares de calidad.
+* Ayudar a los clientes a seleccionar bicicletas y accesorios adecuados según sus necesidades y preferencias.
+* Proporcionar orientación sobre el cuidado y mantenimiento adecuado de las bicicletas a los clientes.
+* Ocasionalmente transportar bicicletas hacia y desde diferentes ubicaciones según sea necesario.
+* Mantener un espacio de trabajo limpio y organizado, asegurándose de que todas las herramientas y equipos estén almacenados correctamente.
+* Estar al día con las últimas tendencias y tecnologías de la industria ciclista para proporcionar un servicio informado.
+* Colaborar con los miembros del equipo para mejorar la eficiencia del servicio y la satisfacción del cliente.</t>
+  </si>
+  <si>
     <t>Car Wash Worker</t>
+  </si>
+  <si>
+    <t>Trabajador de lavado de autos</t>
   </si>
   <si>
     <t>* Manual cleaning of cars, wet cleaning
 * Complete care of the exterior and interior of cars
 * wet cleaning
 * Polishing and renovation paint
 * Receiving orders, working with the cash register, communication with the customer</t>
   </si>
   <si>
+    <t>* Limpieza manual de coches, limpieza húmeda
+* Atención integral del exterior e interior de los vehículos
+* Limpieza húmeda
+* Pulido y renovación de pintura
+* Recepción de pedidos, trabajo con la caja registradora, comunicación con el cliente</t>
+  </si>
+  <si>
     <t>Florist</t>
+  </si>
+  <si>
+    <t>Florista</t>
   </si>
   <si>
     <t>* Selling flowers, bouquets, wreaths and complementary goods.
 * Cutting live, dried and artificial flowers.
 * Binding and arranging flowers, bouquets and wreaths, depending on the occasion and requirements of clients.
 * Designing floral decoration for interior and exterior areas.
 * Providing advice on growing and caring for purchased plants.</t>
   </si>
   <si>
+    <t>* Venta de flores, ramos, coronas y artículos complementarios.
+* Corte de flores frescas, secas y artificiales.
+* Atado y arreglo de flores, ramos y coronas según la ocasión y los requisitos de los clientes.
+* Diseño de decoraciones florales para áreas interiores y exteriores.
+* Asesoramiento sobre el cultivo y cuidado de plantas compradas.</t>
+  </si>
+  <si>
     <t>Funeral service worker</t>
+  </si>
+  <si>
+    <t>Trabajador de servicios funerarios</t>
   </si>
   <si>
     <t>* Assisting families in planning and organizing funeral services in a compassionate and respectful manner.
 * Providing guidance on funeral arrangements, including casket selection, transportation, and memorial services.
 * Coordinating with various service providers, such as cemeteries, crematories, and florists.
 * Preparing and filing necessary legal documents, such as death certificates and permits.
 * Ensuring the proper care and preparation of the deceased, including embalming and dressing.
 * Managing logistics for the funeral service, including setting up the venue and overseeing the service proceedings.
 * Offering emotional support and counseling to grieving families throughout the planning process.
 * Maintaining a clean and respectful environment in the funeral home and associated facilities.
 * Adhering to health and safety regulations and ethical standards in all aspects of the job.
 * Participating in ongoing professional development and training to stay current with industry practices and regulations.</t>
   </si>
   <si>
+    <t>* Asistir a las familias en la planificación y organización de servicios funerarios de manera compasiva y respetuosa.
+* Brindar orientación sobre los preparativos fúnebres, incluyendo la selección de ataúdes, transporte y servicios conmemorativos.
+* Coordinar con varios proveedores de servicios, como cementerios, crematorios y floristas.
+* Preparar y presentar los documentos legales necesarios, como certificados de defunción y permisos.
+* Asegurar el cuidado y preparación adecuados del fallecido, incluyendo el embalsamamiento y vestimenta.
+* Gestionar la logística del servicio funerario, incluyendo la preparación del lugar y la supervisión del desarrollo del servicio.
+* Ofrecer apoyo emocional y asesoramiento a las familias en duelo a lo largo del proceso de planificación.
+* Mantener un ambiente limpio y respetuoso en la funeraria y las instalaciones asociadas.
+* Cumplir con las regulaciones de seguridad y salud y los estándares éticos en todos los aspectos del trabajo.
+* Participar en el desarrollo profesional continuo y la capacitación para mantenerse actualizado con las prácticas y regulaciones de la industria.</t>
+  </si>
+  <si>
     <t>Gardener</t>
+  </si>
+  <si>
+    <t>Jardinero</t>
   </si>
   <si>
     <t>* Caring for flower beds, lawns, trees and shrubs in gardens, orchards and public parks.
 * Hoeing and fertilising the soil, pulling weeds.
 * Planting and irrigating decorative plants, shrubs, trees and hedges.
 * Seeding, watering and mowing lawns.
 * Protecting vegetation from pests and diseases using chemical agents.
 * Harvesting and storing fruit and vegetables.
 * Repairing garden tools.</t>
   </si>
   <si>
+    <t>* Cuidar los arriates de flores, céspedes, árboles y arbustos en jardines, huertas y parques públicos.
+* Escardar y abonar el suelo, arrancar maleza.
+* Plantar y regar plantas decorativas, arbustos, árboles y setos.
+* Sembrar, regar y segar céspedes.
+* Proteger la vegetación de plagas y enfermedades utilizando agentes químicos.
+* Recoger y almacenar frutas y verduras.
+* Reparar herramientas de jardinería.</t>
+  </si>
+  <si>
     <t>Goldsmith, Jeweller</t>
+  </si>
+  <si>
+    <t>Orfebre, joyero</t>
   </si>
   <si>
     <t>* Preparing material, work tools, equipment, and devices.
 * Making jewellery from ferrous, non-ferrous, precious metals, and their alloys.
 * Cutting, encasing, and polishing natural, synthetic and precious stones.
 * Engraving text, symbols, and ornaments into jewellery.
 * Repairing and adjusting jewellery according to customers’ requirements.
 * Selling jewellery to customers, providing advice.</t>
   </si>
   <si>
+    <t>* Preparar materiales, herramientas de trabajo, equipos y dispositivos.
+* Fabricar joyas a partir de metales ferrosos, no ferrosos, preciosos y sus aleaciones.
+* Cortar, engastar y pulir piedras naturales, sintéticas y preciosas.
+* Grabar texto, símbolos y adornos en joyas.
+* Reparar y ajustar joyas según las necesidades de los clientes.
+* Vender joyas a los clientes y brindar asesoramiento.</t>
+  </si>
+  <si>
     <t>Hairdresser</t>
+  </si>
+  <si>
+    <t>Peluquero</t>
   </si>
   <si>
     <t>* Typical activities carried out in the position.
 * Cutting hair with hairdressing scissors and hair trimmers according to the individual requirements from clients.
 * Washing hair, massaging the scalp.
 * Combing, brushing, hot-combing and drying hair.
 * Dyeing, highlighting and toning hair.
 * Providing water, blow-drying and permanent waves.
 * Shaving and trimming beards and moustaches.
 * Providing advice to clients regarding the hair care.
 * Keeping the workplace clean and tidy.</t>
   </si>
   <si>
+    <t>* Actividades típicas realizadas en el puesto.
+* Cortar el cabello con tijeras de peluquería y recortadoras según los requisitos individuales de los clientes.
+* Lavar el cabello, masajear el cuero cabelludo.
+* Peinar, cepillar, peinar con plancha y secar el cabello.
+* Teñir, hacer mechas y matizar el cabello.
+* Proporcionar agua, secado con secador y ondas permanentes.
+* Afeitar y recortar barbas y bigotes.
+* Proporcionar asesoramiento a los clientes sobre el cuidado del cabello.
+* Mantener el lugar de trabajo limpio y ordenado.</t>
+  </si>
+  <si>
     <t>Housekeeper</t>
+  </si>
+  <si>
+    <t>Ama de casa</t>
   </si>
   <si>
     <t xml:space="preserve">* managing household - taking care about household
 * organizing activities in the department of the hotel rooms
 * keeping records
 * providing services for the guests
 </t>
   </si>
   <si>
+    <t>* Gestión del hogar: cuidado y atención del hogar
+* Organización de actividades en el departamento de habitaciones del hotel
+* Mantenimiento de registros
+* Prestación de servicios a los huéspedes</t>
+  </si>
+  <si>
     <t>Housekeeping Supervisor</t>
+  </si>
+  <si>
+    <t>Supervisor de limpieza</t>
   </si>
   <si>
     <t xml:space="preserve">* Issuing supplies and equipment to workers. 
 * Inspecting work performed to ensure that it meets specifications and established standards. 
 * Instructing staff in work policies and procedures.
 * Investigating complaints about service and equipment, and take corrective action. 
 * Evaluating employee performance and recommend personnel actions such as promotions, transfers, and dismissals. 
 * Checking and maintaining equipment to ensure that it is in working order. 
 * Performing or assisting with cleaning duties as necessary. 
 * Inspecting and evaluating the physical condition of facilities to determine the type of work required. 
 * Recommending upgrades that could improve service and increase operational efficiency. 
 * Coordinating activities with other departments to ensure that services are provided in an efficient and timely manner. 
 * Selecting the most suitable cleaning materials for different types of linens, furniture, flooring, and surfaces. 
 * Planning and preparing employee work schedules. 
 * Establishing and implementing operational standards and procedures for the departments supervised. 
 * Supervising in-house services such as laundries, maintenance and repair, dry cleaning, or valet services. 
 </t>
   </si>
   <si>
+    <t>* Emitir suministros y equipo a los trabajadores.
+* Inspeccionar el trabajo realizado para asegurarse de que cumpla con las especificaciones y los estándares establecidos.
+* Instruir al personal en políticas y procedimientos laborales.
+* Investigar quejas sobre el servicio y el equipo, y tomar medidas correctivas.
+* Evaluar el desempeño de los empleados y recomendar acciones de personal como ascensos, traslados y despidos.
+* Verificar y mantener el equipo para asegurarse de que esté en buen estado de funcionamiento.
+* Realizar o ayudar con tareas de limpieza según sea necesario.
+* Inspeccionar y evaluar la condición física de las instalaciones para determinar el tipo de trabajo requerido.
+* Recomendar mejoras que puedan mejorar el servicio y aumentar la eficiencia operativa.
+* Coordinar actividades con otros departamentos para asegurarse de que los servicios se proporcionen de manera eficiente y oportuna.
+* Seleccionar los materiales de limpieza más adecuados para diferentes tipos de ropa de cama, muebles, pisos y superficies.
+* Planificar y preparar horarios de trabajo de los empleados.
+* Establecer e implementar estándares y procedimientos operativos para los departamentos supervisados.
+* Supervisar los servicios internos como lavanderías, mantenimiento y reparación, limpieza en seco o servicios de valet.</t>
+  </si>
+  <si>
     <t>Image Stylist, Beauty Stylist</t>
+  </si>
+  <si>
+    <t>Estilista, maquillador</t>
   </si>
   <si>
     <t>* Providing advice on the choice of suitable clothing, footwear, accessories and cosmetics subject to the colour type of clients, their figure, age, status, occasion etc.
 * Determining the so-called colour types and colour shades associated with them that suit the client’s face.
 * Managing the wardrobe.
 * Accompanying clients while shopping for/buying clothing, footwear, accessories and cosmetics.
 * Applying daytime and evening make-up.</t>
+  </si>
+  <si>
+    <t>* Proporcionar asesoramiento sobre la elección de ropa, calzado, accesorios y cosméticos adecuados según el tipo de color del cliente, su figura, edad, estatus, ocasión, etc.
+* Determinar los llamados tipos de color y matices de color asociados que se adaptan al rostro del cliente.
+* Gestionar el armario.
+* Acompañar a los clientes mientras compran ropa, calzado, accesorios y cosméticos.
+* Aplicar maquillaje diurno y nocturno.</t>
   </si>
   <si>
     <t>* Getting familiar with the requirements and expectations of clients.
 * Implementing field reconnaissance, analysing the soil quality, climate type, nature of the terrain and other factors.
 * Completing preliminary architectural designs of gardens, parks, orchards and areas of a similar nature.
 * Designing landscaping and garden structures using specialised software.
 * Defining the preliminary costs for the project.
 * Consulting with clients and professionals in the field concerning the used plants and materials.
 * Implementing the author's supervision of the overall project implementation.
 * Providing advice on landscape architecture.</t>
   </si>
   <si>
+    <t>* Familiarizarse con los requisitos y expectativas de los clientes.
+* Realizar un reconocimiento de campo, analizando la calidad del suelo, el tipo de clima, la naturaleza del terreno y otros factores.
+* Completar diseños arquitectónicos preliminares de jardines, parques, huertas y áreas de naturaleza similar.
+* Diseñar estructuras de paisajismo y jardines utilizando software especializado.
+* Definir los costos preliminares del proyecto.
+* Consultar con clientes y profesionales del sector sobre las plantas y materiales utilizados.
+* Implementar la supervisión de autor del proyecto en su conjunto.
+* Brindar asesoramiento en arquitectura del paisaje.</t>
+  </si>
+  <si>
     <t>Maintenance Worker</t>
+  </si>
+  <si>
+    <t>Trabajador de mantenimiento</t>
   </si>
   <si>
     <t>* Repairing and replacing damaged parts of furniture, electrical equipment, wiring, and plumbing material (less demanding repairs).
 * Mounting and dismantling lights, switches, electrical outlets, burned out light bulbs and fluorescent lamps, faucets, handles, locks, etc.
 * Unblocking choked and clogged water pipes.
 * Changing cracked and sealing leaking or otherwise damaged water pipes, washbasins, toilets, shower baths, bathtubs, urinals, etc.
 * Changing fuses and switching on circuit breakers.
 * Laying linoleum, wood flooring, laminate flooring, and tiles.
 * Tightening loose screws and nuts.</t>
   </si>
   <si>
+    <t>* Reparar y reemplazar partes dañadas de muebles, equipos eléctricos, cableado y material de fontanería (reparaciones menos exigentes).
+* Montar y desmontar luces, interruptores, enchufes, bombillas fundidas y lámparas fluorescentes, grifos, asas, cerraduras, etc.
+* Desbloquear tuberías de agua atascadas y obstruidas.
+* Cambiar tuberías de agua agrietadas y sellar tuberías que tengan fugas o estén dañadas, lavabos, inodoros, duchas, bañeras, urinarios, etc.
+* Cambiar fusibles y activar interruptores automáticos.
+* Colocar linóleo, suelos de madera, suelos laminados y baldosas.
+* Apretar tornillos y tuercas sueltas.</t>
+  </si>
+  <si>
     <t>Pedicurist, Manicurist, Nail Technician</t>
+  </si>
+  <si>
+    <t>Pedicuro, manicuro y técnico de uñas</t>
   </si>
   <si>
     <t>* Cutting, filing, grinding and polishing nails.
 * Painting and decorating nails according to the client’s individual requirements.
 * Modelling French manicure, gel, porcelain and acrylic nails.
 * Massaging hands and feet.
 * Washing the feet, preparing baths and wraps.
 * Removing calluses, and treating the skin problems caused by natural factors.</t>
   </si>
   <si>
+    <t>* Cortar, limar, pulir y dar brillo a las uñas.
+* Pintar y decorar las uñas según las necesidades individuales del cliente.
+* Modelar uñas con manicura francesa, gel, porcelana y acrílico.
+* Masajear manos y pies.
+* Lavar los pies, preparar baños y envolturas.
+* Eliminar callosidades y tratar problemas cutáneos causados por factores naturales.</t>
+  </si>
+  <si>
     <t>Petrol Station Attendant</t>
+  </si>
+  <si>
+    <t>Asistente de gasolinera</t>
   </si>
   <si>
     <t>* Operating fuel dispensers at petrol stations, providing assistance with refuelling motor vehicles.
 * Operating an automated car wash.
 * Accounting for fuel, services and supplementary products by means of a cash register and payment terminal.
 * Receiving and replenishing goods on the shelves and secondary shop areas.
 * Responsibility for cash in hand, counting and turning over the daily receipts.
 * Adhering to strict safety and fire regulations and measures.</t>
   </si>
   <si>
+    <t>* Operar surtidores de combustible en estaciones de servicio, brindando asistencia para el reabastecimiento de vehículos.
+* Operar un lavado automático de vehículos.
+* Contabilizar el combustible, servicios y productos complementarios mediante caja registradora y terminal de pago.
+* Recibir y reponer productos en los estantes y áreas secundarias de la tienda.
+* Responsabilidad por el dinero en efectivo, contar y entregar los recibos diarios.
+* Cumplir con estrictas regulaciones y medidas de seguridad y prevención de incendios.</t>
+  </si>
+  <si>
     <t>Plumber</t>
+  </si>
+  <si>
+    <t>Fontanero</t>
   </si>
   <si>
     <t>* Preparing the work environment before work.
 * Reading technical documentation for obtaining information on installation design and the method of securing and connecting different devices.
 * Cutting and digging openings in walls and floors.
 * Adjusting pipes by cutting, bending, welding, and carving threads.
 * Mounting, dismantling, and servicing water supply, sewage, gas, and heating pipeline distribution systems and equipment.
 * Performing leak and pressure tests in accordance with the valid standards.</t>
   </si>
   <si>
+    <t>* Preparar el entorno de trabajo antes de iniciar las labores.
+* Leer documentación técnica para obtener información sobre el diseño de la instalación y el método de fijación y conexión de diferentes dispositivos.
+* Cortar y abrir orificios en paredes y suelos.
+* Ajustar tuberías cortando, doblado, soldando y tallando roscas.
+* Montar, desmontar y mantener sistemas y equipos de distribución de tuberías de suministro de agua, alcantarillado, gas y calefacción.
+* Realizar pruebas de fuga y presión de acuerdo con los estándares vigentes.</t>
+  </si>
+  <si>
     <t>Refuse Collector</t>
+  </si>
+  <si>
+    <t>Basurero</t>
   </si>
   <si>
     <t>* Driving and operating a special vehicle for collecting municipal waste.
 * Manipulating containers for collecting municipal waste and moving them to the vehicle.
 * Emptying rubbish bins into the vehicle.
 * Returning dustbins to their original place.
 * Emptying the contents of the vehicle at disposal sites.</t>
+  </si>
+  <si>
+    <t>* Conducir y operar un vehículo especial para recoger residuos municipales.
+* Manipular contenedores para recoger residuos municipales y trasladarlos al vehículo.
+* Vaciar los contenedores de basura en el vehículo.
+* Devolver los contenedores de basura a su lugar original.
+* Vaciar el contenido del vehículo en los lugares de eliminación.</t>
   </si>
   <si>
     <t>* Installing, maintaining, and repairing equipment and machinery in various industrial settings.
 * Diagnosing mechanical and electrical faults and implementing effective solutions.
 * Conducting routine inspections and preventive maintenance to ensure optimal performance.
 * Collaborating with engineering and production teams to improve equipment efficiency.
 * Providing technical support and training to operators and staff on equipment usage and safety procedures.
 * Keeping accurate records of maintenance activities and repairs performed.
 * Ensuring compliance with safety regulations and industry standards during all service operations.
 * Responding to emergency service calls and resolving issues in a timely manner.
 * Maintaining inventory of spare parts and tools necessary for service tasks.
 * Communicating effectively with clients to understand their needs and provide exceptional service.
 * Staying updated with the latest industry trends, technologies, and best practices.</t>
   </si>
   <si>
+    <t>* Instalación, mantenimiento y reparación de equipos y maquinaria en diversos entornos industriales.
+* Diagnóstico de fallas mecánicas y eléctricas e implementación de soluciones efectivas.
+* Realización de inspecciones rutinarias y mantenimiento preventivo para garantizar un rendimiento óptimo.
+* Colaboración con los equipos de ingeniería y producción para mejorar la eficiencia del equipo.
+* Proporcionar soporte técnico y capacitación a operadores y personal sobre el uso y procedimientos de seguridad de los equipos.
+* Mantener registros precisos de las actividades de mantenimiento y las reparaciones realizadas.
+* Asegurar el cumplimiento de las regulaciones de seguridad y los estándares industriales durante todas las operaciones de servicio.
+* Responder a llamadas de servicio de emergencia y resolver problemas de manera oportuna.
+* Mantener inventario de piezas de repuesto y herramientas necesarias para las tareas de servicio.
+* Comunicarse de manera efectiva con los clientes para comprender sus necesidades y brindar un servicio excepcional.
+* Mantenerse actualizado sobre las últimas tendencias, tecnologías y mejores prácticas de la industria.</t>
+  </si>
+  <si>
     <t>Stoker, Boiler Attendant</t>
+  </si>
+  <si>
+    <t>Calderero</t>
   </si>
   <si>
     <t>* Operating and maintaining boilers, ensuring they function efficiently and safely.
 * Monitoring boiler pressure, temperature, and water levels to maintain optimal performance.
 * Conducting routine inspections and performing necessary maintenance on boiler systems.
 * Responding to alarms and safety alerts, taking appropriate action to resolve issues.
 * Maintaining accurate records of boiler operations, maintenance activities, and safety checks.
 * Collaborating with engineering and maintenance teams to troubleshoot and repair boiler-related issues.
 * Ensuring compliance with safety regulations and industry standards in boiler operations.
 * Managing fuel supply and ensuring proper combustion for efficient energy production.
 * Assisting in the training of new staff on boiler operation and safety procedures.
 * Performing emergency shutdown procedures when necessary and ensuring safe operation at all times.</t>
   </si>
   <si>
+    <t>* Operar y mantener calderas, asegurando que funcionen de manera eficiente y segura.
+* Monitorear la presión, temperatura y niveles de agua de las calderas para mantener un rendimiento óptimo.
+* Realizar inspecciones rutinarias y realizar el mantenimiento necesario en los sistemas de calderas.
+* Responder a alarmas y alertas de seguridad, tomando las medidas adecuadas para resolver los problemas.
+* Mantener registros precisos de las operaciones de la caldera, las actividades de mantenimiento y las comprobaciones de seguridad.
+* Colaborar con los equipos de ingeniería y mantenimiento para solucionar y reparar problemas relacionados con las calderas.
+* Asegurar el cumplimiento de las regulaciones de seguridad y los estándares de la industria en las operaciones de calderas.
+* Gestionar el suministro de combustible y asegurar la combustión adecuada para una producción de energía eficiente.
+* Asistir en la capacitación del nuevo personal sobre los procedimientos de operación y seguridad de las calderas.
+* Realizar procedimientos de apagado de emergencia cuando sea necesario y asegurar una operación segura en todo momento.</t>
+  </si>
+  <si>
     <t>Technology, Development</t>
   </si>
   <si>
+    <t>Tecnologías y desarrollo</t>
+  </si>
+  <si>
     <t>Geographic Information Systems Engineer</t>
+  </si>
+  <si>
+    <t>Ingeniero de sistemas de información geográfica</t>
   </si>
   <si>
     <t>* Develop and maintain Geographic Information Systems (GIS) applications and tools to support spatial data analysis and visualization.
 * Collaborate with cross-functional teams to gather requirements and translate them into technical specifications for GIS projects.
 * Conduct spatial data collection, processing, and analysis to support decision-making processes in various sectors.
 * Ensure the accuracy and integrity of GIS data through regular audits and updates.
 * Create and maintain detailed documentation of GIS processes, methodologies, and data sources.
 * Provide technical support and training to end-users on GIS software and tools.
 * Stay updated on the latest GIS technologies and trends to enhance system capabilities and performance.
 * Assist in the development of GIS-based solutions for urban planning, environmental management, and resource allocation.
 * Participate in project planning and execution, ensuring timely delivery of GIS projects within budget constraints.
 * Communicate effectively with stakeholders to present findings and recommendations based on spatial analysis.</t>
   </si>
   <si>
+    <t>* Desarrollar y mantener aplicaciones y herramientas de Sistemas de Información Geográfica (SIG) para respaldar el análisis y visualización de datos espaciales.
+* Colaborar con equipos multifuncionales para recopilar requisitos y traducirlos en especificaciones técnicas para proyectos SIG.
+* Realizar la recopilación, procesamiento y análisis de datos espaciales para respaldar procesos de toma de decisiones en diversos sectores.
+* Asegurar la precisión y integridad de los datos SIG a través de auditorías y actualizaciones periódicas.
+* Crear y mantener documentación detallada de procesos SIG, metodologías y fuentes de datos.
+* Proporcionar soporte técnico y capacitación a usuarios finales sobre software y herramientas SIG.
+* Mantenerse actualizado sobre las últimas tecnologías y tendencias SIG para mejorar las capacidades y el rendimiento del sistema.
+* Ayudar en el desarrollo de soluciones basadas en SIG para la planificación urbana, la gestión ambiental y la asignación de recursos.
+* Participar en la planificación y ejecución de proyectos, asegurando la entrega oportuna de proyectos SIG dentro de los límites presupuestarios.
+* Comunicarse de manera efectiva con las partes interesadas para presentar hallazgos y recomendaciones basados en el análisis espacial.</t>
+  </si>
+  <si>
     <t>Head of Technical Department</t>
+  </si>
+  <si>
+    <t>Jefe de departamento técnico</t>
   </si>
   <si>
     <t>* Organizing production based on monthly and annual production plans submitted to company management.
 * Developing plans in alignment with the company's business strategy.
 * Ensuring the implementation of plans by overseeing specific production facilities or subordinate technical services, including quality control, development, maintenance, and occupational safety, by delegating tasks to individual team members.
 * Organizing the flow of production documentation and proposing, implementing, and monitoring compliance with organizational regulations.
 * Addressing ongoing technical issues to ensure the facility operates continuously, safely, and efficiently.
 * Leading and managing the technical department to foster innovation and improve operational processes.
 * Collaborating with other departments to align technical activities with overall business objectives.
 * Conducting performance evaluations and providing guidance to team members to enhance their skills and productivity.
 * Monitoring industry trends and advancements to inform strategic decision-making and maintain competitive advantage.
 * Ensuring compliance with safety regulations and quality standards in all technical operations.</t>
+  </si>
+  <si>
+    <t>* Organizar la producción basándose en los planes de producción mensuales y anuales presentados a la dirección de la empresa.
+* Desarrollar planes en consonancia con la estrategia empresarial de la compañía.
+* Asegurar la implementación de los planes supervisando instalaciones de producción específicas o servicios técnicos subordinados, incluyendo control de calidad, desarrollo, mantenimiento y seguridad laboral, delegando tareas a miembros individuales del equipo.
+* Organizar el flujo de documentación de producción y proponer, implementar y supervisar el cumplimiento de las normas organizacionales.
+* Abordar problemas técnicos en curso para asegurar que las instalaciones operen de forma continua, segura y eficiente.
+* Dirigir y gestionar el departamento técnico para fomentar la innovación y mejorar los procesos operativos.
+* Colaborar con otros departamentos para alinear las actividades técnicas con los objetivos comerciales generales.
+* Realizar evaluaciones de desempeño y brindar orientación a los miembros del equipo para mejorar sus habilidades y productividad.
+* Supervisar las tendencias y avances de la industria para informar la toma de decisiones estratégicas y mantener la ventaja competitiva.
+* Asegurar el cumplimiento de las normas de seguridad y los estándares de calidad en todas las operaciones técnicas.</t>
+  </si>
+  <si>
+    <t>* Responsabilidad por la implementación de nuevos productos en la empresa.
+* Elaboración de documentación de producción detallada y procedimientos de trabajo.
+* Actualización de la documentación de producción y procedimientos de trabajo en caso de un cambio en el proceso de producción.
+* Implementación de herramientas que aumenten la eficiencia del proceso de producción (por ejemplo, Six Sigma, Kaizen, Lean, poka-yoke, etc.).
+* Reducción de los costos de producción manteniendo el nivel de calidad requerido.
+* Resolución de los problemas y anomalías incurridos.
+* Participación en la selección y despliegue de equipos tecnológicos en las instalaciones de la empresa.
+* Estimación de los requisitos relacionados con el personal, tiempo de producción y costos.
+* Comunicación con otros departamentos de la empresa.</t>
   </si>
   <si>
     <t>* Overseeing the technical team and ensuring efficient project execution.
 * Developing and implementing technical strategies to enhance productivity and quality.
 * Collaborating with cross-functional teams to align technical objectives with business goals.
 * Managing project timelines, budgets, and resources to ensure successful delivery.
 * Conducting regular performance reviews and providing mentorship to team members.
 * Identifying and mitigating technical risks throughout project lifecycles.
 * Staying updated on industry trends and emerging technologies to drive innovation.
 * Facilitating communication between technical staff and other departments.
 * Preparing and presenting technical reports and project updates to stakeholders.
 * Ensuring compliance with industry standards and regulatory requirements.
 * Leading troubleshooting efforts and resolving technical issues as they arise.
 * Supporting the recruitment and training of new technical staff.
 * Promoting a culture of continuous improvement and professional development within the team.</t>
   </si>
   <si>
+    <t>* Supervisar el equipo técnico y garantizar la ejecución eficiente de proyectos.
+* Desarrollar e implementar estrategias técnicas para mejorar la productividad y la calidad.
+* Colaborar con equipos multifuncionales para alinear objetivos técnicos con metas comerciales.
+* Administrar cronogramas, presupuestos y recursos de proyectos para asegurar entregas exitosas.
+* Realizar revisiones periódicas de desempeño y brindar mentoría a los miembros del equipo.
+* Identificar y mitigar riesgos técnicos a lo largo del ciclo de vida de los proyectos.
+* Mantenerse actualizado sobre tendencias de la industria y tecnologías emergentes para impulsar la innovación.
+* Facilitar la comunicación entre el personal técnico y otros departamentos.
+* Preparar y presentar informes técnicos y actualizaciones de proyectos a los interesados.
+* Asegurar el cumplimiento de los estándares de la industria y los requisitos regulatorios.
+* Liderar los esfuerzos de resolución de problemas y resolver cuestiones técnicas a medida que surgen.
+* Apoyar la contratación y capacitación de nuevo personal técnico.
+* Promover una cultura de mejora continua y desarrollo profesional dentro del equipo.</t>
+  </si>
+  <si>
     <t>Technical Staff</t>
+  </si>
+  <si>
+    <t>Personal técnico</t>
   </si>
   <si>
     <t>* Assisting in the development and implementation of technical solutions to meet organizational needs.
 * Conducting research and analysis to identify trends and advancements in technology relevant to the company.
 * Collaborating with cross-functional teams to design, test, and refine technical products and services.
 * Providing technical support and troubleshooting assistance to staff and clients.
 * Maintaining and updating technical documentation, including user manuals and system specifications.
 * Participating in project planning and execution, ensuring adherence to timelines and budgets.
 * Monitoring system performance and implementing improvements as necessary.
 * Training staff on new technologies and systems to enhance operational efficiency.
 * Ensuring compliance with industry standards and regulations in all technical processes.
 * Contributing to continuous improvement initiatives by providing insights and recommendations based on technical expertise.</t>
   </si>
   <si>
+    <t>* Asistir en el desarrollo y la implementación de soluciones técnicas para satisfacer las necesidades organizativas.
+* Realizar investigaciones y análisis para identificar tendencias y avances en tecnología relevantes para la empresa.
+* Colaborar con equipos multifuncionales para diseñar, probar y refinar productos y servicios técnicos.
+* Proporcionar asistencia técnica y soporte de resolución de problemas al personal y a los clientes.
+* Mantener y actualizar la documentación técnica, incluidos manuales de usuario y especificaciones del sistema.
+* Participar en la planificación y ejecución de proyectos, asegurando el cumplimiento de los plazos y presupuestos.
+* Monitorear el rendimiento del sistema e implementar mejoras según sea necesario.
+* Capacitar al personal en nuevas tecnologías y sistemas para mejorar la eficiencia operativa.
+* Asegurar el cumplimiento de los estándares y regulaciones de la industria en todos los procesos técnicos.
+* Contribuir a las iniciativas de mejora continua proporcionando perspectivas y recomendaciones basadas en la experiencia técnica.</t>
+  </si>
+  <si>
     <t>Telecommunications</t>
   </si>
   <si>
+    <t>Telecomunicaciones</t>
+  </si>
+  <si>
     <t>Data Station Testing Specialist</t>
+  </si>
+  <si>
+    <t>Especialista en pruebas de estaciones de datos</t>
   </si>
   <si>
     <t>* Analyzing and complex testing of products with focus on DSL, Active Ethernet, GPON, VoIP and routre technologies.
 * Cooperating on projects.
 * Preparing and coordinating of technical designs for pilot operation of new technologies, product innovations and company solutions.
 * Processing technical specifications for acquiring and innovation of products.</t>
+  </si>
+  <si>
+    <t>* Análisis y prueba compleja de productos con enfoque en tecnologías DSL, Ethernet Activo, GPON, VoIP y enrutadores.
+* Colaboración en proyectos.
+* Preparación y coordinación de diseños técnicos para la operación piloto de nuevas tecnologías, innovaciones de productos y soluciones de la empresa.
+* Elaboración de especificaciones técnicas para la adquisición e innovación de productos.</t>
   </si>
   <si>
     <t>* Assembling and fitting telecommunications equipment and systems according to specifications and technical drawings.
 * Installing and connecting wiring, cables, and components to ensure proper functionality of systems.
 * Conducting quality checks and testing of assembled products to ensure compliance with industry standards.
 * Troubleshooting and resolving issues related to equipment installation and performance.
 * Collaborating with team members and engineers to optimize assembly processes and improve efficiency.
 * Maintaining a clean and organized work environment to ensure safety and productivity.
 * Documenting assembly processes and maintaining accurate records of materials and components used.
 * Adhering to safety protocols and guidelines while working with tools and equipment.
 * Participating in training and development programs to enhance skills and knowledge in telecommunications technologies.
 * Providing support during system upgrades and maintenance activities as required.</t>
   </si>
   <si>
+    <t>* Montar y ajustar equipos y sistemas de telecomunicaciones según especificaciones y planos técnicos.
+* Instalar y conectar cableado, cables y componentes para garantizar el funcionamiento adecuado de los sistemas.
+* Realizar controles de calidad y pruebas de los productos ensamblados para asegurar el cumplimiento de los estándares de la industria.
+* Solucionar problemas y resolver cuestiones relacionadas con la instalación y el rendimiento del equipo.
+* Colaborar con miembros del equipo e ingenieros para optimizar los procesos de ensamblaje y mejorar la eficiencia.
+* Mantener un entorno de trabajo limpio y organizado para garantizar la seguridad y la productividad.
+* Documentar los procesos de ensamblaje y mantener registros precisos de materiales y componentes utilizados.
+* Cumplir con los protocolos y directrices de seguridad al trabajar con herramientas y equipos.
+* Participar en programas de capacitación y desarrollo para mejorar habilidades y conocimientos en tecnologías de telecomunicaciones.
+* Proporcionar apoyo durante las actividades de actualización y mantenimiento de sistemas según sea necesario.</t>
+  </si>
+  <si>
     <t>ICT Specialist</t>
   </si>
   <si>
     <t>* Installing, configuring and launching components (HW and SW) ICT solutions and services, including pilot operation.
 * Removing defects of 2nd level, including supporting executive components (NW and IT) at localization and removing of defects.
 * Executing system configurations ICT solutions and services.
 * Managing safety elements ICT solutions and services.
 * Communicating with technical support of suppliers, customers and getting involved in acceptation tests.
 * Getting involved in developing ICT services and solutions at putting them in operation.</t>
   </si>
   <si>
+    <t>* Instalar, configurar y lanzar componentes (HW y SW) de soluciones y servicios de TIC, incluida la operación piloto.
+* Eliminar defectos de segundo nivel, incluyendo el apoyo a componentes ejecutivos (NW y TI) en la localización y eliminación de defectos.
+* Ejecutar configuraciones del sistema de soluciones y servicios de TIC.
+* Gestionar elementos de seguridad de soluciones y servicios de TIC.
+* Comunicarse con el soporte técnico de proveedores, clientes y participar en pruebas de aceptación.
+* Participar en el desarrollo de servicios y soluciones de TIC al ponerlos en funcionamiento.</t>
+  </si>
+  <si>
     <t>Mobile Network Development Specialist</t>
+  </si>
+  <si>
+    <t>Especialista en desarrollo de redes móviles</t>
   </si>
   <si>
     <t>* Develop and optimize mobile network infrastructure to enhance performance and coverage.
 * Collaborate with cross-functional teams to design and implement network solutions that meet business requirements.
 * Conduct site surveys and assessments to identify opportunities for network expansion and improvement.
 * Analyze network performance data and generate reports to inform strategic decisions.
 * Ensure compliance with industry standards and regulations in all network development activities.
 * Coordinate with vendors and service providers to procure necessary equipment and services.
 * Troubleshoot and resolve network issues in a timely manner to minimize downtime.
 * Participate in the planning and execution of network deployment projects, ensuring timely delivery.
 * Stay updated on emerging technologies and trends in mobile telecommunications to drive innovation.
 * Provide technical support and guidance to internal teams and stakeholders regarding mobile network capabilities and enhancements.</t>
   </si>
   <si>
+    <t>* Desarrollar y optimizar la infraestructura de la red móvil para mejorar el rendimiento y la cobertura.
+* Colaborar con equipos multifuncionales para diseñar e implementar soluciones de red que cumplan con los requisitos comerciales.
+* Realizar encuestas y evaluaciones de sitios para identificar oportunidades de expansión y mejora de la red.
+* Analizar datos de rendimiento de la red y generar informes para informar decisiones estratégicas.
+* Asegurar el cumplimiento de los estándares y regulaciones de la industria en todas las actividades de desarrollo de la red.
+* Coordinar con proveedores y prestadores de servicios para adquirir el equipo y los servicios necesarios.
+* Solucionar y resolver problemas de la red de manera oportuna para minimizar el tiempo de inactividad.
+* Participar en la planificación y ejecución de proyectos de implementación de la red, garantizando la entrega a tiempo.
+* Mantenerse actualizado sobre las tecnologías emergentes y las tendencias en telecomunicaciones móviles para impulsar la innovación.
+* Proporcionar apoyo y orientación técnica a los equipos y partes interesadas internos sobre las funcionalidades y mejoras de la red móvil.</t>
+  </si>
+  <si>
     <t>Network and Service Operation Specialist</t>
+  </si>
+  <si>
+    <t>Especialista en redes y servicios</t>
   </si>
   <si>
     <t>* Solving and removing complex defects.
 * Coordinating and checking the performance of direction politics in the area of networks and services.
 * Providing consultations during migration and implementation of new technologies, networks, services and products.
 * Coordinating the removing of safety incidents and disturbance of the network integrity and services from the customers' side.
 * Developing expert analysis and reports.
 * Assessing and creating reviews of training materials connected with training of workers during implementation of new products.</t>
   </si>
   <si>
+    <t>* Resolver y eliminar defectos complejos.
+* Coordinar y verificar el rendimiento de las políticas de dirección en el área de redes y servicios.
+* Proporcionar consultas durante la migración e implementación de nuevas tecnologías, redes, servicios y productos.
+* Coordinar la eliminación de incidentes de seguridad y perturbaciones de la integridad de la red y los servicios desde el lado del cliente.
+* Desarrollar análisis y informes especializados.
+* Evaluar y crear revisiones de los materiales de capacitación relacionados con la capacitación de los trabajadores durante la implementación de nuevos productos.</t>
+  </si>
+  <si>
     <t>Network Modelling Specialist</t>
+  </si>
+  <si>
+    <t>Especialista en modelización de redes</t>
   </si>
   <si>
     <t>* Creating net models, investment and operation models including economical aspects of key net projects.
 * Getting involved in the investment strategic modelling of the net.
 * Analyzing and visualization of the coverage through net services for the needs of the net planning.
 * Drafting the attracting net fields for the coverage of broadband services.
 * Modelling of the net operation while making prognosis of operation flows and adjusting dimensions of the net.
 * Assessing alternatives for technological solutions.
 * Getting involved in optimization of the net architecture (access nets, backbone nets and platforms of services and applications).
 * Creating databases and managing the planning map-geographical system.</t>
   </si>
   <si>
+    <t>* Creación de modelos de red, modelos de inversión y operación, incluyendo aspectos económicos de proyectos clave de red.
+* Participar en el modelado estratégico de inversión de la red.
+* Análisis y visualización de la cobertura a través de servicios de red para las necesidades de planificación de la red.
+* Elaboración de los campos de red atractivos para la cobertura de servicios de banda ancha.
+* Modelado de la operación de la red mientras se realizan pronósticos de flujos de operación y se ajustan las dimensiones de la red.
+* Evaluación de alternativas para soluciones tecnológicas.
+* Participar en la optimización de la arquitectura de la red (redes de acceso, redes troncales y plataformas de servicios y aplicaciones).
+* Creación de bases de datos y gestión del sistema de planificación geográfica de mapas.</t>
+  </si>
+  <si>
     <t>Network Strategy Specialist</t>
+  </si>
+  <si>
+    <t>Especialista en estrategia de redes</t>
   </si>
   <si>
     <t>* Coordinating implementation of the regulation frame at the technical development of net infrastructure.
 * Planning optimization of net architecture.
 * Preparing the net strategy.
 * Processing measures of technical regulation in the net.
 * Defining net models and applications from the point of view of net strategy.
 * Selecting technological platforms including net managements and migration technologies.</t>
   </si>
   <si>
+    <t>* Coordinar la implementación del marco regulatorio en el desarrollo técnico de la infraestructura de red.
+* Planificar la optimización de la arquitectura de red.
+* Preparar la estrategia de red.
+* Procesar medidas de regulación técnica en la red.
+* Definir modelos y aplicaciones de red desde el punto de vista de la estrategia de red.
+* Seleccionar plataformas tecnológicas, incluyendo gestión de redes y tecnologías de migración.</t>
+  </si>
+  <si>
     <t>OSS/BSS Specialist</t>
+  </si>
+  <si>
+    <t>Experto en OSS/BSS</t>
   </si>
   <si>
     <t>* Securing designs and realizations of solutions for the OSS/BSS department in the area of inventory and performance management.
 * Taking responsibility for collecting events in the category fault/event management.
 * Providing software support on the basis of internal requests.
 * Creating and updating of the service catalogue.
 * Preparing of technical documentation.
 * Getting involved in projects in the OSS area.</t>
   </si>
   <si>
+    <t>* Asegurar diseños y realizaciones de soluciones para el departamento de OSS/BSS en el área de gestión de inventario y rendimiento.
+* Asumir la responsabilidad de recopilar eventos en la categoría de gestión de fallas/eventos.
+* Proporcionar soporte de software sobre la base de solicitudes internas.
+* Crear y actualizar el catálogo de servicios.
+* Preparar documentación técnica.
+* Participar en proyectos en el área de OSS.</t>
+  </si>
+  <si>
     <t>Postal Delivery Worker</t>
+  </si>
+  <si>
+    <t>Trabajador de reparto postal</t>
   </si>
   <si>
     <t>* Delivering mail and packages to residential and business addresses in a timely manner.
 * Sorting and organizing mail to ensure efficient delivery routes.
 * Collecting outgoing mail and packages from designated drop-off points.
 * Maintaining accurate records of deliveries and pickups, including signatures when required.
 * Providing excellent customer service by addressing inquiries and resolving issues related to mail delivery.
 * Adhering to safety and security protocols while handling mail and packages.
 * Operating a delivery vehicle in accordance with traffic laws and regulations.
 * Reporting any delivery problems or discrepancies to the appropriate supervisor.
 * Ensuring the proper handling of fragile and sensitive items during transport.
 * Participating in training sessions to stay updated on postal regulations and delivery procedures.
 * Collaborating with team members to optimize delivery efficiency and service quality.
 * Maintaining a professional appearance and demeanor while representing the postal service in the community.</t>
   </si>
   <si>
+    <t>* Entregar correo y paquetes a direcciones residenciales y comerciales de manera oportuna.
+* Clasificar y organizar el correo para garantizar rutas de entrega eficientes.
+* Recoger el correo y paquetes salientes en puntos de entrega designados.
+* Mantener registros precisos de entregas y recogidas, incluyendo firmas cuando sea necesario.
+* Proporcionar un excelente servicio al cliente respondiendo a consultas y resolviendo problemas relacionados con la entrega de correo.
+* Cumplir con los protocolos de seguridad y seguridad al manipular el correo y paquetes.
+* Operar un vehículo de entrega de acuerdo con las leyes y regulaciones de tráfico.
+* Informar cualquier problema o discrepancia de entrega al supervisor correspondiente.
+* Asegurar el manejo adecuado de artículos frágiles y sensibles durante el transporte.
+* Participar en sesiones de capacitación para mantenerse actualizado sobre regulaciones postales y procedimientos de entrega.
+* Colaborar con los miembros del equipo para optimizar la eficiencia de entrega y la calidad del servicio.
+* Mantener una apariencia y comportamiento profesional mientras se representa el servicio postal en la comunidad.</t>
+  </si>
+  <si>
     <t>Radio Network Optimization Specialist</t>
+  </si>
+  <si>
+    <t>Especialista en optimización de redes de radio</t>
   </si>
   <si>
     <t>* Taking responsibility for for correct setting of the parameters of the base stations.
 * Assessing reports of the radio part of the network.
 * Identifying and analysing arising problems.
 * Suggesting effective solutions to problems.
 * Take check up field measurements.
 * Capacity dimensioning of the radio part of the network.</t>
   </si>
   <si>
+    <t>* Asumir la responsabilidad de configurar correctamente los parámetros de las estaciones base.
+* Evaluar los informes de la parte de radio de la red.
+* Identificar y analizar los problemas que surjan.
+* Proponer soluciones efectivas a los problemas.
+* Realizar mediciones de campo de verificación.
+* Dimensionar la capacidad de la parte de radio de la red.</t>
+  </si>
+  <si>
     <t>Radio Network Planning Specialist</t>
+  </si>
+  <si>
+    <t>Especialista en planificación de redes de radiocomunicación</t>
   </si>
   <si>
     <t>* Planning of radio networks GSM, UMTS and F-OFDM for a certain region.
 * Designing of a nominal radio plan including frequency and capacity analysis.
 * Developing specifications for acquisition and technical specifications for planting new base stations, their reconfiguration and development.
 * Designing aerial systems and their parameters.
 * Assigning, assessing and analysing specific measurements of the radio network.
 * Updating databases.
 * Dealing with customers' complaints.</t>
   </si>
   <si>
+    <t>* Planificación de redes de radio GSM, UMTS y F-OFDM para una región determinada.
+* Diseño de un plan de radio nominal que incluye análisis de frecuencia y capacidad.
+* Elaboración de especificaciones para la adquisición y especificaciones técnicas para la implantación de nuevas estaciones base, su reconfiguración y desarrollo.
+* Diseño de sistemas aéreos y sus parámetros.
+* Asignación, evaluación y análisis de mediciones específicas de la red de radio.
+* Actualización de bases de datos.
+* Atención a las quejas de los clientes.</t>
+  </si>
+  <si>
     <t>Roaming Specialist</t>
+  </si>
+  <si>
+    <t>Especialista en itinerancia</t>
   </si>
   <si>
     <t>* Preparing plans and coordinating roaming coverage.
 * Administration of the roaming database and documentation.
 * Coordinating exchanges and use of testing SIM cards.</t>
   </si>
   <si>
+    <t>* Preparación de planes y coordinación de la cobertura de roaming.
+* Administración de la base de datos de roaming y documentación.
+* Coordinación de intercambios y utilización de tarjetas SIM de prueba.</t>
+  </si>
+  <si>
     <t>Switching Network Development Specialist</t>
+  </si>
+  <si>
+    <t>Especialista en desarrollo de redes de conmutación</t>
   </si>
   <si>
     <t>* Planning hardware and software.
 * Implementation and optimization of connection systems, their mutual interconnection, interconnection with other nets and net elements.
 * Preparing, testing and implementation of technical system data, software functions and hardware connection systems.
 * Preparing the testing procedures for verification of functionality of hardware and software for the connection systems.
 * Processing of the statistics data of the connection systems.
 * Cooperating with suppliers in the area of adjusting dimensions of connection systems, their development, including also the development in the area of their software functions.
 * Preparing regular reports concerning productivity and utility of singular connection systems.
 * Cooperating on implementation of the roaming partners.</t>
+  </si>
+  <si>
+    <t>* Planificación de hardware y software.
+* Implementación y optimización de sistemas de conexión, su interconexión mutua, interconexión con otras redes y elementos de red.
+* Preparación, prueba e implementación de datos de sistemas técnicos, funciones de software y sistemas de conexión de hardware.
+* Preparación de procedimientos de prueba para la verificación de la funcionalidad de hardware y software para los sistemas de conexión.
+* Procesamiento de datos estadísticos de los sistemas de conexión.
+* Colaboración con proveedores en el área de ajuste de dimensiones de sistemas de conexión, su desarrollo, incluido también el desarrollo en el área de sus funciones de software.
+* Preparación de informes periódicos sobre productividad y utilidad de sistemas de conexión individuales.
+* Colaboración en la implementación de socios de roaming.</t>
   </si>
   <si>
     <t>* Providing technical support and troubleshooting for telecommunications equipment and systems.
 * Installing, configuring, and maintaining telecommunications hardware and software.
 * Monitoring network performance and ensuring optimal operation of telecommunications infrastructure.
 * Conducting regular inspections and preventative maintenance of telecommunications systems.
 * Collaborating with engineering teams to design and implement new telecommunications solutions.
 * Assisting in the development and documentation of technical procedures and user manuals.
 * Responding to customer inquiries and resolving issues related to telecommunications services.
 * Ensuring compliance with industry standards and regulations in telecommunications practices.
 * Training and educating staff on the use of telecommunications equipment and software.
 * Keeping abreast of technological advancements in the telecommunications field to enhance service delivery.</t>
   </si>
   <si>
+    <t>* Proporcionar soporte técnico y solución de problemas para equipos y sistemas de telecomunicaciones.
+* Instalar, configurar y mantener hardware y software de telecomunicaciones.
+* Monitorear el rendimiento de la red y asegurar el funcionamiento óptimo de la infraestructura de telecomunicaciones.
+* Realizar inspecciones regulares y mantenimiento preventivo de sistemas de telecomunicaciones.
+* Colaborar con equipos de ingeniería para diseñar e implementar nuevas soluciones de telecomunicaciones.
+* Ayudar en el desarrollo y documentación de procedimientos técnicos y manuales de usuario.
+* Responder a consultas de clientes y resolver problemas relacionados con los servicios de telecomunicaciones.
+* Garantizar el cumplimiento de estándares y regulaciones de la industria en prácticas de telecomunicaciones.
+* Capacitar y educar al personal en el uso de equipos y software de telecomunicaciones.
+* Mantenerse actualizado sobre los avances tecnológicos en el campo de las telecomunicaciones para mejorar la entrega de servicios.</t>
+  </si>
+  <si>
     <t>* Carrying out measurements of the access networks.
 * Setting up and moving telecommunication services.
 * Installing and configuring the terminals.
 * Installing and configuring the communication software.
 * Removing the incurred malfunctions.</t>
   </si>
   <si>
+    <t>* Realizar mediciones de las redes de acceso.
+* Configurar y trasladar servicios de telecomunicaciones.
+* Instalar y configurar los terminales.
+* Instalar y configurar el software de comunicación.
+* Eliminar las averías incurridas.</t>
+  </si>
+  <si>
     <t>Telecommunication Specialist</t>
+  </si>
+  <si>
+    <t>Especialista en telecomunicaciones</t>
   </si>
   <si>
     <t>* Designing, implementing, and maintaining telecommunication systems and networks.
 * Analyzing system performance and identifying areas for improvement.
 * Collaborating with engineering teams to develop innovative communication solutions.
 * Conducting site surveys and feasibility studies for new installations.
 * Ensuring compliance with industry standards and regulations related to telecommunications.
 * Providing technical support and troubleshooting for telecommunication equipment and services.
 * Managing projects related to telecommunication infrastructure upgrades and expansions.
 * Developing and maintaining documentation for systems, processes, and procedures.
 * Training staff and end-users on new telecommunication technologies and systems.
 * Coordinating with vendors and service providers to ensure quality service delivery.
 * Evaluating emerging technologies and recommending upgrades to existing systems.
 * Monitoring network traffic and performance to ensure optimal operation.
 * Preparing reports and presentations on telecommunication projects and performance metrics.
 * Participating in cross-functional teams to support organizational goals and initiatives.
 * Staying updated on industry trends and advancements in telecommunications technology.</t>
   </si>
   <si>
+    <t>* Diseñar, implementar y mantener sistemas y redes de telecomunicaciones.
+* Analizar el rendimiento del sistema e identificar áreas de mejora.
+* Colaborar con equipos de ingeniería para desarrollar soluciones de comunicación innovadoras.
+* Realizar estudios de viabilidad y encuestas de sitios para nuevas instalaciones.
+* Asegurar el cumplimiento de las normas y regulaciones de la industria relacionadas con las telecomunicaciones.
+* Proporcionar soporte técnico y resolver problemas con el equipo y los servicios de telecomunicaciones.
+* Gestionar proyectos relacionados con actualizaciones y expansiones de infraestructura de telecomunicaciones.
+* Desarrollar y mantener documentación para sistemas, procesos y procedimientos.
+* Capacitar al personal y a los usuarios finales sobre nuevas tecnologías y sistemas de telecomunicaciones.
+* Coordinar con proveedores y proveedores de servicios para asegurar la entrega de servicios de alta calidad.
+* Evaluar tecnologías emergentes y recomendar actualizaciones para los sistemas existentes.
+* Monitorear el tráfico y el rendimiento de la red para asegurar la operación óptima.
+* Preparar informes y presentaciones sobre proyectos y métricas de desempeño de telecomunicaciones.
+* Participar en equipos multifuncionales para apoyar los objetivos y las iniciativas organizacionales.
+* Mantenerse actualizado sobre las tendencias y avances de la industria en la tecnología de telecomunicaciones.</t>
+  </si>
+  <si>
     <t>Telecommunications Network Designer</t>
+  </si>
+  <si>
+    <t>Diseñador de redes de telecomunicaciones</t>
   </si>
   <si>
     <t>* Designing and developing nets, applications, platforms and customer solutions.
 * Analyzing information about new trends in the area of architecture and design.
 * Designing and implementing new technologies and systems.
 * Testing technologies, systems and services.
 * Assessing the success of technologies after their implementation.
 * Creating documentation.</t>
   </si>
   <si>
+    <t>* Diseñar y desarrollar redes, aplicaciones, plataformas y soluciones para clientes.
+* Analizar información sobre nuevas tendencias en el área de arquitectura y diseño.
+* Diseñar e implementar nuevas tecnologías y sistemas.
+* Probar tecnologías, sistemas y servicios.
+* Evaluar el éxito de las tecnologías después de su implementación.
+* Crear documentación.</t>
+  </si>
+  <si>
     <t>Telecommunications Product Development Specialist</t>
+  </si>
+  <si>
+    <t>Especialista en desarrollo de productos de telecomunicaciones</t>
   </si>
   <si>
     <t>* Analyzing requests of product managers.
 * Creating technical product specifications and feasibility studies.
 * Defining requests for changes in existing technologies.
 * Analyzing and assessing offered solutions from suppliers.
 * Taking responsibility for purchase of new technologies.
 * Creating entries for project plans.
 * Designing and developing products and innovations.
 * Defining, making and assessing tests of new user products.
 * Consulting with product managers in the area of telecommunication technologies and existing infrastructure and applications.
 * Getting involved in pilot operation of new products.</t>
   </si>
   <si>
+    <t>* Analizar solicitudes de los gerentes de producto.
+* Crear especificaciones técnicas de producto y estudios de viabilidad.
+* Definir solicitudes de cambios en tecnologías existentes.
+* Analizar y evaluar soluciones ofrecidas por proveedores.
+* Asumir la responsabilidad de la compra de nuevas tecnologías.
+* Crear entradas para planes de proyectos.
+* Diseñar y desarrollar productos e innovaciones.
+* Definir, realizar y evaluar pruebas de nuevos productos de usuario.
+* Asesorar a los gerentes de producto en el área de tecnologías de telecomunicación y la infraestructura y aplicaciones existentes.
+* Participar en la operación piloto de nuevos productos.</t>
+  </si>
+  <si>
     <t>Telecommunications Service Development Specialist</t>
+  </si>
+  <si>
+    <t>Especialista en desarrollo de servicios de telecomunicaciones</t>
   </si>
   <si>
     <t>* Improving and redesigning of voice and non voice services.
 * Managing, dimensioning and configuring services and their platforms.
 * Optimization and modelling of the network infrastructure and applications.
 * Adjusting business logic and interface for voice and non voice services and their platforms.
 * Following the life cycle of services and platforms.
 * Analyzing productivity of systems, their dimensioning and planning their capacity.
 * Getting involved in developing testing plans and procedures.
 * Getting involved in projects and selection processes for new technologies.</t>
   </si>
   <si>
+    <t>* Mejora y rediseño de servicios de voz y no voz.
+* Gestión, dimensionamiento y configuración de servicios y sus plataformas.
+* Optimización y modelado de la infraestructura y aplicaciones de la red.
+* Ajuste de la lógica de negocio y la interfaz para los servicios de voz y no voz y sus plataformas.
+* Seguimiento del ciclo de vida de servicios y plataformas.
+* Análisis de la productividad de los sistemas, su dimensionamiento y planificación de capacidad.
+* Participación en el desarrollo de planes y procedimientos de pruebas.
+* Participación en proyectos y procesos de selección de nuevas tecnologías.</t>
+  </si>
+  <si>
     <t>Transmission Netw. Analysis&amp;Development Specialist</t>
+  </si>
+  <si>
+    <t>Experto en análisis y desarrollo de redes de transmisión</t>
   </si>
   <si>
     <t>* Planning and drafting designs of the transmission network.
 * Analyzing operation problems of the transmission network and coordinating solutions for their removing.
 * Configuring services and technologies of the transmission network.
 * Updating and keeping of the information database of the transmission network.</t>
   </si>
   <si>
+    <t>* Planificar y redactar diseños de la red de transmisión.
+* Analizar problemas de funcionamiento de la red de transmisión y coordinar soluciones para su eliminación.
+* Configurar servicios y tecnologías de la red de transmisión.
+* Actualizar y mantener la base de datos de información de la red de transmisión.</t>
+  </si>
+  <si>
     <t>Textile, Leather, Apparel Industry</t>
   </si>
   <si>
+    <t>Industria textil, del cuero y de la confección</t>
+  </si>
+  <si>
     <t>Clothing/textile technologist</t>
+  </si>
+  <si>
+    <t>Tecnólogo textil/indumentaria</t>
   </si>
   <si>
     <t>* Organizing various stages of the technological process in the production of cotton, wool, synthetic, blended, and other yarns.
 * Participating in the production of thread, the creation of non-woven textiles, preparation for texturing (weaving), and knitting, as well as the production of all types of fabrics and knits.
 * Preparing yarn samples for the development of color palettes.
 * Preparing fabric samples for catalogs and aesthetically arranging them.
 * Determining technical specifications for weaving samples.
 * Assisting in the development of production plans and organizing and supervising the work of groups of workers.
 * Conducting quality control assessments to ensure compliance with industry standards.
 * Collaborating with designers and product developers to ensure technical feasibility of designs.
 * Researching and implementing new textile technologies and innovations to enhance production efficiency.
 * Maintaining accurate records of production processes, materials used, and quality assessments.</t>
   </si>
   <si>
+    <t>* Organización de las diversas etapas del proceso tecnológico en la producción de hilos de algodón, lana, sintéticos, mezclados y otros.
+* Participación en la producción de hilo, creación de textiles no tejidos, preparación para texturizar (tejido), y punto, así como en la producción de todos los tipos de telas y prendas de punto.
+* Preparación de muestras de hilo para el desarrollo de paletas de colores.
+* Preparación de muestras de tela para catálogos y arreglo estético de las mismas.
+* Determinación de las especificaciones técnicas para las muestras de tejido.
+* Asistencia en la elaboración de planes de producción y organización y supervisión del trabajo de grupos de trabajadores.
+* Realización de evaluaciones de control de calidad para garantizar el cumplimiento de los estándares de la industria.
+* Colaboración con diseñadores y desarrolladores de productos para asegurar la factibilidad técnica de los diseños.
+* Investigación e implementación de nuevas tecnologías textiles e innovaciones para mejorar la eficiencia de la producción.
+* Mantenimiento de registros precisos de los procesos de producción, materiales utilizados y evaluaciones de calidad.</t>
+  </si>
+  <si>
     <t>Cobbler</t>
+  </si>
+  <si>
+    <t>Zapatero</t>
   </si>
   <si>
     <t>* Making walking, sports, social, home, work, medical, and other footwear.
 * Receiving damaged and worn shoes from customers.
 * Operating shoemaking machinery and equipment.
 * Sawing inner and outer parts of shoes together.
 * Gluing loose soles.
 * Removing and replacing broken or damaged heels.
 * Handing over adjusted and repaired shoes.
 * Ordering missing shoemaking material.
 * Selling complementary footwear products.</t>
   </si>
   <si>
+    <t>* Fabricar calzado para caminar, deportes, sociales, hogar, trabajo, médicos y otros.
+* Recibir calzado dañado y desgastado de los clientes.
+* Operar maquinaria y equipo de confección de calzado.
+* Serrar las partes internas y externas de los zapatos juntas.
+* Pegar suelas sueltas.
+* Retirar y reemplazar talones rotos o dañados.
+* Entregar calzado ajustado y reparado.
+* Solicitar material de confección de calzado faltante.
+* Vender productos complementarios de calzado.</t>
+  </si>
+  <si>
     <t>Fabric Cutter</t>
+  </si>
+  <si>
+    <t>Cortador de telas</t>
   </si>
   <si>
     <t>* Taking customer measurements using a tape measure (for sewing garments on request). 
 * Taking notes on distinctive figure imperfections (e.g. bulging belly, butt, curvy legs etc.).
 * Providing advice on the selection of a suitable fabric, cut etc.
 * Tracing designs on textiles, leather, imitation leather etc. by use of tailor’s chalk.
 * Cutting out individual garments from the fabrics and other materials.
 * Handing over the cut garments to tailors for sewing.
 * Marking the clothes’ alterations with pins during testing.
 * Handing over the marked clothes to tailors for finishing.</t>
   </si>
   <si>
+    <t>* Tomar las medidas de los clientes con una cinta métrica (para confeccionar prendas a petición).
+* Tomar nota de las imperfecciones características de la figura (por ejemplo, barriga prominente, caderas anchas, piernas curvas, etc.).
+* Brindar asesoramiento sobre la selección de un tejido adecuado, corte, etc.
+* Dibujar diseños en textiles, cuero, imitación de cuero, etc., utilizando tiza de sastre.
+* Cortar prendas individuales de los tejidos y otros materiales.
+* Entregar las prendas cortadas a los sastres para que las cosan.
+* Marcar las alteraciones de la ropa con alfileres durante la prueba.
+* Entregar la ropa marcada a los sastres para que la terminen.</t>
+  </si>
+  <si>
     <t>Fashion Designer, Pattern Cutter</t>
+  </si>
+  <si>
+    <t>Diseñador de moda, cortador de patrones</t>
   </si>
   <si>
     <t>* Fabricating one’s own designs and designs according to individual customer requirements.
 * Monitoring new fashion trends, materials and technological processes.
 * Designing cuts in basic or showroom size.
 * Stepping up the basic cut to other sizes according to size charts.
 * Producing the design cuts according to size chart.
 * Creating a size chart according to individual sizes.
 * Checking the design dimensions of the product according to the size chart.</t>
+  </si>
+  <si>
+    <t>* Crear patrones con diseños propios y según los requisitos individuales del cliente.
+* Seguir las nuevas tendencias de moda, materiales y procesos tecnológicos.
+* Diseñar cortes en tamaño básico o de sala de exposición.
+* Aumentar el corte básico a otros tamaños según tablas de medidas.
+* Producir patrones de corte según tabla de medidas.
+* Crear tabla de medidas según tallas individuales.
+* Verificar las dimensiones de diseño del producto según la tabla de medidas.</t>
   </si>
   <si>
     <t>* Operate and monitor textile machinery and equipment to ensure efficient production processes.
 * Set up machines for various production runs, including adjusting settings and making necessary calibrations.
 * Conduct regular inspections of machinery to identify and troubleshoot any issues or malfunctions.
 * Maintain accurate records of production output, machine performance, and any maintenance performed.
 * Collaborate with team members to optimize production efficiency and quality standards.
 * Follow safety protocols and guidelines to ensure a safe working environment.
 * Assist in the training of new operators on machine operation and safety procedures.
 * Perform routine maintenance on machines, including cleaning and lubricating parts.
 * Ensure compliance with company policies and industry regulations regarding production and safety.
 * Report any discrepancies or concerns to supervisors promptly for resolution.</t>
   </si>
   <si>
+    <t>* Operar y supervisar maquinaria y equipo textil para garantizar procesos de producción eficientes.
+* Preparar máquinas para diversas producciones, incluyendo ajustes de configuraciones y realización de calibraciones necesarias.
+* Realizar inspecciones periódicas de maquinaria para identificar y solucionar problemas o fallas técnicas.
+* Mantener registros precisos de la producción, el rendimiento de las máquinas y cualquier mantenimiento realizado.
+* Colaborar con miembros del equipo para optimizar la eficiencia de la producción y los estándares de calidad.
+* Seguir protocolos y pautas de seguridad para garantizar un entorno de trabajo seguro.
+* Ayudar en la capacitación de nuevos operadores en la operación de máquinas y procedimientos de seguridad.
+* Realizar mantenimiento rutinario en máquinas, incluyendo limpieza y lubricación de piezas.
+* Asegurar el cumplimiento de políticas y regulaciones de la empresa e industria con respecto a la producción y la seguridad.
+* Informar cualquier discrepancia o inquietud a los supervisores de manera oportuna para su resolución.</t>
+  </si>
+  <si>
     <t>Seamstress</t>
+  </si>
+  <si>
+    <t>Costurera</t>
   </si>
   <si>
     <t>* Separating and adjusting parts of the product (cutting, punching, etc.). 
 * Creating, altering, and repairing products with the use of basic and specialised sewing machines.
 * Intermediate and final ironing, adjusting by ironing, and ironing out.
 * Manufacturing, decorating, shaping, and other adjusting the final appearance of the products.
 * Simple setting of machines, changing threads, needles, and other accessories.
 * Checking the correct functioning of the machine.</t>
   </si>
   <si>
+    <t>* Separar y ajustar partes del producto (cortar, troquelar, etc.). 
+* Crear, alterar y reparar productos con el uso de máquinas de coser básicas y especializadas.
+* Planchar intermedio y final, ajustar mediante planchado y planchar.
+* Fabricar, decorar, dar forma y realizar otros ajustes en la apariencia final de los productos.
+* Configuración sencilla de máquinas, cambiar hilos, agujas y otros accesorios.
+* Comprobar el correcto funcionamiento de la máquina.</t>
+  </si>
+  <si>
     <t>Tailor</t>
+  </si>
+  <si>
+    <t>Sastre/modista</t>
   </si>
   <si>
     <t>* Taking measurements of the clients with the help of a tape measure.
 * Recording of the taken measurements.
 * Consulting used materials and cuts with the customers.
 * Making clothes for individual customers with the help of a sewing machine.
 * Adjusting clothes according to the customers' requests.
 * Mending damaged clothes.
 * Doing simple maintenance of the sewing machines (exchanging threads, needles etc.).</t>
   </si>
   <si>
+    <t>* Tomar medidas de los clientes con la ayuda de una cinta métrica.
+* Registrar las medidas tomadas.
+* Consultar con los clientes sobre los materiales y cortes utilizados.
+* Confeccionar ropa para clientes individuales con la ayuda de una máquina de coser.
+* Ajustar la ropa según las solicitudes de los clientes.
+* Reparar ropa dañada.
+* Realizar un mantenimiento sencillo de las máquinas de coser (cambiar hilos, agujas, etc.).</t>
+  </si>
+  <si>
     <t>Top Management</t>
+  </si>
+  <si>
+    <t>Alta dirección</t>
   </si>
   <si>
     <t>* Responsibility for the implementation of the branch business plan.
 * Setting the business strategy.
 * Taking care of key clients and maintaining good relationships with them.
 * Managing, coordinating, motivating and evaluating subordinate staff.
 * Managing business negotiations.
 * Preparation of regular reports and statistics.</t>
   </si>
   <si>
+    <t>* Responsabilidad por la implementación del plan de negocios de la sucursal.
+* Definición de la estrategia empresarial.
+* Atención a los clientes clave y mantenimiento de buenas relaciones con ellos.
+* Gestión, coordinación, motivación y evaluación del personal subordinado.
+* Gestión de negociaciones comerciales.
+* Preparación de informes y estadísticas periódicos.</t>
+  </si>
+  <si>
     <t>Call Centre Director</t>
+  </si>
+  <si>
+    <t>Director de centro de llamadas</t>
   </si>
   <si>
     <t>* Oversee and manage the daily operations of the call centre, ensuring efficient and effective service delivery.
 * Develop and implement strategic plans to enhance customer service, operational efficiency, and overall performance of the call centre.
 * Lead, mentor, and develop a high-performing team of call centre managers and staff to achieve organizational goals and objectives.
 * Establish and monitor key performance indicators (KPIs) to assess the effectiveness and quality of call centre operations.
 * Collaborate with other departments to align call centre activities with broader company objectives and strategies.
 * Drive continuous improvement initiatives to optimize processes, technology, and customer interactions.
 * Manage budgetary planning and control to ensure cost-effectiveness and financial efficiency of the call centre operations.
 * Ensure compliance with industry regulations and company policies, maintaining high standards of customer service and data protection.
 * Analyze and report on call centre performance metrics, providing insights and recommendations to senior management.
 * Foster a positive and motivating work environment that encourages teamwork, innovation, and professional development.
 * Handle escalated customer issues and complaints, ensuring satisfactory resolution and customer satisfaction.</t>
   </si>
   <si>
+    <t>* Supervisar y gestionar las operaciones diarias del centro de llamadas, garantizando una entrega de servicio eficiente y efectiva.
+* Desarrollar e implementar planes estratégicos para mejorar el servicio al cliente, la eficiencia operativa y el rendimiento general del centro de llamadas.
+* Liderar, mentorear y desarrollar un equipo de alto rendimiento de gerentes y personal del centro de llamadas para lograr los objetivos y metas de la organización.
+* Establecer y monitorear indicadores clave de rendimiento (ICRs) para evaluar la efectividad y calidad de las operaciones del centro de llamadas.
+* Colaborar con otros departamentos para alinear las actividades del centro de llamadas con los objetivos y estrategias más amplias de la empresa.
+* Impulsar iniciativas de mejora continua para optimizar procesos, tecnología e interacciones con los clientes.
+* Gestionar la planificación y control presupuestario para asegurar la rentabilidad y eficiencia financiera de las operaciones del centro de llamadas.
+* Garantizar el cumplimiento de las regulaciones de la industria y las políticas de la empresa, manteniendo altos estándares de servicio al cliente y protección de datos.
+* Analizar e informar sobre las métricas de rendimiento del centro de llamadas, proporcionando ideas y recomendaciones a la alta dirección.
+* Fomentar un entorno de trabajo positivo y motivador que aliente el trabajo en equipo, la innovación y el desarrollo profesional.
+* Manejar problemas y quejas de clientes escalados, garantizando una resolución satisfactoria y la satisfacción del cliente.</t>
+  </si>
+  <si>
     <t>Chief Executive Officer</t>
+  </si>
+  <si>
+    <t>Director general</t>
   </si>
   <si>
     <t>* Responsibility for managing, directing, and acting on behalf of the company.
 * Responsibility for the ongoing implementation and achieving the defined financial plan.
 * Inspecting the process compliance in the company.
 * Designing the short-term and long-term strategy of the company.
 * Designing and approving new opportunities to gain profit.
 * Representing the company at important business meetings and negotiations.
 * Communicating with members of the senior management of the company and other departments.
 * Completing and sending regular reports to the parent company.</t>
   </si>
   <si>
+    <t>* Responsabilidad por la gestión, dirección y actuación en representación de la empresa.
+* Responsabilidad por la implementación continua y el logro del plan financiero definido.
+* Inspección del cumplimiento de los procesos en la empresa.
+* Diseño de la estrategia a corto y largo plazo de la empresa.
+* Diseño y aprobación de nuevas oportunidades para obtener beneficios.
+* Representación de la empresa en reuniones y negociaciones comerciales importantes.
+* Comunicación con miembros del equipo directivo de la empresa y otros departamentos.
+* Elaboración y envío de informes periódicos a la empresa matriz.</t>
+  </si>
+  <si>
     <t>Country Manager/Director</t>
+  </si>
+  <si>
+    <t>Country manager/Director de país</t>
   </si>
   <si>
     <t>* Responsibility for managing, directing, and acting on behalf of a foreign branch of the company (based on the authorisation of the parent company).
 * Responsibility for the ongoing implementation and achievement of the defined financial plan.
 * Inspecting the process compliance in the company.
 * Designing the short-term and long-term strategy of the company.
 * Designing and approving new opportunities to gain profit.
 * Representing the company at important business meetings and negotiations.
 * Communicating with members of senior management of the company and other departments.
 * Completing and sending regular reports to the parent company.</t>
   </si>
   <si>
+    <t>* Responsabilidad por la gestión, dirección y representación de una sucursal extranjera de la empresa (con base en la autorización de la empresa matriz).
+* Responsabilidad por la implementación y consecución continua del plan financiero definido.
+* Supervisión del cumplimiento de los procesos en la empresa.
+* Diseño de la estrategia a corto y largo plazo de la empresa.
+* Diseño y aprobación de nuevas oportunidades para obtener ganancias.
+* Representación de la empresa en reuniones y negociaciones empresariales importantes.
+* Comunicación con miembros del equipo de alta dirección de la empresa y otros departamentos.
+* Elaboración y envío de informes regulares a la empresa matriz.</t>
+  </si>
+  <si>
     <t>Development Director</t>
+  </si>
+  <si>
+    <t>Director de desarrollo</t>
   </si>
   <si>
     <t>* Overseeing the development and implementation of strategic initiatives to drive organizational growth.
 * Leading cross-functional teams to identify and capitalize on new business opportunities.
 * Establishing and nurturing relationships with key stakeholders, including partners, clients, and government entities.
 * Analyzing market trends and competitive landscape to inform strategic planning and decision-making.
 * Collaborating with senior management to align development goals with overall business objectives.
 * Managing budgets and resources effectively to ensure the successful execution of development projects.
 * Monitoring and evaluating project performance, providing regular updates to executive leadership.
 * Ensuring compliance with industry regulations and standards throughout the development process.
 * Fostering a culture of innovation and continuous improvement within the development team.
 * Representing the organization at industry events, conferences, and networking opportunities to promote brand visibility and growth.</t>
   </si>
   <si>
+    <t>* Supervisar el desarrollo y la implementación de iniciativas estratégicas para impulsar el crecimiento organizacional.
+* Dirigir equipos multifuncionales para identificar y capitalizar nuevas oportunidades de negocio.
+* Establecer y nutrir relaciones con partes interesadas clave, incluidos socios, clientes y entidades gubernamentales.
+* Analizar tendencias del mercado y el panorama competitivo para informar la planificación estratégica y la toma de decisiones.
+* Colaborar con la alta dirección para alinear los objetivos de desarrollo con los objetivos comerciales generales.
+* Gestionar presupuestos y recursos de manera efectiva para garantizar la ejecución exitosa de proyectos de desarrollo.
+* Monitorear y evaluar el rendimiento de los proyectos, proporcionando actualizaciones periódicas a la dirección ejecutiva.
+* Garantizar el cumplimiento de las normas y regulaciones de la industria durante todo el proceso de desarrollo.
+* Fomentar una cultura de innovación y mejora continua dentro del equipo de desarrollo.
+* Representar a la organización en eventos de la industria, conferencias y oportunidades de networking para promover la visibilidad y el crecimiento de la marca.</t>
+  </si>
+  <si>
     <t>Economic/Financial Manager</t>
+  </si>
+  <si>
+    <t>Director económico/financiero</t>
   </si>
   <si>
     <t>* Responsibility for the smooth running of the economic department in the company.
 * Planning, managing, and monitoring all the financial activities in the company.
 * Managing, coordinating, motivating and assessing subordinate employees.
 * Drawing up a budget, forecasts, and a financial plan.
 * Managing and monitoring the cash flow of the company.
 * Communicating with commercial financial institutions, auditors, tax authorities, etc.
 * Completing reports and their presenting to the owners of the company.</t>
   </si>
   <si>
+    <t>* Responsabilidad por el funcionamiento fluido del departamento económico en la empresa.
+* Planificar, gestionar y controlar todas las actividades financieras en la empresa.
+* Gestionar, coordinar, motivar y evaluar a empleados subordinados.
+* Elaborar un presupuesto, previsiones y un plan financiero.
+* Gestionar y controlar el flujo de caja de la empresa.
+* Comunicarse con instituciones financieras comerciales, auditores, autoridades fiscales, etc.
+* Completar informes y presentarlos a los propietarios de la empresa.</t>
+  </si>
+  <si>
     <t>IT Director</t>
   </si>
   <si>
     <t>* Developing and implementing the internal IT strategy.
 * Checking compliance with the IT strategy.
 * Managing, coordinating, motivating and evaluating subordinate employees.
 * Analysing the needs of individual departments within the company.
 * Carrying out feasibility studies to determine the best possible use of the available technical resources.
 * Deciding on buying new and upgrading existing IT systems, hardware and software.</t>
   </si>
   <si>
+    <t>* Desarrollar e implementar la estrategia de TI interna.
+* Verificar el cumplimiento de la estrategia de TI.
+* Gestionar, coordinar, motivar y evaluar a los empleados subordinados.
+* Analizar las necesidades de los departamentos individuales dentro de la empresa.
+* Realizar estudios de viabilidad para determinar el mejor uso posible de los recursos técnicos disponibles.
+* Decidir sobre la compra de nuevos sistemas de TI y el upgrade de sistemas, hardware y software existentes.</t>
+  </si>
+  <si>
     <t>Laboratory Director</t>
+  </si>
+  <si>
+    <t>Director de laboratorio</t>
   </si>
   <si>
     <t>* Overseeing the implementation of analytical procedures to determine process parameters and the quality of finished products.
 * Organizing laboratory operations, ensuring the quality and reliability of results, and directly conducting analyses.
 * Maintaining the accuracy and functionality of measurement equipment and laboratory inventory.
 * Communicating and coordinating workflow with external service providers to ensure seamless laboratory operations.
 * Leading and mentoring laboratory staff, fostering a culture of continuous improvement and professional development.
 * Ensuring compliance with relevant regulatory standards and industry best practices.
 * Developing and managing laboratory budgets, resources, and timelines for various projects.
 * Collaborating with cross-functional teams to support research and development initiatives.
 * Evaluating and integrating new technologies and methodologies to enhance laboratory capabilities.
 * Reporting laboratory performance metrics to senior management and recommending strategic improvements.</t>
   </si>
   <si>
+    <t>* Supervisar la implementación de procedimientos analíticos para determinar parámetros de proceso y la calidad de los productos terminados.
+* Organizar las operaciones de laboratorio, garantizando la calidad y la fiabilidad de los resultados, y realizar análisis directamente.
+* Mantener la precisión y la funcionalidad del equipo de medición y el inventario de laboratorio.
+* Comunicar y coordinar el flujo de trabajo con proveedores de servicios externos para garantizar el funcionamiento fluido de las operaciones de laboratorio.
+* Liderar y asesorar al personal de laboratorio, fomentando una cultura de mejora continua y desarrollo profesional.
+* Garantizar el cumplimiento de los estándares regulatorios relevantes y las mejores prácticas de la industria.
+* Desarrollar y gestionar presupuestos, recursos y cronogramas de laboratorio para diversos proyectos.
+* Colaborar con equipos multifuncionales para apoyar iniciativas de investigación y desarrollo.
+* Evaluar e integrar nuevas tecnologías y metodologías para mejorar las capacidades de laboratorio.
+* Informar sobre las métricas de desempeño del laboratorio a la alta dirección y recomendar mejoras estratégicas.</t>
+  </si>
+  <si>
     <t>Logistics Director</t>
   </si>
   <si>
     <t>* Defining the logistics strategy of the company.
 * Negotiating terms and conditions with transport and forwarding companies to ensure the most efficient mode of transport of goods from the factory to the customer.
 * Optimising logistics costs associated with the purchase of raw materials in the country and abroad.
 * Ensuring the implementation and observance of legislation, internal regulations and standard procedures at the entrusted unit of the company.
 * Preparing contracts with suppliers.
 * Checking and assigning work to subordinates.
 * Complying with regulations relating to safety at work, fire prevention measures and work rules.</t>
   </si>
   <si>
+    <t>* Definir la estrategia logística de la empresa.
+* Negociar términos y condiciones con empresas de transporte y de envío para garantizar el modo de transporte de mercancías más eficiente desde la fábrica hasta el cliente.
+* Optimizar los costos logísticos asociados con la compra de materiales primas en el país y en el extranjero.
+* Asegurar la implementación y observancia de la legislación, regulaciones internas y procedimientos estándar en el área encomendada de la empresa.
+* Preparar contratos con proveedores.
+* Revisar y asignar tareas a subordinados.
+* Cumplir con las regulaciones relacionadas con la seguridad laboral, medidas de prevención de incendios y reglas de trabajo.</t>
+  </si>
+  <si>
     <t>Managing Director</t>
+  </si>
+  <si>
+    <t>Director ejecutivo</t>
   </si>
   <si>
     <t>* Coordinating and managing all material, financial, and technical resources of the company.
 * Responsibility for the implementation of shareholder strategy.
 * Conducting meetings with key business partners and the negotiation of conditions for co-operation.
 * Drawing up the medium-term and long-term plans of the company.
 * Responsibility for the financial management of the company.
 * Ensuring the profitability of individual activities and the prosperity of the company.</t>
+  </si>
+  <si>
+    <t>* Coordinar y gestionar todos los recursos materiales, financieros y técnicos de la empresa.
+* Responsabilidad por la implementación de la estrategia de los accionistas.
+* Realizar reuniones con socios comerciales clave y negociar las condiciones para la cooperación.
+* Elaborar los planes a medio y largo plazo de la empresa.
+* Responsabilidad por la gestión financiera de la empresa.
+* Asegurar la rentabilidad de las actividades individuales y la prosperidad de la empresa.</t>
   </si>
   <si>
     <t>Marketing Director</t>
   </si>
   <si>
     <t>* Responsibility for the management of the marketing department in the company.
 * Managing, motivating, assessing and assigning tasks to subordinate employees.
 * Creating a marketing plan.
 * Drawing up a marketing budget for the following calendar year.
 * Creating a marketing strategy.
 * Managing market monitoring at the local, regional, national and international levels.
 * Designing marketing activities focused on the promotion of sales and the achievement of defined objectives.</t>
+  </si>
+  <si>
+    <t>* Responsabilidad por la gestión del departamento de marketing en la empresa.
+* Gestión, motivación, evaluación y asignación de tareas a empleados subordinados.
+* Creación de un plan de marketing.
+* Elaboración de un presupuesto de marketing para el siguiente año calendario.
+* Creación de una estrategia de marketing.
+* Gestión de la monitorización del mercado a nivel local, regional, nacional e internacional.
+* Diseño de actividades de marketing centradas en la promoción de ventas y el logro de objetivos definidos.</t>
   </si>
   <si>
     <t xml:space="preserve">* Taking responsibility for the economic results of the health-care facility.
 * Responsibility for the level of the provided health care.
 * Responsibility for implementing and conforming to legislative and inner regulations.
 * Giving and re-evaluating suggestions for the improvement of the economic results and for the achievement of a better quality of the provided health care.
 * Leading, motivating and evaluating subordinate employees.
 * Leading business negotiations.
 * Representing the health-care facility in the media.
 </t>
   </si>
   <si>
+    <t>* Asumir la responsabilidad de los resultados económicos del centro de atención médica.
+* Responsabilidad por el nivel de atención médica proporcionada.
+* Responsabilidad por la implementación y cumplimiento de las regulaciones legislativas e internas.
+* Formular y reevaluar sugerencias para la mejora de los resultados económicos y para el logro de una mejor calidad en la atención médica proporcionada.
+* Dirigir, motivar y evaluar a los empleados subordinados.
+* Dirigir negociaciones comerciales.
+* Representar al centro de atención médica en los medios de comunicación.</t>
+  </si>
+  <si>
     <t>Operations Manager</t>
+  </si>
+  <si>
+    <t>Director de operaciones</t>
   </si>
   <si>
     <t>* Responsibility for the smooth running of the entrusted operation within the company.
 * Responsibility for the bottom line of the operation.
 * Managing, coordinating, motivating, and assessing subordinate employees.
 * Monitoring the levels and placement of stocks.
 * Monitoring adherence to defined deadlines.
 * Communicating with customers and members of other departments.
 * Obtaining feedback from customers and forwarding this information to the affected departments of the company.</t>
   </si>
   <si>
+    <t>* Responsabilidad por la marcha fluida de la operación encomendada dentro de la empresa.
+* Responsabilidad por el resultado final de la operación.
+* Gestionar, coordinar, motivar y evaluar a los empleados subordinados.
+* Controlar los niveles y la ubicación de los stocks.
+* Supervisar el cumplimiento de los plazos definidos.
+* Comunicarse con los clientes y miembros de otros departamentos.
+* Obtener comentarios de los clientes y transmitir esta información a los departamentos afectados de la empresa.</t>
+  </si>
+  <si>
     <t>Personnel Manager</t>
+  </si>
+  <si>
+    <t>Director de recursos humanos</t>
   </si>
   <si>
     <t>* Decision-making on strategic planning in the area of human resources management.
 * Ensuring the effectiveness of management of the entrusted department.
 * Approving employment principles and labour relations.
 * Approving the methodology for recruiting, training and remuneration of employees, motivating programmes, evaluation system, training system and career development of employees.
 * Managing, coordinating and reviewing the work results of the entrusted unit.
 * Managing and checking safety and hygiene at work.
 * Cooperating with other units of the company.</t>
   </si>
   <si>
+    <t>* Toma de decisiones sobre la planificación estratégica en el área de gestión de recursos humanos.
+* Garantizar la efectividad de la gestión del departamento encomendado.
+* Aprobación de los principios de empleo y relaciones laborales.
+* Aprobación de la metodología para la contratación, capacitación y remuneración de empleados, programas de motivación, sistema de evaluación, sistema de capacitación y desarrollo de carrera de los empleados.
+* Gestión, coordinación y revisión de los resultados del trabajo de la unidad encomendada.
+* Gestión y supervisión de la seguridad y la higiene en el trabajo.
+* Cooperación con otras unidades de la empresa.</t>
+  </si>
+  <si>
     <t>Plant manager</t>
+  </si>
+  <si>
+    <t>Gerente de la planta</t>
   </si>
   <si>
     <t>* Ensure the efficient and effective production of goods or services within the plant, meeting quality and quantity targets.
 * Promote and enforce safety protocols and regulations to maintain a safe working environment for all plant employees.
 * Implement quality control processes to ensure that products or services meet established standards and customer expectations.
 * Manage inventory levels to ensure that raw materials, components, and finished goods are maintained at optimal levels to meet production demands without excess waste.
 * Monitor and control operational costs to maximize profitability while maintaining product quality and safety.
 * Recruit, train, and supervise plant staff, fostering a productive and motivated workforce. Address employee concerns and performance issues.
 * Oversee equipment maintenance schedules to minimize downtime and ensure equipment reliability.
 * Develop and execute production plans to meet customer demand and delivery schedules efficiently.
 * Prepare and manage budgets for the plant, tracking expenses and revenues to ensure financial goals are met.
 * Ensure the plant complies with environmental regulations and sustainability goals, implementing practices that minimize environmental impact.</t>
   </si>
   <si>
+    <t>* Asegurar la producción eficiente y efectiva de bienes o servicios dentro de la planta, cumpliendo objetivos de calidad y cantidad.
+* Promover y hacer cumplir protocolos y regulaciones de seguridad para mantener un ambiente de trabajo seguro para todos los empleados de la planta.
+* Implementar procesos de control de calidad para asegurar que los productos o servicios cumplan con los estándares establecidos y las expectativas del cliente.
+* Administre los niveles de inventario para garantizar que las materias primas, componentes y productos terminados se mantengan en niveles óptimos para satisfacer las demandas de producción sin desperdicio excesivo.
+* Supervisar y controlar los costos operativos para maximizar la rentabilidad manteniendo la calidad y seguridad del producto.
+* Reclutar, capacitar y supervisar al personal de la planta, fomentando una fuerza laboral productiva y motivada. Abordar las inquietudes de los empleados y los problemas de desempeño.
+* Supervisar programas de mantenimiento de equipos para minimizar el tiempo de inactividad y garantizar la confiabilidad del equipo.
+* Desarrollar y ejecutar planes de producción para satisfacer la demanda del cliente y los cronogramas de entrega de manera eficiente.
+* Preparar y gestionar presupuestos para la planta, realizando un seguimiento de los gastos y los ingresos para garantizar que se cumplan los objetivos financieros.
+* Asegurar que la planta cumpla con las regulaciones ambientales y objetivos de sustentabilidad, implementando prácticas que minimicen el impacto ambiental.</t>
+  </si>
+  <si>
     <t>Production Director</t>
+  </si>
+  <si>
+    <t>Director de producción</t>
   </si>
   <si>
     <t>* Responsibility for managing and optimising the manufacturing process.
 * Analysing manufacturing processes with the aim to optimise performance, quality, and improve occupational safety.
 * Creating and implementing new manufacturing processes.
 * Preparing weekly and monthly production plans depending on order volumes.
 * Managing, coordinating, motivating, and assessing subordinate employees.
 * Monitoring efficiency, economy, and quality of production.
 * Responsibility for adherence to quality control systems and safety regulations.
 * Co-operation with other departments in the company.</t>
   </si>
   <si>
+    <t>* Responsabilidad de la gestión y optimización del proceso de fabricación.
+* Análisis de los procesos de fabricación con el objetivo de optimizar el rendimiento, la calidad y mejorar la seguridad laboral.
+* Creación e implementación de nuevos procesos de fabricación.
+* Preparación de planes de producción semanales y mensuales en función de los volúmenes de pedidos.
+* Gestión, coordinación, motivación y evaluación de empleados subordinados.
+* Supervisión de la eficiencia, la economía y la calidad de la producción.
+* Responsabilidad del cumplimiento de los sistemas de control de calidad y las regulaciones de seguridad.
+* Cooperación con otros departamentos de la empresa.</t>
+  </si>
+  <si>
     <t>* Approving the publication of commercially interesting books, their titles, cover designs, and technical specifications at the regular meetings of the publisher’s editorial board.
 * Leading meetings of the editorial board.
 * Reviewing the work of subordinates.
 * Negotiating contractual terms and signing contracts with authors, illustrators, copyright holders, printers, etc.
 * Ensuring the allocation of ISBN numbers to published books.
 * Responsibility for the distribution of published books to distributors, bookstores, and online stores.
 * Attending book fairs, book launches, signings, etc.</t>
   </si>
   <si>
+    <t>* Aprobar la publicación de libros de interés comercial, sus títulos, diseños de cubierta y especificaciones técnicas en las reuniones periódicas de la junta editorial de la editorial.
+* Presidir las reuniones de la junta editorial.
+* Revisar el trabajo de los subordinados.
+* Negociar términos contractuales y firmar contratos con autores, ilustradores, titulares de derechos de autor, impresores, etc.
+* Asegurar la asignación de números ISBN a los libros publicados.
+* Responsabilizarse de la distribución de los libros publicados a distribuidores, librerías y tiendas en línea.
+* Asistir a ferias de libros, lanzamientos de libros, firmas, etc.</t>
+  </si>
+  <si>
     <t>Quality Control/ISO Manager</t>
+  </si>
+  <si>
+    <t>Director de calidad/gerente de ISO</t>
   </si>
   <si>
     <t>* Ensuring the functionality and continuous improvement of the organisation’s quality system.
 * Responsibility for the implementation of policies, goals, and objectives of quality.
 * Responsibility for the planning, organisation, and conducting of internal audits at the organisation’s departments, checking the effectiveness of corrective and preventive actions, and the functionality and updating of the managed documentation system.
 * Updating the quality manual.
 * Planning internal trainings and educating the staff.</t>
   </si>
   <si>
+    <t>* Garantizar la funcionalidad y la mejora continua del sistema de calidad de la organización.
+* Responsabilidad por la implementación de las políticas, metas y objetivos de calidad.
+* Responsabilidad por la planificación, organización y realización de auditorías internas en los departamentos de la organización, verificando la eficacia de las acciones correctivas y preventivas y la funcionalidad y actualización del sistema de documentación gestionado.
+* Actualizar el manual de calidad.
+* Planificar capacitaciones internas y educar al personal.</t>
+  </si>
+  <si>
     <t>Regional Manager</t>
+  </si>
+  <si>
+    <t>Gerente regional</t>
   </si>
   <si>
     <t>* Overseeing the operations and performance of multiple branches within a designated region.
 * Developing and implementing strategic plans to achieve sales targets and enhance market presence.
 * Leading and mentoring regional sales teams to drive performance and foster professional development.
 * Analyzing market trends and competitor activities to identify opportunities for growth.
 * Establishing and maintaining strong relationships with key clients and stakeholders.
 * Collaborating with cross-functional teams to ensure alignment on business objectives and initiatives.
 * Monitoring and reporting on regional performance metrics and KPIs to senior management.
 * Ensuring compliance with company policies, procedures, and regulatory requirements.
 * Conducting regular market visits to assess branch performance and customer satisfaction.
 * Managing budgets and resource allocation effectively to optimize operational efficiency.</t>
   </si>
   <si>
+    <t>* Supervisar las operaciones y el rendimiento de varias sucursales dentro de una región designada.
+* Desarrollar e implementar planes estratégicos para alcanzar los objetivos de ventas y mejorar la presencia en el mercado.
+* Liderar y asesorar a los equipos de ventas regionales para impulsar el rendimiento y fomentar el desarrollo profesional.
+* Analizar las tendencias del mercado y las actividades de los competidores para identificar oportunidades de crecimiento.
+* Establecer y mantener relaciones sólidas con clientes y partes interesadas clave.
+* Colaborar con equipos multifuncionales para garantizar la alineación en objetivos y iniciativas comerciales.
+* Monitorear e informar sobre las métricas y KPI de rendimiento regional a la gerencia senior.
+* Garantizar el cumplimiento de las políticas, procedimientos y requisitos regulatorios de la empresa.
+* Realizar visitas regulares al mercado para evaluar el rendimiento de las sucursales y la satisfacción del cliente.
+* Administrar los presupuestos y la asignación de recursos de manera efectiva para optimizar la eficiencia operativa.</t>
+  </si>
+  <si>
     <t>Sales Director</t>
   </si>
   <si>
     <t>* Organising the work of the sales team.
 * Visiting strategic customers, conducting business negotiations.
 * Strategic planning of costs and revenues (creation, analysis, prediction).
 * Management of receivables and inventory.
 * Upgrading and improving the company processes.</t>
+  </si>
+  <si>
+    <t>* Organizar el trabajo del equipo de ventas.
+* Visitar clientes estratégicos y realizar negociaciones comerciales.
+* Planificación estratégica de costos e ingresos (creación, análisis, predicción).
+* Gestión de cuentas por cobrar e inventarios.
+* Mejora y actualización de los procesos de la empresa.</t>
   </si>
   <si>
     <t>* Responsibility for the educational and professional quality of work at school.
 * Managing and inspecting the work of all school staff in accordance with the working regulations.
 * Assessing the work of all school staff.
 * Responsibility for the further education of employees. 
 * Influencing out-of-class, extra-curricular, and extra-work activities of the school.
 * Responsibility for adequate personnel and material conditions for work at school.
 * Helping school employees to address their social and legal problems.
 * Calling, managing, and leading teaching staff meetings and formulating the obtained conclusions.
 * Drawing up relevant work plans and internal school regulations. 
 * Submitting the required statistic data and oral or written reporting to superior authorities.
 * Paying attention to the purposeful use of financial means of the school.
 * Managing and monitoring educational activities at school and responsibility for the results of the educational work of the school.
 * Determining the principles of the internal regulations of the school.</t>
   </si>
   <si>
+    <t>* Responsabilidad por la calidad educativa y profesional del trabajo en la escuela.
+* Gestión e inspección del trabajo de todo el personal escolar de acuerdo con las normas laborales.
+* Evaluación del trabajo de todo el personal escolar.
+* Responsabilidad por la formación continua de los empleados.
+* Influencia en las actividades fuera del aula, extracurriculares y extra laborales de la escuela.
+* Responsabilidad por condiciones personales y materiales adecuadas para el trabajo en la escuela.
+* Ayudar a los empleados de la escuela a resolver sus problemas sociales y legales.
+* Convocar, gestionar y dirigir reuniones del personal docente y formular las conclusiones obtenidas.
+* Elaborar planes de trabajo relevantes y normas internas de la escuela.
+* Presentar los datos estadísticos requeridos y realizar informes orales o escritos a las autoridades superiores.
+* Prestar atención al uso intencionado de los medios financieros de la escuela.
+* Gestión y seguimiento de las actividades educativas en la escuela y responsabilidad por los resultados del trabajo educativo de la escuela.
+* Determinar los principios de las normas internas de la escuela.</t>
+  </si>
+  <si>
     <t>* Responsibility for the smooth operation of private security services.
 * Finding and acquiring clients and maintaining good relationships with them.
 * Communicating with clients in order to determine their individual needs.
 * Identifying, analysing and assessing the potential safety risks and threats related to the protection of persons and property.
 * Specifying, designing and implementing complex solutions regarding the security and legal protection of persons and property.
 * Managing, coordinating, motivating and evaluating subordinate staff.
 * Designing the organisational structure within the private security services.
 * Monitoring new trends in the protection of persons and property, and their implementation.</t>
   </si>
   <si>
+    <t>* Responsabilidad por la operación fluida de los servicios de seguridad privada.
+* Búsqueda y adquisición de clientes y mantenimiento de buenas relaciones con ellos.
+* Comunicación con los clientes para determinar sus necesidades individuales.
+* Identificación, análisis y evaluación de los posibles riesgos y amenazas relacionados con la protección de personas y bienes.
+* Especificación, diseño e implementación de soluciones complejas relacionadas con la seguridad y protección jurídica de personas y bienes.
+* Gestión, coordinación, motivación y evaluación del personal subordinado.
+* Diseño de la estructura organizativa dentro de los servicios de seguridad privada.
+* Seguimiento de las nuevas tendencias en la protección de personas y bienes, y su implementación.</t>
+  </si>
+  <si>
     <t>Technical Director</t>
+  </si>
+  <si>
+    <t>Director técnico</t>
   </si>
   <si>
     <t>* Responsibility for the smooth running of the technical department in the company.
 * Managing, coordinating, motivating and evaluating subordinate staff.
 * Monitoring trends and launching new technologies into production.
 * Drawing up a budget and monitoring its use.
 * Cooperating in calling for tenders for the supply of materials, goods and services.
 * Conducting business negotiations in order to achieve the lowest possible price of materials, goods and services.
 * Selecting suitable suppliers and their evaluation.</t>
   </si>
   <si>
+    <t>* Responsabilidad por el funcionamiento fluido del departamento técnico en la empresa.
+* Dirigir, coordinar, motivar y evaluar al personal subordinado.
+* Monitorear tendencias y lanzar nuevas tecnologías a la producción.
+* Elaborar un presupuesto y controlar su uso.
+* Colaborar en la convocatoria de licitaciones para el suministro de materiales, bienes y servicios.
+* Realizar negociaciones comerciales para lograr el precio más bajo posible de materiales, bienes y servicios.
+* Seleccionar proveedores adecuados y evaluar su desempeño.</t>
+  </si>
+  <si>
     <t>Tourism, Gastronomy, Hotel Business</t>
   </si>
   <si>
+    <t>Turismo, gastronomía y hostelería</t>
+  </si>
+  <si>
     <t>Accommodation Manager</t>
+  </si>
+  <si>
+    <t>Gestor de alojamiento</t>
   </si>
   <si>
     <t>* Preparing warm and cold meals and drinks for the guests.
 * Check-in and check-out the guests.
 * Operating recreational facilities and services (wellness, billiard, renting skis, bicycles etc.).
 * Preparing and organizing programme for guests.
 * Solving problems relating to the accommodation facility.
 * Taking responsibility for the efficient operation of the accommodation facility.</t>
   </si>
   <si>
+    <t>* Preparar comidas y bebidas calientes y frías para los huéspedes.
+* Realizar el check-in y check-out de los huéspedes.
+* Gestionar las instalaciones y servicios recreativos (spa, billar, alquiler de esquís, bicicletas, etc.).
+* Preparar y organizar el programa para los huéspedes.
+* Resolver problemas relacionados con la instalación de alojamiento.
+* Asumir la responsabilidad del funcionamiento eficiente de la instalación de alojamiento.</t>
+  </si>
+  <si>
     <t>Activity Instructor</t>
+  </si>
+  <si>
+    <t>Animador de ocio y tiempo libre</t>
   </si>
   <si>
     <t>* Organising leisure time of hotel guests during their holidays.
 * Creating entertainment, cultural and sports programmes, competitions, tournaments and other activities according to predetermined specialisation.
 * Participating in the beach, ball and board games.
 * Acting as a referee.
 * Providing services to the hotel guests and ensuring their overall satisfaction.</t>
   </si>
   <si>
+    <t>* Organizar el tiempo libre de los huéspedes del hotel durante sus vacaciones.
+* Crear programas de entretenimiento, culturales y deportivos, competiciones, torneos y otras actividades de acuerdo con una especialización predeterminada.
+* Participar en juegos de playa, juegos de pelota y juegos de mesa.
+* Actuar como árbitro.
+* Proporcionar servicios a los huéspedes del hotel y garantizar su satisfacción general.</t>
+  </si>
+  <si>
     <t>Assistant Cook</t>
+  </si>
+  <si>
+    <t>Ayudante de cocinero</t>
   </si>
   <si>
     <t>* Assisting at preparation and serving of hot and cold meals.
 * Preparation and cooking of cold, local and international cuisine.
 * Being responsible for accurate keeping of recipes, quality and amount of used ingredients.
 * Keeping account of supplies on store.
 * Following the rules of economic treatment of ingredients.
 * Observing hygienic and safety rules.</t>
   </si>
   <si>
+    <t>* Ayudar en la preparación y servicio de comidas calientes y frías.
+* Preparación y cocción de platos fríos, de cocina local e internacional.
+* Ser responsable del seguimiento preciso de las recetas, la calidad y la cantidad de ingredientes utilizados.
+* Llevar un registro de los suministros en el almacén.
+* Seguir las normas de tratamiento económico de los ingredientes.
+* Observar las reglas de higiene y seguridad.</t>
+  </si>
+  <si>
     <t>Bartender</t>
+  </si>
+  <si>
+    <t>Barman</t>
   </si>
   <si>
     <t>* Serving alcohol and soft drinks.
 * Taking orders from customers.
 * Preparing cocktails with an emphasis on the correct procedure and recipe.
 * Washing and polishing glasses and cleaning bartending tools. 
 * Arranging bottles and glasses placed on the shelves in the bar.
 * Wiping the bar and changing the used ashtrays.
 * Collecting payments and accepting cash and operating the cash register. 
 * Monitoring the current stock levels.
 * Complying with hygiene standards in the workplace.</t>
   </si>
   <si>
+    <t>* Servir alcohol y refrescos.
+* Tomar pedidos de los clientes.
+* Preparar cócteles con énfasis en el procedimiento y la receta correctos.
+* Lavar y pulir vasos y limpiar herramientas de coctelería.
+* Organizar las botellas y vasos colocados en las estanterías del bar.
+* Limpiar la barra y cambiar los ceniceros usados.
+* Recoger pagos y aceptar dinero en efectivo y operar la caja registradora.
+* Supervisar los niveles actuales de stock.
+* Cumplir con los estándares de higiene en el lugar de trabajo.</t>
+  </si>
+  <si>
     <t>Booking agent</t>
+  </si>
+  <si>
+    <t>Agente de reservas</t>
   </si>
   <si>
     <t>* Selling flight tickets, boat tickets, excursions, tours and additional tourist services.
 * Providing tourist information.
 * Working with internal reservation system.
 * Responsibility for checking and the correctness of the prices charged.
 * Concluding contracts regarding the tour provision.
 * Providing personal, telephone, e-mail or fax communication with clients.
 * Designing and implementing activities to promote sales.
 * Receiving and resolving reported claims and complaints.</t>
   </si>
   <si>
+    <t>* Venta de billetes de avión, billetes de barco, excursiones, tours y servicios turísticos adicionales.
+* Proporcionar información turística.
+* Trabajar con el sistema de reservas interno.
+* Responsabilidad por verificar y la exactitud de los precios cobrados.
+* Conclusión de contratos relacionados con la prestación de tours.
+* Proporcionar comunicación personal, telefónica, por correo electrónico o fax con los clientes.
+* Diseño e implementación de actividades para promover las ventas.
+* Recepción y resolución de reclamaciones y quejas reportadas.</t>
+  </si>
+  <si>
     <t>Bosun</t>
+  </si>
+  <si>
+    <t>Contramaestre</t>
   </si>
   <si>
     <t>* steering the vessel, steersman's work
 * mooring vessels with steel ropes</t>
   </si>
   <si>
+    <t>* dirigir la embarcación, trabajo de timonel
+* amarrar embarcaciones con cabos de acero</t>
+  </si>
+  <si>
     <t>Cable car operator</t>
+  </si>
+  <si>
+    <t>Operador de teleférico</t>
   </si>
   <si>
     <t>* Operating and maintaining cable car systems to ensure safe and efficient transportation of passengers.
 * Conducting pre-operation inspections of equipment to identify any maintenance needs or safety issues.
 * Assisting passengers with boarding and disembarking, ensuring a smooth and safe experience.
 * Providing information to passengers about the cable car operation, safety procedures, and local attractions.
 * Monitoring weather conditions and adjusting operations accordingly to ensure passenger safety.
 * Responding to emergencies and ensuring the safety of passengers at all times.
 * Collaborating with maintenance teams to report any technical issues and assist in repairs as needed.
 * Keeping accurate records of daily operations, including passenger counts and any incidents that occur.
 * Upholding company standards for customer service and ensuring a positive experience for all guests.
 * Participating in ongoing training and development to stay updated on safety regulations and operational procedures.</t>
   </si>
   <si>
+    <t>* Operar y mantener sistemas de teleférico para garantizar el transporte seguro y eficiente de pasajeros.
+* Realizar inspecciones previas a la operación del equipo para identificar cualquier necesidad de mantenimiento o problemas de seguridad.
+* Ayudar a los pasajeros a subir y bajar, asegurando una experiencia suave y segura.
+* Proporcionar información a los pasajeros sobre la operación del teleférico, procedimientos de seguridad y atracciones locales.
+* Supervisar las condiciones climáticas y ajustar las operaciones en consecuencia para garantizar la seguridad de los pasajeros.
+* Responder a emergencias y garantizar la seguridad de los pasajeros en todo momento.
+* Colaborar con los equipos de mantenimiento para informar sobre cualquier problema técnico y ayudar en las reparaciones según sea necesario.
+* Mantener registros precisos de las operaciones diarias, incluyendo el número de pasajeros y cualquier incidente que ocurra.
+* Defender los estándares de la empresa para el servicio al cliente y garantizar una experiencia positiva para todos los huéspedes.
+* Participar en la formación continua y el desarrollo para mantenerse actualizado sobre las regulaciones de seguridad y los procedimientos operativos.</t>
+  </si>
+  <si>
     <t>Catering manager</t>
+  </si>
+  <si>
+    <t>Gerente de catering</t>
   </si>
   <si>
     <t>* Preparing, and overseeing activities related to food preparation.
 * Planning menus in consultation with chefs.
 * Recruiting and training permanent and casual staff.
 * Planning staff shifts and rotes.
 * Ensuring health and safety regulations are strictly observed.
 * Monitoring the quality of the product and service provided.
 * Keeping financial and administrative records.
 * Managing the payroll and monitoring spending levels.
 * Maintaining stock levels and ordering new supplies as required.
 * Interacting with customers if involved with front of house work.
 * Liaising with suppliers and clients.
 * Negotiating contracts with customers, assessing their requirements and ensuring they are satisfied with the service delivered (in contract catering).</t>
   </si>
   <si>
+    <t>* Preparar y supervisar las actividades relacionadas con la preparación de alimentos.
+* Planificar menús en consulta con los chefs.
+* Reclutar y capacitar al personal permanente y eventual.
+* Planificar los turnos y horarios del personal.
+* Asegurar que se observen estrictamente las regulaciones de salud y seguridad.
+* Supervisar la calidad del producto y el servicio proporcionado.
+* Mantener registros financieros y administrativos.
+* Administrar la nómina y controlar los niveles de gasto.
+* Mantener los niveles de existencias y solicitar nuevos suministros según sea necesario.
+* Interactuar con los clientes si se involucra en el trabajo de atención al público.
+* Coordinar con proveedores y clientes.
+* Negociar contratos con clientes, evaluar sus necesidades y asegurarse de que estén satisfechos con el servicio prestado (en catering contractual).</t>
+  </si>
+  <si>
     <t>Chambermaid</t>
+  </si>
+  <si>
+    <t>Camarera de piso</t>
   </si>
   <si>
     <t>* Cleaning of rooms, hallways, and common areas.
 * Regular vacuuming and dusting.
 * Making the beds and adjusting the sheeting.
 * Changing used bed linen and towels.
 * Cleaning bathrooms and toilets and refilling missing toiletries.
 * Emptying dustbins and changing used ashtrays.
 * Replenishing the contents of room mini-bars and refrigerators.</t>
   </si>
   <si>
+    <t>* Limpieza de habitaciones, pasillos y áreas comunes.
+* Aspirado y limpieza de polvo de forma regular.
+* Preparación de las camas y ajuste de la ropa de cama.
+* Cambio de ropa de cama y toallas usadas.
+* Limpieza de baños y aseos y reabastecimiento de artículos de aseo que falten.
+* Vaciado de papeleras y cambio de ceniceros usados.
+* Reabastecimiento del contenido de los minibares y refrigeradores de las habitaciones.</t>
+  </si>
+  <si>
     <t>Chef</t>
+  </si>
+  <si>
+    <t>Jefe de cocina</t>
   </si>
   <si>
     <t>* Responsibility for the quality of prepared meals, compliance with the standards and production processes.
 * Preparing technologically demanding meals and specialities.
 * Monitoring stock levels, ordering missing commodities for the preparation of meals.
 * Receiving commodities from suppliers, performing quality and quantity checks of supplied goods, responsibility for its correct storage.
 * Leading, coordinating and performing professional supervision of kitchen staff.
 * Compiling, upgrading and regular diversifying of the menu.
 * Providing price calculations for the production of meals.</t>
   </si>
   <si>
+    <t>* Responsabilidad por la calidad de las comidas preparadas, el cumplimiento de los estándares y los procesos de producción.
+* Preparación de comidas tecnológicamente complejas y especialidades.
+* Supervisión de los niveles de stock, pedido de productos faltantes para la preparación de comidas.
+* Recepción de mercaderías de proveedores, realización de controles de calidad y cantidad de los bienes suministrados, responsabilidad por su almacenamiento correcto.
+* Dirección, coordinación y supervisión profesional del personal de cocina.
+* Elaboración, actualización y diversificación periódica del menú.
+* Realización de cálculos de precios para la producción de comidas.</t>
+  </si>
+  <si>
     <t>Concierge</t>
+  </si>
+  <si>
+    <t>Conserje</t>
   </si>
   <si>
     <t>* Assisting guests with concierge services while securing spending their free time and entertainment, including securing reservations in restaurants.
 * Providing guests with recommendations concerning the hotel and its surroundings (restaurant, historic sights, events etc.).
 * Sending and accepting courier packages.
 * Securing immediate delivery of fax messages and of mail to the guests.
 * Responding to the questions of guests, solving eventual problems.
 * Organizing parking of cars.
 * Assisting guests with a rucksack (in case they need it).</t>
   </si>
   <si>
+    <t>* Ayudar a los huéspedes con servicios de conserjería mientras asegura el aprovechamiento de su tiempo libre y entretenimiento, incluyendo la reserva de mesas en restaurantes.
+* Proporcionar a los huéspedes recomendaciones sobre el hotel y su entorno (restaurantes, sitios históricos, eventos, etc.).
+* Enviar y recibir paquetes de mensajería.
+* Asegurar la entrega inmediata de mensajes de fax y correo a los huéspedes.
+* Responder a las preguntas de los huéspedes y resolver posibles problemas.
+* Organizar el estacionamiento de vehículos.
+* Ayudar a los huéspedes con una mochila (en caso de que la necesiten).</t>
+  </si>
+  <si>
     <t>Cook</t>
+  </si>
+  <si>
+    <t>Cocinero</t>
   </si>
   <si>
     <t>* Preparing warm, cold, and special dietary needs dishes.
 * Responsibility for precise adherence to recipes, quality characteristics, and quantities of ingredients.
 * Dividing prepared dishes into individual portions.
 * Arranging and decorating dishes just before serving.
 * Ensuring the proper use and care for the kitchen equipment and tools.
 * Following strict hygienic standards and principles.</t>
   </si>
   <si>
+    <t>* Preparar platos calientes, fríos y adaptados a necesidades dietéticas especiales.
+* Responsabilidad de seguir con precisión las recetas, características de calidad y cantidades de ingredientes.
+* Dividir los platos preparados en raciones individuales.
+* Organizar y decorar los platos justo antes de servir.
+* Garantizar el uso y cuidado adecuado del equipo y herramientas de cocina.
+* Seguir estrictos estándares y principios de higiene.</t>
+  </si>
+  <si>
     <t>Croupier</t>
+  </si>
+  <si>
+    <t>Crupier</t>
   </si>
   <si>
     <t>* Operating gambling slot machines.
 * Familiarising customers with the rules and principles of the game.
 * Shuffling and distributing playing cards.
 * Supervising the regular conduct of games.
 * Exchanging cash.
 * Serving alcoholic and soft drinks.</t>
   </si>
   <si>
+    <t>* Operar máquinas tragamonedas.
+* Familiarizar a los clientes con las reglas y principios del juego.
+* Barajar y repartir cartas de juego.
+* Supervisar el desarrollo regular de los juegos.
+* Cambiar dinero en efectivo.
+* Servir bebidas alcohólicas y refrescos.</t>
+  </si>
+  <si>
     <t>Fast food worker</t>
+  </si>
+  <si>
+    <t>Trabajador de comida rápida</t>
   </si>
   <si>
     <t>* preparing meals
 * working at the cash desk
 * attending the staff assigned section
 * maintaining cleanliness of the working place</t>
   </si>
   <si>
+    <t>* Preparación de comidas
+* Trabajar en la caja registradora
+* Atender la sección asignada del personal
+* Mantener la limpieza del lugar de trabajo</t>
+  </si>
+  <si>
     <t>Flight Attendant</t>
+  </si>
+  <si>
+    <t>Auxiliar de vuelo</t>
   </si>
   <si>
     <t>* Attending a pre-flight safety briefing.
 * Welcoming passengers on board the aircraft, directing them to their seats according to the information on their boarding cards, and assisting them with their hand luggage.
 * Informing passengers of the aircraft safety procedures and providing a safety demonstration.
 * Preparing, serving, and selling meals and drinks.
 * Selling duty-free goods.
 * Checking the passengers and crew members regularly.
 * Distributing customs forms on international flights and assisting the passengers to fill them in.
 * Giving first aid to a limited extent.
 * Overseeing that the cleanliness and order on board is maintained.</t>
   </si>
   <si>
+    <t>* Asistir a una sesión informativa de seguridad previa al vuelo.
+* Recibir a los pasajeros a bordo del avión, dirigirlos a sus asientos según la información en sus tarjetas de embarque y ayudarlos con su equipaje de mano.
+* Informar a los pasajeros sobre los procedimientos de seguridad del avión y ofrecer una demostración de seguridad.
+* Preparar, servir y vender comidas y bebidas.
+* Vender productos libres de impuestos.
+* Comprobar regularmente a los pasajeros y miembros de la tripulación.
+* Distribuir formularios de aduana en vuelos internacionales y ayudar a los pasajeros a rellenarlos.
+* Prestar primeros auxilios en una medida limitada.
+* Supervisar que se mantenga la limpieza y el orden a bordo.</t>
+  </si>
+  <si>
     <t>Hotel Porter</t>
+  </si>
+  <si>
+    <t>Portero de hotel</t>
   </si>
   <si>
     <t>* Welcoming guests arriving at the hotel.
 * Helping guests when getting in and out of their vehicle, and opening doors.
 * Loading and unloading luggage to/from the vehicle.
 * Helping guests to carry their luggage.
 * Guiding guests to their hotel rooms and presenting the equipment rooms.
 * Responding to the commonly posed questions from guests, and solving problems.</t>
   </si>
   <si>
+    <t>* Dar la bienvenida a los huéspedes que llegan al hotel.
+* Ayudar a los huéspedes al subir y bajar de su vehículo y abrir las puertas.
+* Cargar y descargar equipaje del vehículo.
+* Ayudar a los huéspedes a llevar su equipaje.
+* Guiar a los huéspedes a sus habitaciones del hotel y presentar las instalaciones de las habitaciones.
+* Responder a las preguntas comunes de los huéspedes y resolver problemas.</t>
+  </si>
+  <si>
     <t>Houseman</t>
   </si>
   <si>
     <t>* Taking part in the effective fulfilling of the daily working tasks in the housekeeping department.
 * Caring for the main storehouse in the housekeeping department.
 * Taking orders of working aids for chambermaids and cleaners.
 * Taking out large goods and working aids to the individual storerooms on the storeys.
 * Taking out, bringing and sorting out of the hotel bed sheets and tea towels.
 * Taking responsibility for the regular monthly stocktaking.</t>
   </si>
   <si>
+    <t>* Participar en la realización efectiva de las tareas diarias en el departamento de limpieza.
+* Encargarse del almacén principal del departamento de limpieza.
+* Realizar pedidos de ayudas de trabajo para camareras de piso y personal de limpieza.
+* Sacar mercancías y ayudas de trabajo a los almacenes individuales de las plantas.
+* Sacar, traer y clasificar las sábanas y toallas de té del hotel.
+* Responsabilizarse de la toma de inventario mensual periódica.</t>
+  </si>
+  <si>
     <t>Kitchen Helper</t>
+  </si>
+  <si>
+    <t>Auxiliar de cocina</t>
   </si>
   <si>
     <t>* Assisting in the preparation of food items according to established recipes and standards.
 * Maintaining cleanliness and organization of the kitchen area, including washing dishes, utensils, and equipment.
 * Supporting chefs and kitchen staff in various tasks, including food preparation and plating.
 * Ensuring proper storage of food items and adherence to food safety and sanitation guidelines.
 * Assisting with inventory management by tracking supplies and notifying supervisors of low stock levels.
 * Helping with the setup and breakdown of kitchen stations before and after service.
 * Participating in the cleaning and maintenance of kitchen appliances and work areas.
 * Collaborating with team members to ensure efficient kitchen operations and timely service.
 * Following all health and safety regulations to ensure a safe working environment.
 * Being flexible and ready to take on additional tasks as needed to support the kitchen team.</t>
   </si>
   <si>
+    <t>* Ayudar en la preparación de alimentos según recetas y estándares establecidos.
+* Mantener limpias y organizadas las áreas de la cocina, incluyendo el lavado de platos, utensilios y equipo.
+* Apoyar a los chefs y personal de cocina en diversas tareas, incluyendo la preparación y emplatado de alimentos.
+* Asegurar el almacenamiento adecuado de alimentos y el cumplimiento de las pautas de seguridad y saneamiento alimentario.
+* Ayudar con la gestión de inventario haciendo seguimiento de los suministros y notificando a los supervisores los niveles bajos de existencias.
+* Ayudar en la configuración y desmontaje de las estaciones de cocina antes y después del servicio.
+* Participar en la limpieza y mantenimiento de electrodomésticos y áreas de trabajo de la cocina.
+* Colaborar con los miembros del equipo para garantizar operaciones eficientes en la cocina y un servicio oportuno.
+* Cumplir con todas las regulaciones de salud y seguridad para garantizar un entorno de trabajo seguro.
+* Ser flexible y estar dispuesto a asumir tareas adicionales según sea necesario para apoyar al equipo de cocina.</t>
+  </si>
+  <si>
     <t>Lifeguard, Swimming Instructor</t>
+  </si>
+  <si>
+    <t>Socorrista, instructor de natación</t>
   </si>
   <si>
     <t>* Saving drowning visitors of swimming pools, water parks, beaches and similar facilities.
 * Supervising compliance with the rules of swimming facilities.
 * Providing first aid to visitors of the swimming facilities.</t>
+  </si>
+  <si>
+    <t>* Salvar a visitantes que se estén ahogando en piscinas, parques acuáticos, playas y establecimientos similares.
+* Supervisar el cumplimiento de las normas de los establecimientos de natación.
+* Proporcionar primeros auxilios a los visitantes de los establecimientos de natación.</t>
   </si>
   <si>
     <t>* Overseeing daily operations of the establishment to ensure smooth functioning and high-quality service delivery.
 * Coordinating with various departments, including front desk, housekeeping, and food and beverage, to maintain operational efficiency.
 * Training, supervising, and mentoring staff, ensuring adherence to company policies and standards.
 * Monitoring guest satisfaction and addressing any issues or complaints promptly and professionally.
 * Implementing operational procedures and standards to enhance service quality and operational performance.
 * Assisting in the development and management of budgets, ensuring cost-effective operations.
 * Conducting regular inspections of the facility to ensure compliance with health and safety regulations.
 * Collaborating with management to develop promotional strategies and improve service offerings.
 * Maintaining inventory levels and overseeing procurement of supplies and equipment.
 * Preparing reports on operational performance and presenting findings to senior management.
 * Ensuring a positive and welcoming atmosphere for guests and staff alike.</t>
   </si>
   <si>
+    <t>* Supervisar las operaciones diarias del establecimiento para asegurar el funcionamiento sin problemas y la entrega de servicios de alta calidad.
+* Coordinar con varios departamentos, incluidos recepción, limpieza y alimentos y bebidas, para mantener la eficiencia operativa.
+* Capacitar, supervisar y guiar al personal, asegurando el cumplimiento de las políticas y estándares de la empresa.
+* Monitorear la satisfacción de los huéspedes y abordar cualquier problema o queja de manera oportuna y profesional.
+* Implementar procedimientos y estándares operativos para mejorar la calidad del servicio y el rendimiento operativo.
+* Ayudar en el desarrollo y la gestión de presupuestos, asegurando operaciones rentables.
+* Realizar inspecciones regulares de las instalaciones para asegurar el cumplimiento con las regulaciones de salud y seguridad.
+* Colaborar con la gerencia para desarrollar estrategias promocionales y mejorar las ofertas de servicio.
+* Mantener los niveles de inventario y supervisar la adquisición de suministros y equipo.
+* Preparar informes sobre el rendimiento operativo y presentar los hallazgos a la gerencia senior.
+* Asegurar un ambiente positivo y acogedor tanto para los huéspedes como para el personal.</t>
+  </si>
+  <si>
     <t>Pizza Cook</t>
+  </si>
+  <si>
+    <t>Cocinero de pizzas</t>
   </si>
   <si>
     <t>* Preparing pizza and pizza products in a special wood-burning oven 
 * Preparation and cleaning within the kitchen.</t>
+  </si>
+  <si>
+    <t>* Preparar pizzas y productos de pizza en un horno de leña especial
+* Preparación y limpieza dentro de la cocina.</t>
   </si>
   <si>
     <t>* Welcoming and checking in the guests by means of their presented identity card.
 * Assigning rooms according to customer requirements and current availability in accommodation facility.
 * Providing information and assistance in solving problems and complaints.
 * Providing foreign currency exchange services.
 * Providing telephone and e-mail reservations.
 * Providing specialised services on request.
 * Sale of supplementary consumer goods.
 * Issuing receipts for accommodation services.
 * Accepting payments in local and foreign currency and operating a payment terminal.</t>
   </si>
   <si>
+    <t>* Recibir y registrar a los huéspedes mediante la presentación de su documento de identidad.
+* Asignar habitaciones según las necesidades de los clientes y la disponibilidad actual en el establecimiento.
+* Brindar información y asistencia para resolver problemas y reclamos.
+* Ofrecer servicios de cambio de moneda extranjera.
+* Realizar reservas por teléfono y correo electrónico.
+* Proporcionar servicios especializados a petición.
+* Venta de bienes de consumo suplementarios.
+* Emitir recibos por servicios de alojamiento.
+* Aceptar pagos en moneda local y extranjera y operar un terminal de pago.</t>
+  </si>
+  <si>
     <t>Restaurant worker</t>
+  </si>
+  <si>
+    <t>Empleado de restaurante</t>
   </si>
   <si>
     <t>* Providing excellent customer service to ensure a positive dining experience for guests.
 * Taking and processing customer orders accurately and efficiently.
 * Assisting in menu selection and offering recommendations based on customer preferences.
 * Preparing tables for dining by setting up utensils, glassware, and condiments.
 * Collaborating with kitchen staff to ensure timely and accurate food preparation and delivery.
 * Maintaining cleanliness and organization of the dining area, including clearing and resetting tables.
 * Handling customer inquiries and resolving any issues or complaints in a professional manner.
 * Processing payments and managing cash register transactions.
 * Adhering to health and safety regulations, including food hygiene standards.
 * Participating in training programs to enhance service skills and product knowledge.
 * Assisting with inventory management and restocking supplies as needed.
 * Supporting special events and catering services as required.</t>
+  </si>
+  <si>
+    <t>* Proporcionar un excelente servicio al cliente para garantizar una experiencia gastronómica positiva para los invitados.
+* Tomar y procesar los pedidos de los clientes de manera precisa y eficiente.
+* Ayudar en la selección de menús y ofrecer recomendaciones basadas en las preferencias de los clientes.
+* Preparar las mesas para comer estableciendo utensilios, vajilla y condimentos.
+* Colaborar con el personal de cocina para garantizar la preparación y entrega de alimentos de manera oportuna y precisa.
+* Mantener la limpieza y organización del área de comedor, incluyendo limpiar y volver a configurar las mesas.
+* Atender las consultas de los clientes y resolver cualquier problema o queja de manera profesional.
+* Procesar pagos y gestionar transacciones de caja registradora.
+* Cumplir con las normas de salud y seguridad, incluyendo los estándares de higiene alimentaria.
+* Participar en programas de capacitación para mejorar las habilidades de servicio y el conocimiento de los productos.
+* Ayudar con la gestión de inventario y reabastecer suministros según sea necesario.
+* Apoyar servicios de eventos especiales y catering según lo requerido.</t>
   </si>
   <si>
     <t>* Overseeing daily operations of the retail store to ensure efficiency and productivity.
 * Managing and training a team of sales associates to deliver exceptional customer service.
 * Developing and implementing sales strategies to meet and exceed store targets and objectives.
 * Monitoring inventory levels and coordinating with suppliers to ensure adequate stock.
 * Maintaining visual merchandising standards and ensuring the store is well-presented at all times.
 * Analyzing sales reports and market trends to make informed business decisions.
 * Handling customer inquiries, complaints, and feedback to enhance the shopping experience.
 * Ensuring compliance with company policies, safety regulations, and health standards.
 * Preparing and managing the store budget, including forecasting and controlling expenses.
 * Collaborating with marketing teams to promote store events and special promotions.
 * Leading by example in delivering excellent customer service and fostering a positive work environment.
 * Conducting regular performance evaluations and providing constructive feedback to team members.
 * Ensuring the store meets all operational and financial goals while maintaining high standards of service.</t>
   </si>
   <si>
+    <t>* Supervisar las operaciones diarias de la tienda minorista para garantizar la eficiencia y la productividad.
+* Gestionar y formar a un equipo de asociados de ventas para brindar un servicio al cliente excepcional.
+* Desarrollar e implementar estrategias de ventas para alcanzar y superar los objetivos y metas de la tienda.
+* Monitorear los niveles de inventario y coordinar con los proveedores para garantizar un stock adecuado.
+* Mantener los estándares de merchandising visual y asegurarse de que la tienda esté bien presentada en todo momento.
+* Analizar informes de ventas y tendencias del mercado para tomar decisiones informadas de negocio.
+* Manejar las consultas, reclamos y comentarios de los clientes para mejorar la experiencia de compra.
+* Garantizar el cumplimiento de las políticas de la empresa, las regulaciones de seguridad y los estándares de salud.
+* Preparar y gestionar el presupuesto de la tienda, incluyendo la previsión y el control de gastos.
+* Colaborar con los equipos de marketing para promover eventos y promociones especiales en la tienda.
+* Liderar con el ejemplo en la entrega de un excelente servicio al cliente y fomentar un entorno de trabajo positivo.
+* Realizar evaluaciones de desempeño regulares y proporcionar retroalimentación constructiva a los miembros del equipo.
+* Garantizar que la tienda cumpla con todos los objetivos operativos y financieros mientras mantiene altos estándares de servicio.</t>
+  </si>
+  <si>
     <t>Shift manager</t>
+  </si>
+  <si>
+    <t>Director de turno</t>
   </si>
   <si>
     <t>* Overseeing daily operations in the hospitality environment to ensure high-quality service delivery.
 * Managing staff schedules and assigning tasks to ensure efficient workflow during shifts.
 * Training and mentoring team members to enhance their skills and improve service standards.
 * Monitoring guest satisfaction and addressing any concerns or complaints promptly and professionally.
 * Collaborating with other departments to ensure seamless service and guest experiences.
 * Implementing and maintaining health and safety regulations, ensuring compliance with industry standards.
 * Assisting in inventory management, including ordering and restocking supplies as needed.
 * Conducting regular inspections of the facility to ensure cleanliness and maintenance standards are met.
 * Preparing reports on operational performance, staff productivity, and guest feedback for management review.
 * Promoting a positive work environment and fostering team spirit among staff members.</t>
   </si>
   <si>
+    <t>* Supervisión de las operaciones diarias en el entorno de hospitalidad para garantizar la entrega de servicios de alta calidad.
+* Gestión de horarios del personal y asignación de tareas para asegurar un flujo de trabajo eficiente durante los turnos.
+* Capacitación y mentoría de miembros del equipo para mejorar sus habilidades y elevar los estándares de servicio.
+* Monitoreo de la satisfacción de los huéspedes y atención oportuna y profesional a cualquier inquietud o reclamo.
+* Colaboración con otros departamentos para garantizar servicios y experiencias de huéspedes sin inconvenientes.
+* Implementación y mantenimiento de regulaciones de salud y seguridad, asegurando el cumplimiento de estándares industriales.
+* Asistencia en la gestión de inventarios, incluyendo la solicitud y reposición de suministros según sea necesario.
+* Realización de inspecciones regulares de las instalaciones para asegurar el cumplimiento de los estándares de limpieza y mantenimiento.
+* Preparación de informes sobre el rendimiento operativo, la productividad del personal y la retroalimentación de los huéspedes para revisión de la gerencia.
+* Promoción de un entorno laboral positivo y fomento del espíritu de equipo entre los miembros del personal.</t>
+  </si>
+  <si>
     <t>Sommelier</t>
   </si>
   <si>
     <t>* Providing expert advice to customers in choosing the appropriate type of wine and other noble drinks.
 * Serving wine and other high quality beverages.
 * Compiling wine cards and lists of beverages.
 * Ordering, archiving, and selling wine and other products.
 * Organising wine presentations and wine tastings.
 * Training and managing personnel in the given field.</t>
   </si>
   <si>
+    <t>* Proporcionar asesoramiento experto a los clientes en la elección del tipo de vino y otras bebidas nobles adecuadas.
+* Servir vino y otras bebidas de alta calidad.
+* Compilar cartas de vino y listas de bebidas.
+* Pedir, archivar y vender vino y otros productos.
+* Organizar presentaciones de vino y catas de vino.
+* Capacitar y gestionar el personal en el campo dado.</t>
+  </si>
+  <si>
     <t>Spa Therapist</t>
+  </si>
+  <si>
+    <t>Terapeuta de balneario</t>
   </si>
   <si>
     <t>* Carrying out body massages, packs and body and face treatments.
 * Taking care of maintenance and tidiness in the whole hotel spa.
 * Taking care of the spa reception.
 * Presentation and active sale of cosmetic products to the clients.</t>
   </si>
   <si>
+    <t>* Realizar masajes corporales, envolturas y tratamientos corporales y faciales.
+* Encargarse del mantenimiento y limpieza en todo el spa del hotel.
+* Atender la recepción del spa.
+* Presentar y vender activamente productos cosméticos a los clientes.</t>
+  </si>
+  <si>
     <t>Travel Guide</t>
+  </si>
+  <si>
+    <t>Guía de viaje</t>
   </si>
   <si>
     <t>* Guiding individuals and groups during tours.
 * Preparing professional commentaries, studying historical facts and attractions.
 * Providing professional commentaries in the mother tongue and a foreign language.
 * Answering the tour participants’ questions.
 * Operational solution of problems encountered.</t>
   </si>
   <si>
+    <t>* Guía a individuos y grupos durante las visitas guiadas.
+* Prepara comentarios profesionales, estudia hechos históricos y lugares de interés.
+* Proporciona comentarios profesionales en su lengua materna y en un idioma extranjero.
+* Responde a las preguntas de los participantes del recorrido.
+* Resuelve de forma operativa los problemas que surjan.</t>
+  </si>
+  <si>
     <t>Waiter</t>
+  </si>
+  <si>
+    <t>Camarero</t>
   </si>
   <si>
     <t>* Setting tables, placing silverware, plates, glasses, and placemats.
 * Welcoming and seating guests based on the current available capacity.
 * Providing advice when customers are selecting meals and beverages.
 * Taking orders from customers.
 * Serving ordered meals and beverages and occasionally performing the finishing touches for meals at the table.
 * Accepting and turning over claims to a responsible staff member.
 * Collecting payment and outstanding amounts in local and foreign currencies or via a payment card.
 * Removing used silverware, plates, and glasses from tables.
 * Taking reservations for tables.</t>
   </si>
   <si>
+    <t>* Preparar mesas, colocando cubiertos, platos, vasos y individual.
+* Recibir y sentar a los clientes en función de la capacidad disponible en ese momento.
+* Ofrecer recomendaciones cuando los clientes estén seleccionando comidas y bebidas.
+* Tomar pedidos de los clientes.
+* Servir las comidas y bebidas pedidas y en ocasiones realizar los toques finales de las comidas en la mesa.
+* Aceptar y tramitar reclamaciones a un miembro del personal responsable.
+* Cobrar pagos y cantidades adeudadas en monedas locales y extranjeras o mediante tarjeta de pago.
+* Retirar la vajilla, platos y vasos usados de las mesas.
+* Tomar reservas para mesas.</t>
+  </si>
+  <si>
     <t>Waiter - Room Service</t>
+  </si>
+  <si>
+    <t>Camarero - servicio de habitaciones</t>
   </si>
   <si>
     <t>* Being responsible for professional services to the guests while serving meals and drinks to the guest rooms. 
 * Being responsible for the requests of guests who asked for delivery to the hotel room.
 * Taking part in development and improvement of the service of meals and drinks.
 * Announcing and solving problems of guests.
 * Providing and keeping a high quality service of meals and drinks.
 * Stocking minibars in the hotel rooms.</t>
   </si>
   <si>
+    <t>* Ser responsable de los servicios profesionales a los huéspedes mientras se sirven comidas y bebidas en las habitaciones de los huéspedes.
+* Ser responsable de las solicitudes de los huéspedes que solicitaron entrega en la habitación del hotel.
+* Participar en el desarrollo y mejora del servicio de comidas y bebidas.
+* Anunciar y resolver problemas de los huéspedes.
+* Proporcionar y mantener un servicio de comidas y bebidas de alta calidad.
+* Reponer los minibares en las habitaciones del hotel.</t>
+  </si>
+  <si>
     <t>Translating, interpreting</t>
   </si>
   <si>
+    <t>Traducción e interpretación</t>
+  </si>
+  <si>
     <t>Interpreter</t>
+  </si>
+  <si>
+    <t>Intérprete</t>
   </si>
   <si>
     <t>* Studying vocabulary and technical terminology in the field being interpreted.
 * Performing simultaneous or consecutive interpretation from the source language into the target language with an emphasis placed on the accuracy and fluency of the interpreted speech.
 * Attending international events, business meetings, trials, police interrogations, etc.</t>
   </si>
   <si>
+    <t>* Estudiar vocabulario y terminología técnica en el campo que se está interpretando.
+* Realizar interpretación simultánea o consecutiva del idioma de origen al idioma de destino con un énfasis en la precisión y fluidez del discurso interpretado.
+* Asistir a eventos internacionales, reuniones de negocios, juicios, interrogatorios policiales, etc.</t>
+  </si>
+  <si>
     <t>* Editing text regarding spelling, style, and content.
 * Marking identified errors using proofreading marks.
 * Final proofreading by reading the entire text.</t>
   </si>
   <si>
+    <t>* Edición de texto en cuanto a ortografía, estilo y contenido.
+* Marcar errores identificados utilizando marcas de corrección.
+* Revisión final mediante la lectura del texto completo.</t>
+  </si>
+  <si>
     <t>Translator</t>
+  </si>
+  <si>
+    <t>Traductor</t>
   </si>
   <si>
     <t>* Familiarising with the source text in order to understand its meaning and function.
 * Using the available and relevant literature and specialised software to translate the source text into the target language.
 * Translating the texts from the source language into the target language while retaining the original meaning, quality of translation and specific customer instructions.
 * Proofreading the translated text: correcting the grammatical and stylistic errors, typos, proofreading the text in terms of the meaning, reviewing the consistency of the terminology used and the completeness of the translated text, and locating specific data for a specific target language (e.g. writing of the proper numbers, dates, units of measure etc.).</t>
   </si>
   <si>
+    <t>* Familiarizarse con el texto de origen para comprender su significado y función.
+* Utilizar la literatura disponible y relevante y software especializado para traducir el texto de origen al idioma de destino.
+* Traducir los textos del idioma de origen al idioma de destino manteniendo el significado original, la calidad de la traducción y las instrucciones específicas del cliente.
+* Revisar el texto traducido: corregir errores gramaticales y estilísticos, errores de ortografía, revisar el texto en cuanto al significado, revisar la consistencia de la terminología utilizada y la integridad del texto traducido, y localizar datos específicos para un idioma de destino específico (por ejemplo, escritura de números, fechas, unidades de medida, etc.).</t>
+  </si>
+  <si>
     <t>Transport, Haulage, Logistics</t>
   </si>
   <si>
+    <t>Transporte, acarreo y logística</t>
+  </si>
+  <si>
     <t>Air Traffic Controller</t>
+  </si>
+  <si>
+    <t>Controlador de tráfico aéreo</t>
   </si>
   <si>
     <t>* Ensuring the safe and efficient management of air traffic within designated airspace.
 * Coordinating aircraft movements on the ground and in the air to prevent collisions and ensure timely departures and arrivals.
 * Minimizing aircraft delays through effective communication and problem-solving in response to unexpected weather conditions or technical malfunctions.
 * Utilizing radar, radio communication, and other technologies to monitor and direct aircraft, providing instructions to pilots as necessary.
 * Collaborating with other air traffic control personnel and aviation stakeholders to maintain smooth operations and enhance safety protocols.
 * Conducting regular assessments of air traffic patterns and making adjustments to improve efficiency and safety.
 * Maintaining detailed records of flight activities and incidents to support operational analysis and compliance with regulatory requirements.
 * Participating in ongoing training and professional development to stay current with industry standards, regulations, and technological advancements.
 * Responding to emergencies and implementing contingency plans to ensure the safety of passengers and crew.
 * Demonstrating strong decision-making skills and the ability to work under pressure in a fast-paced environment.</t>
   </si>
   <si>
+    <t>* Garantizar la gestión segura y eficiente del tráfico aéreo en el espacio aéreo designado.
+* Coordinar los movimientos de las aeronaves en tierra y en el aire para evitar colisiones y asegurar salidas y llegadas puntuales.
+* Minimizar los retrasos de las aeronaves mediante una comunicación y resolución de problemas efectivas en respuesta a condiciones climáticas inesperadas o fallos técnicos.
+* Utilizar radar, comunicación por radio y otras tecnologías para monitorear y dirigir a las aeronaves, proporcionando instrucciones a los pilotos según sea necesario.
+* Colaborar con otros personal de control de tráfico aéreo y partes interesadas de la aviación para mantener operaciones fluidas y mejorar los protocolos de seguridad.
+* Realizar evaluaciones periódicas de los patrones de tráfico aéreo y hacer ajustes para mejorar la eficiencia y la seguridad.
+* Mantener registros detallados de las actividades de vuelo e incidentes para apoyar el análisis operacional y cumplir con los requisitos reglamentarios.
+* Participar en la formación y desarrollo profesional continuo para mantenerse actualizado con los estándares, regulaciones y avances tecnológicos de la industria.
+* Responder a emergencias e implementar planes de contingencia para garantizar la seguridad de los pasajeros y la tripulación.
+* Demostrar habilidades de toma de decisiones sólidas y capacidad para trabajar bajo presión en un entorno de ritmo rápido.</t>
+  </si>
+  <si>
     <t>Aircraft engineer</t>
+  </si>
+  <si>
+    <t>Ingeniero aeronáutico</t>
   </si>
   <si>
     <t>* Supervising the assembly of aircraft systems and engines
 * Testing aircraft to measure performance and identify areas for improvement
 * Developing design specifications for aircraft systems
 * Applying scientific principles to improve the performance of aircraft
 * Researching the environmental impact of aircraft and taking action to minimise this
 * Investigating problems with aircraft or the causes of accidents
 * Creating reports for clients and providing technical advice
 * Maintaining aircraft and carrying out regular inspections</t>
   </si>
   <si>
+    <t>* Supervisar el ensamblaje de sistemas y motores de aeronaves
+* Realizar pruebas en aeronaves para medir el rendimiento e identificar áreas de mejora
+* Desarrollar especificaciones de diseño para sistemas de aeronaves
+* Aplicar principios científicos para mejorar el rendimiento de las aeronaves
+* Investigar el impacto ambiental de las aeronaves y tomar medidas para minimizarlo
+* Investigar problemas con aeronaves o las causas de accidentes
+* Crear informes para clientes y proporcionar asesoramiento técnico
+* Mantener aeronaves y realizar inspecciones regulares</t>
+  </si>
+  <si>
     <t>Aircraft Technician</t>
+  </si>
+  <si>
+    <t>Técnico aeronáutico</t>
   </si>
   <si>
     <t>* Dismantling and remounting of fuel tanks, including the cleaning of storage areas, connecting petrol installations, including the waste pipe and fitting the filler caps.
 * Technical maintenance of aircraft when located in the apron, connecting the ground supplies and visual inspection of the exterior and interior of aircrafts.
 * Mounting and adjusting aircraft chassis and propellers.
 * Pre-flight technical inspections of aircrafts, including the decision on the serviceability of aircrafts.
 * Managing the replacement of engines with connecting auxiliary equipment and the entire installation, including the setting when testing the engine.
 * Detecting and removing defects and damage to aircraft and to their systems (power steering and load control, landing gears and fuel, hydraulic (using the energy of liquids), air de-icing and altitude systems) and deciding on their serviceability.
 * Conducting engine tests of the reactive engines prior to delivering the aircraft for flight, detecting the causes of defects and determining the method of their removal.</t>
   </si>
   <si>
+    <t>* Desmontaje y remontaje de depósitos de combustible, incluyendo la limpieza de áreas de almacenamiento, conexión de instalaciones de gasolina, incluyendo la tubería de desechos y ajuste de las tapas de llenado.
+* Mantenimiento técnico de aeronaves cuando se encuentran en el área de estacionamiento, conexión de suministros de tierra y inspección visual del exterior e interior de las aeronaves.
+* Montaje y ajuste de chasis y hélices de aeronaves.
+* Inspecciones técnicas previas al vuelo de las aeronaves, incluyendo la decisión sobre la aptitud para el servicio de las aeronaves.
+* Gestión del reemplazo de motores con conexión de equipo auxiliar y la instalación completa, incluyendo la configuración durante las pruebas del motor.
+* Detección y eliminación de defectos y daños en aeronaves y sus sistemas (dirección asistida y control de carga, trenes de aterrizaje y combustible, hidráulicos (utilizando la energía de líquidos), deshielo por aire y sistemas de altitud) y decisión sobre su aptitud para el servicio.
+* Realización de pruebas de motores de los motores reactivos antes de entregar la aeronave para vuelo, detección de las causas de defectos y determinación del método de su eliminación.</t>
+  </si>
+  <si>
     <t>Bus Driver</t>
+  </si>
+  <si>
+    <t>Conductor de autobús</t>
   </si>
   <si>
     <t>* Transporting people within urban, suburban, long distance, international and special services.
 * Stopping at bus stops in accordance with the current timetable and on request.
 * Opening and closing doors when passengers get on/off the bus.
 * Operating the electronic till and issuing tickets to passengers.
 * Operating the air conditioning, heating and lighting on the bus.
 * Recharging smart cards (excluding urban and special services).
 * Accepting and dispensing cash from and to the passengers.
 * Putting oversized luggage into the luggage compartment of the bus (except urban services).
 * Keeping the bus clean and tidy.</t>
   </si>
   <si>
+    <t>* Transportar personas en servicios urbanos, suburbanos, de larga distancia, internacionales y especiales.
+* Detenerse en las paradas de autobús según el horario actual y a petición.
+* Abrir y cerrar las puertas cuando los pasajeros suben o bajan del autobús.
+* Operar la caja registradora electrónica y expedir billetes a los pasajeros.
+* Manipular el aire acondicionado, la calefacción y la iluminación del autobús.
+* Recargar tarjetas inteligentes (excluyendo servicios urbanos y especiales).
+* Aceptar y dispensar dinero en efectivo de y a los pasajeros.
+* Colocar equipaje de gran tamaño en el compartimento de equipaje del autobús (excepto servicios urbanos).
+* Mantener el autobús limpio y ordenado.</t>
+  </si>
+  <si>
     <t>Car Driver</t>
+  </si>
+  <si>
+    <t>Conductor de coches</t>
   </si>
   <si>
     <t>* Transporting one or more passengers by car to their final destination at a pre-arranged and/or any time.
 * Opening and closing doors for passengers.
 * Helping elderly and/or immobile passengers get in and out of the vehicle.
 * Helping passengers with luggage.
 * Maintaining the interior and exterior of the vehicle in proper condition.</t>
   </si>
   <si>
+    <t>* Transportar a uno o varios pasajeros en coche a su destino final en un momento preestablecido y/o en cualquier momento.
+* Abrir y cerrar puertas para los pasajeros.
+* Ayudar a los pasajeros mayores y/o con movilidad reducida a entrar y salir del vehículo.
+* Ayudar a los pasajeros con su equipaje.
+* Mantener el interior y el exterior del vehículo en buen estado.</t>
+  </si>
+  <si>
     <t>Co-ordinator</t>
+  </si>
+  <si>
+    <t>Coordinador</t>
   </si>
   <si>
     <t xml:space="preserve">* Receiving orders from customers
 * Transhipment
 * Approving supplier invoices
 * Support of dispatching in administrative activities
 </t>
   </si>
   <si>
+    <t>* Recibir pedidos de clientes
+* Trasbordo
+* Aprobación de facturas de proveedores
+* Apoyo a la expedición en actividades administrativas</t>
+  </si>
+  <si>
     <t>Counter Clerk</t>
+  </si>
+  <si>
+    <t>Empleado de mostrador</t>
   </si>
   <si>
     <t>* Receiving and issuing letters and parcels.
 * Receiving and issuing cash for services rendered.
 * Helping clients with completing forms for filing postal items, money orders, etc.
 * Paying out money orders and payment receipts.
 * Selling scratch tickets and betting game tickets.
 * Selling periodicals, stamps, packaging and packing materials, stationery, etc.</t>
   </si>
   <si>
+    <t>* Recibir y entregar cartas y paquetes.
+* Recibir y entregar dinero en efectivo por servicios prestados.
+* Ayudar a los clientes a completar formularios para enviar artículos postales, giros postales, etc.
+* Pagar giros postales y recibos de pago.
+* Vender billetes de lotería y boletos de juegos de azar.
+* Vender periódicos, sellos, materiales de empaque y embalaje, artículos de papelería, etc.</t>
+  </si>
+  <si>
     <t>Courier</t>
+  </si>
+  <si>
+    <t>Mensajero</t>
   </si>
   <si>
     <t>* Delivering and collecting letter and parcel mail.
 * Managing documentation accompanying the consignments.
 * Planning and optimising the transport routes.
 * Participating in the uploading and unloading of consignments, with an emphasis placed on their safe position.
 * Maintaining a regular communication link with the control centre via radio station.
 * Receiving and issuing cash for delivered consignments.</t>
   </si>
   <si>
+    <t>* Entregar y recoger correo y paquetería.
+* Gestionar la documentación que acompaña los envíos.
+* Planificar y optimizar las rutas de transporte.
+* Participar en la carga y descarga de envíos, haciendo hincapié en su posición segura.
+* Mantener un enlace de comunicación regular con el centro de control a través de la estación de radio.
+* Recibir y expedir dinero en efectivo por los envíos entregados.</t>
+  </si>
+  <si>
     <t>Customs Broker</t>
+  </si>
+  <si>
+    <t>Despachante de aduana</t>
   </si>
   <si>
     <t>* Clearing of goods originating from countries outside the European Union.
 * Performing export operations related to the issuance of the necessary documents.
 * Submitting statistical reports on the receipt of goods from European Union countries by means of the INTRASTAT document.</t>
   </si>
   <si>
+    <t>* Despacho de mercancías originarias de países ajenos a la Unión Europea.
+* Realización de operaciones de exportación relacionadas con la emisión de los documentos necesarios.
+* Presentación de informes estadísticos sobre la recepción de mercancías de países de la Unión Europea mediante el documento INTRASTAT.</t>
+  </si>
+  <si>
     <t>Dispatch clerk</t>
+  </si>
+  <si>
+    <t>Empleado de despacho y expedición</t>
   </si>
   <si>
     <t>* Preparing and dispatching goods and consignments
 * Preparing necessary documentation for consignments (delivery notes, dispatch forms)
 * Record keeping</t>
+  </si>
+  <si>
+    <t>* Preparar y enviar mercancías y envíos
+* Preparar la documentación necesaria para los envíos (notas de entrega, formularios de despacho)
+* Mantener registros</t>
   </si>
   <si>
     <t>* Coordinating the distribution of goods and materials to ensure timely delivery.
 * Maintaining accurate records of inventory levels, shipping schedules, and delivery confirmations.
 * Collaborating with suppliers, vendors, and customers to facilitate efficient logistics operations.
 * Processing orders and preparing shipping documents, including bills of lading and packing lists.
 * Monitoring transportation costs and optimizing routes to enhance efficiency and reduce expenses.
 * Communicating with drivers and warehouse staff to ensure smooth operations and address any issues that arise.
 * Conducting regular audits of inventory and distribution processes to ensure compliance with company policies.
 * Utilizing software and technology to track shipments and manage logistics data effectively.
 * Assisting in the development and implementation of logistics strategies to improve overall service levels.
 * Providing exceptional customer service by addressing inquiries and resolving any distribution-related concerns.</t>
   </si>
   <si>
+    <t>* Coordinar la distribución de bienes y materiales para garantizar la entrega oportuna.
+* Mantener registros precisos de los niveles de inventario, horarios de envío y confirmaciones de entrega.
+* Colaborar con proveedores, vendedores y clientes para facilitar operaciones logísticas eficientes.
+* Procesar pedidos y preparar documentos de envío, incluidas facturas de embarque y listas de empaque.
+* Monitorear los costos de transporte y optimizar rutas para mejorar la eficiencia y reducir gastos.
+* Comunicarse con conductores y personal de almacén para garantizar operaciones fluidas y abordar cualquier problema que surja.
+* Realizar auditorías regulares de inventario y procesos de distribución para garantizar el cumplimiento de las políticas de la empresa.
+* Utilizar software y tecnología para rastrear envíos y gestionar datos logísticos de manera efectiva.
+* Asistir en el desarrollo e implementación de estrategias logísticas para mejorar los niveles de servicio en general.
+* Proporcionar un servicio al cliente excepcional respondiendo a consultas y resolviendo cualquier inquietud relacionada con la distribución.</t>
+  </si>
+  <si>
     <t>Driver</t>
+  </si>
+  <si>
+    <t>Conductor</t>
   </si>
   <si>
     <t>* Driving personal and freight vehicles to transport people or goods.
 * Fuelling vehicles.
 * Changing a flat tyre if needed with the use of a temporary spare tyre.
 * Maintaining the interior and exterior of a vehicle in proper condition.
 * Announcing any failures and wear and tear of a vehicle to a superior.
 * Managing a trip log.</t>
   </si>
   <si>
+    <t>* Conducir vehículos personales y de carga para transportar personas o mercancías.
+* Repostar combustible de los vehículos.
+* Cambiar un neumático pinchado si es necesario, utilizando un neumático de repuesto temporal.
+* Mantener el interior y exterior de un vehículo en buen estado.
+* Comunicar cualquier avería y desgaste de un vehículo a un superior.
+* Gestionar un registro de viajes.</t>
+  </si>
+  <si>
     <t>Engine Driver</t>
   </si>
   <si>
     <t>* Driving traction vehicles on the railway track.
 * Checking the technical condition of the traction vehicle before driving.
 * Transporting persons, material, goods, etc.
 * Checking the prescribed speed limits and other factors affecting driving safety.
 * Stopping the train unit at the prescribed stations.
 * Arranging and parking the railroad cars at the designated location.</t>
   </si>
   <si>
+    <t>* Conducir vehículos de tracción sobre la vía férrea.
+* Verificar el estado técnico del vehículo de tracción antes de conducir.
+* Transportar personas, material, mercancías, etc.
+* Verificar los límites de velocidad prescritos y otros factores que afectan la seguridad de la conducción.
+* Detener la unidad de tren en las estaciones prescritas.
+* Organizar y estacionar los vagones de ferrocarril en el lugar designado.</t>
+  </si>
+  <si>
     <t>Forklift Truck Operator</t>
+  </si>
+  <si>
+    <t>Operador de carretillas elevadoras</t>
   </si>
   <si>
     <t xml:space="preserve">* Operating forklifts, pallet trucks, picking and system trucks, retractors etc.
 * Loading and offloading pallets with freight onto/off vehicle beds.
 * Accepting and delivering goods to and from the warehouse.
 * Supplying the production line with material.
 * Scanning of pallet labels.
 * Performing routine maintenance of the vehicle.
 * Cooperation at stocktaking.
 </t>
   </si>
   <si>
+    <t>* Operación de carretillas elevadoras, camiones de paletas, camiones de recogida y sistema, retractores, etc.
+* Carga y descarga de paletas con mercancías en/ desde las plataformas de los vehículos.
+* Recepción y entrega de mercancías en y desde el almacén.
+* Suministro de material a la línea de producción.
+* Escaneo de etiquetas de paletas.
+* Realización de mantenimiento rutinario del vehículo.
+* Colaboración en el inventario de existencias.</t>
+  </si>
+  <si>
     <t>Forwarder</t>
+  </si>
+  <si>
+    <t>Transitario</t>
   </si>
   <si>
     <t>* Ensuring the national and international transport of goods.
 * Seeking and contacting new customers.
 * Receiving and completing pricing inquiries and orders for shipment.
 * Negotiating the terms and conditions and contracting with carriers.
 * Monitoring the availability of vehicles and ensuring their occupancy.
 * Entering data into the information system.
 * Preparing documents for billing.
 * Monitoring the payment discipline of customers.
 * Communicating with customers and carriers.
 * Resolving claims.</t>
   </si>
   <si>
+    <t>* Garantizar el transporte nacional e internacional de mercancías.
+* Buscar y contactar a nuevos clientes.
+* Recibir y completar consultas de precios y pedidos para envío.
+* Negociar los términos y condiciones y contratar con transportistas.
+* Supervisar la disponibilidad de vehículos y asegurar su ocupación.
+* Introducir datos en el sistema de información.
+* Preparar documentos para la facturación.
+* Supervisar la disciplina de pago de los clientes.
+* Comunicarse con clientes y transportistas.
+* Resolver reclamaciones.</t>
+  </si>
+  <si>
     <t>Head of Vehicle Technical Inspection</t>
+  </si>
+  <si>
+    <t>Jefe de inspección técnica de vehículos</t>
   </si>
   <si>
     <t>* Overseeing the technical inspection processes for all vehicles within the organization.
 * Ensuring compliance with national and international vehicle safety and emissions standards.
 * Developing and implementing inspection protocols and procedures to enhance vehicle safety and performance.
 * Managing a team of technical inspectors, providing training and guidance to ensure high-quality inspections.
 * Collaborating with regulatory bodies and industry stakeholders to stay updated on legislation and best practices.
 * Analyzing inspection data to identify trends and areas for improvement in vehicle maintenance and safety.
 * Preparing detailed reports on inspection findings and presenting recommendations to senior management.
 * Coordinating with other departments to facilitate vehicle maintenance and repair schedules.
 * Ensuring the proper documentation and record-keeping of all inspections conducted.
 * Leading initiatives to promote a culture of safety and compliance within the organization.</t>
   </si>
   <si>
+    <t>* Supervisar los procesos de inspección técnica de todos los vehículos dentro de la organización.
+* Garantizar el cumplimiento de las normas de seguridad y emisiones de vehículos nacionales e internacionales.
+* Desarrollar e implementar protocolos y procedimientos de inspección para mejorar la seguridad y el rendimiento de los vehículos.
+* Dirigir un equipo de inspectores técnicos, proporcionando capacitación y orientación para garantizar inspecciones de alta calidad.
+* Colaborar con organismos reguladores y partes interesadas de la industria para mantenerse actualizado sobre la legislación y las mejores prácticas.
+* Analizar los datos de inspección para identificar tendencias y áreas de mejora en el mantenimiento y la seguridad de los vehículos.
+* Preparar informes detallados sobre los resultados de las inspecciones y presentar recomendaciones a la alta dirección.
+* Coordinar con otros departamentos para facilitar los horarios de mantenimiento y reparación de vehículos.
+* Asegurar la documentación y registro adecuados de todas las inspecciones realizadas.
+* Liderar iniciativas para promover una cultura de seguridad y cumplimiento dentro de la organización.</t>
+  </si>
+  <si>
     <t>Import/Export Officer</t>
+  </si>
+  <si>
+    <t>Oficial de importación/exportación</t>
   </si>
   <si>
     <t>* Checking figures, postings, and documents for correct entry, mathematical accuracy, and proper codes. 
 * Operating computers programmed with accounting software to record, store, and analyze information. 
 * Classifying, recording, and summarizing numerical and financial data to compile and keep financial records, using journals and ledgers or computers. 
 * Compiling statistical, financial, accounting or auditing reports and tables pertaining to such matters as cash receipts, expenditures, accounts payable and receivable, and profits and losses. 
 * Calculating, preparing, and issuing bills, invoices, account statements, and other financial statements according to established procedures. 
 * Preparing bank deposits by compiling data from cashiers, verifying and balancing receipts, and sending cash, checks, or other forms of payment to banks. 
 * Compiling budget data and documents, based on estimated revenues and expenses and previous budgets. 
 * Preparing purchase orders and expense reports. 
 * Transferring details from separate journals to general ledgers or data processing sheets. 
 * Completing and submitting tax forms and returns, workers' compensation forms, pension contribution forms, and other government documents.</t>
   </si>
   <si>
+    <t>* Verificación de cifras, asientos y documentos para asegurar la entrada correcta, la precisión matemática y los códigos adecuados.
+* Operación de ordenadores programados con software contable para registrar, almacenar y analizar información.
+* Clasificación, registro y resumen de datos numéricos y financieros para compilar y mantener registros financieros, utilizando diarios y libros mayores o ordenadores.
+* Compilación de informes y tablas estadísticas, financieras, contables o de auditoría relacionados con asuntos como recepciones de dinero en efectivo, gastos, cuentas a pagar y recibir, y beneficios y pérdidas.
+* Cálculo, preparación y emisión de facturas, facturas comerciales, estados de cuenta y otros estados financieros según procedimientos establecidos.
+* Preparación de depósitos bancarios mediante la compilación de datos de cajeros, verificación y conciliación de recibos, y envío de dinero en efectivo, cheques o otras formas de pago a bancos.
+* Compilación de datos y documentos presupuestarios basados en ingresos y gastos estimados y presupuestos anteriores.
+* Preparación de órdenes de compra e informes de gastos.
+* Transferencia de detalles desde diarios separados a libros mayores generales o hojas de procesamiento de datos.
+* Finalización y presentación de formularios y declaraciones de impuestos, formularios de compensación para trabajadores, formularios de contribución a pensiones y otros documentos gubernamentales.</t>
+  </si>
+  <si>
     <t>Logistics Clerk</t>
+  </si>
+  <si>
+    <t>Empleado de logística</t>
   </si>
   <si>
     <t>* Ensuring the continuous supply of materials for the production department.
 * Monitoring material levels in storage in the information system.
 * Communicating with suppliers regarding the method and time of material delivery.
 * Communicating with the warehousers concerning the optimal storage of pallets with material in storage areas.
 * Communicating with the production department with regard to ensuring a sufficient supply of the materials that are necessary for the smooth operation of production.
 * Cooperating with the head of the production department in creating the production plan.
 * Managing and updating records in the information system.</t>
   </si>
   <si>
+    <t>* Garantizar el suministro continuo de materiales para el departamento de producción.
+* Supervisar los niveles de materiales en almacenamiento en el sistema de información.
+* Comunicarse con los proveedores sobre el método y plazo de entrega de los materiales.
+* Comunicarse con los almacenistas sobre el almacenamiento óptimo de las tarimas con materiales en las áreas de almacenamiento.
+* Comunicarse con el departamento de producción con respecto a garantizar un suministro suficiente de los materiales necesarios para el funcionamiento fluido de la producción.
+* Cooperar con el jefe del departamento de producción en la creación del plan de producción.
+* Administrar y actualizar registros en el sistema de información.</t>
+  </si>
+  <si>
     <t>Logistics Controller</t>
+  </si>
+  <si>
+    <t>Controlador de logística y almacenamiento</t>
   </si>
   <si>
     <t>* Planning and executing all tasks related to daily transportation, including the receipt and dispatch of goods.
 * Preparing and resolving transportation and customs formalities.
 * Communicating with carriers and suppliers to ensure smooth logistics operations.
 * Defining transportation lists in close collaboration with planning, production, and warehouse managers.
 * Monitoring orders to ensure all deliveries arrive on time while considering quantities, quality, and commercial terms.
 * Ensuring accurate and qualified administration of orders.
 * Controlling supplier invoices according to agreed terms and tracking invoice payments.
 * Ensuring the availability of all necessary procurement and logistics data to support effective operational and executive commands.
 * Creating and presenting required procurement and logistics reports to relevant stakeholders.
 * Continuously assessing and improving logistics processes to enhance efficiency and effectiveness.</t>
   </si>
   <si>
+    <t>* Planificar y ejecutar todas las tareas relacionadas con el transporte diario, incluida la recepción y el despacho de mercancías.
+* Preparar y resolver las formalidades de transporte y aduanas.
+* Comunicarse con los transportistas y proveedores para garantizar operaciones logísticas fluidas.
+* Definir las listas de transporte en estrecha colaboración con los gerentes de planificación, producción y almacén.
+* Monitorear los pedidos para asegurarse de que lleguen todos los envíos a tiempo, considerando cantidades, calidad y términos comerciales.
+* Garantizar la administración precisa y cualificada de los pedidos.
+* Controlar las facturas de los proveedores según los términos acordados y realizar el seguimiento de los pagos de facturas.
+* Asegurar la disponibilidad de todos los datos necesarios de compras y logística para apoyar comandos operativos y ejecutivos efectivos.
+* Crear y presentar los informes de compras y logística requeridos a las partes interesadas relevantes.
+* Evaluar y mejorar continuamente los procesos logísticos para aumentar la eficiencia y efectividad.</t>
+  </si>
+  <si>
     <t>Lorry Driver</t>
+  </si>
+  <si>
+    <t>Conductor de camión</t>
   </si>
   <si>
     <t>* Transporting and delivering goods based on predefined conditions domestically and abroad.
 * Coordinating and controlling the loading of goods with the goal of securing the optimum placement of goods and avoiding any overloading of individual axles and/or the entire vehicle.
 * Taking the appropriate measures to prevent goods from moving during transport.
 *Taking the appropriate measures to protect goods and the vehicle from theft (during rest breaks).
 * Using a satellite navigation system and travel maps to precisely locate the delivery location.
 * Maintaining communication links with the dispatch using a radio station.
 * Managing customs formalities during international transport (outside the EU).
 * Checking the quantity and type of goods delivered during unloading; providing the client with all the necessary documentation.
 * Fuelling at filling stations, checking the technical condition of an entrusted motor vehicle.
 * Respecting all legally-defined rest breaks.</t>
   </si>
   <si>
+    <t>* Transportar y entregar mercancías según condiciones predefinidas a nivel nacional e internacional.
+* Coordinar y controlar la carga de mercancías con el objetivo de asegurar la colocación óptima de las mercancías y evitar cualquier sobrecarga de los ejes individuales y/o del vehículo completo.
+* Tomar las medidas adecuadas para evitar que las mercancías se muevan durante el transporte.
+* Tomar las medidas adecuadas para proteger las mercancías y el vehículo contra robos (durante las paradas de descanso).
+* Utilizar un sistema de navegación por satélite y mapas de viaje para localizar con precisión la ubicación de entrega.
+* Mantener enlaces de comunicación con la central de despacho mediante una estación de radio.
+* Gestionar las formalidades aduaneras durante el transporte internacional (fuera de la UE).
+* Verificar la cantidad y tipo de mercancías entregadas durante la descarga; proporcionar al cliente toda la documentación necesaria.
+* Repostar en estaciones de servicio, verificar el estado técnico de un vehículo motorizado asignado.
+* Respetar todos los descansos legales establecidos.</t>
+  </si>
+  <si>
     <t>Maritime Transport Organiser</t>
+  </si>
+  <si>
+    <t>Organizador del transporte marítimo</t>
   </si>
   <si>
     <t>* Maintenance planning.
 * Supply support.
 * Support and Test Equipment/Equipment support.
 * Manpower and personnel.
 * Training and training support.
 * Technical data.
 * Computer Resources support.
 * Facilities.
 * Packaging, Handling, Storage, and Transportation (PHS&amp;T).
 * Monitoring the readiness of assigned ships.
 * Researching operational requirements for the acquisition of ships and ship systems for assigned programs.
 * Assists with budget formulation and contract oversight for assigned programs.
 * Coordinates ship berthing requirements, cargo operations, and safety/navigation compliance.</t>
   </si>
   <si>
+    <t>* Planificación de mantenimiento.
+* Apoyo logístico.
+* Apoyo a equipos y equipos de prueba.
+* Personal y recursos humanos.
+* Capacitación y apoyo a la capacitación.
+* Datos técnicos.
+* Apoyo a recursos informáticos.
+* Instalaciones.
+* Embalaje, manejo, almacenamiento y transporte (EMAT).
+* Monitorear la disponibilidad de los barcos asignados.
+* Investigar los requisitos operativos para la adquisición de barcos y sistemas de barcos para los programas asignados.
+* Ayuda con la formulación del presupuesto y la supervisión de contratos para los programas asignados.
+* Coordina los requisitos de atraque de barcos, operaciones de carga y cumplimiento de seguridad/navegación.</t>
+  </si>
+  <si>
     <t>Naval Officer</t>
+  </si>
+  <si>
+    <t>Oficial de marina</t>
   </si>
   <si>
     <t>* Overseeing the safe navigation and operation of naval vessels.
 * Ensuring compliance with maritime laws, safety regulations, and environmental standards.
 * Coordinating and executing logistical operations related to naval missions and exercises.
 * Managing crew assignments, training, and performance evaluations.
 * Conducting regular inspections and maintenance checks on equipment and vessels.
 * Collaborating with other military branches and agencies for joint operations.
 * Developing and implementing operational plans and strategies for maritime missions.
 * Monitoring weather conditions and making real-time navigational decisions.
 * Maintaining accurate records of voyages, cargo, and crew activities.
 * Providing leadership and guidance to junior officers and crew members.
 * Engaging in continuous professional development and training to enhance naval competencies.
 * Responding to emergency situations and executing crisis management protocols.
 * Participating in strategic planning and resource allocation for naval operations.
 * Ensuring effective communication and coordination among all team members during missions.
 * Promoting a culture of safety, teamwork, and professionalism within the naval unit.</t>
   </si>
   <si>
+    <t>* Supervisar la navegación segura y operación de buques navales.
+* Asegurar el cumplimiento de las leyes marítimas, regulaciones de seguridad y normas medioambientales.
+* Coordinar y ejecutar operaciones logísticas relacionadas con misiones y ejercicios navales.
+* Gestionar asignaciones, formación y evaluaciones de rendimiento del personal.
+* Realizar inspecciones y comprobaciones de mantenimiento periódicas en equipos y buques.
+* Colaborar con otras ramas militares y agencias para operaciones conjuntas.
+* Desarrollar y implementar planes y estrategias operacionales para misiones marítimas.
+* Monitorear las condiciones meteorológicas y tomar decisiones de navegación en tiempo real.
+* Mantener registros precisos de viajes, carga y actividades de la tripulación.
+* Proporcionar liderazgo y orientación a oficiales subalternos y miembros de la tripulación.
+* Participar en un desarrollo profesional continuo y formación para mejorar las competencias navales.
+* Responder a situaciones de emergencia y ejecutar protocolos de gestión de crisis.
+* Participar en planificación estratégica y asignación de recursos para operaciones navales.
+* Asegurar una comunicación y coordinación efectivas entre todos los miembros del equipo durante las misiones.
+* Promover una cultura de seguridad, trabajo en equipo y profesionalismo dentro de la unidad naval.</t>
+  </si>
+  <si>
     <t>Pilot</t>
+  </si>
+  <si>
+    <t>Piloto</t>
   </si>
   <si>
     <t>* Responsibility for piloting airliners and cargo aircraft.
 * Preparing flight plans based on weather forecast and operational information.
 * Performing the routine inspection of instrumentation, controls and equipment prior to departure.
 * Communicating with the control tower, asking for permission to take off/to land.
 * Informing passengers about approaching storms, turbulences and other fluctuations in the weather.</t>
+  </si>
+  <si>
+    <t>* Responsabilidad por pilotar aviones de línea y aviones de carga.
+* Preparación de planes de vuelo basados en el pronóstico del tiempo y la información operativa.
+* Realización de la inspección rutinaria de instrumentación, controles y equipo antes de la partida.
+* Comunicación con la torre de control, solicitando permiso para despegar/aterrizar.
+* Informar a los pasajeros sobre tormentas cercanas, turbulencias y otras fluctuaciones en el clima.$$</t>
   </si>
   <si>
     <t>* Receiving and sorting postal items according to delivery districts.
 * Delivering letter and parcel mail, periodicals, personal delivery and registered delivery.
 * Paying money orders, pensions and other eligible benefits.
 * Accounting for funds received after returning from an errand.
 * Selling valuables and other postal products.
 * Respecting postal secrecy.
 * Responsibility for the delivered items.</t>
   </si>
   <si>
+    <t>* Recibir y clasificar los envíos postales según los distritos de entrega.
+* Entregar correo de cartas y paquetes, publicaciones periódicas, entrega personal y entrega certificada.
+* Pagar giros postales, pensiones y otros beneficios elegibles.
+* Contabilizar los fondos recibidos después de regresar de una diligencia.
+* Vender objetos de valor y otros productos postales.
+* Respetar el secreto postal.
+* Ser responsable de los artículos entregados.</t>
+  </si>
+  <si>
     <t>Postal worker</t>
+  </si>
+  <si>
+    <t>Trabajador postal</t>
   </si>
   <si>
     <t>* Sorting and delivering mail and packages to designated addresses in a timely manner.
 * Collecting outgoing mail and ensuring proper postage and handling.
 * Maintaining accurate records of deliveries and pickups.
 * Assisting customers with inquiries regarding postal services and rates.
 * Operating postal vehicles and ensuring their maintenance and cleanliness.
 * Adhering to safety and security protocols while handling mail and packages.
 * Collaborating with team members to optimize delivery routes and schedules.
 * Utilizing technology and postal systems to track shipments and manage logistics.
 * Handling undeliverable mail and returning it to the appropriate sender.
 * Providing excellent customer service and maintaining a positive image of the postal service.
 * Attending training and development programs to stay updated on postal regulations and procedures.
 * Performing other related duties as assigned by supervisors or management.</t>
   </si>
   <si>
+    <t>* Clasificar y entregar correo y paquetes a direcciones designadas de manera oportuna.
+* Recopilar correo saliente y asegurar el franqueo y manejo adecuados.
+* Mantener registros precisos de entregas y recogidas.
+* Asistir a los clientes con consultas sobre servicios y tarifas postales.
+* Operar vehículos postales y asegurar su mantenimiento y limpieza.
+* Cumplir con los protocolos de seguridad y protección al manejar correo y paquetes.
+* Colaborar con miembros del equipo para optimizar las rutas y horarios de entrega.
+* Utilizar tecnología y sistemas postales para rastrear envíos y gestionar logística.
+* Manejar correo no entregable y devolverlo al remitente correspondiente.
+* Brindar un excelente servicio al cliente y mantener una imagen positiva del servicio postal.
+* Asistir a programas de capacitación y desarrollo para mantenerse actualizado sobre regulaciones y procedimientos postales.
+* Realizar otras tareas relacionadas asignadas por supervisores o gerencia.</t>
+  </si>
+  <si>
     <t>* Overseeing and coordinating all aspects of project management within the transport and logistics sector.
 * Developing project plans, timelines, and budgets to ensure successful project execution.
 * Collaborating with cross-functional teams to define project scope, objectives, and deliverables.
 * Identifying and mitigating risks throughout the project lifecycle to ensure timely completion.
 * Managing relationships with clients, suppliers, and stakeholders to facilitate smooth communication and collaboration.
 * Monitoring project progress and performance, providing regular updates and reports to management.
 * Ensuring compliance with industry regulations and standards in all project activities.
 * Leading project meetings, facilitating discussions, and resolving any issues that arise.
 * Training and mentoring team members to enhance their skills and performance.
 * Implementing best practices and continuous improvement initiatives to optimize project outcomes.
 * Conducting post-project evaluations to assess success and identify areas for improvement.</t>
   </si>
   <si>
+    <t>* Supervisar y coordinar todos los aspectos de la gestión de proyectos dentro del sector del transporte y la logística.
+* Desarrollar planes de proyecto, cronogramas y presupuestos para garantizar la ejecución exitosa del proyecto.
+* Colaborar con equipos multifuncionales para definir el alcance del proyecto, los objetivos y los entregables.
+* Identificar y mitigar riesgos durante todo el ciclo de vida del proyecto para asegurar su finalización oportuna.
+* Gestionar las relaciones con clientes, proveedores y partes interesadas para facilitar la comunicación y la colaboración fluidas.
+* Monitorear el progreso y el desempeño del proyecto, proporcionando actualizaciones y informes periódicos a la gerencia.
+* Asegurar el cumplimiento de las regulaciones y normas de la industria en todas las actividades del proyecto.
+* Dirigir reuniones de proyecto, facilitar debates y resolver cualquier problema que surja.
+* Capacitar y asesorar a los miembros del equipo para mejorar sus habilidades y desempeño.
+* Implementar mejores prácticas e iniciativas de mejora continua para optimizar los resultados del proyecto.
+* Realizar evaluaciones posproyecto para evaluar el éxito e identificar áreas de mejora.</t>
+  </si>
+  <si>
     <t>* Overseeing the procurement process for goods and services to ensure timely and cost-effective purchasing.
 * Developing and implementing purchasing strategies that align with company goals and objectives.
 * Evaluating suppliers and negotiating contracts to secure the best terms and prices.
 * Collaborating with internal departments to forecast purchasing needs and manage inventory levels.
 * Analyzing market trends and supplier performance to identify opportunities for cost savings and efficiency improvements.
 * Maintaining accurate records of purchases, pricing, and inventory levels to support financial and operational reporting.
 * Ensuring compliance with company policies and relevant regulations in all purchasing activities.
 * Building and maintaining strong relationships with suppliers and stakeholders to facilitate effective communication and collaboration.
 * Leading and mentoring a team of purchasing professionals, providing guidance and support in their roles.
 * Monitoring and reporting on key performance indicators related to purchasing activities and supplier performance.</t>
   </si>
   <si>
+    <t>* Supervisar el proceso de compra de bienes y servicios para garantizar una adquisición puntual y rentable.
+* Desarrollar e implementar estrategias de compra que se alineen con los objetivos y metas de la empresa.
+* Evaluar a los proveedores y negociar contratos para obtener las mejores condiciones y precios.
+* Colaborar con departamentos internos para pronosticar las necesidades de compra y gestionar los niveles de inventario.
+* Analizar las tendencias del mercado y el desempeño de los proveedores para identificar oportunidades de ahorro de costos y mejoras en la eficiencia.
+* Mantener registros precisos de compras, precios e inventarios para apoyar la presentación de informes financieros y operativos.
+* Asegurar el cumplimiento de las políticas de la empresa y las regulaciones relevantes en todas las actividades de compra.
+* Construir y mantener relaciones sólidas con proveedores y partes interesadas para facilitar la comunicación y colaboración efectivas.
+* Dirigir y mentorizar a un equipo de profesionales de compras, brindando orientación y apoyo en sus roles.
+* Monitorear e informar sobre los indicadores clave de desempeño relacionados con las actividades de compra y el desempeño de los proveedores.</t>
+  </si>
+  <si>
     <t>Rail Transport Controller (shunter, signalist)</t>
+  </si>
+  <si>
+    <t>Controlador de transporte ferroviario (guardagujas,</t>
   </si>
   <si>
     <t>* Securing transport routes for trains and shunting by means of centrally, locally and manually placed points, derails, signals. 
 * Shunting railroad cars, coupling and uncoupling them and tending to the brakes of individual cars or car groups.
 * Retaining humped and pushed-off cars, securing cars against movement.
 * Tending to rail brakes.
 * Monitoring signals and given signals, monitoring the movement of trains..
 * Tending to notification and safety devices, checking them, tending to rail brakes. Keeping transportation records.
 * Checking and operational maintenance of points in the assigned area.</t>
   </si>
   <si>
+    <t>* Asegurar las rutas de transporte de trenes y maniobras mediante puntos, descarriladores y señales_connections colocados de forma centralizada, local y manual.
+* Maniobrar vagones de ferrocarril, acoplarlos y desacoplarlos y atender los frenos de vagones individuales o grupos de vagones.
+* Retener vagones impulsados y descarrilados, asegurándolos contra movimiento.
+* Atender los frenos de rieles.
+* Monitorizar señales unless y ejecutar señaleszers, monitorear el movimiento de trenes.
+* Atender dispositivos de notificación y seguridad, comprobarlos, atender frenos de rieles. Mantener registros de transporte.
+* Verificar y realizar mantenimiento operativo de puntos en el área asignada.</t>
+  </si>
+  <si>
     <t>Sailor</t>
+  </si>
+  <si>
+    <t>Marinero</t>
   </si>
   <si>
     <t>* Perform manual tasks on the ship's deck during the loading and unloading of cargo or passengers, as well as during docking and undocking procedures.
 * Work on various types of vessels and maintain the condition of all areas on board, excluding the engine room.
 * Maintain and operate deck equipment such as anchors, mooring ropes, steel cables, winches, cranes, pumps, and other cargo handling equipment, as well as safety and firefighting equipment.
 * Stand watch on deck, monitor sea conditions, and assist in navigation.
 * Ensure compliance with safety regulations and protocols while performing all tasks.
 * Assist in emergency response situations and participate in safety drills.
 * Collaborate with other crew members to ensure efficient operations and communication on board.
 * Keep accurate records of cargo operations and maintenance activities.
 * Report any issues or malfunctions to the appropriate personnel promptly.
 * Participate in routine maintenance and cleaning of the deck and associated equipment.</t>
   </si>
   <si>
+    <t>* Realizar tareas manuales en la cubierta del barco durante la carga y descarga de mercancías o pasajeros, así como durante los procedimientos de atraque y desatraque.
+* Trabajar en distintos tipos de embarcaciones y mantener en buen estado todas las áreas a bordo, excluyendo la sala de máquinas.
+* Mantener y operar equipos de cubierta como anclas, cabos de amarre, cables de acero, cabrestantes, grúas, bombas y otros equipos de manejo de carga, así como equipos de seguridad y contra incendios.
+* Realizar guardias en la cubierta, monitorear las condiciones del mar y ayudar en la navegación.
+* Asegurar el cumplimiento de las regulaciones y protocolos de seguridad al realizar todas las tareas.
+* Ayudar en situaciones de respuesta a emergencias y participar en simulacros de seguridad.
+* Colaborar con otros miembros de la tripulación para garantizar operaciones eficientes y una comunicación efectiva a bordo.
+* Mantener registros precisos de las operaciones de carga y actividades de mantenimiento.
+* Informar cualquier problema o fallo al personal correspondiente de manera oportuna.
+* Participar en el mantenimiento y limpieza rutinarios de la cubierta y los equipos asociados.</t>
+  </si>
+  <si>
     <t>* Overseeing the sales office operations to ensure efficient workflow and high levels of customer satisfaction.
 * Developing and implementing effective sales strategies to achieve company targets and increase market share.
 * Leading and mentoring a team of sales representatives, providing training, support, and performance evaluations.
 * Establishing and maintaining strong relationships with clients and key stakeholders to foster business growth.
 * Analyzing sales data and market trends to identify opportunities for improvement and innovation.
 * Coordinating with logistics and supply chain teams to ensure timely delivery of products and services.
 * Managing budgets, forecasts, and sales reports to track performance and inform decision-making.
 * Handling customer inquiries and resolving issues in a timely and professional manner.
 * Collaborating with marketing teams to create promotional materials and campaigns that drive sales.
 * Ensuring compliance with company policies and industry regulations in all sales activities.</t>
+  </si>
+  <si>
+    <t>* Supervisar las operaciones de la oficina de ventas para asegurar un flujo de trabajo eficiente y altos niveles de satisfacción del cliente.
+* Desarrollar e implementar estrategias de ventas efectivas para alcanzar los objetivos de la empresa y aumentar la participación de mercado.
+* Liderar y tutorizar a un equipo de representantes de ventas, brindando capacitación, apoyo y evaluaciones de desempeño.
+* Establecer y mantener relaciones sólidas con clientes y partes interesadas clave para fomentar el crecimiento empresarial.
+* Analizar datos de ventas y tendencias del mercado para identificar oportunidades de mejora e innovación.
+* Coordinar con los equipos de logística y cadena de suministro para garantizar la entrega oportuna de productos y servicios.
+* Gestionar presupuestos, pronósticos e informes de ventas para rastrear el desempeño y tomar decisiones informadas.
+* Atender consultas de clientes y resolver problemas de manera oportuna y profesional.
+* Colaborar con los equipos de marketing para crear materiales promocionales y campañas que impulsan las ventas.
+* Asegurar el cumplimiento de las políticas de la empresa y las regulaciones de la industria en todas las actividades de ventas.</t>
   </si>
   <si>
     <t>Supply Chain Specialist</t>
   </si>
   <si>
     <t>* Collaborate with suppliers to ensure timely and accurate procurement of raw materials, components, and finished goods.
 * Negotiate pricing, terms, and contracts with suppliers to optimize cost and quality.
 * Monitor supplier performance and address any issues related to delivery, quality, or compliance.
 * Maintain optimal inventory levels to meet demand while minimizing carrying costs and stockouts.
 * Implement inventory control strategies such as ABC analysis, safety stock calculations, and reorder point optimization.
 * Regularly review and adjust inventory parameters based on demand patterns and market trends.
 * Utilize historical data, market trends, and customer insights to develop accurate demand forecasts.
 * Collaborate with sales and marketing teams to incorporate promotional activities, new product launches, and market changes into forecasting models.
 * Continuously improve forecasting accuracy through data analysis and model refinement.
 * Coordinate the transportation and distribution of goods to ensure timely delivery to customers and distribution centers.
 * Collaborate with logistics partners to optimize freight costs, routing, and mode of transportation.
 * Monitor shipment status and resolve any issues related to delays, damages, or discrepancies.
 * Identify inefficiencies in the supply chain process and develop strategies to streamline operations and reduce costs.
 * Implement best practices and continuous improvement initiatives to enhance overall supply chain performance.
 * Analyze key performance indicators (KPIs) to assess the effectiveness of supply chain operations and identify areas for improvement.
 * Work closely with cross-functional teams, including manufacturing, sales, finance, and quality assurance, to ensure alignment of supply chain activities with organizational goals.
 * Communicate effectively to ensure all stakeholders are informed of supply chain status, potential disruptions, and mitigation strategies.
 * Ensure compliance with relevant regulations and industry standards related to procurement, transportation, and inventory management.
 * Identify and mitigate supply chain risks, such as disruptions in supply, geopolitical factors, and environmental considerations.</t>
   </si>
   <si>
+    <t>* Colaborar con los proveedores para garantizar la adquisición oportuna y precisa de materias primas, componentes y productos terminados.
+* Negociar precios, términos y contratos con los proveedores para optimizar el costo y la calidad.
+* Monitorear el desempeño de los proveedores y abordar cualquier problema relacionado con la entrega, la calidad o el cumplimiento.
+* Mantener niveles óptimos de inventario para satisfacer la demanda mientras se minimizan los costos de almacenamiento y las rupturas de stock.
+* Implementar estrategias de control de inventario, como el análisis ABC, los cálculos de stock de seguridad y la optimización del punto de reorden.
+* Revisar y ajustar periódicamente los parámetros de inventario según los patrones de demanda y las tendencias del mercado.
+* Utilizar datos históricos, tendencias del mercado y conocimientos del cliente para desarrollar previsiones de demanda precisas.
+* Colaborar con los equipos de ventas y marketing para incorporar actividades promocionales, lanzamientos de nuevos productos y cambios del mercado en los modelos de previsión.
+* Mejorar continuamente la precisión de la previsión a través del análisis de datos y la refinación del modelo.
+* Coordinar el transporte y la distribución de bienes para garantizar la entrega oportuna a los clientes y centros de distribución.
+* Colaborar con socios logísticos para optimizar los costos de flete, las rutas y el modo de transporte.
+* Monitorear el estado de los envíos y resolver cualquier problema relacionado con retrasos, daños o discrepancias.
+* Identificar ineficiencias en el proceso de la cadena de suministro y desarrollar estrategias para agilizar las operaciones y reducir costos.
+* Implementar prácticas óptimas y iniciativas de mejora continua para mejorar el rendimiento general de la cadena de suministro.
+* Analizar indicadores clave de rendimiento (KPI) para evaluar la eficacia de las operaciones de la cadena de suministro e identificar áreas de mejora.
+* Trabajar estrechamente con equipos multifuncionales, incluyendo fabricación, ventas, finanzas y control de calidad, para garantizar la alineación de actividades de la cadena de suministro con los objetivos organizacionales.
+* Comunicar de manera efectiva para garantizar que todos los interesados estén informados sobre el estado de la cadena de suministro, posibles interrupciones y estrategias de mitigación.
+* Garantizar el cumplimiento de las regulaciones y normas industria relacionadas con la adquisición, el transporte y la gestión de inventario.
+* Identificar y mitigar los riesgos de la cadena de suministro, como interrupciones en el suministro, factores geopolíticos y consideraciones ambientales.</t>
+  </si>
+  <si>
     <t>Supply Technician</t>
+  </si>
+  <si>
+    <t>Técnico de suministros</t>
   </si>
   <si>
     <t>* Assisting in the procurement and supply chain management of materials and products.
 * Monitoring inventory levels and placing orders to replenish stock as needed.
 * Coordinating with suppliers and vendors to ensure timely delivery of goods.
 * Maintaining accurate records of inventory transactions and stock levels.
 * Conducting regular inventory audits to identify discrepancies and resolve issues.
 * Collaborating with various departments to understand their supply needs and requirements.
 * Implementing efficient storage and retrieval systems for inventory management.
 * Ensuring compliance with safety and regulatory standards in the handling and storage of materials.
 * Analyzing supply chain performance and identifying areas for improvement.
 * Providing support in logistics planning and execution to optimize transportation and distribution processes.</t>
   </si>
   <si>
+    <t>* Asistir en la gestión de la cadena de suministro y aprovisionamiento de materiales y productos.
+* Controlar los niveles de inventario y realizar pedidos para reponer existencias según sea necesario.
+* Coordinar con proveedores y vendedores para asegurar la entrega oportuna de mercancías.
+* Mantener registros precisos de transacciones de inventario y niveles de existencias.
+* Realizar auditorías periódicas de inventario para identificar discrepancias y resolver problemas.
+* Colaborar con varios departamentos para comprender sus necesidades y requisitos de suministro.
+* Implementar sistemas de almacenamiento y recuperación eficientes para la gestión de inventario.
+* Garantizar el cumplimiento de normas de seguridad y regulatorias en el manejo y almacenamiento de materiales.
+* Analizar el desempeño de la cadena de suministro e identificar áreas de mejora.
+* Brindar apoyo en la planificación y ejecución de logística para optimizar los procesos de transporte y distribución.</t>
+  </si>
+  <si>
     <t>Taxi driver</t>
+  </si>
+  <si>
+    <t>Taxista</t>
   </si>
   <si>
     <t>* transport of persons
 * transport of companies in contract
 * keeping driving records and daily balance
 * technical maintenance and keeping the vehicle in good working order</t>
   </si>
   <si>
+    <t>* Transporte de personas
+* Transporte de empresas con contrato
+* Registro de horas de conducción y balance diario
+* Mantenimiento técnico y conservación del vehículo en buen estado de funcionamiento</t>
+  </si>
+  <si>
     <t>Terminal operator</t>
+  </si>
+  <si>
+    <t>Trabajador de transporte</t>
   </si>
   <si>
     <t>* Operating and managing terminal equipment and machinery to ensure efficient loading and unloading of cargo.
 * Coordinating the arrival and departure of vehicles and vessels, ensuring adherence to schedules and safety protocols.
 * Monitoring and maintaining inventory levels, ensuring accurate documentation of cargo movements.
 * Collaborating with logistics teams to optimize transportation routes and improve operational efficiency.
 * Conducting regular inspections of terminal facilities and equipment to ensure compliance with safety regulations.
 * Communicating with drivers, shipping companies, and other stakeholders to facilitate smooth operations.
 * Assisting in the training and supervision of new terminal staff, promoting best practices in safety and efficiency.
 * Preparing and maintaining accurate reports on terminal operations, including cargo handling and equipment usage.
 * Responding to operational issues and emergencies promptly, implementing solutions to minimize disruptions.
 * Ensuring compliance with all relevant local, national, and international transportation regulations.</t>
   </si>
   <si>
+    <t>* Operar y gestionar equipos y maquinaria de terminal para garantizar la carga y descarga eficiente de mercancías.
+* Coordinar la llegada y partida de vehículos y buques, asegurando el cumplimiento de horarios y protocolos de seguridad.
+* Supervisar y mantener niveles de inventario, asegurando la documentación precisa de movimientos de mercancías.
+* Colaborar con equipos de logística para optimizar rutas de transporte y mejorar la eficiencia operativa.
+* Realizar inspecciones periódicas de las instalaciones y equipos de terminal para asegurar el cumplimiento de las normas de seguridad.
+* Comunicarse con conductores, empresas navieras y otros interesados para facilitar operaciones fluidas.
+* Ayudar en la capacitación y supervisión del personal nuevo de terminal, promoviendo las mejores prácticas en seguridad y eficiencia.
+* Preparar y mantener informes precisos sobre operaciones de terminal, incluyendo manipulación de mercancías y uso de equipos.
+* Responder a problemas operativos y emergencias de manera oportuna, implementando soluciones para minimizar interrupciones.
+* Asegurar el cumplimiento de todas las regulaciones de transporte locales, nacionales e internacionales relevantes.</t>
+  </si>
+  <si>
     <t>Traffic Controller</t>
+  </si>
+  <si>
+    <t>Controlador de tráfico</t>
   </si>
   <si>
     <t>* Regulating traffic flow and ensuring the safe movement of vehicles and pedestrians.
 * Monitoring and controlling vehicle operations, including compliance with traffic laws and regulations.
 * Conducting on-site assessments and investigations in the event of traffic accidents and incidents.
 * Collaborating with law enforcement and emergency services to manage traffic during emergencies and special events.
 * Analyzing traffic patterns and data to identify areas for improvement and implementing necessary changes.
 * Educating drivers and the public on safe driving practices and traffic regulations.
 * Utilizing communication equipment to relay information and coordinate with other traffic management personnel.
 * Preparing reports on traffic conditions, incidents, and enforcement activities.
 * Participating in training programs to enhance skills and knowledge related to traffic management.
 * Contributing to the development of traffic management policies and strategies.</t>
   </si>
   <si>
+    <t>* Regular el flujo de tráfico y garantizar el movimiento seguro de vehículos y peatones.
+* Supervisar y controlar las operaciones de vehículos, incluida la cumplimentación de las leyes y regulaciones de tráfico.
+* Realizar evaluaciones y investigaciones en el lugar en caso de accidentes y incidentes de tráfico.
+* Colaborar con las fuerzas de seguridad y los servicios de emergencia para gestionar el tráfico durante emergencias y eventos especiales.
+* Analizar patrones y datos de tráfico para identificar áreas de mejora y implementar los cambios necesarios.
+* Educar a los conductores y al público sobre prácticas de conducción segura y regulaciones de tráfico.
+* Utilizar equipo de comunicación para transmitir información y coordinar con otros miembros del personal de gestión de tráfico.
+* Preparar informes sobre condiciones de tráfico, incidentes y actividades de cumplimiento.
+* Participar en programas de capacitación para mejorar habilidades y conocimientos relacionados con la gestión de tráfico.
+* Contribuir al desarrollo de políticas y estrategias de gestión de tráfico.</t>
+  </si>
+  <si>
     <t>Traffic Engineer</t>
+  </si>
+  <si>
+    <t>Ingeniero de tráfico</t>
   </si>
   <si>
     <t>* Planning and designing roads, intersections, roundabouts, motorways, diversions, pavements, pedestrian crossings, overpasses, underpasses, islands etc. with an emphasis on safety and fluidity traffic.
 * Getting familiar with the intensity of traffic, condition of roads, speed limits and accident statistics on specific road sections.
 * Completing transport studies and their presentation at municipal council meetings.
 * Making recommendations for mounting traffic signs, changing traffic lights’ settings or speed bumps on road sections with frequent traffic accidents.
 * Making recommendations to increase/decrease the speed limits on specific road sections.</t>
   </si>
   <si>
+    <t>* Planificación y diseño de carreteras, intersecciones, glorietas, autopistas, desvíos, aceras, pasos de peatones, pasos elevados, túneles, isletas, etc., con énfasis en la seguridad y fluidez del tráfico.
+* Familiarización con la intensidad del tráfico, estado de las carreteras, límites de velocidad y estadísticas de accidentes en secciones de carretera específicas.
+* Realización de estudios de transporte y su presentación en reuniones del consejo municipal.
+* Formulación de recomendaciones para la instalación de señalesances de tráfico, el cambio de configuración de semáforos o la instalación de lomos de velocidad en secciones de carretera con frecuentes accidentes de tráfico.
+* Formulación de recomendaciones para aumentar o disminuir los límites de velocidad en secciones de carretera específicas.</t>
+  </si>
+  <si>
     <t>Train Conductor</t>
+  </si>
+  <si>
+    <t>Conductor de tren</t>
   </si>
   <si>
     <t>* Accompanying passenger trains.
 * Selling, printing or handwriting tickets.
 * Receiving and disbursing cash.
 * Checking travel tickets, surcharges, seat reservations and discount vouchers.
 * Marking travel tickets.
 * Issuing fines to passengers travelling without a valid ticket.</t>
   </si>
   <si>
+    <t>* Acompañar los trenes de pasajeros.
+* Vender, imprimir o escribir a mano los billetes.
+* Recibir y desembolsar dinero en efectivo.
+* Verificar los billetes de viaje, suplementos, reservas de asiento y cupones de descuento.
+* Marcar los billetes de viaje.
+* Expedir multas a los pasajeros que viajen sin un billete válido.</t>
+  </si>
+  <si>
     <t>Train Dispatcher</t>
+  </si>
+  <si>
+    <t>Despachador de trenes</t>
   </si>
   <si>
     <t>* Dispatching passenger trains from the station using daytime and nighttime signal disks.
 * Dispatching freight trains from the station by positioning the signalling device into a position permitting travel.
 * Instructing shunters to release train routes for incoming trains.
 * Recording information about train rides in the traffic log.
 * Granting permission to conductors and heads of train operators to leave their workplace.
 * Informing offices in charge of commercial processes and the provision of information to passengers about train delays.
 * Passing written orders to conductors.</t>
   </si>
   <si>
+    <t>* Expedir trenes de pasajeros desde la estación utilizando discos de señalesizers de día y de noche.
+* Expedir trenes de mercancías desde la estación colocando el dispositivo de señaligen en una posición que permita el paso.
+* Instruir a los clasificadores para que liberen rutas de trenes para los trenes entrantes.
+* Registrar información sobre los viajes en tren en el registro de tráfico.
+* Otorgar permiso a los conductores y jefes de operadores de trenes para abandonar su lugar de trabajo.
+* Informar a las oficinas encargadas de los procesos comerciales y la provisión de información a los pasajeros sobre los retrasos de los trenes.
+* Entregar órdenes escritas a los conductores.</t>
+  </si>
+  <si>
     <t>Tram Driver</t>
+  </si>
+  <si>
+    <t>Conductor de tranvía</t>
   </si>
   <si>
     <t>* Transporting passengers in the scope of urban public transport.
 * Stopping the tram at stops in accordance with the existing timetable.
 * Opening and closing doors when passengers get on/off the tram.
 * Accepting and disbursing cash to passengers.
 * Maintaining cleanliness and order on the tram.</t>
   </si>
   <si>
+    <t>* Transportar pasajeros en el ámbito del transporte público urbano.
+* Detener el tranvía en las paradas de acuerdo con el horario existente.
+* Abrir y cerrar las puertas cuando los pasajeros suben o bajan del tranvía.
+* Aceptar y entregar dinero en efectivo a los pasajeros.
+* Mantener la limpieza y el orden en el tranvía.</t>
+  </si>
+  <si>
     <t>Trolleybus Driver</t>
+  </si>
+  <si>
+    <t>Conductor de trolebús</t>
   </si>
   <si>
     <t>* Transporting passengers in the scope of urban public transport.
 * Stopping the bus at stops in accordance with the existing timetable and on request.
 * Opening and closing doors when passengers get on/off the trolleybus.
 * Operating the electronic till and issuing tickets to passengers.
 * Accepting and disbursing cash to passengers.
 * Maintaining cleanliness and order on the trolleybus.</t>
   </si>
   <si>
+    <t>* Transportar pasajeros en el ámbito del transporte público urbano.
+* Detener el autobús en las paradas de acuerdo con el horario existente y a petición.
+* Abrir y cerrar las puertas cuando los pasajeros suban/bajan del trolebús.
+* Operar la caja electrónica y expedir billetes a los pasajeros.
+* Aceptar y entregar dinero en efectivo a los pasajeros.
+* Mantener la limpieza y el orden en el trolebús.</t>
+  </si>
+  <si>
     <t>Warehouseman</t>
+  </si>
+  <si>
+    <t>Almacenista</t>
   </si>
   <si>
     <t>* Receiving materials and goods at a warehouse.
 * Placing received stocks on shelves and in the defined storage areas; marking of stored materials and goods with information labels.
 * Removing materials and goods from storage in a warehouse based on accepted orders, packaging stock items, and their preparation for shipment.
 * Managing stock level records using computers.
 * Operating high lift trucks for bulkier freight and in hard to access areas.
 * Participating in counting and inspecting the current stock levels in storage and the subsequent recording of these values in the information system.
 * Following the safety and fire prevention regulations and measures on the worksite.
 * Maintaining cleanliness and order on the worksite.</t>
   </si>
   <si>
+    <t>* Recepción de materiales y mercancías en un almacén.
+* Colocación de las existencias recibidas en estanterías y en las áreas de almacenamiento definidas; marcado de materiales y mercancías almacenados con etiquetas informativas.
+* Extracción de materiales y mercancías del almacenamiento en un almacén según las órdenes aceptadas, embalaje de los artículos en stock y su preparación para el envío.
+* Gestión de los registros de niveles de stock utilizando ordenadores.
+* Operación de camiones elevadores para cargas más voluminosas y en áreas de difícil acceso.
+* Participación en el recuento y la inspección de los niveles de stock actuales en el almacenamiento y el posterior registro de estos valores en el sistema de información.
+* Cumplimiento de las regulaciones y medidas de seguridad y prevención de incendios en el lugar de trabajo.
+* Mantenimiento de la limpieza y el orden en el lugar de trabajo.</t>
+  </si>
+  <si>
     <t>Water Management, Forestry, Environment</t>
   </si>
   <si>
+    <t>Gestión del agua, silvicultura y medio ambiente</t>
+  </si>
+  <si>
     <t>Axeman</t>
+  </si>
+  <si>
+    <t>Leñador</t>
   </si>
   <si>
     <t>* Cutting and felling trees in designated forest areas using appropriate tools and equipment.
 * Ensuring adherence to safety protocols and environmental regulations during logging operations.
 * Evaluating tree health and selecting appropriate trees for removal to promote forest sustainability.
 * Operating chainsaws and other forestry equipment with precision and care.
 * Transporting felled trees to designated locations for processing or transportation.
 * Collaborating with forestry management teams to develop and implement sustainable logging practices.
 * Maintaining and servicing logging equipment to ensure optimal performance and safety.
 * Conducting site assessments to determine the best logging methods and minimize environmental impact.
 * Participating in training programs to enhance skills and knowledge related to forestry and environmental conservation.
 * Documenting work activities and reporting on progress to supervisors and management.</t>
   </si>
   <si>
+    <t>* Cortar y talar árboles en áreas forestales designadas utilizando herramientas y equipos adecuados.
+* Garantizar el cumplimiento de los protocolos de seguridad y las regulaciones ambientales durante las operaciones de tala.
+* Evaluar la salud de los árboles y seleccionar los árboles adecuados para su eliminación para promover la sostenibilidad forestal.
+* Operar motosierras y otros equipos forestales con precisión y cuidado.
+* Transportar los árboles talados a lugares designados para su procesamiento o transporte.
+* Colaborar con los equipos de gestión forestal para desarrollar y implementar prácticas de tala sostenibles.
+* Mantener y reparar los equipos de tala para asegurar un rendimiento óptimo y la seguridad.
+* Realizar evaluaciones de sitio para determinar los mejores métodos de tala y minimizar el impacto ambiental.
+* Participar en programas de capacitación para mejorar las habilidades y conocimientos relacionados con la silvicultura y la conservación ambiental.
+* Documentar las actividades de trabajo y informar sobre el progreso a los supervisores y la gerencia.</t>
+  </si>
+  <si>
     <t>District Forest Officer</t>
+  </si>
+  <si>
+    <t>Oficial forestal de distrito</t>
   </si>
   <si>
     <t>* Responsibility for the forest management in the assigned territory (district).
 * Marking sick, poor, and dying trees for felling.
 * Estimating the seed harvest of trees.
 * Counting and reporting the numbers of forest animals to the relevant forest district management.
 * Detecting the damage caused by forest animals and reporting to the relevant forest district management.
 * Placing and controlling bark beetle traps in the forest.
 * Hunting oversized animal populations as well as infected or otherwise dangerous forest animals.
 * Accompanying individuals with a shooting permit during hunting.</t>
   </si>
   <si>
+    <t>* Responsabilidad por la gestión forestal en el territorio asignado (distrito).
+* Marcado de árboles enfermos, débiles y moribundos para su tala.
+* Estimación de la cosecha de semillas de los árboles.
+* Recuento y reporte del número de animales forestales a la dirección del distrito forestal correspondiente.
+* Detección de los daños causados por animales forestales y reporte a la dirección del distrito forestal correspondiente.
+* Colocación y control de trampas para escarabajos de la corteza en el bosque.
+* Cazar poblaciones de animales excedentes, así como animales forestales infectados o peligrosos de alguna otra manera.
+* Acompañamiento de individuos con permiso de disparo durante la cacería.</t>
+  </si>
+  <si>
     <t>Ecologist</t>
+  </si>
+  <si>
+    <t>Ecologista</t>
   </si>
   <si>
     <t>* Exploring the relationships between organisms and the environment in which they live.
 * Preparing documents for field and laboratory research.
 * Carrying out field and laboratory research.
 * Collecting, analysing and interpreting the data obtained.
 * Completing studies on the effects of human activities on the environment.</t>
   </si>
   <si>
+    <t>* Explorar las relaciones entre los organismos y el entorno en el que viven.
+* Preparar documentos para la investigación de campo y laboratorio.
+* Realizar investigaciones de campo y laboratorio.
+* Recopilar, analizar e interpretar los datos obtenidos.
+* Completar estudios sobre los efectos de las actividades humanas en el medio ambiente.</t>
+  </si>
+  <si>
     <t>Environmentalist</t>
+  </si>
+  <si>
+    <t>Ambientalista</t>
   </si>
   <si>
     <t>* Conducting environmental assessments and research to evaluate the impact of projects on ecosystems.
 * Developing and implementing conservation plans and strategies to protect natural resources.
 * Collaborating with governmental and non-governmental organizations to promote sustainable practices.
 * Monitoring and analyzing environmental data to identify trends and areas for improvement.
 * Advising on environmental regulations and compliance to ensure adherence to local and international standards.
 * Educating communities and stakeholders on environmental issues and sustainable resource management.
 * Participating in public outreach programs to raise awareness about environmental conservation.
 * Conducting fieldwork and surveys to collect data on wildlife, vegetation, and water quality.
 * Preparing reports and presentations to communicate findings and recommendations to stakeholders.
 * Engaging in policy advocacy to influence environmental legislation and promote sustainability initiatives.</t>
   </si>
   <si>
+    <t>* Realizar evaluaciones ambientales e investigaciones para evaluar el impacto de los proyectos en los ecosistemas.
+* Desarrollar e implementar planes y estrategias de conservación para proteger los recursos naturales.
+* Colaborar con organizaciones gubernamentales y no gubernamentales para promover prácticas sostenibles.
+* Monitorear y analizar datos ambientales para identificar tendencias y áreas de mejora.
+* Asesorar sobre regulaciones ambientales y cumplimiento para asegurar la adhesión a los estándares locales e internacionales.
+* Educar a las comunidades y partes interesadas sobre cuestiones ambientales y gestión sostenible de recursos.
+* Participar en programas de divulgación pública para concienciar sobre la conservación del medio ambiente.
+* Realizar trabajo de campo y encuestas para recopilar datos sobre vida silvestre, vegetación y calidad del agua.
+* Preparar informes y presentaciones para comunicar hallazgos y recomendaciones a las partes interesadas.
+* Participar en la defensa de políticas para influir en la legislación ambiental y promover iniciativas de sostenibilidad.</t>
+  </si>
+  <si>
     <t>Forest Engineer</t>
+  </si>
+  <si>
+    <t>Ingeniero forestal</t>
   </si>
   <si>
     <t>* Cooperating in drawing up, approving, and monitoring the implementation of the plan.
 * Guiding the implementation of the plan and the measures imposed to protect the forest.
 * Supervising the suitability of the reproductive material for forest regeneration.
 * Checking and registering the work carried out in the forest.
 * Keeping forest economic records and records under special regulations.
 * Monitoring the status and development of harmful agents in the forest.
 * Submitting reports to forest authorities and forest conservation service.
 * Proposing preventive measures to protect forests.
 * Proposing seed sources for the recognition and ensuring of measures for the preservation and reproduction of genetic resources of the main forest tree species.
 * Proposing environmentally friendly technologies for activities related to forest management.
 * Notifying the forest manager and forestry authorities of activities in conflict with the law in the field of forestry.
 * Ensuring and controlling logging designation and issuing written approvals for logging.</t>
   </si>
   <si>
+    <t>* Cooperar en la elaboración, aprobación y seguimiento de la implementación del plan.
+* Orientar la implementación del plan y las medidas impuestas para proteger el bosque.
+* Supervisar la idoneidad del material reproductivo para la regeneración forestal.
+* Verificar y registrar los trabajos realizados en el bosque.
+* Mantener registros económicos forestales y registros bajo regulaciones especiales.
+* Monitorear el estado y el desarrollo de agentes nocivos en el bosque.
+* Presentar informes a las autoridades forestales y al servicio de conservación forestal.
+* Proponer medidas preventivas para proteger los bosques.
+* Proponer fuentes de semillas para el reconocimiento y aseguramiento de medidas para la preservación y reproducción de recursos genéticos de las principales especies arbóreas forestales.
+* Proponer tecnologías respetuosas con el medio ambiente para actividades relacionadas con la gestión forestal.
+* Notificar al gestor forestal y a las autoridades forestales de actividades en conflicto con la ley en el ámbito de la silvicultura.
+* Asegurar y controlar la designación de aprovechamientos madereros y emitir aprobaciones escritas para la tala.</t>
+  </si>
+  <si>
     <t>Forest Technician</t>
+  </si>
+  <si>
+    <t>Técnico forestal</t>
   </si>
   <si>
     <t>* Carrying out administrative and production tasks as directed by the forest administration manager.
 * Ensuring the purchase and sale (to a lesser extent).
 * Cash box management and responsibility for entrusted cash.
 * Keeping records of the forest administration.</t>
   </si>
   <si>
+    <t>* Realizar tareas administrativas y de producción según las directrices del gerente de administración forestal.
+* Asegurar la compra y venta (en menor medida).
+* Gestión de caja y responsabilidad del efectivo encomendado.
+* Mantener registros de la administración forestal.</t>
+  </si>
+  <si>
     <t>Forester</t>
+  </si>
+  <si>
+    <t>Guardabosques</t>
   </si>
   <si>
     <t xml:space="preserve">* Proposing measures for forest protection and implementing them. 
 * Implementing measures aimed at planting new vegatation.
 * Protecting the wood material from harmful factors.
 * Securing protection of the forest against damages caused by forest animals. 
 * Carrying out the spring statistics of forest animals. 
 * Checking the state of parasites on seedlings, tree traps etc. 
 * Selecting trees meeting the prescribed parameters for felling with the aim to subsequently sell them.
 * Selecting and marking the sick and dying trees for felling.
 * Taking responsibility for supplies in expedition storehouses.
 </t>
   </si>
   <si>
+    <t>* Proponer medidas para la protección de los bosques y llevarlas a cabo.
+* Implementar medidas orientadas a plantar nueva vegetación.
+* Proteger el material de madera de factores perjudiciales.
+* Garantizar la protección del bosque contra daños causados por animales forestales.
+* Realizar estadísticas primaverales de animales forestales.
+* Verificar el estado de parásitos en plántulas, trampas para árboles, etc.
+* Seleccionar árboles que cumplan con los parámetros prescritos para la tala con el fin de venderlos posteriormente.
+* Seleccionar y marcar los árboles enfermos o moribundos para la tala.
+* Asumir la responsabilidad de los suministros en los almacenes de expedición.</t>
+  </si>
+  <si>
     <t>Forestry Manager</t>
+  </si>
+  <si>
+    <t>Jefe de la administración forestal</t>
   </si>
   <si>
     <t>* Overseeing forest management operations to ensure sustainable practices and compliance with environmental regulations.
 * Developing and implementing forest management plans that promote biodiversity, conservation, and resource optimization.
 * Conducting assessments of forest health and productivity, including monitoring wildlife habitats and tree growth.
 * Collaborating with government agencies, environmental organizations, and community stakeholders to promote forestry initiatives.
 * Managing budgets and resources for forestry projects, ensuring efficient allocation of funds and materials.
 * Leading and training a team of forestry professionals and technicians in best practices and safety protocols.
 * Conducting research on forest ecosystems and contributing to the development of innovative forestry techniques.
 * Preparing reports and presentations on forest management activities, progress, and challenges for stakeholders.
 * Ensuring compliance with local, national, and international forestry laws and regulations.
 * Promoting public awareness and education about sustainable forestry practices and environmental stewardship.</t>
   </si>
   <si>
+    <t>* Supervisar las operaciones de gestión forestal para garantizar prácticas sostenibles y el cumplimiento de las regulaciones ambientales.
+* Desarrollar e implementar planes de gestión forestal que promuevan la biodiversidad, la conservación y la optimización de recursos.
+* Realizar evaluaciones de la salud y la productividad de los bosques, incluyendo el monitoreo de hábitats de vida silvestre y crecimiento de árboles.
+* Colaborar con organismos gubernamentales, organizaciones ambientales y partes interesadas de la comunidad para promover iniciativas forestales.
+* Administrar presupuestos y recursos para proyectos forestales, garantizando la asignación eficiente de fondos y materiales.
+* Liderar y capacitar a un equipo de profesionales y técnicos forestales en prácticas y protocolos de seguridad recomendados.
+* Realizar investigaciones sobre ecosistemas forestales y contribuir al desarrollo de técnicas innovadoras de silvicultura.
+* Preparar informes y presentaciones sobre actividades de gestión forestal, progreso y desafíos para las partes interesadas.
+* Garantizar el cumplimiento de las leyes y regulaciones forestales locales, nacionales e internacionales.
+* Promover la conciencia y educación pública sobre prácticas forestales sostenibles y gestión ambiental.</t>
+  </si>
+  <si>
     <t>Meteorologist</t>
+  </si>
+  <si>
+    <t>Meteorólogo</t>
   </si>
   <si>
     <t>* Recording and analyzing data from world-wide weather stations, satellites, radars and remote sensors.
 * Interpreting observations from the land, sea and upper atmosphere.
 * Providing customers (such as civil aviation companies, broadcast companies and military units) with weather reports/forecasts.
 * Employing mathematical and physical formulae and using specialist computer modelling applications to help make long and short range weather predictions.
 * Researching and predicting climate change such as global warming.
 * Helping to improve weather prediction models.
 * Writing research papers, reports, reviews and summaries.
 * Keeping up to date with relevant scientific and technical developments.</t>
   </si>
   <si>
+    <t>* Grabación y análisis de datos de estaciones meteorológicas mundiales, satélites, radares y sensores remotos.
+* Interpretación de observaciones de la tierra, el mar y la atmósfera superior.
+* Suministro a clientes (como empresas de aviación civil, empresas de radiodifusión y unidades militares) de informes y pronósticos meteorológicos.
+* Utilización de fórmulas matemáticas y físicas y aplicación de modelos informáticos especializados para ayudar a realizar predicciones meteorológicas a corto y largo plazo.
+* Investigación y predicción de cambios climáticos como el calentamiento global.
+* Ayuda a mejorar los modelos de predicción meteorológica.
+* Redacción de artículos de investigación, informes, reseñas y resúmenes.
+* Mantenimiento actualizado de los desarrollos científicos y técnicos relevantes.</t>
+  </si>
+  <si>
     <t>Mining Manager</t>
+  </si>
+  <si>
+    <t>Gerente de minería</t>
   </si>
   <si>
     <t>* Overseeing all mining operations to ensure compliance with safety and environmental regulations.
 * Developing and implementing mining strategies to optimize resource extraction and operational efficiency.
 * Managing budgets and financial forecasts, ensuring cost-effective operations.
 * Collaborating with geological and environmental teams to assess site conditions and resource availability.
 * Leading and mentoring a team of mining engineers, geologists, and technicians to achieve project goals.
 * Conducting regular inspections and audits to maintain safety standards and operational integrity.
 * Liaising with regulatory bodies and stakeholders to ensure adherence to legal requirements and community engagement.
 * Analyzing production data and reports to identify areas for improvement and implement corrective actions.
 * Coordinating with supply chain and logistics teams to ensure timely delivery of materials and equipment.
 * Staying updated on industry trends, technologies, and best practices to enhance mining operations.</t>
   </si>
   <si>
+    <t>* Supervisar todas las operaciones mineras para garantizar el cumplimiento de las normas de seguridad y ambientales.
+* Desarrollar e implementar estrategias mineras para optimizar la extracción de recursos y la eficiencia operativa.
+* Gestionar presupuestos y previsiones financieras, asegurando operaciones rentables.
+* Colaborar con los equipos geológico y ambiental para evaluar las condiciones del sitio y la disponibilidad de recursos.
+* Liderar y mentorear un equipo de ingenieros de minas, geólogos y técnicos para lograr los objetivos del proyecto.
+* Realizar inspecciones y auditorías periódicas para mantener los estándares de seguridad y la integridad operativa.
+* Coordinar con organismos reguladores y partes interesadas para garantizar el cumplimiento de los requisitos legales y la participación de la comunidad.
+* Analizar los datos y los informes de producción para identificar áreas de mejora e implementar acciones correctivas.
+* Coordinar con los equipos de cadena de suministro y logística para garantizar la entrega oportuna de materiales y equipos.
+* Mantenerse actualizado sobre las tendencias, tecnologías y mejores prácticas de la industria para mejorar las operaciones mineras.</t>
+  </si>
+  <si>
     <t>Water Management Engineer</t>
+  </si>
+  <si>
+    <t>Ingeniero de gestión del agua</t>
   </si>
   <si>
     <t>* Drawing up the strategy to modernise the system of water management infrastructure.
 * Elaborating studies, master plans and analyses for water management infrastructure.
 * Ensuring the complex tasks of water management area in the field of public water supply and sewerage.
 * Regulating the performance of operational activities in the area of public water supply, sewerage and sewage treatment plants.
 * Analysing data on operational activities in the area of mining and distribution of drinking water, sewerage and sewage water treatment.</t>
   </si>
   <si>
+    <t>* Elaborar la estrategia para modernizar el sistema de infraestructura de gestión del agua.
+* Realizar estudios, planes maestros y análisis para la infraestructura de gestión del agua.
+* Garantizar la ejecución de tareas complejas en el área de gestión del agua en el ámbito del abastecimiento público de agua y alcantarillado.
+* Regular el desempeño de las actividades operativas en el área de abastecimiento público de agua, alcantarillado y plantas de tratamiento de aguas residuales.
+* Analizar datos sobre las actividades operativas en el área de extracción y distribución de agua potable, alcantarillado y tratamiento de aguas residuales.</t>
+  </si>
+  <si>
     <t>Water Management Technician</t>
+  </si>
+  <si>
+    <t>Técnico de gestión del agua</t>
   </si>
   <si>
     <t>* Ensuring the operation, maintenance and repairs of public water supply, sewerage and waterworks facilities.
 * Managing, checking and ensuring the failure-free distribution of drinking water.
 * Managing, checking and securing the process of wastewater disposal.
 * Checking the quality of wastewater in accordance with the rules of operation.
 * Monitoring and managing the technological process of wastewater treatment and processing of products from wastewater treatment.
 * Processing of documents for the plan of repairs, maintenance and reconstruction of water supply and sewerage and waterworks facilities.
 * Checking the technological indicators and parameters of the operation of waterworks and other entrusted systems.
 * Processing technical and technological documentation and passportisation of the means of production and operation.
 * Maintaining complete production and operational documentation.</t>
   </si>
   <si>
+    <t>* Garantizar la operación, el mantenimiento y las reparaciones de las instalaciones de suministro de agua pública, alcantarillado y obras hidráulicas.
+* Gestionar, comprobar y garantizar la distribución de agua potable sin interrupciones.
+* Gestionar, comprobar y asegurar el proceso de eliminación de aguas residuales.
+* Comprobar la calidad de las aguas residuales de acuerdo con las normas de funcionamiento.
+* Supervisar y gestionar el proceso tecnológico de tratamiento y procesamiento de aguas residuales y productos derivados del tratamiento de aguas residuales.
+* Elaborar documentos para el plan de reparaciones, mantenimiento y reconstrucción de las instalaciones de suministro de agua y alcantarillado y obras hidráulicas.
+* Comprobar los indicadores y parámetros tecnológicos de la operación de las obras hidráulicas y otros sistemas encomendados.
+* Elaborar documentación técnica y tecnológica y realizar la pasaportación de los medios de producción y operación.
+* Mantener la documentación de producción y operación completa.</t>
+  </si>
+  <si>
     <t>Wood Processing Industry</t>
   </si>
   <si>
+    <t>La industria de la madera</t>
+  </si>
+  <si>
     <t>Cabinet Maker</t>
+  </si>
+  <si>
+    <t>Ebanista</t>
   </si>
   <si>
     <t>* Performing work activities in the manufacture of furniture and wood products.
 * Sorting, setting, checking and operating machinery and equipment.
 * Assessing the quality of finished products.
 * Managing and organising continuous production.</t>
+  </si>
+  <si>
+    <t>* Realizar actividades laborales en la fabricación de muebles y productos de madera.
+* Clasificar, configurar, verificar y operar máquinas y equipos.
+* Evaluar la calidad de los productos terminados.
+* Gestionar y organizar la producción continua.</t>
   </si>
   <si>
     <t>* Designing and developing innovative wood products and structures.
 * Collaborating with architects and project managers to ensure design feasibility and compliance with industry standards.
 * Creating detailed technical drawings and specifications using CAD software.
 * Conducting material selection and analysis to optimize product performance and sustainability.
 * Performing structural calculations and simulations to ensure safety and durability.
 * Overseeing the prototyping process and conducting tests to validate design concepts.
 * Coordinating with manufacturing teams to ensure smooth transition from design to production.
 * Staying updated on industry trends, materials, and technologies to enhance design capabilities.
 * Participating in project meetings and providing technical support to stakeholders.
 * Ensuring adherence to environmental regulations and promoting sustainable practices in design processes.
 * Documenting design processes and maintaining accurate records of project developments.
 * Training and mentoring junior design staff and interns in best practices and design methodologies.</t>
   </si>
   <si>
+    <t>* Diseñar y desarrollar productos y estructuras de madera innovadores.
+* Colaborar con arquitectos y gerentes de proyectos para garantizar la viabilidad del diseño y el cumplimiento de los estándares de la industria.
+* Crear planos y especificaciones técnicas detallados utilizando software de CAD.
+* Realizar la selección y análisis de materiales para optimizar el rendimiento y la sostenibilidad del producto.
+* Realizar cálculos y simulaciones estructurales para garantizar la seguridad y la durabilidad.
+* Supervisar el proceso de prototipado y realizar pruebas para validar los conceptos de diseño.
+* Coordinar con los equipos de fabricación para garantizar una transición fluida del diseño a la producción.
+* Mantenerse actualizado sobre las tendencias de la industria, materiales y tecnologías para mejorar las capacidades de diseño.
+* Participar en reuniones de proyecto y brindar apoyo técnico a las partes interesadas.
+* Garantizar el cumplimiento de las regulaciones ambientales y promover prácticas sostenibles en los procesos de diseño.
+* Documentar los procesos de diseño y mantener registros precisos de los desarrollos del proyecto.
+* Capacitar y mentorear al personal de diseño junior e internos en las mejores prácticas y metodologías de diseño.</t>
+  </si>
+  <si>
     <t>Joiner</t>
   </si>
   <si>
     <t>* Reading technical drawings, projection, and marking materials on drawings.
 * Completing furniture, structures, and other products made from wood.
 * Completing simple glass work, completing and installing accessories and interior furnishings.
 * Assessing and inspecting the quality of produced products and work pieces.
 * Following and applying work and technical procedures for products, installation, occupational health and safety principles, occupational hygiene and fire prevention.</t>
   </si>
   <si>
+    <t>* Leer planos técnicos, proyecciones y marcar materiales en los planos.
+* Completar muebles, estructuras y otros productos hechos de madera.
+* Realizar trabajos de vidrio sencillos, completar e instalar accesorios y elementos de decoración interior.
+* Evaluar e inspeccionar la calidad de los productos y piezas producidas.
+* Seguir y aplicar procedimientos de trabajo y técnicos para productos, instalación, principios de salud y seguridad ocupacional, higiene ocupacional y prevención de incendios.</t>
+  </si>
+  <si>
     <t>Lumberjack</t>
+  </si>
+  <si>
+    <t>Aserrador</t>
   </si>
   <si>
     <t>* Sawing trees and shrubs in forests using a motor or a hand saw.
 * Sawing and cutting logs to planks, boards, beams, joists, laths, strips, etc.
 * Replenishing a mixture of petrol and oil in the chainsaw.
 * Sharpening blunt chains with round and flat files.
 * Performing routine maintenance associated with the use of the chainsaw.</t>
+  </si>
+  <si>
+    <t>* Aserrar árboles y arbustos en bosques utilizando una motosierra o una sierra de mano.
+* Aserrar y cortar troncos a tablones, tablas, vigas, soleras, listones, tiras, etc.
+* Rellenar la mezcla de gasolina y aceite en la motosierra.
+* Afilando cadenas embotadas con limas redondas y planas.
+* Realizar el mantenimiento rutinario asociado al uso de la motosierra.</t>
   </si>
   <si>
     <t>* Operating and monitoring various machinery and equipment used in wood processing and production.
 * Setting up machines for production runs, including adjusting settings and calibrating equipment.
 * Conducting routine inspections and maintenance on machinery to ensure optimal performance and safety.
 * Collaborating with team members to meet production targets and quality standards.
 * Troubleshooting and resolving equipment malfunctions to minimize downtime.
 * Maintaining a clean and organized work environment in compliance with safety regulations.
 * Recording production data and machine performance metrics for reporting purposes.
 * Following standard operating procedures (SOPs) and safety guidelines to ensure a safe working environment.
 * Assisting in training new employees on machine operation and safety protocols.
 * Participating in continuous improvement initiatives to enhance efficiency and productivity.</t>
   </si>
   <si>
+    <t>* Operar y supervisar diversas máquinas y equipos utilizados en el procesamiento y producción de madera.
+* Preparar máquinas para ejecuciones de producción, incluyendo ajustar configuraciones y calibrar equipos.
+* Realizar inspecciones y mantenimiento rutinarios en máquinas para garantizar un rendimiento óptimo y la seguridad.
+* Colaborar con miembros del equipo para cumplir objetivos de producción y estándares de calidad.
+* Identificar y resolver fallas en los equipos para minimizar el tiempo de inactividad.
+* Mantener un entorno laboral limpio y organizado en cumplimiento con regulaciones de seguridad.
+* Registrar datos de producción y métricas de rendimiento de máquinas para fines de informes.
+* Seguir procedimientos operativos estándar (POE) y directrices de seguridad para garantizar un entorno laboral seguro.
+* Ayudar en la capacitación de nuevos empleados en operación de máquinas y protocolos de seguridad.
+* Participar en iniciativas de mejora continua para mejorar la eficiencia y la productividad.</t>
+  </si>
+  <si>
     <t>Saw filer</t>
+  </si>
+  <si>
+    <t>Trabajador de la serrería</t>
   </si>
   <si>
     <t>* Operating and maintaining sawmill machinery to ensure efficient cutting of timber.
 * Inspecting and adjusting saw blades for optimal performance and precision.
 * Performing routine maintenance and repairs on saws and other equipment to minimize downtime.
 * Monitoring the quality of cut wood and making necessary adjustments to meet specifications.
 * Collaborating with team members to coordinate production schedules and workflow.
 * Ensuring compliance with safety regulations and promoting a safe working environment.
 * Keeping accurate records of production output and equipment maintenance.
 * Troubleshooting issues with machinery and implementing solutions to improve efficiency.
 * Training new employees on proper saw filing techniques and safety protocols.
 * Assisting in the inventory management of raw materials and finished products.
 * Participating in continuous improvement initiatives to enhance operational effectiveness.</t>
   </si>
   <si>
+    <t>* Operar y mantener la maquinaria de la aserradero para asegurar un corte eficiente de la madera.
+* Inspeccionar y ajustar las hojas de sierra para un rendimiento óptimo y precisión.
+* Realizar el mantenimiento rutinario y reparaciones en sierras y otros equipos para minimizar el tiempo de inactividad.
+* Supervisar la calidad de la madera cortada y realizar los ajustes necesarios para cumplir con las especificaciones.
+* Colaborar con los miembros del equipo para coordinar los horarios de producción y el flujo de trabajo.
+* Asegurar el cumplimiento de las regulaciones de seguridad y promover un entorno de trabajo seguro.
+* Mantener registros precisos de la producción y el mantenimiento del equipo.
+* Diagnosticar problemas con la maquinaria e implementar soluciones para mejorar la eficiencia.
+* Capacitar a nuevos empleados en técnicas adecuadas de afilado de sierras y protocolos de seguridad.
+* Ayudar en la gestión de inventario de materiales primas y productos terminados.
+* Participar en iniciativas de mejora continua para aumentar la eficacia operativa.</t>
+  </si>
+  <si>
     <t>Timber Engineer</t>
+  </si>
+  <si>
+    <t>Ingeniero de la madera</t>
   </si>
   <si>
     <t>* Managing and coordinating the technical preparation of production.
 * Analysing the input and output data related to the work task.
 * Testing new production processes.
 * Cooperating in the implementation of technological changes.
 * Managing, coordinating, motivating, and evaluating subordinate employees.
 * Implementing and improving the system of administration and registration of technical documentation.</t>
   </si>
   <si>
+    <t>* Gestión y coordinación de la preparación técnica de la producción.
+* Análisis de los datos de entrada y salida relacionados con la tarea de trabajo.
+* Pruebas de nuevos procesos de producción.
+* Colaboración en la implementación de cambios tecnológicos.
+* Gestión, coordinación, motivación y evaluación de empleados subordinados.
+* Implementación y mejora del sistema de administración y registro de documentación técnica.</t>
+  </si>
+  <si>
     <t>Upholsterer</t>
+  </si>
+  <si>
+    <t>Tapicero</t>
   </si>
   <si>
     <t>* Upholstering contemporary and antique furniture, doors, parts of vehicles, buttons etc. 
 * Repairing and renovating used and damaged upholstery.
 * Tying springs.
 * Measuring and cutting foam parts.
 * Measuring and cutting upholstery materials.
 * Fastening upholstery materials with a stapler.
 * Communicating with customers about suitable upholstery materials, colour, estimated price etc.</t>
   </si>
   <si>
+    <t>* Tapizar muebles contemporáneos y antiguos, puertas, partes de vehículos, botones, etc.
+* Reparar y renovar tapicerías usadas y dañadas.
+* Atar muelles.
+* Medir y cortar piezas de espuma.
+* Medir y cortar materiales de tapicería.
+* Fijar materiales de tapicería con una grapadora.
+* Comunicarse con los clientes sobre materiales de tapicería adecuados, color, precio estimado, etc.</t>
+  </si>
+  <si>
     <t>Woodworking Technician</t>
+  </si>
+  <si>
+    <t>Técnico de la madera</t>
   </si>
   <si>
     <t>* Preparing technical documentation for products.
 * Completing standards for labour and material consumption.
 * Proposing the category, type, and number of machinery and equipment.
 * Performing quality tests on input materials.
 * Checking compliance with technological procedures.
 * Cooperating in the process and final inspection.
 * Completing technical descriptions and instructions for use.</t>
+  </si>
+  <si>
+    <t>* Preparar documentación técnica para productos.
+* Completar estándares para el consumo de mano de obra y materiales.
+* Proponer la categoría, tipo y número de maquinaría y equipamiento.
+* Realizar pruebas de calidad en materiales de entrada.
+* Verificar el cumplimiento de los procedimientos tecnológicos.
+* Colaborar en el proceso y la inspección final.
+* Completar descripciones técnicas e instrucciones de uso.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -10457,14924 +20610,16566 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:F829"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="E6" sqref="E6:F829"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="37.7051" customWidth="true" style="0"/>
     <col min="2" max="2" width="37.7051" customWidth="true" style="0"/>
     <col min="3" max="3" width="37.7051" customWidth="true" style="0"/>
     <col min="4" max="4" width="37.7051" customWidth="true" style="0"/>
     <col min="5" max="5" width="53.844" customWidth="true" style="0"/>
     <col min="6" max="6" width="53.844" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
-      <c r="A1" t="s">
+      <c r="A1"/>
+      <c r="B1" s="1" t="s">
         <v>0</v>
       </c>
-      <c r="B1" s="1" t="s">
+    </row>
+    <row r="2" spans="1:6">
+      <c r="A2"/>
+      <c r="B2" s="1" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="2" spans="1:6">
-[...6 lines deleted...]
-    </row>
     <row r="3" spans="1:6">
-      <c r="A3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A3"/>
       <c r="B3" s="1">
         <v>824</v>
       </c>
     </row>
     <row r="5" spans="1:6">
       <c r="A5" t="s">
+        <v>2</v>
+      </c>
+      <c r="B5" t="s">
+        <v>3</v>
+      </c>
+      <c r="C5" t="s">
+        <v>4</v>
+      </c>
+      <c r="D5" t="s">
         <v>5</v>
       </c>
-      <c r="B5" t="s">
-[...2 lines deleted...]
-      <c r="C5" t="s">
+      <c r="E5" t="s">
         <v>6</v>
-      </c>
-[...4 lines deleted...]
-        <v>7</v>
       </c>
       <c r="F5" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" t="s">
         <v>8</v>
       </c>
       <c r="B6" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="C6" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="D6" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="E6" s="2" t="s">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="F6" s="2"/>
+        <v>12</v>
+      </c>
+      <c r="F6" s="2" t="s">
+        <v>13</v>
+      </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" t="s">
         <v>8</v>
       </c>
       <c r="B7" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="C7" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="D7" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E7" s="2" t="s">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="F7" s="2"/>
+        <v>16</v>
+      </c>
+      <c r="F7" s="2" t="s">
+        <v>17</v>
+      </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" t="s">
         <v>8</v>
       </c>
       <c r="B8" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="C8" t="s">
-        <v>13</v>
+        <v>18</v>
       </c>
       <c r="D8" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="E8" s="2" t="s">
-        <v>14</v>
-[...1 lines deleted...]
-      <c r="F8" s="2"/>
+        <v>20</v>
+      </c>
+      <c r="F8" s="2" t="s">
+        <v>21</v>
+      </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" t="s">
         <v>8</v>
       </c>
       <c r="B9" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="C9" t="s">
-        <v>15</v>
+        <v>22</v>
       </c>
       <c r="D9" t="s">
-        <v>15</v>
+        <v>23</v>
       </c>
       <c r="E9" s="2" t="s">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="F9" s="2"/>
+        <v>24</v>
+      </c>
+      <c r="F9" s="2" t="s">
+        <v>25</v>
+      </c>
     </row>
     <row r="10" spans="1:6">
       <c r="A10" t="s">
         <v>8</v>
       </c>
       <c r="B10" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="C10" t="s">
-        <v>17</v>
+        <v>26</v>
       </c>
       <c r="D10" t="s">
-        <v>17</v>
+        <v>27</v>
       </c>
       <c r="E10" s="2" t="s">
-        <v>18</v>
-[...1 lines deleted...]
-      <c r="F10" s="2"/>
+        <v>28</v>
+      </c>
+      <c r="F10" s="2" t="s">
+        <v>29</v>
+      </c>
     </row>
     <row r="11" spans="1:6">
       <c r="A11" t="s">
         <v>8</v>
       </c>
       <c r="B11" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="C11" t="s">
-        <v>19</v>
+        <v>30</v>
       </c>
       <c r="D11" t="s">
-        <v>19</v>
+        <v>31</v>
       </c>
       <c r="E11" s="2" t="s">
-        <v>20</v>
-[...1 lines deleted...]
-      <c r="F11" s="2"/>
+        <v>32</v>
+      </c>
+      <c r="F11" s="2" t="s">
+        <v>33</v>
+      </c>
     </row>
     <row r="12" spans="1:6">
       <c r="A12" t="s">
         <v>8</v>
       </c>
       <c r="B12" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="C12" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
       <c r="D12" t="s">
-        <v>21</v>
+        <v>35</v>
       </c>
       <c r="E12" s="2" t="s">
-        <v>22</v>
-[...1 lines deleted...]
-      <c r="F12" s="2"/>
+        <v>36</v>
+      </c>
+      <c r="F12" s="2" t="s">
+        <v>37</v>
+      </c>
     </row>
     <row r="13" spans="1:6">
       <c r="A13" t="s">
         <v>8</v>
       </c>
       <c r="B13" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="C13" t="s">
-        <v>23</v>
+        <v>38</v>
       </c>
       <c r="D13" t="s">
-        <v>23</v>
+        <v>39</v>
       </c>
       <c r="E13" s="2" t="s">
-        <v>24</v>
-[...1 lines deleted...]
-      <c r="F13" s="2"/>
+        <v>40</v>
+      </c>
+      <c r="F13" s="2" t="s">
+        <v>41</v>
+      </c>
     </row>
     <row r="14" spans="1:6">
       <c r="A14" t="s">
         <v>8</v>
       </c>
       <c r="B14" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="C14" t="s">
-        <v>25</v>
+        <v>42</v>
       </c>
       <c r="D14" t="s">
-        <v>25</v>
+        <v>43</v>
       </c>
       <c r="E14" s="2" t="s">
-        <v>26</v>
-[...1 lines deleted...]
-      <c r="F14" s="2"/>
+        <v>44</v>
+      </c>
+      <c r="F14" s="2" t="s">
+        <v>45</v>
+      </c>
     </row>
     <row r="15" spans="1:6">
       <c r="A15" t="s">
         <v>8</v>
       </c>
       <c r="B15" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="C15" t="s">
-        <v>27</v>
+        <v>46</v>
       </c>
       <c r="D15" t="s">
-        <v>27</v>
+        <v>47</v>
       </c>
       <c r="E15" s="2" t="s">
-        <v>28</v>
-[...1 lines deleted...]
-      <c r="F15" s="2"/>
+        <v>48</v>
+      </c>
+      <c r="F15" s="2" t="s">
+        <v>49</v>
+      </c>
     </row>
     <row r="16" spans="1:6">
       <c r="A16" t="s">
         <v>8</v>
       </c>
       <c r="B16" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="C16" t="s">
-        <v>29</v>
+        <v>50</v>
       </c>
       <c r="D16" t="s">
-        <v>29</v>
+        <v>51</v>
       </c>
       <c r="E16" s="2" t="s">
-        <v>30</v>
-[...1 lines deleted...]
-      <c r="F16" s="2"/>
+        <v>52</v>
+      </c>
+      <c r="F16" s="2" t="s">
+        <v>53</v>
+      </c>
     </row>
     <row r="17" spans="1:6">
       <c r="A17" t="s">
         <v>8</v>
       </c>
       <c r="B17" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="C17" t="s">
-        <v>31</v>
+        <v>54</v>
       </c>
       <c r="D17" t="s">
-        <v>31</v>
+        <v>55</v>
       </c>
       <c r="E17" s="2" t="s">
-        <v>32</v>
-[...1 lines deleted...]
-      <c r="F17" s="2"/>
+        <v>56</v>
+      </c>
+      <c r="F17" s="2" t="s">
+        <v>57</v>
+      </c>
     </row>
     <row r="18" spans="1:6">
       <c r="A18" t="s">
         <v>8</v>
       </c>
       <c r="B18" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="C18" t="s">
-        <v>33</v>
+        <v>58</v>
       </c>
       <c r="D18" t="s">
-        <v>33</v>
+        <v>59</v>
       </c>
       <c r="E18" s="2" t="s">
-        <v>34</v>
-[...1 lines deleted...]
-      <c r="F18" s="2"/>
+        <v>60</v>
+      </c>
+      <c r="F18" s="2" t="s">
+        <v>61</v>
+      </c>
     </row>
     <row r="19" spans="1:6">
       <c r="A19" t="s">
         <v>8</v>
       </c>
       <c r="B19" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="C19" t="s">
-        <v>35</v>
+        <v>62</v>
       </c>
       <c r="D19" t="s">
-        <v>35</v>
+        <v>63</v>
       </c>
       <c r="E19" s="2" t="s">
-        <v>36</v>
-[...1 lines deleted...]
-      <c r="F19" s="2"/>
+        <v>64</v>
+      </c>
+      <c r="F19" s="2" t="s">
+        <v>65</v>
+      </c>
     </row>
     <row r="20" spans="1:6">
       <c r="A20" t="s">
         <v>8</v>
       </c>
       <c r="B20" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="C20" t="s">
-        <v>37</v>
+        <v>66</v>
       </c>
       <c r="D20" t="s">
-        <v>37</v>
+        <v>67</v>
       </c>
       <c r="E20" s="2" t="s">
-        <v>38</v>
-[...1 lines deleted...]
-      <c r="F20" s="2"/>
+        <v>68</v>
+      </c>
+      <c r="F20" s="2" t="s">
+        <v>69</v>
+      </c>
     </row>
     <row r="21" spans="1:6">
       <c r="A21" t="s">
         <v>8</v>
       </c>
       <c r="B21" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="C21" t="s">
-        <v>39</v>
+        <v>70</v>
       </c>
       <c r="D21" t="s">
-        <v>39</v>
+        <v>71</v>
       </c>
       <c r="E21" s="2" t="s">
-        <v>40</v>
-[...1 lines deleted...]
-      <c r="F21" s="2"/>
+        <v>72</v>
+      </c>
+      <c r="F21" s="2" t="s">
+        <v>73</v>
+      </c>
     </row>
     <row r="22" spans="1:6">
       <c r="A22" t="s">
         <v>8</v>
       </c>
       <c r="B22" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="C22" t="s">
-        <v>41</v>
+        <v>74</v>
       </c>
       <c r="D22" t="s">
-        <v>41</v>
+        <v>75</v>
       </c>
       <c r="E22" s="2" t="s">
-        <v>42</v>
-[...1 lines deleted...]
-      <c r="F22" s="2"/>
+        <v>76</v>
+      </c>
+      <c r="F22" s="2" t="s">
+        <v>77</v>
+      </c>
     </row>
     <row r="23" spans="1:6">
       <c r="A23" t="s">
         <v>8</v>
       </c>
       <c r="B23" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="C23" t="s">
-        <v>43</v>
+        <v>78</v>
       </c>
       <c r="D23" t="s">
-        <v>43</v>
+        <v>79</v>
       </c>
       <c r="E23" s="2" t="s">
-        <v>44</v>
-[...1 lines deleted...]
-      <c r="F23" s="2"/>
+        <v>80</v>
+      </c>
+      <c r="F23" s="2" t="s">
+        <v>81</v>
+      </c>
     </row>
     <row r="24" spans="1:6">
       <c r="A24" t="s">
-        <v>45</v>
+        <v>82</v>
       </c>
       <c r="B24" t="s">
-        <v>45</v>
+        <v>83</v>
       </c>
       <c r="C24" t="s">
-        <v>46</v>
+        <v>84</v>
       </c>
       <c r="D24" t="s">
-        <v>46</v>
+        <v>85</v>
       </c>
       <c r="E24" s="2" t="s">
-        <v>47</v>
-[...1 lines deleted...]
-      <c r="F24" s="2"/>
+        <v>86</v>
+      </c>
+      <c r="F24" s="2" t="s">
+        <v>87</v>
+      </c>
     </row>
     <row r="25" spans="1:6">
       <c r="A25" t="s">
-        <v>45</v>
+        <v>82</v>
       </c>
       <c r="B25" t="s">
-        <v>45</v>
+        <v>83</v>
       </c>
       <c r="C25" t="s">
-        <v>48</v>
+        <v>88</v>
       </c>
       <c r="D25" t="s">
-        <v>48</v>
+        <v>89</v>
       </c>
       <c r="E25" s="2" t="s">
-        <v>49</v>
-[...1 lines deleted...]
-      <c r="F25" s="2"/>
+        <v>90</v>
+      </c>
+      <c r="F25" s="2" t="s">
+        <v>91</v>
+      </c>
     </row>
     <row r="26" spans="1:6">
       <c r="A26" t="s">
-        <v>45</v>
+        <v>82</v>
       </c>
       <c r="B26" t="s">
-        <v>45</v>
+        <v>83</v>
       </c>
       <c r="C26" t="s">
-        <v>50</v>
+        <v>92</v>
       </c>
       <c r="D26" t="s">
-        <v>50</v>
+        <v>93</v>
       </c>
       <c r="E26" s="2" t="s">
-        <v>51</v>
-[...1 lines deleted...]
-      <c r="F26" s="2"/>
+        <v>94</v>
+      </c>
+      <c r="F26" s="2" t="s">
+        <v>95</v>
+      </c>
     </row>
     <row r="27" spans="1:6">
       <c r="A27" t="s">
-        <v>45</v>
+        <v>82</v>
       </c>
       <c r="B27" t="s">
-        <v>45</v>
+        <v>83</v>
       </c>
       <c r="C27" t="s">
-        <v>52</v>
+        <v>96</v>
       </c>
       <c r="D27" t="s">
-        <v>52</v>
+        <v>97</v>
       </c>
       <c r="E27" s="2" t="s">
-        <v>53</v>
-[...1 lines deleted...]
-      <c r="F27" s="2"/>
+        <v>98</v>
+      </c>
+      <c r="F27" s="2" t="s">
+        <v>99</v>
+      </c>
     </row>
     <row r="28" spans="1:6">
       <c r="A28" t="s">
-        <v>45</v>
+        <v>82</v>
       </c>
       <c r="B28" t="s">
-        <v>45</v>
+        <v>83</v>
       </c>
       <c r="C28" t="s">
-        <v>54</v>
+        <v>100</v>
       </c>
       <c r="D28" t="s">
-        <v>54</v>
+        <v>101</v>
       </c>
       <c r="E28" s="2" t="s">
-        <v>55</v>
-[...1 lines deleted...]
-      <c r="F28" s="2"/>
+        <v>102</v>
+      </c>
+      <c r="F28" s="2" t="s">
+        <v>103</v>
+      </c>
     </row>
     <row r="29" spans="1:6">
       <c r="A29" t="s">
-        <v>45</v>
+        <v>82</v>
       </c>
       <c r="B29" t="s">
-        <v>45</v>
+        <v>83</v>
       </c>
       <c r="C29" t="s">
-        <v>56</v>
+        <v>104</v>
       </c>
       <c r="D29" t="s">
-        <v>56</v>
+        <v>105</v>
       </c>
       <c r="E29" s="2" t="s">
-        <v>57</v>
-[...1 lines deleted...]
-      <c r="F29" s="2"/>
+        <v>106</v>
+      </c>
+      <c r="F29" s="2" t="s">
+        <v>107</v>
+      </c>
     </row>
     <row r="30" spans="1:6">
       <c r="A30" t="s">
-        <v>45</v>
+        <v>82</v>
       </c>
       <c r="B30" t="s">
-        <v>45</v>
+        <v>83</v>
       </c>
       <c r="C30" t="s">
-        <v>58</v>
+        <v>108</v>
       </c>
       <c r="D30" t="s">
-        <v>58</v>
+        <v>109</v>
       </c>
       <c r="E30" s="2" t="s">
-        <v>59</v>
-[...1 lines deleted...]
-      <c r="F30" s="2"/>
+        <v>110</v>
+      </c>
+      <c r="F30" s="2" t="s">
+        <v>111</v>
+      </c>
     </row>
     <row r="31" spans="1:6">
       <c r="A31" t="s">
-        <v>45</v>
+        <v>82</v>
       </c>
       <c r="B31" t="s">
-        <v>45</v>
+        <v>83</v>
       </c>
       <c r="C31" t="s">
-        <v>60</v>
+        <v>112</v>
       </c>
       <c r="D31" t="s">
-        <v>60</v>
+        <v>113</v>
       </c>
       <c r="E31" s="2" t="s">
-        <v>61</v>
-[...1 lines deleted...]
-      <c r="F31" s="2"/>
+        <v>114</v>
+      </c>
+      <c r="F31" s="2" t="s">
+        <v>115</v>
+      </c>
     </row>
     <row r="32" spans="1:6">
       <c r="A32" t="s">
-        <v>45</v>
+        <v>82</v>
       </c>
       <c r="B32" t="s">
-        <v>45</v>
+        <v>83</v>
       </c>
       <c r="C32" t="s">
-        <v>62</v>
+        <v>116</v>
       </c>
       <c r="D32" t="s">
-        <v>62</v>
+        <v>117</v>
       </c>
       <c r="E32" s="2" t="s">
-        <v>63</v>
-[...1 lines deleted...]
-      <c r="F32" s="2"/>
+        <v>118</v>
+      </c>
+      <c r="F32" s="2" t="s">
+        <v>119</v>
+      </c>
     </row>
     <row r="33" spans="1:6">
       <c r="A33" t="s">
-        <v>45</v>
+        <v>82</v>
       </c>
       <c r="B33" t="s">
-        <v>45</v>
+        <v>83</v>
       </c>
       <c r="C33" t="s">
-        <v>64</v>
+        <v>120</v>
       </c>
       <c r="D33" t="s">
-        <v>64</v>
+        <v>121</v>
       </c>
       <c r="E33" s="2" t="s">
-        <v>65</v>
-[...1 lines deleted...]
-      <c r="F33" s="2"/>
+        <v>122</v>
+      </c>
+      <c r="F33" s="2" t="s">
+        <v>123</v>
+      </c>
     </row>
     <row r="34" spans="1:6">
       <c r="A34" t="s">
-        <v>45</v>
+        <v>82</v>
       </c>
       <c r="B34" t="s">
-        <v>45</v>
+        <v>83</v>
       </c>
       <c r="C34" t="s">
-        <v>66</v>
+        <v>124</v>
       </c>
       <c r="D34" t="s">
-        <v>66</v>
+        <v>125</v>
       </c>
       <c r="E34" s="2" t="s">
-        <v>67</v>
-[...1 lines deleted...]
-      <c r="F34" s="2"/>
+        <v>126</v>
+      </c>
+      <c r="F34" s="2" t="s">
+        <v>127</v>
+      </c>
     </row>
     <row r="35" spans="1:6">
       <c r="A35" t="s">
-        <v>45</v>
+        <v>82</v>
       </c>
       <c r="B35" t="s">
-        <v>45</v>
+        <v>83</v>
       </c>
       <c r="C35" t="s">
-        <v>68</v>
+        <v>128</v>
       </c>
       <c r="D35" t="s">
-        <v>68</v>
+        <v>129</v>
       </c>
       <c r="E35" s="2" t="s">
-        <v>69</v>
-[...1 lines deleted...]
-      <c r="F35" s="2"/>
+        <v>130</v>
+      </c>
+      <c r="F35" s="2" t="s">
+        <v>131</v>
+      </c>
     </row>
     <row r="36" spans="1:6">
       <c r="A36" t="s">
-        <v>45</v>
+        <v>82</v>
       </c>
       <c r="B36" t="s">
-        <v>45</v>
+        <v>83</v>
       </c>
       <c r="C36" t="s">
-        <v>70</v>
+        <v>132</v>
       </c>
       <c r="D36" t="s">
-        <v>70</v>
+        <v>133</v>
       </c>
       <c r="E36" s="2" t="s">
-        <v>71</v>
-[...1 lines deleted...]
-      <c r="F36" s="2"/>
+        <v>134</v>
+      </c>
+      <c r="F36" s="2" t="s">
+        <v>135</v>
+      </c>
     </row>
     <row r="37" spans="1:6">
       <c r="A37" t="s">
-        <v>45</v>
+        <v>82</v>
       </c>
       <c r="B37" t="s">
-        <v>45</v>
+        <v>83</v>
       </c>
       <c r="C37" t="s">
-        <v>72</v>
+        <v>136</v>
       </c>
       <c r="D37" t="s">
-        <v>72</v>
+        <v>137</v>
       </c>
       <c r="E37" s="2" t="s">
-        <v>73</v>
-[...1 lines deleted...]
-      <c r="F37" s="2"/>
+        <v>138</v>
+      </c>
+      <c r="F37" s="2" t="s">
+        <v>139</v>
+      </c>
     </row>
     <row r="38" spans="1:6">
       <c r="A38" t="s">
-        <v>45</v>
+        <v>82</v>
       </c>
       <c r="B38" t="s">
-        <v>45</v>
+        <v>83</v>
       </c>
       <c r="C38" t="s">
-        <v>74</v>
+        <v>140</v>
       </c>
       <c r="D38" t="s">
-        <v>74</v>
+        <v>141</v>
       </c>
       <c r="E38" s="2" t="s">
-        <v>75</v>
-[...1 lines deleted...]
-      <c r="F38" s="2"/>
+        <v>142</v>
+      </c>
+      <c r="F38" s="2" t="s">
+        <v>143</v>
+      </c>
     </row>
     <row r="39" spans="1:6">
       <c r="A39" t="s">
-        <v>45</v>
+        <v>82</v>
       </c>
       <c r="B39" t="s">
-        <v>45</v>
+        <v>83</v>
       </c>
       <c r="C39" t="s">
-        <v>76</v>
+        <v>144</v>
       </c>
       <c r="D39" t="s">
-        <v>76</v>
+        <v>145</v>
       </c>
       <c r="E39" s="2" t="s">
-        <v>77</v>
-[...1 lines deleted...]
-      <c r="F39" s="2"/>
+        <v>146</v>
+      </c>
+      <c r="F39" s="2" t="s">
+        <v>147</v>
+      </c>
     </row>
     <row r="40" spans="1:6">
       <c r="A40" t="s">
-        <v>45</v>
+        <v>82</v>
       </c>
       <c r="B40" t="s">
-        <v>45</v>
+        <v>83</v>
       </c>
       <c r="C40" t="s">
-        <v>78</v>
+        <v>148</v>
       </c>
       <c r="D40" t="s">
-        <v>78</v>
+        <v>149</v>
       </c>
       <c r="E40" s="2" t="s">
-        <v>79</v>
-[...1 lines deleted...]
-      <c r="F40" s="2"/>
+        <v>150</v>
+      </c>
+      <c r="F40" s="2" t="s">
+        <v>151</v>
+      </c>
     </row>
     <row r="41" spans="1:6">
       <c r="A41" t="s">
-        <v>80</v>
+        <v>152</v>
       </c>
       <c r="B41" t="s">
-        <v>80</v>
+        <v>153</v>
       </c>
       <c r="C41" t="s">
-        <v>81</v>
+        <v>154</v>
       </c>
       <c r="D41" t="s">
-        <v>81</v>
+        <v>154</v>
       </c>
       <c r="E41" s="2" t="s">
-        <v>82</v>
-[...1 lines deleted...]
-      <c r="F41" s="2"/>
+        <v>155</v>
+      </c>
+      <c r="F41" s="2" t="s">
+        <v>156</v>
+      </c>
     </row>
     <row r="42" spans="1:6">
       <c r="A42" t="s">
-        <v>80</v>
+        <v>152</v>
       </c>
       <c r="B42" t="s">
-        <v>80</v>
+        <v>153</v>
       </c>
       <c r="C42" t="s">
-        <v>83</v>
+        <v>157</v>
       </c>
       <c r="D42" t="s">
-        <v>83</v>
+        <v>158</v>
       </c>
       <c r="E42" s="2" t="s">
-        <v>84</v>
-[...1 lines deleted...]
-      <c r="F42" s="2"/>
+        <v>159</v>
+      </c>
+      <c r="F42" s="2" t="s">
+        <v>160</v>
+      </c>
     </row>
     <row r="43" spans="1:6">
       <c r="A43" t="s">
-        <v>80</v>
+        <v>152</v>
       </c>
       <c r="B43" t="s">
-        <v>80</v>
+        <v>153</v>
       </c>
       <c r="C43" t="s">
-        <v>85</v>
+        <v>161</v>
       </c>
       <c r="D43" t="s">
-        <v>85</v>
+        <v>162</v>
       </c>
       <c r="E43" s="2" t="s">
-        <v>86</v>
-[...1 lines deleted...]
-      <c r="F43" s="2"/>
+        <v>163</v>
+      </c>
+      <c r="F43" s="2" t="s">
+        <v>164</v>
+      </c>
     </row>
     <row r="44" spans="1:6">
       <c r="A44" t="s">
-        <v>80</v>
+        <v>152</v>
       </c>
       <c r="B44" t="s">
-        <v>80</v>
+        <v>153</v>
       </c>
       <c r="C44" t="s">
-        <v>87</v>
+        <v>165</v>
       </c>
       <c r="D44" t="s">
-        <v>87</v>
+        <v>166</v>
       </c>
       <c r="E44" s="2" t="s">
-        <v>88</v>
-[...1 lines deleted...]
-      <c r="F44" s="2"/>
+        <v>167</v>
+      </c>
+      <c r="F44" s="2" t="s">
+        <v>168</v>
+      </c>
     </row>
     <row r="45" spans="1:6">
       <c r="A45" t="s">
-        <v>80</v>
+        <v>152</v>
       </c>
       <c r="B45" t="s">
-        <v>80</v>
+        <v>153</v>
       </c>
       <c r="C45" t="s">
-        <v>89</v>
+        <v>169</v>
       </c>
       <c r="D45" t="s">
-        <v>89</v>
+        <v>170</v>
       </c>
       <c r="E45" s="2" t="s">
-        <v>90</v>
-[...1 lines deleted...]
-      <c r="F45" s="2"/>
+        <v>171</v>
+      </c>
+      <c r="F45" s="2" t="s">
+        <v>172</v>
+      </c>
     </row>
     <row r="46" spans="1:6">
       <c r="A46" t="s">
-        <v>80</v>
+        <v>152</v>
       </c>
       <c r="B46" t="s">
-        <v>80</v>
+        <v>153</v>
       </c>
       <c r="C46" t="s">
-        <v>91</v>
+        <v>173</v>
       </c>
       <c r="D46" t="s">
-        <v>91</v>
+        <v>174</v>
       </c>
       <c r="E46" s="2" t="s">
-        <v>92</v>
-[...1 lines deleted...]
-      <c r="F46" s="2"/>
+        <v>175</v>
+      </c>
+      <c r="F46" s="2" t="s">
+        <v>176</v>
+      </c>
     </row>
     <row r="47" spans="1:6">
       <c r="A47" t="s">
-        <v>80</v>
+        <v>152</v>
       </c>
       <c r="B47" t="s">
-        <v>80</v>
+        <v>153</v>
       </c>
       <c r="C47" t="s">
-        <v>93</v>
+        <v>177</v>
       </c>
       <c r="D47" t="s">
-        <v>93</v>
+        <v>178</v>
       </c>
       <c r="E47" s="2" t="s">
-        <v>94</v>
-[...1 lines deleted...]
-      <c r="F47" s="2"/>
+        <v>179</v>
+      </c>
+      <c r="F47" s="2" t="s">
+        <v>180</v>
+      </c>
     </row>
     <row r="48" spans="1:6">
       <c r="A48" t="s">
-        <v>80</v>
+        <v>152</v>
       </c>
       <c r="B48" t="s">
-        <v>80</v>
+        <v>153</v>
       </c>
       <c r="C48" t="s">
-        <v>95</v>
+        <v>181</v>
       </c>
       <c r="D48" t="s">
-        <v>95</v>
+        <v>182</v>
       </c>
       <c r="E48" s="2" t="s">
-        <v>96</v>
-[...1 lines deleted...]
-      <c r="F48" s="2"/>
+        <v>183</v>
+      </c>
+      <c r="F48" s="2" t="s">
+        <v>184</v>
+      </c>
     </row>
     <row r="49" spans="1:6">
       <c r="A49" t="s">
-        <v>80</v>
+        <v>152</v>
       </c>
       <c r="B49" t="s">
-        <v>80</v>
+        <v>153</v>
       </c>
       <c r="C49" t="s">
-        <v>97</v>
+        <v>185</v>
       </c>
       <c r="D49" t="s">
-        <v>97</v>
+        <v>186</v>
       </c>
       <c r="E49" s="2" t="s">
-        <v>98</v>
-[...1 lines deleted...]
-      <c r="F49" s="2"/>
+        <v>187</v>
+      </c>
+      <c r="F49" s="2" t="s">
+        <v>188</v>
+      </c>
     </row>
     <row r="50" spans="1:6">
       <c r="A50" t="s">
-        <v>80</v>
+        <v>152</v>
       </c>
       <c r="B50" t="s">
-        <v>80</v>
+        <v>153</v>
       </c>
       <c r="C50" t="s">
-        <v>99</v>
+        <v>189</v>
       </c>
       <c r="D50" t="s">
-        <v>99</v>
+        <v>190</v>
       </c>
       <c r="E50" s="2" t="s">
-        <v>100</v>
-[...1 lines deleted...]
-      <c r="F50" s="2"/>
+        <v>191</v>
+      </c>
+      <c r="F50" s="2" t="s">
+        <v>192</v>
+      </c>
     </row>
     <row r="51" spans="1:6">
       <c r="A51" t="s">
-        <v>80</v>
+        <v>152</v>
       </c>
       <c r="B51" t="s">
-        <v>80</v>
+        <v>153</v>
       </c>
       <c r="C51" t="s">
-        <v>101</v>
+        <v>193</v>
       </c>
       <c r="D51" t="s">
-        <v>101</v>
+        <v>194</v>
       </c>
       <c r="E51" s="2" t="s">
-        <v>102</v>
-[...1 lines deleted...]
-      <c r="F51" s="2"/>
+        <v>195</v>
+      </c>
+      <c r="F51" s="2" t="s">
+        <v>196</v>
+      </c>
     </row>
     <row r="52" spans="1:6">
       <c r="A52" t="s">
-        <v>80</v>
+        <v>152</v>
       </c>
       <c r="B52" t="s">
-        <v>80</v>
+        <v>153</v>
       </c>
       <c r="C52" t="s">
-        <v>103</v>
+        <v>197</v>
       </c>
       <c r="D52" t="s">
-        <v>103</v>
+        <v>198</v>
       </c>
       <c r="E52" s="2" t="s">
-        <v>104</v>
-[...1 lines deleted...]
-      <c r="F52" s="2"/>
+        <v>199</v>
+      </c>
+      <c r="F52" s="2" t="s">
+        <v>200</v>
+      </c>
     </row>
     <row r="53" spans="1:6">
       <c r="A53" t="s">
-        <v>80</v>
+        <v>152</v>
       </c>
       <c r="B53" t="s">
-        <v>80</v>
+        <v>153</v>
       </c>
       <c r="C53" t="s">
-        <v>105</v>
+        <v>201</v>
       </c>
       <c r="D53" t="s">
-        <v>105</v>
+        <v>202</v>
       </c>
       <c r="E53" s="2" t="s">
-        <v>106</v>
-[...1 lines deleted...]
-      <c r="F53" s="2"/>
+        <v>203</v>
+      </c>
+      <c r="F53" s="2" t="s">
+        <v>204</v>
+      </c>
     </row>
     <row r="54" spans="1:6">
       <c r="A54" t="s">
-        <v>80</v>
+        <v>152</v>
       </c>
       <c r="B54" t="s">
-        <v>80</v>
+        <v>153</v>
       </c>
       <c r="C54" t="s">
-        <v>107</v>
+        <v>205</v>
       </c>
       <c r="D54" t="s">
-        <v>107</v>
+        <v>206</v>
       </c>
       <c r="E54" s="2" t="s">
-        <v>108</v>
-[...1 lines deleted...]
-      <c r="F54" s="2"/>
+        <v>207</v>
+      </c>
+      <c r="F54" s="2" t="s">
+        <v>208</v>
+      </c>
     </row>
     <row r="55" spans="1:6">
       <c r="A55" t="s">
-        <v>80</v>
+        <v>152</v>
       </c>
       <c r="B55" t="s">
-        <v>80</v>
+        <v>153</v>
       </c>
       <c r="C55" t="s">
-        <v>109</v>
+        <v>209</v>
       </c>
       <c r="D55" t="s">
-        <v>109</v>
+        <v>210</v>
       </c>
       <c r="E55" s="2" t="s">
-        <v>110</v>
-[...1 lines deleted...]
-      <c r="F55" s="2"/>
+        <v>211</v>
+      </c>
+      <c r="F55" s="2" t="s">
+        <v>212</v>
+      </c>
     </row>
     <row r="56" spans="1:6">
       <c r="A56" t="s">
-        <v>80</v>
+        <v>152</v>
       </c>
       <c r="B56" t="s">
-        <v>80</v>
+        <v>153</v>
       </c>
       <c r="C56" t="s">
-        <v>111</v>
+        <v>213</v>
       </c>
       <c r="D56" t="s">
-        <v>111</v>
+        <v>214</v>
       </c>
       <c r="E56" s="2" t="s">
-        <v>112</v>
-[...1 lines deleted...]
-      <c r="F56" s="2"/>
+        <v>215</v>
+      </c>
+      <c r="F56" s="2" t="s">
+        <v>216</v>
+      </c>
     </row>
     <row r="57" spans="1:6">
       <c r="A57" t="s">
-        <v>80</v>
+        <v>152</v>
       </c>
       <c r="B57" t="s">
-        <v>80</v>
+        <v>153</v>
       </c>
       <c r="C57" t="s">
-        <v>113</v>
+        <v>217</v>
       </c>
       <c r="D57" t="s">
-        <v>113</v>
+        <v>218</v>
       </c>
       <c r="E57" s="2" t="s">
-        <v>114</v>
-[...1 lines deleted...]
-      <c r="F57" s="2"/>
+        <v>219</v>
+      </c>
+      <c r="F57" s="2" t="s">
+        <v>220</v>
+      </c>
     </row>
     <row r="58" spans="1:6">
       <c r="A58" t="s">
-        <v>80</v>
+        <v>152</v>
       </c>
       <c r="B58" t="s">
-        <v>80</v>
+        <v>153</v>
       </c>
       <c r="C58" t="s">
-        <v>115</v>
+        <v>221</v>
       </c>
       <c r="D58" t="s">
-        <v>115</v>
+        <v>222</v>
       </c>
       <c r="E58" s="2" t="s">
-        <v>116</v>
-[...1 lines deleted...]
-      <c r="F58" s="2"/>
+        <v>223</v>
+      </c>
+      <c r="F58" s="2" t="s">
+        <v>224</v>
+      </c>
     </row>
     <row r="59" spans="1:6">
       <c r="A59" t="s">
-        <v>80</v>
+        <v>152</v>
       </c>
       <c r="B59" t="s">
-        <v>80</v>
+        <v>153</v>
       </c>
       <c r="C59" t="s">
-        <v>117</v>
+        <v>225</v>
       </c>
       <c r="D59" t="s">
-        <v>117</v>
+        <v>226</v>
       </c>
       <c r="E59" s="2" t="s">
-        <v>118</v>
-[...1 lines deleted...]
-      <c r="F59" s="2"/>
+        <v>227</v>
+      </c>
+      <c r="F59" s="2" t="s">
+        <v>228</v>
+      </c>
     </row>
     <row r="60" spans="1:6">
       <c r="A60" t="s">
-        <v>119</v>
+        <v>229</v>
       </c>
       <c r="B60" t="s">
-        <v>119</v>
+        <v>230</v>
       </c>
       <c r="C60" t="s">
-        <v>120</v>
+        <v>231</v>
       </c>
       <c r="D60" t="s">
-        <v>120</v>
+        <v>232</v>
       </c>
       <c r="E60" s="2" t="s">
-        <v>121</v>
-[...1 lines deleted...]
-      <c r="F60" s="2"/>
+        <v>233</v>
+      </c>
+      <c r="F60" s="2" t="s">
+        <v>234</v>
+      </c>
     </row>
     <row r="61" spans="1:6">
       <c r="A61" t="s">
-        <v>119</v>
+        <v>229</v>
       </c>
       <c r="B61" t="s">
-        <v>119</v>
+        <v>230</v>
       </c>
       <c r="C61" t="s">
-        <v>122</v>
+        <v>235</v>
       </c>
       <c r="D61" t="s">
-        <v>122</v>
+        <v>236</v>
       </c>
       <c r="E61" s="2" t="s">
-        <v>123</v>
-[...1 lines deleted...]
-      <c r="F61" s="2"/>
+        <v>237</v>
+      </c>
+      <c r="F61" s="2" t="s">
+        <v>238</v>
+      </c>
     </row>
     <row r="62" spans="1:6">
       <c r="A62" t="s">
-        <v>119</v>
+        <v>229</v>
       </c>
       <c r="B62" t="s">
-        <v>119</v>
+        <v>230</v>
       </c>
       <c r="C62" t="s">
-        <v>124</v>
+        <v>239</v>
       </c>
       <c r="D62" t="s">
-        <v>124</v>
+        <v>240</v>
       </c>
       <c r="E62" s="2" t="s">
-        <v>125</v>
-[...1 lines deleted...]
-      <c r="F62" s="2"/>
+        <v>241</v>
+      </c>
+      <c r="F62" s="2" t="s">
+        <v>242</v>
+      </c>
     </row>
     <row r="63" spans="1:6">
       <c r="A63" t="s">
-        <v>119</v>
+        <v>229</v>
       </c>
       <c r="B63" t="s">
-        <v>119</v>
+        <v>230</v>
       </c>
       <c r="C63" t="s">
-        <v>126</v>
+        <v>243</v>
       </c>
       <c r="D63" t="s">
-        <v>126</v>
+        <v>244</v>
       </c>
       <c r="E63" s="2" t="s">
-        <v>127</v>
-[...1 lines deleted...]
-      <c r="F63" s="2"/>
+        <v>245</v>
+      </c>
+      <c r="F63" s="2" t="s">
+        <v>246</v>
+      </c>
     </row>
     <row r="64" spans="1:6">
       <c r="A64" t="s">
-        <v>119</v>
+        <v>229</v>
       </c>
       <c r="B64" t="s">
-        <v>119</v>
+        <v>230</v>
       </c>
       <c r="C64" t="s">
-        <v>128</v>
+        <v>247</v>
       </c>
       <c r="D64" t="s">
-        <v>128</v>
+        <v>248</v>
       </c>
       <c r="E64" s="2" t="s">
-        <v>129</v>
-[...1 lines deleted...]
-      <c r="F64" s="2"/>
+        <v>249</v>
+      </c>
+      <c r="F64" s="2" t="s">
+        <v>250</v>
+      </c>
     </row>
     <row r="65" spans="1:6">
       <c r="A65" t="s">
-        <v>119</v>
+        <v>229</v>
       </c>
       <c r="B65" t="s">
-        <v>119</v>
+        <v>230</v>
       </c>
       <c r="C65" t="s">
-        <v>130</v>
+        <v>251</v>
       </c>
       <c r="D65" t="s">
-        <v>130</v>
+        <v>252</v>
       </c>
       <c r="E65" s="2" t="s">
-        <v>131</v>
-[...1 lines deleted...]
-      <c r="F65" s="2"/>
+        <v>253</v>
+      </c>
+      <c r="F65" s="2" t="s">
+        <v>254</v>
+      </c>
     </row>
     <row r="66" spans="1:6">
       <c r="A66" t="s">
-        <v>119</v>
+        <v>229</v>
       </c>
       <c r="B66" t="s">
-        <v>119</v>
+        <v>230</v>
       </c>
       <c r="C66" t="s">
-        <v>132</v>
+        <v>255</v>
       </c>
       <c r="D66" t="s">
-        <v>132</v>
+        <v>256</v>
       </c>
       <c r="E66" s="2" t="s">
-        <v>133</v>
-[...1 lines deleted...]
-      <c r="F66" s="2"/>
+        <v>257</v>
+      </c>
+      <c r="F66" s="2" t="s">
+        <v>258</v>
+      </c>
     </row>
     <row r="67" spans="1:6">
       <c r="A67" t="s">
-        <v>119</v>
+        <v>229</v>
       </c>
       <c r="B67" t="s">
-        <v>119</v>
+        <v>230</v>
       </c>
       <c r="C67" t="s">
-        <v>134</v>
+        <v>259</v>
       </c>
       <c r="D67" t="s">
-        <v>134</v>
+        <v>260</v>
       </c>
       <c r="E67" s="2" t="s">
-        <v>135</v>
-[...1 lines deleted...]
-      <c r="F67" s="2"/>
+        <v>261</v>
+      </c>
+      <c r="F67" s="2" t="s">
+        <v>262</v>
+      </c>
     </row>
     <row r="68" spans="1:6">
       <c r="A68" t="s">
-        <v>119</v>
+        <v>229</v>
       </c>
       <c r="B68" t="s">
-        <v>119</v>
+        <v>230</v>
       </c>
       <c r="C68" t="s">
-        <v>136</v>
+        <v>263</v>
       </c>
       <c r="D68" t="s">
-        <v>136</v>
+        <v>264</v>
       </c>
       <c r="E68" s="2" t="s">
-        <v>137</v>
-[...1 lines deleted...]
-      <c r="F68" s="2"/>
+        <v>265</v>
+      </c>
+      <c r="F68" s="2" t="s">
+        <v>266</v>
+      </c>
     </row>
     <row r="69" spans="1:6">
       <c r="A69" t="s">
-        <v>119</v>
+        <v>229</v>
       </c>
       <c r="B69" t="s">
-        <v>119</v>
+        <v>230</v>
       </c>
       <c r="C69" t="s">
-        <v>138</v>
+        <v>267</v>
       </c>
       <c r="D69" t="s">
-        <v>138</v>
+        <v>268</v>
       </c>
       <c r="E69" s="2" t="s">
-        <v>139</v>
-[...1 lines deleted...]
-      <c r="F69" s="2"/>
+        <v>269</v>
+      </c>
+      <c r="F69" s="2" t="s">
+        <v>270</v>
+      </c>
     </row>
     <row r="70" spans="1:6">
       <c r="A70" t="s">
-        <v>119</v>
+        <v>229</v>
       </c>
       <c r="B70" t="s">
-        <v>119</v>
+        <v>230</v>
       </c>
       <c r="C70" t="s">
-        <v>140</v>
+        <v>271</v>
       </c>
       <c r="D70" t="s">
-        <v>140</v>
+        <v>272</v>
       </c>
       <c r="E70" s="2" t="s">
-        <v>141</v>
-[...1 lines deleted...]
-      <c r="F70" s="2"/>
+        <v>273</v>
+      </c>
+      <c r="F70" s="2" t="s">
+        <v>274</v>
+      </c>
     </row>
     <row r="71" spans="1:6">
       <c r="A71" t="s">
-        <v>119</v>
+        <v>229</v>
       </c>
       <c r="B71" t="s">
-        <v>119</v>
+        <v>230</v>
       </c>
       <c r="C71" t="s">
-        <v>142</v>
+        <v>275</v>
       </c>
       <c r="D71" t="s">
-        <v>142</v>
+        <v>276</v>
       </c>
       <c r="E71" s="2" t="s">
-        <v>143</v>
-[...1 lines deleted...]
-      <c r="F71" s="2"/>
+        <v>277</v>
+      </c>
+      <c r="F71" s="2" t="s">
+        <v>278</v>
+      </c>
     </row>
     <row r="72" spans="1:6">
       <c r="A72" t="s">
-        <v>119</v>
+        <v>229</v>
       </c>
       <c r="B72" t="s">
-        <v>119</v>
+        <v>230</v>
       </c>
       <c r="C72" t="s">
-        <v>144</v>
+        <v>279</v>
       </c>
       <c r="D72" t="s">
-        <v>144</v>
+        <v>280</v>
       </c>
       <c r="E72" s="2" t="s">
-        <v>145</v>
-[...1 lines deleted...]
-      <c r="F72" s="2"/>
+        <v>281</v>
+      </c>
+      <c r="F72" s="2" t="s">
+        <v>282</v>
+      </c>
     </row>
     <row r="73" spans="1:6">
       <c r="A73" t="s">
-        <v>119</v>
+        <v>229</v>
       </c>
       <c r="B73" t="s">
-        <v>119</v>
+        <v>230</v>
       </c>
       <c r="C73" t="s">
-        <v>146</v>
+        <v>283</v>
       </c>
       <c r="D73" t="s">
-        <v>146</v>
+        <v>284</v>
       </c>
       <c r="E73" s="2" t="s">
-        <v>147</v>
-[...1 lines deleted...]
-      <c r="F73" s="2"/>
+        <v>285</v>
+      </c>
+      <c r="F73" s="2" t="s">
+        <v>286</v>
+      </c>
     </row>
     <row r="74" spans="1:6">
       <c r="A74" t="s">
-        <v>119</v>
+        <v>229</v>
       </c>
       <c r="B74" t="s">
-        <v>119</v>
+        <v>230</v>
       </c>
       <c r="C74" t="s">
-        <v>148</v>
+        <v>287</v>
       </c>
       <c r="D74" t="s">
-        <v>148</v>
+        <v>288</v>
       </c>
       <c r="E74" s="2" t="s">
-        <v>149</v>
-[...1 lines deleted...]
-      <c r="F74" s="2"/>
+        <v>289</v>
+      </c>
+      <c r="F74" s="2" t="s">
+        <v>290</v>
+      </c>
     </row>
     <row r="75" spans="1:6">
       <c r="A75" t="s">
-        <v>119</v>
+        <v>229</v>
       </c>
       <c r="B75" t="s">
-        <v>119</v>
+        <v>230</v>
       </c>
       <c r="C75" t="s">
-        <v>150</v>
+        <v>291</v>
       </c>
       <c r="D75" t="s">
-        <v>150</v>
+        <v>292</v>
       </c>
       <c r="E75" s="2" t="s">
-        <v>151</v>
-[...1 lines deleted...]
-      <c r="F75" s="2"/>
+        <v>293</v>
+      </c>
+      <c r="F75" s="2" t="s">
+        <v>294</v>
+      </c>
     </row>
     <row r="76" spans="1:6">
       <c r="A76" t="s">
-        <v>119</v>
+        <v>229</v>
       </c>
       <c r="B76" t="s">
-        <v>119</v>
+        <v>230</v>
       </c>
       <c r="C76" t="s">
-        <v>152</v>
+        <v>295</v>
       </c>
       <c r="D76" t="s">
-        <v>152</v>
+        <v>296</v>
       </c>
       <c r="E76" s="2" t="s">
-        <v>153</v>
-[...1 lines deleted...]
-      <c r="F76" s="2"/>
+        <v>297</v>
+      </c>
+      <c r="F76" s="2" t="s">
+        <v>298</v>
+      </c>
     </row>
     <row r="77" spans="1:6">
       <c r="A77" t="s">
-        <v>119</v>
+        <v>229</v>
       </c>
       <c r="B77" t="s">
-        <v>119</v>
+        <v>230</v>
       </c>
       <c r="C77" t="s">
-        <v>154</v>
+        <v>299</v>
       </c>
       <c r="D77" t="s">
-        <v>154</v>
+        <v>300</v>
       </c>
       <c r="E77" s="2" t="s">
-        <v>155</v>
-[...1 lines deleted...]
-      <c r="F77" s="2"/>
+        <v>301</v>
+      </c>
+      <c r="F77" s="2" t="s">
+        <v>302</v>
+      </c>
     </row>
     <row r="78" spans="1:6">
       <c r="A78" t="s">
-        <v>119</v>
+        <v>229</v>
       </c>
       <c r="B78" t="s">
-        <v>119</v>
+        <v>230</v>
       </c>
       <c r="C78" t="s">
-        <v>156</v>
+        <v>303</v>
       </c>
       <c r="D78" t="s">
-        <v>156</v>
+        <v>304</v>
       </c>
       <c r="E78" s="2" t="s">
-        <v>157</v>
-[...1 lines deleted...]
-      <c r="F78" s="2"/>
+        <v>305</v>
+      </c>
+      <c r="F78" s="2" t="s">
+        <v>306</v>
+      </c>
     </row>
     <row r="79" spans="1:6">
       <c r="A79" t="s">
-        <v>119</v>
+        <v>229</v>
       </c>
       <c r="B79" t="s">
-        <v>119</v>
+        <v>230</v>
       </c>
       <c r="C79" t="s">
-        <v>158</v>
+        <v>307</v>
       </c>
       <c r="D79" t="s">
-        <v>158</v>
+        <v>308</v>
       </c>
       <c r="E79" s="2" t="s">
-        <v>159</v>
-[...1 lines deleted...]
-      <c r="F79" s="2"/>
+        <v>309</v>
+      </c>
+      <c r="F79" s="2" t="s">
+        <v>310</v>
+      </c>
     </row>
     <row r="80" spans="1:6">
       <c r="A80" t="s">
-        <v>119</v>
+        <v>229</v>
       </c>
       <c r="B80" t="s">
-        <v>119</v>
+        <v>230</v>
       </c>
       <c r="C80" t="s">
-        <v>160</v>
+        <v>311</v>
       </c>
       <c r="D80" t="s">
-        <v>160</v>
+        <v>312</v>
       </c>
       <c r="E80" s="2" t="s">
-        <v>161</v>
-[...1 lines deleted...]
-      <c r="F80" s="2"/>
+        <v>313</v>
+      </c>
+      <c r="F80" s="2" t="s">
+        <v>314</v>
+      </c>
     </row>
     <row r="81" spans="1:6">
       <c r="A81" t="s">
-        <v>119</v>
+        <v>229</v>
       </c>
       <c r="B81" t="s">
-        <v>119</v>
+        <v>230</v>
       </c>
       <c r="C81" t="s">
-        <v>162</v>
+        <v>315</v>
       </c>
       <c r="D81" t="s">
-        <v>162</v>
+        <v>316</v>
       </c>
       <c r="E81" s="2" t="s">
-        <v>163</v>
-[...1 lines deleted...]
-      <c r="F81" s="2"/>
+        <v>317</v>
+      </c>
+      <c r="F81" s="2" t="s">
+        <v>318</v>
+      </c>
     </row>
     <row r="82" spans="1:6">
       <c r="A82" t="s">
-        <v>119</v>
+        <v>229</v>
       </c>
       <c r="B82" t="s">
-        <v>119</v>
+        <v>230</v>
       </c>
       <c r="C82" t="s">
-        <v>164</v>
+        <v>319</v>
       </c>
       <c r="D82" t="s">
-        <v>164</v>
+        <v>320</v>
       </c>
       <c r="E82" s="2" t="s">
-        <v>165</v>
-[...1 lines deleted...]
-      <c r="F82" s="2"/>
+        <v>321</v>
+      </c>
+      <c r="F82" s="2" t="s">
+        <v>322</v>
+      </c>
     </row>
     <row r="83" spans="1:6">
       <c r="A83" t="s">
-        <v>119</v>
+        <v>229</v>
       </c>
       <c r="B83" t="s">
-        <v>119</v>
+        <v>230</v>
       </c>
       <c r="C83" t="s">
-        <v>166</v>
+        <v>323</v>
       </c>
       <c r="D83" t="s">
-        <v>166</v>
+        <v>324</v>
       </c>
       <c r="E83" s="2" t="s">
-        <v>167</v>
-[...1 lines deleted...]
-      <c r="F83" s="2"/>
+        <v>325</v>
+      </c>
+      <c r="F83" s="2" t="s">
+        <v>326</v>
+      </c>
     </row>
     <row r="84" spans="1:6">
       <c r="A84" t="s">
-        <v>119</v>
+        <v>229</v>
       </c>
       <c r="B84" t="s">
-        <v>119</v>
+        <v>230</v>
       </c>
       <c r="C84" t="s">
-        <v>168</v>
+        <v>327</v>
       </c>
       <c r="D84" t="s">
-        <v>168</v>
+        <v>328</v>
       </c>
       <c r="E84" s="2" t="s">
-        <v>169</v>
-[...1 lines deleted...]
-      <c r="F84" s="2"/>
+        <v>329</v>
+      </c>
+      <c r="F84" s="2" t="s">
+        <v>330</v>
+      </c>
     </row>
     <row r="85" spans="1:6">
       <c r="A85" t="s">
-        <v>119</v>
+        <v>229</v>
       </c>
       <c r="B85" t="s">
-        <v>119</v>
+        <v>230</v>
       </c>
       <c r="C85" t="s">
-        <v>170</v>
+        <v>331</v>
       </c>
       <c r="D85" t="s">
-        <v>170</v>
+        <v>332</v>
       </c>
       <c r="E85" s="2" t="s">
-        <v>171</v>
-[...1 lines deleted...]
-      <c r="F85" s="2"/>
+        <v>333</v>
+      </c>
+      <c r="F85" s="2" t="s">
+        <v>334</v>
+      </c>
     </row>
     <row r="86" spans="1:6">
       <c r="A86" t="s">
-        <v>172</v>
+        <v>335</v>
       </c>
       <c r="B86" t="s">
-        <v>172</v>
+        <v>336</v>
       </c>
       <c r="C86" t="s">
-        <v>173</v>
+        <v>337</v>
       </c>
       <c r="D86" t="s">
-        <v>173</v>
+        <v>338</v>
       </c>
       <c r="E86" s="2" t="s">
-        <v>174</v>
-[...1 lines deleted...]
-      <c r="F86" s="2"/>
+        <v>339</v>
+      </c>
+      <c r="F86" s="2" t="s">
+        <v>340</v>
+      </c>
     </row>
     <row r="87" spans="1:6">
       <c r="A87" t="s">
-        <v>172</v>
+        <v>335</v>
       </c>
       <c r="B87" t="s">
-        <v>172</v>
+        <v>336</v>
       </c>
       <c r="C87" t="s">
-        <v>175</v>
+        <v>341</v>
       </c>
       <c r="D87" t="s">
-        <v>175</v>
+        <v>342</v>
       </c>
       <c r="E87" s="2" t="s">
-        <v>176</v>
-[...1 lines deleted...]
-      <c r="F87" s="2"/>
+        <v>343</v>
+      </c>
+      <c r="F87" s="2" t="s">
+        <v>344</v>
+      </c>
     </row>
     <row r="88" spans="1:6">
       <c r="A88" t="s">
-        <v>172</v>
+        <v>335</v>
       </c>
       <c r="B88" t="s">
-        <v>172</v>
+        <v>336</v>
       </c>
       <c r="C88" t="s">
-        <v>177</v>
+        <v>345</v>
       </c>
       <c r="D88" t="s">
-        <v>177</v>
+        <v>346</v>
       </c>
       <c r="E88" s="2" t="s">
-        <v>178</v>
-[...1 lines deleted...]
-      <c r="F88" s="2"/>
+        <v>347</v>
+      </c>
+      <c r="F88" s="2" t="s">
+        <v>348</v>
+      </c>
     </row>
     <row r="89" spans="1:6">
       <c r="A89" t="s">
-        <v>172</v>
+        <v>335</v>
       </c>
       <c r="B89" t="s">
-        <v>172</v>
+        <v>336</v>
       </c>
       <c r="C89" t="s">
-        <v>179</v>
+        <v>349</v>
       </c>
       <c r="D89" t="s">
-        <v>179</v>
+        <v>350</v>
       </c>
       <c r="E89" s="2" t="s">
-        <v>180</v>
-[...1 lines deleted...]
-      <c r="F89" s="2"/>
+        <v>351</v>
+      </c>
+      <c r="F89" s="2" t="s">
+        <v>352</v>
+      </c>
     </row>
     <row r="90" spans="1:6">
       <c r="A90" t="s">
-        <v>172</v>
+        <v>335</v>
       </c>
       <c r="B90" t="s">
-        <v>172</v>
+        <v>336</v>
       </c>
       <c r="C90" t="s">
-        <v>181</v>
+        <v>353</v>
       </c>
       <c r="D90" t="s">
-        <v>181</v>
+        <v>354</v>
       </c>
       <c r="E90" s="2" t="s">
-        <v>182</v>
-[...1 lines deleted...]
-      <c r="F90" s="2"/>
+        <v>355</v>
+      </c>
+      <c r="F90" s="2" t="s">
+        <v>356</v>
+      </c>
     </row>
     <row r="91" spans="1:6">
       <c r="A91" t="s">
-        <v>172</v>
+        <v>335</v>
       </c>
       <c r="B91" t="s">
-        <v>172</v>
+        <v>336</v>
       </c>
       <c r="C91" t="s">
-        <v>183</v>
+        <v>357</v>
       </c>
       <c r="D91" t="s">
-        <v>183</v>
+        <v>358</v>
       </c>
       <c r="E91" s="2" t="s">
-        <v>184</v>
-[...1 lines deleted...]
-      <c r="F91" s="2"/>
+        <v>359</v>
+      </c>
+      <c r="F91" s="2" t="s">
+        <v>360</v>
+      </c>
     </row>
     <row r="92" spans="1:6">
       <c r="A92" t="s">
-        <v>172</v>
+        <v>335</v>
       </c>
       <c r="B92" t="s">
-        <v>172</v>
+        <v>336</v>
       </c>
       <c r="C92" t="s">
-        <v>185</v>
+        <v>361</v>
       </c>
       <c r="D92" t="s">
-        <v>185</v>
+        <v>362</v>
       </c>
       <c r="E92" s="2" t="s">
-        <v>186</v>
-[...1 lines deleted...]
-      <c r="F92" s="2"/>
+        <v>363</v>
+      </c>
+      <c r="F92" s="2" t="s">
+        <v>364</v>
+      </c>
     </row>
     <row r="93" spans="1:6">
       <c r="A93" t="s">
-        <v>172</v>
+        <v>335</v>
       </c>
       <c r="B93" t="s">
-        <v>172</v>
+        <v>336</v>
       </c>
       <c r="C93" t="s">
-        <v>187</v>
+        <v>365</v>
       </c>
       <c r="D93" t="s">
-        <v>187</v>
+        <v>366</v>
       </c>
       <c r="E93" s="2" t="s">
-        <v>188</v>
-[...1 lines deleted...]
-      <c r="F93" s="2"/>
+        <v>367</v>
+      </c>
+      <c r="F93" s="2" t="s">
+        <v>368</v>
+      </c>
     </row>
     <row r="94" spans="1:6">
       <c r="A94" t="s">
-        <v>172</v>
+        <v>335</v>
       </c>
       <c r="B94" t="s">
-        <v>172</v>
+        <v>336</v>
       </c>
       <c r="C94" t="s">
-        <v>189</v>
+        <v>369</v>
       </c>
       <c r="D94" t="s">
-        <v>189</v>
+        <v>370</v>
       </c>
       <c r="E94" s="2" t="s">
-        <v>190</v>
-[...1 lines deleted...]
-      <c r="F94" s="2"/>
+        <v>371</v>
+      </c>
+      <c r="F94" s="2" t="s">
+        <v>372</v>
+      </c>
     </row>
     <row r="95" spans="1:6">
       <c r="A95" t="s">
-        <v>172</v>
+        <v>335</v>
       </c>
       <c r="B95" t="s">
-        <v>172</v>
+        <v>336</v>
       </c>
       <c r="C95" t="s">
-        <v>191</v>
+        <v>373</v>
       </c>
       <c r="D95" t="s">
-        <v>191</v>
+        <v>374</v>
       </c>
       <c r="E95" s="2" t="s">
-        <v>192</v>
-[...1 lines deleted...]
-      <c r="F95" s="2"/>
+        <v>375</v>
+      </c>
+      <c r="F95" s="2" t="s">
+        <v>376</v>
+      </c>
     </row>
     <row r="96" spans="1:6">
       <c r="A96" t="s">
-        <v>172</v>
+        <v>335</v>
       </c>
       <c r="B96" t="s">
-        <v>172</v>
+        <v>336</v>
       </c>
       <c r="C96" t="s">
-        <v>193</v>
+        <v>377</v>
       </c>
       <c r="D96" t="s">
-        <v>193</v>
+        <v>378</v>
       </c>
       <c r="E96" s="2" t="s">
-        <v>194</v>
-[...1 lines deleted...]
-      <c r="F96" s="2"/>
+        <v>379</v>
+      </c>
+      <c r="F96" s="2" t="s">
+        <v>380</v>
+      </c>
     </row>
     <row r="97" spans="1:6">
       <c r="A97" t="s">
-        <v>172</v>
+        <v>335</v>
       </c>
       <c r="B97" t="s">
-        <v>172</v>
+        <v>336</v>
       </c>
       <c r="C97" t="s">
-        <v>195</v>
+        <v>381</v>
       </c>
       <c r="D97" t="s">
-        <v>195</v>
+        <v>382</v>
       </c>
       <c r="E97" s="2" t="s">
-        <v>196</v>
-[...1 lines deleted...]
-      <c r="F97" s="2"/>
+        <v>383</v>
+      </c>
+      <c r="F97" s="2" t="s">
+        <v>384</v>
+      </c>
     </row>
     <row r="98" spans="1:6">
       <c r="A98" t="s">
-        <v>172</v>
+        <v>335</v>
       </c>
       <c r="B98" t="s">
-        <v>172</v>
+        <v>336</v>
       </c>
       <c r="C98" t="s">
-        <v>197</v>
+        <v>385</v>
       </c>
       <c r="D98" t="s">
-        <v>197</v>
+        <v>386</v>
       </c>
       <c r="E98" s="2" t="s">
-        <v>198</v>
-[...1 lines deleted...]
-      <c r="F98" s="2"/>
+        <v>387</v>
+      </c>
+      <c r="F98" s="2" t="s">
+        <v>388</v>
+      </c>
     </row>
     <row r="99" spans="1:6">
       <c r="A99" t="s">
-        <v>172</v>
+        <v>335</v>
       </c>
       <c r="B99" t="s">
-        <v>172</v>
+        <v>336</v>
       </c>
       <c r="C99" t="s">
-        <v>199</v>
+        <v>389</v>
       </c>
       <c r="D99" t="s">
-        <v>199</v>
+        <v>390</v>
       </c>
       <c r="E99" s="2" t="s">
-        <v>200</v>
-[...1 lines deleted...]
-      <c r="F99" s="2"/>
+        <v>391</v>
+      </c>
+      <c r="F99" s="2" t="s">
+        <v>392</v>
+      </c>
     </row>
     <row r="100" spans="1:6">
       <c r="A100" t="s">
-        <v>172</v>
+        <v>335</v>
       </c>
       <c r="B100" t="s">
-        <v>172</v>
+        <v>336</v>
       </c>
       <c r="C100" t="s">
-        <v>201</v>
+        <v>393</v>
       </c>
       <c r="D100" t="s">
-        <v>201</v>
+        <v>394</v>
       </c>
       <c r="E100" s="2" t="s">
-        <v>202</v>
-[...1 lines deleted...]
-      <c r="F100" s="2"/>
+        <v>395</v>
+      </c>
+      <c r="F100" s="2" t="s">
+        <v>396</v>
+      </c>
     </row>
     <row r="101" spans="1:6">
       <c r="A101" t="s">
-        <v>172</v>
+        <v>335</v>
       </c>
       <c r="B101" t="s">
-        <v>172</v>
+        <v>336</v>
       </c>
       <c r="C101" t="s">
-        <v>203</v>
+        <v>397</v>
       </c>
       <c r="D101" t="s">
-        <v>203</v>
+        <v>398</v>
       </c>
       <c r="E101" s="2" t="s">
-        <v>204</v>
-[...1 lines deleted...]
-      <c r="F101" s="2"/>
+        <v>399</v>
+      </c>
+      <c r="F101" s="2" t="s">
+        <v>400</v>
+      </c>
     </row>
     <row r="102" spans="1:6">
       <c r="A102" t="s">
-        <v>172</v>
+        <v>335</v>
       </c>
       <c r="B102" t="s">
-        <v>172</v>
+        <v>336</v>
       </c>
       <c r="C102" t="s">
-        <v>205</v>
+        <v>401</v>
       </c>
       <c r="D102" t="s">
-        <v>205</v>
+        <v>402</v>
       </c>
       <c r="E102" s="2" t="s">
-        <v>206</v>
-[...1 lines deleted...]
-      <c r="F102" s="2"/>
+        <v>403</v>
+      </c>
+      <c r="F102" s="2" t="s">
+        <v>404</v>
+      </c>
     </row>
     <row r="103" spans="1:6">
       <c r="A103" t="s">
-        <v>207</v>
+        <v>405</v>
       </c>
       <c r="B103" t="s">
-        <v>207</v>
+        <v>406</v>
       </c>
       <c r="C103" t="s">
-        <v>208</v>
+        <v>407</v>
       </c>
       <c r="D103" t="s">
-        <v>208</v>
+        <v>408</v>
       </c>
       <c r="E103" s="2" t="s">
-        <v>209</v>
-[...1 lines deleted...]
-      <c r="F103" s="2"/>
+        <v>409</v>
+      </c>
+      <c r="F103" s="2" t="s">
+        <v>410</v>
+      </c>
     </row>
     <row r="104" spans="1:6">
       <c r="A104" t="s">
-        <v>207</v>
+        <v>405</v>
       </c>
       <c r="B104" t="s">
-        <v>207</v>
+        <v>406</v>
       </c>
       <c r="C104" t="s">
-        <v>210</v>
+        <v>411</v>
       </c>
       <c r="D104" t="s">
-        <v>210</v>
+        <v>412</v>
       </c>
       <c r="E104" s="2" t="s">
-        <v>211</v>
-[...1 lines deleted...]
-      <c r="F104" s="2"/>
+        <v>413</v>
+      </c>
+      <c r="F104" s="2" t="s">
+        <v>414</v>
+      </c>
     </row>
     <row r="105" spans="1:6">
       <c r="A105" t="s">
-        <v>207</v>
+        <v>405</v>
       </c>
       <c r="B105" t="s">
-        <v>207</v>
+        <v>406</v>
       </c>
       <c r="C105" t="s">
-        <v>212</v>
+        <v>415</v>
       </c>
       <c r="D105" t="s">
-        <v>212</v>
+        <v>416</v>
       </c>
       <c r="E105" s="2" t="s">
-        <v>213</v>
-[...1 lines deleted...]
-      <c r="F105" s="2"/>
+        <v>417</v>
+      </c>
+      <c r="F105" s="2" t="s">
+        <v>418</v>
+      </c>
     </row>
     <row r="106" spans="1:6">
       <c r="A106" t="s">
-        <v>207</v>
+        <v>405</v>
       </c>
       <c r="B106" t="s">
-        <v>207</v>
+        <v>406</v>
       </c>
       <c r="C106" t="s">
-        <v>187</v>
+        <v>365</v>
       </c>
       <c r="D106" t="s">
-        <v>187</v>
+        <v>366</v>
       </c>
       <c r="E106" s="2" t="s">
-        <v>214</v>
-[...1 lines deleted...]
-      <c r="F106" s="2"/>
+        <v>419</v>
+      </c>
+      <c r="F106" s="2" t="s">
+        <v>420</v>
+      </c>
     </row>
     <row r="107" spans="1:6">
       <c r="A107" t="s">
-        <v>207</v>
+        <v>405</v>
       </c>
       <c r="B107" t="s">
-        <v>207</v>
+        <v>406</v>
       </c>
       <c r="C107" t="s">
-        <v>199</v>
+        <v>389</v>
       </c>
       <c r="D107" t="s">
-        <v>199</v>
+        <v>390</v>
       </c>
       <c r="E107" s="2" t="s">
-        <v>200</v>
-[...1 lines deleted...]
-      <c r="F107" s="2"/>
+        <v>391</v>
+      </c>
+      <c r="F107" s="2" t="s">
+        <v>421</v>
+      </c>
     </row>
     <row r="108" spans="1:6">
       <c r="A108" t="s">
-        <v>215</v>
+        <v>422</v>
       </c>
       <c r="B108" t="s">
-        <v>215</v>
+        <v>423</v>
       </c>
       <c r="C108" t="s">
-        <v>120</v>
+        <v>231</v>
       </c>
       <c r="D108" t="s">
-        <v>120</v>
+        <v>232</v>
       </c>
       <c r="E108" s="2" t="s">
-        <v>216</v>
-[...1 lines deleted...]
-      <c r="F108" s="2"/>
+        <v>424</v>
+      </c>
+      <c r="F108" s="2" t="s">
+        <v>425</v>
+      </c>
     </row>
     <row r="109" spans="1:6">
       <c r="A109" t="s">
-        <v>215</v>
+        <v>422</v>
       </c>
       <c r="B109" t="s">
-        <v>215</v>
+        <v>423</v>
       </c>
       <c r="C109" t="s">
-        <v>217</v>
+        <v>426</v>
       </c>
       <c r="D109" t="s">
-        <v>217</v>
+        <v>427</v>
       </c>
       <c r="E109" s="2" t="s">
-        <v>218</v>
-[...1 lines deleted...]
-      <c r="F109" s="2"/>
+        <v>428</v>
+      </c>
+      <c r="F109" s="2" t="s">
+        <v>429</v>
+      </c>
     </row>
     <row r="110" spans="1:6">
       <c r="A110" t="s">
-        <v>215</v>
+        <v>422</v>
       </c>
       <c r="B110" t="s">
-        <v>215</v>
+        <v>423</v>
       </c>
       <c r="C110" t="s">
-        <v>219</v>
+        <v>430</v>
       </c>
       <c r="D110" t="s">
-        <v>219</v>
+        <v>431</v>
       </c>
       <c r="E110" s="2" t="s">
-        <v>220</v>
-[...1 lines deleted...]
-      <c r="F110" s="2"/>
+        <v>432</v>
+      </c>
+      <c r="F110" s="2" t="s">
+        <v>433</v>
+      </c>
     </row>
     <row r="111" spans="1:6">
       <c r="A111" t="s">
-        <v>215</v>
+        <v>422</v>
       </c>
       <c r="B111" t="s">
-        <v>215</v>
+        <v>423</v>
       </c>
       <c r="C111" t="s">
-        <v>126</v>
+        <v>243</v>
       </c>
       <c r="D111" t="s">
-        <v>126</v>
+        <v>244</v>
       </c>
       <c r="E111" s="2" t="s">
-        <v>221</v>
-[...1 lines deleted...]
-      <c r="F111" s="2"/>
+        <v>434</v>
+      </c>
+      <c r="F111" s="2" t="s">
+        <v>435</v>
+      </c>
     </row>
     <row r="112" spans="1:6">
       <c r="A112" t="s">
-        <v>215</v>
+        <v>422</v>
       </c>
       <c r="B112" t="s">
-        <v>215</v>
+        <v>423</v>
       </c>
       <c r="C112" t="s">
-        <v>222</v>
+        <v>436</v>
       </c>
       <c r="D112" t="s">
-        <v>222</v>
+        <v>437</v>
       </c>
       <c r="E112" s="2" t="s">
-        <v>223</v>
-[...1 lines deleted...]
-      <c r="F112" s="2"/>
+        <v>438</v>
+      </c>
+      <c r="F112" s="2" t="s">
+        <v>439</v>
+      </c>
     </row>
     <row r="113" spans="1:6">
       <c r="A113" t="s">
-        <v>215</v>
+        <v>422</v>
       </c>
       <c r="B113" t="s">
-        <v>215</v>
+        <v>423</v>
       </c>
       <c r="C113" t="s">
-        <v>224</v>
+        <v>440</v>
       </c>
       <c r="D113" t="s">
-        <v>224</v>
+        <v>441</v>
       </c>
       <c r="E113" s="2" t="s">
-        <v>225</v>
-[...1 lines deleted...]
-      <c r="F113" s="2"/>
+        <v>442</v>
+      </c>
+      <c r="F113" s="2" t="s">
+        <v>443</v>
+      </c>
     </row>
     <row r="114" spans="1:6">
       <c r="A114" t="s">
-        <v>215</v>
+        <v>422</v>
       </c>
       <c r="B114" t="s">
-        <v>215</v>
+        <v>423</v>
       </c>
       <c r="C114" t="s">
-        <v>226</v>
+        <v>444</v>
       </c>
       <c r="D114" t="s">
-        <v>226</v>
+        <v>445</v>
       </c>
       <c r="E114" s="2" t="s">
-        <v>227</v>
-[...1 lines deleted...]
-      <c r="F114" s="2"/>
+        <v>446</v>
+      </c>
+      <c r="F114" s="2" t="s">
+        <v>447</v>
+      </c>
     </row>
     <row r="115" spans="1:6">
       <c r="A115" t="s">
-        <v>215</v>
+        <v>422</v>
       </c>
       <c r="B115" t="s">
-        <v>215</v>
+        <v>423</v>
       </c>
       <c r="C115" t="s">
-        <v>130</v>
+        <v>251</v>
       </c>
       <c r="D115" t="s">
-        <v>130</v>
+        <v>252</v>
       </c>
       <c r="E115" s="2" t="s">
-        <v>228</v>
-[...1 lines deleted...]
-      <c r="F115" s="2"/>
+        <v>448</v>
+      </c>
+      <c r="F115" s="2" t="s">
+        <v>449</v>
+      </c>
     </row>
     <row r="116" spans="1:6">
       <c r="A116" t="s">
-        <v>215</v>
+        <v>422</v>
       </c>
       <c r="B116" t="s">
-        <v>215</v>
+        <v>423</v>
       </c>
       <c r="C116" t="s">
-        <v>229</v>
+        <v>450</v>
       </c>
       <c r="D116" t="s">
-        <v>229</v>
+        <v>451</v>
       </c>
       <c r="E116" s="2" t="s">
-        <v>230</v>
-[...1 lines deleted...]
-      <c r="F116" s="2"/>
+        <v>452</v>
+      </c>
+      <c r="F116" s="2" t="s">
+        <v>453</v>
+      </c>
     </row>
     <row r="117" spans="1:6">
       <c r="A117" t="s">
-        <v>215</v>
+        <v>422</v>
       </c>
       <c r="B117" t="s">
-        <v>215</v>
+        <v>423</v>
       </c>
       <c r="C117" t="s">
-        <v>231</v>
+        <v>454</v>
       </c>
       <c r="D117" t="s">
-        <v>231</v>
+        <v>455</v>
       </c>
       <c r="E117" s="2" t="s">
-        <v>232</v>
-[...1 lines deleted...]
-      <c r="F117" s="2"/>
+        <v>456</v>
+      </c>
+      <c r="F117" s="2" t="s">
+        <v>457</v>
+      </c>
     </row>
     <row r="118" spans="1:6">
       <c r="A118" t="s">
-        <v>215</v>
+        <v>422</v>
       </c>
       <c r="B118" t="s">
-        <v>215</v>
+        <v>423</v>
       </c>
       <c r="C118" t="s">
-        <v>233</v>
+        <v>458</v>
       </c>
       <c r="D118" t="s">
-        <v>233</v>
+        <v>459</v>
       </c>
       <c r="E118" s="2" t="s">
-        <v>234</v>
-[...1 lines deleted...]
-      <c r="F118" s="2"/>
+        <v>460</v>
+      </c>
+      <c r="F118" s="2" t="s">
+        <v>461</v>
+      </c>
     </row>
     <row r="119" spans="1:6">
       <c r="A119" t="s">
-        <v>215</v>
+        <v>422</v>
       </c>
       <c r="B119" t="s">
-        <v>215</v>
+        <v>423</v>
       </c>
       <c r="C119" t="s">
-        <v>235</v>
+        <v>462</v>
       </c>
       <c r="D119" t="s">
-        <v>235</v>
+        <v>463</v>
       </c>
       <c r="E119" s="2" t="s">
-        <v>236</v>
-[...1 lines deleted...]
-      <c r="F119" s="2"/>
+        <v>464</v>
+      </c>
+      <c r="F119" s="2" t="s">
+        <v>465</v>
+      </c>
     </row>
     <row r="120" spans="1:6">
       <c r="A120" t="s">
-        <v>215</v>
+        <v>422</v>
       </c>
       <c r="B120" t="s">
-        <v>215</v>
+        <v>423</v>
       </c>
       <c r="C120" t="s">
-        <v>237</v>
+        <v>466</v>
       </c>
       <c r="D120" t="s">
-        <v>237</v>
+        <v>467</v>
       </c>
       <c r="E120" s="2" t="s">
-        <v>238</v>
-[...1 lines deleted...]
-      <c r="F120" s="2"/>
+        <v>468</v>
+      </c>
+      <c r="F120" s="2" t="s">
+        <v>469</v>
+      </c>
     </row>
     <row r="121" spans="1:6">
       <c r="A121" t="s">
-        <v>215</v>
+        <v>422</v>
       </c>
       <c r="B121" t="s">
-        <v>215</v>
+        <v>423</v>
       </c>
       <c r="C121" t="s">
-        <v>239</v>
+        <v>470</v>
       </c>
       <c r="D121" t="s">
-        <v>239</v>
+        <v>471</v>
       </c>
       <c r="E121" s="2" t="s">
-        <v>240</v>
-[...1 lines deleted...]
-      <c r="F121" s="2"/>
+        <v>472</v>
+      </c>
+      <c r="F121" s="2" t="s">
+        <v>473</v>
+      </c>
     </row>
     <row r="122" spans="1:6">
       <c r="A122" t="s">
-        <v>215</v>
+        <v>422</v>
       </c>
       <c r="B122" t="s">
-        <v>215</v>
+        <v>423</v>
       </c>
       <c r="C122" t="s">
-        <v>241</v>
+        <v>474</v>
       </c>
       <c r="D122" t="s">
-        <v>241</v>
+        <v>475</v>
       </c>
       <c r="E122" s="2" t="s">
-        <v>242</v>
-[...1 lines deleted...]
-      <c r="F122" s="2"/>
+        <v>476</v>
+      </c>
+      <c r="F122" s="2" t="s">
+        <v>477</v>
+      </c>
     </row>
     <row r="123" spans="1:6">
       <c r="A123" t="s">
-        <v>215</v>
+        <v>422</v>
       </c>
       <c r="B123" t="s">
-        <v>215</v>
+        <v>423</v>
       </c>
       <c r="C123" t="s">
-        <v>243</v>
+        <v>478</v>
       </c>
       <c r="D123" t="s">
-        <v>243</v>
+        <v>479</v>
       </c>
       <c r="E123" s="2" t="s">
-        <v>244</v>
-[...1 lines deleted...]
-      <c r="F123" s="2"/>
+        <v>480</v>
+      </c>
+      <c r="F123" s="2" t="s">
+        <v>481</v>
+      </c>
     </row>
     <row r="124" spans="1:6">
       <c r="A124" t="s">
-        <v>215</v>
+        <v>422</v>
       </c>
       <c r="B124" t="s">
-        <v>215</v>
+        <v>423</v>
       </c>
       <c r="C124" t="s">
-        <v>245</v>
+        <v>482</v>
       </c>
       <c r="D124" t="s">
-        <v>245</v>
+        <v>483</v>
       </c>
       <c r="E124" s="2" t="s">
-        <v>246</v>
-[...1 lines deleted...]
-      <c r="F124" s="2"/>
+        <v>484</v>
+      </c>
+      <c r="F124" s="2" t="s">
+        <v>485</v>
+      </c>
     </row>
     <row r="125" spans="1:6">
       <c r="A125" t="s">
-        <v>215</v>
+        <v>422</v>
       </c>
       <c r="B125" t="s">
-        <v>215</v>
+        <v>423</v>
       </c>
       <c r="C125" t="s">
-        <v>247</v>
+        <v>486</v>
       </c>
       <c r="D125" t="s">
-        <v>247</v>
+        <v>487</v>
       </c>
       <c r="E125" s="2" t="s">
-        <v>248</v>
-[...1 lines deleted...]
-      <c r="F125" s="2"/>
+        <v>488</v>
+      </c>
+      <c r="F125" s="2" t="s">
+        <v>489</v>
+      </c>
     </row>
     <row r="126" spans="1:6">
       <c r="A126" t="s">
-        <v>215</v>
+        <v>422</v>
       </c>
       <c r="B126" t="s">
-        <v>215</v>
+        <v>423</v>
       </c>
       <c r="C126" t="s">
-        <v>249</v>
+        <v>490</v>
       </c>
       <c r="D126" t="s">
-        <v>249</v>
+        <v>491</v>
       </c>
       <c r="E126" s="2" t="s">
-        <v>250</v>
-[...1 lines deleted...]
-      <c r="F126" s="2"/>
+        <v>492</v>
+      </c>
+      <c r="F126" s="2" t="s">
+        <v>493</v>
+      </c>
     </row>
     <row r="127" spans="1:6">
       <c r="A127" t="s">
-        <v>215</v>
+        <v>422</v>
       </c>
       <c r="B127" t="s">
-        <v>215</v>
+        <v>423</v>
       </c>
       <c r="C127" t="s">
-        <v>162</v>
+        <v>315</v>
       </c>
       <c r="D127" t="s">
-        <v>162</v>
+        <v>316</v>
       </c>
       <c r="E127" s="2" t="s">
-        <v>251</v>
-[...1 lines deleted...]
-      <c r="F127" s="2"/>
+        <v>494</v>
+      </c>
+      <c r="F127" s="2" t="s">
+        <v>495</v>
+      </c>
     </row>
     <row r="128" spans="1:6">
       <c r="A128" t="s">
-        <v>215</v>
+        <v>422</v>
       </c>
       <c r="B128" t="s">
-        <v>215</v>
+        <v>423</v>
       </c>
       <c r="C128" t="s">
-        <v>252</v>
+        <v>496</v>
       </c>
       <c r="D128" t="s">
-        <v>252</v>
+        <v>497</v>
       </c>
       <c r="E128" s="2" t="s">
-        <v>253</v>
-[...1 lines deleted...]
-      <c r="F128" s="2"/>
+        <v>498</v>
+      </c>
+      <c r="F128" s="2" t="s">
+        <v>499</v>
+      </c>
     </row>
     <row r="129" spans="1:6">
       <c r="A129" t="s">
-        <v>215</v>
+        <v>422</v>
       </c>
       <c r="B129" t="s">
-        <v>215</v>
+        <v>423</v>
       </c>
       <c r="C129" t="s">
-        <v>254</v>
+        <v>500</v>
       </c>
       <c r="D129" t="s">
-        <v>254</v>
+        <v>501</v>
       </c>
       <c r="E129" s="2" t="s">
-        <v>255</v>
-[...1 lines deleted...]
-      <c r="F129" s="2"/>
+        <v>502</v>
+      </c>
+      <c r="F129" s="2" t="s">
+        <v>503</v>
+      </c>
     </row>
     <row r="130" spans="1:6">
       <c r="A130" t="s">
-        <v>215</v>
+        <v>422</v>
       </c>
       <c r="B130" t="s">
-        <v>215</v>
+        <v>423</v>
       </c>
       <c r="C130" t="s">
-        <v>256</v>
+        <v>504</v>
       </c>
       <c r="D130" t="s">
-        <v>256</v>
+        <v>505</v>
       </c>
       <c r="E130" s="2" t="s">
-        <v>257</v>
-[...1 lines deleted...]
-      <c r="F130" s="2"/>
+        <v>506</v>
+      </c>
+      <c r="F130" s="2" t="s">
+        <v>507</v>
+      </c>
     </row>
     <row r="131" spans="1:6">
       <c r="A131" t="s">
-        <v>215</v>
+        <v>422</v>
       </c>
       <c r="B131" t="s">
-        <v>215</v>
+        <v>423</v>
       </c>
       <c r="C131" t="s">
-        <v>258</v>
+        <v>508</v>
       </c>
       <c r="D131" t="s">
-        <v>258</v>
+        <v>509</v>
       </c>
       <c r="E131" s="2" t="s">
-        <v>259</v>
-[...1 lines deleted...]
-      <c r="F131" s="2"/>
+        <v>510</v>
+      </c>
+      <c r="F131" s="2" t="s">
+        <v>511</v>
+      </c>
     </row>
     <row r="132" spans="1:6">
       <c r="A132" t="s">
-        <v>215</v>
+        <v>422</v>
       </c>
       <c r="B132" t="s">
-        <v>215</v>
+        <v>423</v>
       </c>
       <c r="C132" t="s">
-        <v>260</v>
+        <v>512</v>
       </c>
       <c r="D132" t="s">
-        <v>260</v>
+        <v>513</v>
       </c>
       <c r="E132" s="2" t="s">
-        <v>261</v>
-[...1 lines deleted...]
-      <c r="F132" s="2"/>
+        <v>514</v>
+      </c>
+      <c r="F132" s="2" t="s">
+        <v>515</v>
+      </c>
     </row>
     <row r="133" spans="1:6">
       <c r="A133" t="s">
-        <v>215</v>
+        <v>422</v>
       </c>
       <c r="B133" t="s">
-        <v>215</v>
+        <v>423</v>
       </c>
       <c r="C133" t="s">
-        <v>262</v>
+        <v>516</v>
       </c>
       <c r="D133" t="s">
-        <v>262</v>
+        <v>517</v>
       </c>
       <c r="E133" s="2" t="s">
-        <v>263</v>
-[...1 lines deleted...]
-      <c r="F133" s="2"/>
+        <v>518</v>
+      </c>
+      <c r="F133" s="2" t="s">
+        <v>519</v>
+      </c>
     </row>
     <row r="134" spans="1:6">
       <c r="A134" t="s">
-        <v>215</v>
+        <v>422</v>
       </c>
       <c r="B134" t="s">
-        <v>215</v>
+        <v>423</v>
       </c>
       <c r="C134" t="s">
-        <v>264</v>
+        <v>520</v>
       </c>
       <c r="D134" t="s">
-        <v>264</v>
+        <v>521</v>
       </c>
       <c r="E134" s="2" t="s">
-        <v>265</v>
-[...1 lines deleted...]
-      <c r="F134" s="2"/>
+        <v>522</v>
+      </c>
+      <c r="F134" s="2" t="s">
+        <v>523</v>
+      </c>
     </row>
     <row r="135" spans="1:6">
       <c r="A135" t="s">
-        <v>215</v>
+        <v>422</v>
       </c>
       <c r="B135" t="s">
-        <v>215</v>
+        <v>423</v>
       </c>
       <c r="C135" t="s">
-        <v>266</v>
+        <v>524</v>
       </c>
       <c r="D135" t="s">
-        <v>266</v>
+        <v>525</v>
       </c>
       <c r="E135" s="2" t="s">
-        <v>267</v>
-[...1 lines deleted...]
-      <c r="F135" s="2"/>
+        <v>526</v>
+      </c>
+      <c r="F135" s="2" t="s">
+        <v>527</v>
+      </c>
     </row>
     <row r="136" spans="1:6">
       <c r="A136" t="s">
-        <v>215</v>
+        <v>422</v>
       </c>
       <c r="B136" t="s">
-        <v>215</v>
+        <v>423</v>
       </c>
       <c r="C136" t="s">
-        <v>268</v>
+        <v>528</v>
       </c>
       <c r="D136" t="s">
-        <v>268</v>
+        <v>529</v>
       </c>
       <c r="E136" s="2" t="s">
-        <v>269</v>
-[...1 lines deleted...]
-      <c r="F136" s="2"/>
+        <v>530</v>
+      </c>
+      <c r="F136" s="2" t="s">
+        <v>531</v>
+      </c>
     </row>
     <row r="137" spans="1:6">
       <c r="A137" t="s">
-        <v>215</v>
+        <v>422</v>
       </c>
       <c r="B137" t="s">
-        <v>215</v>
+        <v>423</v>
       </c>
       <c r="C137" t="s">
-        <v>270</v>
+        <v>532</v>
       </c>
       <c r="D137" t="s">
-        <v>270</v>
+        <v>533</v>
       </c>
       <c r="E137" s="2" t="s">
-        <v>271</v>
-[...1 lines deleted...]
-      <c r="F137" s="2"/>
+        <v>534</v>
+      </c>
+      <c r="F137" s="2" t="s">
+        <v>535</v>
+      </c>
     </row>
     <row r="138" spans="1:6">
       <c r="A138" t="s">
-        <v>215</v>
+        <v>422</v>
       </c>
       <c r="B138" t="s">
-        <v>215</v>
+        <v>423</v>
       </c>
       <c r="C138" t="s">
-        <v>272</v>
+        <v>536</v>
       </c>
       <c r="D138" t="s">
-        <v>272</v>
+        <v>537</v>
       </c>
       <c r="E138" s="2" t="s">
-        <v>273</v>
-[...1 lines deleted...]
-      <c r="F138" s="2"/>
+        <v>538</v>
+      </c>
+      <c r="F138" s="2" t="s">
+        <v>539</v>
+      </c>
     </row>
     <row r="139" spans="1:6">
       <c r="A139" t="s">
-        <v>215</v>
+        <v>422</v>
       </c>
       <c r="B139" t="s">
-        <v>215</v>
+        <v>423</v>
       </c>
       <c r="C139" t="s">
-        <v>274</v>
+        <v>540</v>
       </c>
       <c r="D139" t="s">
-        <v>274</v>
+        <v>541</v>
       </c>
       <c r="E139" s="2" t="s">
-        <v>275</v>
-[...1 lines deleted...]
-      <c r="F139" s="2"/>
+        <v>542</v>
+      </c>
+      <c r="F139" s="2" t="s">
+        <v>543</v>
+      </c>
     </row>
     <row r="140" spans="1:6">
       <c r="A140" t="s">
-        <v>215</v>
+        <v>422</v>
       </c>
       <c r="B140" t="s">
-        <v>215</v>
+        <v>423</v>
       </c>
       <c r="C140" t="s">
-        <v>276</v>
+        <v>544</v>
       </c>
       <c r="D140" t="s">
-        <v>276</v>
+        <v>545</v>
       </c>
       <c r="E140" s="2" t="s">
-        <v>277</v>
-[...1 lines deleted...]
-      <c r="F140" s="2"/>
+        <v>546</v>
+      </c>
+      <c r="F140" s="2" t="s">
+        <v>547</v>
+      </c>
     </row>
     <row r="141" spans="1:6">
       <c r="A141" t="s">
-        <v>215</v>
+        <v>422</v>
       </c>
       <c r="B141" t="s">
-        <v>215</v>
+        <v>423</v>
       </c>
       <c r="C141" t="s">
-        <v>278</v>
+        <v>548</v>
       </c>
       <c r="D141" t="s">
-        <v>278</v>
+        <v>549</v>
       </c>
       <c r="E141" s="2" t="s">
-        <v>279</v>
-[...1 lines deleted...]
-      <c r="F141" s="2"/>
+        <v>550</v>
+      </c>
+      <c r="F141" s="2" t="s">
+        <v>551</v>
+      </c>
     </row>
     <row r="142" spans="1:6">
       <c r="A142" t="s">
-        <v>215</v>
+        <v>422</v>
       </c>
       <c r="B142" t="s">
-        <v>215</v>
+        <v>423</v>
       </c>
       <c r="C142" t="s">
-        <v>280</v>
+        <v>552</v>
       </c>
       <c r="D142" t="s">
-        <v>280</v>
+        <v>553</v>
       </c>
       <c r="E142" s="2" t="s">
-        <v>281</v>
-[...1 lines deleted...]
-      <c r="F142" s="2"/>
+        <v>554</v>
+      </c>
+      <c r="F142" s="2" t="s">
+        <v>555</v>
+      </c>
     </row>
     <row r="143" spans="1:6">
       <c r="A143" t="s">
-        <v>215</v>
+        <v>422</v>
       </c>
       <c r="B143" t="s">
-        <v>215</v>
+        <v>423</v>
       </c>
       <c r="C143" t="s">
-        <v>282</v>
+        <v>556</v>
       </c>
       <c r="D143" t="s">
-        <v>282</v>
+        <v>557</v>
       </c>
       <c r="E143" s="2" t="s">
-        <v>283</v>
-[...1 lines deleted...]
-      <c r="F143" s="2"/>
+        <v>558</v>
+      </c>
+      <c r="F143" s="2" t="s">
+        <v>559</v>
+      </c>
     </row>
     <row r="144" spans="1:6">
       <c r="A144" t="s">
-        <v>284</v>
+        <v>560</v>
       </c>
       <c r="B144" t="s">
-        <v>284</v>
+        <v>561</v>
       </c>
       <c r="C144" t="s">
-        <v>285</v>
+        <v>562</v>
       </c>
       <c r="D144" t="s">
-        <v>285</v>
+        <v>563</v>
       </c>
       <c r="E144" s="2" t="s">
-        <v>286</v>
-[...1 lines deleted...]
-      <c r="F144" s="2"/>
+        <v>564</v>
+      </c>
+      <c r="F144" s="2" t="s">
+        <v>565</v>
+      </c>
     </row>
     <row r="145" spans="1:6">
       <c r="A145" t="s">
-        <v>284</v>
+        <v>560</v>
       </c>
       <c r="B145" t="s">
-        <v>284</v>
+        <v>561</v>
       </c>
       <c r="C145" t="s">
-        <v>287</v>
+        <v>566</v>
       </c>
       <c r="D145" t="s">
-        <v>287</v>
+        <v>567</v>
       </c>
       <c r="E145" s="2" t="s">
-        <v>288</v>
-[...1 lines deleted...]
-      <c r="F145" s="2"/>
+        <v>568</v>
+      </c>
+      <c r="F145" s="2" t="s">
+        <v>569</v>
+      </c>
     </row>
     <row r="146" spans="1:6">
       <c r="A146" t="s">
-        <v>284</v>
+        <v>560</v>
       </c>
       <c r="B146" t="s">
-        <v>284</v>
+        <v>561</v>
       </c>
       <c r="C146" t="s">
-        <v>289</v>
+        <v>570</v>
       </c>
       <c r="D146" t="s">
-        <v>289</v>
+        <v>571</v>
       </c>
       <c r="E146" s="2" t="s">
-        <v>290</v>
-[...1 lines deleted...]
-      <c r="F146" s="2"/>
+        <v>572</v>
+      </c>
+      <c r="F146" s="2" t="s">
+        <v>573</v>
+      </c>
     </row>
     <row r="147" spans="1:6">
       <c r="A147" t="s">
-        <v>284</v>
+        <v>560</v>
       </c>
       <c r="B147" t="s">
-        <v>284</v>
+        <v>561</v>
       </c>
       <c r="C147" t="s">
-        <v>291</v>
+        <v>574</v>
       </c>
       <c r="D147" t="s">
-        <v>291</v>
+        <v>575</v>
       </c>
       <c r="E147" s="2" t="s">
-        <v>292</v>
-[...1 lines deleted...]
-      <c r="F147" s="2"/>
+        <v>576</v>
+      </c>
+      <c r="F147" s="2" t="s">
+        <v>577</v>
+      </c>
     </row>
     <row r="148" spans="1:6">
       <c r="A148" t="s">
-        <v>284</v>
+        <v>560</v>
       </c>
       <c r="B148" t="s">
-        <v>284</v>
+        <v>561</v>
       </c>
       <c r="C148" t="s">
-        <v>293</v>
+        <v>578</v>
       </c>
       <c r="D148" t="s">
-        <v>293</v>
+        <v>579</v>
       </c>
       <c r="E148" s="2" t="s">
-        <v>294</v>
-[...1 lines deleted...]
-      <c r="F148" s="2"/>
+        <v>580</v>
+      </c>
+      <c r="F148" s="2" t="s">
+        <v>581</v>
+      </c>
     </row>
     <row r="149" spans="1:6">
       <c r="A149" t="s">
-        <v>284</v>
+        <v>560</v>
       </c>
       <c r="B149" t="s">
-        <v>284</v>
+        <v>561</v>
       </c>
       <c r="C149" t="s">
-        <v>295</v>
+        <v>582</v>
       </c>
       <c r="D149" t="s">
-        <v>295</v>
+        <v>583</v>
       </c>
       <c r="E149" s="2" t="s">
-        <v>296</v>
-[...1 lines deleted...]
-      <c r="F149" s="2"/>
+        <v>584</v>
+      </c>
+      <c r="F149" s="2" t="s">
+        <v>585</v>
+      </c>
     </row>
     <row r="150" spans="1:6">
       <c r="A150" t="s">
-        <v>284</v>
+        <v>560</v>
       </c>
       <c r="B150" t="s">
-        <v>284</v>
+        <v>561</v>
       </c>
       <c r="C150" t="s">
-        <v>297</v>
+        <v>586</v>
       </c>
       <c r="D150" t="s">
-        <v>297</v>
+        <v>587</v>
       </c>
       <c r="E150" s="2" t="s">
-        <v>298</v>
-[...1 lines deleted...]
-      <c r="F150" s="2"/>
+        <v>588</v>
+      </c>
+      <c r="F150" s="2" t="s">
+        <v>589</v>
+      </c>
     </row>
     <row r="151" spans="1:6">
       <c r="A151" t="s">
-        <v>284</v>
+        <v>560</v>
       </c>
       <c r="B151" t="s">
-        <v>284</v>
+        <v>561</v>
       </c>
       <c r="C151" t="s">
-        <v>299</v>
+        <v>590</v>
       </c>
       <c r="D151" t="s">
-        <v>299</v>
+        <v>591</v>
       </c>
       <c r="E151" s="2" t="s">
-        <v>300</v>
-[...1 lines deleted...]
-      <c r="F151" s="2"/>
+        <v>592</v>
+      </c>
+      <c r="F151" s="2" t="s">
+        <v>593</v>
+      </c>
     </row>
     <row r="152" spans="1:6">
       <c r="A152" t="s">
-        <v>284</v>
+        <v>560</v>
       </c>
       <c r="B152" t="s">
-        <v>284</v>
+        <v>561</v>
       </c>
       <c r="C152" t="s">
-        <v>301</v>
+        <v>594</v>
       </c>
       <c r="D152" t="s">
-        <v>301</v>
+        <v>595</v>
       </c>
       <c r="E152" s="2" t="s">
-        <v>302</v>
-[...1 lines deleted...]
-      <c r="F152" s="2"/>
+        <v>596</v>
+      </c>
+      <c r="F152" s="2" t="s">
+        <v>597</v>
+      </c>
     </row>
     <row r="153" spans="1:6">
       <c r="A153" t="s">
-        <v>284</v>
+        <v>560</v>
       </c>
       <c r="B153" t="s">
-        <v>284</v>
+        <v>561</v>
       </c>
       <c r="C153" t="s">
-        <v>303</v>
+        <v>598</v>
       </c>
       <c r="D153" t="s">
-        <v>303</v>
+        <v>599</v>
       </c>
       <c r="E153" s="2" t="s">
-        <v>304</v>
-[...1 lines deleted...]
-      <c r="F153" s="2"/>
+        <v>600</v>
+      </c>
+      <c r="F153" s="2" t="s">
+        <v>601</v>
+      </c>
     </row>
     <row r="154" spans="1:6">
       <c r="A154" t="s">
-        <v>284</v>
+        <v>560</v>
       </c>
       <c r="B154" t="s">
-        <v>284</v>
+        <v>561</v>
       </c>
       <c r="C154" t="s">
-        <v>305</v>
+        <v>602</v>
       </c>
       <c r="D154" t="s">
-        <v>305</v>
+        <v>603</v>
       </c>
       <c r="E154" s="2" t="s">
-        <v>306</v>
-[...1 lines deleted...]
-      <c r="F154" s="2"/>
+        <v>604</v>
+      </c>
+      <c r="F154" s="2" t="s">
+        <v>605</v>
+      </c>
     </row>
     <row r="155" spans="1:6">
       <c r="A155" t="s">
-        <v>284</v>
+        <v>560</v>
       </c>
       <c r="B155" t="s">
-        <v>284</v>
+        <v>561</v>
       </c>
       <c r="C155" t="s">
-        <v>307</v>
+        <v>606</v>
       </c>
       <c r="D155" t="s">
-        <v>307</v>
+        <v>607</v>
       </c>
       <c r="E155" s="2" t="s">
-        <v>308</v>
-[...1 lines deleted...]
-      <c r="F155" s="2"/>
+        <v>608</v>
+      </c>
+      <c r="F155" s="2" t="s">
+        <v>609</v>
+      </c>
     </row>
     <row r="156" spans="1:6">
       <c r="A156" t="s">
-        <v>284</v>
+        <v>560</v>
       </c>
       <c r="B156" t="s">
-        <v>284</v>
+        <v>561</v>
       </c>
       <c r="C156" t="s">
-        <v>181</v>
+        <v>353</v>
       </c>
       <c r="D156" t="s">
-        <v>181</v>
+        <v>354</v>
       </c>
       <c r="E156" s="2" t="s">
-        <v>309</v>
-[...1 lines deleted...]
-      <c r="F156" s="2"/>
+        <v>610</v>
+      </c>
+      <c r="F156" s="2" t="s">
+        <v>611</v>
+      </c>
     </row>
     <row r="157" spans="1:6">
       <c r="A157" t="s">
-        <v>284</v>
+        <v>560</v>
       </c>
       <c r="B157" t="s">
-        <v>284</v>
+        <v>561</v>
       </c>
       <c r="C157" t="s">
-        <v>310</v>
+        <v>612</v>
       </c>
       <c r="D157" t="s">
-        <v>310</v>
+        <v>613</v>
       </c>
       <c r="E157" s="2" t="s">
-        <v>311</v>
-[...1 lines deleted...]
-      <c r="F157" s="2"/>
+        <v>614</v>
+      </c>
+      <c r="F157" s="2" t="s">
+        <v>615</v>
+      </c>
     </row>
     <row r="158" spans="1:6">
       <c r="A158" t="s">
-        <v>284</v>
+        <v>560</v>
       </c>
       <c r="B158" t="s">
-        <v>284</v>
+        <v>561</v>
       </c>
       <c r="C158" t="s">
-        <v>312</v>
+        <v>616</v>
       </c>
       <c r="D158" t="s">
-        <v>312</v>
+        <v>617</v>
       </c>
       <c r="E158" s="2" t="s">
-        <v>313</v>
-[...1 lines deleted...]
-      <c r="F158" s="2"/>
+        <v>618</v>
+      </c>
+      <c r="F158" s="2" t="s">
+        <v>619</v>
+      </c>
     </row>
     <row r="159" spans="1:6">
       <c r="A159" t="s">
-        <v>284</v>
+        <v>560</v>
       </c>
       <c r="B159" t="s">
-        <v>284</v>
+        <v>561</v>
       </c>
       <c r="C159" t="s">
-        <v>314</v>
+        <v>620</v>
       </c>
       <c r="D159" t="s">
-        <v>314</v>
+        <v>621</v>
       </c>
       <c r="E159" s="2" t="s">
-        <v>315</v>
-[...1 lines deleted...]
-      <c r="F159" s="2"/>
+        <v>622</v>
+      </c>
+      <c r="F159" s="2" t="s">
+        <v>623</v>
+      </c>
     </row>
     <row r="160" spans="1:6">
       <c r="A160" t="s">
-        <v>284</v>
+        <v>560</v>
       </c>
       <c r="B160" t="s">
-        <v>284</v>
+        <v>561</v>
       </c>
       <c r="C160" t="s">
-        <v>316</v>
+        <v>624</v>
       </c>
       <c r="D160" t="s">
-        <v>316</v>
+        <v>625</v>
       </c>
       <c r="E160" s="2" t="s">
-        <v>317</v>
-[...1 lines deleted...]
-      <c r="F160" s="2"/>
+        <v>626</v>
+      </c>
+      <c r="F160" s="2" t="s">
+        <v>627</v>
+      </c>
     </row>
     <row r="161" spans="1:6">
       <c r="A161" t="s">
-        <v>284</v>
+        <v>560</v>
       </c>
       <c r="B161" t="s">
-        <v>284</v>
+        <v>561</v>
       </c>
       <c r="C161" t="s">
-        <v>318</v>
+        <v>628</v>
       </c>
       <c r="D161" t="s">
-        <v>318</v>
+        <v>629</v>
       </c>
       <c r="E161" s="2" t="s">
-        <v>319</v>
-[...1 lines deleted...]
-      <c r="F161" s="2"/>
+        <v>630</v>
+      </c>
+      <c r="F161" s="2" t="s">
+        <v>631</v>
+      </c>
     </row>
     <row r="162" spans="1:6">
       <c r="A162" t="s">
-        <v>284</v>
+        <v>560</v>
       </c>
       <c r="B162" t="s">
-        <v>284</v>
+        <v>561</v>
       </c>
       <c r="C162" t="s">
-        <v>320</v>
+        <v>632</v>
       </c>
       <c r="D162" t="s">
-        <v>320</v>
+        <v>633</v>
       </c>
       <c r="E162" s="2" t="s">
-        <v>321</v>
-[...1 lines deleted...]
-      <c r="F162" s="2"/>
+        <v>634</v>
+      </c>
+      <c r="F162" s="2" t="s">
+        <v>635</v>
+      </c>
     </row>
     <row r="163" spans="1:6">
       <c r="A163" t="s">
-        <v>284</v>
+        <v>560</v>
       </c>
       <c r="B163" t="s">
-        <v>284</v>
+        <v>561</v>
       </c>
       <c r="C163" t="s">
-        <v>322</v>
+        <v>636</v>
       </c>
       <c r="D163" t="s">
-        <v>322</v>
+        <v>637</v>
       </c>
       <c r="E163" s="2" t="s">
-        <v>323</v>
-[...1 lines deleted...]
-      <c r="F163" s="2"/>
+        <v>638</v>
+      </c>
+      <c r="F163" s="2" t="s">
+        <v>639</v>
+      </c>
     </row>
     <row r="164" spans="1:6">
       <c r="A164" t="s">
-        <v>284</v>
+        <v>560</v>
       </c>
       <c r="B164" t="s">
-        <v>284</v>
+        <v>561</v>
       </c>
       <c r="C164" t="s">
-        <v>324</v>
+        <v>640</v>
       </c>
       <c r="D164" t="s">
-        <v>324</v>
+        <v>641</v>
       </c>
       <c r="E164" s="2" t="s">
-        <v>325</v>
-[...1 lines deleted...]
-      <c r="F164" s="2"/>
+        <v>642</v>
+      </c>
+      <c r="F164" s="2" t="s">
+        <v>643</v>
+      </c>
     </row>
     <row r="165" spans="1:6">
       <c r="A165" t="s">
-        <v>284</v>
+        <v>560</v>
       </c>
       <c r="B165" t="s">
-        <v>284</v>
+        <v>561</v>
       </c>
       <c r="C165" t="s">
-        <v>326</v>
+        <v>644</v>
       </c>
       <c r="D165" t="s">
-        <v>326</v>
+        <v>645</v>
       </c>
       <c r="E165" s="2" t="s">
-        <v>327</v>
-[...1 lines deleted...]
-      <c r="F165" s="2"/>
+        <v>646</v>
+      </c>
+      <c r="F165" s="2" t="s">
+        <v>647</v>
+      </c>
     </row>
     <row r="166" spans="1:6">
       <c r="A166" t="s">
-        <v>284</v>
+        <v>560</v>
       </c>
       <c r="B166" t="s">
-        <v>284</v>
+        <v>561</v>
       </c>
       <c r="C166" t="s">
-        <v>328</v>
+        <v>648</v>
       </c>
       <c r="D166" t="s">
-        <v>328</v>
+        <v>649</v>
       </c>
       <c r="E166" s="2" t="s">
-        <v>329</v>
-[...1 lines deleted...]
-      <c r="F166" s="2"/>
+        <v>650</v>
+      </c>
+      <c r="F166" s="2" t="s">
+        <v>651</v>
+      </c>
     </row>
     <row r="167" spans="1:6">
       <c r="A167" t="s">
-        <v>284</v>
+        <v>560</v>
       </c>
       <c r="B167" t="s">
-        <v>284</v>
+        <v>561</v>
       </c>
       <c r="C167" t="s">
-        <v>330</v>
+        <v>652</v>
       </c>
       <c r="D167" t="s">
-        <v>330</v>
+        <v>653</v>
       </c>
       <c r="E167" s="2" t="s">
-        <v>331</v>
-[...1 lines deleted...]
-      <c r="F167" s="2"/>
+        <v>654</v>
+      </c>
+      <c r="F167" s="2" t="s">
+        <v>655</v>
+      </c>
     </row>
     <row r="168" spans="1:6">
       <c r="A168" t="s">
-        <v>284</v>
+        <v>560</v>
       </c>
       <c r="B168" t="s">
-        <v>284</v>
+        <v>561</v>
       </c>
       <c r="C168" t="s">
-        <v>332</v>
+        <v>656</v>
       </c>
       <c r="D168" t="s">
-        <v>332</v>
+        <v>657</v>
       </c>
       <c r="E168" s="2" t="s">
-        <v>333</v>
-[...1 lines deleted...]
-      <c r="F168" s="2"/>
+        <v>658</v>
+      </c>
+      <c r="F168" s="2" t="s">
+        <v>659</v>
+      </c>
     </row>
     <row r="169" spans="1:6">
       <c r="A169" t="s">
-        <v>284</v>
+        <v>560</v>
       </c>
       <c r="B169" t="s">
-        <v>284</v>
+        <v>561</v>
       </c>
       <c r="C169" t="s">
-        <v>334</v>
+        <v>660</v>
       </c>
       <c r="D169" t="s">
-        <v>334</v>
+        <v>661</v>
       </c>
       <c r="E169" s="2" t="s">
-        <v>335</v>
-[...1 lines deleted...]
-      <c r="F169" s="2"/>
+        <v>662</v>
+      </c>
+      <c r="F169" s="2" t="s">
+        <v>663</v>
+      </c>
     </row>
     <row r="170" spans="1:6">
       <c r="A170" t="s">
-        <v>284</v>
+        <v>560</v>
       </c>
       <c r="B170" t="s">
-        <v>284</v>
+        <v>561</v>
       </c>
       <c r="C170" t="s">
-        <v>336</v>
+        <v>664</v>
       </c>
       <c r="D170" t="s">
-        <v>336</v>
+        <v>665</v>
       </c>
       <c r="E170" s="2" t="s">
-        <v>337</v>
-[...1 lines deleted...]
-      <c r="F170" s="2"/>
+        <v>666</v>
+      </c>
+      <c r="F170" s="2" t="s">
+        <v>667</v>
+      </c>
     </row>
     <row r="171" spans="1:6">
       <c r="A171" t="s">
-        <v>284</v>
+        <v>560</v>
       </c>
       <c r="B171" t="s">
-        <v>284</v>
+        <v>561</v>
       </c>
       <c r="C171" t="s">
-        <v>338</v>
+        <v>668</v>
       </c>
       <c r="D171" t="s">
-        <v>338</v>
+        <v>669</v>
       </c>
       <c r="E171" s="2" t="s">
-        <v>339</v>
-[...1 lines deleted...]
-      <c r="F171" s="2"/>
+        <v>670</v>
+      </c>
+      <c r="F171" s="2" t="s">
+        <v>671</v>
+      </c>
     </row>
     <row r="172" spans="1:6">
       <c r="A172" t="s">
-        <v>284</v>
+        <v>560</v>
       </c>
       <c r="B172" t="s">
-        <v>284</v>
+        <v>561</v>
       </c>
       <c r="C172" t="s">
-        <v>340</v>
+        <v>672</v>
       </c>
       <c r="D172" t="s">
-        <v>340</v>
+        <v>673</v>
       </c>
       <c r="E172" s="2" t="s">
-        <v>341</v>
-[...1 lines deleted...]
-      <c r="F172" s="2"/>
+        <v>674</v>
+      </c>
+      <c r="F172" s="2" t="s">
+        <v>675</v>
+      </c>
     </row>
     <row r="173" spans="1:6">
       <c r="A173" t="s">
-        <v>284</v>
+        <v>560</v>
       </c>
       <c r="B173" t="s">
-        <v>284</v>
+        <v>561</v>
       </c>
       <c r="C173" t="s">
-        <v>342</v>
+        <v>676</v>
       </c>
       <c r="D173" t="s">
-        <v>342</v>
+        <v>677</v>
       </c>
       <c r="E173" s="2" t="s">
-        <v>343</v>
-[...1 lines deleted...]
-      <c r="F173" s="2"/>
+        <v>678</v>
+      </c>
+      <c r="F173" s="2" t="s">
+        <v>679</v>
+      </c>
     </row>
     <row r="174" spans="1:6">
       <c r="A174" t="s">
-        <v>284</v>
+        <v>560</v>
       </c>
       <c r="B174" t="s">
-        <v>284</v>
+        <v>561</v>
       </c>
       <c r="C174" t="s">
-        <v>344</v>
+        <v>680</v>
       </c>
       <c r="D174" t="s">
-        <v>344</v>
+        <v>681</v>
       </c>
       <c r="E174" s="2" t="s">
-        <v>345</v>
-[...1 lines deleted...]
-      <c r="F174" s="2"/>
+        <v>682</v>
+      </c>
+      <c r="F174" s="2" t="s">
+        <v>683</v>
+      </c>
     </row>
     <row r="175" spans="1:6">
       <c r="A175" t="s">
-        <v>284</v>
+        <v>560</v>
       </c>
       <c r="B175" t="s">
-        <v>284</v>
+        <v>561</v>
       </c>
       <c r="C175" t="s">
-        <v>346</v>
+        <v>684</v>
       </c>
       <c r="D175" t="s">
-        <v>346</v>
+        <v>685</v>
       </c>
       <c r="E175" s="2" t="s">
-        <v>347</v>
-[...1 lines deleted...]
-      <c r="F175" s="2"/>
+        <v>686</v>
+      </c>
+      <c r="F175" s="2" t="s">
+        <v>687</v>
+      </c>
     </row>
     <row r="176" spans="1:6">
       <c r="A176" t="s">
-        <v>284</v>
+        <v>560</v>
       </c>
       <c r="B176" t="s">
-        <v>284</v>
+        <v>561</v>
       </c>
       <c r="C176" t="s">
-        <v>348</v>
+        <v>688</v>
       </c>
       <c r="D176" t="s">
-        <v>348</v>
+        <v>689</v>
       </c>
       <c r="E176" s="2" t="s">
-        <v>349</v>
-[...1 lines deleted...]
-      <c r="F176" s="2"/>
+        <v>690</v>
+      </c>
+      <c r="F176" s="2" t="s">
+        <v>691</v>
+      </c>
     </row>
     <row r="177" spans="1:6">
       <c r="A177" t="s">
-        <v>284</v>
+        <v>560</v>
       </c>
       <c r="B177" t="s">
-        <v>284</v>
+        <v>561</v>
       </c>
       <c r="C177" t="s">
-        <v>350</v>
+        <v>692</v>
       </c>
       <c r="D177" t="s">
-        <v>350</v>
+        <v>693</v>
       </c>
       <c r="E177" s="2" t="s">
-        <v>351</v>
-[...1 lines deleted...]
-      <c r="F177" s="2"/>
+        <v>694</v>
+      </c>
+      <c r="F177" s="2" t="s">
+        <v>695</v>
+      </c>
     </row>
     <row r="178" spans="1:6">
       <c r="A178" t="s">
-        <v>284</v>
+        <v>560</v>
       </c>
       <c r="B178" t="s">
-        <v>284</v>
+        <v>561</v>
       </c>
       <c r="C178" t="s">
-        <v>352</v>
+        <v>696</v>
       </c>
       <c r="D178" t="s">
-        <v>352</v>
+        <v>697</v>
       </c>
       <c r="E178" s="2" t="s">
-        <v>353</v>
-[...1 lines deleted...]
-      <c r="F178" s="2"/>
+        <v>698</v>
+      </c>
+      <c r="F178" s="2" t="s">
+        <v>699</v>
+      </c>
     </row>
     <row r="179" spans="1:6">
       <c r="A179" t="s">
-        <v>284</v>
+        <v>560</v>
       </c>
       <c r="B179" t="s">
-        <v>284</v>
+        <v>561</v>
       </c>
       <c r="C179" t="s">
-        <v>354</v>
+        <v>700</v>
       </c>
       <c r="D179" t="s">
-        <v>354</v>
+        <v>701</v>
       </c>
       <c r="E179" s="2" t="s">
-        <v>355</v>
-[...1 lines deleted...]
-      <c r="F179" s="2"/>
+        <v>702</v>
+      </c>
+      <c r="F179" s="2" t="s">
+        <v>703</v>
+      </c>
     </row>
     <row r="180" spans="1:6">
       <c r="A180" t="s">
-        <v>284</v>
+        <v>560</v>
       </c>
       <c r="B180" t="s">
-        <v>284</v>
+        <v>561</v>
       </c>
       <c r="C180" t="s">
-        <v>356</v>
+        <v>704</v>
       </c>
       <c r="D180" t="s">
-        <v>356</v>
+        <v>705</v>
       </c>
       <c r="E180" s="2" t="s">
-        <v>357</v>
-[...1 lines deleted...]
-      <c r="F180" s="2"/>
+        <v>706</v>
+      </c>
+      <c r="F180" s="2" t="s">
+        <v>707</v>
+      </c>
     </row>
     <row r="181" spans="1:6">
       <c r="A181" t="s">
-        <v>284</v>
+        <v>560</v>
       </c>
       <c r="B181" t="s">
-        <v>284</v>
+        <v>561</v>
       </c>
       <c r="C181" t="s">
-        <v>358</v>
+        <v>708</v>
       </c>
       <c r="D181" t="s">
-        <v>358</v>
+        <v>709</v>
       </c>
       <c r="E181" s="2" t="s">
-        <v>359</v>
-[...1 lines deleted...]
-      <c r="F181" s="2"/>
+        <v>710</v>
+      </c>
+      <c r="F181" s="2" t="s">
+        <v>711</v>
+      </c>
     </row>
     <row r="182" spans="1:6">
       <c r="A182" t="s">
-        <v>284</v>
+        <v>560</v>
       </c>
       <c r="B182" t="s">
-        <v>284</v>
+        <v>561</v>
       </c>
       <c r="C182" t="s">
-        <v>360</v>
+        <v>712</v>
       </c>
       <c r="D182" t="s">
-        <v>360</v>
+        <v>713</v>
       </c>
       <c r="E182" s="2" t="s">
-        <v>361</v>
-[...1 lines deleted...]
-      <c r="F182" s="2"/>
+        <v>714</v>
+      </c>
+      <c r="F182" s="2" t="s">
+        <v>715</v>
+      </c>
     </row>
     <row r="183" spans="1:6">
       <c r="A183" t="s">
-        <v>284</v>
+        <v>560</v>
       </c>
       <c r="B183" t="s">
-        <v>284</v>
+        <v>561</v>
       </c>
       <c r="C183" t="s">
-        <v>362</v>
+        <v>716</v>
       </c>
       <c r="D183" t="s">
-        <v>362</v>
+        <v>717</v>
       </c>
       <c r="E183" s="2" t="s">
-        <v>363</v>
-[...1 lines deleted...]
-      <c r="F183" s="2"/>
+        <v>718</v>
+      </c>
+      <c r="F183" s="2" t="s">
+        <v>719</v>
+      </c>
     </row>
     <row r="184" spans="1:6">
       <c r="A184" t="s">
-        <v>284</v>
+        <v>560</v>
       </c>
       <c r="B184" t="s">
-        <v>284</v>
+        <v>561</v>
       </c>
       <c r="C184" t="s">
-        <v>364</v>
+        <v>720</v>
       </c>
       <c r="D184" t="s">
-        <v>364</v>
+        <v>721</v>
       </c>
       <c r="E184" s="2" t="s">
-        <v>365</v>
-[...1 lines deleted...]
-      <c r="F184" s="2"/>
+        <v>722</v>
+      </c>
+      <c r="F184" s="2" t="s">
+        <v>723</v>
+      </c>
     </row>
     <row r="185" spans="1:6">
       <c r="A185" t="s">
-        <v>284</v>
+        <v>560</v>
       </c>
       <c r="B185" t="s">
-        <v>284</v>
+        <v>561</v>
       </c>
       <c r="C185" t="s">
-        <v>366</v>
+        <v>724</v>
       </c>
       <c r="D185" t="s">
-        <v>366</v>
+        <v>725</v>
       </c>
       <c r="E185" s="2" t="s">
-        <v>367</v>
-[...1 lines deleted...]
-      <c r="F185" s="2"/>
+        <v>726</v>
+      </c>
+      <c r="F185" s="2" t="s">
+        <v>727</v>
+      </c>
     </row>
     <row r="186" spans="1:6">
       <c r="A186" t="s">
-        <v>284</v>
+        <v>560</v>
       </c>
       <c r="B186" t="s">
-        <v>284</v>
+        <v>561</v>
       </c>
       <c r="C186" t="s">
-        <v>368</v>
+        <v>728</v>
       </c>
       <c r="D186" t="s">
-        <v>368</v>
+        <v>729</v>
       </c>
       <c r="E186" s="2" t="s">
-        <v>369</v>
-[...1 lines deleted...]
-      <c r="F186" s="2"/>
+        <v>730</v>
+      </c>
+      <c r="F186" s="2" t="s">
+        <v>731</v>
+      </c>
     </row>
     <row r="187" spans="1:6">
       <c r="A187" t="s">
-        <v>284</v>
+        <v>560</v>
       </c>
       <c r="B187" t="s">
-        <v>284</v>
+        <v>561</v>
       </c>
       <c r="C187" t="s">
-        <v>370</v>
+        <v>732</v>
       </c>
       <c r="D187" t="s">
-        <v>370</v>
+        <v>733</v>
       </c>
       <c r="E187" s="2" t="s">
-        <v>371</v>
-[...1 lines deleted...]
-      <c r="F187" s="2"/>
+        <v>734</v>
+      </c>
+      <c r="F187" s="2" t="s">
+        <v>735</v>
+      </c>
     </row>
     <row r="188" spans="1:6">
       <c r="A188" t="s">
-        <v>284</v>
+        <v>560</v>
       </c>
       <c r="B188" t="s">
-        <v>284</v>
+        <v>561</v>
       </c>
       <c r="C188" t="s">
-        <v>372</v>
+        <v>736</v>
       </c>
       <c r="D188" t="s">
-        <v>372</v>
+        <v>737</v>
       </c>
       <c r="E188" s="2" t="s">
-        <v>373</v>
-[...1 lines deleted...]
-      <c r="F188" s="2"/>
+        <v>738</v>
+      </c>
+      <c r="F188" s="2" t="s">
+        <v>739</v>
+      </c>
     </row>
     <row r="189" spans="1:6">
       <c r="A189" t="s">
-        <v>374</v>
+        <v>740</v>
       </c>
       <c r="B189" t="s">
-        <v>374</v>
+        <v>741</v>
       </c>
       <c r="C189" t="s">
-        <v>375</v>
+        <v>742</v>
       </c>
       <c r="D189" t="s">
-        <v>375</v>
+        <v>743</v>
       </c>
       <c r="E189" s="2" t="s">
-        <v>376</v>
-[...1 lines deleted...]
-      <c r="F189" s="2"/>
+        <v>744</v>
+      </c>
+      <c r="F189" s="2" t="s">
+        <v>745</v>
+      </c>
     </row>
     <row r="190" spans="1:6">
       <c r="A190" t="s">
-        <v>374</v>
+        <v>740</v>
       </c>
       <c r="B190" t="s">
-        <v>374</v>
+        <v>741</v>
       </c>
       <c r="C190" t="s">
-        <v>15</v>
+        <v>22</v>
       </c>
       <c r="D190" t="s">
-        <v>15</v>
+        <v>23</v>
       </c>
       <c r="E190" s="2" t="s">
-        <v>377</v>
-[...1 lines deleted...]
-      <c r="F190" s="2"/>
+        <v>746</v>
+      </c>
+      <c r="F190" s="2" t="s">
+        <v>747</v>
+      </c>
     </row>
     <row r="191" spans="1:6">
       <c r="A191" t="s">
-        <v>374</v>
+        <v>740</v>
       </c>
       <c r="B191" t="s">
-        <v>374</v>
+        <v>741</v>
       </c>
       <c r="C191" t="s">
-        <v>378</v>
+        <v>748</v>
       </c>
       <c r="D191" t="s">
-        <v>378</v>
+        <v>749</v>
       </c>
       <c r="E191" s="2" t="s">
-        <v>379</v>
-[...1 lines deleted...]
-      <c r="F191" s="2"/>
+        <v>750</v>
+      </c>
+      <c r="F191" s="2" t="s">
+        <v>751</v>
+      </c>
     </row>
     <row r="192" spans="1:6">
       <c r="A192" t="s">
-        <v>374</v>
+        <v>740</v>
       </c>
       <c r="B192" t="s">
-        <v>374</v>
+        <v>741</v>
       </c>
       <c r="C192" t="s">
-        <v>380</v>
+        <v>752</v>
       </c>
       <c r="D192" t="s">
-        <v>380</v>
+        <v>753</v>
       </c>
       <c r="E192" s="2" t="s">
-        <v>381</v>
-[...1 lines deleted...]
-      <c r="F192" s="2"/>
+        <v>754</v>
+      </c>
+      <c r="F192" s="2" t="s">
+        <v>755</v>
+      </c>
     </row>
     <row r="193" spans="1:6">
       <c r="A193" t="s">
-        <v>374</v>
+        <v>740</v>
       </c>
       <c r="B193" t="s">
-        <v>374</v>
+        <v>741</v>
       </c>
       <c r="C193" t="s">
-        <v>382</v>
+        <v>756</v>
       </c>
       <c r="D193" t="s">
-        <v>382</v>
+        <v>757</v>
       </c>
       <c r="E193" s="2" t="s">
-        <v>383</v>
-[...1 lines deleted...]
-      <c r="F193" s="2"/>
+        <v>758</v>
+      </c>
+      <c r="F193" s="2" t="s">
+        <v>759</v>
+      </c>
     </row>
     <row r="194" spans="1:6">
       <c r="A194" t="s">
-        <v>374</v>
+        <v>740</v>
       </c>
       <c r="B194" t="s">
-        <v>374</v>
+        <v>741</v>
       </c>
       <c r="C194" t="s">
-        <v>384</v>
+        <v>760</v>
       </c>
       <c r="D194" t="s">
-        <v>384</v>
+        <v>761</v>
       </c>
       <c r="E194" s="2" t="s">
-        <v>385</v>
-[...1 lines deleted...]
-      <c r="F194" s="2"/>
+        <v>762</v>
+      </c>
+      <c r="F194" s="2" t="s">
+        <v>763</v>
+      </c>
     </row>
     <row r="195" spans="1:6">
       <c r="A195" t="s">
-        <v>386</v>
+        <v>764</v>
       </c>
       <c r="B195" t="s">
-        <v>386</v>
+        <v>765</v>
       </c>
       <c r="C195" t="s">
-        <v>387</v>
+        <v>766</v>
       </c>
       <c r="D195" t="s">
-        <v>387</v>
+        <v>767</v>
       </c>
       <c r="E195" s="2" t="s">
-        <v>388</v>
-[...1 lines deleted...]
-      <c r="F195" s="2"/>
+        <v>768</v>
+      </c>
+      <c r="F195" s="2" t="s">
+        <v>769</v>
+      </c>
     </row>
     <row r="196" spans="1:6">
       <c r="A196" t="s">
-        <v>386</v>
+        <v>764</v>
       </c>
       <c r="B196" t="s">
-        <v>386</v>
+        <v>765</v>
       </c>
       <c r="C196" t="s">
-        <v>389</v>
+        <v>770</v>
       </c>
       <c r="D196" t="s">
-        <v>389</v>
+        <v>771</v>
       </c>
       <c r="E196" s="2" t="s">
-        <v>390</v>
-[...1 lines deleted...]
-      <c r="F196" s="2"/>
+        <v>772</v>
+      </c>
+      <c r="F196" s="2" t="s">
+        <v>773</v>
+      </c>
     </row>
     <row r="197" spans="1:6">
       <c r="A197" t="s">
-        <v>386</v>
+        <v>764</v>
       </c>
       <c r="B197" t="s">
-        <v>386</v>
+        <v>765</v>
       </c>
       <c r="C197" t="s">
-        <v>391</v>
+        <v>774</v>
       </c>
       <c r="D197" t="s">
-        <v>391</v>
+        <v>775</v>
       </c>
       <c r="E197" s="2" t="s">
-        <v>392</v>
-[...1 lines deleted...]
-      <c r="F197" s="2"/>
+        <v>776</v>
+      </c>
+      <c r="F197" s="2" t="s">
+        <v>777</v>
+      </c>
     </row>
     <row r="198" spans="1:6">
       <c r="A198" t="s">
-        <v>386</v>
+        <v>764</v>
       </c>
       <c r="B198" t="s">
-        <v>386</v>
+        <v>765</v>
       </c>
       <c r="C198" t="s">
-        <v>393</v>
+        <v>778</v>
       </c>
       <c r="D198" t="s">
-        <v>393</v>
+        <v>779</v>
       </c>
       <c r="E198" s="2" t="s">
-        <v>394</v>
-[...1 lines deleted...]
-      <c r="F198" s="2"/>
+        <v>780</v>
+      </c>
+      <c r="F198" s="2" t="s">
+        <v>781</v>
+      </c>
     </row>
     <row r="199" spans="1:6">
       <c r="A199" t="s">
-        <v>386</v>
+        <v>764</v>
       </c>
       <c r="B199" t="s">
-        <v>386</v>
+        <v>765</v>
       </c>
       <c r="C199" t="s">
-        <v>395</v>
+        <v>782</v>
       </c>
       <c r="D199" t="s">
-        <v>395</v>
+        <v>783</v>
       </c>
       <c r="E199" s="2" t="s">
-        <v>396</v>
-[...1 lines deleted...]
-      <c r="F199" s="2"/>
+        <v>784</v>
+      </c>
+      <c r="F199" s="2" t="s">
+        <v>785</v>
+      </c>
     </row>
     <row r="200" spans="1:6">
       <c r="A200" t="s">
-        <v>386</v>
+        <v>764</v>
       </c>
       <c r="B200" t="s">
-        <v>386</v>
+        <v>765</v>
       </c>
       <c r="C200" t="s">
-        <v>397</v>
+        <v>786</v>
       </c>
       <c r="D200" t="s">
-        <v>397</v>
+        <v>786</v>
       </c>
       <c r="E200" s="2" t="s">
-        <v>398</v>
-[...1 lines deleted...]
-      <c r="F200" s="2"/>
+        <v>787</v>
+      </c>
+      <c r="F200" s="2" t="s">
+        <v>788</v>
+      </c>
     </row>
     <row r="201" spans="1:6">
       <c r="A201" t="s">
-        <v>386</v>
+        <v>764</v>
       </c>
       <c r="B201" t="s">
-        <v>386</v>
+        <v>765</v>
       </c>
       <c r="C201" t="s">
-        <v>399</v>
+        <v>789</v>
       </c>
       <c r="D201" t="s">
-        <v>399</v>
+        <v>790</v>
       </c>
       <c r="E201" s="2" t="s">
-        <v>400</v>
-[...1 lines deleted...]
-      <c r="F201" s="2"/>
+        <v>791</v>
+      </c>
+      <c r="F201" s="2" t="s">
+        <v>792</v>
+      </c>
     </row>
     <row r="202" spans="1:6">
       <c r="A202" t="s">
-        <v>386</v>
+        <v>764</v>
       </c>
       <c r="B202" t="s">
-        <v>386</v>
+        <v>765</v>
       </c>
       <c r="C202" t="s">
-        <v>130</v>
+        <v>251</v>
       </c>
       <c r="D202" t="s">
-        <v>130</v>
+        <v>252</v>
       </c>
       <c r="E202" s="2" t="s">
-        <v>401</v>
-[...1 lines deleted...]
-      <c r="F202" s="2"/>
+        <v>793</v>
+      </c>
+      <c r="F202" s="2" t="s">
+        <v>794</v>
+      </c>
     </row>
     <row r="203" spans="1:6">
       <c r="A203" t="s">
-        <v>386</v>
+        <v>764</v>
       </c>
       <c r="B203" t="s">
-        <v>386</v>
+        <v>765</v>
       </c>
       <c r="C203" t="s">
-        <v>402</v>
+        <v>795</v>
       </c>
       <c r="D203" t="s">
-        <v>402</v>
+        <v>796</v>
       </c>
       <c r="E203" s="2" t="s">
-        <v>403</v>
-[...1 lines deleted...]
-      <c r="F203" s="2"/>
+        <v>797</v>
+      </c>
+      <c r="F203" s="2" t="s">
+        <v>798</v>
+      </c>
     </row>
     <row r="204" spans="1:6">
       <c r="A204" t="s">
-        <v>386</v>
+        <v>764</v>
       </c>
       <c r="B204" t="s">
-        <v>386</v>
+        <v>765</v>
       </c>
       <c r="C204" t="s">
-        <v>404</v>
+        <v>799</v>
       </c>
       <c r="D204" t="s">
-        <v>404</v>
+        <v>800</v>
       </c>
       <c r="E204" s="2" t="s">
-        <v>405</v>
-[...1 lines deleted...]
-      <c r="F204" s="2"/>
+        <v>801</v>
+      </c>
+      <c r="F204" s="2" t="s">
+        <v>802</v>
+      </c>
     </row>
     <row r="205" spans="1:6">
       <c r="A205" t="s">
-        <v>386</v>
+        <v>764</v>
       </c>
       <c r="B205" t="s">
-        <v>386</v>
+        <v>765</v>
       </c>
       <c r="C205" t="s">
-        <v>406</v>
+        <v>803</v>
       </c>
       <c r="D205" t="s">
-        <v>406</v>
+        <v>804</v>
       </c>
       <c r="E205" s="2" t="s">
-        <v>407</v>
-[...1 lines deleted...]
-      <c r="F205" s="2"/>
+        <v>805</v>
+      </c>
+      <c r="F205" s="2" t="s">
+        <v>806</v>
+      </c>
     </row>
     <row r="206" spans="1:6">
       <c r="A206" t="s">
-        <v>386</v>
+        <v>764</v>
       </c>
       <c r="B206" t="s">
-        <v>386</v>
+        <v>765</v>
       </c>
       <c r="C206" t="s">
-        <v>408</v>
+        <v>807</v>
       </c>
       <c r="D206" t="s">
-        <v>408</v>
+        <v>808</v>
       </c>
       <c r="E206" s="2" t="s">
-        <v>409</v>
-[...1 lines deleted...]
-      <c r="F206" s="2"/>
+        <v>809</v>
+      </c>
+      <c r="F206" s="2" t="s">
+        <v>810</v>
+      </c>
     </row>
     <row r="207" spans="1:6">
       <c r="A207" t="s">
-        <v>386</v>
+        <v>764</v>
       </c>
       <c r="B207" t="s">
-        <v>386</v>
+        <v>765</v>
       </c>
       <c r="C207" t="s">
-        <v>410</v>
+        <v>811</v>
       </c>
       <c r="D207" t="s">
-        <v>410</v>
+        <v>812</v>
       </c>
       <c r="E207" s="2" t="s">
-        <v>411</v>
-[...1 lines deleted...]
-      <c r="F207" s="2"/>
+        <v>813</v>
+      </c>
+      <c r="F207" s="2" t="s">
+        <v>814</v>
+      </c>
     </row>
     <row r="208" spans="1:6">
       <c r="A208" t="s">
-        <v>386</v>
+        <v>764</v>
       </c>
       <c r="B208" t="s">
-        <v>386</v>
+        <v>765</v>
       </c>
       <c r="C208" t="s">
-        <v>412</v>
+        <v>815</v>
       </c>
       <c r="D208" t="s">
-        <v>412</v>
+        <v>816</v>
       </c>
       <c r="E208" s="2" t="s">
-        <v>413</v>
-[...1 lines deleted...]
-      <c r="F208" s="2"/>
+        <v>817</v>
+      </c>
+      <c r="F208" s="2" t="s">
+        <v>818</v>
+      </c>
     </row>
     <row r="209" spans="1:6">
       <c r="A209" t="s">
-        <v>386</v>
+        <v>764</v>
       </c>
       <c r="B209" t="s">
-        <v>386</v>
+        <v>765</v>
       </c>
       <c r="C209" t="s">
-        <v>414</v>
+        <v>819</v>
       </c>
       <c r="D209" t="s">
-        <v>414</v>
+        <v>820</v>
       </c>
       <c r="E209" s="2" t="s">
-        <v>415</v>
-[...1 lines deleted...]
-      <c r="F209" s="2"/>
+        <v>821</v>
+      </c>
+      <c r="F209" s="2" t="s">
+        <v>822</v>
+      </c>
     </row>
     <row r="210" spans="1:6">
       <c r="A210" t="s">
-        <v>386</v>
+        <v>764</v>
       </c>
       <c r="B210" t="s">
-        <v>386</v>
+        <v>765</v>
       </c>
       <c r="C210" t="s">
-        <v>416</v>
+        <v>823</v>
       </c>
       <c r="D210" t="s">
-        <v>416</v>
+        <v>824</v>
       </c>
       <c r="E210" s="2" t="s">
-        <v>417</v>
-[...1 lines deleted...]
-      <c r="F210" s="2"/>
+        <v>825</v>
+      </c>
+      <c r="F210" s="2" t="s">
+        <v>826</v>
+      </c>
     </row>
     <row r="211" spans="1:6">
       <c r="A211" t="s">
-        <v>386</v>
+        <v>764</v>
       </c>
       <c r="B211" t="s">
-        <v>386</v>
+        <v>765</v>
       </c>
       <c r="C211" t="s">
-        <v>418</v>
+        <v>827</v>
       </c>
       <c r="D211" t="s">
-        <v>418</v>
+        <v>828</v>
       </c>
       <c r="E211" s="2" t="s">
-        <v>419</v>
-[...1 lines deleted...]
-      <c r="F211" s="2"/>
+        <v>829</v>
+      </c>
+      <c r="F211" s="2" t="s">
+        <v>830</v>
+      </c>
     </row>
     <row r="212" spans="1:6">
       <c r="A212" t="s">
-        <v>386</v>
+        <v>764</v>
       </c>
       <c r="B212" t="s">
-        <v>386</v>
+        <v>765</v>
       </c>
       <c r="C212" t="s">
-        <v>420</v>
+        <v>831</v>
       </c>
       <c r="D212" t="s">
-        <v>420</v>
+        <v>832</v>
       </c>
       <c r="E212" s="2" t="s">
-        <v>421</v>
-[...1 lines deleted...]
-      <c r="F212" s="2"/>
+        <v>833</v>
+      </c>
+      <c r="F212" s="2" t="s">
+        <v>834</v>
+      </c>
     </row>
     <row r="213" spans="1:6">
       <c r="A213" t="s">
-        <v>386</v>
+        <v>764</v>
       </c>
       <c r="B213" t="s">
-        <v>386</v>
+        <v>765</v>
       </c>
       <c r="C213" t="s">
-        <v>144</v>
+        <v>279</v>
       </c>
       <c r="D213" t="s">
-        <v>144</v>
+        <v>280</v>
       </c>
       <c r="E213" s="2" t="s">
-        <v>422</v>
-[...1 lines deleted...]
-      <c r="F213" s="2"/>
+        <v>835</v>
+      </c>
+      <c r="F213" s="2" t="s">
+        <v>836</v>
+      </c>
     </row>
     <row r="214" spans="1:6">
       <c r="A214" t="s">
-        <v>386</v>
+        <v>764</v>
       </c>
       <c r="B214" t="s">
-        <v>386</v>
+        <v>765</v>
       </c>
       <c r="C214" t="s">
-        <v>423</v>
+        <v>837</v>
       </c>
       <c r="D214" t="s">
-        <v>423</v>
+        <v>838</v>
       </c>
       <c r="E214" s="2" t="s">
-        <v>424</v>
-[...1 lines deleted...]
-      <c r="F214" s="2"/>
+        <v>839</v>
+      </c>
+      <c r="F214" s="2" t="s">
+        <v>840</v>
+      </c>
     </row>
     <row r="215" spans="1:6">
       <c r="A215" t="s">
-        <v>386</v>
+        <v>764</v>
       </c>
       <c r="B215" t="s">
-        <v>386</v>
+        <v>765</v>
       </c>
       <c r="C215" t="s">
-        <v>146</v>
+        <v>283</v>
       </c>
       <c r="D215" t="s">
-        <v>146</v>
+        <v>284</v>
       </c>
       <c r="E215" s="2" t="s">
-        <v>425</v>
-[...1 lines deleted...]
-      <c r="F215" s="2"/>
+        <v>841</v>
+      </c>
+      <c r="F215" s="2" t="s">
+        <v>842</v>
+      </c>
     </row>
     <row r="216" spans="1:6">
       <c r="A216" t="s">
-        <v>386</v>
+        <v>764</v>
       </c>
       <c r="B216" t="s">
-        <v>386</v>
+        <v>765</v>
       </c>
       <c r="C216" t="s">
-        <v>426</v>
+        <v>843</v>
       </c>
       <c r="D216" t="s">
-        <v>426</v>
+        <v>844</v>
       </c>
       <c r="E216" s="2" t="s">
-        <v>427</v>
-[...1 lines deleted...]
-      <c r="F216" s="2"/>
+        <v>845</v>
+      </c>
+      <c r="F216" s="2" t="s">
+        <v>846</v>
+      </c>
     </row>
     <row r="217" spans="1:6">
       <c r="A217" t="s">
-        <v>386</v>
+        <v>764</v>
       </c>
       <c r="B217" t="s">
-        <v>386</v>
+        <v>765</v>
       </c>
       <c r="C217" t="s">
-        <v>428</v>
+        <v>847</v>
       </c>
       <c r="D217" t="s">
-        <v>428</v>
+        <v>848</v>
       </c>
       <c r="E217" s="2" t="s">
-        <v>429</v>
-[...1 lines deleted...]
-      <c r="F217" s="2"/>
+        <v>849</v>
+      </c>
+      <c r="F217" s="2" t="s">
+        <v>850</v>
+      </c>
     </row>
     <row r="218" spans="1:6">
       <c r="A218" t="s">
-        <v>386</v>
+        <v>764</v>
       </c>
       <c r="B218" t="s">
-        <v>386</v>
+        <v>765</v>
       </c>
       <c r="C218" t="s">
-        <v>430</v>
+        <v>851</v>
       </c>
       <c r="D218" t="s">
-        <v>430</v>
+        <v>852</v>
       </c>
       <c r="E218" s="2" t="s">
-        <v>431</v>
-[...1 lines deleted...]
-      <c r="F218" s="2"/>
+        <v>853</v>
+      </c>
+      <c r="F218" s="2" t="s">
+        <v>854</v>
+      </c>
     </row>
     <row r="219" spans="1:6">
       <c r="A219" t="s">
-        <v>386</v>
+        <v>764</v>
       </c>
       <c r="B219" t="s">
-        <v>386</v>
+        <v>765</v>
       </c>
       <c r="C219" t="s">
-        <v>432</v>
+        <v>855</v>
       </c>
       <c r="D219" t="s">
-        <v>432</v>
+        <v>856</v>
       </c>
       <c r="E219" s="2" t="s">
-        <v>433</v>
-[...1 lines deleted...]
-      <c r="F219" s="2"/>
+        <v>857</v>
+      </c>
+      <c r="F219" s="2" t="s">
+        <v>858</v>
+      </c>
     </row>
     <row r="220" spans="1:6">
       <c r="A220" t="s">
-        <v>386</v>
+        <v>764</v>
       </c>
       <c r="B220" t="s">
-        <v>386</v>
+        <v>765</v>
       </c>
       <c r="C220" t="s">
-        <v>434</v>
+        <v>859</v>
       </c>
       <c r="D220" t="s">
-        <v>434</v>
+        <v>860</v>
       </c>
       <c r="E220" s="2" t="s">
-        <v>435</v>
-[...1 lines deleted...]
-      <c r="F220" s="2"/>
+        <v>861</v>
+      </c>
+      <c r="F220" s="2" t="s">
+        <v>862</v>
+      </c>
     </row>
     <row r="221" spans="1:6">
       <c r="A221" t="s">
-        <v>386</v>
+        <v>764</v>
       </c>
       <c r="B221" t="s">
-        <v>386</v>
+        <v>765</v>
       </c>
       <c r="C221" t="s">
-        <v>436</v>
+        <v>863</v>
       </c>
       <c r="D221" t="s">
-        <v>436</v>
+        <v>864</v>
       </c>
       <c r="E221" s="2" t="s">
-        <v>437</v>
-[...1 lines deleted...]
-      <c r="F221" s="2"/>
+        <v>865</v>
+      </c>
+      <c r="F221" s="2" t="s">
+        <v>866</v>
+      </c>
     </row>
     <row r="222" spans="1:6">
       <c r="A222" t="s">
-        <v>386</v>
+        <v>764</v>
       </c>
       <c r="B222" t="s">
-        <v>386</v>
+        <v>765</v>
       </c>
       <c r="C222" t="s">
-        <v>438</v>
+        <v>867</v>
       </c>
       <c r="D222" t="s">
-        <v>438</v>
+        <v>868</v>
       </c>
       <c r="E222" s="2" t="s">
-        <v>439</v>
-[...1 lines deleted...]
-      <c r="F222" s="2"/>
+        <v>869</v>
+      </c>
+      <c r="F222" s="2" t="s">
+        <v>870</v>
+      </c>
     </row>
     <row r="223" spans="1:6">
       <c r="A223" t="s">
-        <v>386</v>
+        <v>764</v>
       </c>
       <c r="B223" t="s">
-        <v>386</v>
+        <v>765</v>
       </c>
       <c r="C223" t="s">
-        <v>440</v>
+        <v>871</v>
       </c>
       <c r="D223" t="s">
-        <v>440</v>
+        <v>872</v>
       </c>
       <c r="E223" s="2" t="s">
-        <v>441</v>
-[...1 lines deleted...]
-      <c r="F223" s="2"/>
+        <v>873</v>
+      </c>
+      <c r="F223" s="2" t="s">
+        <v>874</v>
+      </c>
     </row>
     <row r="224" spans="1:6">
       <c r="A224" t="s">
-        <v>386</v>
+        <v>764</v>
       </c>
       <c r="B224" t="s">
-        <v>386</v>
+        <v>765</v>
       </c>
       <c r="C224" t="s">
-        <v>442</v>
+        <v>875</v>
       </c>
       <c r="D224" t="s">
-        <v>442</v>
+        <v>876</v>
       </c>
       <c r="E224" s="2" t="s">
-        <v>443</v>
-[...1 lines deleted...]
-      <c r="F224" s="2"/>
+        <v>877</v>
+      </c>
+      <c r="F224" s="2" t="s">
+        <v>878</v>
+      </c>
     </row>
     <row r="225" spans="1:6">
       <c r="A225" t="s">
-        <v>386</v>
+        <v>764</v>
       </c>
       <c r="B225" t="s">
-        <v>386</v>
+        <v>765</v>
       </c>
       <c r="C225" t="s">
-        <v>444</v>
+        <v>879</v>
       </c>
       <c r="D225" t="s">
-        <v>444</v>
+        <v>880</v>
       </c>
       <c r="E225" s="2" t="s">
-        <v>445</v>
-[...1 lines deleted...]
-      <c r="F225" s="2"/>
+        <v>881</v>
+      </c>
+      <c r="F225" s="2" t="s">
+        <v>882</v>
+      </c>
     </row>
     <row r="226" spans="1:6">
       <c r="A226" t="s">
-        <v>386</v>
+        <v>764</v>
       </c>
       <c r="B226" t="s">
-        <v>386</v>
+        <v>765</v>
       </c>
       <c r="C226" t="s">
-        <v>446</v>
+        <v>883</v>
       </c>
       <c r="D226" t="s">
-        <v>446</v>
+        <v>884</v>
       </c>
       <c r="E226" s="2" t="s">
-        <v>447</v>
-[...1 lines deleted...]
-      <c r="F226" s="2"/>
+        <v>885</v>
+      </c>
+      <c r="F226" s="2" t="s">
+        <v>886</v>
+      </c>
     </row>
     <row r="227" spans="1:6">
       <c r="A227" t="s">
-        <v>386</v>
+        <v>764</v>
       </c>
       <c r="B227" t="s">
-        <v>386</v>
+        <v>765</v>
       </c>
       <c r="C227" t="s">
-        <v>448</v>
+        <v>887</v>
       </c>
       <c r="D227" t="s">
-        <v>448</v>
+        <v>888</v>
       </c>
       <c r="E227" s="2" t="s">
-        <v>449</v>
-[...1 lines deleted...]
-      <c r="F227" s="2"/>
+        <v>889</v>
+      </c>
+      <c r="F227" s="2" t="s">
+        <v>890</v>
+      </c>
     </row>
     <row r="228" spans="1:6">
       <c r="A228" t="s">
-        <v>450</v>
+        <v>891</v>
       </c>
       <c r="B228" t="s">
-        <v>450</v>
+        <v>892</v>
       </c>
       <c r="C228" t="s">
-        <v>83</v>
+        <v>157</v>
       </c>
       <c r="D228" t="s">
-        <v>83</v>
+        <v>158</v>
       </c>
       <c r="E228" s="2" t="s">
-        <v>451</v>
-[...1 lines deleted...]
-      <c r="F228" s="2"/>
+        <v>893</v>
+      </c>
+      <c r="F228" s="2" t="s">
+        <v>894</v>
+      </c>
     </row>
     <row r="229" spans="1:6">
       <c r="A229" t="s">
-        <v>450</v>
+        <v>891</v>
       </c>
       <c r="B229" t="s">
-        <v>450</v>
+        <v>892</v>
       </c>
       <c r="C229" t="s">
-        <v>452</v>
+        <v>895</v>
       </c>
       <c r="D229" t="s">
-        <v>452</v>
+        <v>896</v>
       </c>
       <c r="E229" s="2" t="s">
-        <v>453</v>
-[...1 lines deleted...]
-      <c r="F229" s="2"/>
+        <v>897</v>
+      </c>
+      <c r="F229" s="2" t="s">
+        <v>898</v>
+      </c>
     </row>
     <row r="230" spans="1:6">
       <c r="A230" t="s">
-        <v>450</v>
+        <v>891</v>
       </c>
       <c r="B230" t="s">
-        <v>450</v>
+        <v>892</v>
       </c>
       <c r="C230" t="s">
-        <v>454</v>
+        <v>899</v>
       </c>
       <c r="D230" t="s">
-        <v>454</v>
+        <v>900</v>
       </c>
       <c r="E230" s="2" t="s">
-        <v>455</v>
-[...1 lines deleted...]
-      <c r="F230" s="2"/>
+        <v>901</v>
+      </c>
+      <c r="F230" s="2" t="s">
+        <v>902</v>
+      </c>
     </row>
     <row r="231" spans="1:6">
       <c r="A231" t="s">
-        <v>450</v>
+        <v>891</v>
       </c>
       <c r="B231" t="s">
-        <v>450</v>
+        <v>892</v>
       </c>
       <c r="C231" t="s">
-        <v>456</v>
+        <v>903</v>
       </c>
       <c r="D231" t="s">
-        <v>456</v>
+        <v>904</v>
       </c>
       <c r="E231" s="2" t="s">
-        <v>457</v>
-[...1 lines deleted...]
-      <c r="F231" s="2"/>
+        <v>905</v>
+      </c>
+      <c r="F231" s="2" t="s">
+        <v>906</v>
+      </c>
     </row>
     <row r="232" spans="1:6">
       <c r="A232" t="s">
-        <v>450</v>
+        <v>891</v>
       </c>
       <c r="B232" t="s">
-        <v>450</v>
+        <v>892</v>
       </c>
       <c r="C232" t="s">
-        <v>458</v>
+        <v>907</v>
       </c>
       <c r="D232" t="s">
-        <v>458</v>
+        <v>908</v>
       </c>
       <c r="E232" s="2" t="s">
-        <v>459</v>
-[...1 lines deleted...]
-      <c r="F232" s="2"/>
+        <v>909</v>
+      </c>
+      <c r="F232" s="2" t="s">
+        <v>910</v>
+      </c>
     </row>
     <row r="233" spans="1:6">
       <c r="A233" t="s">
-        <v>450</v>
+        <v>891</v>
       </c>
       <c r="B233" t="s">
-        <v>450</v>
+        <v>892</v>
       </c>
       <c r="C233" t="s">
-        <v>460</v>
+        <v>911</v>
       </c>
       <c r="D233" t="s">
-        <v>460</v>
+        <v>912</v>
       </c>
       <c r="E233" s="2" t="s">
-        <v>461</v>
-[...1 lines deleted...]
-      <c r="F233" s="2"/>
+        <v>913</v>
+      </c>
+      <c r="F233" s="2" t="s">
+        <v>914</v>
+      </c>
     </row>
     <row r="234" spans="1:6">
       <c r="A234" t="s">
-        <v>450</v>
+        <v>891</v>
       </c>
       <c r="B234" t="s">
-        <v>450</v>
+        <v>892</v>
       </c>
       <c r="C234" t="s">
-        <v>462</v>
+        <v>915</v>
       </c>
       <c r="D234" t="s">
-        <v>462</v>
+        <v>916</v>
       </c>
       <c r="E234" s="2" t="s">
-        <v>463</v>
-[...1 lines deleted...]
-      <c r="F234" s="2"/>
+        <v>917</v>
+      </c>
+      <c r="F234" s="2" t="s">
+        <v>918</v>
+      </c>
     </row>
     <row r="235" spans="1:6">
       <c r="A235" t="s">
-        <v>450</v>
+        <v>891</v>
       </c>
       <c r="B235" t="s">
-        <v>450</v>
+        <v>892</v>
       </c>
       <c r="C235" t="s">
-        <v>464</v>
+        <v>919</v>
       </c>
       <c r="D235" t="s">
-        <v>464</v>
+        <v>920</v>
       </c>
       <c r="E235" s="2" t="s">
-        <v>465</v>
-[...1 lines deleted...]
-      <c r="F235" s="2"/>
+        <v>921</v>
+      </c>
+      <c r="F235" s="2" t="s">
+        <v>922</v>
+      </c>
     </row>
     <row r="236" spans="1:6">
       <c r="A236" t="s">
-        <v>450</v>
+        <v>891</v>
       </c>
       <c r="B236" t="s">
-        <v>450</v>
+        <v>892</v>
       </c>
       <c r="C236" t="s">
-        <v>466</v>
+        <v>923</v>
       </c>
       <c r="D236" t="s">
-        <v>466</v>
+        <v>924</v>
       </c>
       <c r="E236" s="2" t="s">
-        <v>467</v>
-[...1 lines deleted...]
-      <c r="F236" s="2"/>
+        <v>925</v>
+      </c>
+      <c r="F236" s="2" t="s">
+        <v>926</v>
+      </c>
     </row>
     <row r="237" spans="1:6">
       <c r="A237" t="s">
-        <v>450</v>
+        <v>891</v>
       </c>
       <c r="B237" t="s">
-        <v>450</v>
+        <v>892</v>
       </c>
       <c r="C237" t="s">
-        <v>468</v>
+        <v>927</v>
       </c>
       <c r="D237" t="s">
-        <v>468</v>
+        <v>928</v>
       </c>
       <c r="E237" s="2" t="s">
-        <v>469</v>
-[...1 lines deleted...]
-      <c r="F237" s="2"/>
+        <v>929</v>
+      </c>
+      <c r="F237" s="2" t="s">
+        <v>930</v>
+      </c>
     </row>
     <row r="238" spans="1:6">
       <c r="A238" t="s">
-        <v>450</v>
+        <v>891</v>
       </c>
       <c r="B238" t="s">
-        <v>450</v>
+        <v>892</v>
       </c>
       <c r="C238" t="s">
-        <v>470</v>
+        <v>931</v>
       </c>
       <c r="D238" t="s">
-        <v>470</v>
+        <v>932</v>
       </c>
       <c r="E238" s="2" t="s">
-        <v>471</v>
-[...1 lines deleted...]
-      <c r="F238" s="2"/>
+        <v>933</v>
+      </c>
+      <c r="F238" s="2" t="s">
+        <v>934</v>
+      </c>
     </row>
     <row r="239" spans="1:6">
       <c r="A239" t="s">
-        <v>450</v>
+        <v>891</v>
       </c>
       <c r="B239" t="s">
-        <v>450</v>
+        <v>892</v>
       </c>
       <c r="C239" t="s">
-        <v>472</v>
+        <v>935</v>
       </c>
       <c r="D239" t="s">
-        <v>472</v>
+        <v>935</v>
       </c>
       <c r="E239" s="2" t="s">
-        <v>473</v>
-[...1 lines deleted...]
-      <c r="F239" s="2"/>
+        <v>936</v>
+      </c>
+      <c r="F239" s="2" t="s">
+        <v>937</v>
+      </c>
     </row>
     <row r="240" spans="1:6">
       <c r="A240" t="s">
-        <v>450</v>
+        <v>891</v>
       </c>
       <c r="B240" t="s">
-        <v>450</v>
+        <v>892</v>
       </c>
       <c r="C240" t="s">
-        <v>474</v>
+        <v>938</v>
       </c>
       <c r="D240" t="s">
-        <v>474</v>
+        <v>939</v>
       </c>
       <c r="E240" s="2" t="s">
-        <v>475</v>
-[...1 lines deleted...]
-      <c r="F240" s="2"/>
+        <v>940</v>
+      </c>
+      <c r="F240" s="2" t="s">
+        <v>941</v>
+      </c>
     </row>
     <row r="241" spans="1:6">
       <c r="A241" t="s">
-        <v>450</v>
+        <v>891</v>
       </c>
       <c r="B241" t="s">
-        <v>450</v>
+        <v>892</v>
       </c>
       <c r="C241" t="s">
-        <v>476</v>
+        <v>942</v>
       </c>
       <c r="D241" t="s">
-        <v>476</v>
+        <v>943</v>
       </c>
       <c r="E241" s="2" t="s">
-        <v>477</v>
-[...1 lines deleted...]
-      <c r="F241" s="2"/>
+        <v>944</v>
+      </c>
+      <c r="F241" s="2" t="s">
+        <v>945</v>
+      </c>
     </row>
     <row r="242" spans="1:6">
       <c r="A242" t="s">
-        <v>450</v>
+        <v>891</v>
       </c>
       <c r="B242" t="s">
-        <v>450</v>
+        <v>892</v>
       </c>
       <c r="C242" t="s">
-        <v>478</v>
+        <v>946</v>
       </c>
       <c r="D242" t="s">
-        <v>478</v>
+        <v>947</v>
       </c>
       <c r="E242" s="2" t="s">
-        <v>479</v>
-[...1 lines deleted...]
-      <c r="F242" s="2"/>
+        <v>948</v>
+      </c>
+      <c r="F242" s="2" t="s">
+        <v>949</v>
+      </c>
     </row>
     <row r="243" spans="1:6">
       <c r="A243" t="s">
-        <v>450</v>
+        <v>891</v>
       </c>
       <c r="B243" t="s">
-        <v>450</v>
+        <v>892</v>
       </c>
       <c r="C243" t="s">
-        <v>480</v>
+        <v>950</v>
       </c>
       <c r="D243" t="s">
-        <v>480</v>
+        <v>951</v>
       </c>
       <c r="E243" s="2" t="s">
-        <v>481</v>
-[...1 lines deleted...]
-      <c r="F243" s="2"/>
+        <v>952</v>
+      </c>
+      <c r="F243" s="2" t="s">
+        <v>953</v>
+      </c>
     </row>
     <row r="244" spans="1:6">
       <c r="A244" t="s">
-        <v>450</v>
+        <v>891</v>
       </c>
       <c r="B244" t="s">
-        <v>450</v>
+        <v>892</v>
       </c>
       <c r="C244" t="s">
-        <v>482</v>
+        <v>954</v>
       </c>
       <c r="D244" t="s">
-        <v>482</v>
+        <v>955</v>
       </c>
       <c r="E244" s="2" t="s">
-        <v>483</v>
-[...1 lines deleted...]
-      <c r="F244" s="2"/>
+        <v>956</v>
+      </c>
+      <c r="F244" s="2" t="s">
+        <v>957</v>
+      </c>
     </row>
     <row r="245" spans="1:6">
       <c r="A245" t="s">
-        <v>450</v>
+        <v>891</v>
       </c>
       <c r="B245" t="s">
-        <v>450</v>
+        <v>892</v>
       </c>
       <c r="C245" t="s">
-        <v>484</v>
+        <v>958</v>
       </c>
       <c r="D245" t="s">
-        <v>484</v>
+        <v>959</v>
       </c>
       <c r="E245" s="2" t="s">
-        <v>485</v>
-[...1 lines deleted...]
-      <c r="F245" s="2"/>
+        <v>960</v>
+      </c>
+      <c r="F245" s="2" t="s">
+        <v>961</v>
+      </c>
     </row>
     <row r="246" spans="1:6">
       <c r="A246" t="s">
-        <v>450</v>
+        <v>891</v>
       </c>
       <c r="B246" t="s">
-        <v>450</v>
+        <v>892</v>
       </c>
       <c r="C246" t="s">
-        <v>486</v>
+        <v>962</v>
       </c>
       <c r="D246" t="s">
-        <v>486</v>
+        <v>963</v>
       </c>
       <c r="E246" s="2" t="s">
-        <v>487</v>
-[...1 lines deleted...]
-      <c r="F246" s="2"/>
+        <v>964</v>
+      </c>
+      <c r="F246" s="2" t="s">
+        <v>965</v>
+      </c>
     </row>
     <row r="247" spans="1:6">
       <c r="A247" t="s">
-        <v>450</v>
+        <v>891</v>
       </c>
       <c r="B247" t="s">
-        <v>450</v>
+        <v>892</v>
       </c>
       <c r="C247" t="s">
-        <v>488</v>
+        <v>966</v>
       </c>
       <c r="D247" t="s">
-        <v>488</v>
+        <v>967</v>
       </c>
       <c r="E247" s="2" t="s">
-        <v>489</v>
-[...1 lines deleted...]
-      <c r="F247" s="2"/>
+        <v>968</v>
+      </c>
+      <c r="F247" s="2" t="s">
+        <v>969</v>
+      </c>
     </row>
     <row r="248" spans="1:6">
       <c r="A248" t="s">
-        <v>450</v>
+        <v>891</v>
       </c>
       <c r="B248" t="s">
-        <v>450</v>
+        <v>892</v>
       </c>
       <c r="C248" t="s">
-        <v>490</v>
+        <v>970</v>
       </c>
       <c r="D248" t="s">
-        <v>490</v>
+        <v>971</v>
       </c>
       <c r="E248" s="2" t="s">
-        <v>491</v>
-[...1 lines deleted...]
-      <c r="F248" s="2"/>
+        <v>972</v>
+      </c>
+      <c r="F248" s="2" t="s">
+        <v>973</v>
+      </c>
     </row>
     <row r="249" spans="1:6">
       <c r="A249" t="s">
-        <v>450</v>
+        <v>891</v>
       </c>
       <c r="B249" t="s">
-        <v>450</v>
+        <v>892</v>
       </c>
       <c r="C249" t="s">
-        <v>492</v>
+        <v>974</v>
       </c>
       <c r="D249" t="s">
-        <v>492</v>
+        <v>975</v>
       </c>
       <c r="E249" s="2" t="s">
-        <v>493</v>
-[...1 lines deleted...]
-      <c r="F249" s="2"/>
+        <v>976</v>
+      </c>
+      <c r="F249" s="2" t="s">
+        <v>977</v>
+      </c>
     </row>
     <row r="250" spans="1:6">
       <c r="A250" t="s">
-        <v>450</v>
+        <v>891</v>
       </c>
       <c r="B250" t="s">
-        <v>450</v>
+        <v>892</v>
       </c>
       <c r="C250" t="s">
-        <v>494</v>
+        <v>978</v>
       </c>
       <c r="D250" t="s">
-        <v>494</v>
+        <v>979</v>
       </c>
       <c r="E250" s="2" t="s">
-        <v>495</v>
-[...1 lines deleted...]
-      <c r="F250" s="2"/>
+        <v>980</v>
+      </c>
+      <c r="F250" s="2" t="s">
+        <v>981</v>
+      </c>
     </row>
     <row r="251" spans="1:6">
       <c r="A251" t="s">
-        <v>450</v>
+        <v>891</v>
       </c>
       <c r="B251" t="s">
-        <v>450</v>
+        <v>892</v>
       </c>
       <c r="C251" t="s">
-        <v>496</v>
+        <v>982</v>
       </c>
       <c r="D251" t="s">
-        <v>496</v>
+        <v>983</v>
       </c>
       <c r="E251" s="2" t="s">
-        <v>497</v>
-[...1 lines deleted...]
-      <c r="F251" s="2"/>
+        <v>984</v>
+      </c>
+      <c r="F251" s="2" t="s">
+        <v>985</v>
+      </c>
     </row>
     <row r="252" spans="1:6">
       <c r="A252" t="s">
-        <v>450</v>
+        <v>891</v>
       </c>
       <c r="B252" t="s">
-        <v>450</v>
+        <v>892</v>
       </c>
       <c r="C252" t="s">
-        <v>498</v>
+        <v>986</v>
       </c>
       <c r="D252" t="s">
-        <v>498</v>
+        <v>987</v>
       </c>
       <c r="E252" s="2" t="s">
-        <v>499</v>
-[...1 lines deleted...]
-      <c r="F252" s="2"/>
+        <v>988</v>
+      </c>
+      <c r="F252" s="2" t="s">
+        <v>989</v>
+      </c>
     </row>
     <row r="253" spans="1:6">
       <c r="A253" t="s">
-        <v>450</v>
+        <v>891</v>
       </c>
       <c r="B253" t="s">
-        <v>450</v>
+        <v>892</v>
       </c>
       <c r="C253" t="s">
-        <v>500</v>
+        <v>990</v>
       </c>
       <c r="D253" t="s">
-        <v>500</v>
+        <v>991</v>
       </c>
       <c r="E253" s="2" t="s">
-        <v>501</v>
-[...1 lines deleted...]
-      <c r="F253" s="2"/>
+        <v>992</v>
+      </c>
+      <c r="F253" s="2" t="s">
+        <v>993</v>
+      </c>
     </row>
     <row r="254" spans="1:6">
       <c r="A254" t="s">
-        <v>450</v>
+        <v>891</v>
       </c>
       <c r="B254" t="s">
-        <v>450</v>
+        <v>892</v>
       </c>
       <c r="C254" t="s">
-        <v>502</v>
+        <v>994</v>
       </c>
       <c r="D254" t="s">
-        <v>502</v>
+        <v>995</v>
       </c>
       <c r="E254" s="2" t="s">
-        <v>503</v>
-[...1 lines deleted...]
-      <c r="F254" s="2"/>
+        <v>996</v>
+      </c>
+      <c r="F254" s="2" t="s">
+        <v>997</v>
+      </c>
     </row>
     <row r="255" spans="1:6">
       <c r="A255" t="s">
-        <v>450</v>
+        <v>891</v>
       </c>
       <c r="B255" t="s">
-        <v>450</v>
+        <v>892</v>
       </c>
       <c r="C255" t="s">
-        <v>504</v>
+        <v>998</v>
       </c>
       <c r="D255" t="s">
-        <v>504</v>
+        <v>999</v>
       </c>
       <c r="E255" s="2" t="s">
-        <v>505</v>
-[...1 lines deleted...]
-      <c r="F255" s="2"/>
+        <v>1000</v>
+      </c>
+      <c r="F255" s="2" t="s">
+        <v>1001</v>
+      </c>
     </row>
     <row r="256" spans="1:6">
       <c r="A256" t="s">
-        <v>450</v>
+        <v>891</v>
       </c>
       <c r="B256" t="s">
-        <v>450</v>
+        <v>892</v>
       </c>
       <c r="C256" t="s">
-        <v>506</v>
+        <v>1002</v>
       </c>
       <c r="D256" t="s">
-        <v>506</v>
+        <v>1003</v>
       </c>
       <c r="E256" s="2" t="s">
-        <v>507</v>
-[...1 lines deleted...]
-      <c r="F256" s="2"/>
+        <v>1004</v>
+      </c>
+      <c r="F256" s="2" t="s">
+        <v>1005</v>
+      </c>
     </row>
     <row r="257" spans="1:6">
       <c r="A257" t="s">
-        <v>450</v>
+        <v>891</v>
       </c>
       <c r="B257" t="s">
-        <v>450</v>
+        <v>892</v>
       </c>
       <c r="C257" t="s">
-        <v>508</v>
+        <v>1006</v>
       </c>
       <c r="D257" t="s">
-        <v>508</v>
+        <v>967</v>
       </c>
       <c r="E257" s="2" t="s">
-        <v>509</v>
-[...1 lines deleted...]
-      <c r="F257" s="2"/>
+        <v>1007</v>
+      </c>
+      <c r="F257" s="2" t="s">
+        <v>1008</v>
+      </c>
     </row>
     <row r="258" spans="1:6">
       <c r="A258" t="s">
-        <v>450</v>
+        <v>891</v>
       </c>
       <c r="B258" t="s">
-        <v>450</v>
+        <v>892</v>
       </c>
       <c r="C258" t="s">
-        <v>510</v>
+        <v>1009</v>
       </c>
       <c r="D258" t="s">
-        <v>510</v>
+        <v>1009</v>
       </c>
       <c r="E258" s="2" t="s">
-        <v>511</v>
-[...1 lines deleted...]
-      <c r="F258" s="2"/>
+        <v>1010</v>
+      </c>
+      <c r="F258" s="2" t="s">
+        <v>1011</v>
+      </c>
     </row>
     <row r="259" spans="1:6">
       <c r="A259" t="s">
-        <v>450</v>
+        <v>891</v>
       </c>
       <c r="B259" t="s">
-        <v>450</v>
+        <v>892</v>
       </c>
       <c r="C259" t="s">
-        <v>512</v>
+        <v>1012</v>
       </c>
       <c r="D259" t="s">
-        <v>512</v>
+        <v>1013</v>
       </c>
       <c r="E259" s="2" t="s">
-        <v>513</v>
-[...1 lines deleted...]
-      <c r="F259" s="2"/>
+        <v>1014</v>
+      </c>
+      <c r="F259" s="2" t="s">
+        <v>1015</v>
+      </c>
     </row>
     <row r="260" spans="1:6">
       <c r="A260" t="s">
-        <v>450</v>
+        <v>891</v>
       </c>
       <c r="B260" t="s">
-        <v>450</v>
+        <v>892</v>
       </c>
       <c r="C260" t="s">
-        <v>514</v>
+        <v>1016</v>
       </c>
       <c r="D260" t="s">
-        <v>514</v>
+        <v>1017</v>
       </c>
       <c r="E260" s="2" t="s">
-        <v>515</v>
-[...1 lines deleted...]
-      <c r="F260" s="2"/>
+        <v>1018</v>
+      </c>
+      <c r="F260" s="2" t="s">
+        <v>1019</v>
+      </c>
     </row>
     <row r="261" spans="1:6">
       <c r="A261" t="s">
-        <v>516</v>
+        <v>1020</v>
       </c>
       <c r="B261" t="s">
-        <v>516</v>
+        <v>1021</v>
       </c>
       <c r="C261" t="s">
-        <v>181</v>
+        <v>353</v>
       </c>
       <c r="D261" t="s">
-        <v>181</v>
+        <v>354</v>
       </c>
       <c r="E261" s="2" t="s">
-        <v>517</v>
-[...1 lines deleted...]
-      <c r="F261" s="2"/>
+        <v>1022</v>
+      </c>
+      <c r="F261" s="2" t="s">
+        <v>1023</v>
+      </c>
     </row>
     <row r="262" spans="1:6">
       <c r="A262" t="s">
-        <v>516</v>
+        <v>1020</v>
       </c>
       <c r="B262" t="s">
-        <v>516</v>
+        <v>1021</v>
       </c>
       <c r="C262" t="s">
-        <v>310</v>
+        <v>612</v>
       </c>
       <c r="D262" t="s">
-        <v>310</v>
+        <v>613</v>
       </c>
       <c r="E262" s="2" t="s">
-        <v>518</v>
-[...1 lines deleted...]
-      <c r="F262" s="2"/>
+        <v>1024</v>
+      </c>
+      <c r="F262" s="2" t="s">
+        <v>1025</v>
+      </c>
     </row>
     <row r="263" spans="1:6">
       <c r="A263" t="s">
-        <v>516</v>
+        <v>1020</v>
       </c>
       <c r="B263" t="s">
-        <v>516</v>
+        <v>1021</v>
       </c>
       <c r="C263" t="s">
-        <v>519</v>
+        <v>1026</v>
       </c>
       <c r="D263" t="s">
-        <v>519</v>
+        <v>1027</v>
       </c>
       <c r="E263" s="2" t="s">
-        <v>520</v>
-[...1 lines deleted...]
-      <c r="F263" s="2"/>
+        <v>1028</v>
+      </c>
+      <c r="F263" s="2" t="s">
+        <v>1029</v>
+      </c>
     </row>
     <row r="264" spans="1:6">
       <c r="A264" t="s">
-        <v>516</v>
+        <v>1020</v>
       </c>
       <c r="B264" t="s">
-        <v>516</v>
+        <v>1021</v>
       </c>
       <c r="C264" t="s">
-        <v>185</v>
+        <v>361</v>
       </c>
       <c r="D264" t="s">
-        <v>185</v>
+        <v>362</v>
       </c>
       <c r="E264" s="2" t="s">
-        <v>521</v>
-[...1 lines deleted...]
-      <c r="F264" s="2"/>
+        <v>1030</v>
+      </c>
+      <c r="F264" s="2" t="s">
+        <v>1031</v>
+      </c>
     </row>
     <row r="265" spans="1:6">
       <c r="A265" t="s">
-        <v>516</v>
+        <v>1020</v>
       </c>
       <c r="B265" t="s">
-        <v>516</v>
+        <v>1021</v>
       </c>
       <c r="C265" t="s">
-        <v>522</v>
+        <v>1032</v>
       </c>
       <c r="D265" t="s">
-        <v>522</v>
+        <v>1033</v>
       </c>
       <c r="E265" s="2" t="s">
-        <v>523</v>
-[...1 lines deleted...]
-      <c r="F265" s="2"/>
+        <v>1034</v>
+      </c>
+      <c r="F265" s="2" t="s">
+        <v>1035</v>
+      </c>
     </row>
     <row r="266" spans="1:6">
       <c r="A266" t="s">
-        <v>516</v>
+        <v>1020</v>
       </c>
       <c r="B266" t="s">
-        <v>516</v>
+        <v>1021</v>
       </c>
       <c r="C266" t="s">
-        <v>524</v>
+        <v>1036</v>
       </c>
       <c r="D266" t="s">
-        <v>524</v>
+        <v>1037</v>
       </c>
       <c r="E266" s="2" t="s">
-        <v>525</v>
-[...1 lines deleted...]
-      <c r="F266" s="2"/>
+        <v>1038</v>
+      </c>
+      <c r="F266" s="2" t="s">
+        <v>1039</v>
+      </c>
     </row>
     <row r="267" spans="1:6">
       <c r="A267" t="s">
-        <v>516</v>
+        <v>1020</v>
       </c>
       <c r="B267" t="s">
-        <v>516</v>
+        <v>1021</v>
       </c>
       <c r="C267" t="s">
-        <v>526</v>
+        <v>1040</v>
       </c>
       <c r="D267" t="s">
-        <v>526</v>
+        <v>1041</v>
       </c>
       <c r="E267" s="2" t="s">
-        <v>527</v>
-[...1 lines deleted...]
-      <c r="F267" s="2"/>
+        <v>1042</v>
+      </c>
+      <c r="F267" s="2" t="s">
+        <v>1043</v>
+      </c>
     </row>
     <row r="268" spans="1:6">
       <c r="A268" t="s">
-        <v>516</v>
+        <v>1020</v>
       </c>
       <c r="B268" t="s">
-        <v>516</v>
+        <v>1021</v>
       </c>
       <c r="C268" t="s">
-        <v>528</v>
+        <v>1044</v>
       </c>
       <c r="D268" t="s">
-        <v>528</v>
+        <v>1045</v>
       </c>
       <c r="E268" s="2" t="s">
-        <v>529</v>
-[...1 lines deleted...]
-      <c r="F268" s="2"/>
+        <v>1046</v>
+      </c>
+      <c r="F268" s="2" t="s">
+        <v>1047</v>
+      </c>
     </row>
     <row r="269" spans="1:6">
       <c r="A269" t="s">
-        <v>516</v>
+        <v>1020</v>
       </c>
       <c r="B269" t="s">
-        <v>516</v>
+        <v>1021</v>
       </c>
       <c r="C269" t="s">
-        <v>530</v>
+        <v>1048</v>
       </c>
       <c r="D269" t="s">
-        <v>530</v>
+        <v>1049</v>
       </c>
       <c r="E269" s="2" t="s">
-        <v>531</v>
-[...1 lines deleted...]
-      <c r="F269" s="2"/>
+        <v>1050</v>
+      </c>
+      <c r="F269" s="2" t="s">
+        <v>1051</v>
+      </c>
     </row>
     <row r="270" spans="1:6">
       <c r="A270" t="s">
-        <v>516</v>
+        <v>1020</v>
       </c>
       <c r="B270" t="s">
-        <v>516</v>
+        <v>1021</v>
       </c>
       <c r="C270" t="s">
-        <v>189</v>
+        <v>369</v>
       </c>
       <c r="D270" t="s">
-        <v>189</v>
+        <v>370</v>
       </c>
       <c r="E270" s="2" t="s">
-        <v>190</v>
-[...1 lines deleted...]
-      <c r="F270" s="2"/>
+        <v>371</v>
+      </c>
+      <c r="F270" s="2" t="s">
+        <v>1052</v>
+      </c>
     </row>
     <row r="271" spans="1:6">
       <c r="A271" t="s">
-        <v>516</v>
+        <v>1020</v>
       </c>
       <c r="B271" t="s">
-        <v>516</v>
+        <v>1021</v>
       </c>
       <c r="C271" t="s">
-        <v>532</v>
+        <v>1053</v>
       </c>
       <c r="D271" t="s">
-        <v>532</v>
+        <v>1054</v>
       </c>
       <c r="E271" s="2" t="s">
-        <v>533</v>
-[...1 lines deleted...]
-      <c r="F271" s="2"/>
+        <v>1055</v>
+      </c>
+      <c r="F271" s="2" t="s">
+        <v>1056</v>
+      </c>
     </row>
     <row r="272" spans="1:6">
       <c r="A272" t="s">
-        <v>516</v>
+        <v>1020</v>
       </c>
       <c r="B272" t="s">
-        <v>516</v>
+        <v>1021</v>
       </c>
       <c r="C272" t="s">
-        <v>534</v>
+        <v>1057</v>
       </c>
       <c r="D272" t="s">
-        <v>534</v>
+        <v>1058</v>
       </c>
       <c r="E272" s="2" t="s">
-        <v>535</v>
-[...1 lines deleted...]
-      <c r="F272" s="2"/>
+        <v>1059</v>
+      </c>
+      <c r="F272" s="2" t="s">
+        <v>1060</v>
+      </c>
     </row>
     <row r="273" spans="1:6">
       <c r="A273" t="s">
-        <v>516</v>
+        <v>1020</v>
       </c>
       <c r="B273" t="s">
-        <v>516</v>
+        <v>1021</v>
       </c>
       <c r="C273" t="s">
-        <v>536</v>
+        <v>1061</v>
       </c>
       <c r="D273" t="s">
-        <v>536</v>
+        <v>1062</v>
       </c>
       <c r="E273" s="2" t="s">
-        <v>537</v>
-[...1 lines deleted...]
-      <c r="F273" s="2"/>
+        <v>1063</v>
+      </c>
+      <c r="F273" s="2" t="s">
+        <v>1064</v>
+      </c>
     </row>
     <row r="274" spans="1:6">
       <c r="A274" t="s">
-        <v>516</v>
+        <v>1020</v>
       </c>
       <c r="B274" t="s">
-        <v>516</v>
+        <v>1021</v>
       </c>
       <c r="C274" t="s">
-        <v>193</v>
+        <v>377</v>
       </c>
       <c r="D274" t="s">
-        <v>193</v>
+        <v>378</v>
       </c>
       <c r="E274" s="2" t="s">
-        <v>194</v>
-[...1 lines deleted...]
-      <c r="F274" s="2"/>
+        <v>379</v>
+      </c>
+      <c r="F274" s="2" t="s">
+        <v>1065</v>
+      </c>
     </row>
     <row r="275" spans="1:6">
       <c r="A275" t="s">
-        <v>516</v>
+        <v>1020</v>
       </c>
       <c r="B275" t="s">
-        <v>516</v>
+        <v>1021</v>
       </c>
       <c r="C275" t="s">
-        <v>197</v>
+        <v>385</v>
       </c>
       <c r="D275" t="s">
-        <v>197</v>
+        <v>386</v>
       </c>
       <c r="E275" s="2" t="s">
-        <v>538</v>
-[...1 lines deleted...]
-      <c r="F275" s="2"/>
+        <v>1066</v>
+      </c>
+      <c r="F275" s="2" t="s">
+        <v>1067</v>
+      </c>
     </row>
     <row r="276" spans="1:6">
       <c r="A276" t="s">
-        <v>516</v>
+        <v>1020</v>
       </c>
       <c r="B276" t="s">
-        <v>516</v>
+        <v>1021</v>
       </c>
       <c r="C276" t="s">
-        <v>539</v>
+        <v>1068</v>
       </c>
       <c r="D276" t="s">
-        <v>539</v>
+        <v>1069</v>
       </c>
       <c r="E276" s="2" t="s">
-        <v>540</v>
-[...1 lines deleted...]
-      <c r="F276" s="2"/>
+        <v>1070</v>
+      </c>
+      <c r="F276" s="2" t="s">
+        <v>1071</v>
+      </c>
     </row>
     <row r="277" spans="1:6">
       <c r="A277" t="s">
-        <v>516</v>
+        <v>1020</v>
       </c>
       <c r="B277" t="s">
-        <v>516</v>
+        <v>1021</v>
       </c>
       <c r="C277" t="s">
-        <v>541</v>
+        <v>1072</v>
       </c>
       <c r="D277" t="s">
-        <v>541</v>
+        <v>1073</v>
       </c>
       <c r="E277" s="2" t="s">
-        <v>542</v>
-[...1 lines deleted...]
-      <c r="F277" s="2"/>
+        <v>1074</v>
+      </c>
+      <c r="F277" s="2" t="s">
+        <v>1075</v>
+      </c>
     </row>
     <row r="278" spans="1:6">
       <c r="A278" t="s">
-        <v>516</v>
+        <v>1020</v>
       </c>
       <c r="B278" t="s">
-        <v>516</v>
+        <v>1021</v>
       </c>
       <c r="C278" t="s">
-        <v>543</v>
+        <v>1076</v>
       </c>
       <c r="D278" t="s">
-        <v>543</v>
+        <v>1077</v>
       </c>
       <c r="E278" s="2" t="s">
-        <v>544</v>
-[...1 lines deleted...]
-      <c r="F278" s="2"/>
+        <v>1078</v>
+      </c>
+      <c r="F278" s="2" t="s">
+        <v>1079</v>
+      </c>
     </row>
     <row r="279" spans="1:6">
       <c r="A279" t="s">
-        <v>516</v>
+        <v>1020</v>
       </c>
       <c r="B279" t="s">
-        <v>516</v>
+        <v>1021</v>
       </c>
       <c r="C279" t="s">
-        <v>199</v>
+        <v>389</v>
       </c>
       <c r="D279" t="s">
-        <v>199</v>
+        <v>390</v>
       </c>
       <c r="E279" s="2" t="s">
-        <v>545</v>
-[...1 lines deleted...]
-      <c r="F279" s="2"/>
+        <v>1080</v>
+      </c>
+      <c r="F279" s="2" t="s">
+        <v>1081</v>
+      </c>
     </row>
     <row r="280" spans="1:6">
       <c r="A280" t="s">
-        <v>516</v>
+        <v>1020</v>
       </c>
       <c r="B280" t="s">
-        <v>516</v>
+        <v>1021</v>
       </c>
       <c r="C280" t="s">
-        <v>546</v>
+        <v>1082</v>
       </c>
       <c r="D280" t="s">
-        <v>546</v>
+        <v>1083</v>
       </c>
       <c r="E280" s="2" t="s">
-        <v>547</v>
-[...1 lines deleted...]
-      <c r="F280" s="2"/>
+        <v>1084</v>
+      </c>
+      <c r="F280" s="2" t="s">
+        <v>1085</v>
+      </c>
     </row>
     <row r="281" spans="1:6">
       <c r="A281" t="s">
-        <v>548</v>
+        <v>1086</v>
       </c>
       <c r="B281" t="s">
-        <v>548</v>
+        <v>1087</v>
       </c>
       <c r="C281" t="s">
-        <v>549</v>
+        <v>1088</v>
       </c>
       <c r="D281" t="s">
-        <v>549</v>
+        <v>1088</v>
       </c>
       <c r="E281" s="2" t="s">
-        <v>550</v>
-[...1 lines deleted...]
-      <c r="F281" s="2"/>
+        <v>1089</v>
+      </c>
+      <c r="F281" s="2" t="s">
+        <v>1090</v>
+      </c>
     </row>
     <row r="282" spans="1:6">
       <c r="A282" t="s">
-        <v>548</v>
+        <v>1086</v>
       </c>
       <c r="B282" t="s">
-        <v>548</v>
+        <v>1087</v>
       </c>
       <c r="C282" t="s">
-        <v>551</v>
+        <v>1091</v>
       </c>
       <c r="D282" t="s">
-        <v>551</v>
+        <v>1092</v>
       </c>
       <c r="E282" s="2" t="s">
-        <v>552</v>
-[...1 lines deleted...]
-      <c r="F282" s="2"/>
+        <v>1093</v>
+      </c>
+      <c r="F282" s="2" t="s">
+        <v>1094</v>
+      </c>
     </row>
     <row r="283" spans="1:6">
       <c r="A283" t="s">
-        <v>548</v>
+        <v>1086</v>
       </c>
       <c r="B283" t="s">
-        <v>548</v>
+        <v>1087</v>
       </c>
       <c r="C283" t="s">
-        <v>553</v>
+        <v>1095</v>
       </c>
       <c r="D283" t="s">
-        <v>553</v>
+        <v>1096</v>
       </c>
       <c r="E283" s="2" t="s">
-        <v>554</v>
-[...1 lines deleted...]
-      <c r="F283" s="2"/>
+        <v>1097</v>
+      </c>
+      <c r="F283" s="2" t="s">
+        <v>1098</v>
+      </c>
     </row>
     <row r="284" spans="1:6">
       <c r="A284" t="s">
-        <v>548</v>
+        <v>1086</v>
       </c>
       <c r="B284" t="s">
-        <v>548</v>
+        <v>1087</v>
       </c>
       <c r="C284" t="s">
-        <v>555</v>
+        <v>1099</v>
       </c>
       <c r="D284" t="s">
-        <v>555</v>
+        <v>1100</v>
       </c>
       <c r="E284" s="2" t="s">
-        <v>556</v>
-[...1 lines deleted...]
-      <c r="F284" s="2"/>
+        <v>1101</v>
+      </c>
+      <c r="F284" s="2" t="s">
+        <v>1102</v>
+      </c>
     </row>
     <row r="285" spans="1:6">
       <c r="A285" t="s">
-        <v>548</v>
+        <v>1086</v>
       </c>
       <c r="B285" t="s">
-        <v>548</v>
+        <v>1087</v>
       </c>
       <c r="C285" t="s">
-        <v>557</v>
+        <v>1103</v>
       </c>
       <c r="D285" t="s">
-        <v>557</v>
+        <v>1104</v>
       </c>
       <c r="E285" s="2" t="s">
-        <v>558</v>
-[...1 lines deleted...]
-      <c r="F285" s="2"/>
+        <v>1105</v>
+      </c>
+      <c r="F285" s="2" t="s">
+        <v>1106</v>
+      </c>
     </row>
     <row r="286" spans="1:6">
       <c r="A286" t="s">
-        <v>548</v>
+        <v>1086</v>
       </c>
       <c r="B286" t="s">
-        <v>548</v>
+        <v>1087</v>
       </c>
       <c r="C286" t="s">
-        <v>559</v>
+        <v>1107</v>
       </c>
       <c r="D286" t="s">
-        <v>559</v>
+        <v>1108</v>
       </c>
       <c r="E286" s="2" t="s">
-        <v>560</v>
-[...1 lines deleted...]
-      <c r="F286" s="2"/>
+        <v>1109</v>
+      </c>
+      <c r="F286" s="2" t="s">
+        <v>1110</v>
+      </c>
     </row>
     <row r="287" spans="1:6">
       <c r="A287" t="s">
-        <v>548</v>
+        <v>1086</v>
       </c>
       <c r="B287" t="s">
-        <v>548</v>
+        <v>1087</v>
       </c>
       <c r="C287" t="s">
-        <v>561</v>
+        <v>1111</v>
       </c>
       <c r="D287" t="s">
-        <v>561</v>
+        <v>1112</v>
       </c>
       <c r="E287" s="2" t="s">
-        <v>562</v>
-[...1 lines deleted...]
-      <c r="F287" s="2"/>
+        <v>1113</v>
+      </c>
+      <c r="F287" s="2" t="s">
+        <v>1114</v>
+      </c>
     </row>
     <row r="288" spans="1:6">
       <c r="A288" t="s">
-        <v>548</v>
+        <v>1086</v>
       </c>
       <c r="B288" t="s">
-        <v>548</v>
+        <v>1087</v>
       </c>
       <c r="C288" t="s">
-        <v>563</v>
+        <v>1115</v>
       </c>
       <c r="D288" t="s">
-        <v>563</v>
+        <v>1116</v>
       </c>
       <c r="E288" s="2" t="s">
-        <v>564</v>
-[...1 lines deleted...]
-      <c r="F288" s="2"/>
+        <v>1117</v>
+      </c>
+      <c r="F288" s="2" t="s">
+        <v>1118</v>
+      </c>
     </row>
     <row r="289" spans="1:6">
       <c r="A289" t="s">
-        <v>565</v>
+        <v>1119</v>
       </c>
       <c r="B289" t="s">
-        <v>565</v>
+        <v>1120</v>
       </c>
       <c r="C289" t="s">
-        <v>566</v>
+        <v>1121</v>
       </c>
       <c r="D289" t="s">
-        <v>566</v>
+        <v>1122</v>
       </c>
       <c r="E289" s="2" t="s">
-        <v>567</v>
-[...1 lines deleted...]
-      <c r="F289" s="2"/>
+        <v>1123</v>
+      </c>
+      <c r="F289" s="2" t="s">
+        <v>1124</v>
+      </c>
     </row>
     <row r="290" spans="1:6">
       <c r="A290" t="s">
-        <v>565</v>
+        <v>1119</v>
       </c>
       <c r="B290" t="s">
-        <v>565</v>
+        <v>1120</v>
       </c>
       <c r="C290" t="s">
-        <v>568</v>
+        <v>1125</v>
       </c>
       <c r="D290" t="s">
-        <v>568</v>
+        <v>1126</v>
       </c>
       <c r="E290" s="2" t="s">
-        <v>569</v>
-[...1 lines deleted...]
-      <c r="F290" s="2"/>
+        <v>1127</v>
+      </c>
+      <c r="F290" s="2" t="s">
+        <v>1128</v>
+      </c>
     </row>
     <row r="291" spans="1:6">
       <c r="A291" t="s">
-        <v>565</v>
+        <v>1119</v>
       </c>
       <c r="B291" t="s">
-        <v>565</v>
+        <v>1120</v>
       </c>
       <c r="C291" t="s">
-        <v>570</v>
+        <v>1129</v>
       </c>
       <c r="D291" t="s">
-        <v>570</v>
+        <v>1130</v>
       </c>
       <c r="E291" s="2" t="s">
-        <v>571</v>
-[...1 lines deleted...]
-      <c r="F291" s="2"/>
+        <v>1131</v>
+      </c>
+      <c r="F291" s="2" t="s">
+        <v>1132</v>
+      </c>
     </row>
     <row r="292" spans="1:6">
       <c r="A292" t="s">
-        <v>565</v>
+        <v>1119</v>
       </c>
       <c r="B292" t="s">
-        <v>565</v>
+        <v>1120</v>
       </c>
       <c r="C292" t="s">
-        <v>142</v>
+        <v>275</v>
       </c>
       <c r="D292" t="s">
-        <v>142</v>
+        <v>276</v>
       </c>
       <c r="E292" s="2" t="s">
-        <v>572</v>
-[...1 lines deleted...]
-      <c r="F292" s="2"/>
+        <v>1133</v>
+      </c>
+      <c r="F292" s="2" t="s">
+        <v>1134</v>
+      </c>
     </row>
     <row r="293" spans="1:6">
       <c r="A293" t="s">
-        <v>565</v>
+        <v>1119</v>
       </c>
       <c r="B293" t="s">
-        <v>565</v>
+        <v>1120</v>
       </c>
       <c r="C293" t="s">
-        <v>573</v>
+        <v>1135</v>
       </c>
       <c r="D293" t="s">
-        <v>573</v>
+        <v>1136</v>
       </c>
       <c r="E293" s="2" t="s">
-        <v>574</v>
-[...1 lines deleted...]
-      <c r="F293" s="2"/>
+        <v>1137</v>
+      </c>
+      <c r="F293" s="2" t="s">
+        <v>1138</v>
+      </c>
     </row>
     <row r="294" spans="1:6">
       <c r="A294" t="s">
-        <v>565</v>
+        <v>1119</v>
       </c>
       <c r="B294" t="s">
-        <v>565</v>
+        <v>1120</v>
       </c>
       <c r="C294" t="s">
-        <v>575</v>
+        <v>1139</v>
       </c>
       <c r="D294" t="s">
-        <v>575</v>
+        <v>1140</v>
       </c>
       <c r="E294" s="2" t="s">
-        <v>576</v>
-[...1 lines deleted...]
-      <c r="F294" s="2"/>
+        <v>1141</v>
+      </c>
+      <c r="F294" s="2" t="s">
+        <v>1142</v>
+      </c>
     </row>
     <row r="295" spans="1:6">
       <c r="A295" t="s">
-        <v>565</v>
+        <v>1119</v>
       </c>
       <c r="B295" t="s">
-        <v>565</v>
+        <v>1120</v>
       </c>
       <c r="C295" t="s">
-        <v>577</v>
+        <v>1143</v>
       </c>
       <c r="D295" t="s">
-        <v>577</v>
+        <v>1144</v>
       </c>
       <c r="E295" s="2" t="s">
-        <v>578</v>
-[...1 lines deleted...]
-      <c r="F295" s="2"/>
+        <v>1145</v>
+      </c>
+      <c r="F295" s="2" t="s">
+        <v>1146</v>
+      </c>
     </row>
     <row r="296" spans="1:6">
       <c r="A296" t="s">
-        <v>565</v>
+        <v>1119</v>
       </c>
       <c r="B296" t="s">
-        <v>565</v>
+        <v>1120</v>
       </c>
       <c r="C296" t="s">
-        <v>579</v>
+        <v>1147</v>
       </c>
       <c r="D296" t="s">
-        <v>579</v>
+        <v>1148</v>
       </c>
       <c r="E296" s="2" t="s">
-        <v>580</v>
-[...1 lines deleted...]
-      <c r="F296" s="2"/>
+        <v>1149</v>
+      </c>
+      <c r="F296" s="2" t="s">
+        <v>1150</v>
+      </c>
     </row>
     <row r="297" spans="1:6">
       <c r="A297" t="s">
-        <v>565</v>
+        <v>1119</v>
       </c>
       <c r="B297" t="s">
-        <v>565</v>
+        <v>1120</v>
       </c>
       <c r="C297" t="s">
-        <v>581</v>
+        <v>1151</v>
       </c>
       <c r="D297" t="s">
-        <v>581</v>
+        <v>1152</v>
       </c>
       <c r="E297" s="2" t="s">
-        <v>582</v>
-[...1 lines deleted...]
-      <c r="F297" s="2"/>
+        <v>1153</v>
+      </c>
+      <c r="F297" s="2" t="s">
+        <v>1154</v>
+      </c>
     </row>
     <row r="298" spans="1:6">
       <c r="A298" t="s">
-        <v>565</v>
+        <v>1119</v>
       </c>
       <c r="B298" t="s">
-        <v>565</v>
+        <v>1120</v>
       </c>
       <c r="C298" t="s">
-        <v>583</v>
+        <v>1155</v>
       </c>
       <c r="D298" t="s">
-        <v>583</v>
+        <v>1156</v>
       </c>
       <c r="E298" s="2" t="s">
-        <v>584</v>
-[...1 lines deleted...]
-      <c r="F298" s="2"/>
+        <v>1157</v>
+      </c>
+      <c r="F298" s="2" t="s">
+        <v>1158</v>
+      </c>
     </row>
     <row r="299" spans="1:6">
       <c r="A299" t="s">
-        <v>565</v>
+        <v>1119</v>
       </c>
       <c r="B299" t="s">
-        <v>565</v>
+        <v>1120</v>
       </c>
       <c r="C299" t="s">
-        <v>585</v>
+        <v>1159</v>
       </c>
       <c r="D299" t="s">
-        <v>585</v>
+        <v>1160</v>
       </c>
       <c r="E299" s="2" t="s">
-        <v>586</v>
-[...1 lines deleted...]
-      <c r="F299" s="2"/>
+        <v>1161</v>
+      </c>
+      <c r="F299" s="2" t="s">
+        <v>1162</v>
+      </c>
     </row>
     <row r="300" spans="1:6">
       <c r="A300" t="s">
-        <v>565</v>
+        <v>1119</v>
       </c>
       <c r="B300" t="s">
-        <v>565</v>
+        <v>1120</v>
       </c>
       <c r="C300" t="s">
-        <v>587</v>
+        <v>1163</v>
       </c>
       <c r="D300" t="s">
-        <v>587</v>
+        <v>1009</v>
       </c>
       <c r="E300" s="2" t="s">
-        <v>588</v>
-[...1 lines deleted...]
-      <c r="F300" s="2"/>
+        <v>1164</v>
+      </c>
+      <c r="F300" s="2" t="s">
+        <v>1165</v>
+      </c>
     </row>
     <row r="301" spans="1:6">
       <c r="A301" t="s">
-        <v>565</v>
+        <v>1119</v>
       </c>
       <c r="B301" t="s">
-        <v>565</v>
+        <v>1120</v>
       </c>
       <c r="C301" t="s">
-        <v>589</v>
+        <v>1166</v>
       </c>
       <c r="D301" t="s">
-        <v>589</v>
+        <v>1167</v>
       </c>
       <c r="E301" s="2" t="s">
-        <v>590</v>
-[...1 lines deleted...]
-      <c r="F301" s="2"/>
+        <v>1168</v>
+      </c>
+      <c r="F301" s="2" t="s">
+        <v>1169</v>
+      </c>
     </row>
     <row r="302" spans="1:6">
       <c r="A302" t="s">
-        <v>565</v>
+        <v>1119</v>
       </c>
       <c r="B302" t="s">
-        <v>565</v>
+        <v>1120</v>
       </c>
       <c r="C302" t="s">
-        <v>591</v>
+        <v>1170</v>
       </c>
       <c r="D302" t="s">
-        <v>591</v>
+        <v>1171</v>
       </c>
       <c r="E302" s="2" t="s">
-        <v>592</v>
-[...1 lines deleted...]
-      <c r="F302" s="2"/>
+        <v>1172</v>
+      </c>
+      <c r="F302" s="2" t="s">
+        <v>1173</v>
+      </c>
     </row>
     <row r="303" spans="1:6">
       <c r="A303" t="s">
-        <v>593</v>
+        <v>1174</v>
       </c>
       <c r="B303" t="s">
-        <v>593</v>
+        <v>1175</v>
       </c>
       <c r="C303" t="s">
-        <v>594</v>
+        <v>1176</v>
       </c>
       <c r="D303" t="s">
-        <v>594</v>
+        <v>1177</v>
       </c>
       <c r="E303" s="2" t="s">
-        <v>595</v>
-[...1 lines deleted...]
-      <c r="F303" s="2"/>
+        <v>1178</v>
+      </c>
+      <c r="F303" s="2" t="s">
+        <v>1179</v>
+      </c>
     </row>
     <row r="304" spans="1:6">
       <c r="A304" t="s">
-        <v>593</v>
+        <v>1174</v>
       </c>
       <c r="B304" t="s">
-        <v>593</v>
+        <v>1175</v>
       </c>
       <c r="C304" t="s">
-        <v>596</v>
+        <v>1180</v>
       </c>
       <c r="D304" t="s">
-        <v>596</v>
+        <v>1181</v>
       </c>
       <c r="E304" s="2" t="s">
-        <v>597</v>
-[...1 lines deleted...]
-      <c r="F304" s="2"/>
+        <v>1182</v>
+      </c>
+      <c r="F304" s="2" t="s">
+        <v>1183</v>
+      </c>
     </row>
     <row r="305" spans="1:6">
       <c r="A305" t="s">
-        <v>593</v>
+        <v>1174</v>
       </c>
       <c r="B305" t="s">
-        <v>593</v>
+        <v>1175</v>
       </c>
       <c r="C305" t="s">
-        <v>598</v>
+        <v>1184</v>
       </c>
       <c r="D305" t="s">
-        <v>598</v>
+        <v>1185</v>
       </c>
       <c r="E305" s="2" t="s">
-        <v>599</v>
-[...1 lines deleted...]
-      <c r="F305" s="2"/>
+        <v>1186</v>
+      </c>
+      <c r="F305" s="2" t="s">
+        <v>1187</v>
+      </c>
     </row>
     <row r="306" spans="1:6">
       <c r="A306" t="s">
-        <v>593</v>
+        <v>1174</v>
       </c>
       <c r="B306" t="s">
-        <v>593</v>
+        <v>1175</v>
       </c>
       <c r="C306" t="s">
-        <v>600</v>
+        <v>1188</v>
       </c>
       <c r="D306" t="s">
-        <v>600</v>
+        <v>1189</v>
       </c>
       <c r="E306" s="2" t="s">
-        <v>601</v>
-[...1 lines deleted...]
-      <c r="F306" s="2"/>
+        <v>1190</v>
+      </c>
+      <c r="F306" s="2" t="s">
+        <v>1191</v>
+      </c>
     </row>
     <row r="307" spans="1:6">
       <c r="A307" t="s">
-        <v>593</v>
+        <v>1174</v>
       </c>
       <c r="B307" t="s">
-        <v>593</v>
+        <v>1175</v>
       </c>
       <c r="C307" t="s">
-        <v>602</v>
+        <v>1192</v>
       </c>
       <c r="D307" t="s">
-        <v>602</v>
+        <v>1193</v>
       </c>
       <c r="E307" s="2" t="s">
-        <v>603</v>
-[...1 lines deleted...]
-      <c r="F307" s="2"/>
+        <v>1194</v>
+      </c>
+      <c r="F307" s="2" t="s">
+        <v>1195</v>
+      </c>
     </row>
     <row r="308" spans="1:6">
       <c r="A308" t="s">
-        <v>593</v>
+        <v>1174</v>
       </c>
       <c r="B308" t="s">
-        <v>593</v>
+        <v>1175</v>
       </c>
       <c r="C308" t="s">
-        <v>604</v>
+        <v>1196</v>
       </c>
       <c r="D308" t="s">
-        <v>604</v>
+        <v>1197</v>
       </c>
       <c r="E308" s="2" t="s">
-        <v>605</v>
-[...1 lines deleted...]
-      <c r="F308" s="2"/>
+        <v>1198</v>
+      </c>
+      <c r="F308" s="2" t="s">
+        <v>1199</v>
+      </c>
     </row>
     <row r="309" spans="1:6">
       <c r="A309" t="s">
-        <v>593</v>
+        <v>1174</v>
       </c>
       <c r="B309" t="s">
-        <v>593</v>
+        <v>1175</v>
       </c>
       <c r="C309" t="s">
-        <v>606</v>
+        <v>1200</v>
       </c>
       <c r="D309" t="s">
-        <v>606</v>
+        <v>1201</v>
       </c>
       <c r="E309" s="2" t="s">
-        <v>607</v>
-[...1 lines deleted...]
-      <c r="F309" s="2"/>
+        <v>1202</v>
+      </c>
+      <c r="F309" s="2" t="s">
+        <v>1203</v>
+      </c>
     </row>
     <row r="310" spans="1:6">
       <c r="A310" t="s">
-        <v>593</v>
+        <v>1174</v>
       </c>
       <c r="B310" t="s">
-        <v>593</v>
+        <v>1175</v>
       </c>
       <c r="C310" t="s">
-        <v>608</v>
+        <v>1204</v>
       </c>
       <c r="D310" t="s">
-        <v>608</v>
+        <v>1205</v>
       </c>
       <c r="E310" s="2" t="s">
-        <v>609</v>
-[...1 lines deleted...]
-      <c r="F310" s="2"/>
+        <v>1206</v>
+      </c>
+      <c r="F310" s="2" t="s">
+        <v>1207</v>
+      </c>
     </row>
     <row r="311" spans="1:6">
       <c r="A311" t="s">
-        <v>593</v>
+        <v>1174</v>
       </c>
       <c r="B311" t="s">
-        <v>593</v>
+        <v>1175</v>
       </c>
       <c r="C311" t="s">
-        <v>610</v>
+        <v>1208</v>
       </c>
       <c r="D311" t="s">
-        <v>610</v>
+        <v>1209</v>
       </c>
       <c r="E311" s="2" t="s">
-        <v>611</v>
-[...1 lines deleted...]
-      <c r="F311" s="2"/>
+        <v>1210</v>
+      </c>
+      <c r="F311" s="2" t="s">
+        <v>1211</v>
+      </c>
     </row>
     <row r="312" spans="1:6">
       <c r="A312" t="s">
-        <v>593</v>
+        <v>1174</v>
       </c>
       <c r="B312" t="s">
-        <v>593</v>
+        <v>1175</v>
       </c>
       <c r="C312" t="s">
-        <v>612</v>
+        <v>1212</v>
       </c>
       <c r="D312" t="s">
-        <v>612</v>
+        <v>1213</v>
       </c>
       <c r="E312" s="2" t="s">
-        <v>613</v>
-[...1 lines deleted...]
-      <c r="F312" s="2"/>
+        <v>1214</v>
+      </c>
+      <c r="F312" s="2" t="s">
+        <v>1215</v>
+      </c>
     </row>
     <row r="313" spans="1:6">
       <c r="A313" t="s">
-        <v>593</v>
+        <v>1174</v>
       </c>
       <c r="B313" t="s">
-        <v>593</v>
+        <v>1175</v>
       </c>
       <c r="C313" t="s">
-        <v>614</v>
+        <v>1216</v>
       </c>
       <c r="D313" t="s">
-        <v>614</v>
+        <v>1217</v>
       </c>
       <c r="E313" s="2" t="s">
-        <v>615</v>
-[...1 lines deleted...]
-      <c r="F313" s="2"/>
+        <v>1218</v>
+      </c>
+      <c r="F313" s="2" t="s">
+        <v>1219</v>
+      </c>
     </row>
     <row r="314" spans="1:6">
       <c r="A314" t="s">
-        <v>593</v>
+        <v>1174</v>
       </c>
       <c r="B314" t="s">
-        <v>593</v>
+        <v>1175</v>
       </c>
       <c r="C314" t="s">
-        <v>616</v>
+        <v>1220</v>
       </c>
       <c r="D314" t="s">
-        <v>616</v>
+        <v>1221</v>
       </c>
       <c r="E314" s="2" t="s">
-        <v>617</v>
-[...1 lines deleted...]
-      <c r="F314" s="2"/>
+        <v>1222</v>
+      </c>
+      <c r="F314" s="2" t="s">
+        <v>1223</v>
+      </c>
     </row>
     <row r="315" spans="1:6">
       <c r="A315" t="s">
-        <v>593</v>
+        <v>1174</v>
       </c>
       <c r="B315" t="s">
-        <v>593</v>
+        <v>1175</v>
       </c>
       <c r="C315" t="s">
-        <v>618</v>
+        <v>1224</v>
       </c>
       <c r="D315" t="s">
-        <v>618</v>
+        <v>1225</v>
       </c>
       <c r="E315" s="2" t="s">
-        <v>619</v>
-[...1 lines deleted...]
-      <c r="F315" s="2"/>
+        <v>1226</v>
+      </c>
+      <c r="F315" s="2" t="s">
+        <v>1227</v>
+      </c>
     </row>
     <row r="316" spans="1:6">
       <c r="A316" t="s">
-        <v>593</v>
+        <v>1174</v>
       </c>
       <c r="B316" t="s">
-        <v>593</v>
+        <v>1175</v>
       </c>
       <c r="C316" t="s">
-        <v>620</v>
+        <v>1228</v>
       </c>
       <c r="D316" t="s">
-        <v>620</v>
+        <v>1229</v>
       </c>
       <c r="E316" s="2" t="s">
-        <v>621</v>
-[...1 lines deleted...]
-      <c r="F316" s="2"/>
+        <v>1230</v>
+      </c>
+      <c r="F316" s="2" t="s">
+        <v>1231</v>
+      </c>
     </row>
     <row r="317" spans="1:6">
       <c r="A317" t="s">
-        <v>593</v>
+        <v>1174</v>
       </c>
       <c r="B317" t="s">
-        <v>593</v>
+        <v>1175</v>
       </c>
       <c r="C317" t="s">
-        <v>622</v>
+        <v>1232</v>
       </c>
       <c r="D317" t="s">
-        <v>622</v>
+        <v>1233</v>
       </c>
       <c r="E317" s="2" t="s">
-        <v>623</v>
-[...1 lines deleted...]
-      <c r="F317" s="2"/>
+        <v>1234</v>
+      </c>
+      <c r="F317" s="2" t="s">
+        <v>1235</v>
+      </c>
     </row>
     <row r="318" spans="1:6">
       <c r="A318" t="s">
-        <v>593</v>
+        <v>1174</v>
       </c>
       <c r="B318" t="s">
-        <v>593</v>
+        <v>1175</v>
       </c>
       <c r="C318" t="s">
-        <v>624</v>
+        <v>1236</v>
       </c>
       <c r="D318" t="s">
-        <v>624</v>
+        <v>824</v>
       </c>
       <c r="E318" s="2" t="s">
-        <v>625</v>
-[...1 lines deleted...]
-      <c r="F318" s="2"/>
+        <v>1237</v>
+      </c>
+      <c r="F318" s="2" t="s">
+        <v>1238</v>
+      </c>
     </row>
     <row r="319" spans="1:6">
       <c r="A319" t="s">
-        <v>593</v>
+        <v>1174</v>
       </c>
       <c r="B319" t="s">
-        <v>593</v>
+        <v>1175</v>
       </c>
       <c r="C319" t="s">
-        <v>626</v>
+        <v>1239</v>
       </c>
       <c r="D319" t="s">
-        <v>626</v>
+        <v>1240</v>
       </c>
       <c r="E319" s="2" t="s">
-        <v>627</v>
-[...1 lines deleted...]
-      <c r="F319" s="2"/>
+        <v>1241</v>
+      </c>
+      <c r="F319" s="2" t="s">
+        <v>1242</v>
+      </c>
     </row>
     <row r="320" spans="1:6">
       <c r="A320" t="s">
-        <v>593</v>
+        <v>1174</v>
       </c>
       <c r="B320" t="s">
-        <v>593</v>
+        <v>1175</v>
       </c>
       <c r="C320" t="s">
-        <v>628</v>
+        <v>1243</v>
       </c>
       <c r="D320" t="s">
-        <v>628</v>
+        <v>1244</v>
       </c>
       <c r="E320" s="2" t="s">
-        <v>629</v>
-[...1 lines deleted...]
-      <c r="F320" s="2"/>
+        <v>1245</v>
+      </c>
+      <c r="F320" s="2" t="s">
+        <v>1246</v>
+      </c>
     </row>
     <row r="321" spans="1:6">
       <c r="A321" t="s">
-        <v>593</v>
+        <v>1174</v>
       </c>
       <c r="B321" t="s">
-        <v>593</v>
+        <v>1175</v>
       </c>
       <c r="C321" t="s">
-        <v>630</v>
+        <v>1247</v>
       </c>
       <c r="D321" t="s">
-        <v>630</v>
+        <v>1248</v>
       </c>
       <c r="E321" s="2" t="s">
-        <v>631</v>
-[...1 lines deleted...]
-      <c r="F321" s="2"/>
+        <v>1249</v>
+      </c>
+      <c r="F321" s="2" t="s">
+        <v>1250</v>
+      </c>
     </row>
     <row r="322" spans="1:6">
       <c r="A322" t="s">
-        <v>593</v>
+        <v>1174</v>
       </c>
       <c r="B322" t="s">
-        <v>593</v>
+        <v>1175</v>
       </c>
       <c r="C322" t="s">
-        <v>632</v>
+        <v>1251</v>
       </c>
       <c r="D322" t="s">
-        <v>632</v>
+        <v>1252</v>
       </c>
       <c r="E322" s="2" t="s">
-        <v>633</v>
-[...1 lines deleted...]
-      <c r="F322" s="2"/>
+        <v>1253</v>
+      </c>
+      <c r="F322" s="2" t="s">
+        <v>1254</v>
+      </c>
     </row>
     <row r="323" spans="1:6">
       <c r="A323" t="s">
-        <v>593</v>
+        <v>1174</v>
       </c>
       <c r="B323" t="s">
-        <v>593</v>
+        <v>1175</v>
       </c>
       <c r="C323" t="s">
-        <v>634</v>
+        <v>1255</v>
       </c>
       <c r="D323" t="s">
-        <v>634</v>
+        <v>1256</v>
       </c>
       <c r="E323" s="2" t="s">
-        <v>635</v>
-[...1 lines deleted...]
-      <c r="F323" s="2"/>
+        <v>1257</v>
+      </c>
+      <c r="F323" s="2" t="s">
+        <v>1258</v>
+      </c>
     </row>
     <row r="324" spans="1:6">
       <c r="A324" t="s">
-        <v>593</v>
+        <v>1174</v>
       </c>
       <c r="B324" t="s">
-        <v>593</v>
+        <v>1175</v>
       </c>
       <c r="C324" t="s">
-        <v>636</v>
+        <v>1259</v>
       </c>
       <c r="D324" t="s">
-        <v>636</v>
+        <v>1260</v>
       </c>
       <c r="E324" s="2" t="s">
-        <v>637</v>
-[...1 lines deleted...]
-      <c r="F324" s="2"/>
+        <v>1261</v>
+      </c>
+      <c r="F324" s="2" t="s">
+        <v>1262</v>
+      </c>
     </row>
     <row r="325" spans="1:6">
       <c r="A325" t="s">
-        <v>593</v>
+        <v>1174</v>
       </c>
       <c r="B325" t="s">
-        <v>593</v>
+        <v>1175</v>
       </c>
       <c r="C325" t="s">
-        <v>638</v>
+        <v>1263</v>
       </c>
       <c r="D325" t="s">
-        <v>638</v>
+        <v>1264</v>
       </c>
       <c r="E325" s="2" t="s">
-        <v>639</v>
-[...1 lines deleted...]
-      <c r="F325" s="2"/>
+        <v>1265</v>
+      </c>
+      <c r="F325" s="2" t="s">
+        <v>1266</v>
+      </c>
     </row>
     <row r="326" spans="1:6">
       <c r="A326" t="s">
-        <v>593</v>
+        <v>1174</v>
       </c>
       <c r="B326" t="s">
-        <v>593</v>
+        <v>1175</v>
       </c>
       <c r="C326" t="s">
-        <v>640</v>
+        <v>1267</v>
       </c>
       <c r="D326" t="s">
-        <v>640</v>
+        <v>1268</v>
       </c>
       <c r="E326" s="2" t="s">
-        <v>641</v>
-[...1 lines deleted...]
-      <c r="F326" s="2"/>
+        <v>1269</v>
+      </c>
+      <c r="F326" s="2" t="s">
+        <v>1270</v>
+      </c>
     </row>
     <row r="327" spans="1:6">
       <c r="A327" t="s">
-        <v>593</v>
+        <v>1174</v>
       </c>
       <c r="B327" t="s">
-        <v>593</v>
+        <v>1175</v>
       </c>
       <c r="C327" t="s">
-        <v>642</v>
+        <v>1271</v>
       </c>
       <c r="D327" t="s">
-        <v>642</v>
+        <v>1272</v>
       </c>
       <c r="E327" s="2" t="s">
-        <v>643</v>
-[...1 lines deleted...]
-      <c r="F327" s="2"/>
+        <v>1273</v>
+      </c>
+      <c r="F327" s="2" t="s">
+        <v>1274</v>
+      </c>
     </row>
     <row r="328" spans="1:6">
       <c r="A328" t="s">
-        <v>593</v>
+        <v>1174</v>
       </c>
       <c r="B328" t="s">
-        <v>593</v>
+        <v>1175</v>
       </c>
       <c r="C328" t="s">
-        <v>644</v>
+        <v>1275</v>
       </c>
       <c r="D328" t="s">
-        <v>644</v>
+        <v>1276</v>
       </c>
       <c r="E328" s="2" t="s">
-        <v>645</v>
-[...1 lines deleted...]
-      <c r="F328" s="2"/>
+        <v>1277</v>
+      </c>
+      <c r="F328" s="2" t="s">
+        <v>1278</v>
+      </c>
     </row>
     <row r="329" spans="1:6">
       <c r="A329" t="s">
-        <v>593</v>
+        <v>1174</v>
       </c>
       <c r="B329" t="s">
-        <v>593</v>
+        <v>1175</v>
       </c>
       <c r="C329" t="s">
-        <v>646</v>
+        <v>1279</v>
       </c>
       <c r="D329" t="s">
-        <v>646</v>
+        <v>1280</v>
       </c>
       <c r="E329" s="2" t="s">
-        <v>647</v>
-[...1 lines deleted...]
-      <c r="F329" s="2"/>
+        <v>1281</v>
+      </c>
+      <c r="F329" s="2" t="s">
+        <v>1282</v>
+      </c>
     </row>
     <row r="330" spans="1:6">
       <c r="A330" t="s">
-        <v>593</v>
+        <v>1174</v>
       </c>
       <c r="B330" t="s">
-        <v>593</v>
+        <v>1175</v>
       </c>
       <c r="C330" t="s">
-        <v>648</v>
+        <v>1283</v>
       </c>
       <c r="D330" t="s">
-        <v>648</v>
+        <v>1284</v>
       </c>
       <c r="E330" s="2" t="s">
-        <v>649</v>
-[...1 lines deleted...]
-      <c r="F330" s="2"/>
+        <v>1285</v>
+      </c>
+      <c r="F330" s="2" t="s">
+        <v>1286</v>
+      </c>
     </row>
     <row r="331" spans="1:6">
       <c r="A331" t="s">
-        <v>593</v>
+        <v>1174</v>
       </c>
       <c r="B331" t="s">
-        <v>593</v>
+        <v>1175</v>
       </c>
       <c r="C331" t="s">
-        <v>650</v>
+        <v>1287</v>
       </c>
       <c r="D331" t="s">
-        <v>650</v>
+        <v>1288</v>
       </c>
       <c r="E331" s="2" t="s">
-        <v>651</v>
-[...1 lines deleted...]
-      <c r="F331" s="2"/>
+        <v>1289</v>
+      </c>
+      <c r="F331" s="2" t="s">
+        <v>1290</v>
+      </c>
     </row>
     <row r="332" spans="1:6">
       <c r="A332" t="s">
-        <v>593</v>
+        <v>1174</v>
       </c>
       <c r="B332" t="s">
-        <v>593</v>
+        <v>1175</v>
       </c>
       <c r="C332" t="s">
-        <v>652</v>
+        <v>1291</v>
       </c>
       <c r="D332" t="s">
-        <v>652</v>
+        <v>1292</v>
       </c>
       <c r="E332" s="2" t="s">
-        <v>653</v>
-[...1 lines deleted...]
-      <c r="F332" s="2"/>
+        <v>1293</v>
+      </c>
+      <c r="F332" s="2" t="s">
+        <v>1294</v>
+      </c>
     </row>
     <row r="333" spans="1:6">
       <c r="A333" t="s">
-        <v>593</v>
+        <v>1174</v>
       </c>
       <c r="B333" t="s">
-        <v>593</v>
+        <v>1175</v>
       </c>
       <c r="C333" t="s">
-        <v>654</v>
+        <v>1295</v>
       </c>
       <c r="D333" t="s">
-        <v>654</v>
+        <v>1296</v>
       </c>
       <c r="E333" s="2" t="s">
-        <v>655</v>
-[...1 lines deleted...]
-      <c r="F333" s="2"/>
+        <v>1297</v>
+      </c>
+      <c r="F333" s="2" t="s">
+        <v>1298</v>
+      </c>
     </row>
     <row r="334" spans="1:6">
       <c r="A334" t="s">
-        <v>593</v>
+        <v>1174</v>
       </c>
       <c r="B334" t="s">
-        <v>593</v>
+        <v>1175</v>
       </c>
       <c r="C334" t="s">
-        <v>656</v>
+        <v>1299</v>
       </c>
       <c r="D334" t="s">
-        <v>656</v>
+        <v>1300</v>
       </c>
       <c r="E334" s="2" t="s">
-        <v>657</v>
-[...1 lines deleted...]
-      <c r="F334" s="2"/>
+        <v>1301</v>
+      </c>
+      <c r="F334" s="2" t="s">
+        <v>1302</v>
+      </c>
     </row>
     <row r="335" spans="1:6">
       <c r="A335" t="s">
-        <v>593</v>
+        <v>1174</v>
       </c>
       <c r="B335" t="s">
-        <v>593</v>
+        <v>1175</v>
       </c>
       <c r="C335" t="s">
-        <v>658</v>
+        <v>1303</v>
       </c>
       <c r="D335" t="s">
-        <v>658</v>
+        <v>1304</v>
       </c>
       <c r="E335" s="2" t="s">
-        <v>659</v>
-[...1 lines deleted...]
-      <c r="F335" s="2"/>
+        <v>1305</v>
+      </c>
+      <c r="F335" s="2" t="s">
+        <v>1306</v>
+      </c>
     </row>
     <row r="336" spans="1:6">
       <c r="A336" t="s">
-        <v>593</v>
+        <v>1174</v>
       </c>
       <c r="B336" t="s">
-        <v>593</v>
+        <v>1175</v>
       </c>
       <c r="C336" t="s">
-        <v>660</v>
+        <v>1307</v>
       </c>
       <c r="D336" t="s">
-        <v>660</v>
+        <v>1308</v>
       </c>
       <c r="E336" s="2" t="s">
-        <v>661</v>
-[...1 lines deleted...]
-      <c r="F336" s="2"/>
+        <v>1309</v>
+      </c>
+      <c r="F336" s="2" t="s">
+        <v>1310</v>
+      </c>
     </row>
     <row r="337" spans="1:6">
       <c r="A337" t="s">
-        <v>593</v>
+        <v>1174</v>
       </c>
       <c r="B337" t="s">
-        <v>593</v>
+        <v>1175</v>
       </c>
       <c r="C337" t="s">
-        <v>662</v>
+        <v>1311</v>
       </c>
       <c r="D337" t="s">
-        <v>662</v>
+        <v>1312</v>
       </c>
       <c r="E337" s="2" t="s">
-        <v>663</v>
-[...1 lines deleted...]
-      <c r="F337" s="2"/>
+        <v>1313</v>
+      </c>
+      <c r="F337" s="2" t="s">
+        <v>1314</v>
+      </c>
     </row>
     <row r="338" spans="1:6">
       <c r="A338" t="s">
-        <v>593</v>
+        <v>1174</v>
       </c>
       <c r="B338" t="s">
-        <v>593</v>
+        <v>1175</v>
       </c>
       <c r="C338" t="s">
-        <v>664</v>
+        <v>1315</v>
       </c>
       <c r="D338" t="s">
-        <v>664</v>
+        <v>1316</v>
       </c>
       <c r="E338" s="2" t="s">
-        <v>665</v>
-[...1 lines deleted...]
-      <c r="F338" s="2"/>
+        <v>1317</v>
+      </c>
+      <c r="F338" s="2" t="s">
+        <v>1318</v>
+      </c>
     </row>
     <row r="339" spans="1:6">
       <c r="A339" t="s">
-        <v>593</v>
+        <v>1174</v>
       </c>
       <c r="B339" t="s">
-        <v>593</v>
+        <v>1175</v>
       </c>
       <c r="C339" t="s">
-        <v>666</v>
+        <v>1319</v>
       </c>
       <c r="D339" t="s">
-        <v>666</v>
+        <v>1320</v>
       </c>
       <c r="E339" s="2" t="s">
-        <v>667</v>
-[...1 lines deleted...]
-      <c r="F339" s="2"/>
+        <v>1321</v>
+      </c>
+      <c r="F339" s="2" t="s">
+        <v>1322</v>
+      </c>
     </row>
     <row r="340" spans="1:6">
       <c r="A340" t="s">
-        <v>593</v>
+        <v>1174</v>
       </c>
       <c r="B340" t="s">
-        <v>593</v>
+        <v>1175</v>
       </c>
       <c r="C340" t="s">
-        <v>668</v>
+        <v>1323</v>
       </c>
       <c r="D340" t="s">
-        <v>668</v>
+        <v>1324</v>
       </c>
       <c r="E340" s="2" t="s">
-        <v>669</v>
-[...1 lines deleted...]
-      <c r="F340" s="2"/>
+        <v>1325</v>
+      </c>
+      <c r="F340" s="2" t="s">
+        <v>1326</v>
+      </c>
     </row>
     <row r="341" spans="1:6">
       <c r="A341" t="s">
-        <v>593</v>
+        <v>1174</v>
       </c>
       <c r="B341" t="s">
-        <v>593</v>
+        <v>1175</v>
       </c>
       <c r="C341" t="s">
-        <v>670</v>
+        <v>1327</v>
       </c>
       <c r="D341" t="s">
-        <v>670</v>
+        <v>1328</v>
       </c>
       <c r="E341" s="2" t="s">
-        <v>671</v>
-[...1 lines deleted...]
-      <c r="F341" s="2"/>
+        <v>1329</v>
+      </c>
+      <c r="F341" s="2" t="s">
+        <v>1330</v>
+      </c>
     </row>
     <row r="342" spans="1:6">
       <c r="A342" t="s">
-        <v>593</v>
+        <v>1174</v>
       </c>
       <c r="B342" t="s">
-        <v>593</v>
+        <v>1175</v>
       </c>
       <c r="C342" t="s">
-        <v>672</v>
+        <v>1331</v>
       </c>
       <c r="D342" t="s">
-        <v>672</v>
+        <v>1332</v>
       </c>
       <c r="E342" s="2" t="s">
-        <v>673</v>
-[...1 lines deleted...]
-      <c r="F342" s="2"/>
+        <v>1333</v>
+      </c>
+      <c r="F342" s="2" t="s">
+        <v>1334</v>
+      </c>
     </row>
     <row r="343" spans="1:6">
       <c r="A343" t="s">
-        <v>593</v>
+        <v>1174</v>
       </c>
       <c r="B343" t="s">
-        <v>593</v>
+        <v>1175</v>
       </c>
       <c r="C343" t="s">
-        <v>674</v>
+        <v>1335</v>
       </c>
       <c r="D343" t="s">
-        <v>674</v>
+        <v>1336</v>
       </c>
       <c r="E343" s="2" t="s">
-        <v>675</v>
-[...1 lines deleted...]
-      <c r="F343" s="2"/>
+        <v>1337</v>
+      </c>
+      <c r="F343" s="2" t="s">
+        <v>1338</v>
+      </c>
     </row>
     <row r="344" spans="1:6">
       <c r="A344" t="s">
-        <v>593</v>
+        <v>1174</v>
       </c>
       <c r="B344" t="s">
-        <v>593</v>
+        <v>1175</v>
       </c>
       <c r="C344" t="s">
-        <v>676</v>
+        <v>1339</v>
       </c>
       <c r="D344" t="s">
-        <v>676</v>
+        <v>1340</v>
       </c>
       <c r="E344" s="2" t="s">
-        <v>677</v>
-[...1 lines deleted...]
-      <c r="F344" s="2"/>
+        <v>1341</v>
+      </c>
+      <c r="F344" s="2" t="s">
+        <v>1342</v>
+      </c>
     </row>
     <row r="345" spans="1:6">
       <c r="A345" t="s">
-        <v>593</v>
+        <v>1174</v>
       </c>
       <c r="B345" t="s">
-        <v>593</v>
+        <v>1175</v>
       </c>
       <c r="C345" t="s">
-        <v>678</v>
+        <v>1343</v>
       </c>
       <c r="D345" t="s">
-        <v>678</v>
+        <v>1344</v>
       </c>
       <c r="E345" s="2" t="s">
-        <v>679</v>
-[...1 lines deleted...]
-      <c r="F345" s="2"/>
+        <v>1345</v>
+      </c>
+      <c r="F345" s="2" t="s">
+        <v>1346</v>
+      </c>
     </row>
     <row r="346" spans="1:6">
       <c r="A346" t="s">
-        <v>593</v>
+        <v>1174</v>
       </c>
       <c r="B346" t="s">
-        <v>593</v>
+        <v>1175</v>
       </c>
       <c r="C346" t="s">
-        <v>680</v>
+        <v>1347</v>
       </c>
       <c r="D346" t="s">
-        <v>680</v>
+        <v>1348</v>
       </c>
       <c r="E346" s="2" t="s">
-        <v>681</v>
-[...1 lines deleted...]
-      <c r="F346" s="2"/>
+        <v>1349</v>
+      </c>
+      <c r="F346" s="2" t="s">
+        <v>1350</v>
+      </c>
     </row>
     <row r="347" spans="1:6">
       <c r="A347" t="s">
-        <v>593</v>
+        <v>1174</v>
       </c>
       <c r="B347" t="s">
-        <v>593</v>
+        <v>1175</v>
       </c>
       <c r="C347" t="s">
-        <v>682</v>
+        <v>1351</v>
       </c>
       <c r="D347" t="s">
-        <v>682</v>
+        <v>1352</v>
       </c>
       <c r="E347" s="2" t="s">
-        <v>683</v>
-[...1 lines deleted...]
-      <c r="F347" s="2"/>
+        <v>1353</v>
+      </c>
+      <c r="F347" s="2" t="s">
+        <v>1354</v>
+      </c>
     </row>
     <row r="348" spans="1:6">
       <c r="A348" t="s">
-        <v>593</v>
+        <v>1174</v>
       </c>
       <c r="B348" t="s">
-        <v>593</v>
+        <v>1175</v>
       </c>
       <c r="C348" t="s">
-        <v>684</v>
+        <v>1355</v>
       </c>
       <c r="D348" t="s">
-        <v>684</v>
+        <v>1356</v>
       </c>
       <c r="E348" s="2" t="s">
-        <v>685</v>
-[...1 lines deleted...]
-      <c r="F348" s="2"/>
+        <v>1357</v>
+      </c>
+      <c r="F348" s="2" t="s">
+        <v>1358</v>
+      </c>
     </row>
     <row r="349" spans="1:6">
       <c r="A349" t="s">
-        <v>593</v>
+        <v>1174</v>
       </c>
       <c r="B349" t="s">
-        <v>593</v>
+        <v>1175</v>
       </c>
       <c r="C349" t="s">
-        <v>686</v>
+        <v>1359</v>
       </c>
       <c r="D349" t="s">
-        <v>686</v>
+        <v>1360</v>
       </c>
       <c r="E349" s="2" t="s">
-        <v>687</v>
-[...1 lines deleted...]
-      <c r="F349" s="2"/>
+        <v>1361</v>
+      </c>
+      <c r="F349" s="2" t="s">
+        <v>1362</v>
+      </c>
     </row>
     <row r="350" spans="1:6">
       <c r="A350" t="s">
-        <v>593</v>
+        <v>1174</v>
       </c>
       <c r="B350" t="s">
-        <v>593</v>
+        <v>1175</v>
       </c>
       <c r="C350" t="s">
-        <v>688</v>
+        <v>1363</v>
       </c>
       <c r="D350" t="s">
-        <v>688</v>
+        <v>1364</v>
       </c>
       <c r="E350" s="2" t="s">
-        <v>689</v>
-[...1 lines deleted...]
-      <c r="F350" s="2"/>
+        <v>1365</v>
+      </c>
+      <c r="F350" s="2" t="s">
+        <v>1366</v>
+      </c>
     </row>
     <row r="351" spans="1:6">
       <c r="A351" t="s">
-        <v>593</v>
+        <v>1174</v>
       </c>
       <c r="B351" t="s">
-        <v>593</v>
+        <v>1175</v>
       </c>
       <c r="C351" t="s">
-        <v>690</v>
+        <v>1367</v>
       </c>
       <c r="D351" t="s">
-        <v>690</v>
+        <v>1368</v>
       </c>
       <c r="E351" s="2" t="s">
-        <v>691</v>
-[...1 lines deleted...]
-      <c r="F351" s="2"/>
+        <v>1369</v>
+      </c>
+      <c r="F351" s="2" t="s">
+        <v>1370</v>
+      </c>
     </row>
     <row r="352" spans="1:6">
       <c r="A352" t="s">
-        <v>593</v>
+        <v>1174</v>
       </c>
       <c r="B352" t="s">
-        <v>593</v>
+        <v>1175</v>
       </c>
       <c r="C352" t="s">
-        <v>692</v>
+        <v>1371</v>
       </c>
       <c r="D352" t="s">
-        <v>692</v>
+        <v>1372</v>
       </c>
       <c r="E352" s="2" t="s">
-        <v>693</v>
-[...1 lines deleted...]
-      <c r="F352" s="2"/>
+        <v>1373</v>
+      </c>
+      <c r="F352" s="2" t="s">
+        <v>1374</v>
+      </c>
     </row>
     <row r="353" spans="1:6">
       <c r="A353" t="s">
-        <v>593</v>
+        <v>1174</v>
       </c>
       <c r="B353" t="s">
-        <v>593</v>
+        <v>1175</v>
       </c>
       <c r="C353" t="s">
-        <v>694</v>
+        <v>1375</v>
       </c>
       <c r="D353" t="s">
-        <v>694</v>
+        <v>1376</v>
       </c>
       <c r="E353" s="2" t="s">
-        <v>695</v>
-[...1 lines deleted...]
-      <c r="F353" s="2"/>
+        <v>1377</v>
+      </c>
+      <c r="F353" s="2" t="s">
+        <v>1378</v>
+      </c>
     </row>
     <row r="354" spans="1:6">
       <c r="A354" t="s">
-        <v>593</v>
+        <v>1174</v>
       </c>
       <c r="B354" t="s">
-        <v>593</v>
+        <v>1175</v>
       </c>
       <c r="C354" t="s">
-        <v>696</v>
+        <v>1379</v>
       </c>
       <c r="D354" t="s">
-        <v>696</v>
+        <v>1380</v>
       </c>
       <c r="E354" s="2" t="s">
-        <v>697</v>
-[...1 lines deleted...]
-      <c r="F354" s="2"/>
+        <v>1381</v>
+      </c>
+      <c r="F354" s="2" t="s">
+        <v>1382</v>
+      </c>
     </row>
     <row r="355" spans="1:6">
       <c r="A355" t="s">
-        <v>593</v>
+        <v>1174</v>
       </c>
       <c r="B355" t="s">
-        <v>593</v>
+        <v>1175</v>
       </c>
       <c r="C355" t="s">
-        <v>698</v>
+        <v>1383</v>
       </c>
       <c r="D355" t="s">
-        <v>698</v>
+        <v>1384</v>
       </c>
       <c r="E355" s="2" t="s">
-        <v>699</v>
-[...1 lines deleted...]
-      <c r="F355" s="2"/>
+        <v>1385</v>
+      </c>
+      <c r="F355" s="2" t="s">
+        <v>1386</v>
+      </c>
     </row>
     <row r="356" spans="1:6">
       <c r="A356" t="s">
-        <v>593</v>
+        <v>1174</v>
       </c>
       <c r="B356" t="s">
-        <v>593</v>
+        <v>1175</v>
       </c>
       <c r="C356" t="s">
-        <v>700</v>
+        <v>1387</v>
       </c>
       <c r="D356" t="s">
-        <v>700</v>
+        <v>1388</v>
       </c>
       <c r="E356" s="2" t="s">
-        <v>701</v>
-[...1 lines deleted...]
-      <c r="F356" s="2"/>
+        <v>1389</v>
+      </c>
+      <c r="F356" s="2" t="s">
+        <v>1390</v>
+      </c>
     </row>
     <row r="357" spans="1:6">
       <c r="A357" t="s">
-        <v>593</v>
+        <v>1174</v>
       </c>
       <c r="B357" t="s">
-        <v>593</v>
+        <v>1175</v>
       </c>
       <c r="C357" t="s">
-        <v>702</v>
+        <v>1391</v>
       </c>
       <c r="D357" t="s">
-        <v>702</v>
+        <v>1391</v>
       </c>
       <c r="E357" s="2" t="s">
-        <v>703</v>
-[...1 lines deleted...]
-      <c r="F357" s="2"/>
+        <v>1392</v>
+      </c>
+      <c r="F357" s="2" t="s">
+        <v>1393</v>
+      </c>
     </row>
     <row r="358" spans="1:6">
       <c r="A358" t="s">
-        <v>593</v>
+        <v>1174</v>
       </c>
       <c r="B358" t="s">
-        <v>593</v>
+        <v>1175</v>
       </c>
       <c r="C358" t="s">
-        <v>539</v>
+        <v>1068</v>
       </c>
       <c r="D358" t="s">
-        <v>539</v>
+        <v>1069</v>
       </c>
       <c r="E358" s="2" t="s">
-        <v>704</v>
-[...1 lines deleted...]
-      <c r="F358" s="2"/>
+        <v>1394</v>
+      </c>
+      <c r="F358" s="2" t="s">
+        <v>1395</v>
+      </c>
     </row>
     <row r="359" spans="1:6">
       <c r="A359" t="s">
-        <v>593</v>
+        <v>1174</v>
       </c>
       <c r="B359" t="s">
-        <v>593</v>
+        <v>1175</v>
       </c>
       <c r="C359" t="s">
-        <v>541</v>
+        <v>1072</v>
       </c>
       <c r="D359" t="s">
-        <v>541</v>
+        <v>1073</v>
       </c>
       <c r="E359" s="2" t="s">
-        <v>705</v>
-[...1 lines deleted...]
-      <c r="F359" s="2"/>
+        <v>1396</v>
+      </c>
+      <c r="F359" s="2" t="s">
+        <v>1397</v>
+      </c>
     </row>
     <row r="360" spans="1:6">
       <c r="A360" t="s">
-        <v>593</v>
+        <v>1174</v>
       </c>
       <c r="B360" t="s">
-        <v>593</v>
+        <v>1175</v>
       </c>
       <c r="C360" t="s">
-        <v>706</v>
+        <v>1398</v>
       </c>
       <c r="D360" t="s">
-        <v>706</v>
+        <v>1399</v>
       </c>
       <c r="E360" s="2" t="s">
-        <v>707</v>
-[...1 lines deleted...]
-      <c r="F360" s="2"/>
+        <v>1400</v>
+      </c>
+      <c r="F360" s="2" t="s">
+        <v>1401</v>
+      </c>
     </row>
     <row r="361" spans="1:6">
       <c r="A361" t="s">
-        <v>593</v>
+        <v>1174</v>
       </c>
       <c r="B361" t="s">
-        <v>593</v>
+        <v>1175</v>
       </c>
       <c r="C361" t="s">
-        <v>708</v>
+        <v>1402</v>
       </c>
       <c r="D361" t="s">
-        <v>708</v>
+        <v>1403</v>
       </c>
       <c r="E361" s="2" t="s">
-        <v>709</v>
-[...1 lines deleted...]
-      <c r="F361" s="2"/>
+        <v>1404</v>
+      </c>
+      <c r="F361" s="2" t="s">
+        <v>1405</v>
+      </c>
     </row>
     <row r="362" spans="1:6">
       <c r="A362" t="s">
-        <v>593</v>
+        <v>1174</v>
       </c>
       <c r="B362" t="s">
-        <v>593</v>
+        <v>1175</v>
       </c>
       <c r="C362" t="s">
-        <v>710</v>
+        <v>1406</v>
       </c>
       <c r="D362" t="s">
-        <v>710</v>
+        <v>1407</v>
       </c>
       <c r="E362" s="2" t="s">
-        <v>711</v>
-[...1 lines deleted...]
-      <c r="F362" s="2"/>
+        <v>1408</v>
+      </c>
+      <c r="F362" s="2" t="s">
+        <v>1409</v>
+      </c>
     </row>
     <row r="363" spans="1:6">
       <c r="A363" t="s">
-        <v>593</v>
+        <v>1174</v>
       </c>
       <c r="B363" t="s">
-        <v>593</v>
+        <v>1175</v>
       </c>
       <c r="C363" t="s">
-        <v>712</v>
+        <v>1410</v>
       </c>
       <c r="D363" t="s">
-        <v>712</v>
+        <v>1411</v>
       </c>
       <c r="E363" s="2" t="s">
-        <v>713</v>
-[...1 lines deleted...]
-      <c r="F363" s="2"/>
+        <v>1412</v>
+      </c>
+      <c r="F363" s="2" t="s">
+        <v>1413</v>
+      </c>
     </row>
     <row r="364" spans="1:6">
       <c r="A364" t="s">
-        <v>593</v>
+        <v>1174</v>
       </c>
       <c r="B364" t="s">
-        <v>593</v>
+        <v>1175</v>
       </c>
       <c r="C364" t="s">
-        <v>714</v>
+        <v>1414</v>
       </c>
       <c r="D364" t="s">
-        <v>714</v>
+        <v>1415</v>
       </c>
       <c r="E364" s="2" t="s">
-        <v>715</v>
-[...1 lines deleted...]
-      <c r="F364" s="2"/>
+        <v>1416</v>
+      </c>
+      <c r="F364" s="2" t="s">
+        <v>1417</v>
+      </c>
     </row>
     <row r="365" spans="1:6">
       <c r="A365" t="s">
-        <v>593</v>
+        <v>1174</v>
       </c>
       <c r="B365" t="s">
-        <v>593</v>
+        <v>1175</v>
       </c>
       <c r="C365" t="s">
-        <v>716</v>
+        <v>1418</v>
       </c>
       <c r="D365" t="s">
-        <v>716</v>
+        <v>1419</v>
       </c>
       <c r="E365" s="2" t="s">
-        <v>717</v>
-[...1 lines deleted...]
-      <c r="F365" s="2"/>
+        <v>1420</v>
+      </c>
+      <c r="F365" s="2" t="s">
+        <v>1421</v>
+      </c>
     </row>
     <row r="366" spans="1:6">
       <c r="A366" t="s">
-        <v>593</v>
+        <v>1174</v>
       </c>
       <c r="B366" t="s">
-        <v>593</v>
+        <v>1175</v>
       </c>
       <c r="C366" t="s">
-        <v>718</v>
+        <v>1422</v>
       </c>
       <c r="D366" t="s">
-        <v>718</v>
+        <v>1423</v>
       </c>
       <c r="E366" s="2" t="s">
-        <v>719</v>
-[...1 lines deleted...]
-      <c r="F366" s="2"/>
+        <v>1424</v>
+      </c>
+      <c r="F366" s="2" t="s">
+        <v>1425</v>
+      </c>
     </row>
     <row r="367" spans="1:6">
       <c r="A367" t="s">
-        <v>593</v>
+        <v>1174</v>
       </c>
       <c r="B367" t="s">
-        <v>593</v>
+        <v>1175</v>
       </c>
       <c r="C367" t="s">
-        <v>720</v>
+        <v>1426</v>
       </c>
       <c r="D367" t="s">
-        <v>720</v>
+        <v>1427</v>
       </c>
       <c r="E367" s="2" t="s">
-        <v>721</v>
-[...1 lines deleted...]
-      <c r="F367" s="2"/>
+        <v>1428</v>
+      </c>
+      <c r="F367" s="2" t="s">
+        <v>1429</v>
+      </c>
     </row>
     <row r="368" spans="1:6">
       <c r="A368" t="s">
-        <v>593</v>
+        <v>1174</v>
       </c>
       <c r="B368" t="s">
-        <v>593</v>
+        <v>1175</v>
       </c>
       <c r="C368" t="s">
-        <v>722</v>
+        <v>1430</v>
       </c>
       <c r="D368" t="s">
-        <v>722</v>
+        <v>1430</v>
       </c>
       <c r="E368" s="2" t="s">
-        <v>723</v>
-[...1 lines deleted...]
-      <c r="F368" s="2"/>
+        <v>1431</v>
+      </c>
+      <c r="F368" s="2" t="s">
+        <v>1432</v>
+      </c>
     </row>
     <row r="369" spans="1:6">
       <c r="A369" t="s">
-        <v>724</v>
+        <v>1433</v>
       </c>
       <c r="B369" t="s">
-        <v>724</v>
+        <v>1434</v>
       </c>
       <c r="C369" t="s">
-        <v>725</v>
+        <v>1435</v>
       </c>
       <c r="D369" t="s">
-        <v>725</v>
+        <v>1436</v>
       </c>
       <c r="E369" s="2" t="s">
-        <v>726</v>
-[...1 lines deleted...]
-      <c r="F369" s="2"/>
+        <v>1437</v>
+      </c>
+      <c r="F369" s="2" t="s">
+        <v>1438</v>
+      </c>
     </row>
     <row r="370" spans="1:6">
       <c r="A370" t="s">
-        <v>724</v>
+        <v>1433</v>
       </c>
       <c r="B370" t="s">
-        <v>724</v>
+        <v>1434</v>
       </c>
       <c r="C370" t="s">
-        <v>727</v>
+        <v>1439</v>
       </c>
       <c r="D370" t="s">
-        <v>727</v>
+        <v>1440</v>
       </c>
       <c r="E370" s="2" t="s">
-        <v>728</v>
-[...1 lines deleted...]
-      <c r="F370" s="2"/>
+        <v>1441</v>
+      </c>
+      <c r="F370" s="2" t="s">
+        <v>1442</v>
+      </c>
     </row>
     <row r="371" spans="1:6">
       <c r="A371" t="s">
-        <v>724</v>
+        <v>1433</v>
       </c>
       <c r="B371" t="s">
-        <v>724</v>
+        <v>1434</v>
       </c>
       <c r="C371" t="s">
-        <v>126</v>
+        <v>243</v>
       </c>
       <c r="D371" t="s">
-        <v>126</v>
+        <v>244</v>
       </c>
       <c r="E371" s="2" t="s">
-        <v>729</v>
-[...1 lines deleted...]
-      <c r="F371" s="2"/>
+        <v>1443</v>
+      </c>
+      <c r="F371" s="2" t="s">
+        <v>1444</v>
+      </c>
     </row>
     <row r="372" spans="1:6">
       <c r="A372" t="s">
-        <v>724</v>
+        <v>1433</v>
       </c>
       <c r="B372" t="s">
-        <v>724</v>
+        <v>1434</v>
       </c>
       <c r="C372" t="s">
-        <v>142</v>
+        <v>275</v>
       </c>
       <c r="D372" t="s">
-        <v>142</v>
+        <v>276</v>
       </c>
       <c r="E372" s="2" t="s">
-        <v>730</v>
-[...1 lines deleted...]
-      <c r="F372" s="2"/>
+        <v>1445</v>
+      </c>
+      <c r="F372" s="2" t="s">
+        <v>1446</v>
+      </c>
     </row>
     <row r="373" spans="1:6">
       <c r="A373" t="s">
-        <v>724</v>
+        <v>1433</v>
       </c>
       <c r="B373" t="s">
-        <v>724</v>
+        <v>1434</v>
       </c>
       <c r="C373" t="s">
-        <v>731</v>
+        <v>1447</v>
       </c>
       <c r="D373" t="s">
-        <v>731</v>
+        <v>1448</v>
       </c>
       <c r="E373" s="2" t="s">
-        <v>732</v>
-[...1 lines deleted...]
-      <c r="F373" s="2"/>
+        <v>1449</v>
+      </c>
+      <c r="F373" s="2" t="s">
+        <v>1450</v>
+      </c>
     </row>
     <row r="374" spans="1:6">
       <c r="A374" t="s">
-        <v>724</v>
+        <v>1433</v>
       </c>
       <c r="B374" t="s">
-        <v>724</v>
+        <v>1434</v>
       </c>
       <c r="C374" t="s">
-        <v>733</v>
+        <v>1451</v>
       </c>
       <c r="D374" t="s">
-        <v>733</v>
+        <v>1452</v>
       </c>
       <c r="E374" s="2" t="s">
-        <v>734</v>
-[...1 lines deleted...]
-      <c r="F374" s="2"/>
+        <v>1453</v>
+      </c>
+      <c r="F374" s="2" t="s">
+        <v>1454</v>
+      </c>
     </row>
     <row r="375" spans="1:6">
       <c r="A375" t="s">
-        <v>724</v>
+        <v>1433</v>
       </c>
       <c r="B375" t="s">
-        <v>724</v>
+        <v>1434</v>
       </c>
       <c r="C375" t="s">
-        <v>735</v>
+        <v>1455</v>
       </c>
       <c r="D375" t="s">
-        <v>735</v>
+        <v>1456</v>
       </c>
       <c r="E375" s="2" t="s">
-        <v>736</v>
-[...1 lines deleted...]
-      <c r="F375" s="2"/>
+        <v>1457</v>
+      </c>
+      <c r="F375" s="2" t="s">
+        <v>1458</v>
+      </c>
     </row>
     <row r="376" spans="1:6">
       <c r="A376" t="s">
-        <v>724</v>
+        <v>1433</v>
       </c>
       <c r="B376" t="s">
-        <v>724</v>
+        <v>1434</v>
       </c>
       <c r="C376" t="s">
-        <v>737</v>
+        <v>1459</v>
       </c>
       <c r="D376" t="s">
-        <v>737</v>
+        <v>1460</v>
       </c>
       <c r="E376" s="2" t="s">
-        <v>738</v>
-[...1 lines deleted...]
-      <c r="F376" s="2"/>
+        <v>1461</v>
+      </c>
+      <c r="F376" s="2" t="s">
+        <v>1462</v>
+      </c>
     </row>
     <row r="377" spans="1:6">
       <c r="A377" t="s">
-        <v>724</v>
+        <v>1433</v>
       </c>
       <c r="B377" t="s">
-        <v>724</v>
+        <v>1434</v>
       </c>
       <c r="C377" t="s">
-        <v>739</v>
+        <v>1463</v>
       </c>
       <c r="D377" t="s">
-        <v>739</v>
+        <v>1464</v>
       </c>
       <c r="E377" s="2" t="s">
-        <v>740</v>
-[...1 lines deleted...]
-      <c r="F377" s="2"/>
+        <v>1465</v>
+      </c>
+      <c r="F377" s="2" t="s">
+        <v>1466</v>
+      </c>
     </row>
     <row r="378" spans="1:6">
       <c r="A378" t="s">
-        <v>724</v>
+        <v>1433</v>
       </c>
       <c r="B378" t="s">
-        <v>724</v>
+        <v>1434</v>
       </c>
       <c r="C378" t="s">
-        <v>741</v>
+        <v>1467</v>
       </c>
       <c r="D378" t="s">
-        <v>741</v>
+        <v>1468</v>
       </c>
       <c r="E378" s="2" t="s">
-        <v>742</v>
-[...1 lines deleted...]
-      <c r="F378" s="2"/>
+        <v>1469</v>
+      </c>
+      <c r="F378" s="2" t="s">
+        <v>1470</v>
+      </c>
     </row>
     <row r="379" spans="1:6">
       <c r="A379" t="s">
-        <v>724</v>
+        <v>1433</v>
       </c>
       <c r="B379" t="s">
-        <v>724</v>
+        <v>1434</v>
       </c>
       <c r="C379" t="s">
-        <v>743</v>
+        <v>1471</v>
       </c>
       <c r="D379" t="s">
-        <v>743</v>
+        <v>1472</v>
       </c>
       <c r="E379" s="2" t="s">
-        <v>744</v>
-[...1 lines deleted...]
-      <c r="F379" s="2"/>
+        <v>1473</v>
+      </c>
+      <c r="F379" s="2" t="s">
+        <v>1474</v>
+      </c>
     </row>
     <row r="380" spans="1:6">
       <c r="A380" t="s">
-        <v>724</v>
+        <v>1433</v>
       </c>
       <c r="B380" t="s">
-        <v>724</v>
+        <v>1434</v>
       </c>
       <c r="C380" t="s">
-        <v>745</v>
+        <v>1475</v>
       </c>
       <c r="D380" t="s">
-        <v>745</v>
+        <v>1476</v>
       </c>
       <c r="E380" s="2" t="s">
-        <v>746</v>
-[...1 lines deleted...]
-      <c r="F380" s="2"/>
+        <v>1477</v>
+      </c>
+      <c r="F380" s="2" t="s">
+        <v>1478</v>
+      </c>
     </row>
     <row r="381" spans="1:6">
       <c r="A381" t="s">
-        <v>724</v>
+        <v>1433</v>
       </c>
       <c r="B381" t="s">
-        <v>724</v>
+        <v>1434</v>
       </c>
       <c r="C381" t="s">
-        <v>747</v>
+        <v>1479</v>
       </c>
       <c r="D381" t="s">
-        <v>747</v>
+        <v>1480</v>
       </c>
       <c r="E381" s="2" t="s">
-        <v>748</v>
-[...1 lines deleted...]
-      <c r="F381" s="2"/>
+        <v>1481</v>
+      </c>
+      <c r="F381" s="2" t="s">
+        <v>1482</v>
+      </c>
     </row>
     <row r="382" spans="1:6">
       <c r="A382" t="s">
-        <v>724</v>
+        <v>1433</v>
       </c>
       <c r="B382" t="s">
-        <v>724</v>
+        <v>1434</v>
       </c>
       <c r="C382" t="s">
-        <v>749</v>
+        <v>1483</v>
       </c>
       <c r="D382" t="s">
-        <v>749</v>
+        <v>1484</v>
       </c>
       <c r="E382" s="2" t="s">
-        <v>750</v>
-[...1 lines deleted...]
-      <c r="F382" s="2"/>
+        <v>1485</v>
+      </c>
+      <c r="F382" s="2" t="s">
+        <v>1486</v>
+      </c>
     </row>
     <row r="383" spans="1:6">
       <c r="A383" t="s">
-        <v>724</v>
+        <v>1433</v>
       </c>
       <c r="B383" t="s">
-        <v>724</v>
+        <v>1434</v>
       </c>
       <c r="C383" t="s">
-        <v>751</v>
+        <v>1487</v>
       </c>
       <c r="D383" t="s">
-        <v>751</v>
+        <v>1488</v>
       </c>
       <c r="E383" s="2" t="s">
-        <v>752</v>
-[...1 lines deleted...]
-      <c r="F383" s="2"/>
+        <v>1489</v>
+      </c>
+      <c r="F383" s="2" t="s">
+        <v>1490</v>
+      </c>
     </row>
     <row r="384" spans="1:6">
       <c r="A384" t="s">
-        <v>753</v>
+        <v>1491</v>
       </c>
       <c r="B384" t="s">
-        <v>753</v>
+        <v>1492</v>
       </c>
       <c r="C384" t="s">
-        <v>754</v>
+        <v>1493</v>
       </c>
       <c r="D384" t="s">
-        <v>754</v>
+        <v>1494</v>
       </c>
       <c r="E384" s="2" t="s">
-        <v>755</v>
-[...1 lines deleted...]
-      <c r="F384" s="2"/>
+        <v>1495</v>
+      </c>
+      <c r="F384" s="2" t="s">
+        <v>1496</v>
+      </c>
     </row>
     <row r="385" spans="1:6">
       <c r="A385" t="s">
-        <v>753</v>
+        <v>1491</v>
       </c>
       <c r="B385" t="s">
-        <v>753</v>
+        <v>1492</v>
       </c>
       <c r="C385" t="s">
-        <v>756</v>
+        <v>1497</v>
       </c>
       <c r="D385" t="s">
-        <v>756</v>
+        <v>1498</v>
       </c>
       <c r="E385" s="2" t="s">
-        <v>757</v>
-[...1 lines deleted...]
-      <c r="F385" s="2"/>
+        <v>1499</v>
+      </c>
+      <c r="F385" s="2" t="s">
+        <v>1500</v>
+      </c>
     </row>
     <row r="386" spans="1:6">
       <c r="A386" t="s">
-        <v>753</v>
+        <v>1491</v>
       </c>
       <c r="B386" t="s">
-        <v>753</v>
+        <v>1492</v>
       </c>
       <c r="C386" t="s">
-        <v>758</v>
+        <v>1501</v>
       </c>
       <c r="D386" t="s">
-        <v>758</v>
+        <v>1502</v>
       </c>
       <c r="E386" s="2" t="s">
-        <v>759</v>
-[...1 lines deleted...]
-      <c r="F386" s="2"/>
+        <v>1503</v>
+      </c>
+      <c r="F386" s="2" t="s">
+        <v>1504</v>
+      </c>
     </row>
     <row r="387" spans="1:6">
       <c r="A387" t="s">
-        <v>753</v>
+        <v>1491</v>
       </c>
       <c r="B387" t="s">
-        <v>753</v>
+        <v>1492</v>
       </c>
       <c r="C387" t="s">
-        <v>760</v>
+        <v>1505</v>
       </c>
       <c r="D387" t="s">
-        <v>760</v>
+        <v>1506</v>
       </c>
       <c r="E387" s="2" t="s">
-        <v>761</v>
-[...1 lines deleted...]
-      <c r="F387" s="2"/>
+        <v>1507</v>
+      </c>
+      <c r="F387" s="2" t="s">
+        <v>1508</v>
+      </c>
     </row>
     <row r="388" spans="1:6">
       <c r="A388" t="s">
-        <v>753</v>
+        <v>1491</v>
       </c>
       <c r="B388" t="s">
-        <v>753</v>
+        <v>1492</v>
       </c>
       <c r="C388" t="s">
-        <v>762</v>
+        <v>1509</v>
       </c>
       <c r="D388" t="s">
-        <v>762</v>
+        <v>1510</v>
       </c>
       <c r="E388" s="2" t="s">
-        <v>763</v>
-[...1 lines deleted...]
-      <c r="F388" s="2"/>
+        <v>1511</v>
+      </c>
+      <c r="F388" s="2" t="s">
+        <v>1512</v>
+      </c>
     </row>
     <row r="389" spans="1:6">
       <c r="A389" t="s">
-        <v>753</v>
+        <v>1491</v>
       </c>
       <c r="B389" t="s">
-        <v>753</v>
+        <v>1492</v>
       </c>
       <c r="C389" t="s">
-        <v>764</v>
+        <v>1513</v>
       </c>
       <c r="D389" t="s">
-        <v>764</v>
+        <v>1514</v>
       </c>
       <c r="E389" s="2" t="s">
-        <v>765</v>
-[...1 lines deleted...]
-      <c r="F389" s="2"/>
+        <v>1515</v>
+      </c>
+      <c r="F389" s="2" t="s">
+        <v>1516</v>
+      </c>
     </row>
     <row r="390" spans="1:6">
       <c r="A390" t="s">
-        <v>753</v>
+        <v>1491</v>
       </c>
       <c r="B390" t="s">
-        <v>753</v>
+        <v>1492</v>
       </c>
       <c r="C390" t="s">
-        <v>766</v>
+        <v>1517</v>
       </c>
       <c r="D390" t="s">
-        <v>766</v>
+        <v>1518</v>
       </c>
       <c r="E390" s="2" t="s">
-        <v>767</v>
-[...1 lines deleted...]
-      <c r="F390" s="2"/>
+        <v>1519</v>
+      </c>
+      <c r="F390" s="2" t="s">
+        <v>1520</v>
+      </c>
     </row>
     <row r="391" spans="1:6">
       <c r="A391" t="s">
-        <v>753</v>
+        <v>1491</v>
       </c>
       <c r="B391" t="s">
-        <v>753</v>
+        <v>1492</v>
       </c>
       <c r="C391" t="s">
-        <v>768</v>
+        <v>1521</v>
       </c>
       <c r="D391" t="s">
-        <v>768</v>
+        <v>1522</v>
       </c>
       <c r="E391" s="2" t="s">
-        <v>769</v>
-[...1 lines deleted...]
-      <c r="F391" s="2"/>
+        <v>1523</v>
+      </c>
+      <c r="F391" s="2" t="s">
+        <v>1524</v>
+      </c>
     </row>
     <row r="392" spans="1:6">
       <c r="A392" t="s">
-        <v>753</v>
+        <v>1491</v>
       </c>
       <c r="B392" t="s">
-        <v>753</v>
+        <v>1492</v>
       </c>
       <c r="C392" t="s">
-        <v>95</v>
+        <v>181</v>
       </c>
       <c r="D392" t="s">
-        <v>95</v>
+        <v>182</v>
       </c>
       <c r="E392" s="2" t="s">
-        <v>770</v>
-[...1 lines deleted...]
-      <c r="F392" s="2"/>
+        <v>1525</v>
+      </c>
+      <c r="F392" s="2" t="s">
+        <v>1526</v>
+      </c>
     </row>
     <row r="393" spans="1:6">
       <c r="A393" t="s">
-        <v>753</v>
+        <v>1491</v>
       </c>
       <c r="B393" t="s">
-        <v>753</v>
+        <v>1492</v>
       </c>
       <c r="C393" t="s">
-        <v>771</v>
+        <v>1527</v>
       </c>
       <c r="D393" t="s">
-        <v>771</v>
+        <v>1528</v>
       </c>
       <c r="E393" s="2" t="s">
-        <v>772</v>
-[...1 lines deleted...]
-      <c r="F393" s="2"/>
+        <v>1529</v>
+      </c>
+      <c r="F393" s="2" t="s">
+        <v>1530</v>
+      </c>
     </row>
     <row r="394" spans="1:6">
       <c r="A394" t="s">
-        <v>753</v>
+        <v>1491</v>
       </c>
       <c r="B394" t="s">
-        <v>753</v>
+        <v>1492</v>
       </c>
       <c r="C394" t="s">
-        <v>773</v>
+        <v>1531</v>
       </c>
       <c r="D394" t="s">
-        <v>773</v>
+        <v>1532</v>
       </c>
       <c r="E394" s="2" t="s">
-        <v>774</v>
-[...1 lines deleted...]
-      <c r="F394" s="2"/>
+        <v>1533</v>
+      </c>
+      <c r="F394" s="2" t="s">
+        <v>1534</v>
+      </c>
     </row>
     <row r="395" spans="1:6">
       <c r="A395" t="s">
-        <v>753</v>
+        <v>1491</v>
       </c>
       <c r="B395" t="s">
-        <v>753</v>
+        <v>1492</v>
       </c>
       <c r="C395" t="s">
-        <v>775</v>
+        <v>1535</v>
       </c>
       <c r="D395" t="s">
-        <v>775</v>
+        <v>1536</v>
       </c>
       <c r="E395" s="2" t="s">
-        <v>776</v>
-[...1 lines deleted...]
-      <c r="F395" s="2"/>
+        <v>1537</v>
+      </c>
+      <c r="F395" s="2" t="s">
+        <v>1538</v>
+      </c>
     </row>
     <row r="396" spans="1:6">
       <c r="A396" t="s">
-        <v>753</v>
+        <v>1491</v>
       </c>
       <c r="B396" t="s">
-        <v>753</v>
+        <v>1492</v>
       </c>
       <c r="C396" t="s">
-        <v>777</v>
+        <v>1539</v>
       </c>
       <c r="D396" t="s">
-        <v>777</v>
+        <v>1540</v>
       </c>
       <c r="E396" s="2" t="s">
-        <v>778</v>
-[...1 lines deleted...]
-      <c r="F396" s="2"/>
+        <v>1541</v>
+      </c>
+      <c r="F396" s="2" t="s">
+        <v>1542</v>
+      </c>
     </row>
     <row r="397" spans="1:6">
       <c r="A397" t="s">
-        <v>753</v>
+        <v>1491</v>
       </c>
       <c r="B397" t="s">
-        <v>753</v>
+        <v>1492</v>
       </c>
       <c r="C397" t="s">
-        <v>779</v>
+        <v>1543</v>
       </c>
       <c r="D397" t="s">
-        <v>779</v>
+        <v>1544</v>
       </c>
       <c r="E397" s="2" t="s">
-        <v>780</v>
-[...1 lines deleted...]
-      <c r="F397" s="2"/>
+        <v>1545</v>
+      </c>
+      <c r="F397" s="2" t="s">
+        <v>1546</v>
+      </c>
     </row>
     <row r="398" spans="1:6">
       <c r="A398" t="s">
-        <v>753</v>
+        <v>1491</v>
       </c>
       <c r="B398" t="s">
-        <v>753</v>
+        <v>1492</v>
       </c>
       <c r="C398" t="s">
-        <v>781</v>
+        <v>1547</v>
       </c>
       <c r="D398" t="s">
-        <v>781</v>
+        <v>1548</v>
       </c>
       <c r="E398" s="2" t="s">
-        <v>782</v>
-[...1 lines deleted...]
-      <c r="F398" s="2"/>
+        <v>1549</v>
+      </c>
+      <c r="F398" s="2" t="s">
+        <v>1550</v>
+      </c>
     </row>
     <row r="399" spans="1:6">
       <c r="A399" t="s">
-        <v>753</v>
+        <v>1491</v>
       </c>
       <c r="B399" t="s">
-        <v>753</v>
+        <v>1492</v>
       </c>
       <c r="C399" t="s">
-        <v>783</v>
+        <v>1551</v>
       </c>
       <c r="D399" t="s">
-        <v>783</v>
+        <v>1552</v>
       </c>
       <c r="E399" s="2" t="s">
-        <v>784</v>
-[...1 lines deleted...]
-      <c r="F399" s="2"/>
+        <v>1553</v>
+      </c>
+      <c r="F399" s="2" t="s">
+        <v>1554</v>
+      </c>
     </row>
     <row r="400" spans="1:6">
       <c r="A400" t="s">
-        <v>753</v>
+        <v>1491</v>
       </c>
       <c r="B400" t="s">
-        <v>753</v>
+        <v>1492</v>
       </c>
       <c r="C400" t="s">
-        <v>785</v>
+        <v>1555</v>
       </c>
       <c r="D400" t="s">
-        <v>785</v>
+        <v>1556</v>
       </c>
       <c r="E400" s="2" t="s">
-        <v>786</v>
-[...1 lines deleted...]
-      <c r="F400" s="2"/>
+        <v>1557</v>
+      </c>
+      <c r="F400" s="2" t="s">
+        <v>1558</v>
+      </c>
     </row>
     <row r="401" spans="1:6">
       <c r="A401" t="s">
-        <v>753</v>
+        <v>1491</v>
       </c>
       <c r="B401" t="s">
-        <v>753</v>
+        <v>1492</v>
       </c>
       <c r="C401" t="s">
-        <v>787</v>
+        <v>1559</v>
       </c>
       <c r="D401" t="s">
-        <v>787</v>
+        <v>1560</v>
       </c>
       <c r="E401" s="2" t="s">
-        <v>788</v>
-[...1 lines deleted...]
-      <c r="F401" s="2"/>
+        <v>1561</v>
+      </c>
+      <c r="F401" s="2" t="s">
+        <v>1562</v>
+      </c>
     </row>
     <row r="402" spans="1:6">
       <c r="A402" t="s">
-        <v>753</v>
+        <v>1491</v>
       </c>
       <c r="B402" t="s">
-        <v>753</v>
+        <v>1492</v>
       </c>
       <c r="C402" t="s">
-        <v>789</v>
+        <v>1563</v>
       </c>
       <c r="D402" t="s">
-        <v>789</v>
+        <v>1564</v>
       </c>
       <c r="E402" s="2" t="s">
-        <v>790</v>
-[...1 lines deleted...]
-      <c r="F402" s="2"/>
+        <v>1565</v>
+      </c>
+      <c r="F402" s="2" t="s">
+        <v>1566</v>
+      </c>
     </row>
     <row r="403" spans="1:6">
       <c r="A403" t="s">
-        <v>753</v>
+        <v>1491</v>
       </c>
       <c r="B403" t="s">
-        <v>753</v>
+        <v>1492</v>
       </c>
       <c r="C403" t="s">
-        <v>791</v>
+        <v>1567</v>
       </c>
       <c r="D403" t="s">
-        <v>791</v>
+        <v>1568</v>
       </c>
       <c r="E403" s="2" t="s">
-        <v>792</v>
-[...1 lines deleted...]
-      <c r="F403" s="2"/>
+        <v>1569</v>
+      </c>
+      <c r="F403" s="2" t="s">
+        <v>1570</v>
+      </c>
     </row>
     <row r="404" spans="1:6">
       <c r="A404" t="s">
-        <v>753</v>
+        <v>1491</v>
       </c>
       <c r="B404" t="s">
-        <v>753</v>
+        <v>1492</v>
       </c>
       <c r="C404" t="s">
-        <v>793</v>
+        <v>1571</v>
       </c>
       <c r="D404" t="s">
-        <v>793</v>
+        <v>1572</v>
       </c>
       <c r="E404" s="2" t="s">
-        <v>794</v>
-[...1 lines deleted...]
-      <c r="F404" s="2"/>
+        <v>1573</v>
+      </c>
+      <c r="F404" s="2" t="s">
+        <v>1574</v>
+      </c>
     </row>
     <row r="405" spans="1:6">
       <c r="A405" t="s">
-        <v>753</v>
+        <v>1491</v>
       </c>
       <c r="B405" t="s">
-        <v>753</v>
+        <v>1492</v>
       </c>
       <c r="C405" t="s">
-        <v>795</v>
+        <v>1575</v>
       </c>
       <c r="D405" t="s">
-        <v>795</v>
+        <v>1576</v>
       </c>
       <c r="E405" s="2" t="s">
-        <v>796</v>
-[...1 lines deleted...]
-      <c r="F405" s="2"/>
+        <v>1577</v>
+      </c>
+      <c r="F405" s="2" t="s">
+        <v>1578</v>
+      </c>
     </row>
     <row r="406" spans="1:6">
       <c r="A406" t="s">
-        <v>753</v>
+        <v>1491</v>
       </c>
       <c r="B406" t="s">
-        <v>753</v>
+        <v>1492</v>
       </c>
       <c r="C406" t="s">
-        <v>797</v>
+        <v>1579</v>
       </c>
       <c r="D406" t="s">
-        <v>797</v>
+        <v>1580</v>
       </c>
       <c r="E406" s="2" t="s">
-        <v>798</v>
-[...1 lines deleted...]
-      <c r="F406" s="2"/>
+        <v>1581</v>
+      </c>
+      <c r="F406" s="2" t="s">
+        <v>1582</v>
+      </c>
     </row>
     <row r="407" spans="1:6">
       <c r="A407" t="s">
-        <v>753</v>
+        <v>1491</v>
       </c>
       <c r="B407" t="s">
-        <v>753</v>
+        <v>1492</v>
       </c>
       <c r="C407" t="s">
-        <v>109</v>
+        <v>209</v>
       </c>
       <c r="D407" t="s">
-        <v>109</v>
+        <v>210</v>
       </c>
       <c r="E407" s="2" t="s">
-        <v>799</v>
-[...1 lines deleted...]
-      <c r="F407" s="2"/>
+        <v>1583</v>
+      </c>
+      <c r="F407" s="2" t="s">
+        <v>1584</v>
+      </c>
     </row>
     <row r="408" spans="1:6">
       <c r="A408" t="s">
-        <v>753</v>
+        <v>1491</v>
       </c>
       <c r="B408" t="s">
-        <v>753</v>
+        <v>1492</v>
       </c>
       <c r="C408" t="s">
-        <v>800</v>
+        <v>1585</v>
       </c>
       <c r="D408" t="s">
-        <v>800</v>
+        <v>1586</v>
       </c>
       <c r="E408" s="2" t="s">
-        <v>801</v>
-[...1 lines deleted...]
-      <c r="F408" s="2"/>
+        <v>1587</v>
+      </c>
+      <c r="F408" s="2" t="s">
+        <v>1588</v>
+      </c>
     </row>
     <row r="409" spans="1:6">
       <c r="A409" t="s">
-        <v>753</v>
+        <v>1491</v>
       </c>
       <c r="B409" t="s">
-        <v>753</v>
+        <v>1492</v>
       </c>
       <c r="C409" t="s">
-        <v>802</v>
+        <v>1589</v>
       </c>
       <c r="D409" t="s">
-        <v>802</v>
+        <v>1590</v>
       </c>
       <c r="E409" s="2" t="s">
-        <v>803</v>
-[...1 lines deleted...]
-      <c r="F409" s="2"/>
+        <v>1591</v>
+      </c>
+      <c r="F409" s="2" t="s">
+        <v>1592</v>
+      </c>
     </row>
     <row r="410" spans="1:6">
       <c r="A410" t="s">
-        <v>804</v>
+        <v>1593</v>
       </c>
       <c r="B410" t="s">
-        <v>804</v>
+        <v>1594</v>
       </c>
       <c r="C410" t="s">
-        <v>805</v>
+        <v>1595</v>
       </c>
       <c r="D410" t="s">
-        <v>805</v>
+        <v>1596</v>
       </c>
       <c r="E410" s="2" t="s">
-        <v>806</v>
-[...1 lines deleted...]
-      <c r="F410" s="2"/>
+        <v>1597</v>
+      </c>
+      <c r="F410" s="2" t="s">
+        <v>1598</v>
+      </c>
     </row>
     <row r="411" spans="1:6">
       <c r="A411" t="s">
-        <v>804</v>
+        <v>1593</v>
       </c>
       <c r="B411" t="s">
-        <v>804</v>
+        <v>1594</v>
       </c>
       <c r="C411" t="s">
-        <v>807</v>
+        <v>1599</v>
       </c>
       <c r="D411" t="s">
-        <v>807</v>
+        <v>1600</v>
       </c>
       <c r="E411" s="2" t="s">
-        <v>808</v>
-[...1 lines deleted...]
-      <c r="F411" s="2"/>
+        <v>1601</v>
+      </c>
+      <c r="F411" s="2" t="s">
+        <v>1602</v>
+      </c>
     </row>
     <row r="412" spans="1:6">
       <c r="A412" t="s">
-        <v>804</v>
+        <v>1593</v>
       </c>
       <c r="B412" t="s">
-        <v>804</v>
+        <v>1594</v>
       </c>
       <c r="C412" t="s">
-        <v>809</v>
+        <v>1603</v>
       </c>
       <c r="D412" t="s">
-        <v>809</v>
+        <v>1604</v>
       </c>
       <c r="E412" s="2" t="s">
-        <v>810</v>
-[...1 lines deleted...]
-      <c r="F412" s="2"/>
+        <v>1605</v>
+      </c>
+      <c r="F412" s="2" t="s">
+        <v>1606</v>
+      </c>
     </row>
     <row r="413" spans="1:6">
       <c r="A413" t="s">
-        <v>804</v>
+        <v>1593</v>
       </c>
       <c r="B413" t="s">
-        <v>804</v>
+        <v>1594</v>
       </c>
       <c r="C413" t="s">
-        <v>811</v>
+        <v>1607</v>
       </c>
       <c r="D413" t="s">
-        <v>811</v>
+        <v>1608</v>
       </c>
       <c r="E413" s="2" t="s">
-        <v>812</v>
-[...1 lines deleted...]
-      <c r="F413" s="2"/>
+        <v>1609</v>
+      </c>
+      <c r="F413" s="2" t="s">
+        <v>1610</v>
+      </c>
     </row>
     <row r="414" spans="1:6">
       <c r="A414" t="s">
-        <v>804</v>
+        <v>1593</v>
       </c>
       <c r="B414" t="s">
-        <v>804</v>
+        <v>1594</v>
       </c>
       <c r="C414" t="s">
-        <v>813</v>
+        <v>1611</v>
       </c>
       <c r="D414" t="s">
-        <v>813</v>
+        <v>1612</v>
       </c>
       <c r="E414" s="2" t="s">
-        <v>814</v>
-[...1 lines deleted...]
-      <c r="F414" s="2"/>
+        <v>1613</v>
+      </c>
+      <c r="F414" s="2" t="s">
+        <v>1614</v>
+      </c>
     </row>
     <row r="415" spans="1:6">
       <c r="A415" t="s">
-        <v>804</v>
+        <v>1593</v>
       </c>
       <c r="B415" t="s">
-        <v>804</v>
+        <v>1594</v>
       </c>
       <c r="C415" t="s">
-        <v>815</v>
+        <v>1615</v>
       </c>
       <c r="D415" t="s">
-        <v>815</v>
+        <v>1616</v>
       </c>
       <c r="E415" s="2" t="s">
-        <v>816</v>
-[...1 lines deleted...]
-      <c r="F415" s="2"/>
+        <v>1617</v>
+      </c>
+      <c r="F415" s="2" t="s">
+        <v>1618</v>
+      </c>
     </row>
     <row r="416" spans="1:6">
       <c r="A416" t="s">
-        <v>804</v>
+        <v>1593</v>
       </c>
       <c r="B416" t="s">
-        <v>804</v>
+        <v>1594</v>
       </c>
       <c r="C416" t="s">
-        <v>817</v>
+        <v>1619</v>
       </c>
       <c r="D416" t="s">
-        <v>817</v>
+        <v>1620</v>
       </c>
       <c r="E416" s="2" t="s">
-        <v>818</v>
-[...1 lines deleted...]
-      <c r="F416" s="2"/>
+        <v>1621</v>
+      </c>
+      <c r="F416" s="2" t="s">
+        <v>1622</v>
+      </c>
     </row>
     <row r="417" spans="1:6">
       <c r="A417" t="s">
-        <v>804</v>
+        <v>1593</v>
       </c>
       <c r="B417" t="s">
-        <v>804</v>
+        <v>1594</v>
       </c>
       <c r="C417" t="s">
-        <v>819</v>
+        <v>1623</v>
       </c>
       <c r="D417" t="s">
-        <v>819</v>
+        <v>1624</v>
       </c>
       <c r="E417" s="2" t="s">
-        <v>820</v>
-[...1 lines deleted...]
-      <c r="F417" s="2"/>
+        <v>1625</v>
+      </c>
+      <c r="F417" s="2" t="s">
+        <v>1626</v>
+      </c>
     </row>
     <row r="418" spans="1:6">
       <c r="A418" t="s">
-        <v>804</v>
+        <v>1593</v>
       </c>
       <c r="B418" t="s">
-        <v>804</v>
+        <v>1594</v>
       </c>
       <c r="C418" t="s">
-        <v>821</v>
+        <v>1627</v>
       </c>
       <c r="D418" t="s">
-        <v>821</v>
+        <v>1628</v>
       </c>
       <c r="E418" s="2" t="s">
-        <v>822</v>
-[...1 lines deleted...]
-      <c r="F418" s="2"/>
+        <v>1629</v>
+      </c>
+      <c r="F418" s="2" t="s">
+        <v>1630</v>
+      </c>
     </row>
     <row r="419" spans="1:6">
       <c r="A419" t="s">
-        <v>804</v>
+        <v>1593</v>
       </c>
       <c r="B419" t="s">
-        <v>804</v>
+        <v>1594</v>
       </c>
       <c r="C419" t="s">
-        <v>823</v>
+        <v>1631</v>
       </c>
       <c r="D419" t="s">
-        <v>823</v>
+        <v>1632</v>
       </c>
       <c r="E419" s="2" t="s">
-        <v>824</v>
-[...1 lines deleted...]
-      <c r="F419" s="2"/>
+        <v>1633</v>
+      </c>
+      <c r="F419" s="2" t="s">
+        <v>1634</v>
+      </c>
     </row>
     <row r="420" spans="1:6">
       <c r="A420" t="s">
-        <v>804</v>
+        <v>1593</v>
       </c>
       <c r="B420" t="s">
-        <v>804</v>
+        <v>1594</v>
       </c>
       <c r="C420" t="s">
-        <v>825</v>
+        <v>1635</v>
       </c>
       <c r="D420" t="s">
-        <v>825</v>
+        <v>1636</v>
       </c>
       <c r="E420" s="2" t="s">
-        <v>826</v>
-[...1 lines deleted...]
-      <c r="F420" s="2"/>
+        <v>1637</v>
+      </c>
+      <c r="F420" s="2" t="s">
+        <v>1638</v>
+      </c>
     </row>
     <row r="421" spans="1:6">
       <c r="A421" t="s">
-        <v>804</v>
+        <v>1593</v>
       </c>
       <c r="B421" t="s">
-        <v>804</v>
+        <v>1594</v>
       </c>
       <c r="C421" t="s">
-        <v>827</v>
+        <v>1639</v>
       </c>
       <c r="D421" t="s">
-        <v>827</v>
+        <v>1640</v>
       </c>
       <c r="E421" s="2" t="s">
-        <v>828</v>
-[...1 lines deleted...]
-      <c r="F421" s="2"/>
+        <v>1641</v>
+      </c>
+      <c r="F421" s="2" t="s">
+        <v>1642</v>
+      </c>
     </row>
     <row r="422" spans="1:6">
       <c r="A422" t="s">
-        <v>829</v>
+        <v>1643</v>
       </c>
       <c r="B422" t="s">
-        <v>829</v>
+        <v>1644</v>
       </c>
       <c r="C422" t="s">
-        <v>132</v>
+        <v>255</v>
       </c>
       <c r="D422" t="s">
-        <v>132</v>
+        <v>256</v>
       </c>
       <c r="E422" s="2" t="s">
-        <v>133</v>
-[...1 lines deleted...]
-      <c r="F422" s="2"/>
+        <v>257</v>
+      </c>
+      <c r="F422" s="2" t="s">
+        <v>1645</v>
+      </c>
     </row>
     <row r="423" spans="1:6">
       <c r="A423" t="s">
-        <v>829</v>
+        <v>1643</v>
       </c>
       <c r="B423" t="s">
-        <v>829</v>
+        <v>1644</v>
       </c>
       <c r="C423" t="s">
-        <v>830</v>
+        <v>1646</v>
       </c>
       <c r="D423" t="s">
-        <v>830</v>
+        <v>1647</v>
       </c>
       <c r="E423" s="2" t="s">
-        <v>831</v>
-[...1 lines deleted...]
-      <c r="F423" s="2"/>
+        <v>1648</v>
+      </c>
+      <c r="F423" s="2" t="s">
+        <v>1649</v>
+      </c>
     </row>
     <row r="424" spans="1:6">
       <c r="A424" t="s">
-        <v>829</v>
+        <v>1643</v>
       </c>
       <c r="B424" t="s">
-        <v>829</v>
+        <v>1644</v>
       </c>
       <c r="C424" t="s">
-        <v>832</v>
+        <v>1650</v>
       </c>
       <c r="D424" t="s">
-        <v>832</v>
+        <v>1651</v>
       </c>
       <c r="E424" s="2" t="s">
-        <v>833</v>
-[...1 lines deleted...]
-      <c r="F424" s="2"/>
+        <v>1652</v>
+      </c>
+      <c r="F424" s="2" t="s">
+        <v>1653</v>
+      </c>
     </row>
     <row r="425" spans="1:6">
       <c r="A425" t="s">
-        <v>829</v>
+        <v>1643</v>
       </c>
       <c r="B425" t="s">
-        <v>829</v>
+        <v>1644</v>
       </c>
       <c r="C425" t="s">
-        <v>834</v>
+        <v>1654</v>
       </c>
       <c r="D425" t="s">
-        <v>834</v>
+        <v>1655</v>
       </c>
       <c r="E425" s="2" t="s">
-        <v>835</v>
-[...1 lines deleted...]
-      <c r="F425" s="2"/>
+        <v>1656</v>
+      </c>
+      <c r="F425" s="2" t="s">
+        <v>1657</v>
+      </c>
     </row>
     <row r="426" spans="1:6">
       <c r="A426" t="s">
-        <v>836</v>
+        <v>1658</v>
       </c>
       <c r="B426" t="s">
-        <v>836</v>
+        <v>1659</v>
       </c>
       <c r="C426" t="s">
-        <v>837</v>
+        <v>1660</v>
       </c>
       <c r="D426" t="s">
-        <v>837</v>
+        <v>1661</v>
       </c>
       <c r="E426" s="2" t="s">
-        <v>838</v>
-[...1 lines deleted...]
-      <c r="F426" s="2"/>
+        <v>1662</v>
+      </c>
+      <c r="F426" s="2" t="s">
+        <v>1663</v>
+      </c>
     </row>
     <row r="427" spans="1:6">
       <c r="A427" t="s">
-        <v>836</v>
+        <v>1658</v>
       </c>
       <c r="B427" t="s">
-        <v>836</v>
+        <v>1659</v>
       </c>
       <c r="C427" t="s">
-        <v>839</v>
+        <v>1664</v>
       </c>
       <c r="D427" t="s">
-        <v>839</v>
+        <v>1665</v>
       </c>
       <c r="E427" s="2" t="s">
-        <v>840</v>
-[...1 lines deleted...]
-      <c r="F427" s="2"/>
+        <v>1666</v>
+      </c>
+      <c r="F427" s="2" t="s">
+        <v>1667</v>
+      </c>
     </row>
     <row r="428" spans="1:6">
       <c r="A428" t="s">
-        <v>836</v>
+        <v>1658</v>
       </c>
       <c r="B428" t="s">
-        <v>836</v>
+        <v>1659</v>
       </c>
       <c r="C428" t="s">
-        <v>841</v>
+        <v>1668</v>
       </c>
       <c r="D428" t="s">
-        <v>841</v>
+        <v>1669</v>
       </c>
       <c r="E428" s="2" t="s">
-        <v>842</v>
-[...1 lines deleted...]
-      <c r="F428" s="2"/>
+        <v>1670</v>
+      </c>
+      <c r="F428" s="2" t="s">
+        <v>1671</v>
+      </c>
     </row>
     <row r="429" spans="1:6">
       <c r="A429" t="s">
-        <v>836</v>
+        <v>1658</v>
       </c>
       <c r="B429" t="s">
-        <v>836</v>
+        <v>1659</v>
       </c>
       <c r="C429" t="s">
-        <v>843</v>
+        <v>1672</v>
       </c>
       <c r="D429" t="s">
-        <v>843</v>
+        <v>1673</v>
       </c>
       <c r="E429" s="2" t="s">
-        <v>844</v>
-[...1 lines deleted...]
-      <c r="F429" s="2"/>
+        <v>1674</v>
+      </c>
+      <c r="F429" s="2" t="s">
+        <v>1675</v>
+      </c>
     </row>
     <row r="430" spans="1:6">
       <c r="A430" t="s">
-        <v>836</v>
+        <v>1658</v>
       </c>
       <c r="B430" t="s">
-        <v>836</v>
+        <v>1659</v>
       </c>
       <c r="C430" t="s">
-        <v>845</v>
+        <v>1676</v>
       </c>
       <c r="D430" t="s">
-        <v>845</v>
+        <v>1677</v>
       </c>
       <c r="E430" s="2" t="s">
-        <v>846</v>
-[...1 lines deleted...]
-      <c r="F430" s="2"/>
+        <v>1678</v>
+      </c>
+      <c r="F430" s="2" t="s">
+        <v>1679</v>
+      </c>
     </row>
     <row r="431" spans="1:6">
       <c r="A431" t="s">
-        <v>836</v>
+        <v>1658</v>
       </c>
       <c r="B431" t="s">
-        <v>836</v>
+        <v>1659</v>
       </c>
       <c r="C431" t="s">
-        <v>847</v>
+        <v>1680</v>
       </c>
       <c r="D431" t="s">
-        <v>847</v>
+        <v>1681</v>
       </c>
       <c r="E431" s="2" t="s">
-        <v>848</v>
-[...1 lines deleted...]
-      <c r="F431" s="2"/>
+        <v>1682</v>
+      </c>
+      <c r="F431" s="2" t="s">
+        <v>1683</v>
+      </c>
     </row>
     <row r="432" spans="1:6">
       <c r="A432" t="s">
-        <v>836</v>
+        <v>1658</v>
       </c>
       <c r="B432" t="s">
-        <v>836</v>
+        <v>1659</v>
       </c>
       <c r="C432" t="s">
-        <v>849</v>
+        <v>1684</v>
       </c>
       <c r="D432" t="s">
-        <v>849</v>
+        <v>1685</v>
       </c>
       <c r="E432" s="2" t="s">
-        <v>850</v>
-[...1 lines deleted...]
-      <c r="F432" s="2"/>
+        <v>1686</v>
+      </c>
+      <c r="F432" s="2" t="s">
+        <v>1687</v>
+      </c>
     </row>
     <row r="433" spans="1:6">
       <c r="A433" t="s">
-        <v>836</v>
+        <v>1658</v>
       </c>
       <c r="B433" t="s">
-        <v>836</v>
+        <v>1659</v>
       </c>
       <c r="C433" t="s">
-        <v>851</v>
+        <v>1688</v>
       </c>
       <c r="D433" t="s">
-        <v>851</v>
+        <v>1689</v>
       </c>
       <c r="E433" s="2" t="s">
-        <v>852</v>
-[...1 lines deleted...]
-      <c r="F433" s="2"/>
+        <v>1690</v>
+      </c>
+      <c r="F433" s="2" t="s">
+        <v>1691</v>
+      </c>
     </row>
     <row r="434" spans="1:6">
       <c r="A434" t="s">
-        <v>836</v>
+        <v>1658</v>
       </c>
       <c r="B434" t="s">
-        <v>836</v>
+        <v>1659</v>
       </c>
       <c r="C434" t="s">
-        <v>142</v>
+        <v>275</v>
       </c>
       <c r="D434" t="s">
-        <v>142</v>
+        <v>276</v>
       </c>
       <c r="E434" s="2" t="s">
-        <v>143</v>
-[...1 lines deleted...]
-      <c r="F434" s="2"/>
+        <v>277</v>
+      </c>
+      <c r="F434" s="2" t="s">
+        <v>1692</v>
+      </c>
     </row>
     <row r="435" spans="1:6">
       <c r="A435" t="s">
-        <v>836</v>
+        <v>1658</v>
       </c>
       <c r="B435" t="s">
-        <v>836</v>
+        <v>1659</v>
       </c>
       <c r="C435" t="s">
-        <v>853</v>
+        <v>1693</v>
       </c>
       <c r="D435" t="s">
-        <v>853</v>
+        <v>1694</v>
       </c>
       <c r="E435" s="2" t="s">
-        <v>854</v>
-[...1 lines deleted...]
-      <c r="F435" s="2"/>
+        <v>1695</v>
+      </c>
+      <c r="F435" s="2" t="s">
+        <v>1696</v>
+      </c>
     </row>
     <row r="436" spans="1:6">
       <c r="A436" t="s">
-        <v>836</v>
+        <v>1658</v>
       </c>
       <c r="B436" t="s">
-        <v>836</v>
+        <v>1659</v>
       </c>
       <c r="C436" t="s">
-        <v>855</v>
+        <v>1697</v>
       </c>
       <c r="D436" t="s">
-        <v>855</v>
+        <v>1698</v>
       </c>
       <c r="E436" s="2" t="s">
-        <v>856</v>
-[...1 lines deleted...]
-      <c r="F436" s="2"/>
+        <v>1699</v>
+      </c>
+      <c r="F436" s="2" t="s">
+        <v>1700</v>
+      </c>
     </row>
     <row r="437" spans="1:6">
       <c r="A437" t="s">
-        <v>836</v>
+        <v>1658</v>
       </c>
       <c r="B437" t="s">
-        <v>836</v>
+        <v>1659</v>
       </c>
       <c r="C437" t="s">
-        <v>857</v>
+        <v>1701</v>
       </c>
       <c r="D437" t="s">
-        <v>857</v>
+        <v>1702</v>
       </c>
       <c r="E437" s="2" t="s">
-        <v>858</v>
-[...1 lines deleted...]
-      <c r="F437" s="2"/>
+        <v>1703</v>
+      </c>
+      <c r="F437" s="2" t="s">
+        <v>1704</v>
+      </c>
     </row>
     <row r="438" spans="1:6">
       <c r="A438" t="s">
-        <v>836</v>
+        <v>1658</v>
       </c>
       <c r="B438" t="s">
-        <v>836</v>
+        <v>1659</v>
       </c>
       <c r="C438" t="s">
-        <v>859</v>
+        <v>1705</v>
       </c>
       <c r="D438" t="s">
-        <v>859</v>
+        <v>1706</v>
       </c>
       <c r="E438" s="2" t="s">
-        <v>860</v>
-[...1 lines deleted...]
-      <c r="F438" s="2"/>
+        <v>1707</v>
+      </c>
+      <c r="F438" s="2" t="s">
+        <v>1708</v>
+      </c>
     </row>
     <row r="439" spans="1:6">
       <c r="A439" t="s">
-        <v>836</v>
+        <v>1658</v>
       </c>
       <c r="B439" t="s">
-        <v>836</v>
+        <v>1659</v>
       </c>
       <c r="C439" t="s">
-        <v>861</v>
+        <v>1709</v>
       </c>
       <c r="D439" t="s">
-        <v>861</v>
+        <v>1710</v>
       </c>
       <c r="E439" s="2" t="s">
-        <v>862</v>
-[...1 lines deleted...]
-      <c r="F439" s="2"/>
+        <v>1711</v>
+      </c>
+      <c r="F439" s="2" t="s">
+        <v>1712</v>
+      </c>
     </row>
     <row r="440" spans="1:6">
       <c r="A440" t="s">
-        <v>836</v>
+        <v>1658</v>
       </c>
       <c r="B440" t="s">
-        <v>836</v>
+        <v>1659</v>
       </c>
       <c r="C440" t="s">
-        <v>863</v>
+        <v>1713</v>
       </c>
       <c r="D440" t="s">
-        <v>863</v>
+        <v>1714</v>
       </c>
       <c r="E440" s="2" t="s">
-        <v>864</v>
-[...1 lines deleted...]
-      <c r="F440" s="2"/>
+        <v>1715</v>
+      </c>
+      <c r="F440" s="2" t="s">
+        <v>1716</v>
+      </c>
     </row>
     <row r="441" spans="1:6">
       <c r="A441" t="s">
-        <v>836</v>
+        <v>1658</v>
       </c>
       <c r="B441" t="s">
-        <v>836</v>
+        <v>1659</v>
       </c>
       <c r="C441" t="s">
-        <v>865</v>
+        <v>1717</v>
       </c>
       <c r="D441" t="s">
-        <v>865</v>
+        <v>1718</v>
       </c>
       <c r="E441" s="2" t="s">
-        <v>866</v>
-[...1 lines deleted...]
-      <c r="F441" s="2"/>
+        <v>1719</v>
+      </c>
+      <c r="F441" s="2" t="s">
+        <v>1720</v>
+      </c>
     </row>
     <row r="442" spans="1:6">
       <c r="A442" t="s">
-        <v>836</v>
+        <v>1658</v>
       </c>
       <c r="B442" t="s">
-        <v>836</v>
+        <v>1659</v>
       </c>
       <c r="C442" t="s">
-        <v>867</v>
+        <v>1721</v>
       </c>
       <c r="D442" t="s">
-        <v>867</v>
+        <v>1722</v>
       </c>
       <c r="E442" s="2" t="s">
-        <v>868</v>
-[...1 lines deleted...]
-      <c r="F442" s="2"/>
+        <v>1723</v>
+      </c>
+      <c r="F442" s="2" t="s">
+        <v>1724</v>
+      </c>
     </row>
     <row r="443" spans="1:6">
       <c r="A443" t="s">
-        <v>836</v>
+        <v>1658</v>
       </c>
       <c r="B443" t="s">
-        <v>836</v>
+        <v>1659</v>
       </c>
       <c r="C443" t="s">
-        <v>869</v>
+        <v>1725</v>
       </c>
       <c r="D443" t="s">
-        <v>869</v>
+        <v>1726</v>
       </c>
       <c r="E443" s="2" t="s">
-        <v>870</v>
-[...1 lines deleted...]
-      <c r="F443" s="2"/>
+        <v>1727</v>
+      </c>
+      <c r="F443" s="2" t="s">
+        <v>1728</v>
+      </c>
     </row>
     <row r="444" spans="1:6">
       <c r="A444" t="s">
-        <v>836</v>
+        <v>1658</v>
       </c>
       <c r="B444" t="s">
-        <v>836</v>
+        <v>1659</v>
       </c>
       <c r="C444" t="s">
-        <v>871</v>
+        <v>1729</v>
       </c>
       <c r="D444" t="s">
-        <v>871</v>
+        <v>1730</v>
       </c>
       <c r="E444" s="2" t="s">
-        <v>872</v>
-[...1 lines deleted...]
-      <c r="F444" s="2"/>
+        <v>1731</v>
+      </c>
+      <c r="F444" s="2" t="s">
+        <v>1732</v>
+      </c>
     </row>
     <row r="445" spans="1:6">
       <c r="A445" t="s">
-        <v>836</v>
+        <v>1658</v>
       </c>
       <c r="B445" t="s">
-        <v>836</v>
+        <v>1659</v>
       </c>
       <c r="C445" t="s">
-        <v>873</v>
+        <v>1733</v>
       </c>
       <c r="D445" t="s">
-        <v>873</v>
+        <v>1734</v>
       </c>
       <c r="E445" s="2" t="s">
-        <v>874</v>
-[...1 lines deleted...]
-      <c r="F445" s="2"/>
+        <v>1735</v>
+      </c>
+      <c r="F445" s="2" t="s">
+        <v>1736</v>
+      </c>
     </row>
     <row r="446" spans="1:6">
       <c r="A446" t="s">
-        <v>836</v>
+        <v>1658</v>
       </c>
       <c r="B446" t="s">
-        <v>836</v>
+        <v>1659</v>
       </c>
       <c r="C446" t="s">
-        <v>875</v>
+        <v>1737</v>
       </c>
       <c r="D446" t="s">
-        <v>875</v>
+        <v>1738</v>
       </c>
       <c r="E446" s="2" t="s">
-        <v>876</v>
-[...1 lines deleted...]
-      <c r="F446" s="2"/>
+        <v>1739</v>
+      </c>
+      <c r="F446" s="2" t="s">
+        <v>1740</v>
+      </c>
     </row>
     <row r="447" spans="1:6">
       <c r="A447" t="s">
-        <v>836</v>
+        <v>1658</v>
       </c>
       <c r="B447" t="s">
-        <v>836</v>
+        <v>1659</v>
       </c>
       <c r="C447" t="s">
-        <v>877</v>
+        <v>1741</v>
       </c>
       <c r="D447" t="s">
-        <v>877</v>
+        <v>1742</v>
       </c>
       <c r="E447" s="2" t="s">
-        <v>878</v>
-[...1 lines deleted...]
-      <c r="F447" s="2"/>
+        <v>1743</v>
+      </c>
+      <c r="F447" s="2" t="s">
+        <v>1744</v>
+      </c>
     </row>
     <row r="448" spans="1:6">
       <c r="A448" t="s">
-        <v>836</v>
+        <v>1658</v>
       </c>
       <c r="B448" t="s">
-        <v>836</v>
+        <v>1659</v>
       </c>
       <c r="C448" t="s">
-        <v>879</v>
+        <v>1745</v>
       </c>
       <c r="D448" t="s">
-        <v>879</v>
+        <v>1746</v>
       </c>
       <c r="E448" s="2" t="s">
-        <v>880</v>
-[...1 lines deleted...]
-      <c r="F448" s="2"/>
+        <v>1747</v>
+      </c>
+      <c r="F448" s="2" t="s">
+        <v>1748</v>
+      </c>
     </row>
     <row r="449" spans="1:6">
       <c r="A449" t="s">
-        <v>836</v>
+        <v>1658</v>
       </c>
       <c r="B449" t="s">
-        <v>836</v>
+        <v>1659</v>
       </c>
       <c r="C449" t="s">
-        <v>881</v>
+        <v>1749</v>
       </c>
       <c r="D449" t="s">
-        <v>881</v>
+        <v>1750</v>
       </c>
       <c r="E449" s="2" t="s">
-        <v>882</v>
-[...1 lines deleted...]
-      <c r="F449" s="2"/>
+        <v>1751</v>
+      </c>
+      <c r="F449" s="2" t="s">
+        <v>1752</v>
+      </c>
     </row>
     <row r="450" spans="1:6">
       <c r="A450" t="s">
-        <v>836</v>
+        <v>1658</v>
       </c>
       <c r="B450" t="s">
-        <v>836</v>
+        <v>1659</v>
       </c>
       <c r="C450" t="s">
-        <v>883</v>
+        <v>1753</v>
       </c>
       <c r="D450" t="s">
-        <v>883</v>
+        <v>1754</v>
       </c>
       <c r="E450" s="2" t="s">
-        <v>884</v>
-[...1 lines deleted...]
-      <c r="F450" s="2"/>
+        <v>1755</v>
+      </c>
+      <c r="F450" s="2" t="s">
+        <v>1756</v>
+      </c>
     </row>
     <row r="451" spans="1:6">
       <c r="A451" t="s">
-        <v>836</v>
+        <v>1658</v>
       </c>
       <c r="B451" t="s">
-        <v>836</v>
+        <v>1659</v>
       </c>
       <c r="C451" t="s">
-        <v>885</v>
+        <v>1757</v>
       </c>
       <c r="D451" t="s">
-        <v>885</v>
+        <v>1758</v>
       </c>
       <c r="E451" s="2" t="s">
-        <v>886</v>
-[...1 lines deleted...]
-      <c r="F451" s="2"/>
+        <v>1759</v>
+      </c>
+      <c r="F451" s="2" t="s">
+        <v>1760</v>
+      </c>
     </row>
     <row r="452" spans="1:6">
       <c r="A452" t="s">
-        <v>836</v>
+        <v>1658</v>
       </c>
       <c r="B452" t="s">
-        <v>836</v>
+        <v>1659</v>
       </c>
       <c r="C452" t="s">
-        <v>887</v>
+        <v>1761</v>
       </c>
       <c r="D452" t="s">
-        <v>887</v>
+        <v>1762</v>
       </c>
       <c r="E452" s="2" t="s">
-        <v>888</v>
-[...1 lines deleted...]
-      <c r="F452" s="2"/>
+        <v>1763</v>
+      </c>
+      <c r="F452" s="2" t="s">
+        <v>1764</v>
+      </c>
     </row>
     <row r="453" spans="1:6">
       <c r="A453" t="s">
-        <v>836</v>
+        <v>1658</v>
       </c>
       <c r="B453" t="s">
-        <v>836</v>
+        <v>1659</v>
       </c>
       <c r="C453" t="s">
-        <v>889</v>
+        <v>1765</v>
       </c>
       <c r="D453" t="s">
-        <v>889</v>
+        <v>1766</v>
       </c>
       <c r="E453" s="2" t="s">
-        <v>890</v>
-[...1 lines deleted...]
-      <c r="F453" s="2"/>
+        <v>1767</v>
+      </c>
+      <c r="F453" s="2" t="s">
+        <v>1768</v>
+      </c>
     </row>
     <row r="454" spans="1:6">
       <c r="A454" t="s">
-        <v>836</v>
+        <v>1658</v>
       </c>
       <c r="B454" t="s">
-        <v>836</v>
+        <v>1659</v>
       </c>
       <c r="C454" t="s">
-        <v>891</v>
+        <v>1769</v>
       </c>
       <c r="D454" t="s">
-        <v>891</v>
+        <v>1770</v>
       </c>
       <c r="E454" s="2" t="s">
-        <v>892</v>
-[...1 lines deleted...]
-      <c r="F454" s="2"/>
+        <v>1771</v>
+      </c>
+      <c r="F454" s="2" t="s">
+        <v>1772</v>
+      </c>
     </row>
     <row r="455" spans="1:6">
       <c r="A455" t="s">
-        <v>836</v>
+        <v>1658</v>
       </c>
       <c r="B455" t="s">
-        <v>836</v>
+        <v>1659</v>
       </c>
       <c r="C455" t="s">
-        <v>346</v>
+        <v>684</v>
       </c>
       <c r="D455" t="s">
-        <v>346</v>
+        <v>685</v>
       </c>
       <c r="E455" s="2" t="s">
-        <v>893</v>
-[...1 lines deleted...]
-      <c r="F455" s="2"/>
+        <v>1773</v>
+      </c>
+      <c r="F455" s="2" t="s">
+        <v>1774</v>
+      </c>
     </row>
     <row r="456" spans="1:6">
       <c r="A456" t="s">
-        <v>836</v>
+        <v>1658</v>
       </c>
       <c r="B456" t="s">
-        <v>836</v>
+        <v>1659</v>
       </c>
       <c r="C456" t="s">
-        <v>894</v>
+        <v>1775</v>
       </c>
       <c r="D456" t="s">
-        <v>894</v>
+        <v>1776</v>
       </c>
       <c r="E456" s="2" t="s">
-        <v>895</v>
-[...1 lines deleted...]
-      <c r="F456" s="2"/>
+        <v>1777</v>
+      </c>
+      <c r="F456" s="2" t="s">
+        <v>1778</v>
+      </c>
     </row>
     <row r="457" spans="1:6">
       <c r="A457" t="s">
-        <v>836</v>
+        <v>1658</v>
       </c>
       <c r="B457" t="s">
-        <v>836</v>
+        <v>1659</v>
       </c>
       <c r="C457" t="s">
-        <v>348</v>
+        <v>688</v>
       </c>
       <c r="D457" t="s">
-        <v>348</v>
+        <v>689</v>
       </c>
       <c r="E457" s="2" t="s">
-        <v>896</v>
-[...1 lines deleted...]
-      <c r="F457" s="2"/>
+        <v>1779</v>
+      </c>
+      <c r="F457" s="2" t="s">
+        <v>1780</v>
+      </c>
     </row>
     <row r="458" spans="1:6">
       <c r="A458" t="s">
-        <v>836</v>
+        <v>1658</v>
       </c>
       <c r="B458" t="s">
-        <v>836</v>
+        <v>1659</v>
       </c>
       <c r="C458" t="s">
-        <v>897</v>
+        <v>1781</v>
       </c>
       <c r="D458" t="s">
-        <v>897</v>
+        <v>1782</v>
       </c>
       <c r="E458" s="2" t="s">
-        <v>898</v>
-[...1 lines deleted...]
-      <c r="F458" s="2"/>
+        <v>1783</v>
+      </c>
+      <c r="F458" s="2" t="s">
+        <v>1784</v>
+      </c>
     </row>
     <row r="459" spans="1:6">
       <c r="A459" t="s">
-        <v>836</v>
+        <v>1658</v>
       </c>
       <c r="B459" t="s">
-        <v>836</v>
+        <v>1659</v>
       </c>
       <c r="C459" t="s">
-        <v>899</v>
+        <v>1785</v>
       </c>
       <c r="D459" t="s">
-        <v>899</v>
+        <v>1786</v>
       </c>
       <c r="E459" s="2" t="s">
-        <v>900</v>
-[...1 lines deleted...]
-      <c r="F459" s="2"/>
+        <v>1787</v>
+      </c>
+      <c r="F459" s="2" t="s">
+        <v>1788</v>
+      </c>
     </row>
     <row r="460" spans="1:6">
       <c r="A460" t="s">
-        <v>836</v>
+        <v>1658</v>
       </c>
       <c r="B460" t="s">
-        <v>836</v>
+        <v>1659</v>
       </c>
       <c r="C460" t="s">
-        <v>901</v>
+        <v>1789</v>
       </c>
       <c r="D460" t="s">
-        <v>901</v>
+        <v>1790</v>
       </c>
       <c r="E460" s="2" t="s">
-        <v>902</v>
-[...1 lines deleted...]
-      <c r="F460" s="2"/>
+        <v>1791</v>
+      </c>
+      <c r="F460" s="2" t="s">
+        <v>1792</v>
+      </c>
     </row>
     <row r="461" spans="1:6">
       <c r="A461" t="s">
-        <v>836</v>
+        <v>1658</v>
       </c>
       <c r="B461" t="s">
-        <v>836</v>
+        <v>1659</v>
       </c>
       <c r="C461" t="s">
-        <v>903</v>
+        <v>1793</v>
       </c>
       <c r="D461" t="s">
-        <v>903</v>
+        <v>1794</v>
       </c>
       <c r="E461" s="2" t="s">
-        <v>904</v>
-[...1 lines deleted...]
-      <c r="F461" s="2"/>
+        <v>1795</v>
+      </c>
+      <c r="F461" s="2" t="s">
+        <v>1796</v>
+      </c>
     </row>
     <row r="462" spans="1:6">
       <c r="A462" t="s">
-        <v>836</v>
+        <v>1658</v>
       </c>
       <c r="B462" t="s">
-        <v>836</v>
+        <v>1659</v>
       </c>
       <c r="C462" t="s">
-        <v>905</v>
+        <v>1797</v>
       </c>
       <c r="D462" t="s">
-        <v>905</v>
+        <v>1798</v>
       </c>
       <c r="E462" s="2" t="s">
-        <v>906</v>
-[...1 lines deleted...]
-      <c r="F462" s="2"/>
+        <v>1799</v>
+      </c>
+      <c r="F462" s="2" t="s">
+        <v>1800</v>
+      </c>
     </row>
     <row r="463" spans="1:6">
       <c r="A463" t="s">
-        <v>836</v>
+        <v>1658</v>
       </c>
       <c r="B463" t="s">
-        <v>836</v>
+        <v>1659</v>
       </c>
       <c r="C463" t="s">
-        <v>834</v>
+        <v>1654</v>
       </c>
       <c r="D463" t="s">
-        <v>834</v>
+        <v>1655</v>
       </c>
       <c r="E463" s="2" t="s">
-        <v>835</v>
-[...1 lines deleted...]
-      <c r="F463" s="2"/>
+        <v>1656</v>
+      </c>
+      <c r="F463" s="2" t="s">
+        <v>1801</v>
+      </c>
     </row>
     <row r="464" spans="1:6">
       <c r="A464" t="s">
-        <v>836</v>
+        <v>1658</v>
       </c>
       <c r="B464" t="s">
-        <v>836</v>
+        <v>1659</v>
       </c>
       <c r="C464" t="s">
-        <v>907</v>
+        <v>1802</v>
       </c>
       <c r="D464" t="s">
-        <v>907</v>
+        <v>1803</v>
       </c>
       <c r="E464" s="2" t="s">
-        <v>908</v>
-[...1 lines deleted...]
-      <c r="F464" s="2"/>
+        <v>1804</v>
+      </c>
+      <c r="F464" s="2" t="s">
+        <v>1805</v>
+      </c>
     </row>
     <row r="465" spans="1:6">
       <c r="A465" t="s">
-        <v>836</v>
+        <v>1658</v>
       </c>
       <c r="B465" t="s">
-        <v>836</v>
+        <v>1659</v>
       </c>
       <c r="C465" t="s">
-        <v>909</v>
+        <v>1806</v>
       </c>
       <c r="D465" t="s">
-        <v>909</v>
+        <v>1807</v>
       </c>
       <c r="E465" s="2" t="s">
-        <v>910</v>
-[...1 lines deleted...]
-      <c r="F465" s="2"/>
+        <v>1808</v>
+      </c>
+      <c r="F465" s="2" t="s">
+        <v>1809</v>
+      </c>
     </row>
     <row r="466" spans="1:6">
       <c r="A466" t="s">
-        <v>836</v>
+        <v>1658</v>
       </c>
       <c r="B466" t="s">
-        <v>836</v>
+        <v>1659</v>
       </c>
       <c r="C466" t="s">
-        <v>911</v>
+        <v>1810</v>
       </c>
       <c r="D466" t="s">
-        <v>911</v>
+        <v>1811</v>
       </c>
       <c r="E466" s="2" t="s">
-        <v>912</v>
-[...1 lines deleted...]
-      <c r="F466" s="2"/>
+        <v>1812</v>
+      </c>
+      <c r="F466" s="2" t="s">
+        <v>1813</v>
+      </c>
     </row>
     <row r="467" spans="1:6">
       <c r="A467" t="s">
-        <v>836</v>
+        <v>1658</v>
       </c>
       <c r="B467" t="s">
-        <v>836</v>
+        <v>1659</v>
       </c>
       <c r="C467" t="s">
-        <v>913</v>
+        <v>1814</v>
       </c>
       <c r="D467" t="s">
-        <v>913</v>
+        <v>1815</v>
       </c>
       <c r="E467" s="2" t="s">
-        <v>914</v>
-[...1 lines deleted...]
-      <c r="F467" s="2"/>
+        <v>1816</v>
+      </c>
+      <c r="F467" s="2" t="s">
+        <v>1817</v>
+      </c>
     </row>
     <row r="468" spans="1:6">
       <c r="A468" t="s">
-        <v>836</v>
+        <v>1658</v>
       </c>
       <c r="B468" t="s">
-        <v>836</v>
+        <v>1659</v>
       </c>
       <c r="C468" t="s">
-        <v>915</v>
+        <v>1818</v>
       </c>
       <c r="D468" t="s">
-        <v>915</v>
+        <v>1819</v>
       </c>
       <c r="E468" s="2" t="s">
-        <v>916</v>
-[...1 lines deleted...]
-      <c r="F468" s="2"/>
+        <v>1820</v>
+      </c>
+      <c r="F468" s="2" t="s">
+        <v>1821</v>
+      </c>
     </row>
     <row r="469" spans="1:6">
       <c r="A469" t="s">
-        <v>836</v>
+        <v>1658</v>
       </c>
       <c r="B469" t="s">
-        <v>836</v>
+        <v>1659</v>
       </c>
       <c r="C469" t="s">
-        <v>917</v>
+        <v>1822</v>
       </c>
       <c r="D469" t="s">
-        <v>917</v>
+        <v>1823</v>
       </c>
       <c r="E469" s="2" t="s">
-        <v>918</v>
-[...1 lines deleted...]
-      <c r="F469" s="2"/>
+        <v>1824</v>
+      </c>
+      <c r="F469" s="2" t="s">
+        <v>1825</v>
+      </c>
     </row>
     <row r="470" spans="1:6">
       <c r="A470" t="s">
-        <v>836</v>
+        <v>1658</v>
       </c>
       <c r="B470" t="s">
-        <v>836</v>
+        <v>1659</v>
       </c>
       <c r="C470" t="s">
-        <v>919</v>
+        <v>1826</v>
       </c>
       <c r="D470" t="s">
-        <v>919</v>
+        <v>1827</v>
       </c>
       <c r="E470" s="2" t="s">
-        <v>920</v>
-[...1 lines deleted...]
-      <c r="F470" s="2"/>
+        <v>1828</v>
+      </c>
+      <c r="F470" s="2" t="s">
+        <v>1829</v>
+      </c>
     </row>
     <row r="471" spans="1:6">
       <c r="A471" t="s">
-        <v>836</v>
+        <v>1658</v>
       </c>
       <c r="B471" t="s">
-        <v>836</v>
+        <v>1659</v>
       </c>
       <c r="C471" t="s">
-        <v>921</v>
+        <v>1830</v>
       </c>
       <c r="D471" t="s">
-        <v>921</v>
+        <v>1831</v>
       </c>
       <c r="E471" s="2" t="s">
-        <v>922</v>
-[...1 lines deleted...]
-      <c r="F471" s="2"/>
+        <v>1832</v>
+      </c>
+      <c r="F471" s="2" t="s">
+        <v>1833</v>
+      </c>
     </row>
     <row r="472" spans="1:6">
       <c r="A472" t="s">
-        <v>836</v>
+        <v>1658</v>
       </c>
       <c r="B472" t="s">
-        <v>836</v>
+        <v>1659</v>
       </c>
       <c r="C472" t="s">
-        <v>923</v>
+        <v>1834</v>
       </c>
       <c r="D472" t="s">
-        <v>923</v>
+        <v>1835</v>
       </c>
       <c r="E472" s="2" t="s">
-        <v>924</v>
-[...1 lines deleted...]
-      <c r="F472" s="2"/>
+        <v>1836</v>
+      </c>
+      <c r="F472" s="2" t="s">
+        <v>1837</v>
+      </c>
     </row>
     <row r="473" spans="1:6">
       <c r="A473" t="s">
-        <v>836</v>
+        <v>1658</v>
       </c>
       <c r="B473" t="s">
-        <v>836</v>
+        <v>1659</v>
       </c>
       <c r="C473" t="s">
-        <v>925</v>
+        <v>1838</v>
       </c>
       <c r="D473" t="s">
-        <v>925</v>
+        <v>1839</v>
       </c>
       <c r="E473" s="2" t="s">
-        <v>926</v>
-[...1 lines deleted...]
-      <c r="F473" s="2"/>
+        <v>1840</v>
+      </c>
+      <c r="F473" s="2" t="s">
+        <v>1841</v>
+      </c>
     </row>
     <row r="474" spans="1:6">
       <c r="A474" t="s">
-        <v>927</v>
+        <v>1842</v>
       </c>
       <c r="B474" t="s">
-        <v>927</v>
+        <v>1843</v>
       </c>
       <c r="C474" t="s">
-        <v>928</v>
+        <v>1844</v>
       </c>
       <c r="D474" t="s">
-        <v>928</v>
+        <v>1845</v>
       </c>
       <c r="E474" s="2" t="s">
-        <v>929</v>
-[...1 lines deleted...]
-      <c r="F474" s="2"/>
+        <v>1846</v>
+      </c>
+      <c r="F474" s="2" t="s">
+        <v>1847</v>
+      </c>
     </row>
     <row r="475" spans="1:6">
       <c r="A475" t="s">
-        <v>927</v>
+        <v>1842</v>
       </c>
       <c r="B475" t="s">
-        <v>927</v>
+        <v>1843</v>
       </c>
       <c r="C475" t="s">
-        <v>120</v>
+        <v>231</v>
       </c>
       <c r="D475" t="s">
-        <v>120</v>
+        <v>232</v>
       </c>
       <c r="E475" s="2" t="s">
-        <v>930</v>
-[...1 lines deleted...]
-      <c r="F475" s="2"/>
+        <v>1848</v>
+      </c>
+      <c r="F475" s="2" t="s">
+        <v>1849</v>
+      </c>
     </row>
     <row r="476" spans="1:6">
       <c r="A476" t="s">
-        <v>927</v>
+        <v>1842</v>
       </c>
       <c r="B476" t="s">
-        <v>927</v>
+        <v>1843</v>
       </c>
       <c r="C476" t="s">
-        <v>931</v>
+        <v>1850</v>
       </c>
       <c r="D476" t="s">
-        <v>931</v>
+        <v>1851</v>
       </c>
       <c r="E476" s="2" t="s">
-        <v>932</v>
-[...1 lines deleted...]
-      <c r="F476" s="2"/>
+        <v>1852</v>
+      </c>
+      <c r="F476" s="2" t="s">
+        <v>1853</v>
+      </c>
     </row>
     <row r="477" spans="1:6">
       <c r="A477" t="s">
-        <v>927</v>
+        <v>1842</v>
       </c>
       <c r="B477" t="s">
-        <v>927</v>
+        <v>1843</v>
       </c>
       <c r="C477" t="s">
-        <v>933</v>
+        <v>1854</v>
       </c>
       <c r="D477" t="s">
-        <v>933</v>
+        <v>1855</v>
       </c>
       <c r="E477" s="2" t="s">
-        <v>934</v>
-[...1 lines deleted...]
-      <c r="F477" s="2"/>
+        <v>1856</v>
+      </c>
+      <c r="F477" s="2" t="s">
+        <v>1857</v>
+      </c>
     </row>
     <row r="478" spans="1:6">
       <c r="A478" t="s">
-        <v>927</v>
+        <v>1842</v>
       </c>
       <c r="B478" t="s">
-        <v>927</v>
+        <v>1843</v>
       </c>
       <c r="C478" t="s">
-        <v>935</v>
+        <v>1858</v>
       </c>
       <c r="D478" t="s">
-        <v>935</v>
+        <v>1859</v>
       </c>
       <c r="E478" s="2" t="s">
-        <v>936</v>
-[...1 lines deleted...]
-      <c r="F478" s="2"/>
+        <v>1860</v>
+      </c>
+      <c r="F478" s="2" t="s">
+        <v>1861</v>
+      </c>
     </row>
     <row r="479" spans="1:6">
       <c r="A479" t="s">
-        <v>927</v>
+        <v>1842</v>
       </c>
       <c r="B479" t="s">
-        <v>927</v>
+        <v>1843</v>
       </c>
       <c r="C479" t="s">
-        <v>937</v>
+        <v>1862</v>
       </c>
       <c r="D479" t="s">
-        <v>937</v>
+        <v>1863</v>
       </c>
       <c r="E479" s="2" t="s">
-        <v>938</v>
-[...1 lines deleted...]
-      <c r="F479" s="2"/>
+        <v>1864</v>
+      </c>
+      <c r="F479" s="2" t="s">
+        <v>1865</v>
+      </c>
     </row>
     <row r="480" spans="1:6">
       <c r="A480" t="s">
-        <v>927</v>
+        <v>1842</v>
       </c>
       <c r="B480" t="s">
-        <v>927</v>
+        <v>1843</v>
       </c>
       <c r="C480" t="s">
-        <v>766</v>
+        <v>1517</v>
       </c>
       <c r="D480" t="s">
-        <v>766</v>
+        <v>1518</v>
       </c>
       <c r="E480" s="2" t="s">
-        <v>939</v>
-[...1 lines deleted...]
-      <c r="F480" s="2"/>
+        <v>1866</v>
+      </c>
+      <c r="F480" s="2" t="s">
+        <v>1867</v>
+      </c>
     </row>
     <row r="481" spans="1:6">
       <c r="A481" t="s">
-        <v>927</v>
+        <v>1842</v>
       </c>
       <c r="B481" t="s">
-        <v>927</v>
+        <v>1843</v>
       </c>
       <c r="C481" t="s">
-        <v>940</v>
+        <v>1868</v>
       </c>
       <c r="D481" t="s">
-        <v>940</v>
+        <v>1869</v>
       </c>
       <c r="E481" s="2" t="s">
-        <v>941</v>
-[...1 lines deleted...]
-      <c r="F481" s="2"/>
+        <v>1870</v>
+      </c>
+      <c r="F481" s="2" t="s">
+        <v>1871</v>
+      </c>
     </row>
     <row r="482" spans="1:6">
       <c r="A482" t="s">
-        <v>927</v>
+        <v>1842</v>
       </c>
       <c r="B482" t="s">
-        <v>927</v>
+        <v>1843</v>
       </c>
       <c r="C482" t="s">
-        <v>942</v>
+        <v>1872</v>
       </c>
       <c r="D482" t="s">
-        <v>942</v>
+        <v>1873</v>
       </c>
       <c r="E482" s="2" t="s">
-        <v>943</v>
-[...1 lines deleted...]
-      <c r="F482" s="2"/>
+        <v>1874</v>
+      </c>
+      <c r="F482" s="2" t="s">
+        <v>1875</v>
+      </c>
     </row>
     <row r="483" spans="1:6">
       <c r="A483" t="s">
-        <v>927</v>
+        <v>1842</v>
       </c>
       <c r="B483" t="s">
-        <v>927</v>
+        <v>1843</v>
       </c>
       <c r="C483" t="s">
-        <v>944</v>
+        <v>1876</v>
       </c>
       <c r="D483" t="s">
-        <v>944</v>
+        <v>1877</v>
       </c>
       <c r="E483" s="2" t="s">
-        <v>945</v>
-[...1 lines deleted...]
-      <c r="F483" s="2"/>
+        <v>1878</v>
+      </c>
+      <c r="F483" s="2" t="s">
+        <v>1879</v>
+      </c>
     </row>
     <row r="484" spans="1:6">
       <c r="A484" t="s">
-        <v>927</v>
+        <v>1842</v>
       </c>
       <c r="B484" t="s">
-        <v>927</v>
+        <v>1843</v>
       </c>
       <c r="C484" t="s">
-        <v>946</v>
+        <v>1880</v>
       </c>
       <c r="D484" t="s">
-        <v>946</v>
+        <v>1881</v>
       </c>
       <c r="E484" s="2" t="s">
-        <v>947</v>
-[...1 lines deleted...]
-      <c r="F484" s="2"/>
+        <v>1882</v>
+      </c>
+      <c r="F484" s="2" t="s">
+        <v>1883</v>
+      </c>
     </row>
     <row r="485" spans="1:6">
       <c r="A485" t="s">
-        <v>927</v>
+        <v>1842</v>
       </c>
       <c r="B485" t="s">
-        <v>927</v>
+        <v>1843</v>
       </c>
       <c r="C485" t="s">
-        <v>948</v>
+        <v>1884</v>
       </c>
       <c r="D485" t="s">
-        <v>948</v>
+        <v>1885</v>
       </c>
       <c r="E485" s="2" t="s">
-        <v>949</v>
-[...1 lines deleted...]
-      <c r="F485" s="2"/>
+        <v>1886</v>
+      </c>
+      <c r="F485" s="2" t="s">
+        <v>1887</v>
+      </c>
     </row>
     <row r="486" spans="1:6">
       <c r="A486" t="s">
-        <v>927</v>
+        <v>1842</v>
       </c>
       <c r="B486" t="s">
-        <v>927</v>
+        <v>1843</v>
       </c>
       <c r="C486" t="s">
-        <v>950</v>
+        <v>1888</v>
       </c>
       <c r="D486" t="s">
-        <v>950</v>
+        <v>1889</v>
       </c>
       <c r="E486" s="2" t="s">
-        <v>951</v>
-[...1 lines deleted...]
-      <c r="F486" s="2"/>
+        <v>1890</v>
+      </c>
+      <c r="F486" s="2" t="s">
+        <v>1891</v>
+      </c>
     </row>
     <row r="487" spans="1:6">
       <c r="A487" t="s">
-        <v>927</v>
+        <v>1842</v>
       </c>
       <c r="B487" t="s">
-        <v>927</v>
+        <v>1843</v>
       </c>
       <c r="C487" t="s">
-        <v>952</v>
+        <v>1892</v>
       </c>
       <c r="D487" t="s">
-        <v>952</v>
+        <v>1893</v>
       </c>
       <c r="E487" s="2" t="s">
-        <v>953</v>
-[...1 lines deleted...]
-      <c r="F487" s="2"/>
+        <v>1894</v>
+      </c>
+      <c r="F487" s="2" t="s">
+        <v>1895</v>
+      </c>
     </row>
     <row r="488" spans="1:6">
       <c r="A488" t="s">
-        <v>927</v>
+        <v>1842</v>
       </c>
       <c r="B488" t="s">
-        <v>927</v>
+        <v>1843</v>
       </c>
       <c r="C488" t="s">
-        <v>954</v>
+        <v>1896</v>
       </c>
       <c r="D488" t="s">
-        <v>954</v>
+        <v>1897</v>
       </c>
       <c r="E488" s="2" t="s">
-        <v>955</v>
-[...1 lines deleted...]
-      <c r="F488" s="2"/>
+        <v>1898</v>
+      </c>
+      <c r="F488" s="2" t="s">
+        <v>1899</v>
+      </c>
     </row>
     <row r="489" spans="1:6">
       <c r="A489" t="s">
-        <v>927</v>
+        <v>1842</v>
       </c>
       <c r="B489" t="s">
-        <v>927</v>
+        <v>1843</v>
       </c>
       <c r="C489" t="s">
-        <v>956</v>
+        <v>1900</v>
       </c>
       <c r="D489" t="s">
-        <v>956</v>
+        <v>1901</v>
       </c>
       <c r="E489" s="2" t="s">
-        <v>957</v>
-[...1 lines deleted...]
-      <c r="F489" s="2"/>
+        <v>1902</v>
+      </c>
+      <c r="F489" s="2" t="s">
+        <v>1903</v>
+      </c>
     </row>
     <row r="490" spans="1:6">
       <c r="A490" t="s">
-        <v>927</v>
+        <v>1842</v>
       </c>
       <c r="B490" t="s">
-        <v>927</v>
+        <v>1843</v>
       </c>
       <c r="C490" t="s">
-        <v>958</v>
+        <v>1904</v>
       </c>
       <c r="D490" t="s">
-        <v>958</v>
+        <v>1905</v>
       </c>
       <c r="E490" s="2" t="s">
-        <v>959</v>
-[...1 lines deleted...]
-      <c r="F490" s="2"/>
+        <v>1906</v>
+      </c>
+      <c r="F490" s="2" t="s">
+        <v>1907</v>
+      </c>
     </row>
     <row r="491" spans="1:6">
       <c r="A491" t="s">
-        <v>927</v>
+        <v>1842</v>
       </c>
       <c r="B491" t="s">
-        <v>927</v>
+        <v>1843</v>
       </c>
       <c r="C491" t="s">
-        <v>162</v>
+        <v>315</v>
       </c>
       <c r="D491" t="s">
-        <v>162</v>
+        <v>316</v>
       </c>
       <c r="E491" s="2" t="s">
-        <v>251</v>
-[...1 lines deleted...]
-      <c r="F491" s="2"/>
+        <v>494</v>
+      </c>
+      <c r="F491" s="2" t="s">
+        <v>1908</v>
+      </c>
     </row>
     <row r="492" spans="1:6">
       <c r="A492" t="s">
-        <v>927</v>
+        <v>1842</v>
       </c>
       <c r="B492" t="s">
-        <v>927</v>
+        <v>1843</v>
       </c>
       <c r="C492" t="s">
-        <v>252</v>
+        <v>496</v>
       </c>
       <c r="D492" t="s">
-        <v>252</v>
+        <v>497</v>
       </c>
       <c r="E492" s="2" t="s">
-        <v>960</v>
-[...1 lines deleted...]
-      <c r="F492" s="2"/>
+        <v>1909</v>
+      </c>
+      <c r="F492" s="2" t="s">
+        <v>1910</v>
+      </c>
     </row>
     <row r="493" spans="1:6">
       <c r="A493" t="s">
-        <v>927</v>
+        <v>1842</v>
       </c>
       <c r="B493" t="s">
-        <v>927</v>
+        <v>1843</v>
       </c>
       <c r="C493" t="s">
-        <v>961</v>
+        <v>1911</v>
       </c>
       <c r="D493" t="s">
-        <v>961</v>
+        <v>1912</v>
       </c>
       <c r="E493" s="2" t="s">
-        <v>962</v>
-[...1 lines deleted...]
-      <c r="F493" s="2"/>
+        <v>1913</v>
+      </c>
+      <c r="F493" s="2" t="s">
+        <v>1914</v>
+      </c>
     </row>
     <row r="494" spans="1:6">
       <c r="A494" t="s">
-        <v>927</v>
+        <v>1842</v>
       </c>
       <c r="B494" t="s">
-        <v>927</v>
+        <v>1843</v>
       </c>
       <c r="C494" t="s">
-        <v>963</v>
+        <v>1915</v>
       </c>
       <c r="D494" t="s">
-        <v>963</v>
+        <v>1916</v>
       </c>
       <c r="E494" s="2" t="s">
-        <v>964</v>
-[...1 lines deleted...]
-      <c r="F494" s="2"/>
+        <v>1917</v>
+      </c>
+      <c r="F494" s="2" t="s">
+        <v>1918</v>
+      </c>
     </row>
     <row r="495" spans="1:6">
       <c r="A495" t="s">
-        <v>927</v>
+        <v>1842</v>
       </c>
       <c r="B495" t="s">
-        <v>927</v>
+        <v>1843</v>
       </c>
       <c r="C495" t="s">
-        <v>720</v>
+        <v>1426</v>
       </c>
       <c r="D495" t="s">
-        <v>720</v>
+        <v>1427</v>
       </c>
       <c r="E495" s="2" t="s">
-        <v>965</v>
-[...1 lines deleted...]
-      <c r="F495" s="2"/>
+        <v>1919</v>
+      </c>
+      <c r="F495" s="2" t="s">
+        <v>1920</v>
+      </c>
     </row>
     <row r="496" spans="1:6">
       <c r="A496" t="s">
-        <v>966</v>
+        <v>1921</v>
       </c>
       <c r="B496" t="s">
-        <v>966</v>
+        <v>1922</v>
       </c>
       <c r="C496" t="s">
-        <v>967</v>
+        <v>1923</v>
       </c>
       <c r="D496" t="s">
-        <v>967</v>
+        <v>1924</v>
       </c>
       <c r="E496" s="2" t="s">
-        <v>968</v>
-[...1 lines deleted...]
-      <c r="F496" s="2"/>
+        <v>1925</v>
+      </c>
+      <c r="F496" s="2" t="s">
+        <v>1926</v>
+      </c>
     </row>
     <row r="497" spans="1:6">
       <c r="A497" t="s">
-        <v>966</v>
+        <v>1921</v>
       </c>
       <c r="B497" t="s">
-        <v>966</v>
+        <v>1922</v>
       </c>
       <c r="C497" t="s">
-        <v>969</v>
+        <v>1927</v>
       </c>
       <c r="D497" t="s">
-        <v>969</v>
+        <v>1928</v>
       </c>
       <c r="E497" s="2" t="s">
-        <v>970</v>
-[...1 lines deleted...]
-      <c r="F497" s="2"/>
+        <v>1929</v>
+      </c>
+      <c r="F497" s="2" t="s">
+        <v>1930</v>
+      </c>
     </row>
     <row r="498" spans="1:6">
       <c r="A498" t="s">
-        <v>966</v>
+        <v>1921</v>
       </c>
       <c r="B498" t="s">
-        <v>966</v>
+        <v>1922</v>
       </c>
       <c r="C498" t="s">
-        <v>971</v>
+        <v>1931</v>
       </c>
       <c r="D498" t="s">
-        <v>971</v>
+        <v>1932</v>
       </c>
       <c r="E498" s="2" t="s">
-        <v>972</v>
-[...1 lines deleted...]
-      <c r="F498" s="2"/>
+        <v>1933</v>
+      </c>
+      <c r="F498" s="2" t="s">
+        <v>1934</v>
+      </c>
     </row>
     <row r="499" spans="1:6">
       <c r="A499" t="s">
-        <v>966</v>
+        <v>1921</v>
       </c>
       <c r="B499" t="s">
-        <v>966</v>
+        <v>1922</v>
       </c>
       <c r="C499" t="s">
-        <v>973</v>
+        <v>1935</v>
       </c>
       <c r="D499" t="s">
-        <v>973</v>
+        <v>1936</v>
       </c>
       <c r="E499" s="2" t="s">
-        <v>974</v>
-[...1 lines deleted...]
-      <c r="F499" s="2"/>
+        <v>1937</v>
+      </c>
+      <c r="F499" s="2" t="s">
+        <v>1938</v>
+      </c>
     </row>
     <row r="500" spans="1:6">
       <c r="A500" t="s">
-        <v>966</v>
+        <v>1921</v>
       </c>
       <c r="B500" t="s">
-        <v>966</v>
+        <v>1922</v>
       </c>
       <c r="C500" t="s">
-        <v>975</v>
+        <v>1939</v>
       </c>
       <c r="D500" t="s">
-        <v>975</v>
+        <v>1940</v>
       </c>
       <c r="E500" s="2" t="s">
-        <v>976</v>
-[...1 lines deleted...]
-      <c r="F500" s="2"/>
+        <v>1941</v>
+      </c>
+      <c r="F500" s="2" t="s">
+        <v>1942</v>
+      </c>
     </row>
     <row r="501" spans="1:6">
       <c r="A501" t="s">
-        <v>966</v>
+        <v>1921</v>
       </c>
       <c r="B501" t="s">
-        <v>966</v>
+        <v>1922</v>
       </c>
       <c r="C501" t="s">
-        <v>181</v>
+        <v>353</v>
       </c>
       <c r="D501" t="s">
-        <v>181</v>
+        <v>354</v>
       </c>
       <c r="E501" s="2" t="s">
-        <v>977</v>
-[...1 lines deleted...]
-      <c r="F501" s="2"/>
+        <v>1943</v>
+      </c>
+      <c r="F501" s="2" t="s">
+        <v>1944</v>
+      </c>
     </row>
     <row r="502" spans="1:6">
       <c r="A502" t="s">
-        <v>966</v>
+        <v>1921</v>
       </c>
       <c r="B502" t="s">
-        <v>966</v>
+        <v>1922</v>
       </c>
       <c r="C502" t="s">
-        <v>310</v>
+        <v>612</v>
       </c>
       <c r="D502" t="s">
-        <v>310</v>
+        <v>613</v>
       </c>
       <c r="E502" s="2" t="s">
-        <v>978</v>
-[...1 lines deleted...]
-      <c r="F502" s="2"/>
+        <v>1945</v>
+      </c>
+      <c r="F502" s="2" t="s">
+        <v>1946</v>
+      </c>
     </row>
     <row r="503" spans="1:6">
       <c r="A503" t="s">
-        <v>966</v>
+        <v>1921</v>
       </c>
       <c r="B503" t="s">
-        <v>966</v>
+        <v>1922</v>
       </c>
       <c r="C503" t="s">
-        <v>316</v>
+        <v>624</v>
       </c>
       <c r="D503" t="s">
-        <v>316</v>
+        <v>625</v>
       </c>
       <c r="E503" s="2" t="s">
-        <v>979</v>
-[...1 lines deleted...]
-      <c r="F503" s="2"/>
+        <v>1947</v>
+      </c>
+      <c r="F503" s="2" t="s">
+        <v>1948</v>
+      </c>
     </row>
     <row r="504" spans="1:6">
       <c r="A504" t="s">
-        <v>966</v>
+        <v>1921</v>
       </c>
       <c r="B504" t="s">
-        <v>966</v>
+        <v>1922</v>
       </c>
       <c r="C504" t="s">
-        <v>980</v>
+        <v>1949</v>
       </c>
       <c r="D504" t="s">
-        <v>980</v>
+        <v>1950</v>
       </c>
       <c r="E504" s="2" t="s">
-        <v>981</v>
-[...1 lines deleted...]
-      <c r="F504" s="2"/>
+        <v>1951</v>
+      </c>
+      <c r="F504" s="2" t="s">
+        <v>1952</v>
+      </c>
     </row>
     <row r="505" spans="1:6">
       <c r="A505" t="s">
-        <v>966</v>
+        <v>1921</v>
       </c>
       <c r="B505" t="s">
-        <v>966</v>
+        <v>1922</v>
       </c>
       <c r="C505" t="s">
-        <v>982</v>
+        <v>1953</v>
       </c>
       <c r="D505" t="s">
-        <v>982</v>
+        <v>1954</v>
       </c>
       <c r="E505" s="2" t="s">
-        <v>983</v>
-[...1 lines deleted...]
-      <c r="F505" s="2"/>
+        <v>1955</v>
+      </c>
+      <c r="F505" s="2" t="s">
+        <v>1956</v>
+      </c>
     </row>
     <row r="506" spans="1:6">
       <c r="A506" t="s">
-        <v>966</v>
+        <v>1921</v>
       </c>
       <c r="B506" t="s">
-        <v>966</v>
+        <v>1922</v>
       </c>
       <c r="C506" t="s">
-        <v>984</v>
+        <v>1957</v>
       </c>
       <c r="D506" t="s">
-        <v>984</v>
+        <v>1958</v>
       </c>
       <c r="E506" s="2" t="s">
-        <v>985</v>
-[...1 lines deleted...]
-      <c r="F506" s="2"/>
+        <v>1959</v>
+      </c>
+      <c r="F506" s="2" t="s">
+        <v>1960</v>
+      </c>
     </row>
     <row r="507" spans="1:6">
       <c r="A507" t="s">
-        <v>966</v>
+        <v>1921</v>
       </c>
       <c r="B507" t="s">
-        <v>966</v>
+        <v>1922</v>
       </c>
       <c r="C507" t="s">
-        <v>187</v>
+        <v>365</v>
       </c>
       <c r="D507" t="s">
-        <v>187</v>
+        <v>366</v>
       </c>
       <c r="E507" s="2" t="s">
-        <v>986</v>
-[...1 lines deleted...]
-      <c r="F507" s="2"/>
+        <v>1961</v>
+      </c>
+      <c r="F507" s="2" t="s">
+        <v>1962</v>
+      </c>
     </row>
     <row r="508" spans="1:6">
       <c r="A508" t="s">
-        <v>966</v>
+        <v>1921</v>
       </c>
       <c r="B508" t="s">
-        <v>966</v>
+        <v>1922</v>
       </c>
       <c r="C508" t="s">
-        <v>336</v>
+        <v>664</v>
       </c>
       <c r="D508" t="s">
-        <v>336</v>
+        <v>665</v>
       </c>
       <c r="E508" s="2" t="s">
-        <v>987</v>
-[...1 lines deleted...]
-      <c r="F508" s="2"/>
+        <v>1963</v>
+      </c>
+      <c r="F508" s="2" t="s">
+        <v>1964</v>
+      </c>
     </row>
     <row r="509" spans="1:6">
       <c r="A509" t="s">
-        <v>966</v>
+        <v>1921</v>
       </c>
       <c r="B509" t="s">
-        <v>966</v>
+        <v>1922</v>
       </c>
       <c r="C509" t="s">
-        <v>189</v>
+        <v>369</v>
       </c>
       <c r="D509" t="s">
-        <v>189</v>
+        <v>370</v>
       </c>
       <c r="E509" s="2" t="s">
-        <v>190</v>
-[...1 lines deleted...]
-      <c r="F509" s="2"/>
+        <v>371</v>
+      </c>
+      <c r="F509" s="2" t="s">
+        <v>1965</v>
+      </c>
     </row>
     <row r="510" spans="1:6">
       <c r="A510" t="s">
-        <v>966</v>
+        <v>1921</v>
       </c>
       <c r="B510" t="s">
-        <v>966</v>
+        <v>1922</v>
       </c>
       <c r="C510" t="s">
-        <v>988</v>
+        <v>1966</v>
       </c>
       <c r="D510" t="s">
-        <v>988</v>
+        <v>1967</v>
       </c>
       <c r="E510" s="2" t="s">
-        <v>989</v>
-[...1 lines deleted...]
-      <c r="F510" s="2"/>
+        <v>1968</v>
+      </c>
+      <c r="F510" s="2" t="s">
+        <v>1969</v>
+      </c>
     </row>
     <row r="511" spans="1:6">
       <c r="A511" t="s">
-        <v>966</v>
+        <v>1921</v>
       </c>
       <c r="B511" t="s">
-        <v>966</v>
+        <v>1922</v>
       </c>
       <c r="C511" t="s">
-        <v>990</v>
+        <v>1970</v>
       </c>
       <c r="D511" t="s">
-        <v>990</v>
+        <v>1971</v>
       </c>
       <c r="E511" s="2" t="s">
-        <v>991</v>
-[...1 lines deleted...]
-      <c r="F511" s="2"/>
+        <v>1972</v>
+      </c>
+      <c r="F511" s="2" t="s">
+        <v>1973</v>
+      </c>
     </row>
     <row r="512" spans="1:6">
       <c r="A512" t="s">
-        <v>966</v>
+        <v>1921</v>
       </c>
       <c r="B512" t="s">
-        <v>966</v>
+        <v>1922</v>
       </c>
       <c r="C512" t="s">
-        <v>992</v>
+        <v>1974</v>
       </c>
       <c r="D512" t="s">
-        <v>992</v>
+        <v>1975</v>
       </c>
       <c r="E512" s="2" t="s">
-        <v>993</v>
-[...1 lines deleted...]
-      <c r="F512" s="2"/>
+        <v>1976</v>
+      </c>
+      <c r="F512" s="2" t="s">
+        <v>1977</v>
+      </c>
     </row>
     <row r="513" spans="1:6">
       <c r="A513" t="s">
-        <v>966</v>
+        <v>1921</v>
       </c>
       <c r="B513" t="s">
-        <v>966</v>
+        <v>1922</v>
       </c>
       <c r="C513" t="s">
-        <v>994</v>
+        <v>1978</v>
       </c>
       <c r="D513" t="s">
-        <v>994</v>
+        <v>1979</v>
       </c>
       <c r="E513" s="2" t="s">
-        <v>995</v>
-[...1 lines deleted...]
-      <c r="F513" s="2"/>
+        <v>1980</v>
+      </c>
+      <c r="F513" s="2" t="s">
+        <v>1981</v>
+      </c>
     </row>
     <row r="514" spans="1:6">
       <c r="A514" t="s">
-        <v>966</v>
+        <v>1921</v>
       </c>
       <c r="B514" t="s">
-        <v>966</v>
+        <v>1922</v>
       </c>
       <c r="C514" t="s">
-        <v>996</v>
+        <v>1982</v>
       </c>
       <c r="D514" t="s">
-        <v>996</v>
+        <v>1983</v>
       </c>
       <c r="E514" s="2" t="s">
-        <v>997</v>
-[...1 lines deleted...]
-      <c r="F514" s="2"/>
+        <v>1984</v>
+      </c>
+      <c r="F514" s="2" t="s">
+        <v>1985</v>
+      </c>
     </row>
     <row r="515" spans="1:6">
       <c r="A515" t="s">
-        <v>966</v>
+        <v>1921</v>
       </c>
       <c r="B515" t="s">
-        <v>966</v>
+        <v>1922</v>
       </c>
       <c r="C515" t="s">
-        <v>998</v>
+        <v>1986</v>
       </c>
       <c r="D515" t="s">
-        <v>998</v>
+        <v>1987</v>
       </c>
       <c r="E515" s="2" t="s">
-        <v>999</v>
-[...1 lines deleted...]
-      <c r="F515" s="2"/>
+        <v>1988</v>
+      </c>
+      <c r="F515" s="2" t="s">
+        <v>1989</v>
+      </c>
     </row>
     <row r="516" spans="1:6">
       <c r="A516" t="s">
-        <v>966</v>
+        <v>1921</v>
       </c>
       <c r="B516" t="s">
-        <v>966</v>
+        <v>1922</v>
       </c>
       <c r="C516" t="s">
-        <v>193</v>
+        <v>377</v>
       </c>
       <c r="D516" t="s">
-        <v>193</v>
+        <v>378</v>
       </c>
       <c r="E516" s="2" t="s">
-        <v>194</v>
-[...1 lines deleted...]
-      <c r="F516" s="2"/>
+        <v>379</v>
+      </c>
+      <c r="F516" s="2" t="s">
+        <v>1990</v>
+      </c>
     </row>
     <row r="517" spans="1:6">
       <c r="A517" t="s">
-        <v>966</v>
+        <v>1921</v>
       </c>
       <c r="B517" t="s">
-        <v>966</v>
+        <v>1922</v>
       </c>
       <c r="C517" t="s">
-        <v>346</v>
+        <v>684</v>
       </c>
       <c r="D517" t="s">
-        <v>346</v>
+        <v>685</v>
       </c>
       <c r="E517" s="2" t="s">
-        <v>1000</v>
-[...1 lines deleted...]
-      <c r="F517" s="2"/>
+        <v>1991</v>
+      </c>
+      <c r="F517" s="2" t="s">
+        <v>1992</v>
+      </c>
     </row>
     <row r="518" spans="1:6">
       <c r="A518" t="s">
-        <v>966</v>
+        <v>1921</v>
       </c>
       <c r="B518" t="s">
-        <v>966</v>
+        <v>1922</v>
       </c>
       <c r="C518" t="s">
-        <v>1001</v>
+        <v>1993</v>
       </c>
       <c r="D518" t="s">
-        <v>1001</v>
+        <v>1994</v>
       </c>
       <c r="E518" s="2" t="s">
-        <v>1002</v>
-[...1 lines deleted...]
-      <c r="F518" s="2"/>
+        <v>1995</v>
+      </c>
+      <c r="F518" s="2" t="s">
+        <v>1996</v>
+      </c>
     </row>
     <row r="519" spans="1:6">
       <c r="A519" t="s">
-        <v>966</v>
+        <v>1921</v>
       </c>
       <c r="B519" t="s">
-        <v>966</v>
+        <v>1922</v>
       </c>
       <c r="C519" t="s">
-        <v>1003</v>
+        <v>1997</v>
       </c>
       <c r="D519" t="s">
-        <v>1003</v>
+        <v>1998</v>
       </c>
       <c r="E519" s="2" t="s">
-        <v>1004</v>
-[...1 lines deleted...]
-      <c r="F519" s="2"/>
+        <v>1999</v>
+      </c>
+      <c r="F519" s="2" t="s">
+        <v>2000</v>
+      </c>
     </row>
     <row r="520" spans="1:6">
       <c r="A520" t="s">
-        <v>966</v>
+        <v>1921</v>
       </c>
       <c r="B520" t="s">
-        <v>966</v>
+        <v>1922</v>
       </c>
       <c r="C520" t="s">
-        <v>539</v>
+        <v>1068</v>
       </c>
       <c r="D520" t="s">
-        <v>539</v>
+        <v>1069</v>
       </c>
       <c r="E520" s="2" t="s">
-        <v>704</v>
-[...1 lines deleted...]
-      <c r="F520" s="2"/>
+        <v>1394</v>
+      </c>
+      <c r="F520" s="2" t="s">
+        <v>2001</v>
+      </c>
     </row>
     <row r="521" spans="1:6">
       <c r="A521" t="s">
-        <v>966</v>
+        <v>1921</v>
       </c>
       <c r="B521" t="s">
-        <v>966</v>
+        <v>1922</v>
       </c>
       <c r="C521" t="s">
-        <v>1005</v>
+        <v>2002</v>
       </c>
       <c r="D521" t="s">
-        <v>1005</v>
+        <v>2003</v>
       </c>
       <c r="E521" s="2" t="s">
-        <v>1006</v>
-[...1 lines deleted...]
-      <c r="F521" s="2"/>
+        <v>2004</v>
+      </c>
+      <c r="F521" s="2" t="s">
+        <v>2005</v>
+      </c>
     </row>
     <row r="522" spans="1:6">
       <c r="A522" t="s">
-        <v>966</v>
+        <v>1921</v>
       </c>
       <c r="B522" t="s">
-        <v>966</v>
+        <v>1922</v>
       </c>
       <c r="C522" t="s">
-        <v>1007</v>
+        <v>2006</v>
       </c>
       <c r="D522" t="s">
-        <v>1007</v>
+        <v>2007</v>
       </c>
       <c r="E522" s="2" t="s">
-        <v>1008</v>
-[...1 lines deleted...]
-      <c r="F522" s="2"/>
+        <v>2008</v>
+      </c>
+      <c r="F522" s="2" t="s">
+        <v>2009</v>
+      </c>
     </row>
     <row r="523" spans="1:6">
       <c r="A523" t="s">
-        <v>966</v>
+        <v>1921</v>
       </c>
       <c r="B523" t="s">
-        <v>966</v>
+        <v>1922</v>
       </c>
       <c r="C523" t="s">
-        <v>1009</v>
+        <v>2010</v>
       </c>
       <c r="D523" t="s">
-        <v>1009</v>
+        <v>2011</v>
       </c>
       <c r="E523" s="2" t="s">
-        <v>1010</v>
-[...1 lines deleted...]
-      <c r="F523" s="2"/>
+        <v>2012</v>
+      </c>
+      <c r="F523" s="2" t="s">
+        <v>2013</v>
+      </c>
     </row>
     <row r="524" spans="1:6">
       <c r="A524" t="s">
-        <v>966</v>
+        <v>1921</v>
       </c>
       <c r="B524" t="s">
-        <v>966</v>
+        <v>1922</v>
       </c>
       <c r="C524" t="s">
-        <v>543</v>
+        <v>1076</v>
       </c>
       <c r="D524" t="s">
-        <v>543</v>
+        <v>1077</v>
       </c>
       <c r="E524" s="2" t="s">
-        <v>1011</v>
-[...1 lines deleted...]
-      <c r="F524" s="2"/>
+        <v>2014</v>
+      </c>
+      <c r="F524" s="2" t="s">
+        <v>2015</v>
+      </c>
     </row>
     <row r="525" spans="1:6">
       <c r="A525" t="s">
-        <v>966</v>
+        <v>1921</v>
       </c>
       <c r="B525" t="s">
-        <v>966</v>
+        <v>1922</v>
       </c>
       <c r="C525" t="s">
-        <v>199</v>
+        <v>389</v>
       </c>
       <c r="D525" t="s">
-        <v>199</v>
+        <v>390</v>
       </c>
       <c r="E525" s="2" t="s">
-        <v>200</v>
-[...1 lines deleted...]
-      <c r="F525" s="2"/>
+        <v>391</v>
+      </c>
+      <c r="F525" s="2" t="s">
+        <v>2016</v>
+      </c>
     </row>
     <row r="526" spans="1:6">
       <c r="A526" t="s">
-        <v>966</v>
+        <v>1921</v>
       </c>
       <c r="B526" t="s">
-        <v>966</v>
+        <v>1922</v>
       </c>
       <c r="C526" t="s">
-        <v>203</v>
+        <v>397</v>
       </c>
       <c r="D526" t="s">
-        <v>203</v>
+        <v>398</v>
       </c>
       <c r="E526" s="2" t="s">
-        <v>1012</v>
-[...1 lines deleted...]
-      <c r="F526" s="2"/>
+        <v>2017</v>
+      </c>
+      <c r="F526" s="2" t="s">
+        <v>2018</v>
+      </c>
     </row>
     <row r="527" spans="1:6">
       <c r="A527" t="s">
-        <v>966</v>
+        <v>1921</v>
       </c>
       <c r="B527" t="s">
-        <v>966</v>
+        <v>1922</v>
       </c>
       <c r="C527" t="s">
-        <v>372</v>
+        <v>736</v>
       </c>
       <c r="D527" t="s">
-        <v>372</v>
+        <v>737</v>
       </c>
       <c r="E527" s="2" t="s">
-        <v>373</v>
-[...1 lines deleted...]
-      <c r="F527" s="2"/>
+        <v>738</v>
+      </c>
+      <c r="F527" s="2" t="s">
+        <v>2019</v>
+      </c>
     </row>
     <row r="528" spans="1:6">
       <c r="A528" t="s">
-        <v>1013</v>
+        <v>2020</v>
       </c>
       <c r="B528" t="s">
-        <v>1013</v>
+        <v>2021</v>
       </c>
       <c r="C528" t="s">
-        <v>1014</v>
+        <v>2022</v>
       </c>
       <c r="D528" t="s">
-        <v>1014</v>
+        <v>2023</v>
       </c>
       <c r="E528" s="2" t="s">
-        <v>1015</v>
-[...1 lines deleted...]
-      <c r="F528" s="2"/>
+        <v>2024</v>
+      </c>
+      <c r="F528" s="2" t="s">
+        <v>2025</v>
+      </c>
     </row>
     <row r="529" spans="1:6">
       <c r="A529" t="s">
-        <v>1013</v>
+        <v>2020</v>
       </c>
       <c r="B529" t="s">
-        <v>1013</v>
+        <v>2021</v>
       </c>
       <c r="C529" t="s">
-        <v>1016</v>
+        <v>2026</v>
       </c>
       <c r="D529" t="s">
-        <v>1016</v>
+        <v>2027</v>
       </c>
       <c r="E529" s="2" t="s">
-        <v>1017</v>
-[...1 lines deleted...]
-      <c r="F529" s="2"/>
+        <v>2028</v>
+      </c>
+      <c r="F529" s="2" t="s">
+        <v>2029</v>
+      </c>
     </row>
     <row r="530" spans="1:6">
       <c r="A530" t="s">
-        <v>1013</v>
+        <v>2020</v>
       </c>
       <c r="B530" t="s">
-        <v>1013</v>
+        <v>2021</v>
       </c>
       <c r="C530" t="s">
-        <v>1018</v>
+        <v>2030</v>
       </c>
       <c r="D530" t="s">
-        <v>1018</v>
+        <v>2031</v>
       </c>
       <c r="E530" s="2" t="s">
-        <v>1019</v>
-[...1 lines deleted...]
-      <c r="F530" s="2"/>
+        <v>2032</v>
+      </c>
+      <c r="F530" s="2" t="s">
+        <v>2033</v>
+      </c>
     </row>
     <row r="531" spans="1:6">
       <c r="A531" t="s">
-        <v>1013</v>
+        <v>2020</v>
       </c>
       <c r="B531" t="s">
-        <v>1013</v>
+        <v>2021</v>
       </c>
       <c r="C531" t="s">
-        <v>1020</v>
+        <v>2034</v>
       </c>
       <c r="D531" t="s">
-        <v>1020</v>
+        <v>2035</v>
       </c>
       <c r="E531" s="2" t="s">
-        <v>1021</v>
-[...1 lines deleted...]
-      <c r="F531" s="2"/>
+        <v>2036</v>
+      </c>
+      <c r="F531" s="2" t="s">
+        <v>2037</v>
+      </c>
     </row>
     <row r="532" spans="1:6">
       <c r="A532" t="s">
-        <v>1013</v>
+        <v>2020</v>
       </c>
       <c r="B532" t="s">
-        <v>1013</v>
+        <v>2021</v>
       </c>
       <c r="C532" t="s">
-        <v>1022</v>
+        <v>2038</v>
       </c>
       <c r="D532" t="s">
-        <v>1022</v>
+        <v>2039</v>
       </c>
       <c r="E532" s="2" t="s">
-        <v>1023</v>
-[...1 lines deleted...]
-      <c r="F532" s="2"/>
+        <v>2040</v>
+      </c>
+      <c r="F532" s="2" t="s">
+        <v>2041</v>
+      </c>
     </row>
     <row r="533" spans="1:6">
       <c r="A533" t="s">
-        <v>1013</v>
+        <v>2020</v>
       </c>
       <c r="B533" t="s">
-        <v>1013</v>
+        <v>2021</v>
       </c>
       <c r="C533" t="s">
-        <v>1024</v>
+        <v>2042</v>
       </c>
       <c r="D533" t="s">
-        <v>1024</v>
+        <v>2043</v>
       </c>
       <c r="E533" s="2" t="s">
-        <v>1025</v>
-[...1 lines deleted...]
-      <c r="F533" s="2"/>
+        <v>2044</v>
+      </c>
+      <c r="F533" s="2" t="s">
+        <v>2045</v>
+      </c>
     </row>
     <row r="534" spans="1:6">
       <c r="A534" t="s">
-        <v>1013</v>
+        <v>2020</v>
       </c>
       <c r="B534" t="s">
-        <v>1013</v>
+        <v>2021</v>
       </c>
       <c r="C534" t="s">
-        <v>1026</v>
+        <v>2046</v>
       </c>
       <c r="D534" t="s">
-        <v>1026</v>
+        <v>2047</v>
       </c>
       <c r="E534" s="2" t="s">
-        <v>1027</v>
-[...1 lines deleted...]
-      <c r="F534" s="2"/>
+        <v>2048</v>
+      </c>
+      <c r="F534" s="2" t="s">
+        <v>2049</v>
+      </c>
     </row>
     <row r="535" spans="1:6">
       <c r="A535" t="s">
-        <v>1013</v>
+        <v>2020</v>
       </c>
       <c r="B535" t="s">
-        <v>1013</v>
+        <v>2021</v>
       </c>
       <c r="C535" t="s">
-        <v>1028</v>
+        <v>2050</v>
       </c>
       <c r="D535" t="s">
-        <v>1028</v>
+        <v>2051</v>
       </c>
       <c r="E535" s="2" t="s">
-        <v>1029</v>
-[...1 lines deleted...]
-      <c r="F535" s="2"/>
+        <v>2052</v>
+      </c>
+      <c r="F535" s="2" t="s">
+        <v>2053</v>
+      </c>
     </row>
     <row r="536" spans="1:6">
       <c r="A536" t="s">
-        <v>1013</v>
+        <v>2020</v>
       </c>
       <c r="B536" t="s">
-        <v>1013</v>
+        <v>2021</v>
       </c>
       <c r="C536" t="s">
-        <v>1030</v>
+        <v>2054</v>
       </c>
       <c r="D536" t="s">
-        <v>1030</v>
+        <v>2055</v>
       </c>
       <c r="E536" s="2" t="s">
-        <v>1031</v>
-[...1 lines deleted...]
-      <c r="F536" s="2"/>
+        <v>2056</v>
+      </c>
+      <c r="F536" s="2" t="s">
+        <v>2057</v>
+      </c>
     </row>
     <row r="537" spans="1:6">
       <c r="A537" t="s">
-        <v>1013</v>
+        <v>2020</v>
       </c>
       <c r="B537" t="s">
-        <v>1013</v>
+        <v>2021</v>
       </c>
       <c r="C537" t="s">
-        <v>1032</v>
+        <v>2058</v>
       </c>
       <c r="D537" t="s">
-        <v>1032</v>
+        <v>2059</v>
       </c>
       <c r="E537" s="2" t="s">
-        <v>1033</v>
-[...1 lines deleted...]
-      <c r="F537" s="2"/>
+        <v>2060</v>
+      </c>
+      <c r="F537" s="2" t="s">
+        <v>2061</v>
+      </c>
     </row>
     <row r="538" spans="1:6">
       <c r="A538" t="s">
-        <v>1013</v>
+        <v>2020</v>
       </c>
       <c r="B538" t="s">
-        <v>1013</v>
+        <v>2021</v>
       </c>
       <c r="C538" t="s">
-        <v>1034</v>
+        <v>2062</v>
       </c>
       <c r="D538" t="s">
-        <v>1034</v>
+        <v>2063</v>
       </c>
       <c r="E538" s="2" t="s">
-        <v>1035</v>
-[...1 lines deleted...]
-      <c r="F538" s="2"/>
+        <v>2064</v>
+      </c>
+      <c r="F538" s="2" t="s">
+        <v>2065</v>
+      </c>
     </row>
     <row r="539" spans="1:6">
       <c r="A539" t="s">
-        <v>1013</v>
+        <v>2020</v>
       </c>
       <c r="B539" t="s">
-        <v>1013</v>
+        <v>2021</v>
       </c>
       <c r="C539" t="s">
-        <v>1036</v>
+        <v>2066</v>
       </c>
       <c r="D539" t="s">
-        <v>1036</v>
+        <v>2067</v>
       </c>
       <c r="E539" s="2" t="s">
-        <v>1037</v>
-[...1 lines deleted...]
-      <c r="F539" s="2"/>
+        <v>2068</v>
+      </c>
+      <c r="F539" s="2" t="s">
+        <v>2069</v>
+      </c>
     </row>
     <row r="540" spans="1:6">
       <c r="A540" t="s">
-        <v>1013</v>
+        <v>2020</v>
       </c>
       <c r="B540" t="s">
-        <v>1013</v>
+        <v>2021</v>
       </c>
       <c r="C540" t="s">
-        <v>1038</v>
+        <v>2070</v>
       </c>
       <c r="D540" t="s">
-        <v>1038</v>
+        <v>2071</v>
       </c>
       <c r="E540" s="2" t="s">
-        <v>1039</v>
-[...1 lines deleted...]
-      <c r="F540" s="2"/>
+        <v>2072</v>
+      </c>
+      <c r="F540" s="2" t="s">
+        <v>2073</v>
+      </c>
     </row>
     <row r="541" spans="1:6">
       <c r="A541" t="s">
-        <v>1013</v>
+        <v>2020</v>
       </c>
       <c r="B541" t="s">
-        <v>1013</v>
+        <v>2021</v>
       </c>
       <c r="C541" t="s">
-        <v>1040</v>
+        <v>2074</v>
       </c>
       <c r="D541" t="s">
-        <v>1040</v>
+        <v>2075</v>
       </c>
       <c r="E541" s="2" t="s">
-        <v>1041</v>
-[...1 lines deleted...]
-      <c r="F541" s="2"/>
+        <v>2076</v>
+      </c>
+      <c r="F541" s="2" t="s">
+        <v>2077</v>
+      </c>
     </row>
     <row r="542" spans="1:6">
       <c r="A542" t="s">
-        <v>1013</v>
+        <v>2020</v>
       </c>
       <c r="B542" t="s">
-        <v>1013</v>
+        <v>2021</v>
       </c>
       <c r="C542" t="s">
-        <v>1042</v>
+        <v>2078</v>
       </c>
       <c r="D542" t="s">
-        <v>1042</v>
+        <v>2079</v>
       </c>
       <c r="E542" s="2" t="s">
-        <v>1043</v>
-[...1 lines deleted...]
-      <c r="F542" s="2"/>
+        <v>2080</v>
+      </c>
+      <c r="F542" s="2" t="s">
+        <v>2081</v>
+      </c>
     </row>
     <row r="543" spans="1:6">
       <c r="A543" t="s">
-        <v>1013</v>
+        <v>2020</v>
       </c>
       <c r="B543" t="s">
-        <v>1013</v>
+        <v>2021</v>
       </c>
       <c r="C543" t="s">
-        <v>1044</v>
+        <v>2082</v>
       </c>
       <c r="D543" t="s">
-        <v>1044</v>
+        <v>2083</v>
       </c>
       <c r="E543" s="2" t="s">
-        <v>1045</v>
-[...1 lines deleted...]
-      <c r="F543" s="2"/>
+        <v>2084</v>
+      </c>
+      <c r="F543" s="2" t="s">
+        <v>2085</v>
+      </c>
     </row>
     <row r="544" spans="1:6">
       <c r="A544" t="s">
-        <v>1013</v>
+        <v>2020</v>
       </c>
       <c r="B544" t="s">
-        <v>1013</v>
+        <v>2021</v>
       </c>
       <c r="C544" t="s">
-        <v>1046</v>
+        <v>2086</v>
       </c>
       <c r="D544" t="s">
-        <v>1046</v>
+        <v>2087</v>
       </c>
       <c r="E544" s="2" t="s">
-        <v>1047</v>
-[...1 lines deleted...]
-      <c r="F544" s="2"/>
+        <v>2088</v>
+      </c>
+      <c r="F544" s="2" t="s">
+        <v>2089</v>
+      </c>
     </row>
     <row r="545" spans="1:6">
       <c r="A545" t="s">
-        <v>1013</v>
+        <v>2020</v>
       </c>
       <c r="B545" t="s">
-        <v>1013</v>
+        <v>2021</v>
       </c>
       <c r="C545" t="s">
-        <v>1048</v>
+        <v>2090</v>
       </c>
       <c r="D545" t="s">
-        <v>1048</v>
+        <v>2091</v>
       </c>
       <c r="E545" s="2" t="s">
-        <v>1049</v>
-[...1 lines deleted...]
-      <c r="F545" s="2"/>
+        <v>2092</v>
+      </c>
+      <c r="F545" s="2" t="s">
+        <v>2093</v>
+      </c>
     </row>
     <row r="546" spans="1:6">
       <c r="A546" t="s">
-        <v>1013</v>
+        <v>2020</v>
       </c>
       <c r="B546" t="s">
-        <v>1013</v>
+        <v>2021</v>
       </c>
       <c r="C546" t="s">
-        <v>1050</v>
+        <v>2094</v>
       </c>
       <c r="D546" t="s">
-        <v>1050</v>
+        <v>2095</v>
       </c>
       <c r="E546" s="2" t="s">
-        <v>1051</v>
-[...1 lines deleted...]
-      <c r="F546" s="2"/>
+        <v>2096</v>
+      </c>
+      <c r="F546" s="2" t="s">
+        <v>2097</v>
+      </c>
     </row>
     <row r="547" spans="1:6">
       <c r="A547" t="s">
-        <v>1013</v>
+        <v>2020</v>
       </c>
       <c r="B547" t="s">
-        <v>1013</v>
+        <v>2021</v>
       </c>
       <c r="C547" t="s">
-        <v>1052</v>
+        <v>2098</v>
       </c>
       <c r="D547" t="s">
-        <v>1052</v>
+        <v>2099</v>
       </c>
       <c r="E547" s="2" t="s">
-        <v>1053</v>
-[...1 lines deleted...]
-      <c r="F547" s="2"/>
+        <v>2100</v>
+      </c>
+      <c r="F547" s="2" t="s">
+        <v>2101</v>
+      </c>
     </row>
     <row r="548" spans="1:6">
       <c r="A548" t="s">
-        <v>1013</v>
+        <v>2020</v>
       </c>
       <c r="B548" t="s">
-        <v>1013</v>
+        <v>2021</v>
       </c>
       <c r="C548" t="s">
-        <v>1054</v>
+        <v>2102</v>
       </c>
       <c r="D548" t="s">
-        <v>1054</v>
+        <v>2103</v>
       </c>
       <c r="E548" s="2" t="s">
-        <v>1055</v>
-[...1 lines deleted...]
-      <c r="F548" s="2"/>
+        <v>2104</v>
+      </c>
+      <c r="F548" s="2" t="s">
+        <v>2105</v>
+      </c>
     </row>
     <row r="549" spans="1:6">
       <c r="A549" t="s">
-        <v>1013</v>
+        <v>2020</v>
       </c>
       <c r="B549" t="s">
-        <v>1013</v>
+        <v>2021</v>
       </c>
       <c r="C549" t="s">
-        <v>1056</v>
+        <v>2106</v>
       </c>
       <c r="D549" t="s">
-        <v>1056</v>
+        <v>2107</v>
       </c>
       <c r="E549" s="2" t="s">
-        <v>1057</v>
-[...1 lines deleted...]
-      <c r="F549" s="2"/>
+        <v>2108</v>
+      </c>
+      <c r="F549" s="2" t="s">
+        <v>2109</v>
+      </c>
     </row>
     <row r="550" spans="1:6">
       <c r="A550" t="s">
-        <v>1013</v>
+        <v>2020</v>
       </c>
       <c r="B550" t="s">
-        <v>1013</v>
+        <v>2021</v>
       </c>
       <c r="C550" t="s">
-        <v>1058</v>
+        <v>2110</v>
       </c>
       <c r="D550" t="s">
-        <v>1058</v>
+        <v>2111</v>
       </c>
       <c r="E550" s="2" t="s">
-        <v>1059</v>
-[...1 lines deleted...]
-      <c r="F550" s="2"/>
+        <v>2112</v>
+      </c>
+      <c r="F550" s="2" t="s">
+        <v>2113</v>
+      </c>
     </row>
     <row r="551" spans="1:6">
       <c r="A551" t="s">
-        <v>1013</v>
+        <v>2020</v>
       </c>
       <c r="B551" t="s">
-        <v>1013</v>
+        <v>2021</v>
       </c>
       <c r="C551" t="s">
-        <v>1060</v>
+        <v>2114</v>
       </c>
       <c r="D551" t="s">
-        <v>1060</v>
+        <v>2115</v>
       </c>
       <c r="E551" s="2" t="s">
-        <v>1061</v>
-[...1 lines deleted...]
-      <c r="F551" s="2"/>
+        <v>2116</v>
+      </c>
+      <c r="F551" s="2" t="s">
+        <v>2117</v>
+      </c>
     </row>
     <row r="552" spans="1:6">
       <c r="A552" t="s">
-        <v>1013</v>
+        <v>2020</v>
       </c>
       <c r="B552" t="s">
-        <v>1013</v>
+        <v>2021</v>
       </c>
       <c r="C552" t="s">
-        <v>1062</v>
+        <v>2118</v>
       </c>
       <c r="D552" t="s">
-        <v>1062</v>
+        <v>2119</v>
       </c>
       <c r="E552" s="2" t="s">
-        <v>1063</v>
-[...1 lines deleted...]
-      <c r="F552" s="2"/>
+        <v>2120</v>
+      </c>
+      <c r="F552" s="2" t="s">
+        <v>2121</v>
+      </c>
     </row>
     <row r="553" spans="1:6">
       <c r="A553" t="s">
-        <v>1013</v>
+        <v>2020</v>
       </c>
       <c r="B553" t="s">
-        <v>1013</v>
+        <v>2021</v>
       </c>
       <c r="C553" t="s">
-        <v>1064</v>
+        <v>2122</v>
       </c>
       <c r="D553" t="s">
-        <v>1064</v>
+        <v>2123</v>
       </c>
       <c r="E553" s="2" t="s">
-        <v>1065</v>
-[...1 lines deleted...]
-      <c r="F553" s="2"/>
+        <v>2124</v>
+      </c>
+      <c r="F553" s="2" t="s">
+        <v>2125</v>
+      </c>
     </row>
     <row r="554" spans="1:6">
       <c r="A554" t="s">
-        <v>1013</v>
+        <v>2020</v>
       </c>
       <c r="B554" t="s">
-        <v>1013</v>
+        <v>2021</v>
       </c>
       <c r="C554" t="s">
-        <v>1066</v>
+        <v>2126</v>
       </c>
       <c r="D554" t="s">
-        <v>1066</v>
+        <v>2127</v>
       </c>
       <c r="E554" s="2" t="s">
-        <v>1067</v>
-[...1 lines deleted...]
-      <c r="F554" s="2"/>
+        <v>2128</v>
+      </c>
+      <c r="F554" s="2" t="s">
+        <v>2129</v>
+      </c>
     </row>
     <row r="555" spans="1:6">
       <c r="A555" t="s">
-        <v>1013</v>
+        <v>2020</v>
       </c>
       <c r="B555" t="s">
-        <v>1013</v>
+        <v>2021</v>
       </c>
       <c r="C555" t="s">
-        <v>1068</v>
+        <v>2130</v>
       </c>
       <c r="D555" t="s">
-        <v>1068</v>
+        <v>2131</v>
       </c>
       <c r="E555" s="2" t="s">
-        <v>1069</v>
-[...1 lines deleted...]
-      <c r="F555" s="2"/>
+        <v>2132</v>
+      </c>
+      <c r="F555" s="2" t="s">
+        <v>2133</v>
+      </c>
     </row>
     <row r="556" spans="1:6">
       <c r="A556" t="s">
-        <v>1013</v>
+        <v>2020</v>
       </c>
       <c r="B556" t="s">
-        <v>1013</v>
+        <v>2021</v>
       </c>
       <c r="C556" t="s">
-        <v>1070</v>
+        <v>2134</v>
       </c>
       <c r="D556" t="s">
-        <v>1070</v>
+        <v>2135</v>
       </c>
       <c r="E556" s="2" t="s">
-        <v>1071</v>
-[...1 lines deleted...]
-      <c r="F556" s="2"/>
+        <v>2136</v>
+      </c>
+      <c r="F556" s="2" t="s">
+        <v>2137</v>
+      </c>
     </row>
     <row r="557" spans="1:6">
       <c r="A557" t="s">
-        <v>1013</v>
+        <v>2020</v>
       </c>
       <c r="B557" t="s">
-        <v>1013</v>
+        <v>2021</v>
       </c>
       <c r="C557" t="s">
-        <v>1072</v>
+        <v>2138</v>
       </c>
       <c r="D557" t="s">
-        <v>1072</v>
+        <v>2139</v>
       </c>
       <c r="E557" s="2" t="s">
-        <v>1073</v>
-[...1 lines deleted...]
-      <c r="F557" s="2"/>
+        <v>2140</v>
+      </c>
+      <c r="F557" s="2" t="s">
+        <v>2141</v>
+      </c>
     </row>
     <row r="558" spans="1:6">
       <c r="A558" t="s">
-        <v>1013</v>
+        <v>2020</v>
       </c>
       <c r="B558" t="s">
-        <v>1013</v>
+        <v>2021</v>
       </c>
       <c r="C558" t="s">
-        <v>1074</v>
+        <v>2142</v>
       </c>
       <c r="D558" t="s">
-        <v>1074</v>
+        <v>2143</v>
       </c>
       <c r="E558" s="2" t="s">
-        <v>1075</v>
-[...1 lines deleted...]
-      <c r="F558" s="2"/>
+        <v>2144</v>
+      </c>
+      <c r="F558" s="2" t="s">
+        <v>2145</v>
+      </c>
     </row>
     <row r="559" spans="1:6">
       <c r="A559" t="s">
-        <v>1013</v>
+        <v>2020</v>
       </c>
       <c r="B559" t="s">
-        <v>1013</v>
+        <v>2021</v>
       </c>
       <c r="C559" t="s">
-        <v>1076</v>
+        <v>2146</v>
       </c>
       <c r="D559" t="s">
-        <v>1076</v>
+        <v>2147</v>
       </c>
       <c r="E559" s="2" t="s">
-        <v>1077</v>
-[...1 lines deleted...]
-      <c r="F559" s="2"/>
+        <v>2148</v>
+      </c>
+      <c r="F559" s="2" t="s">
+        <v>2149</v>
+      </c>
     </row>
     <row r="560" spans="1:6">
       <c r="A560" t="s">
-        <v>1013</v>
+        <v>2020</v>
       </c>
       <c r="B560" t="s">
-        <v>1013</v>
+        <v>2021</v>
       </c>
       <c r="C560" t="s">
-        <v>1078</v>
+        <v>2150</v>
       </c>
       <c r="D560" t="s">
-        <v>1078</v>
+        <v>2151</v>
       </c>
       <c r="E560" s="2" t="s">
-        <v>1079</v>
-[...1 lines deleted...]
-      <c r="F560" s="2"/>
+        <v>2152</v>
+      </c>
+      <c r="F560" s="2" t="s">
+        <v>2153</v>
+      </c>
     </row>
     <row r="561" spans="1:6">
       <c r="A561" t="s">
-        <v>1013</v>
+        <v>2020</v>
       </c>
       <c r="B561" t="s">
-        <v>1013</v>
+        <v>2021</v>
       </c>
       <c r="C561" t="s">
-        <v>1080</v>
+        <v>2154</v>
       </c>
       <c r="D561" t="s">
-        <v>1080</v>
+        <v>2155</v>
       </c>
       <c r="E561" s="2" t="s">
-        <v>1081</v>
-[...1 lines deleted...]
-      <c r="F561" s="2"/>
+        <v>2156</v>
+      </c>
+      <c r="F561" s="2" t="s">
+        <v>2157</v>
+      </c>
     </row>
     <row r="562" spans="1:6">
       <c r="A562" t="s">
-        <v>1013</v>
+        <v>2020</v>
       </c>
       <c r="B562" t="s">
-        <v>1013</v>
+        <v>2021</v>
       </c>
       <c r="C562" t="s">
-        <v>1082</v>
+        <v>2158</v>
       </c>
       <c r="D562" t="s">
-        <v>1082</v>
+        <v>2159</v>
       </c>
       <c r="E562" s="2" t="s">
-        <v>1083</v>
-[...1 lines deleted...]
-      <c r="F562" s="2"/>
+        <v>2160</v>
+      </c>
+      <c r="F562" s="2" t="s">
+        <v>2161</v>
+      </c>
     </row>
     <row r="563" spans="1:6">
       <c r="A563" t="s">
-        <v>1013</v>
+        <v>2020</v>
       </c>
       <c r="B563" t="s">
-        <v>1013</v>
+        <v>2021</v>
       </c>
       <c r="C563" t="s">
-        <v>1084</v>
+        <v>2162</v>
       </c>
       <c r="D563" t="s">
-        <v>1084</v>
+        <v>2163</v>
       </c>
       <c r="E563" s="2" t="s">
-        <v>1085</v>
-[...1 lines deleted...]
-      <c r="F563" s="2"/>
+        <v>2164</v>
+      </c>
+      <c r="F563" s="2" t="s">
+        <v>2165</v>
+      </c>
     </row>
     <row r="564" spans="1:6">
       <c r="A564" t="s">
-        <v>1013</v>
+        <v>2020</v>
       </c>
       <c r="B564" t="s">
-        <v>1013</v>
+        <v>2021</v>
       </c>
       <c r="C564" t="s">
-        <v>1086</v>
+        <v>2166</v>
       </c>
       <c r="D564" t="s">
-        <v>1086</v>
+        <v>2167</v>
       </c>
       <c r="E564" s="2" t="s">
-        <v>1087</v>
-[...1 lines deleted...]
-      <c r="F564" s="2"/>
+        <v>2168</v>
+      </c>
+      <c r="F564" s="2" t="s">
+        <v>2169</v>
+      </c>
     </row>
     <row r="565" spans="1:6">
       <c r="A565" t="s">
-        <v>1013</v>
+        <v>2020</v>
       </c>
       <c r="B565" t="s">
-        <v>1013</v>
+        <v>2021</v>
       </c>
       <c r="C565" t="s">
-        <v>1088</v>
+        <v>2170</v>
       </c>
       <c r="D565" t="s">
-        <v>1088</v>
+        <v>2171</v>
       </c>
       <c r="E565" s="2" t="s">
-        <v>1089</v>
-[...1 lines deleted...]
-      <c r="F565" s="2"/>
+        <v>2172</v>
+      </c>
+      <c r="F565" s="2" t="s">
+        <v>2173</v>
+      </c>
     </row>
     <row r="566" spans="1:6">
       <c r="A566" t="s">
-        <v>1013</v>
+        <v>2020</v>
       </c>
       <c r="B566" t="s">
-        <v>1013</v>
+        <v>2021</v>
       </c>
       <c r="C566" t="s">
-        <v>1090</v>
+        <v>2174</v>
       </c>
       <c r="D566" t="s">
-        <v>1090</v>
+        <v>2175</v>
       </c>
       <c r="E566" s="2" t="s">
-        <v>1091</v>
-[...1 lines deleted...]
-      <c r="F566" s="2"/>
+        <v>2176</v>
+      </c>
+      <c r="F566" s="2" t="s">
+        <v>2177</v>
+      </c>
     </row>
     <row r="567" spans="1:6">
       <c r="A567" t="s">
-        <v>1013</v>
+        <v>2020</v>
       </c>
       <c r="B567" t="s">
-        <v>1013</v>
+        <v>2021</v>
       </c>
       <c r="C567" t="s">
-        <v>1092</v>
+        <v>2178</v>
       </c>
       <c r="D567" t="s">
-        <v>1092</v>
+        <v>2179</v>
       </c>
       <c r="E567" s="2" t="s">
-        <v>1093</v>
-[...1 lines deleted...]
-      <c r="F567" s="2"/>
+        <v>2180</v>
+      </c>
+      <c r="F567" s="2" t="s">
+        <v>2181</v>
+      </c>
     </row>
     <row r="568" spans="1:6">
       <c r="A568" t="s">
-        <v>1013</v>
+        <v>2020</v>
       </c>
       <c r="B568" t="s">
-        <v>1013</v>
+        <v>2021</v>
       </c>
       <c r="C568" t="s">
-        <v>1094</v>
+        <v>2182</v>
       </c>
       <c r="D568" t="s">
-        <v>1094</v>
+        <v>2183</v>
       </c>
       <c r="E568" s="2" t="s">
-        <v>1095</v>
-[...1 lines deleted...]
-      <c r="F568" s="2"/>
+        <v>2184</v>
+      </c>
+      <c r="F568" s="2" t="s">
+        <v>2185</v>
+      </c>
     </row>
     <row r="569" spans="1:6">
       <c r="A569" t="s">
-        <v>1013</v>
+        <v>2020</v>
       </c>
       <c r="B569" t="s">
-        <v>1013</v>
+        <v>2021</v>
       </c>
       <c r="C569" t="s">
-        <v>1096</v>
+        <v>2186</v>
       </c>
       <c r="D569" t="s">
-        <v>1096</v>
+        <v>2187</v>
       </c>
       <c r="E569" s="2" t="s">
-        <v>1097</v>
-[...1 lines deleted...]
-      <c r="F569" s="2"/>
+        <v>2188</v>
+      </c>
+      <c r="F569" s="2" t="s">
+        <v>2189</v>
+      </c>
     </row>
     <row r="570" spans="1:6">
       <c r="A570" t="s">
-        <v>1013</v>
+        <v>2020</v>
       </c>
       <c r="B570" t="s">
-        <v>1013</v>
+        <v>2021</v>
       </c>
       <c r="C570" t="s">
-        <v>162</v>
+        <v>315</v>
       </c>
       <c r="D570" t="s">
-        <v>162</v>
+        <v>316</v>
       </c>
       <c r="E570" s="2" t="s">
-        <v>1098</v>
-[...1 lines deleted...]
-      <c r="F570" s="2"/>
+        <v>2190</v>
+      </c>
+      <c r="F570" s="2" t="s">
+        <v>2191</v>
+      </c>
     </row>
     <row r="571" spans="1:6">
       <c r="A571" t="s">
-        <v>1013</v>
+        <v>2020</v>
       </c>
       <c r="B571" t="s">
-        <v>1013</v>
+        <v>2021</v>
       </c>
       <c r="C571" t="s">
-        <v>1099</v>
+        <v>2192</v>
       </c>
       <c r="D571" t="s">
-        <v>1099</v>
+        <v>2193</v>
       </c>
       <c r="E571" s="2" t="s">
-        <v>1100</v>
-[...1 lines deleted...]
-      <c r="F571" s="2"/>
+        <v>2194</v>
+      </c>
+      <c r="F571" s="2" t="s">
+        <v>2195</v>
+      </c>
     </row>
     <row r="572" spans="1:6">
       <c r="A572" t="s">
-        <v>1013</v>
+        <v>2020</v>
       </c>
       <c r="B572" t="s">
-        <v>1013</v>
+        <v>2021</v>
       </c>
       <c r="C572" t="s">
-        <v>1101</v>
+        <v>2196</v>
       </c>
       <c r="D572" t="s">
-        <v>1101</v>
+        <v>2197</v>
       </c>
       <c r="E572" s="2" t="s">
-        <v>1102</v>
-[...1 lines deleted...]
-      <c r="F572" s="2"/>
+        <v>2198</v>
+      </c>
+      <c r="F572" s="2" t="s">
+        <v>2199</v>
+      </c>
     </row>
     <row r="573" spans="1:6">
       <c r="A573" t="s">
-        <v>1013</v>
+        <v>2020</v>
       </c>
       <c r="B573" t="s">
-        <v>1013</v>
+        <v>2021</v>
       </c>
       <c r="C573" t="s">
-        <v>1103</v>
+        <v>2200</v>
       </c>
       <c r="D573" t="s">
-        <v>1103</v>
+        <v>2201</v>
       </c>
       <c r="E573" s="2" t="s">
-        <v>1104</v>
-[...1 lines deleted...]
-      <c r="F573" s="2"/>
+        <v>2202</v>
+      </c>
+      <c r="F573" s="2" t="s">
+        <v>2203</v>
+      </c>
     </row>
     <row r="574" spans="1:6">
       <c r="A574" t="s">
-        <v>1013</v>
+        <v>2020</v>
       </c>
       <c r="B574" t="s">
-        <v>1013</v>
+        <v>2021</v>
       </c>
       <c r="C574" t="s">
-        <v>1105</v>
+        <v>2204</v>
       </c>
       <c r="D574" t="s">
-        <v>1105</v>
+        <v>2205</v>
       </c>
       <c r="E574" s="2" t="s">
-        <v>1106</v>
-[...1 lines deleted...]
-      <c r="F574" s="2"/>
+        <v>2206</v>
+      </c>
+      <c r="F574" s="2" t="s">
+        <v>2207</v>
+      </c>
     </row>
     <row r="575" spans="1:6">
       <c r="A575" t="s">
-        <v>1013</v>
+        <v>2020</v>
       </c>
       <c r="B575" t="s">
-        <v>1013</v>
+        <v>2021</v>
       </c>
       <c r="C575" t="s">
-        <v>1107</v>
+        <v>2208</v>
       </c>
       <c r="D575" t="s">
-        <v>1107</v>
+        <v>2209</v>
       </c>
       <c r="E575" s="2" t="s">
-        <v>1108</v>
-[...1 lines deleted...]
-      <c r="F575" s="2"/>
+        <v>2210</v>
+      </c>
+      <c r="F575" s="2" t="s">
+        <v>2211</v>
+      </c>
     </row>
     <row r="576" spans="1:6">
       <c r="A576" t="s">
-        <v>1013</v>
+        <v>2020</v>
       </c>
       <c r="B576" t="s">
-        <v>1013</v>
+        <v>2021</v>
       </c>
       <c r="C576" t="s">
-        <v>1109</v>
+        <v>2212</v>
       </c>
       <c r="D576" t="s">
-        <v>1109</v>
+        <v>2213</v>
       </c>
       <c r="E576" s="2" t="s">
-        <v>1110</v>
-[...1 lines deleted...]
-      <c r="F576" s="2"/>
+        <v>2214</v>
+      </c>
+      <c r="F576" s="2" t="s">
+        <v>2215</v>
+      </c>
     </row>
     <row r="577" spans="1:6">
       <c r="A577" t="s">
-        <v>1013</v>
+        <v>2020</v>
       </c>
       <c r="B577" t="s">
-        <v>1013</v>
+        <v>2021</v>
       </c>
       <c r="C577" t="s">
-        <v>1111</v>
+        <v>2216</v>
       </c>
       <c r="D577" t="s">
-        <v>1111</v>
+        <v>2217</v>
       </c>
       <c r="E577" s="2" t="s">
-        <v>1112</v>
-[...1 lines deleted...]
-      <c r="F577" s="2"/>
+        <v>2218</v>
+      </c>
+      <c r="F577" s="2" t="s">
+        <v>2219</v>
+      </c>
     </row>
     <row r="578" spans="1:6">
       <c r="A578" t="s">
-        <v>1013</v>
+        <v>2020</v>
       </c>
       <c r="B578" t="s">
-        <v>1013</v>
+        <v>2021</v>
       </c>
       <c r="C578" t="s">
-        <v>1113</v>
+        <v>2220</v>
       </c>
       <c r="D578" t="s">
-        <v>1113</v>
+        <v>2221</v>
       </c>
       <c r="E578" s="2" t="s">
-        <v>1114</v>
-[...1 lines deleted...]
-      <c r="F578" s="2"/>
+        <v>2222</v>
+      </c>
+      <c r="F578" s="2" t="s">
+        <v>2223</v>
+      </c>
     </row>
     <row r="579" spans="1:6">
       <c r="A579" t="s">
-        <v>1013</v>
+        <v>2020</v>
       </c>
       <c r="B579" t="s">
-        <v>1013</v>
+        <v>2021</v>
       </c>
       <c r="C579" t="s">
-        <v>1115</v>
+        <v>2224</v>
       </c>
       <c r="D579" t="s">
-        <v>1115</v>
+        <v>2225</v>
       </c>
       <c r="E579" s="2" t="s">
-        <v>1116</v>
-[...1 lines deleted...]
-      <c r="F579" s="2"/>
+        <v>2226</v>
+      </c>
+      <c r="F579" s="2" t="s">
+        <v>2227</v>
+      </c>
     </row>
     <row r="580" spans="1:6">
       <c r="A580" t="s">
-        <v>1013</v>
+        <v>2020</v>
       </c>
       <c r="B580" t="s">
-        <v>1013</v>
+        <v>2021</v>
       </c>
       <c r="C580" t="s">
-        <v>1117</v>
+        <v>2228</v>
       </c>
       <c r="D580" t="s">
-        <v>1117</v>
+        <v>2229</v>
       </c>
       <c r="E580" s="2" t="s">
-        <v>1118</v>
-[...1 lines deleted...]
-      <c r="F580" s="2"/>
+        <v>2230</v>
+      </c>
+      <c r="F580" s="2" t="s">
+        <v>2231</v>
+      </c>
     </row>
     <row r="581" spans="1:6">
       <c r="A581" t="s">
-        <v>1013</v>
+        <v>2020</v>
       </c>
       <c r="B581" t="s">
-        <v>1013</v>
+        <v>2021</v>
       </c>
       <c r="C581" t="s">
-        <v>1119</v>
+        <v>2232</v>
       </c>
       <c r="D581" t="s">
-        <v>1119</v>
+        <v>2233</v>
       </c>
       <c r="E581" s="2" t="s">
-        <v>1120</v>
-[...1 lines deleted...]
-      <c r="F581" s="2"/>
+        <v>2234</v>
+      </c>
+      <c r="F581" s="2" t="s">
+        <v>2235</v>
+      </c>
     </row>
     <row r="582" spans="1:6">
       <c r="A582" t="s">
-        <v>1013</v>
+        <v>2020</v>
       </c>
       <c r="B582" t="s">
-        <v>1013</v>
+        <v>2021</v>
       </c>
       <c r="C582" t="s">
-        <v>1121</v>
+        <v>2236</v>
       </c>
       <c r="D582" t="s">
-        <v>1121</v>
+        <v>2237</v>
       </c>
       <c r="E582" s="2" t="s">
-        <v>1122</v>
-[...1 lines deleted...]
-      <c r="F582" s="2"/>
+        <v>2238</v>
+      </c>
+      <c r="F582" s="2" t="s">
+        <v>2239</v>
+      </c>
     </row>
     <row r="583" spans="1:6">
       <c r="A583" t="s">
-        <v>1013</v>
+        <v>2020</v>
       </c>
       <c r="B583" t="s">
-        <v>1013</v>
+        <v>2021</v>
       </c>
       <c r="C583" t="s">
-        <v>1123</v>
+        <v>2240</v>
       </c>
       <c r="D583" t="s">
-        <v>1123</v>
+        <v>2241</v>
       </c>
       <c r="E583" s="2" t="s">
-        <v>1124</v>
-[...1 lines deleted...]
-      <c r="F583" s="2"/>
+        <v>2242</v>
+      </c>
+      <c r="F583" s="2" t="s">
+        <v>2243</v>
+      </c>
     </row>
     <row r="584" spans="1:6">
       <c r="A584" t="s">
-        <v>1013</v>
+        <v>2020</v>
       </c>
       <c r="B584" t="s">
-        <v>1013</v>
+        <v>2021</v>
       </c>
       <c r="C584" t="s">
-        <v>1125</v>
+        <v>2244</v>
       </c>
       <c r="D584" t="s">
-        <v>1125</v>
+        <v>2245</v>
       </c>
       <c r="E584" s="2" t="s">
-        <v>1126</v>
-[...1 lines deleted...]
-      <c r="F584" s="2"/>
+        <v>2246</v>
+      </c>
+      <c r="F584" s="2" t="s">
+        <v>2247</v>
+      </c>
     </row>
     <row r="585" spans="1:6">
       <c r="A585" t="s">
-        <v>1127</v>
+        <v>2248</v>
       </c>
       <c r="B585" t="s">
-        <v>1127</v>
+        <v>2249</v>
       </c>
       <c r="C585" t="s">
-        <v>1128</v>
+        <v>2250</v>
       </c>
       <c r="D585" t="s">
-        <v>1128</v>
+        <v>2251</v>
       </c>
       <c r="E585" s="2" t="s">
-        <v>1129</v>
-[...1 lines deleted...]
-      <c r="F585" s="2"/>
+        <v>2252</v>
+      </c>
+      <c r="F585" s="2" t="s">
+        <v>2253</v>
+      </c>
     </row>
     <row r="586" spans="1:6">
       <c r="A586" t="s">
-        <v>1127</v>
+        <v>2248</v>
       </c>
       <c r="B586" t="s">
-        <v>1127</v>
+        <v>2249</v>
       </c>
       <c r="C586" t="s">
-        <v>1130</v>
+        <v>2254</v>
       </c>
       <c r="D586" t="s">
-        <v>1130</v>
+        <v>2255</v>
       </c>
       <c r="E586" s="2" t="s">
-        <v>1131</v>
-[...1 lines deleted...]
-      <c r="F586" s="2"/>
+        <v>2256</v>
+      </c>
+      <c r="F586" s="2" t="s">
+        <v>2257</v>
+      </c>
     </row>
     <row r="587" spans="1:6">
       <c r="A587" t="s">
-        <v>1127</v>
+        <v>2248</v>
       </c>
       <c r="B587" t="s">
-        <v>1127</v>
+        <v>2249</v>
       </c>
       <c r="C587" t="s">
-        <v>1132</v>
+        <v>2258</v>
       </c>
       <c r="D587" t="s">
-        <v>1132</v>
+        <v>2259</v>
       </c>
       <c r="E587" s="2" t="s">
-        <v>1133</v>
-[...1 lines deleted...]
-      <c r="F587" s="2"/>
+        <v>2260</v>
+      </c>
+      <c r="F587" s="2" t="s">
+        <v>2261</v>
+      </c>
     </row>
     <row r="588" spans="1:6">
       <c r="A588" t="s">
-        <v>1127</v>
+        <v>2248</v>
       </c>
       <c r="B588" t="s">
-        <v>1127</v>
+        <v>2249</v>
       </c>
       <c r="C588" t="s">
-        <v>1134</v>
+        <v>2262</v>
       </c>
       <c r="D588" t="s">
-        <v>1134</v>
+        <v>2263</v>
       </c>
       <c r="E588" s="2" t="s">
-        <v>1135</v>
-[...1 lines deleted...]
-      <c r="F588" s="2"/>
+        <v>2264</v>
+      </c>
+      <c r="F588" s="2" t="s">
+        <v>2265</v>
+      </c>
     </row>
     <row r="589" spans="1:6">
       <c r="A589" t="s">
-        <v>1127</v>
+        <v>2248</v>
       </c>
       <c r="B589" t="s">
-        <v>1127</v>
+        <v>2249</v>
       </c>
       <c r="C589" t="s">
-        <v>1136</v>
+        <v>2266</v>
       </c>
       <c r="D589" t="s">
-        <v>1136</v>
+        <v>2267</v>
       </c>
       <c r="E589" s="2" t="s">
-        <v>1137</v>
-[...1 lines deleted...]
-      <c r="F589" s="2"/>
+        <v>2268</v>
+      </c>
+      <c r="F589" s="2" t="s">
+        <v>2269</v>
+      </c>
     </row>
     <row r="590" spans="1:6">
       <c r="A590" t="s">
-        <v>1127</v>
+        <v>2248</v>
       </c>
       <c r="B590" t="s">
-        <v>1127</v>
+        <v>2249</v>
       </c>
       <c r="C590" t="s">
-        <v>1138</v>
+        <v>2270</v>
       </c>
       <c r="D590" t="s">
-        <v>1138</v>
+        <v>2271</v>
       </c>
       <c r="E590" s="2" t="s">
-        <v>1139</v>
-[...1 lines deleted...]
-      <c r="F590" s="2"/>
+        <v>2272</v>
+      </c>
+      <c r="F590" s="2" t="s">
+        <v>2273</v>
+      </c>
     </row>
     <row r="591" spans="1:6">
       <c r="A591" t="s">
-        <v>1127</v>
+        <v>2248</v>
       </c>
       <c r="B591" t="s">
-        <v>1127</v>
+        <v>2249</v>
       </c>
       <c r="C591" t="s">
-        <v>1140</v>
+        <v>2274</v>
       </c>
       <c r="D591" t="s">
-        <v>1140</v>
+        <v>2275</v>
       </c>
       <c r="E591" s="2" t="s">
-        <v>1141</v>
-[...1 lines deleted...]
-      <c r="F591" s="2"/>
+        <v>2276</v>
+      </c>
+      <c r="F591" s="2" t="s">
+        <v>2277</v>
+      </c>
     </row>
     <row r="592" spans="1:6">
       <c r="A592" t="s">
-        <v>1142</v>
+        <v>2278</v>
       </c>
       <c r="B592" t="s">
-        <v>1142</v>
+        <v>2279</v>
       </c>
       <c r="C592" t="s">
-        <v>1143</v>
+        <v>2280</v>
       </c>
       <c r="D592" t="s">
-        <v>1143</v>
+        <v>2281</v>
       </c>
       <c r="E592" s="2" t="s">
-        <v>1144</v>
-[...1 lines deleted...]
-      <c r="F592" s="2"/>
+        <v>2282</v>
+      </c>
+      <c r="F592" s="2" t="s">
+        <v>2283</v>
+      </c>
     </row>
     <row r="593" spans="1:6">
       <c r="A593" t="s">
-        <v>1142</v>
+        <v>2278</v>
       </c>
       <c r="B593" t="s">
-        <v>1142</v>
+        <v>2279</v>
       </c>
       <c r="C593" t="s">
-        <v>1030</v>
+        <v>2054</v>
       </c>
       <c r="D593" t="s">
-        <v>1030</v>
+        <v>2055</v>
       </c>
       <c r="E593" s="2" t="s">
-        <v>1145</v>
-[...1 lines deleted...]
-      <c r="F593" s="2"/>
+        <v>2284</v>
+      </c>
+      <c r="F593" s="2" t="s">
+        <v>2285</v>
+      </c>
     </row>
     <row r="594" spans="1:6">
       <c r="A594" t="s">
-        <v>1142</v>
+        <v>2278</v>
       </c>
       <c r="B594" t="s">
-        <v>1142</v>
+        <v>2279</v>
       </c>
       <c r="C594" t="s">
-        <v>1146</v>
+        <v>2286</v>
       </c>
       <c r="D594" t="s">
-        <v>1146</v>
+        <v>2287</v>
       </c>
       <c r="E594" s="2" t="s">
-        <v>1147</v>
-[...1 lines deleted...]
-      <c r="F594" s="2"/>
+        <v>2288</v>
+      </c>
+      <c r="F594" s="2" t="s">
+        <v>2289</v>
+      </c>
     </row>
     <row r="595" spans="1:6">
       <c r="A595" t="s">
-        <v>1142</v>
+        <v>2278</v>
       </c>
       <c r="B595" t="s">
-        <v>1142</v>
+        <v>2279</v>
       </c>
       <c r="C595" t="s">
-        <v>1148</v>
+        <v>2290</v>
       </c>
       <c r="D595" t="s">
-        <v>1148</v>
+        <v>2291</v>
       </c>
       <c r="E595" s="2" t="s">
-        <v>1149</v>
-[...1 lines deleted...]
-      <c r="F595" s="2"/>
+        <v>2292</v>
+      </c>
+      <c r="F595" s="2" t="s">
+        <v>2293</v>
+      </c>
     </row>
     <row r="596" spans="1:6">
       <c r="A596" t="s">
-        <v>1142</v>
+        <v>2278</v>
       </c>
       <c r="B596" t="s">
-        <v>1142</v>
+        <v>2279</v>
       </c>
       <c r="C596" t="s">
-        <v>1056</v>
+        <v>2106</v>
       </c>
       <c r="D596" t="s">
-        <v>1056</v>
+        <v>2107</v>
       </c>
       <c r="E596" s="2" t="s">
-        <v>1150</v>
-[...1 lines deleted...]
-      <c r="F596" s="2"/>
+        <v>2294</v>
+      </c>
+      <c r="F596" s="2" t="s">
+        <v>2295</v>
+      </c>
     </row>
     <row r="597" spans="1:6">
       <c r="A597" t="s">
-        <v>1142</v>
+        <v>2278</v>
       </c>
       <c r="B597" t="s">
-        <v>1142</v>
+        <v>2279</v>
       </c>
       <c r="C597" t="s">
-        <v>1070</v>
+        <v>2134</v>
       </c>
       <c r="D597" t="s">
-        <v>1070</v>
+        <v>2135</v>
       </c>
       <c r="E597" s="2" t="s">
-        <v>1151</v>
-[...1 lines deleted...]
-      <c r="F597" s="2"/>
+        <v>2296</v>
+      </c>
+      <c r="F597" s="2" t="s">
+        <v>2297</v>
+      </c>
     </row>
     <row r="598" spans="1:6">
       <c r="A598" t="s">
-        <v>1142</v>
+        <v>2278</v>
       </c>
       <c r="B598" t="s">
-        <v>1142</v>
+        <v>2279</v>
       </c>
       <c r="C598" t="s">
-        <v>1088</v>
+        <v>2170</v>
       </c>
       <c r="D598" t="s">
-        <v>1088</v>
+        <v>2171</v>
       </c>
       <c r="E598" s="2" t="s">
-        <v>1152</v>
-[...1 lines deleted...]
-      <c r="F598" s="2"/>
+        <v>2298</v>
+      </c>
+      <c r="F598" s="2" t="s">
+        <v>2299</v>
+      </c>
     </row>
     <row r="599" spans="1:6">
       <c r="A599" t="s">
-        <v>1142</v>
+        <v>2278</v>
       </c>
       <c r="B599" t="s">
-        <v>1142</v>
+        <v>2279</v>
       </c>
       <c r="C599" t="s">
-        <v>1153</v>
+        <v>2300</v>
       </c>
       <c r="D599" t="s">
-        <v>1153</v>
+        <v>2301</v>
       </c>
       <c r="E599" s="2" t="s">
-        <v>1154</v>
-[...1 lines deleted...]
-      <c r="F599" s="2"/>
+        <v>2302</v>
+      </c>
+      <c r="F599" s="2" t="s">
+        <v>2303</v>
+      </c>
     </row>
     <row r="600" spans="1:6">
       <c r="A600" t="s">
-        <v>1142</v>
+        <v>2278</v>
       </c>
       <c r="B600" t="s">
-        <v>1142</v>
+        <v>2279</v>
       </c>
       <c r="C600" t="s">
-        <v>1090</v>
+        <v>2174</v>
       </c>
       <c r="D600" t="s">
-        <v>1090</v>
+        <v>2175</v>
       </c>
       <c r="E600" s="2" t="s">
-        <v>1155</v>
-[...1 lines deleted...]
-      <c r="F600" s="2"/>
+        <v>2304</v>
+      </c>
+      <c r="F600" s="2" t="s">
+        <v>2305</v>
+      </c>
     </row>
     <row r="601" spans="1:6">
       <c r="A601" t="s">
-        <v>1142</v>
+        <v>2278</v>
       </c>
       <c r="B601" t="s">
-        <v>1142</v>
+        <v>2279</v>
       </c>
       <c r="C601" t="s">
-        <v>1156</v>
+        <v>2306</v>
       </c>
       <c r="D601" t="s">
-        <v>1156</v>
+        <v>2307</v>
       </c>
       <c r="E601" s="2" t="s">
-        <v>1157</v>
-[...1 lines deleted...]
-      <c r="F601" s="2"/>
+        <v>2308</v>
+      </c>
+      <c r="F601" s="2" t="s">
+        <v>2309</v>
+      </c>
     </row>
     <row r="602" spans="1:6">
       <c r="A602" t="s">
-        <v>1142</v>
+        <v>2278</v>
       </c>
       <c r="B602" t="s">
-        <v>1142</v>
+        <v>2279</v>
       </c>
       <c r="C602" t="s">
-        <v>1105</v>
+        <v>2204</v>
       </c>
       <c r="D602" t="s">
-        <v>1105</v>
+        <v>2205</v>
       </c>
       <c r="E602" s="2" t="s">
-        <v>1106</v>
-[...1 lines deleted...]
-      <c r="F602" s="2"/>
+        <v>2206</v>
+      </c>
+      <c r="F602" s="2" t="s">
+        <v>2310</v>
+      </c>
     </row>
     <row r="603" spans="1:6">
       <c r="A603" t="s">
-        <v>1142</v>
+        <v>2278</v>
       </c>
       <c r="B603" t="s">
-        <v>1142</v>
+        <v>2279</v>
       </c>
       <c r="C603" t="s">
-        <v>1107</v>
+        <v>2208</v>
       </c>
       <c r="D603" t="s">
-        <v>1107</v>
+        <v>2209</v>
       </c>
       <c r="E603" s="2" t="s">
-        <v>1108</v>
-[...1 lines deleted...]
-      <c r="F603" s="2"/>
+        <v>2210</v>
+      </c>
+      <c r="F603" s="2" t="s">
+        <v>2311</v>
+      </c>
     </row>
     <row r="604" spans="1:6">
       <c r="A604" t="s">
-        <v>1158</v>
+        <v>2312</v>
       </c>
       <c r="B604" t="s">
-        <v>1158</v>
+        <v>2313</v>
       </c>
       <c r="C604" t="s">
-        <v>310</v>
+        <v>612</v>
       </c>
       <c r="D604" t="s">
-        <v>310</v>
+        <v>613</v>
       </c>
       <c r="E604" s="2" t="s">
-        <v>1159</v>
-[...1 lines deleted...]
-      <c r="F604" s="2"/>
+        <v>2314</v>
+      </c>
+      <c r="F604" s="2" t="s">
+        <v>2315</v>
+      </c>
     </row>
     <row r="605" spans="1:6">
       <c r="A605" t="s">
-        <v>1158</v>
+        <v>2312</v>
       </c>
       <c r="B605" t="s">
-        <v>1158</v>
+        <v>2313</v>
       </c>
       <c r="C605" t="s">
-        <v>316</v>
+        <v>624</v>
       </c>
       <c r="D605" t="s">
-        <v>316</v>
+        <v>625</v>
       </c>
       <c r="E605" s="2" t="s">
-        <v>979</v>
-[...1 lines deleted...]
-      <c r="F605" s="2"/>
+        <v>1947</v>
+      </c>
+      <c r="F605" s="2" t="s">
+        <v>2316</v>
+      </c>
     </row>
     <row r="606" spans="1:6">
       <c r="A606" t="s">
-        <v>1158</v>
+        <v>2312</v>
       </c>
       <c r="B606" t="s">
-        <v>1158</v>
+        <v>2313</v>
       </c>
       <c r="C606" t="s">
-        <v>1160</v>
+        <v>2317</v>
       </c>
       <c r="D606" t="s">
-        <v>1160</v>
+        <v>2318</v>
       </c>
       <c r="E606" s="2" t="s">
-        <v>1161</v>
-[...1 lines deleted...]
-      <c r="F606" s="2"/>
+        <v>2319</v>
+      </c>
+      <c r="F606" s="2" t="s">
+        <v>2320</v>
+      </c>
     </row>
     <row r="607" spans="1:6">
       <c r="A607" t="s">
-        <v>1158</v>
+        <v>2312</v>
       </c>
       <c r="B607" t="s">
-        <v>1158</v>
+        <v>2313</v>
       </c>
       <c r="C607" t="s">
-        <v>1162</v>
+        <v>2321</v>
       </c>
       <c r="D607" t="s">
-        <v>1162</v>
+        <v>2322</v>
       </c>
       <c r="E607" s="2" t="s">
-        <v>1163</v>
-[...1 lines deleted...]
-      <c r="F607" s="2"/>
+        <v>2323</v>
+      </c>
+      <c r="F607" s="2" t="s">
+        <v>2324</v>
+      </c>
     </row>
     <row r="608" spans="1:6">
       <c r="A608" t="s">
-        <v>1158</v>
+        <v>2312</v>
       </c>
       <c r="B608" t="s">
-        <v>1158</v>
+        <v>2313</v>
       </c>
       <c r="C608" t="s">
-        <v>1164</v>
+        <v>2325</v>
       </c>
       <c r="D608" t="s">
-        <v>1164</v>
+        <v>2326</v>
       </c>
       <c r="E608" s="2" t="s">
-        <v>1165</v>
-[...1 lines deleted...]
-      <c r="F608" s="2"/>
+        <v>2327</v>
+      </c>
+      <c r="F608" s="2" t="s">
+        <v>2328</v>
+      </c>
     </row>
     <row r="609" spans="1:6">
       <c r="A609" t="s">
-        <v>1158</v>
+        <v>2312</v>
       </c>
       <c r="B609" t="s">
-        <v>1158</v>
+        <v>2313</v>
       </c>
       <c r="C609" t="s">
-        <v>559</v>
+        <v>1107</v>
       </c>
       <c r="D609" t="s">
-        <v>559</v>
+        <v>1108</v>
       </c>
       <c r="E609" s="2" t="s">
-        <v>1166</v>
-[...1 lines deleted...]
-      <c r="F609" s="2"/>
+        <v>2329</v>
+      </c>
+      <c r="F609" s="2" t="s">
+        <v>2330</v>
+      </c>
     </row>
     <row r="610" spans="1:6">
       <c r="A610" t="s">
-        <v>1158</v>
+        <v>2312</v>
       </c>
       <c r="B610" t="s">
-        <v>1158</v>
+        <v>2313</v>
       </c>
       <c r="C610" t="s">
-        <v>187</v>
+        <v>365</v>
       </c>
       <c r="D610" t="s">
-        <v>187</v>
+        <v>366</v>
       </c>
       <c r="E610" s="2" t="s">
-        <v>1167</v>
-[...1 lines deleted...]
-      <c r="F610" s="2"/>
+        <v>2331</v>
+      </c>
+      <c r="F610" s="2" t="s">
+        <v>2332</v>
+      </c>
     </row>
     <row r="611" spans="1:6">
       <c r="A611" t="s">
-        <v>1158</v>
+        <v>2312</v>
       </c>
       <c r="B611" t="s">
-        <v>1158</v>
+        <v>2313</v>
       </c>
       <c r="C611" t="s">
-        <v>1168</v>
+        <v>2333</v>
       </c>
       <c r="D611" t="s">
-        <v>1168</v>
+        <v>2334</v>
       </c>
       <c r="E611" s="2" t="s">
-        <v>1169</v>
-[...1 lines deleted...]
-      <c r="F611" s="2"/>
+        <v>2335</v>
+      </c>
+      <c r="F611" s="2" t="s">
+        <v>2336</v>
+      </c>
     </row>
     <row r="612" spans="1:6">
       <c r="A612" t="s">
-        <v>1158</v>
+        <v>2312</v>
       </c>
       <c r="B612" t="s">
-        <v>1158</v>
+        <v>2313</v>
       </c>
       <c r="C612" t="s">
-        <v>189</v>
+        <v>369</v>
       </c>
       <c r="D612" t="s">
-        <v>189</v>
+        <v>370</v>
       </c>
       <c r="E612" s="2" t="s">
-        <v>190</v>
-[...1 lines deleted...]
-      <c r="F612" s="2"/>
+        <v>371</v>
+      </c>
+      <c r="F612" s="2" t="s">
+        <v>2337</v>
+      </c>
     </row>
     <row r="613" spans="1:6">
       <c r="A613" t="s">
-        <v>1158</v>
+        <v>2312</v>
       </c>
       <c r="B613" t="s">
-        <v>1158</v>
+        <v>2313</v>
       </c>
       <c r="C613" t="s">
-        <v>994</v>
+        <v>1978</v>
       </c>
       <c r="D613" t="s">
-        <v>994</v>
+        <v>1979</v>
       </c>
       <c r="E613" s="2" t="s">
-        <v>1170</v>
-[...1 lines deleted...]
-      <c r="F613" s="2"/>
+        <v>2338</v>
+      </c>
+      <c r="F613" s="2" t="s">
+        <v>2339</v>
+      </c>
     </row>
     <row r="614" spans="1:6">
       <c r="A614" t="s">
-        <v>1158</v>
+        <v>2312</v>
       </c>
       <c r="B614" t="s">
-        <v>1158</v>
+        <v>2313</v>
       </c>
       <c r="C614" t="s">
-        <v>1171</v>
+        <v>2340</v>
       </c>
       <c r="D614" t="s">
-        <v>1171</v>
+        <v>2341</v>
       </c>
       <c r="E614" s="2" t="s">
-        <v>1172</v>
-[...1 lines deleted...]
-      <c r="F614" s="2"/>
+        <v>2342</v>
+      </c>
+      <c r="F614" s="2" t="s">
+        <v>2343</v>
+      </c>
     </row>
     <row r="615" spans="1:6">
       <c r="A615" t="s">
-        <v>1158</v>
+        <v>2312</v>
       </c>
       <c r="B615" t="s">
-        <v>1158</v>
+        <v>2313</v>
       </c>
       <c r="C615" t="s">
-        <v>998</v>
+        <v>1986</v>
       </c>
       <c r="D615" t="s">
-        <v>998</v>
+        <v>1987</v>
       </c>
       <c r="E615" s="2" t="s">
-        <v>1173</v>
-[...1 lines deleted...]
-      <c r="F615" s="2"/>
+        <v>2344</v>
+      </c>
+      <c r="F615" s="2" t="s">
+        <v>2345</v>
+      </c>
     </row>
     <row r="616" spans="1:6">
       <c r="A616" t="s">
-        <v>1158</v>
+        <v>2312</v>
       </c>
       <c r="B616" t="s">
-        <v>1158</v>
+        <v>2313</v>
       </c>
       <c r="C616" t="s">
-        <v>1174</v>
+        <v>2346</v>
       </c>
       <c r="D616" t="s">
-        <v>1174</v>
+        <v>2347</v>
       </c>
       <c r="E616" s="2" t="s">
-        <v>1175</v>
-[...1 lines deleted...]
-      <c r="F616" s="2"/>
+        <v>2348</v>
+      </c>
+      <c r="F616" s="2" t="s">
+        <v>2349</v>
+      </c>
     </row>
     <row r="617" spans="1:6">
       <c r="A617" t="s">
-        <v>1158</v>
+        <v>2312</v>
       </c>
       <c r="B617" t="s">
-        <v>1158</v>
+        <v>2313</v>
       </c>
       <c r="C617" t="s">
-        <v>193</v>
+        <v>377</v>
       </c>
       <c r="D617" t="s">
-        <v>193</v>
+        <v>378</v>
       </c>
       <c r="E617" s="2" t="s">
-        <v>194</v>
-[...1 lines deleted...]
-      <c r="F617" s="2"/>
+        <v>379</v>
+      </c>
+      <c r="F617" s="2" t="s">
+        <v>2350</v>
+      </c>
     </row>
     <row r="618" spans="1:6">
       <c r="A618" t="s">
-        <v>1158</v>
+        <v>2312</v>
       </c>
       <c r="B618" t="s">
-        <v>1158</v>
+        <v>2313</v>
       </c>
       <c r="C618" t="s">
-        <v>162</v>
+        <v>315</v>
       </c>
       <c r="D618" t="s">
-        <v>162</v>
+        <v>316</v>
       </c>
       <c r="E618" s="2" t="s">
-        <v>1176</v>
-[...1 lines deleted...]
-      <c r="F618" s="2"/>
+        <v>2351</v>
+      </c>
+      <c r="F618" s="2" t="s">
+        <v>2352</v>
+      </c>
     </row>
     <row r="619" spans="1:6">
       <c r="A619" t="s">
-        <v>1158</v>
+        <v>2312</v>
       </c>
       <c r="B619" t="s">
-        <v>1158</v>
+        <v>2313</v>
       </c>
       <c r="C619" t="s">
-        <v>1001</v>
+        <v>1993</v>
       </c>
       <c r="D619" t="s">
-        <v>1001</v>
+        <v>1994</v>
       </c>
       <c r="E619" s="2" t="s">
-        <v>1177</v>
-[...1 lines deleted...]
-      <c r="F619" s="2"/>
+        <v>2353</v>
+      </c>
+      <c r="F619" s="2" t="s">
+        <v>2354</v>
+      </c>
     </row>
     <row r="620" spans="1:6">
       <c r="A620" t="s">
-        <v>1158</v>
+        <v>2312</v>
       </c>
       <c r="B620" t="s">
-        <v>1158</v>
+        <v>2313</v>
       </c>
       <c r="C620" t="s">
-        <v>1178</v>
+        <v>2355</v>
       </c>
       <c r="D620" t="s">
-        <v>1178</v>
+        <v>2356</v>
       </c>
       <c r="E620" s="2" t="s">
-        <v>1179</v>
-[...1 lines deleted...]
-      <c r="F620" s="2"/>
+        <v>2357</v>
+      </c>
+      <c r="F620" s="2" t="s">
+        <v>2358</v>
+      </c>
     </row>
     <row r="621" spans="1:6">
       <c r="A621" t="s">
-        <v>1158</v>
+        <v>2312</v>
       </c>
       <c r="B621" t="s">
-        <v>1158</v>
+        <v>2313</v>
       </c>
       <c r="C621" t="s">
-        <v>195</v>
+        <v>381</v>
       </c>
       <c r="D621" t="s">
-        <v>195</v>
+        <v>382</v>
       </c>
       <c r="E621" s="2" t="s">
-        <v>196</v>
-[...1 lines deleted...]
-      <c r="F621" s="2"/>
+        <v>383</v>
+      </c>
+      <c r="F621" s="2" t="s">
+        <v>384</v>
+      </c>
     </row>
     <row r="622" spans="1:6">
       <c r="A622" t="s">
-        <v>1158</v>
+        <v>2312</v>
       </c>
       <c r="B622" t="s">
-        <v>1158</v>
+        <v>2313</v>
       </c>
       <c r="C622" t="s">
-        <v>539</v>
+        <v>1068</v>
       </c>
       <c r="D622" t="s">
-        <v>539</v>
+        <v>1069</v>
       </c>
       <c r="E622" s="2" t="s">
-        <v>704</v>
-[...1 lines deleted...]
-      <c r="F622" s="2"/>
+        <v>1394</v>
+      </c>
+      <c r="F622" s="2" t="s">
+        <v>2359</v>
+      </c>
     </row>
     <row r="623" spans="1:6">
       <c r="A623" t="s">
-        <v>1158</v>
+        <v>2312</v>
       </c>
       <c r="B623" t="s">
-        <v>1158</v>
+        <v>2313</v>
       </c>
       <c r="C623" t="s">
-        <v>541</v>
+        <v>1072</v>
       </c>
       <c r="D623" t="s">
-        <v>541</v>
+        <v>1073</v>
       </c>
       <c r="E623" s="2" t="s">
-        <v>1180</v>
-[...1 lines deleted...]
-      <c r="F623" s="2"/>
+        <v>2360</v>
+      </c>
+      <c r="F623" s="2" t="s">
+        <v>2361</v>
+      </c>
     </row>
     <row r="624" spans="1:6">
       <c r="A624" t="s">
-        <v>1158</v>
+        <v>2312</v>
       </c>
       <c r="B624" t="s">
-        <v>1158</v>
+        <v>2313</v>
       </c>
       <c r="C624" t="s">
-        <v>199</v>
+        <v>389</v>
       </c>
       <c r="D624" t="s">
-        <v>199</v>
+        <v>390</v>
       </c>
       <c r="E624" s="2" t="s">
-        <v>200</v>
-[...1 lines deleted...]
-      <c r="F624" s="2"/>
+        <v>391</v>
+      </c>
+      <c r="F624" s="2" t="s">
+        <v>2362</v>
+      </c>
     </row>
     <row r="625" spans="1:6">
       <c r="A625" t="s">
-        <v>1158</v>
+        <v>2312</v>
       </c>
       <c r="B625" t="s">
-        <v>1158</v>
+        <v>2313</v>
       </c>
       <c r="C625" t="s">
-        <v>1181</v>
+        <v>2363</v>
       </c>
       <c r="D625" t="s">
-        <v>1181</v>
+        <v>2364</v>
       </c>
       <c r="E625" s="2" t="s">
-        <v>1182</v>
-[...1 lines deleted...]
-      <c r="F625" s="2"/>
+        <v>2365</v>
+      </c>
+      <c r="F625" s="2" t="s">
+        <v>2366</v>
+      </c>
     </row>
     <row r="626" spans="1:6">
       <c r="A626" t="s">
-        <v>1158</v>
+        <v>2312</v>
       </c>
       <c r="B626" t="s">
-        <v>1158</v>
+        <v>2313</v>
       </c>
       <c r="C626" t="s">
-        <v>203</v>
+        <v>397</v>
       </c>
       <c r="D626" t="s">
-        <v>203</v>
+        <v>398</v>
       </c>
       <c r="E626" s="2" t="s">
-        <v>204</v>
-[...1 lines deleted...]
-      <c r="F626" s="2"/>
+        <v>399</v>
+      </c>
+      <c r="F626" s="2" t="s">
+        <v>2367</v>
+      </c>
     </row>
     <row r="627" spans="1:6">
       <c r="A627" t="s">
-        <v>1183</v>
+        <v>2368</v>
       </c>
       <c r="B627" t="s">
-        <v>1183</v>
+        <v>2369</v>
       </c>
       <c r="C627" t="s">
-        <v>1184</v>
+        <v>2370</v>
       </c>
       <c r="D627" t="s">
-        <v>1184</v>
+        <v>2371</v>
       </c>
       <c r="E627" s="2" t="s">
-        <v>1185</v>
-[...1 lines deleted...]
-      <c r="F627" s="2"/>
+        <v>2372</v>
+      </c>
+      <c r="F627" s="2" t="s">
+        <v>2373</v>
+      </c>
     </row>
     <row r="628" spans="1:6">
       <c r="A628" t="s">
-        <v>1183</v>
+        <v>2368</v>
       </c>
       <c r="B628" t="s">
-        <v>1183</v>
+        <v>2369</v>
       </c>
       <c r="C628" t="s">
-        <v>1186</v>
+        <v>2374</v>
       </c>
       <c r="D628" t="s">
-        <v>1186</v>
+        <v>2375</v>
       </c>
       <c r="E628" s="2" t="s">
-        <v>1187</v>
-[...1 lines deleted...]
-      <c r="F628" s="2"/>
+        <v>2376</v>
+      </c>
+      <c r="F628" s="2" t="s">
+        <v>2377</v>
+      </c>
     </row>
     <row r="629" spans="1:6">
       <c r="A629" t="s">
-        <v>1183</v>
+        <v>2368</v>
       </c>
       <c r="B629" t="s">
-        <v>1183</v>
+        <v>2369</v>
       </c>
       <c r="C629" t="s">
-        <v>1188</v>
+        <v>2378</v>
       </c>
       <c r="D629" t="s">
-        <v>1188</v>
+        <v>2379</v>
       </c>
       <c r="E629" s="2" t="s">
-        <v>1189</v>
-[...1 lines deleted...]
-      <c r="F629" s="2"/>
+        <v>2380</v>
+      </c>
+      <c r="F629" s="2" t="s">
+        <v>2381</v>
+      </c>
     </row>
     <row r="630" spans="1:6">
       <c r="A630" t="s">
-        <v>1183</v>
+        <v>2368</v>
       </c>
       <c r="B630" t="s">
-        <v>1183</v>
+        <v>2369</v>
       </c>
       <c r="C630" t="s">
-        <v>1190</v>
+        <v>2382</v>
       </c>
       <c r="D630" t="s">
-        <v>1190</v>
+        <v>2383</v>
       </c>
       <c r="E630" s="2" t="s">
-        <v>1191</v>
-[...1 lines deleted...]
-      <c r="F630" s="2"/>
+        <v>2384</v>
+      </c>
+      <c r="F630" s="2" t="s">
+        <v>2385</v>
+      </c>
     </row>
     <row r="631" spans="1:6">
       <c r="A631" t="s">
-        <v>1183</v>
+        <v>2368</v>
       </c>
       <c r="B631" t="s">
-        <v>1183</v>
+        <v>2369</v>
       </c>
       <c r="C631" t="s">
-        <v>1192</v>
+        <v>2386</v>
       </c>
       <c r="D631" t="s">
-        <v>1192</v>
+        <v>2387</v>
       </c>
       <c r="E631" s="2" t="s">
-        <v>1193</v>
-[...1 lines deleted...]
-      <c r="F631" s="2"/>
+        <v>2388</v>
+      </c>
+      <c r="F631" s="2" t="s">
+        <v>2389</v>
+      </c>
     </row>
     <row r="632" spans="1:6">
       <c r="A632" t="s">
-        <v>1183</v>
+        <v>2368</v>
       </c>
       <c r="B632" t="s">
-        <v>1183</v>
+        <v>2369</v>
       </c>
       <c r="C632" t="s">
-        <v>1194</v>
+        <v>2390</v>
       </c>
       <c r="D632" t="s">
-        <v>1194</v>
+        <v>2391</v>
       </c>
       <c r="E632" s="2" t="s">
-        <v>1195</v>
-[...1 lines deleted...]
-      <c r="F632" s="2"/>
+        <v>2392</v>
+      </c>
+      <c r="F632" s="2" t="s">
+        <v>2393</v>
+      </c>
     </row>
     <row r="633" spans="1:6">
       <c r="A633" t="s">
-        <v>1183</v>
+        <v>2368</v>
       </c>
       <c r="B633" t="s">
-        <v>1183</v>
+        <v>2369</v>
       </c>
       <c r="C633" t="s">
-        <v>1196</v>
+        <v>2394</v>
       </c>
       <c r="D633" t="s">
-        <v>1196</v>
+        <v>2395</v>
       </c>
       <c r="E633" s="2" t="s">
-        <v>1197</v>
-[...1 lines deleted...]
-      <c r="F633" s="2"/>
+        <v>2396</v>
+      </c>
+      <c r="F633" s="2" t="s">
+        <v>2397</v>
+      </c>
     </row>
     <row r="634" spans="1:6">
       <c r="A634" t="s">
-        <v>1183</v>
+        <v>2368</v>
       </c>
       <c r="B634" t="s">
-        <v>1183</v>
+        <v>2369</v>
       </c>
       <c r="C634" t="s">
-        <v>1198</v>
+        <v>2398</v>
       </c>
       <c r="D634" t="s">
-        <v>1198</v>
+        <v>2399</v>
       </c>
       <c r="E634" s="2" t="s">
-        <v>1199</v>
-[...1 lines deleted...]
-      <c r="F634" s="2"/>
+        <v>2400</v>
+      </c>
+      <c r="F634" s="2" t="s">
+        <v>2401</v>
+      </c>
     </row>
     <row r="635" spans="1:6">
       <c r="A635" t="s">
-        <v>1183</v>
+        <v>2368</v>
       </c>
       <c r="B635" t="s">
-        <v>1183</v>
+        <v>2369</v>
       </c>
       <c r="C635" t="s">
-        <v>1200</v>
+        <v>2402</v>
       </c>
       <c r="D635" t="s">
-        <v>1200</v>
+        <v>2403</v>
       </c>
       <c r="E635" s="2" t="s">
-        <v>1201</v>
-[...1 lines deleted...]
-      <c r="F635" s="2"/>
+        <v>2404</v>
+      </c>
+      <c r="F635" s="2" t="s">
+        <v>2405</v>
+      </c>
     </row>
     <row r="636" spans="1:6">
       <c r="A636" t="s">
-        <v>1183</v>
+        <v>2368</v>
       </c>
       <c r="B636" t="s">
-        <v>1183</v>
+        <v>2369</v>
       </c>
       <c r="C636" t="s">
-        <v>1202</v>
+        <v>2406</v>
       </c>
       <c r="D636" t="s">
-        <v>1202</v>
+        <v>2407</v>
       </c>
       <c r="E636" s="2" t="s">
-        <v>1203</v>
-[...1 lines deleted...]
-      <c r="F636" s="2"/>
+        <v>2408</v>
+      </c>
+      <c r="F636" s="2" t="s">
+        <v>2409</v>
+      </c>
     </row>
     <row r="637" spans="1:6">
       <c r="A637" t="s">
-        <v>1183</v>
+        <v>2368</v>
       </c>
       <c r="B637" t="s">
-        <v>1183</v>
+        <v>2369</v>
       </c>
       <c r="C637" t="s">
-        <v>1204</v>
+        <v>2410</v>
       </c>
       <c r="D637" t="s">
-        <v>1204</v>
+        <v>2411</v>
       </c>
       <c r="E637" s="2" t="s">
-        <v>1205</v>
-[...1 lines deleted...]
-      <c r="F637" s="2"/>
+        <v>2412</v>
+      </c>
+      <c r="F637" s="2" t="s">
+        <v>2413</v>
+      </c>
     </row>
     <row r="638" spans="1:6">
       <c r="A638" t="s">
-        <v>1183</v>
+        <v>2368</v>
       </c>
       <c r="B638" t="s">
-        <v>1183</v>
+        <v>2369</v>
       </c>
       <c r="C638" t="s">
-        <v>1206</v>
+        <v>2414</v>
       </c>
       <c r="D638" t="s">
-        <v>1206</v>
+        <v>2415</v>
       </c>
       <c r="E638" s="2" t="s">
-        <v>1207</v>
-[...1 lines deleted...]
-      <c r="F638" s="2"/>
+        <v>2416</v>
+      </c>
+      <c r="F638" s="2" t="s">
+        <v>2417</v>
+      </c>
     </row>
     <row r="639" spans="1:6">
       <c r="A639" t="s">
-        <v>1183</v>
+        <v>2368</v>
       </c>
       <c r="B639" t="s">
-        <v>1183</v>
+        <v>2369</v>
       </c>
       <c r="C639" t="s">
-        <v>1208</v>
+        <v>2418</v>
       </c>
       <c r="D639" t="s">
-        <v>1208</v>
+        <v>2418</v>
       </c>
       <c r="E639" s="2" t="s">
-        <v>1209</v>
-[...1 lines deleted...]
-      <c r="F639" s="2"/>
+        <v>2419</v>
+      </c>
+      <c r="F639" s="2" t="s">
+        <v>2420</v>
+      </c>
     </row>
     <row r="640" spans="1:6">
       <c r="A640" t="s">
-        <v>1183</v>
+        <v>2368</v>
       </c>
       <c r="B640" t="s">
-        <v>1183</v>
+        <v>2369</v>
       </c>
       <c r="C640" t="s">
-        <v>1210</v>
+        <v>2421</v>
       </c>
       <c r="D640" t="s">
-        <v>1210</v>
+        <v>2422</v>
       </c>
       <c r="E640" s="2" t="s">
-        <v>1211</v>
-[...1 lines deleted...]
-      <c r="F640" s="2"/>
+        <v>2423</v>
+      </c>
+      <c r="F640" s="2" t="s">
+        <v>2424</v>
+      </c>
     </row>
     <row r="641" spans="1:6">
       <c r="A641" t="s">
-        <v>1183</v>
+        <v>2368</v>
       </c>
       <c r="B641" t="s">
-        <v>1183</v>
+        <v>2369</v>
       </c>
       <c r="C641" t="s">
-        <v>43</v>
+        <v>78</v>
       </c>
       <c r="D641" t="s">
-        <v>43</v>
+        <v>2425</v>
       </c>
       <c r="E641" s="2" t="s">
-        <v>1212</v>
-[...1 lines deleted...]
-      <c r="F641" s="2"/>
+        <v>2426</v>
+      </c>
+      <c r="F641" s="2" t="s">
+        <v>2427</v>
+      </c>
     </row>
     <row r="642" spans="1:6">
       <c r="A642" t="s">
-        <v>1183</v>
+        <v>2368</v>
       </c>
       <c r="B642" t="s">
-        <v>1183</v>
+        <v>2369</v>
       </c>
       <c r="C642" t="s">
-        <v>1213</v>
+        <v>2428</v>
       </c>
       <c r="D642" t="s">
-        <v>1213</v>
+        <v>2429</v>
       </c>
       <c r="E642" s="2" t="s">
-        <v>1214</v>
-[...1 lines deleted...]
-      <c r="F642" s="2"/>
+        <v>2430</v>
+      </c>
+      <c r="F642" s="2" t="s">
+        <v>2431</v>
+      </c>
     </row>
     <row r="643" spans="1:6">
       <c r="A643" t="s">
-        <v>1183</v>
+        <v>2368</v>
       </c>
       <c r="B643" t="s">
-        <v>1183</v>
+        <v>2369</v>
       </c>
       <c r="C643" t="s">
-        <v>1215</v>
+        <v>2432</v>
       </c>
       <c r="D643" t="s">
-        <v>1215</v>
+        <v>2433</v>
       </c>
       <c r="E643" s="2" t="s">
-        <v>1216</v>
-[...1 lines deleted...]
-      <c r="F643" s="2"/>
+        <v>2434</v>
+      </c>
+      <c r="F643" s="2" t="s">
+        <v>2435</v>
+      </c>
     </row>
     <row r="644" spans="1:6">
       <c r="A644" t="s">
-        <v>1183</v>
+        <v>2368</v>
       </c>
       <c r="B644" t="s">
-        <v>1183</v>
+        <v>2369</v>
       </c>
       <c r="C644" t="s">
-        <v>1217</v>
+        <v>2436</v>
       </c>
       <c r="D644" t="s">
-        <v>1217</v>
+        <v>2437</v>
       </c>
       <c r="E644" s="2" t="s">
-        <v>1218</v>
-[...1 lines deleted...]
-      <c r="F644" s="2"/>
+        <v>2438</v>
+      </c>
+      <c r="F644" s="2" t="s">
+        <v>2439</v>
+      </c>
     </row>
     <row r="645" spans="1:6">
       <c r="A645" t="s">
-        <v>1183</v>
+        <v>2368</v>
       </c>
       <c r="B645" t="s">
-        <v>1183</v>
+        <v>2369</v>
       </c>
       <c r="C645" t="s">
-        <v>1219</v>
+        <v>2440</v>
       </c>
       <c r="D645" t="s">
-        <v>1219</v>
+        <v>2441</v>
       </c>
       <c r="E645" s="2" t="s">
-        <v>1220</v>
-[...1 lines deleted...]
-      <c r="F645" s="2"/>
+        <v>2442</v>
+      </c>
+      <c r="F645" s="2" t="s">
+        <v>2443</v>
+      </c>
     </row>
     <row r="646" spans="1:6">
       <c r="A646" t="s">
-        <v>1221</v>
+        <v>2444</v>
       </c>
       <c r="B646" t="s">
-        <v>1221</v>
+        <v>2445</v>
       </c>
       <c r="C646" t="s">
-        <v>1222</v>
+        <v>2446</v>
       </c>
       <c r="D646" t="s">
-        <v>1222</v>
+        <v>2447</v>
       </c>
       <c r="E646" s="2" t="s">
-        <v>1223</v>
-[...1 lines deleted...]
-      <c r="F646" s="2"/>
+        <v>2448</v>
+      </c>
+      <c r="F646" s="2" t="s">
+        <v>2449</v>
+      </c>
     </row>
     <row r="647" spans="1:6">
       <c r="A647" t="s">
-        <v>1221</v>
+        <v>2444</v>
       </c>
       <c r="B647" t="s">
-        <v>1221</v>
+        <v>2445</v>
       </c>
       <c r="C647" t="s">
-        <v>1224</v>
+        <v>2450</v>
       </c>
       <c r="D647" t="s">
-        <v>1224</v>
+        <v>2451</v>
       </c>
       <c r="E647" s="2" t="s">
-        <v>1225</v>
-[...1 lines deleted...]
-      <c r="F647" s="2"/>
+        <v>2452</v>
+      </c>
+      <c r="F647" s="2" t="s">
+        <v>2453</v>
+      </c>
     </row>
     <row r="648" spans="1:6">
       <c r="A648" t="s">
-        <v>1221</v>
+        <v>2444</v>
       </c>
       <c r="B648" t="s">
-        <v>1221</v>
+        <v>2445</v>
       </c>
       <c r="C648" t="s">
-        <v>195</v>
+        <v>381</v>
       </c>
       <c r="D648" t="s">
-        <v>195</v>
+        <v>382</v>
       </c>
       <c r="E648" s="2" t="s">
-        <v>1226</v>
-[...1 lines deleted...]
-      <c r="F648" s="2"/>
+        <v>2454</v>
+      </c>
+      <c r="F648" s="2" t="s">
+        <v>2455</v>
+      </c>
     </row>
     <row r="649" spans="1:6">
       <c r="A649" t="s">
-        <v>1221</v>
+        <v>2444</v>
       </c>
       <c r="B649" t="s">
-        <v>1221</v>
+        <v>2445</v>
       </c>
       <c r="C649" t="s">
-        <v>1227</v>
+        <v>2456</v>
       </c>
       <c r="D649" t="s">
-        <v>1227</v>
+        <v>2457</v>
       </c>
       <c r="E649" s="2" t="s">
-        <v>1228</v>
-[...1 lines deleted...]
-      <c r="F649" s="2"/>
+        <v>2458</v>
+      </c>
+      <c r="F649" s="2" t="s">
+        <v>2459</v>
+      </c>
     </row>
     <row r="650" spans="1:6">
       <c r="A650" t="s">
-        <v>1229</v>
+        <v>2460</v>
       </c>
       <c r="B650" t="s">
-        <v>1229</v>
+        <v>2461</v>
       </c>
       <c r="C650" t="s">
-        <v>1230</v>
+        <v>2462</v>
       </c>
       <c r="D650" t="s">
-        <v>1230</v>
+        <v>2463</v>
       </c>
       <c r="E650" s="2" t="s">
-        <v>1231</v>
-[...1 lines deleted...]
-      <c r="F650" s="2"/>
+        <v>2464</v>
+      </c>
+      <c r="F650" s="2" t="s">
+        <v>2465</v>
+      </c>
     </row>
     <row r="651" spans="1:6">
       <c r="A651" t="s">
-        <v>1229</v>
+        <v>2460</v>
       </c>
       <c r="B651" t="s">
-        <v>1229</v>
+        <v>2461</v>
       </c>
       <c r="C651" t="s">
-        <v>1232</v>
+        <v>2466</v>
       </c>
       <c r="D651" t="s">
-        <v>1232</v>
+        <v>2467</v>
       </c>
       <c r="E651" s="2" t="s">
-        <v>1233</v>
-[...1 lines deleted...]
-      <c r="F651" s="2"/>
+        <v>2468</v>
+      </c>
+      <c r="F651" s="2" t="s">
+        <v>2469</v>
+      </c>
     </row>
     <row r="652" spans="1:6">
       <c r="A652" t="s">
-        <v>1229</v>
+        <v>2460</v>
       </c>
       <c r="B652" t="s">
-        <v>1229</v>
+        <v>2461</v>
       </c>
       <c r="C652" t="s">
-        <v>1234</v>
+        <v>2470</v>
       </c>
       <c r="D652" t="s">
-        <v>1234</v>
+        <v>2471</v>
       </c>
       <c r="E652" s="2" t="s">
-        <v>1235</v>
-[...1 lines deleted...]
-      <c r="F652" s="2"/>
+        <v>2472</v>
+      </c>
+      <c r="F652" s="2" t="s">
+        <v>2473</v>
+      </c>
     </row>
     <row r="653" spans="1:6">
       <c r="A653" t="s">
-        <v>1229</v>
+        <v>2460</v>
       </c>
       <c r="B653" t="s">
-        <v>1229</v>
+        <v>2461</v>
       </c>
       <c r="C653" t="s">
-        <v>1236</v>
+        <v>2474</v>
       </c>
       <c r="D653" t="s">
-        <v>1236</v>
+        <v>2475</v>
       </c>
       <c r="E653" s="2" t="s">
-        <v>1237</v>
-[...1 lines deleted...]
-      <c r="F653" s="2"/>
+        <v>2476</v>
+      </c>
+      <c r="F653" s="2" t="s">
+        <v>2477</v>
+      </c>
     </row>
     <row r="654" spans="1:6">
       <c r="A654" t="s">
-        <v>1229</v>
+        <v>2460</v>
       </c>
       <c r="B654" t="s">
-        <v>1229</v>
+        <v>2461</v>
       </c>
       <c r="C654" t="s">
-        <v>1238</v>
+        <v>2478</v>
       </c>
       <c r="D654" t="s">
-        <v>1238</v>
+        <v>2479</v>
       </c>
       <c r="E654" s="2" t="s">
-        <v>1239</v>
-[...1 lines deleted...]
-      <c r="F654" s="2"/>
+        <v>2480</v>
+      </c>
+      <c r="F654" s="2" t="s">
+        <v>2481</v>
+      </c>
     </row>
     <row r="655" spans="1:6">
       <c r="A655" t="s">
-        <v>1229</v>
+        <v>2460</v>
       </c>
       <c r="B655" t="s">
-        <v>1229</v>
+        <v>2461</v>
       </c>
       <c r="C655" t="s">
-        <v>1240</v>
+        <v>2482</v>
       </c>
       <c r="D655" t="s">
-        <v>1240</v>
+        <v>2483</v>
       </c>
       <c r="E655" s="2" t="s">
-        <v>1241</v>
-[...1 lines deleted...]
-      <c r="F655" s="2"/>
+        <v>2484</v>
+      </c>
+      <c r="F655" s="2" t="s">
+        <v>2485</v>
+      </c>
     </row>
     <row r="656" spans="1:6">
       <c r="A656" t="s">
-        <v>1229</v>
+        <v>2460</v>
       </c>
       <c r="B656" t="s">
-        <v>1229</v>
+        <v>2461</v>
       </c>
       <c r="C656" t="s">
-        <v>1242</v>
+        <v>2486</v>
       </c>
       <c r="D656" t="s">
-        <v>1242</v>
+        <v>2487</v>
       </c>
       <c r="E656" s="2" t="s">
-        <v>1243</v>
-[...1 lines deleted...]
-      <c r="F656" s="2"/>
+        <v>2488</v>
+      </c>
+      <c r="F656" s="2" t="s">
+        <v>2489</v>
+      </c>
     </row>
     <row r="657" spans="1:6">
       <c r="A657" t="s">
-        <v>1229</v>
+        <v>2460</v>
       </c>
       <c r="B657" t="s">
-        <v>1229</v>
+        <v>2461</v>
       </c>
       <c r="C657" t="s">
-        <v>1244</v>
+        <v>2490</v>
       </c>
       <c r="D657" t="s">
-        <v>1244</v>
+        <v>2491</v>
       </c>
       <c r="E657" s="2" t="s">
-        <v>1245</v>
-[...1 lines deleted...]
-      <c r="F657" s="2"/>
+        <v>2492</v>
+      </c>
+      <c r="F657" s="2" t="s">
+        <v>2493</v>
+      </c>
     </row>
     <row r="658" spans="1:6">
       <c r="A658" t="s">
-        <v>1229</v>
+        <v>2460</v>
       </c>
       <c r="B658" t="s">
-        <v>1229</v>
+        <v>2461</v>
       </c>
       <c r="C658" t="s">
-        <v>1246</v>
+        <v>2494</v>
       </c>
       <c r="D658" t="s">
-        <v>1246</v>
+        <v>2495</v>
       </c>
       <c r="E658" s="2" t="s">
-        <v>1247</v>
-[...1 lines deleted...]
-      <c r="F658" s="2"/>
+        <v>2496</v>
+      </c>
+      <c r="F658" s="2" t="s">
+        <v>2497</v>
+      </c>
     </row>
     <row r="659" spans="1:6">
       <c r="A659" t="s">
-        <v>1229</v>
+        <v>2460</v>
       </c>
       <c r="B659" t="s">
-        <v>1229</v>
+        <v>2461</v>
       </c>
       <c r="C659" t="s">
-        <v>1248</v>
+        <v>2498</v>
       </c>
       <c r="D659" t="s">
-        <v>1248</v>
+        <v>2499</v>
       </c>
       <c r="E659" s="2" t="s">
-        <v>1249</v>
-[...1 lines deleted...]
-      <c r="F659" s="2"/>
+        <v>2500</v>
+      </c>
+      <c r="F659" s="2" t="s">
+        <v>2501</v>
+      </c>
     </row>
     <row r="660" spans="1:6">
       <c r="A660" t="s">
-        <v>1229</v>
+        <v>2460</v>
       </c>
       <c r="B660" t="s">
-        <v>1229</v>
+        <v>2461</v>
       </c>
       <c r="C660" t="s">
-        <v>1250</v>
+        <v>2502</v>
       </c>
       <c r="D660" t="s">
-        <v>1250</v>
+        <v>2503</v>
       </c>
       <c r="E660" s="2" t="s">
-        <v>1251</v>
-[...1 lines deleted...]
-      <c r="F660" s="2"/>
+        <v>2504</v>
+      </c>
+      <c r="F660" s="2" t="s">
+        <v>2505</v>
+      </c>
     </row>
     <row r="661" spans="1:6">
       <c r="A661" t="s">
-        <v>1252</v>
+        <v>2506</v>
       </c>
       <c r="B661" t="s">
-        <v>1252</v>
+        <v>2507</v>
       </c>
       <c r="C661" t="s">
-        <v>1253</v>
+        <v>2508</v>
       </c>
       <c r="D661" t="s">
-        <v>1253</v>
+        <v>2509</v>
       </c>
       <c r="E661" s="2" t="s">
-        <v>1254</v>
-[...1 lines deleted...]
-      <c r="F661" s="2"/>
+        <v>2510</v>
+      </c>
+      <c r="F661" s="2" t="s">
+        <v>2511</v>
+      </c>
     </row>
     <row r="662" spans="1:6">
       <c r="A662" t="s">
-        <v>1252</v>
+        <v>2506</v>
       </c>
       <c r="B662" t="s">
-        <v>1252</v>
+        <v>2507</v>
       </c>
       <c r="C662" t="s">
-        <v>1255</v>
+        <v>2512</v>
       </c>
       <c r="D662" t="s">
-        <v>1255</v>
+        <v>2513</v>
       </c>
       <c r="E662" s="2" t="s">
-        <v>1256</v>
-[...1 lines deleted...]
-      <c r="F662" s="2"/>
+        <v>2514</v>
+      </c>
+      <c r="F662" s="2" t="s">
+        <v>2515</v>
+      </c>
     </row>
     <row r="663" spans="1:6">
       <c r="A663" t="s">
-        <v>1252</v>
+        <v>2506</v>
       </c>
       <c r="B663" t="s">
-        <v>1252</v>
+        <v>2507</v>
       </c>
       <c r="C663" t="s">
-        <v>1257</v>
+        <v>2516</v>
       </c>
       <c r="D663" t="s">
-        <v>1257</v>
+        <v>2517</v>
       </c>
       <c r="E663" s="2" t="s">
-        <v>1258</v>
-[...1 lines deleted...]
-      <c r="F663" s="2"/>
+        <v>2518</v>
+      </c>
+      <c r="F663" s="2" t="s">
+        <v>2519</v>
+      </c>
     </row>
     <row r="664" spans="1:6">
       <c r="A664" t="s">
-        <v>1252</v>
+        <v>2506</v>
       </c>
       <c r="B664" t="s">
-        <v>1252</v>
+        <v>2507</v>
       </c>
       <c r="C664" t="s">
-        <v>1259</v>
+        <v>2520</v>
       </c>
       <c r="D664" t="s">
-        <v>1259</v>
+        <v>2521</v>
       </c>
       <c r="E664" s="2" t="s">
-        <v>1260</v>
-[...1 lines deleted...]
-      <c r="F664" s="2"/>
+        <v>2522</v>
+      </c>
+      <c r="F664" s="2" t="s">
+        <v>2523</v>
+      </c>
     </row>
     <row r="665" spans="1:6">
       <c r="A665" t="s">
-        <v>1252</v>
+        <v>2506</v>
       </c>
       <c r="B665" t="s">
-        <v>1252</v>
+        <v>2507</v>
       </c>
       <c r="C665" t="s">
-        <v>1261</v>
+        <v>2524</v>
       </c>
       <c r="D665" t="s">
-        <v>1261</v>
+        <v>2525</v>
       </c>
       <c r="E665" s="2" t="s">
-        <v>1262</v>
-[...1 lines deleted...]
-      <c r="F665" s="2"/>
+        <v>2526</v>
+      </c>
+      <c r="F665" s="2" t="s">
+        <v>2527</v>
+      </c>
     </row>
     <row r="666" spans="1:6">
       <c r="A666" t="s">
-        <v>1252</v>
+        <v>2506</v>
       </c>
       <c r="B666" t="s">
-        <v>1252</v>
+        <v>2507</v>
       </c>
       <c r="C666" t="s">
-        <v>1263</v>
+        <v>2528</v>
       </c>
       <c r="D666" t="s">
-        <v>1263</v>
+        <v>2529</v>
       </c>
       <c r="E666" s="2" t="s">
-        <v>1264</v>
-[...1 lines deleted...]
-      <c r="F666" s="2"/>
+        <v>2530</v>
+      </c>
+      <c r="F666" s="2" t="s">
+        <v>2531</v>
+      </c>
     </row>
     <row r="667" spans="1:6">
       <c r="A667" t="s">
-        <v>1252</v>
+        <v>2506</v>
       </c>
       <c r="B667" t="s">
-        <v>1252</v>
+        <v>2507</v>
       </c>
       <c r="C667" t="s">
-        <v>1265</v>
+        <v>2532</v>
       </c>
       <c r="D667" t="s">
-        <v>1265</v>
+        <v>2533</v>
       </c>
       <c r="E667" s="2" t="s">
-        <v>1266</v>
-[...1 lines deleted...]
-      <c r="F667" s="2"/>
+        <v>2534</v>
+      </c>
+      <c r="F667" s="2" t="s">
+        <v>2535</v>
+      </c>
     </row>
     <row r="668" spans="1:6">
       <c r="A668" t="s">
-        <v>1252</v>
+        <v>2506</v>
       </c>
       <c r="B668" t="s">
-        <v>1252</v>
+        <v>2507</v>
       </c>
       <c r="C668" t="s">
-        <v>1267</v>
+        <v>2536</v>
       </c>
       <c r="D668" t="s">
-        <v>1267</v>
+        <v>2537</v>
       </c>
       <c r="E668" s="2" t="s">
-        <v>1268</v>
-[...1 lines deleted...]
-      <c r="F668" s="2"/>
+        <v>2538</v>
+      </c>
+      <c r="F668" s="2" t="s">
+        <v>2539</v>
+      </c>
     </row>
     <row r="669" spans="1:6">
       <c r="A669" t="s">
-        <v>1252</v>
+        <v>2506</v>
       </c>
       <c r="B669" t="s">
-        <v>1252</v>
+        <v>2507</v>
       </c>
       <c r="C669" t="s">
-        <v>1269</v>
+        <v>2540</v>
       </c>
       <c r="D669" t="s">
-        <v>1269</v>
+        <v>2541</v>
       </c>
       <c r="E669" s="2" t="s">
-        <v>1270</v>
-[...1 lines deleted...]
-      <c r="F669" s="2"/>
+        <v>2542</v>
+      </c>
+      <c r="F669" s="2" t="s">
+        <v>2543</v>
+      </c>
     </row>
     <row r="670" spans="1:6">
       <c r="A670" t="s">
-        <v>1252</v>
+        <v>2506</v>
       </c>
       <c r="B670" t="s">
-        <v>1252</v>
+        <v>2507</v>
       </c>
       <c r="C670" t="s">
-        <v>1271</v>
+        <v>2544</v>
       </c>
       <c r="D670" t="s">
-        <v>1271</v>
+        <v>2545</v>
       </c>
       <c r="E670" s="2" t="s">
-        <v>1272</v>
-[...1 lines deleted...]
-      <c r="F670" s="2"/>
+        <v>2546</v>
+      </c>
+      <c r="F670" s="2" t="s">
+        <v>2547</v>
+      </c>
     </row>
     <row r="671" spans="1:6">
       <c r="A671" t="s">
-        <v>1252</v>
+        <v>2506</v>
       </c>
       <c r="B671" t="s">
-        <v>1252</v>
+        <v>2507</v>
       </c>
       <c r="C671" t="s">
-        <v>1273</v>
+        <v>2548</v>
       </c>
       <c r="D671" t="s">
-        <v>1273</v>
+        <v>2549</v>
       </c>
       <c r="E671" s="2" t="s">
-        <v>1274</v>
-[...1 lines deleted...]
-      <c r="F671" s="2"/>
+        <v>2550</v>
+      </c>
+      <c r="F671" s="2" t="s">
+        <v>2551</v>
+      </c>
     </row>
     <row r="672" spans="1:6">
       <c r="A672" t="s">
-        <v>1252</v>
+        <v>2506</v>
       </c>
       <c r="B672" t="s">
-        <v>1252</v>
+        <v>2507</v>
       </c>
       <c r="C672" t="s">
-        <v>334</v>
+        <v>660</v>
       </c>
       <c r="D672" t="s">
-        <v>334</v>
+        <v>661</v>
       </c>
       <c r="E672" s="2" t="s">
-        <v>1275</v>
-[...1 lines deleted...]
-      <c r="F672" s="2"/>
+        <v>2552</v>
+      </c>
+      <c r="F672" s="2" t="s">
+        <v>2553</v>
+      </c>
     </row>
     <row r="673" spans="1:6">
       <c r="A673" t="s">
-        <v>1252</v>
+        <v>2506</v>
       </c>
       <c r="B673" t="s">
-        <v>1252</v>
+        <v>2507</v>
       </c>
       <c r="C673" t="s">
-        <v>1276</v>
+        <v>2554</v>
       </c>
       <c r="D673" t="s">
-        <v>1276</v>
+        <v>2555</v>
       </c>
       <c r="E673" s="2" t="s">
-        <v>1277</v>
-[...1 lines deleted...]
-      <c r="F673" s="2"/>
+        <v>2556</v>
+      </c>
+      <c r="F673" s="2" t="s">
+        <v>2557</v>
+      </c>
     </row>
     <row r="674" spans="1:6">
       <c r="A674" t="s">
-        <v>1252</v>
+        <v>2506</v>
       </c>
       <c r="B674" t="s">
-        <v>1252</v>
+        <v>2507</v>
       </c>
       <c r="C674" t="s">
-        <v>1278</v>
+        <v>2558</v>
       </c>
       <c r="D674" t="s">
-        <v>1278</v>
+        <v>2559</v>
       </c>
       <c r="E674" s="2" t="s">
-        <v>1279</v>
-[...1 lines deleted...]
-      <c r="F674" s="2"/>
+        <v>2560</v>
+      </c>
+      <c r="F674" s="2" t="s">
+        <v>2561</v>
+      </c>
     </row>
     <row r="675" spans="1:6">
       <c r="A675" t="s">
-        <v>1252</v>
+        <v>2506</v>
       </c>
       <c r="B675" t="s">
-        <v>1252</v>
+        <v>2507</v>
       </c>
       <c r="C675" t="s">
-        <v>1280</v>
+        <v>2562</v>
       </c>
       <c r="D675" t="s">
-        <v>1280</v>
+        <v>2563</v>
       </c>
       <c r="E675" s="2" t="s">
-        <v>1281</v>
-[...1 lines deleted...]
-      <c r="F675" s="2"/>
+        <v>2564</v>
+      </c>
+      <c r="F675" s="2" t="s">
+        <v>2565</v>
+      </c>
     </row>
     <row r="676" spans="1:6">
       <c r="A676" t="s">
-        <v>1252</v>
+        <v>2506</v>
       </c>
       <c r="B676" t="s">
-        <v>1252</v>
+        <v>2507</v>
       </c>
       <c r="C676" t="s">
-        <v>1282</v>
+        <v>2566</v>
       </c>
       <c r="D676" t="s">
-        <v>1282</v>
+        <v>2567</v>
       </c>
       <c r="E676" s="2" t="s">
-        <v>1283</v>
-[...1 lines deleted...]
-      <c r="F676" s="2"/>
+        <v>2568</v>
+      </c>
+      <c r="F676" s="2" t="s">
+        <v>2569</v>
+      </c>
     </row>
     <row r="677" spans="1:6">
       <c r="A677" t="s">
-        <v>1252</v>
+        <v>2506</v>
       </c>
       <c r="B677" t="s">
-        <v>1252</v>
+        <v>2507</v>
       </c>
       <c r="C677" t="s">
-        <v>1284</v>
+        <v>2570</v>
       </c>
       <c r="D677" t="s">
-        <v>1284</v>
+        <v>2571</v>
       </c>
       <c r="E677" s="2" t="s">
-        <v>1285</v>
-[...1 lines deleted...]
-      <c r="F677" s="2"/>
+        <v>2572</v>
+      </c>
+      <c r="F677" s="2" t="s">
+        <v>2573</v>
+      </c>
     </row>
     <row r="678" spans="1:6">
       <c r="A678" t="s">
-        <v>1252</v>
+        <v>2506</v>
       </c>
       <c r="B678" t="s">
-        <v>1252</v>
+        <v>2507</v>
       </c>
       <c r="C678" t="s">
-        <v>541</v>
+        <v>1072</v>
       </c>
       <c r="D678" t="s">
-        <v>541</v>
+        <v>1073</v>
       </c>
       <c r="E678" s="2" t="s">
-        <v>1286</v>
-[...1 lines deleted...]
-      <c r="F678" s="2"/>
+        <v>2574</v>
+      </c>
+      <c r="F678" s="2" t="s">
+        <v>2575</v>
+      </c>
     </row>
     <row r="679" spans="1:6">
       <c r="A679" t="s">
-        <v>1252</v>
+        <v>2506</v>
       </c>
       <c r="B679" t="s">
-        <v>1252</v>
+        <v>2507</v>
       </c>
       <c r="C679" t="s">
-        <v>1287</v>
+        <v>2576</v>
       </c>
       <c r="D679" t="s">
-        <v>1287</v>
+        <v>2577</v>
       </c>
       <c r="E679" s="2" t="s">
-        <v>1288</v>
-[...1 lines deleted...]
-      <c r="F679" s="2"/>
+        <v>2578</v>
+      </c>
+      <c r="F679" s="2" t="s">
+        <v>2579</v>
+      </c>
     </row>
     <row r="680" spans="1:6">
       <c r="A680" t="s">
-        <v>1289</v>
+        <v>2580</v>
       </c>
       <c r="B680" t="s">
-        <v>1289</v>
+        <v>2581</v>
       </c>
       <c r="C680" t="s">
-        <v>1290</v>
+        <v>2582</v>
       </c>
       <c r="D680" t="s">
-        <v>1290</v>
+        <v>2583</v>
       </c>
       <c r="E680" s="2" t="s">
-        <v>1291</v>
-[...1 lines deleted...]
-      <c r="F680" s="2"/>
+        <v>2584</v>
+      </c>
+      <c r="F680" s="2" t="s">
+        <v>2585</v>
+      </c>
     </row>
     <row r="681" spans="1:6">
       <c r="A681" t="s">
-        <v>1289</v>
+        <v>2580</v>
       </c>
       <c r="B681" t="s">
-        <v>1289</v>
+        <v>2581</v>
       </c>
       <c r="C681" t="s">
-        <v>1292</v>
+        <v>2586</v>
       </c>
       <c r="D681" t="s">
-        <v>1292</v>
+        <v>2587</v>
       </c>
       <c r="E681" s="2" t="s">
-        <v>1293</v>
-[...1 lines deleted...]
-      <c r="F681" s="2"/>
+        <v>2588</v>
+      </c>
+      <c r="F681" s="2" t="s">
+        <v>2589</v>
+      </c>
     </row>
     <row r="682" spans="1:6">
       <c r="A682" t="s">
-        <v>1289</v>
+        <v>2580</v>
       </c>
       <c r="B682" t="s">
-        <v>1289</v>
+        <v>2581</v>
       </c>
       <c r="C682" t="s">
-        <v>193</v>
+        <v>377</v>
       </c>
       <c r="D682" t="s">
-        <v>193</v>
+        <v>378</v>
       </c>
       <c r="E682" s="2" t="s">
-        <v>194</v>
-[...1 lines deleted...]
-      <c r="F682" s="2"/>
+        <v>379</v>
+      </c>
+      <c r="F682" s="2" t="s">
+        <v>2590</v>
+      </c>
     </row>
     <row r="683" spans="1:6">
       <c r="A683" t="s">
-        <v>1289</v>
+        <v>2580</v>
       </c>
       <c r="B683" t="s">
-        <v>1289</v>
+        <v>2581</v>
       </c>
       <c r="C683" t="s">
-        <v>919</v>
+        <v>1826</v>
       </c>
       <c r="D683" t="s">
-        <v>919</v>
+        <v>1827</v>
       </c>
       <c r="E683" s="2" t="s">
-        <v>1294</v>
-[...1 lines deleted...]
-      <c r="F683" s="2"/>
+        <v>2591</v>
+      </c>
+      <c r="F683" s="2" t="s">
+        <v>2592</v>
+      </c>
     </row>
     <row r="684" spans="1:6">
       <c r="A684" t="s">
-        <v>1289</v>
+        <v>2580</v>
       </c>
       <c r="B684" t="s">
-        <v>1289</v>
+        <v>2581</v>
       </c>
       <c r="C684" t="s">
-        <v>1295</v>
+        <v>2593</v>
       </c>
       <c r="D684" t="s">
-        <v>1295</v>
+        <v>2594</v>
       </c>
       <c r="E684" s="2" t="s">
-        <v>1296</v>
-[...1 lines deleted...]
-      <c r="F684" s="2"/>
+        <v>2595</v>
+      </c>
+      <c r="F684" s="2" t="s">
+        <v>2596</v>
+      </c>
     </row>
     <row r="685" spans="1:6">
       <c r="A685" t="s">
-        <v>1297</v>
+        <v>2597</v>
       </c>
       <c r="B685" t="s">
-        <v>1297</v>
+        <v>2598</v>
       </c>
       <c r="C685" t="s">
-        <v>1298</v>
+        <v>2599</v>
       </c>
       <c r="D685" t="s">
-        <v>1298</v>
+        <v>2600</v>
       </c>
       <c r="E685" s="2" t="s">
-        <v>1299</v>
-[...1 lines deleted...]
-      <c r="F685" s="2"/>
+        <v>2601</v>
+      </c>
+      <c r="F685" s="2" t="s">
+        <v>2602</v>
+      </c>
     </row>
     <row r="686" spans="1:6">
       <c r="A686" t="s">
-        <v>1297</v>
+        <v>2597</v>
       </c>
       <c r="B686" t="s">
-        <v>1297</v>
+        <v>2598</v>
       </c>
       <c r="C686" t="s">
-        <v>316</v>
+        <v>624</v>
       </c>
       <c r="D686" t="s">
-        <v>316</v>
+        <v>625</v>
       </c>
       <c r="E686" s="2" t="s">
-        <v>1300</v>
-[...1 lines deleted...]
-      <c r="F686" s="2"/>
+        <v>2603</v>
+      </c>
+      <c r="F686" s="2" t="s">
+        <v>2604</v>
+      </c>
     </row>
     <row r="687" spans="1:6">
       <c r="A687" t="s">
-        <v>1297</v>
+        <v>2597</v>
       </c>
       <c r="B687" t="s">
-        <v>1297</v>
+        <v>2598</v>
       </c>
       <c r="C687" t="s">
-        <v>1301</v>
+        <v>2605</v>
       </c>
       <c r="D687" t="s">
-        <v>1301</v>
+        <v>1268</v>
       </c>
       <c r="E687" s="2" t="s">
-        <v>1302</v>
-[...1 lines deleted...]
-      <c r="F687" s="2"/>
+        <v>2606</v>
+      </c>
+      <c r="F687" s="2" t="s">
+        <v>2607</v>
+      </c>
     </row>
     <row r="688" spans="1:6">
       <c r="A688" t="s">
-        <v>1297</v>
+        <v>2597</v>
       </c>
       <c r="B688" t="s">
-        <v>1297</v>
+        <v>2598</v>
       </c>
       <c r="C688" t="s">
-        <v>1303</v>
+        <v>2608</v>
       </c>
       <c r="D688" t="s">
-        <v>1303</v>
+        <v>2609</v>
       </c>
       <c r="E688" s="2" t="s">
-        <v>1304</v>
-[...1 lines deleted...]
-      <c r="F688" s="2"/>
+        <v>2610</v>
+      </c>
+      <c r="F688" s="2" t="s">
+        <v>2611</v>
+      </c>
     </row>
     <row r="689" spans="1:6">
       <c r="A689" t="s">
-        <v>1297</v>
+        <v>2597</v>
       </c>
       <c r="B689" t="s">
-        <v>1297</v>
+        <v>2598</v>
       </c>
       <c r="C689" t="s">
-        <v>1305</v>
+        <v>2612</v>
       </c>
       <c r="D689" t="s">
-        <v>1305</v>
+        <v>2613</v>
       </c>
       <c r="E689" s="2" t="s">
-        <v>1306</v>
-[...1 lines deleted...]
-      <c r="F689" s="2"/>
+        <v>2614</v>
+      </c>
+      <c r="F689" s="2" t="s">
+        <v>2615</v>
+      </c>
     </row>
     <row r="690" spans="1:6">
       <c r="A690" t="s">
-        <v>1297</v>
+        <v>2597</v>
       </c>
       <c r="B690" t="s">
-        <v>1297</v>
+        <v>2598</v>
       </c>
       <c r="C690" t="s">
-        <v>1307</v>
+        <v>2616</v>
       </c>
       <c r="D690" t="s">
-        <v>1307</v>
+        <v>2617</v>
       </c>
       <c r="E690" s="2" t="s">
-        <v>1308</v>
-[...1 lines deleted...]
-      <c r="F690" s="2"/>
+        <v>2618</v>
+      </c>
+      <c r="F690" s="2" t="s">
+        <v>2619</v>
+      </c>
     </row>
     <row r="691" spans="1:6">
       <c r="A691" t="s">
-        <v>1297</v>
+        <v>2597</v>
       </c>
       <c r="B691" t="s">
-        <v>1297</v>
+        <v>2598</v>
       </c>
       <c r="C691" t="s">
-        <v>1309</v>
+        <v>2620</v>
       </c>
       <c r="D691" t="s">
-        <v>1309</v>
+        <v>2621</v>
       </c>
       <c r="E691" s="2" t="s">
-        <v>1310</v>
-[...1 lines deleted...]
-      <c r="F691" s="2"/>
+        <v>2622</v>
+      </c>
+      <c r="F691" s="2" t="s">
+        <v>2623</v>
+      </c>
     </row>
     <row r="692" spans="1:6">
       <c r="A692" t="s">
-        <v>1297</v>
+        <v>2597</v>
       </c>
       <c r="B692" t="s">
-        <v>1297</v>
+        <v>2598</v>
       </c>
       <c r="C692" t="s">
-        <v>1311</v>
+        <v>2624</v>
       </c>
       <c r="D692" t="s">
-        <v>1311</v>
+        <v>2625</v>
       </c>
       <c r="E692" s="2" t="s">
-        <v>1312</v>
-[...1 lines deleted...]
-      <c r="F692" s="2"/>
+        <v>2626</v>
+      </c>
+      <c r="F692" s="2" t="s">
+        <v>2627</v>
+      </c>
     </row>
     <row r="693" spans="1:6">
       <c r="A693" t="s">
-        <v>1297</v>
+        <v>2597</v>
       </c>
       <c r="B693" t="s">
-        <v>1297</v>
+        <v>2598</v>
       </c>
       <c r="C693" t="s">
-        <v>1313</v>
+        <v>2628</v>
       </c>
       <c r="D693" t="s">
-        <v>1313</v>
+        <v>2629</v>
       </c>
       <c r="E693" s="2" t="s">
-        <v>1314</v>
-[...1 lines deleted...]
-      <c r="F693" s="2"/>
+        <v>2630</v>
+      </c>
+      <c r="F693" s="2" t="s">
+        <v>2631</v>
+      </c>
     </row>
     <row r="694" spans="1:6">
       <c r="A694" t="s">
-        <v>1297</v>
+        <v>2597</v>
       </c>
       <c r="B694" t="s">
-        <v>1297</v>
+        <v>2598</v>
       </c>
       <c r="C694" t="s">
-        <v>1315</v>
+        <v>2632</v>
       </c>
       <c r="D694" t="s">
-        <v>1315</v>
+        <v>2633</v>
       </c>
       <c r="E694" s="2" t="s">
-        <v>1316</v>
-[...1 lines deleted...]
-      <c r="F694" s="2"/>
+        <v>2634</v>
+      </c>
+      <c r="F694" s="2" t="s">
+        <v>2635</v>
+      </c>
     </row>
     <row r="695" spans="1:6">
       <c r="A695" t="s">
-        <v>1297</v>
+        <v>2597</v>
       </c>
       <c r="B695" t="s">
-        <v>1297</v>
+        <v>2598</v>
       </c>
       <c r="C695" t="s">
-        <v>1317</v>
+        <v>2636</v>
       </c>
       <c r="D695" t="s">
-        <v>1317</v>
+        <v>2637</v>
       </c>
       <c r="E695" s="2" t="s">
-        <v>1318</v>
-[...1 lines deleted...]
-      <c r="F695" s="2"/>
+        <v>2638</v>
+      </c>
+      <c r="F695" s="2" t="s">
+        <v>2639</v>
+      </c>
     </row>
     <row r="696" spans="1:6">
       <c r="A696" t="s">
-        <v>1297</v>
+        <v>2597</v>
       </c>
       <c r="B696" t="s">
-        <v>1297</v>
+        <v>2598</v>
       </c>
       <c r="C696" t="s">
-        <v>1319</v>
+        <v>2640</v>
       </c>
       <c r="D696" t="s">
-        <v>1319</v>
+        <v>2641</v>
       </c>
       <c r="E696" s="2" t="s">
-        <v>1320</v>
-[...1 lines deleted...]
-      <c r="F696" s="2"/>
+        <v>2642</v>
+      </c>
+      <c r="F696" s="2" t="s">
+        <v>2643</v>
+      </c>
     </row>
     <row r="697" spans="1:6">
       <c r="A697" t="s">
-        <v>1297</v>
+        <v>2597</v>
       </c>
       <c r="B697" t="s">
-        <v>1297</v>
+        <v>2598</v>
       </c>
       <c r="C697" t="s">
-        <v>1321</v>
+        <v>2644</v>
       </c>
       <c r="D697" t="s">
-        <v>1321</v>
+        <v>2645</v>
       </c>
       <c r="E697" s="2" t="s">
-        <v>1322</v>
-[...1 lines deleted...]
-      <c r="F697" s="2"/>
+        <v>2646</v>
+      </c>
+      <c r="F697" s="2" t="s">
+        <v>2647</v>
+      </c>
     </row>
     <row r="698" spans="1:6">
       <c r="A698" t="s">
-        <v>1297</v>
+        <v>2597</v>
       </c>
       <c r="B698" t="s">
-        <v>1297</v>
+        <v>2598</v>
       </c>
       <c r="C698" t="s">
-        <v>1295</v>
+        <v>2593</v>
       </c>
       <c r="D698" t="s">
-        <v>1295</v>
+        <v>2594</v>
       </c>
       <c r="E698" s="2" t="s">
-        <v>1323</v>
-[...1 lines deleted...]
-      <c r="F698" s="2"/>
+        <v>2648</v>
+      </c>
+      <c r="F698" s="2" t="s">
+        <v>2649</v>
+      </c>
     </row>
     <row r="699" spans="1:6">
       <c r="A699" t="s">
-        <v>1297</v>
+        <v>2597</v>
       </c>
       <c r="B699" t="s">
-        <v>1297</v>
+        <v>2598</v>
       </c>
       <c r="C699" t="s">
-        <v>543</v>
+        <v>1076</v>
       </c>
       <c r="D699" t="s">
-        <v>543</v>
+        <v>1077</v>
       </c>
       <c r="E699" s="2" t="s">
-        <v>1324</v>
-[...1 lines deleted...]
-      <c r="F699" s="2"/>
+        <v>2650</v>
+      </c>
+      <c r="F699" s="2" t="s">
+        <v>2651</v>
+      </c>
     </row>
     <row r="700" spans="1:6">
       <c r="A700" t="s">
-        <v>1297</v>
+        <v>2597</v>
       </c>
       <c r="B700" t="s">
-        <v>1297</v>
+        <v>2598</v>
       </c>
       <c r="C700" t="s">
-        <v>1325</v>
+        <v>2652</v>
       </c>
       <c r="D700" t="s">
-        <v>1325</v>
+        <v>2653</v>
       </c>
       <c r="E700" s="2" t="s">
-        <v>1326</v>
-[...1 lines deleted...]
-      <c r="F700" s="2"/>
+        <v>2654</v>
+      </c>
+      <c r="F700" s="2" t="s">
+        <v>2655</v>
+      </c>
     </row>
     <row r="701" spans="1:6">
       <c r="A701" t="s">
-        <v>1297</v>
+        <v>2597</v>
       </c>
       <c r="B701" t="s">
-        <v>1297</v>
+        <v>2598</v>
       </c>
       <c r="C701" t="s">
-        <v>1327</v>
+        <v>2656</v>
       </c>
       <c r="D701" t="s">
-        <v>1327</v>
+        <v>2657</v>
       </c>
       <c r="E701" s="2" t="s">
-        <v>1328</v>
-[...1 lines deleted...]
-      <c r="F701" s="2"/>
+        <v>2658</v>
+      </c>
+      <c r="F701" s="2" t="s">
+        <v>2659</v>
+      </c>
     </row>
     <row r="702" spans="1:6">
       <c r="A702" t="s">
-        <v>1297</v>
+        <v>2597</v>
       </c>
       <c r="B702" t="s">
-        <v>1297</v>
+        <v>2598</v>
       </c>
       <c r="C702" t="s">
-        <v>1329</v>
+        <v>2660</v>
       </c>
       <c r="D702" t="s">
-        <v>1329</v>
+        <v>2661</v>
       </c>
       <c r="E702" s="2" t="s">
-        <v>1330</v>
-[...1 lines deleted...]
-      <c r="F702" s="2"/>
+        <v>2662</v>
+      </c>
+      <c r="F702" s="2" t="s">
+        <v>2663</v>
+      </c>
     </row>
     <row r="703" spans="1:6">
       <c r="A703" t="s">
-        <v>1297</v>
+        <v>2597</v>
       </c>
       <c r="B703" t="s">
-        <v>1297</v>
+        <v>2598</v>
       </c>
       <c r="C703" t="s">
-        <v>1331</v>
+        <v>2664</v>
       </c>
       <c r="D703" t="s">
-        <v>1331</v>
+        <v>2665</v>
       </c>
       <c r="E703" s="2" t="s">
-        <v>1332</v>
-[...1 lines deleted...]
-      <c r="F703" s="2"/>
+        <v>2666</v>
+      </c>
+      <c r="F703" s="2" t="s">
+        <v>2667</v>
+      </c>
     </row>
     <row r="704" spans="1:6">
       <c r="A704" t="s">
-        <v>1297</v>
+        <v>2597</v>
       </c>
       <c r="B704" t="s">
-        <v>1297</v>
+        <v>2598</v>
       </c>
       <c r="C704" t="s">
-        <v>1333</v>
+        <v>2668</v>
       </c>
       <c r="D704" t="s">
-        <v>1333</v>
+        <v>2669</v>
       </c>
       <c r="E704" s="2" t="s">
-        <v>1334</v>
-[...1 lines deleted...]
-      <c r="F704" s="2"/>
+        <v>2670</v>
+      </c>
+      <c r="F704" s="2" t="s">
+        <v>2671</v>
+      </c>
     </row>
     <row r="705" spans="1:6">
       <c r="A705" t="s">
-        <v>1335</v>
+        <v>2672</v>
       </c>
       <c r="B705" t="s">
-        <v>1335</v>
+        <v>2673</v>
       </c>
       <c r="C705" t="s">
-        <v>1336</v>
+        <v>2674</v>
       </c>
       <c r="D705" t="s">
-        <v>1336</v>
+        <v>2675</v>
       </c>
       <c r="E705" s="2" t="s">
-        <v>1337</v>
-[...1 lines deleted...]
-      <c r="F705" s="2"/>
+        <v>2676</v>
+      </c>
+      <c r="F705" s="2" t="s">
+        <v>2677</v>
+      </c>
     </row>
     <row r="706" spans="1:6">
       <c r="A706" t="s">
-        <v>1335</v>
+        <v>2672</v>
       </c>
       <c r="B706" t="s">
-        <v>1335</v>
+        <v>2673</v>
       </c>
       <c r="C706" t="s">
-        <v>1338</v>
+        <v>2678</v>
       </c>
       <c r="D706" t="s">
-        <v>1338</v>
+        <v>2679</v>
       </c>
       <c r="E706" s="2" t="s">
-        <v>1339</v>
-[...1 lines deleted...]
-      <c r="F706" s="2"/>
+        <v>2680</v>
+      </c>
+      <c r="F706" s="2" t="s">
+        <v>2681</v>
+      </c>
     </row>
     <row r="707" spans="1:6">
       <c r="A707" t="s">
-        <v>1335</v>
+        <v>2672</v>
       </c>
       <c r="B707" t="s">
-        <v>1335</v>
+        <v>2673</v>
       </c>
       <c r="C707" t="s">
-        <v>1340</v>
+        <v>2682</v>
       </c>
       <c r="D707" t="s">
-        <v>1340</v>
+        <v>2683</v>
       </c>
       <c r="E707" s="2" t="s">
-        <v>1341</v>
-[...1 lines deleted...]
-      <c r="F707" s="2"/>
+        <v>2684</v>
+      </c>
+      <c r="F707" s="2" t="s">
+        <v>2685</v>
+      </c>
     </row>
     <row r="708" spans="1:6">
       <c r="A708" t="s">
-        <v>1335</v>
+        <v>2672</v>
       </c>
       <c r="B708" t="s">
-        <v>1335</v>
+        <v>2673</v>
       </c>
       <c r="C708" t="s">
-        <v>1342</v>
+        <v>2686</v>
       </c>
       <c r="D708" t="s">
-        <v>1342</v>
+        <v>2687</v>
       </c>
       <c r="E708" s="2" t="s">
-        <v>1343</v>
-[...1 lines deleted...]
-      <c r="F708" s="2"/>
+        <v>2688</v>
+      </c>
+      <c r="F708" s="2" t="s">
+        <v>2689</v>
+      </c>
     </row>
     <row r="709" spans="1:6">
       <c r="A709" t="s">
-        <v>1335</v>
+        <v>2672</v>
       </c>
       <c r="B709" t="s">
-        <v>1335</v>
+        <v>2673</v>
       </c>
       <c r="C709" t="s">
-        <v>187</v>
+        <v>365</v>
       </c>
       <c r="D709" t="s">
-        <v>187</v>
+        <v>366</v>
       </c>
       <c r="E709" s="2" t="s">
-        <v>1344</v>
-[...1 lines deleted...]
-      <c r="F709" s="2"/>
+        <v>2690</v>
+      </c>
+      <c r="F709" s="2" t="s">
+        <v>2691</v>
+      </c>
     </row>
     <row r="710" spans="1:6">
       <c r="A710" t="s">
-        <v>1335</v>
+        <v>2672</v>
       </c>
       <c r="B710" t="s">
-        <v>1335</v>
+        <v>2673</v>
       </c>
       <c r="C710" t="s">
-        <v>1345</v>
+        <v>2692</v>
       </c>
       <c r="D710" t="s">
-        <v>1345</v>
+        <v>2693</v>
       </c>
       <c r="E710" s="2" t="s">
-        <v>1346</v>
-[...1 lines deleted...]
-      <c r="F710" s="2"/>
+        <v>2694</v>
+      </c>
+      <c r="F710" s="2" t="s">
+        <v>2695</v>
+      </c>
     </row>
     <row r="711" spans="1:6">
       <c r="A711" t="s">
-        <v>1335</v>
+        <v>2672</v>
       </c>
       <c r="B711" t="s">
-        <v>1335</v>
+        <v>2673</v>
       </c>
       <c r="C711" t="s">
-        <v>1347</v>
+        <v>2696</v>
       </c>
       <c r="D711" t="s">
-        <v>1347</v>
+        <v>2697</v>
       </c>
       <c r="E711" s="2" t="s">
-        <v>1348</v>
-[...1 lines deleted...]
-      <c r="F711" s="2"/>
+        <v>2698</v>
+      </c>
+      <c r="F711" s="2" t="s">
+        <v>2699</v>
+      </c>
     </row>
     <row r="712" spans="1:6">
       <c r="A712" t="s">
-        <v>1349</v>
+        <v>2700</v>
       </c>
       <c r="B712" t="s">
-        <v>1349</v>
+        <v>2701</v>
       </c>
       <c r="C712" t="s">
-        <v>126</v>
+        <v>243</v>
       </c>
       <c r="D712" t="s">
-        <v>126</v>
+        <v>244</v>
       </c>
       <c r="E712" s="2" t="s">
-        <v>1350</v>
-[...1 lines deleted...]
-      <c r="F712" s="2"/>
+        <v>2702</v>
+      </c>
+      <c r="F712" s="2" t="s">
+        <v>2703</v>
+      </c>
     </row>
     <row r="713" spans="1:6">
       <c r="A713" t="s">
-        <v>1349</v>
+        <v>2700</v>
       </c>
       <c r="B713" t="s">
-        <v>1349</v>
+        <v>2701</v>
       </c>
       <c r="C713" t="s">
-        <v>1351</v>
+        <v>2704</v>
       </c>
       <c r="D713" t="s">
-        <v>1351</v>
+        <v>2705</v>
       </c>
       <c r="E713" s="2" t="s">
-        <v>1352</v>
-[...1 lines deleted...]
-      <c r="F713" s="2"/>
+        <v>2706</v>
+      </c>
+      <c r="F713" s="2" t="s">
+        <v>2707</v>
+      </c>
     </row>
     <row r="714" spans="1:6">
       <c r="A714" t="s">
-        <v>1349</v>
+        <v>2700</v>
       </c>
       <c r="B714" t="s">
-        <v>1349</v>
+        <v>2701</v>
       </c>
       <c r="C714" t="s">
-        <v>1353</v>
+        <v>2708</v>
       </c>
       <c r="D714" t="s">
-        <v>1353</v>
+        <v>2709</v>
       </c>
       <c r="E714" s="2" t="s">
-        <v>1354</v>
-[...1 lines deleted...]
-      <c r="F714" s="2"/>
+        <v>2710</v>
+      </c>
+      <c r="F714" s="2" t="s">
+        <v>2711</v>
+      </c>
     </row>
     <row r="715" spans="1:6">
       <c r="A715" t="s">
-        <v>1349</v>
+        <v>2700</v>
       </c>
       <c r="B715" t="s">
-        <v>1349</v>
+        <v>2701</v>
       </c>
       <c r="C715" t="s">
-        <v>1355</v>
+        <v>2712</v>
       </c>
       <c r="D715" t="s">
-        <v>1355</v>
+        <v>2713</v>
       </c>
       <c r="E715" s="2" t="s">
-        <v>1356</v>
-[...1 lines deleted...]
-      <c r="F715" s="2"/>
+        <v>2714</v>
+      </c>
+      <c r="F715" s="2" t="s">
+        <v>2715</v>
+      </c>
     </row>
     <row r="716" spans="1:6">
       <c r="A716" t="s">
-        <v>1349</v>
+        <v>2700</v>
       </c>
       <c r="B716" t="s">
-        <v>1349</v>
+        <v>2701</v>
       </c>
       <c r="C716" t="s">
-        <v>1357</v>
+        <v>2716</v>
       </c>
       <c r="D716" t="s">
-        <v>1357</v>
+        <v>2717</v>
       </c>
       <c r="E716" s="2" t="s">
-        <v>1358</v>
-[...1 lines deleted...]
-      <c r="F716" s="2"/>
+        <v>2718</v>
+      </c>
+      <c r="F716" s="2" t="s">
+        <v>2719</v>
+      </c>
     </row>
     <row r="717" spans="1:6">
       <c r="A717" t="s">
-        <v>1349</v>
+        <v>2700</v>
       </c>
       <c r="B717" t="s">
-        <v>1349</v>
+        <v>2701</v>
       </c>
       <c r="C717" t="s">
-        <v>1359</v>
+        <v>2720</v>
       </c>
       <c r="D717" t="s">
-        <v>1359</v>
+        <v>2721</v>
       </c>
       <c r="E717" s="2" t="s">
-        <v>1360</v>
-[...1 lines deleted...]
-      <c r="F717" s="2"/>
+        <v>2722</v>
+      </c>
+      <c r="F717" s="2" t="s">
+        <v>2723</v>
+      </c>
     </row>
     <row r="718" spans="1:6">
       <c r="A718" t="s">
-        <v>1349</v>
+        <v>2700</v>
       </c>
       <c r="B718" t="s">
-        <v>1349</v>
+        <v>2701</v>
       </c>
       <c r="C718" t="s">
-        <v>1361</v>
+        <v>2724</v>
       </c>
       <c r="D718" t="s">
-        <v>1361</v>
+        <v>1742</v>
       </c>
       <c r="E718" s="2" t="s">
-        <v>1362</v>
-[...1 lines deleted...]
-      <c r="F718" s="2"/>
+        <v>2725</v>
+      </c>
+      <c r="F718" s="2" t="s">
+        <v>2726</v>
+      </c>
     </row>
     <row r="719" spans="1:6">
       <c r="A719" t="s">
-        <v>1349</v>
+        <v>2700</v>
       </c>
       <c r="B719" t="s">
-        <v>1349</v>
+        <v>2701</v>
       </c>
       <c r="C719" t="s">
-        <v>1363</v>
+        <v>2727</v>
       </c>
       <c r="D719" t="s">
-        <v>1363</v>
+        <v>2728</v>
       </c>
       <c r="E719" s="2" t="s">
-        <v>1364</v>
-[...1 lines deleted...]
-      <c r="F719" s="2"/>
+        <v>2729</v>
+      </c>
+      <c r="F719" s="2" t="s">
+        <v>2730</v>
+      </c>
     </row>
     <row r="720" spans="1:6">
       <c r="A720" t="s">
-        <v>1349</v>
+        <v>2700</v>
       </c>
       <c r="B720" t="s">
-        <v>1349</v>
+        <v>2701</v>
       </c>
       <c r="C720" t="s">
-        <v>1365</v>
+        <v>2731</v>
       </c>
       <c r="D720" t="s">
-        <v>1365</v>
+        <v>1750</v>
       </c>
       <c r="E720" s="2" t="s">
-        <v>1366</v>
-[...1 lines deleted...]
-      <c r="F720" s="2"/>
+        <v>2732</v>
+      </c>
+      <c r="F720" s="2" t="s">
+        <v>2733</v>
+      </c>
     </row>
     <row r="721" spans="1:6">
       <c r="A721" t="s">
-        <v>1349</v>
+        <v>2700</v>
       </c>
       <c r="B721" t="s">
-        <v>1349</v>
+        <v>2701</v>
       </c>
       <c r="C721" t="s">
-        <v>1367</v>
+        <v>2734</v>
       </c>
       <c r="D721" t="s">
-        <v>1367</v>
+        <v>2735</v>
       </c>
       <c r="E721" s="2" t="s">
-        <v>1368</v>
-[...1 lines deleted...]
-      <c r="F721" s="2"/>
+        <v>2736</v>
+      </c>
+      <c r="F721" s="2" t="s">
+        <v>2737</v>
+      </c>
     </row>
     <row r="722" spans="1:6">
       <c r="A722" t="s">
-        <v>1349</v>
+        <v>2700</v>
       </c>
       <c r="B722" t="s">
-        <v>1349</v>
+        <v>2701</v>
       </c>
       <c r="C722" t="s">
-        <v>1369</v>
+        <v>2738</v>
       </c>
       <c r="D722" t="s">
-        <v>1369</v>
+        <v>1758</v>
       </c>
       <c r="E722" s="2" t="s">
-        <v>1370</v>
-[...1 lines deleted...]
-      <c r="F722" s="2"/>
+        <v>2739</v>
+      </c>
+      <c r="F722" s="2" t="s">
+        <v>2740</v>
+      </c>
     </row>
     <row r="723" spans="1:6">
       <c r="A723" t="s">
-        <v>1349</v>
+        <v>2700</v>
       </c>
       <c r="B723" t="s">
-        <v>1349</v>
+        <v>2701</v>
       </c>
       <c r="C723" t="s">
-        <v>1062</v>
+        <v>2118</v>
       </c>
       <c r="D723" t="s">
-        <v>1062</v>
+        <v>2119</v>
       </c>
       <c r="E723" s="2" t="s">
-        <v>1371</v>
-[...1 lines deleted...]
-      <c r="F723" s="2"/>
+        <v>2741</v>
+      </c>
+      <c r="F723" s="2" t="s">
+        <v>2742</v>
+      </c>
     </row>
     <row r="724" spans="1:6">
       <c r="A724" t="s">
-        <v>1349</v>
+        <v>2700</v>
       </c>
       <c r="B724" t="s">
-        <v>1349</v>
+        <v>2701</v>
       </c>
       <c r="C724" t="s">
-        <v>1372</v>
+        <v>2743</v>
       </c>
       <c r="D724" t="s">
-        <v>1372</v>
+        <v>2744</v>
       </c>
       <c r="E724" s="2" t="s">
-        <v>1373</v>
-[...1 lines deleted...]
-      <c r="F724" s="2"/>
+        <v>2745</v>
+      </c>
+      <c r="F724" s="2" t="s">
+        <v>2746</v>
+      </c>
     </row>
     <row r="725" spans="1:6">
       <c r="A725" t="s">
-        <v>1349</v>
+        <v>2700</v>
       </c>
       <c r="B725" t="s">
-        <v>1349</v>
+        <v>2701</v>
       </c>
       <c r="C725" t="s">
-        <v>1374</v>
+        <v>2747</v>
       </c>
       <c r="D725" t="s">
-        <v>1374</v>
+        <v>2748</v>
       </c>
       <c r="E725" s="2" t="s">
-        <v>1375</v>
-[...1 lines deleted...]
-      <c r="F725" s="2"/>
+        <v>2749</v>
+      </c>
+      <c r="F725" s="2" t="s">
+        <v>2750</v>
+      </c>
     </row>
     <row r="726" spans="1:6">
       <c r="A726" t="s">
-        <v>1349</v>
+        <v>2700</v>
       </c>
       <c r="B726" t="s">
-        <v>1349</v>
+        <v>2701</v>
       </c>
       <c r="C726" t="s">
-        <v>1376</v>
+        <v>2751</v>
       </c>
       <c r="D726" t="s">
-        <v>1376</v>
+        <v>2752</v>
       </c>
       <c r="E726" s="2" t="s">
-        <v>1377</v>
-[...1 lines deleted...]
-      <c r="F726" s="2"/>
+        <v>2753</v>
+      </c>
+      <c r="F726" s="2" t="s">
+        <v>2754</v>
+      </c>
     </row>
     <row r="727" spans="1:6">
       <c r="A727" t="s">
-        <v>1349</v>
+        <v>2700</v>
       </c>
       <c r="B727" t="s">
-        <v>1349</v>
+        <v>2701</v>
       </c>
       <c r="C727" t="s">
-        <v>1378</v>
+        <v>2755</v>
       </c>
       <c r="D727" t="s">
-        <v>1378</v>
+        <v>2756</v>
       </c>
       <c r="E727" s="2" t="s">
-        <v>1379</v>
-[...1 lines deleted...]
-      <c r="F727" s="2"/>
+        <v>2757</v>
+      </c>
+      <c r="F727" s="2" t="s">
+        <v>2758</v>
+      </c>
     </row>
     <row r="728" spans="1:6">
       <c r="A728" t="s">
-        <v>1349</v>
+        <v>2700</v>
       </c>
       <c r="B728" t="s">
-        <v>1349</v>
+        <v>2701</v>
       </c>
       <c r="C728" t="s">
-        <v>791</v>
+        <v>1567</v>
       </c>
       <c r="D728" t="s">
-        <v>791</v>
+        <v>1568</v>
       </c>
       <c r="E728" s="2" t="s">
-        <v>1380</v>
-[...1 lines deleted...]
-      <c r="F728" s="2"/>
+        <v>2759</v>
+      </c>
+      <c r="F728" s="2" t="s">
+        <v>2760</v>
+      </c>
     </row>
     <row r="729" spans="1:6">
       <c r="A729" t="s">
-        <v>1349</v>
+        <v>2700</v>
       </c>
       <c r="B729" t="s">
-        <v>1349</v>
+        <v>2701</v>
       </c>
       <c r="C729" t="s">
-        <v>1381</v>
+        <v>2761</v>
       </c>
       <c r="D729" t="s">
-        <v>1381</v>
+        <v>2762</v>
       </c>
       <c r="E729" s="2" t="s">
-        <v>1382</v>
-[...1 lines deleted...]
-      <c r="F729" s="2"/>
+        <v>2763</v>
+      </c>
+      <c r="F729" s="2" t="s">
+        <v>2764</v>
+      </c>
     </row>
     <row r="730" spans="1:6">
       <c r="A730" t="s">
-        <v>1349</v>
+        <v>2700</v>
       </c>
       <c r="B730" t="s">
-        <v>1349</v>
+        <v>2701</v>
       </c>
       <c r="C730" t="s">
-        <v>1383</v>
+        <v>2765</v>
       </c>
       <c r="D730" t="s">
-        <v>1383</v>
+        <v>2766</v>
       </c>
       <c r="E730" s="2" t="s">
-        <v>1384</v>
-[...1 lines deleted...]
-      <c r="F730" s="2"/>
+        <v>2767</v>
+      </c>
+      <c r="F730" s="2" t="s">
+        <v>2768</v>
+      </c>
     </row>
     <row r="731" spans="1:6">
       <c r="A731" t="s">
-        <v>1349</v>
+        <v>2700</v>
       </c>
       <c r="B731" t="s">
-        <v>1349</v>
+        <v>2701</v>
       </c>
       <c r="C731" t="s">
-        <v>1385</v>
+        <v>2769</v>
       </c>
       <c r="D731" t="s">
-        <v>1385</v>
+        <v>1807</v>
       </c>
       <c r="E731" s="2" t="s">
-        <v>1386</v>
-[...1 lines deleted...]
-      <c r="F731" s="2"/>
+        <v>2770</v>
+      </c>
+      <c r="F731" s="2" t="s">
+        <v>2771</v>
+      </c>
     </row>
     <row r="732" spans="1:6">
       <c r="A732" t="s">
-        <v>1349</v>
+        <v>2700</v>
       </c>
       <c r="B732" t="s">
-        <v>1349</v>
+        <v>2701</v>
       </c>
       <c r="C732" t="s">
-        <v>498</v>
+        <v>986</v>
       </c>
       <c r="D732" t="s">
-        <v>498</v>
+        <v>987</v>
       </c>
       <c r="E732" s="2" t="s">
-        <v>1387</v>
-[...1 lines deleted...]
-      <c r="F732" s="2"/>
+        <v>2772</v>
+      </c>
+      <c r="F732" s="2" t="s">
+        <v>2773</v>
+      </c>
     </row>
     <row r="733" spans="1:6">
       <c r="A733" t="s">
-        <v>1349</v>
+        <v>2700</v>
       </c>
       <c r="B733" t="s">
-        <v>1349</v>
+        <v>2701</v>
       </c>
       <c r="C733" t="s">
-        <v>1246</v>
+        <v>2494</v>
       </c>
       <c r="D733" t="s">
-        <v>1246</v>
+        <v>2495</v>
       </c>
       <c r="E733" s="2" t="s">
-        <v>1388</v>
-[...1 lines deleted...]
-      <c r="F733" s="2"/>
+        <v>2774</v>
+      </c>
+      <c r="F733" s="2" t="s">
+        <v>2775</v>
+      </c>
     </row>
     <row r="734" spans="1:6">
       <c r="A734" t="s">
-        <v>1349</v>
+        <v>2700</v>
       </c>
       <c r="B734" t="s">
-        <v>1349</v>
+        <v>2701</v>
       </c>
       <c r="C734" t="s">
-        <v>1389</v>
+        <v>2776</v>
       </c>
       <c r="D734" t="s">
-        <v>1389</v>
+        <v>2777</v>
       </c>
       <c r="E734" s="2" t="s">
-        <v>1390</v>
-[...1 lines deleted...]
-      <c r="F734" s="2"/>
+        <v>2778</v>
+      </c>
+      <c r="F734" s="2" t="s">
+        <v>2779</v>
+      </c>
     </row>
     <row r="735" spans="1:6">
       <c r="A735" t="s">
-        <v>1391</v>
+        <v>2780</v>
       </c>
       <c r="B735" t="s">
-        <v>1391</v>
+        <v>2781</v>
       </c>
       <c r="C735" t="s">
-        <v>1392</v>
+        <v>2782</v>
       </c>
       <c r="D735" t="s">
-        <v>1392</v>
+        <v>2783</v>
       </c>
       <c r="E735" s="2" t="s">
-        <v>1393</v>
-[...1 lines deleted...]
-      <c r="F735" s="2"/>
+        <v>2784</v>
+      </c>
+      <c r="F735" s="2" t="s">
+        <v>2785</v>
+      </c>
     </row>
     <row r="736" spans="1:6">
       <c r="A736" t="s">
-        <v>1391</v>
+        <v>2780</v>
       </c>
       <c r="B736" t="s">
-        <v>1391</v>
+        <v>2781</v>
       </c>
       <c r="C736" t="s">
-        <v>1394</v>
+        <v>2786</v>
       </c>
       <c r="D736" t="s">
-        <v>1394</v>
+        <v>2787</v>
       </c>
       <c r="E736" s="2" t="s">
-        <v>1395</v>
-[...1 lines deleted...]
-      <c r="F736" s="2"/>
+        <v>2788</v>
+      </c>
+      <c r="F736" s="2" t="s">
+        <v>2789</v>
+      </c>
     </row>
     <row r="737" spans="1:6">
       <c r="A737" t="s">
-        <v>1391</v>
+        <v>2780</v>
       </c>
       <c r="B737" t="s">
-        <v>1391</v>
+        <v>2781</v>
       </c>
       <c r="C737" t="s">
-        <v>1396</v>
+        <v>2790</v>
       </c>
       <c r="D737" t="s">
-        <v>1396</v>
+        <v>2791</v>
       </c>
       <c r="E737" s="2" t="s">
-        <v>1397</v>
-[...1 lines deleted...]
-      <c r="F737" s="2"/>
+        <v>2792</v>
+      </c>
+      <c r="F737" s="2" t="s">
+        <v>2793</v>
+      </c>
     </row>
     <row r="738" spans="1:6">
       <c r="A738" t="s">
-        <v>1391</v>
+        <v>2780</v>
       </c>
       <c r="B738" t="s">
-        <v>1391</v>
+        <v>2781</v>
       </c>
       <c r="C738" t="s">
-        <v>1398</v>
+        <v>2794</v>
       </c>
       <c r="D738" t="s">
-        <v>1398</v>
+        <v>2795</v>
       </c>
       <c r="E738" s="2" t="s">
-        <v>1399</v>
-[...1 lines deleted...]
-      <c r="F738" s="2"/>
+        <v>2796</v>
+      </c>
+      <c r="F738" s="2" t="s">
+        <v>2797</v>
+      </c>
     </row>
     <row r="739" spans="1:6">
       <c r="A739" t="s">
-        <v>1391</v>
+        <v>2780</v>
       </c>
       <c r="B739" t="s">
-        <v>1391</v>
+        <v>2781</v>
       </c>
       <c r="C739" t="s">
-        <v>1400</v>
+        <v>2798</v>
       </c>
       <c r="D739" t="s">
-        <v>1400</v>
+        <v>2799</v>
       </c>
       <c r="E739" s="2" t="s">
-        <v>1401</v>
-[...1 lines deleted...]
-      <c r="F739" s="2"/>
+        <v>2800</v>
+      </c>
+      <c r="F739" s="2" t="s">
+        <v>2801</v>
+      </c>
     </row>
     <row r="740" spans="1:6">
       <c r="A740" t="s">
-        <v>1391</v>
+        <v>2780</v>
       </c>
       <c r="B740" t="s">
-        <v>1391</v>
+        <v>2781</v>
       </c>
       <c r="C740" t="s">
-        <v>1402</v>
+        <v>2802</v>
       </c>
       <c r="D740" t="s">
-        <v>1402</v>
+        <v>2803</v>
       </c>
       <c r="E740" s="2" t="s">
-        <v>1403</v>
-[...1 lines deleted...]
-      <c r="F740" s="2"/>
+        <v>2804</v>
+      </c>
+      <c r="F740" s="2" t="s">
+        <v>2805</v>
+      </c>
     </row>
     <row r="741" spans="1:6">
       <c r="A741" t="s">
-        <v>1391</v>
+        <v>2780</v>
       </c>
       <c r="B741" t="s">
-        <v>1391</v>
+        <v>2781</v>
       </c>
       <c r="C741" t="s">
-        <v>1404</v>
+        <v>2806</v>
       </c>
       <c r="D741" t="s">
-        <v>1404</v>
+        <v>2807</v>
       </c>
       <c r="E741" s="2" t="s">
-        <v>1405</v>
-[...1 lines deleted...]
-      <c r="F741" s="2"/>
+        <v>2808</v>
+      </c>
+      <c r="F741" s="2" t="s">
+        <v>2809</v>
+      </c>
     </row>
     <row r="742" spans="1:6">
       <c r="A742" t="s">
-        <v>1391</v>
+        <v>2780</v>
       </c>
       <c r="B742" t="s">
-        <v>1391</v>
+        <v>2781</v>
       </c>
       <c r="C742" t="s">
-        <v>1406</v>
+        <v>2810</v>
       </c>
       <c r="D742" t="s">
-        <v>1406</v>
+        <v>2811</v>
       </c>
       <c r="E742" s="2" t="s">
-        <v>1407</v>
-[...1 lines deleted...]
-      <c r="F742" s="2"/>
+        <v>2812</v>
+      </c>
+      <c r="F742" s="2" t="s">
+        <v>2813</v>
+      </c>
     </row>
     <row r="743" spans="1:6">
       <c r="A743" t="s">
-        <v>1391</v>
+        <v>2780</v>
       </c>
       <c r="B743" t="s">
-        <v>1391</v>
+        <v>2781</v>
       </c>
       <c r="C743" t="s">
-        <v>1408</v>
+        <v>2814</v>
       </c>
       <c r="D743" t="s">
-        <v>1408</v>
+        <v>2815</v>
       </c>
       <c r="E743" s="2" t="s">
-        <v>1409</v>
-[...1 lines deleted...]
-      <c r="F743" s="2"/>
+        <v>2816</v>
+      </c>
+      <c r="F743" s="2" t="s">
+        <v>2817</v>
+      </c>
     </row>
     <row r="744" spans="1:6">
       <c r="A744" t="s">
-        <v>1391</v>
+        <v>2780</v>
       </c>
       <c r="B744" t="s">
-        <v>1391</v>
+        <v>2781</v>
       </c>
       <c r="C744" t="s">
-        <v>1410</v>
+        <v>2818</v>
       </c>
       <c r="D744" t="s">
-        <v>1410</v>
+        <v>2819</v>
       </c>
       <c r="E744" s="2" t="s">
-        <v>1411</v>
-[...1 lines deleted...]
-      <c r="F744" s="2"/>
+        <v>2820</v>
+      </c>
+      <c r="F744" s="2" t="s">
+        <v>2821</v>
+      </c>
     </row>
     <row r="745" spans="1:6">
       <c r="A745" t="s">
-        <v>1391</v>
+        <v>2780</v>
       </c>
       <c r="B745" t="s">
-        <v>1391</v>
+        <v>2781</v>
       </c>
       <c r="C745" t="s">
-        <v>1412</v>
+        <v>2822</v>
       </c>
       <c r="D745" t="s">
-        <v>1412</v>
+        <v>2823</v>
       </c>
       <c r="E745" s="2" t="s">
-        <v>1413</v>
-[...1 lines deleted...]
-      <c r="F745" s="2"/>
+        <v>2824</v>
+      </c>
+      <c r="F745" s="2" t="s">
+        <v>2825</v>
+      </c>
     </row>
     <row r="746" spans="1:6">
       <c r="A746" t="s">
-        <v>1391</v>
+        <v>2780</v>
       </c>
       <c r="B746" t="s">
-        <v>1391</v>
+        <v>2781</v>
       </c>
       <c r="C746" t="s">
-        <v>1414</v>
+        <v>2826</v>
       </c>
       <c r="D746" t="s">
-        <v>1414</v>
+        <v>2827</v>
       </c>
       <c r="E746" s="2" t="s">
-        <v>1415</v>
-[...1 lines deleted...]
-      <c r="F746" s="2"/>
+        <v>2828</v>
+      </c>
+      <c r="F746" s="2" t="s">
+        <v>2829</v>
+      </c>
     </row>
     <row r="747" spans="1:6">
       <c r="A747" t="s">
-        <v>1391</v>
+        <v>2780</v>
       </c>
       <c r="B747" t="s">
-        <v>1391</v>
+        <v>2781</v>
       </c>
       <c r="C747" t="s">
-        <v>1416</v>
+        <v>2830</v>
       </c>
       <c r="D747" t="s">
-        <v>1416</v>
+        <v>2831</v>
       </c>
       <c r="E747" s="2" t="s">
-        <v>1417</v>
-[...1 lines deleted...]
-      <c r="F747" s="2"/>
+        <v>2832</v>
+      </c>
+      <c r="F747" s="2" t="s">
+        <v>2833</v>
+      </c>
     </row>
     <row r="748" spans="1:6">
       <c r="A748" t="s">
-        <v>1391</v>
+        <v>2780</v>
       </c>
       <c r="B748" t="s">
-        <v>1391</v>
+        <v>2781</v>
       </c>
       <c r="C748" t="s">
-        <v>1418</v>
+        <v>2834</v>
       </c>
       <c r="D748" t="s">
-        <v>1418</v>
+        <v>2835</v>
       </c>
       <c r="E748" s="2" t="s">
-        <v>1419</v>
-[...1 lines deleted...]
-      <c r="F748" s="2"/>
+        <v>2836</v>
+      </c>
+      <c r="F748" s="2" t="s">
+        <v>2837</v>
+      </c>
     </row>
     <row r="749" spans="1:6">
       <c r="A749" t="s">
-        <v>1391</v>
+        <v>2780</v>
       </c>
       <c r="B749" t="s">
-        <v>1391</v>
+        <v>2781</v>
       </c>
       <c r="C749" t="s">
-        <v>1420</v>
+        <v>2838</v>
       </c>
       <c r="D749" t="s">
-        <v>1420</v>
+        <v>2839</v>
       </c>
       <c r="E749" s="2" t="s">
-        <v>1421</v>
-[...1 lines deleted...]
-      <c r="F749" s="2"/>
+        <v>2840</v>
+      </c>
+      <c r="F749" s="2" t="s">
+        <v>2841</v>
+      </c>
     </row>
     <row r="750" spans="1:6">
       <c r="A750" t="s">
-        <v>1391</v>
+        <v>2780</v>
       </c>
       <c r="B750" t="s">
-        <v>1391</v>
+        <v>2781</v>
       </c>
       <c r="C750" t="s">
-        <v>1422</v>
+        <v>2842</v>
       </c>
       <c r="D750" t="s">
-        <v>1422</v>
+        <v>2843</v>
       </c>
       <c r="E750" s="2" t="s">
-        <v>1423</v>
-[...1 lines deleted...]
-      <c r="F750" s="2"/>
+        <v>2844</v>
+      </c>
+      <c r="F750" s="2" t="s">
+        <v>2845</v>
+      </c>
     </row>
     <row r="751" spans="1:6">
       <c r="A751" t="s">
-        <v>1391</v>
+        <v>2780</v>
       </c>
       <c r="B751" t="s">
-        <v>1391</v>
+        <v>2781</v>
       </c>
       <c r="C751" t="s">
-        <v>1424</v>
+        <v>2846</v>
       </c>
       <c r="D751" t="s">
-        <v>1424</v>
+        <v>2846</v>
       </c>
       <c r="E751" s="2" t="s">
-        <v>1425</v>
-[...1 lines deleted...]
-      <c r="F751" s="2"/>
+        <v>2847</v>
+      </c>
+      <c r="F751" s="2" t="s">
+        <v>2848</v>
+      </c>
     </row>
     <row r="752" spans="1:6">
       <c r="A752" t="s">
-        <v>1391</v>
+        <v>2780</v>
       </c>
       <c r="B752" t="s">
-        <v>1391</v>
+        <v>2781</v>
       </c>
       <c r="C752" t="s">
-        <v>1426</v>
+        <v>2849</v>
       </c>
       <c r="D752" t="s">
-        <v>1426</v>
+        <v>2850</v>
       </c>
       <c r="E752" s="2" t="s">
-        <v>1427</v>
-[...1 lines deleted...]
-      <c r="F752" s="2"/>
+        <v>2851</v>
+      </c>
+      <c r="F752" s="2" t="s">
+        <v>2852</v>
+      </c>
     </row>
     <row r="753" spans="1:6">
       <c r="A753" t="s">
-        <v>1391</v>
+        <v>2780</v>
       </c>
       <c r="B753" t="s">
-        <v>1391</v>
+        <v>2781</v>
       </c>
       <c r="C753" t="s">
-        <v>1428</v>
+        <v>2853</v>
       </c>
       <c r="D753" t="s">
-        <v>1428</v>
+        <v>2854</v>
       </c>
       <c r="E753" s="2" t="s">
-        <v>1429</v>
-[...1 lines deleted...]
-      <c r="F753" s="2"/>
+        <v>2855</v>
+      </c>
+      <c r="F753" s="2" t="s">
+        <v>2856</v>
+      </c>
     </row>
     <row r="754" spans="1:6">
       <c r="A754" t="s">
-        <v>1391</v>
+        <v>2780</v>
       </c>
       <c r="B754" t="s">
-        <v>1391</v>
+        <v>2781</v>
       </c>
       <c r="C754" t="s">
-        <v>998</v>
+        <v>1986</v>
       </c>
       <c r="D754" t="s">
-        <v>998</v>
+        <v>1987</v>
       </c>
       <c r="E754" s="2" t="s">
-        <v>1430</v>
-[...1 lines deleted...]
-      <c r="F754" s="2"/>
+        <v>2857</v>
+      </c>
+      <c r="F754" s="2" t="s">
+        <v>2858</v>
+      </c>
     </row>
     <row r="755" spans="1:6">
       <c r="A755" t="s">
-        <v>1391</v>
+        <v>2780</v>
       </c>
       <c r="B755" t="s">
-        <v>1391</v>
+        <v>2781</v>
       </c>
       <c r="C755" t="s">
-        <v>1431</v>
+        <v>2859</v>
       </c>
       <c r="D755" t="s">
-        <v>1431</v>
+        <v>2860</v>
       </c>
       <c r="E755" s="2" t="s">
-        <v>1432</v>
-[...1 lines deleted...]
-      <c r="F755" s="2"/>
+        <v>2861</v>
+      </c>
+      <c r="F755" s="2" t="s">
+        <v>2862</v>
+      </c>
     </row>
     <row r="756" spans="1:6">
       <c r="A756" t="s">
-        <v>1391</v>
+        <v>2780</v>
       </c>
       <c r="B756" t="s">
-        <v>1391</v>
+        <v>2781</v>
       </c>
       <c r="C756" t="s">
-        <v>39</v>
+        <v>70</v>
       </c>
       <c r="D756" t="s">
-        <v>39</v>
+        <v>71</v>
       </c>
       <c r="E756" s="2" t="s">
-        <v>1433</v>
-[...1 lines deleted...]
-      <c r="F756" s="2"/>
+        <v>2863</v>
+      </c>
+      <c r="F756" s="2" t="s">
+        <v>2864</v>
+      </c>
     </row>
     <row r="757" spans="1:6">
       <c r="A757" t="s">
-        <v>1391</v>
+        <v>2780</v>
       </c>
       <c r="B757" t="s">
-        <v>1391</v>
+        <v>2781</v>
       </c>
       <c r="C757" t="s">
-        <v>1434</v>
+        <v>2865</v>
       </c>
       <c r="D757" t="s">
-        <v>1434</v>
+        <v>2866</v>
       </c>
       <c r="E757" s="2" t="s">
-        <v>1435</v>
-[...1 lines deleted...]
-      <c r="F757" s="2"/>
+        <v>2867</v>
+      </c>
+      <c r="F757" s="2" t="s">
+        <v>2868</v>
+      </c>
     </row>
     <row r="758" spans="1:6">
       <c r="A758" t="s">
-        <v>1391</v>
+        <v>2780</v>
       </c>
       <c r="B758" t="s">
-        <v>1391</v>
+        <v>2781</v>
       </c>
       <c r="C758" t="s">
-        <v>254</v>
+        <v>500</v>
       </c>
       <c r="D758" t="s">
-        <v>254</v>
+        <v>501</v>
       </c>
       <c r="E758" s="2" t="s">
-        <v>1436</v>
-[...1 lines deleted...]
-      <c r="F758" s="2"/>
+        <v>2869</v>
+      </c>
+      <c r="F758" s="2" t="s">
+        <v>2870</v>
+      </c>
     </row>
     <row r="759" spans="1:6">
       <c r="A759" t="s">
-        <v>1391</v>
+        <v>2780</v>
       </c>
       <c r="B759" t="s">
-        <v>1391</v>
+        <v>2781</v>
       </c>
       <c r="C759" t="s">
-        <v>1437</v>
+        <v>2871</v>
       </c>
       <c r="D759" t="s">
-        <v>1437</v>
+        <v>2872</v>
       </c>
       <c r="E759" s="2" t="s">
-        <v>1438</v>
-[...1 lines deleted...]
-      <c r="F759" s="2"/>
+        <v>2873</v>
+      </c>
+      <c r="F759" s="2" t="s">
+        <v>2874</v>
+      </c>
     </row>
     <row r="760" spans="1:6">
       <c r="A760" t="s">
-        <v>1391</v>
+        <v>2780</v>
       </c>
       <c r="B760" t="s">
-        <v>1391</v>
+        <v>2781</v>
       </c>
       <c r="C760" t="s">
-        <v>1439</v>
+        <v>2875</v>
       </c>
       <c r="D760" t="s">
-        <v>1439</v>
+        <v>2875</v>
       </c>
       <c r="E760" s="2" t="s">
-        <v>1440</v>
-[...1 lines deleted...]
-      <c r="F760" s="2"/>
+        <v>2876</v>
+      </c>
+      <c r="F760" s="2" t="s">
+        <v>2877</v>
+      </c>
     </row>
     <row r="761" spans="1:6">
       <c r="A761" t="s">
-        <v>1391</v>
+        <v>2780</v>
       </c>
       <c r="B761" t="s">
-        <v>1391</v>
+        <v>2781</v>
       </c>
       <c r="C761" t="s">
-        <v>1441</v>
+        <v>2878</v>
       </c>
       <c r="D761" t="s">
-        <v>1441</v>
+        <v>2879</v>
       </c>
       <c r="E761" s="2" t="s">
-        <v>1442</v>
-[...1 lines deleted...]
-      <c r="F761" s="2"/>
+        <v>2880</v>
+      </c>
+      <c r="F761" s="2" t="s">
+        <v>2881</v>
+      </c>
     </row>
     <row r="762" spans="1:6">
       <c r="A762" t="s">
-        <v>1391</v>
+        <v>2780</v>
       </c>
       <c r="B762" t="s">
-        <v>1391</v>
+        <v>2781</v>
       </c>
       <c r="C762" t="s">
-        <v>1443</v>
+        <v>2882</v>
       </c>
       <c r="D762" t="s">
-        <v>1443</v>
+        <v>2883</v>
       </c>
       <c r="E762" s="2" t="s">
-        <v>1444</v>
-[...1 lines deleted...]
-      <c r="F762" s="2"/>
+        <v>2884</v>
+      </c>
+      <c r="F762" s="2" t="s">
+        <v>2885</v>
+      </c>
     </row>
     <row r="763" spans="1:6">
       <c r="A763" t="s">
-        <v>1391</v>
+        <v>2780</v>
       </c>
       <c r="B763" t="s">
-        <v>1391</v>
+        <v>2781</v>
       </c>
       <c r="C763" t="s">
-        <v>1445</v>
+        <v>2886</v>
       </c>
       <c r="D763" t="s">
-        <v>1445</v>
+        <v>2887</v>
       </c>
       <c r="E763" s="2" t="s">
-        <v>1446</v>
-[...1 lines deleted...]
-      <c r="F763" s="2"/>
+        <v>2888</v>
+      </c>
+      <c r="F763" s="2" t="s">
+        <v>2889</v>
+      </c>
     </row>
     <row r="764" spans="1:6">
       <c r="A764" t="s">
-        <v>1391</v>
+        <v>2780</v>
       </c>
       <c r="B764" t="s">
-        <v>1391</v>
+        <v>2781</v>
       </c>
       <c r="C764" t="s">
-        <v>1447</v>
+        <v>2890</v>
       </c>
       <c r="D764" t="s">
-        <v>1447</v>
+        <v>2891</v>
       </c>
       <c r="E764" s="2" t="s">
-        <v>1448</v>
-[...1 lines deleted...]
-      <c r="F764" s="2"/>
+        <v>2892</v>
+      </c>
+      <c r="F764" s="2" t="s">
+        <v>2893</v>
+      </c>
     </row>
     <row r="765" spans="1:6">
       <c r="A765" t="s">
-        <v>1449</v>
+        <v>2894</v>
       </c>
       <c r="B765" t="s">
-        <v>1449</v>
+        <v>2895</v>
       </c>
       <c r="C765" t="s">
-        <v>1450</v>
+        <v>2896</v>
       </c>
       <c r="D765" t="s">
-        <v>1450</v>
+        <v>2897</v>
       </c>
       <c r="E765" s="2" t="s">
-        <v>1451</v>
-[...1 lines deleted...]
-      <c r="F765" s="2"/>
+        <v>2898</v>
+      </c>
+      <c r="F765" s="2" t="s">
+        <v>2899</v>
+      </c>
     </row>
     <row r="766" spans="1:6">
       <c r="A766" t="s">
-        <v>1449</v>
+        <v>2894</v>
       </c>
       <c r="B766" t="s">
-        <v>1449</v>
+        <v>2895</v>
       </c>
       <c r="C766" t="s">
-        <v>789</v>
+        <v>1563</v>
       </c>
       <c r="D766" t="s">
-        <v>789</v>
+        <v>1564</v>
       </c>
       <c r="E766" s="2" t="s">
-        <v>1452</v>
-[...1 lines deleted...]
-      <c r="F766" s="2"/>
+        <v>2900</v>
+      </c>
+      <c r="F766" s="2" t="s">
+        <v>2901</v>
+      </c>
     </row>
     <row r="767" spans="1:6">
       <c r="A767" t="s">
-        <v>1449</v>
+        <v>2894</v>
       </c>
       <c r="B767" t="s">
-        <v>1449</v>
+        <v>2895</v>
       </c>
       <c r="C767" t="s">
-        <v>1453</v>
+        <v>2902</v>
       </c>
       <c r="D767" t="s">
-        <v>1453</v>
+        <v>2903</v>
       </c>
       <c r="E767" s="2" t="s">
-        <v>1454</v>
-[...1 lines deleted...]
-      <c r="F767" s="2"/>
+        <v>2904</v>
+      </c>
+      <c r="F767" s="2" t="s">
+        <v>2905</v>
+      </c>
     </row>
     <row r="768" spans="1:6">
       <c r="A768" t="s">
-        <v>1455</v>
+        <v>2906</v>
       </c>
       <c r="B768" t="s">
-        <v>1455</v>
+        <v>2907</v>
       </c>
       <c r="C768" t="s">
-        <v>1456</v>
+        <v>2908</v>
       </c>
       <c r="D768" t="s">
-        <v>1456</v>
+        <v>2909</v>
       </c>
       <c r="E768" s="2" t="s">
-        <v>1457</v>
-[...1 lines deleted...]
-      <c r="F768" s="2"/>
+        <v>2910</v>
+      </c>
+      <c r="F768" s="2" t="s">
+        <v>2911</v>
+      </c>
     </row>
     <row r="769" spans="1:6">
       <c r="A769" t="s">
-        <v>1455</v>
+        <v>2906</v>
       </c>
       <c r="B769" t="s">
-        <v>1455</v>
+        <v>2907</v>
       </c>
       <c r="C769" t="s">
-        <v>1458</v>
+        <v>2912</v>
       </c>
       <c r="D769" t="s">
-        <v>1458</v>
+        <v>2913</v>
       </c>
       <c r="E769" s="2" t="s">
-        <v>1459</v>
-[...1 lines deleted...]
-      <c r="F769" s="2"/>
+        <v>2914</v>
+      </c>
+      <c r="F769" s="2" t="s">
+        <v>2915</v>
+      </c>
     </row>
     <row r="770" spans="1:6">
       <c r="A770" t="s">
-        <v>1455</v>
+        <v>2906</v>
       </c>
       <c r="B770" t="s">
-        <v>1455</v>
+        <v>2907</v>
       </c>
       <c r="C770" t="s">
-        <v>1460</v>
+        <v>2916</v>
       </c>
       <c r="D770" t="s">
-        <v>1460</v>
+        <v>2917</v>
       </c>
       <c r="E770" s="2" t="s">
-        <v>1461</v>
-[...1 lines deleted...]
-      <c r="F770" s="2"/>
+        <v>2918</v>
+      </c>
+      <c r="F770" s="2" t="s">
+        <v>2919</v>
+      </c>
     </row>
     <row r="771" spans="1:6">
       <c r="A771" t="s">
-        <v>1455</v>
+        <v>2906</v>
       </c>
       <c r="B771" t="s">
-        <v>1455</v>
+        <v>2907</v>
       </c>
       <c r="C771" t="s">
-        <v>1462</v>
+        <v>2920</v>
       </c>
       <c r="D771" t="s">
-        <v>1462</v>
+        <v>2921</v>
       </c>
       <c r="E771" s="2" t="s">
-        <v>1463</v>
-[...1 lines deleted...]
-      <c r="F771" s="2"/>
+        <v>2922</v>
+      </c>
+      <c r="F771" s="2" t="s">
+        <v>2923</v>
+      </c>
     </row>
     <row r="772" spans="1:6">
       <c r="A772" t="s">
-        <v>1455</v>
+        <v>2906</v>
       </c>
       <c r="B772" t="s">
-        <v>1455</v>
+        <v>2907</v>
       </c>
       <c r="C772" t="s">
-        <v>1464</v>
+        <v>2924</v>
       </c>
       <c r="D772" t="s">
-        <v>1464</v>
+        <v>2925</v>
       </c>
       <c r="E772" s="2" t="s">
-        <v>1465</v>
-[...1 lines deleted...]
-      <c r="F772" s="2"/>
+        <v>2926</v>
+      </c>
+      <c r="F772" s="2" t="s">
+        <v>2927</v>
+      </c>
     </row>
     <row r="773" spans="1:6">
       <c r="A773" t="s">
-        <v>1455</v>
+        <v>2906</v>
       </c>
       <c r="B773" t="s">
-        <v>1455</v>
+        <v>2907</v>
       </c>
       <c r="C773" t="s">
-        <v>1466</v>
+        <v>2928</v>
       </c>
       <c r="D773" t="s">
-        <v>1466</v>
+        <v>2929</v>
       </c>
       <c r="E773" s="2" t="s">
-        <v>1467</v>
-[...1 lines deleted...]
-      <c r="F773" s="2"/>
+        <v>2930</v>
+      </c>
+      <c r="F773" s="2" t="s">
+        <v>2931</v>
+      </c>
     </row>
     <row r="774" spans="1:6">
       <c r="A774" t="s">
-        <v>1455</v>
+        <v>2906</v>
       </c>
       <c r="B774" t="s">
-        <v>1455</v>
+        <v>2907</v>
       </c>
       <c r="C774" t="s">
-        <v>1468</v>
+        <v>2932</v>
       </c>
       <c r="D774" t="s">
-        <v>1468</v>
+        <v>2933</v>
       </c>
       <c r="E774" s="2" t="s">
-        <v>1469</v>
-[...1 lines deleted...]
-      <c r="F774" s="2"/>
+        <v>2934</v>
+      </c>
+      <c r="F774" s="2" t="s">
+        <v>2935</v>
+      </c>
     </row>
     <row r="775" spans="1:6">
       <c r="A775" t="s">
-        <v>1455</v>
+        <v>2906</v>
       </c>
       <c r="B775" t="s">
-        <v>1455</v>
+        <v>2907</v>
       </c>
       <c r="C775" t="s">
-        <v>1470</v>
+        <v>2936</v>
       </c>
       <c r="D775" t="s">
-        <v>1470</v>
+        <v>2937</v>
       </c>
       <c r="E775" s="2" t="s">
-        <v>1471</v>
-[...1 lines deleted...]
-      <c r="F775" s="2"/>
+        <v>2938</v>
+      </c>
+      <c r="F775" s="2" t="s">
+        <v>2939</v>
+      </c>
     </row>
     <row r="776" spans="1:6">
       <c r="A776" t="s">
-        <v>1455</v>
+        <v>2906</v>
       </c>
       <c r="B776" t="s">
-        <v>1455</v>
+        <v>2907</v>
       </c>
       <c r="C776" t="s">
-        <v>1472</v>
+        <v>2940</v>
       </c>
       <c r="D776" t="s">
-        <v>1472</v>
+        <v>2941</v>
       </c>
       <c r="E776" s="2" t="s">
-        <v>1473</v>
-[...1 lines deleted...]
-      <c r="F776" s="2"/>
+        <v>2942</v>
+      </c>
+      <c r="F776" s="2" t="s">
+        <v>2943</v>
+      </c>
     </row>
     <row r="777" spans="1:6">
       <c r="A777" t="s">
-        <v>1455</v>
+        <v>2906</v>
       </c>
       <c r="B777" t="s">
-        <v>1455</v>
+        <v>2907</v>
       </c>
       <c r="C777" t="s">
-        <v>1474</v>
+        <v>2944</v>
       </c>
       <c r="D777" t="s">
-        <v>1474</v>
+        <v>2945</v>
       </c>
       <c r="E777" s="2" t="s">
-        <v>1475</v>
-[...1 lines deleted...]
-      <c r="F777" s="2"/>
+        <v>2946</v>
+      </c>
+      <c r="F777" s="2" t="s">
+        <v>2947</v>
+      </c>
     </row>
     <row r="778" spans="1:6">
       <c r="A778" t="s">
-        <v>1455</v>
+        <v>2906</v>
       </c>
       <c r="B778" t="s">
-        <v>1455</v>
+        <v>2907</v>
       </c>
       <c r="C778" t="s">
-        <v>235</v>
+        <v>462</v>
       </c>
       <c r="D778" t="s">
-        <v>235</v>
+        <v>463</v>
       </c>
       <c r="E778" s="2" t="s">
-        <v>1476</v>
-[...1 lines deleted...]
-      <c r="F778" s="2"/>
+        <v>2948</v>
+      </c>
+      <c r="F778" s="2" t="s">
+        <v>2949</v>
+      </c>
     </row>
     <row r="779" spans="1:6">
       <c r="A779" t="s">
-        <v>1455</v>
+        <v>2906</v>
       </c>
       <c r="B779" t="s">
-        <v>1455</v>
+        <v>2907</v>
       </c>
       <c r="C779" t="s">
-        <v>1477</v>
+        <v>2950</v>
       </c>
       <c r="D779" t="s">
-        <v>1477</v>
+        <v>2951</v>
       </c>
       <c r="E779" s="2" t="s">
-        <v>1478</v>
-[...1 lines deleted...]
-      <c r="F779" s="2"/>
+        <v>2952</v>
+      </c>
+      <c r="F779" s="2" t="s">
+        <v>2953</v>
+      </c>
     </row>
     <row r="780" spans="1:6">
       <c r="A780" t="s">
-        <v>1455</v>
+        <v>2906</v>
       </c>
       <c r="B780" t="s">
-        <v>1455</v>
+        <v>2907</v>
       </c>
       <c r="C780" t="s">
-        <v>1479</v>
+        <v>2954</v>
       </c>
       <c r="D780" t="s">
-        <v>1479</v>
+        <v>665</v>
       </c>
       <c r="E780" s="2" t="s">
-        <v>1480</v>
-[...1 lines deleted...]
-      <c r="F780" s="2"/>
+        <v>2955</v>
+      </c>
+      <c r="F780" s="2" t="s">
+        <v>2956</v>
+      </c>
     </row>
     <row r="781" spans="1:6">
       <c r="A781" t="s">
-        <v>1455</v>
+        <v>2906</v>
       </c>
       <c r="B781" t="s">
-        <v>1455</v>
+        <v>2907</v>
       </c>
       <c r="C781" t="s">
-        <v>1481</v>
+        <v>2957</v>
       </c>
       <c r="D781" t="s">
-        <v>1481</v>
+        <v>2958</v>
       </c>
       <c r="E781" s="2" t="s">
-        <v>1482</v>
-[...1 lines deleted...]
-      <c r="F781" s="2"/>
+        <v>2959</v>
+      </c>
+      <c r="F781" s="2" t="s">
+        <v>2960</v>
+      </c>
     </row>
     <row r="782" spans="1:6">
       <c r="A782" t="s">
-        <v>1455</v>
+        <v>2906</v>
       </c>
       <c r="B782" t="s">
-        <v>1455</v>
+        <v>2907</v>
       </c>
       <c r="C782" t="s">
-        <v>1483</v>
+        <v>2961</v>
       </c>
       <c r="D782" t="s">
-        <v>1483</v>
+        <v>2962</v>
       </c>
       <c r="E782" s="2" t="s">
-        <v>1484</v>
-[...1 lines deleted...]
-      <c r="F782" s="2"/>
+        <v>2963</v>
+      </c>
+      <c r="F782" s="2" t="s">
+        <v>2964</v>
+      </c>
     </row>
     <row r="783" spans="1:6">
       <c r="A783" t="s">
-        <v>1455</v>
+        <v>2906</v>
       </c>
       <c r="B783" t="s">
-        <v>1455</v>
+        <v>2907</v>
       </c>
       <c r="C783" t="s">
-        <v>1485</v>
+        <v>2965</v>
       </c>
       <c r="D783" t="s">
-        <v>1485</v>
+        <v>2966</v>
       </c>
       <c r="E783" s="2" t="s">
-        <v>1486</v>
-[...1 lines deleted...]
-      <c r="F783" s="2"/>
+        <v>2967</v>
+      </c>
+      <c r="F783" s="2" t="s">
+        <v>2968</v>
+      </c>
     </row>
     <row r="784" spans="1:6">
       <c r="A784" t="s">
-        <v>1455</v>
+        <v>2906</v>
       </c>
       <c r="B784" t="s">
-        <v>1455</v>
+        <v>2907</v>
       </c>
       <c r="C784" t="s">
-        <v>1487</v>
+        <v>2969</v>
       </c>
       <c r="D784" t="s">
-        <v>1487</v>
+        <v>2970</v>
       </c>
       <c r="E784" s="2" t="s">
-        <v>1488</v>
-[...1 lines deleted...]
-      <c r="F784" s="2"/>
+        <v>2971</v>
+      </c>
+      <c r="F784" s="2" t="s">
+        <v>2972</v>
+      </c>
     </row>
     <row r="785" spans="1:6">
       <c r="A785" t="s">
-        <v>1455</v>
+        <v>2906</v>
       </c>
       <c r="B785" t="s">
-        <v>1455</v>
+        <v>2907</v>
       </c>
       <c r="C785" t="s">
-        <v>1489</v>
+        <v>2973</v>
       </c>
       <c r="D785" t="s">
-        <v>1489</v>
+        <v>2974</v>
       </c>
       <c r="E785" s="2" t="s">
-        <v>1490</v>
-[...1 lines deleted...]
-      <c r="F785" s="2"/>
+        <v>2975</v>
+      </c>
+      <c r="F785" s="2" t="s">
+        <v>2976</v>
+      </c>
     </row>
     <row r="786" spans="1:6">
       <c r="A786" t="s">
-        <v>1455</v>
+        <v>2906</v>
       </c>
       <c r="B786" t="s">
-        <v>1455</v>
+        <v>2907</v>
       </c>
       <c r="C786" t="s">
-        <v>1491</v>
+        <v>2977</v>
       </c>
       <c r="D786" t="s">
-        <v>1491</v>
+        <v>2978</v>
       </c>
       <c r="E786" s="2" t="s">
-        <v>1492</v>
-[...1 lines deleted...]
-      <c r="F786" s="2"/>
+        <v>2979</v>
+      </c>
+      <c r="F786" s="2" t="s">
+        <v>2980</v>
+      </c>
     </row>
     <row r="787" spans="1:6">
       <c r="A787" t="s">
-        <v>1455</v>
+        <v>2906</v>
       </c>
       <c r="B787" t="s">
-        <v>1455</v>
+        <v>2907</v>
       </c>
       <c r="C787" t="s">
-        <v>1493</v>
+        <v>2981</v>
       </c>
       <c r="D787" t="s">
-        <v>1493</v>
+        <v>2982</v>
       </c>
       <c r="E787" s="2" t="s">
-        <v>1494</v>
-[...1 lines deleted...]
-      <c r="F787" s="2"/>
+        <v>2983</v>
+      </c>
+      <c r="F787" s="2" t="s">
+        <v>2984</v>
+      </c>
     </row>
     <row r="788" spans="1:6">
       <c r="A788" t="s">
-        <v>1455</v>
+        <v>2906</v>
       </c>
       <c r="B788" t="s">
-        <v>1455</v>
+        <v>2907</v>
       </c>
       <c r="C788" t="s">
-        <v>1495</v>
+        <v>2985</v>
       </c>
       <c r="D788" t="s">
-        <v>1495</v>
+        <v>2986</v>
       </c>
       <c r="E788" s="2" t="s">
-        <v>1496</v>
-[...1 lines deleted...]
-      <c r="F788" s="2"/>
+        <v>2987</v>
+      </c>
+      <c r="F788" s="2" t="s">
+        <v>2988</v>
+      </c>
     </row>
     <row r="789" spans="1:6">
       <c r="A789" t="s">
-        <v>1455</v>
+        <v>2906</v>
       </c>
       <c r="B789" t="s">
-        <v>1455</v>
+        <v>2907</v>
       </c>
       <c r="C789" t="s">
-        <v>1497</v>
+        <v>2989</v>
       </c>
       <c r="D789" t="s">
-        <v>1497</v>
+        <v>2990</v>
       </c>
       <c r="E789" s="2" t="s">
-        <v>1498</v>
-[...1 lines deleted...]
-      <c r="F789" s="2"/>
+        <v>2991</v>
+      </c>
+      <c r="F789" s="2" t="s">
+        <v>2992</v>
+      </c>
     </row>
     <row r="790" spans="1:6">
       <c r="A790" t="s">
-        <v>1455</v>
+        <v>2906</v>
       </c>
       <c r="B790" t="s">
-        <v>1455</v>
+        <v>2907</v>
       </c>
       <c r="C790" t="s">
-        <v>1499</v>
+        <v>2993</v>
       </c>
       <c r="D790" t="s">
-        <v>1499</v>
+        <v>2994</v>
       </c>
       <c r="E790" s="2" t="s">
-        <v>1500</v>
-[...1 lines deleted...]
-      <c r="F790" s="2"/>
+        <v>2995</v>
+      </c>
+      <c r="F790" s="2" t="s">
+        <v>2996</v>
+      </c>
     </row>
     <row r="791" spans="1:6">
       <c r="A791" t="s">
-        <v>1455</v>
+        <v>2906</v>
       </c>
       <c r="B791" t="s">
-        <v>1455</v>
+        <v>2907</v>
       </c>
       <c r="C791" t="s">
-        <v>1313</v>
+        <v>2628</v>
       </c>
       <c r="D791" t="s">
-        <v>1313</v>
+        <v>2629</v>
       </c>
       <c r="E791" s="2" t="s">
-        <v>1501</v>
-[...1 lines deleted...]
-      <c r="F791" s="2"/>
+        <v>2997</v>
+      </c>
+      <c r="F791" s="2" t="s">
+        <v>2998</v>
+      </c>
     </row>
     <row r="792" spans="1:6">
       <c r="A792" t="s">
-        <v>1455</v>
+        <v>2906</v>
       </c>
       <c r="B792" t="s">
-        <v>1455</v>
+        <v>2907</v>
       </c>
       <c r="C792" t="s">
-        <v>1502</v>
+        <v>2999</v>
       </c>
       <c r="D792" t="s">
-        <v>1502</v>
+        <v>3000</v>
       </c>
       <c r="E792" s="2" t="s">
-        <v>1503</v>
-[...1 lines deleted...]
-      <c r="F792" s="2"/>
+        <v>3001</v>
+      </c>
+      <c r="F792" s="2" t="s">
+        <v>3002</v>
+      </c>
     </row>
     <row r="793" spans="1:6">
       <c r="A793" t="s">
-        <v>1455</v>
+        <v>2906</v>
       </c>
       <c r="B793" t="s">
-        <v>1455</v>
+        <v>2907</v>
       </c>
       <c r="C793" t="s">
-        <v>348</v>
+        <v>688</v>
       </c>
       <c r="D793" t="s">
-        <v>348</v>
+        <v>689</v>
       </c>
       <c r="E793" s="2" t="s">
-        <v>1504</v>
-[...1 lines deleted...]
-      <c r="F793" s="2"/>
+        <v>3003</v>
+      </c>
+      <c r="F793" s="2" t="s">
+        <v>3004</v>
+      </c>
     </row>
     <row r="794" spans="1:6">
       <c r="A794" t="s">
-        <v>1455</v>
+        <v>2906</v>
       </c>
       <c r="B794" t="s">
-        <v>1455</v>
+        <v>2907</v>
       </c>
       <c r="C794" t="s">
-        <v>897</v>
+        <v>1781</v>
       </c>
       <c r="D794" t="s">
-        <v>897</v>
+        <v>1782</v>
       </c>
       <c r="E794" s="2" t="s">
-        <v>1505</v>
-[...1 lines deleted...]
-      <c r="F794" s="2"/>
+        <v>3005</v>
+      </c>
+      <c r="F794" s="2" t="s">
+        <v>3006</v>
+      </c>
     </row>
     <row r="795" spans="1:6">
       <c r="A795" t="s">
-        <v>1455</v>
+        <v>2906</v>
       </c>
       <c r="B795" t="s">
-        <v>1455</v>
+        <v>2907</v>
       </c>
       <c r="C795" t="s">
-        <v>1506</v>
+        <v>3007</v>
       </c>
       <c r="D795" t="s">
-        <v>1506</v>
+        <v>3008</v>
       </c>
       <c r="E795" s="2" t="s">
-        <v>1507</v>
-[...1 lines deleted...]
-      <c r="F795" s="2"/>
+        <v>3009</v>
+      </c>
+      <c r="F795" s="2" t="s">
+        <v>3010</v>
+      </c>
     </row>
     <row r="796" spans="1:6">
       <c r="A796" t="s">
-        <v>1455</v>
+        <v>2906</v>
       </c>
       <c r="B796" t="s">
-        <v>1455</v>
+        <v>2907</v>
       </c>
       <c r="C796" t="s">
-        <v>1508</v>
+        <v>3011</v>
       </c>
       <c r="D796" t="s">
-        <v>1508</v>
+        <v>3012</v>
       </c>
       <c r="E796" s="2" t="s">
-        <v>1509</v>
-[...1 lines deleted...]
-      <c r="F796" s="2"/>
+        <v>3013</v>
+      </c>
+      <c r="F796" s="2" t="s">
+        <v>3014</v>
+      </c>
     </row>
     <row r="797" spans="1:6">
       <c r="A797" t="s">
-        <v>1455</v>
+        <v>2906</v>
       </c>
       <c r="B797" t="s">
-        <v>1455</v>
+        <v>2907</v>
       </c>
       <c r="C797" t="s">
-        <v>909</v>
+        <v>1806</v>
       </c>
       <c r="D797" t="s">
-        <v>909</v>
+        <v>1807</v>
       </c>
       <c r="E797" s="2" t="s">
-        <v>1510</v>
-[...1 lines deleted...]
-      <c r="F797" s="2"/>
+        <v>3015</v>
+      </c>
+      <c r="F797" s="2" t="s">
+        <v>3016</v>
+      </c>
     </row>
     <row r="798" spans="1:6">
       <c r="A798" t="s">
-        <v>1455</v>
+        <v>2906</v>
       </c>
       <c r="B798" t="s">
-        <v>1455</v>
+        <v>2907</v>
       </c>
       <c r="C798" t="s">
-        <v>1511</v>
+        <v>3017</v>
       </c>
       <c r="D798" t="s">
-        <v>1511</v>
+        <v>3017</v>
       </c>
       <c r="E798" s="2" t="s">
-        <v>1512</v>
-[...1 lines deleted...]
-      <c r="F798" s="2"/>
+        <v>3018</v>
+      </c>
+      <c r="F798" s="2" t="s">
+        <v>3019</v>
+      </c>
     </row>
     <row r="799" spans="1:6">
       <c r="A799" t="s">
-        <v>1455</v>
+        <v>2906</v>
       </c>
       <c r="B799" t="s">
-        <v>1455</v>
+        <v>2907</v>
       </c>
       <c r="C799" t="s">
-        <v>1513</v>
+        <v>3020</v>
       </c>
       <c r="D799" t="s">
-        <v>1513</v>
+        <v>3021</v>
       </c>
       <c r="E799" s="2" t="s">
-        <v>1514</v>
-[...1 lines deleted...]
-      <c r="F799" s="2"/>
+        <v>3022</v>
+      </c>
+      <c r="F799" s="2" t="s">
+        <v>3023</v>
+      </c>
     </row>
     <row r="800" spans="1:6">
       <c r="A800" t="s">
-        <v>1455</v>
+        <v>2906</v>
       </c>
       <c r="B800" t="s">
-        <v>1455</v>
+        <v>2907</v>
       </c>
       <c r="C800" t="s">
-        <v>1515</v>
+        <v>3024</v>
       </c>
       <c r="D800" t="s">
-        <v>1515</v>
+        <v>3025</v>
       </c>
       <c r="E800" s="2" t="s">
-        <v>1516</v>
-[...1 lines deleted...]
-      <c r="F800" s="2"/>
+        <v>3026</v>
+      </c>
+      <c r="F800" s="2" t="s">
+        <v>3027</v>
+      </c>
     </row>
     <row r="801" spans="1:6">
       <c r="A801" t="s">
-        <v>1455</v>
+        <v>2906</v>
       </c>
       <c r="B801" t="s">
-        <v>1455</v>
+        <v>2907</v>
       </c>
       <c r="C801" t="s">
-        <v>1517</v>
+        <v>3028</v>
       </c>
       <c r="D801" t="s">
-        <v>1517</v>
+        <v>3029</v>
       </c>
       <c r="E801" s="2" t="s">
-        <v>1518</v>
-[...1 lines deleted...]
-      <c r="F801" s="2"/>
+        <v>3030</v>
+      </c>
+      <c r="F801" s="2" t="s">
+        <v>3031</v>
+      </c>
     </row>
     <row r="802" spans="1:6">
       <c r="A802" t="s">
-        <v>1455</v>
+        <v>2906</v>
       </c>
       <c r="B802" t="s">
-        <v>1455</v>
+        <v>2907</v>
       </c>
       <c r="C802" t="s">
-        <v>1519</v>
+        <v>3032</v>
       </c>
       <c r="D802" t="s">
-        <v>1519</v>
+        <v>3033</v>
       </c>
       <c r="E802" s="2" t="s">
-        <v>1520</v>
-[...1 lines deleted...]
-      <c r="F802" s="2"/>
+        <v>3034</v>
+      </c>
+      <c r="F802" s="2" t="s">
+        <v>3035</v>
+      </c>
     </row>
     <row r="803" spans="1:6">
       <c r="A803" t="s">
-        <v>1455</v>
+        <v>2906</v>
       </c>
       <c r="B803" t="s">
-        <v>1455</v>
+        <v>2907</v>
       </c>
       <c r="C803" t="s">
-        <v>1521</v>
+        <v>3036</v>
       </c>
       <c r="D803" t="s">
-        <v>1521</v>
+        <v>3037</v>
       </c>
       <c r="E803" s="2" t="s">
-        <v>1522</v>
-[...1 lines deleted...]
-      <c r="F803" s="2"/>
+        <v>3038</v>
+      </c>
+      <c r="F803" s="2" t="s">
+        <v>3039</v>
+      </c>
     </row>
     <row r="804" spans="1:6">
       <c r="A804" t="s">
-        <v>1455</v>
+        <v>2906</v>
       </c>
       <c r="B804" t="s">
-        <v>1455</v>
+        <v>2907</v>
       </c>
       <c r="C804" t="s">
-        <v>1523</v>
+        <v>3040</v>
       </c>
       <c r="D804" t="s">
-        <v>1523</v>
+        <v>3041</v>
       </c>
       <c r="E804" s="2" t="s">
-        <v>1524</v>
-[...1 lines deleted...]
-      <c r="F804" s="2"/>
+        <v>3042</v>
+      </c>
+      <c r="F804" s="2" t="s">
+        <v>3043</v>
+      </c>
     </row>
     <row r="805" spans="1:6">
       <c r="A805" t="s">
-        <v>1455</v>
+        <v>2906</v>
       </c>
       <c r="B805" t="s">
-        <v>1455</v>
+        <v>2907</v>
       </c>
       <c r="C805" t="s">
-        <v>1525</v>
+        <v>3044</v>
       </c>
       <c r="D805" t="s">
-        <v>1525</v>
+        <v>3045</v>
       </c>
       <c r="E805" s="2" t="s">
-        <v>1526</v>
-[...1 lines deleted...]
-      <c r="F805" s="2"/>
+        <v>3046</v>
+      </c>
+      <c r="F805" s="2" t="s">
+        <v>3047</v>
+      </c>
     </row>
     <row r="806" spans="1:6">
       <c r="A806" t="s">
-        <v>1455</v>
+        <v>2906</v>
       </c>
       <c r="B806" t="s">
-        <v>1455</v>
+        <v>2907</v>
       </c>
       <c r="C806" t="s">
-        <v>1527</v>
+        <v>3048</v>
       </c>
       <c r="D806" t="s">
-        <v>1527</v>
+        <v>3049</v>
       </c>
       <c r="E806" s="2" t="s">
-        <v>1528</v>
-[...1 lines deleted...]
-      <c r="F806" s="2"/>
+        <v>3050</v>
+      </c>
+      <c r="F806" s="2" t="s">
+        <v>3051</v>
+      </c>
     </row>
     <row r="807" spans="1:6">
       <c r="A807" t="s">
-        <v>1455</v>
+        <v>2906</v>
       </c>
       <c r="B807" t="s">
-        <v>1455</v>
+        <v>2907</v>
       </c>
       <c r="C807" t="s">
-        <v>1529</v>
+        <v>3052</v>
       </c>
       <c r="D807" t="s">
-        <v>1529</v>
+        <v>3053</v>
       </c>
       <c r="E807" s="2" t="s">
-        <v>1530</v>
-[...1 lines deleted...]
-      <c r="F807" s="2"/>
+        <v>3054</v>
+      </c>
+      <c r="F807" s="2" t="s">
+        <v>3055</v>
+      </c>
     </row>
     <row r="808" spans="1:6">
       <c r="A808" t="s">
-        <v>1455</v>
+        <v>2906</v>
       </c>
       <c r="B808" t="s">
-        <v>1455</v>
+        <v>2907</v>
       </c>
       <c r="C808" t="s">
-        <v>1531</v>
+        <v>3056</v>
       </c>
       <c r="D808" t="s">
-        <v>1531</v>
+        <v>3057</v>
       </c>
       <c r="E808" s="2" t="s">
-        <v>1532</v>
-[...1 lines deleted...]
-      <c r="F808" s="2"/>
+        <v>3058</v>
+      </c>
+      <c r="F808" s="2" t="s">
+        <v>3059</v>
+      </c>
     </row>
     <row r="809" spans="1:6">
       <c r="A809" t="s">
-        <v>1533</v>
+        <v>3060</v>
       </c>
       <c r="B809" t="s">
-        <v>1533</v>
+        <v>3061</v>
       </c>
       <c r="C809" t="s">
-        <v>1534</v>
+        <v>3062</v>
       </c>
       <c r="D809" t="s">
-        <v>1534</v>
+        <v>3063</v>
       </c>
       <c r="E809" s="2" t="s">
-        <v>1535</v>
-[...1 lines deleted...]
-      <c r="F809" s="2"/>
+        <v>3064</v>
+      </c>
+      <c r="F809" s="2" t="s">
+        <v>3065</v>
+      </c>
     </row>
     <row r="810" spans="1:6">
       <c r="A810" t="s">
-        <v>1533</v>
+        <v>3060</v>
       </c>
       <c r="B810" t="s">
-        <v>1533</v>
+        <v>3061</v>
       </c>
       <c r="C810" t="s">
-        <v>1536</v>
+        <v>3066</v>
       </c>
       <c r="D810" t="s">
-        <v>1536</v>
+        <v>3067</v>
       </c>
       <c r="E810" s="2" t="s">
-        <v>1537</v>
-[...1 lines deleted...]
-      <c r="F810" s="2"/>
+        <v>3068</v>
+      </c>
+      <c r="F810" s="2" t="s">
+        <v>3069</v>
+      </c>
     </row>
     <row r="811" spans="1:6">
       <c r="A811" t="s">
-        <v>1533</v>
+        <v>3060</v>
       </c>
       <c r="B811" t="s">
-        <v>1533</v>
+        <v>3061</v>
       </c>
       <c r="C811" t="s">
-        <v>1538</v>
+        <v>3070</v>
       </c>
       <c r="D811" t="s">
-        <v>1538</v>
+        <v>3071</v>
       </c>
       <c r="E811" s="2" t="s">
-        <v>1539</v>
-[...1 lines deleted...]
-      <c r="F811" s="2"/>
+        <v>3072</v>
+      </c>
+      <c r="F811" s="2" t="s">
+        <v>3073</v>
+      </c>
     </row>
     <row r="812" spans="1:6">
       <c r="A812" t="s">
-        <v>1533</v>
+        <v>3060</v>
       </c>
       <c r="B812" t="s">
-        <v>1533</v>
+        <v>3061</v>
       </c>
       <c r="C812" t="s">
-        <v>1540</v>
+        <v>3074</v>
       </c>
       <c r="D812" t="s">
-        <v>1540</v>
+        <v>3075</v>
       </c>
       <c r="E812" s="2" t="s">
-        <v>1541</v>
-[...1 lines deleted...]
-      <c r="F812" s="2"/>
+        <v>3076</v>
+      </c>
+      <c r="F812" s="2" t="s">
+        <v>3077</v>
+      </c>
     </row>
     <row r="813" spans="1:6">
       <c r="A813" t="s">
-        <v>1533</v>
+        <v>3060</v>
       </c>
       <c r="B813" t="s">
-        <v>1533</v>
+        <v>3061</v>
       </c>
       <c r="C813" t="s">
-        <v>1542</v>
+        <v>3078</v>
       </c>
       <c r="D813" t="s">
-        <v>1542</v>
+        <v>3079</v>
       </c>
       <c r="E813" s="2" t="s">
-        <v>1543</v>
-[...1 lines deleted...]
-      <c r="F813" s="2"/>
+        <v>3080</v>
+      </c>
+      <c r="F813" s="2" t="s">
+        <v>3081</v>
+      </c>
     </row>
     <row r="814" spans="1:6">
       <c r="A814" t="s">
-        <v>1533</v>
+        <v>3060</v>
       </c>
       <c r="B814" t="s">
-        <v>1533</v>
+        <v>3061</v>
       </c>
       <c r="C814" t="s">
-        <v>1544</v>
+        <v>3082</v>
       </c>
       <c r="D814" t="s">
-        <v>1544</v>
+        <v>3083</v>
       </c>
       <c r="E814" s="2" t="s">
-        <v>1545</v>
-[...1 lines deleted...]
-      <c r="F814" s="2"/>
+        <v>3084</v>
+      </c>
+      <c r="F814" s="2" t="s">
+        <v>3085</v>
+      </c>
     </row>
     <row r="815" spans="1:6">
       <c r="A815" t="s">
-        <v>1533</v>
+        <v>3060</v>
       </c>
       <c r="B815" t="s">
-        <v>1533</v>
+        <v>3061</v>
       </c>
       <c r="C815" t="s">
-        <v>1546</v>
+        <v>3086</v>
       </c>
       <c r="D815" t="s">
-        <v>1546</v>
+        <v>3087</v>
       </c>
       <c r="E815" s="2" t="s">
-        <v>1547</v>
-[...1 lines deleted...]
-      <c r="F815" s="2"/>
+        <v>3088</v>
+      </c>
+      <c r="F815" s="2" t="s">
+        <v>3089</v>
+      </c>
     </row>
     <row r="816" spans="1:6">
       <c r="A816" t="s">
-        <v>1533</v>
+        <v>3060</v>
       </c>
       <c r="B816" t="s">
-        <v>1533</v>
+        <v>3061</v>
       </c>
       <c r="C816" t="s">
-        <v>1548</v>
+        <v>3090</v>
       </c>
       <c r="D816" t="s">
-        <v>1548</v>
+        <v>3091</v>
       </c>
       <c r="E816" s="2" t="s">
-        <v>1549</v>
-[...1 lines deleted...]
-      <c r="F816" s="2"/>
+        <v>3092</v>
+      </c>
+      <c r="F816" s="2" t="s">
+        <v>3093</v>
+      </c>
     </row>
     <row r="817" spans="1:6">
       <c r="A817" t="s">
-        <v>1533</v>
+        <v>3060</v>
       </c>
       <c r="B817" t="s">
-        <v>1533</v>
+        <v>3061</v>
       </c>
       <c r="C817" t="s">
-        <v>1550</v>
+        <v>3094</v>
       </c>
       <c r="D817" t="s">
-        <v>1550</v>
+        <v>3095</v>
       </c>
       <c r="E817" s="2" t="s">
-        <v>1551</v>
-[...1 lines deleted...]
-      <c r="F817" s="2"/>
+        <v>3096</v>
+      </c>
+      <c r="F817" s="2" t="s">
+        <v>3097</v>
+      </c>
     </row>
     <row r="818" spans="1:6">
       <c r="A818" t="s">
-        <v>1533</v>
+        <v>3060</v>
       </c>
       <c r="B818" t="s">
-        <v>1533</v>
+        <v>3061</v>
       </c>
       <c r="C818" t="s">
-        <v>1552</v>
+        <v>3098</v>
       </c>
       <c r="D818" t="s">
-        <v>1552</v>
+        <v>3099</v>
       </c>
       <c r="E818" s="2" t="s">
-        <v>1553</v>
-[...1 lines deleted...]
-      <c r="F818" s="2"/>
+        <v>3100</v>
+      </c>
+      <c r="F818" s="2" t="s">
+        <v>3101</v>
+      </c>
     </row>
     <row r="819" spans="1:6">
       <c r="A819" t="s">
-        <v>1533</v>
+        <v>3060</v>
       </c>
       <c r="B819" t="s">
-        <v>1533</v>
+        <v>3061</v>
       </c>
       <c r="C819" t="s">
-        <v>1554</v>
+        <v>3102</v>
       </c>
       <c r="D819" t="s">
-        <v>1554</v>
+        <v>3103</v>
       </c>
       <c r="E819" s="2" t="s">
-        <v>1555</v>
-[...1 lines deleted...]
-      <c r="F819" s="2"/>
+        <v>3104</v>
+      </c>
+      <c r="F819" s="2" t="s">
+        <v>3105</v>
+      </c>
     </row>
     <row r="820" spans="1:6">
       <c r="A820" t="s">
-        <v>1533</v>
+        <v>3060</v>
       </c>
       <c r="B820" t="s">
-        <v>1533</v>
+        <v>3061</v>
       </c>
       <c r="C820" t="s">
-        <v>1556</v>
+        <v>3106</v>
       </c>
       <c r="D820" t="s">
-        <v>1556</v>
+        <v>3107</v>
       </c>
       <c r="E820" s="2" t="s">
-        <v>1557</v>
-[...1 lines deleted...]
-      <c r="F820" s="2"/>
+        <v>3108</v>
+      </c>
+      <c r="F820" s="2" t="s">
+        <v>3109</v>
+      </c>
     </row>
     <row r="821" spans="1:6">
       <c r="A821" t="s">
-        <v>1558</v>
+        <v>3110</v>
       </c>
       <c r="B821" t="s">
-        <v>1558</v>
+        <v>3111</v>
       </c>
       <c r="C821" t="s">
-        <v>1559</v>
+        <v>3112</v>
       </c>
       <c r="D821" t="s">
-        <v>1559</v>
+        <v>3113</v>
       </c>
       <c r="E821" s="2" t="s">
-        <v>1560</v>
-[...1 lines deleted...]
-      <c r="F821" s="2"/>
+        <v>3114</v>
+      </c>
+      <c r="F821" s="2" t="s">
+        <v>3115</v>
+      </c>
     </row>
     <row r="822" spans="1:6">
       <c r="A822" t="s">
-        <v>1558</v>
+        <v>3110</v>
       </c>
       <c r="B822" t="s">
-        <v>1558</v>
+        <v>3111</v>
       </c>
       <c r="C822" t="s">
-        <v>181</v>
+        <v>353</v>
       </c>
       <c r="D822" t="s">
-        <v>181</v>
+        <v>354</v>
       </c>
       <c r="E822" s="2" t="s">
-        <v>1561</v>
-[...1 lines deleted...]
-      <c r="F822" s="2"/>
+        <v>3116</v>
+      </c>
+      <c r="F822" s="2" t="s">
+        <v>3117</v>
+      </c>
     </row>
     <row r="823" spans="1:6">
       <c r="A823" t="s">
-        <v>1558</v>
+        <v>3110</v>
       </c>
       <c r="B823" t="s">
-        <v>1558</v>
+        <v>3111</v>
       </c>
       <c r="C823" t="s">
-        <v>1562</v>
+        <v>3118</v>
       </c>
       <c r="D823" t="s">
-        <v>1562</v>
+        <v>587</v>
       </c>
       <c r="E823" s="2" t="s">
-        <v>1563</v>
-[...1 lines deleted...]
-      <c r="F823" s="2"/>
+        <v>3119</v>
+      </c>
+      <c r="F823" s="2" t="s">
+        <v>3120</v>
+      </c>
     </row>
     <row r="824" spans="1:6">
       <c r="A824" t="s">
-        <v>1558</v>
+        <v>3110</v>
       </c>
       <c r="B824" t="s">
-        <v>1558</v>
+        <v>3111</v>
       </c>
       <c r="C824" t="s">
-        <v>1564</v>
+        <v>3121</v>
       </c>
       <c r="D824" t="s">
-        <v>1564</v>
+        <v>3122</v>
       </c>
       <c r="E824" s="2" t="s">
-        <v>1565</v>
-[...1 lines deleted...]
-      <c r="F824" s="2"/>
+        <v>3123</v>
+      </c>
+      <c r="F824" s="2" t="s">
+        <v>3124</v>
+      </c>
     </row>
     <row r="825" spans="1:6">
       <c r="A825" t="s">
-        <v>1558</v>
+        <v>3110</v>
       </c>
       <c r="B825" t="s">
-        <v>1558</v>
+        <v>3111</v>
       </c>
       <c r="C825" t="s">
-        <v>187</v>
+        <v>365</v>
       </c>
       <c r="D825" t="s">
-        <v>187</v>
+        <v>366</v>
       </c>
       <c r="E825" s="2" t="s">
-        <v>1566</v>
-[...1 lines deleted...]
-      <c r="F825" s="2"/>
+        <v>3125</v>
+      </c>
+      <c r="F825" s="2" t="s">
+        <v>3126</v>
+      </c>
     </row>
     <row r="826" spans="1:6">
       <c r="A826" t="s">
-        <v>1558</v>
+        <v>3110</v>
       </c>
       <c r="B826" t="s">
-        <v>1558</v>
+        <v>3111</v>
       </c>
       <c r="C826" t="s">
-        <v>1567</v>
+        <v>3127</v>
       </c>
       <c r="D826" t="s">
-        <v>1567</v>
+        <v>3128</v>
       </c>
       <c r="E826" s="2" t="s">
-        <v>1568</v>
-[...1 lines deleted...]
-      <c r="F826" s="2"/>
+        <v>3129</v>
+      </c>
+      <c r="F826" s="2" t="s">
+        <v>3130</v>
+      </c>
     </row>
     <row r="827" spans="1:6">
       <c r="A827" t="s">
-        <v>1558</v>
+        <v>3110</v>
       </c>
       <c r="B827" t="s">
-        <v>1558</v>
+        <v>3111</v>
       </c>
       <c r="C827" t="s">
-        <v>1569</v>
+        <v>3131</v>
       </c>
       <c r="D827" t="s">
-        <v>1569</v>
+        <v>3132</v>
       </c>
       <c r="E827" s="2" t="s">
-        <v>1570</v>
-[...1 lines deleted...]
-      <c r="F827" s="2"/>
+        <v>3133</v>
+      </c>
+      <c r="F827" s="2" t="s">
+        <v>3134</v>
+      </c>
     </row>
     <row r="828" spans="1:6">
       <c r="A828" t="s">
-        <v>1558</v>
+        <v>3110</v>
       </c>
       <c r="B828" t="s">
-        <v>1558</v>
+        <v>3111</v>
       </c>
       <c r="C828" t="s">
-        <v>1571</v>
+        <v>3135</v>
       </c>
       <c r="D828" t="s">
-        <v>1571</v>
+        <v>3136</v>
       </c>
       <c r="E828" s="2" t="s">
-        <v>1572</v>
-[...1 lines deleted...]
-      <c r="F828" s="2"/>
+        <v>3137</v>
+      </c>
+      <c r="F828" s="2" t="s">
+        <v>3138</v>
+      </c>
     </row>
     <row r="829" spans="1:6">
       <c r="A829" t="s">
-        <v>1558</v>
+        <v>3110</v>
       </c>
       <c r="B829" t="s">
-        <v>1558</v>
+        <v>3111</v>
       </c>
       <c r="C829" t="s">
-        <v>1573</v>
+        <v>3139</v>
       </c>
       <c r="D829" t="s">
-        <v>1573</v>
+        <v>3140</v>
       </c>
       <c r="E829" s="2" t="s">
-        <v>1574</v>
-[...1 lines deleted...]
-      <c r="F829" s="2"/>
+        <v>3141</v>
+      </c>
+      <c r="F829" s="2" t="s">
+        <v>3142</v>
+      </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="landscape" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter>&amp;R&amp;13&amp;K6E6E6E &amp;F &amp;D &amp;T</oddFooter>
     <evenHeader/>
     <evenFooter>&amp;R&amp;13&amp;K6E6E6E &amp;F &amp;D &amp;T</evenFooter>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>