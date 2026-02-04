--- v4 (2026-01-15)
+++ v5 (2026-02-04)
@@ -12,20278 +12,10125 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="3143">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1575">
+  <si>
+    <t>List of job positions in the salary survey</t>
+  </si>
   <si>
     <t>www.paylab.com</t>
   </si>
   <si>
-    <t>01/2026</t>
+    <t>Updated in</t>
+  </si>
+  <si>
+    <t>02/2026</t>
+  </si>
+  <si>
+    <t>Number of positions</t>
   </si>
   <si>
     <t>category_name_en</t>
   </si>
   <si>
-    <t>category_name_es</t>
-[...1 lines deleted...]
-  <si>
     <t>position_name_en</t>
   </si>
   <si>
-    <t>position_name_es</t>
-[...1 lines deleted...]
-  <si>
     <t>job_description_en</t>
   </si>
   <si>
-    <t>job_description_es</t>
-[...1 lines deleted...]
-  <si>
     <t>Administration</t>
   </si>
   <si>
-    <t>Administración</t>
-[...1 lines deleted...]
-  <si>
     <t>Administrative Worker</t>
-  </si>
-[...1 lines deleted...]
-    <t>Empleado administrativo</t>
   </si>
   <si>
     <t>* Transcribing documents using computers.
 * Recording of incoming and outgoing correspondence.
 * Handling corporate correspondence, email, and phone calls.
 * Operating copier and fax equipment.
 * Filing and locating documents.
 * Welcoming and taking care of visitors, preparing and serving refreshments.
 * Recording the minutes in meetings and negotiations.
 * Reserving accommodation, travel tickets, airline tickets, and similar tasks.
 * Responsibility for purchasing office supplies and other goods consumed on a daily basis.
 * Managing the cash box and responsibility for entrusted cash and valuables.</t>
   </si>
   <si>
-    <t>* Transcribir documentos utilizando computadoras.
-[...10 lines deleted...]
-  <si>
     <t>Archivist, Registry Administrator</t>
-  </si>
-[...1 lines deleted...]
-    <t>Archivero, administrador de registros</t>
   </si>
   <si>
     <t>* Receiving, storing and managing the documents in the filing department and archives.
 * Completing internal archives guidelines.
 * Sorting and recording of documents pursuant to the regulations and plans of the filing department.
 * Borrowing of filed documents.
 * Keeping a filing log.
 * Disposing of obsolete records in accordance with the legislative regulations.
 * Responsibility for the documentation in the filing department in accordance with the applicable legislation and internal standards.</t>
   </si>
   <si>
-    <t>* Recibir, almacenar y gestionar los documentos en el departamento de archivo y los archivos.
-[...7 lines deleted...]
-  <si>
     <t>Assistant</t>
-  </si>
-[...1 lines deleted...]
-    <t>Asistente</t>
   </si>
   <si>
     <t>* Independent preparation of materials and presentations for a superior.
 * Communicating with the company’s business partners.
 * Independently processing meeting minutes.
 * Recommending and organising personal meetings for your superior and his or her business partners. 
 * Recording defined working tasks and monitoring adherence to their deadlines. 
 * Creating weekly, monthly, and annual work plans for a manager and their subsequent coordination with the planned work of a superior or the company.</t>
   </si>
   <si>
-    <t>* Preparación independiente de materiales y presentaciones para un superior.
-[...6 lines deleted...]
-  <si>
     <t>Call Operator</t>
-  </si>
-[...1 lines deleted...]
-    <t>Operador telefónico</t>
   </si>
   <si>
     <t>* Providing general and specific information to callers.
 * Cooperating with other members of the departments to provide an adequate answer to the questions.
 * Execution of requests, complaints and claims.
 * Recording caller requests in the information system.
 * Adherence to standards of telephone communication and quality of provided services in accordance with internal regulations.
 * Responsibility for the correctness and completeness of the information provided.</t>
   </si>
   <si>
-    <t>* Proporcionar información general y específica a los que llaman.
-[...6 lines deleted...]
-  <si>
     <t>Chief Receptionist Officer</t>
-  </si>
-[...1 lines deleted...]
-    <t>Jefe de recepción</t>
   </si>
   <si>
     <t>* Ensuring the smooth running and representativeness of the reception.
 * Coordinating the activities of one or more receptionists.
 * Welcoming and ushering visitors and/or guiding them to employees with whom business is to be conducted.
 * Recording details about visitors in the guestbook or information system.
 * Issuing and collecting passes upon the arrival/departure of visitors.
 * Handling incoming and outgoing phone calls in local as well as a foreign language.
 * Training new recruits.
 * Solving non-standard situations.</t>
   </si>
   <si>
-    <t>* Garantizar el buen funcionamiento y la representatividad de la recepción.
-[...8 lines deleted...]
-  <si>
     <t>Contract administrator</t>
-  </si>
-[...1 lines deleted...]
-    <t>Administrador del contrato</t>
   </si>
   <si>
     <t>* Preparing sales and purchase contracts
 * Negotiating contract terms with internal and external partners
 * Reviewing and updating existing contracts</t>
   </si>
   <si>
-    <t>* Elaboración de contratos de compraventa
-[...3 lines deleted...]
-  <si>
     <t>CSR specialist</t>
-  </si>
-[...1 lines deleted...]
-    <t>Especialista en RSE</t>
   </si>
   <si>
     <t>* Management of corporate social responsibility (CSR) projects.
 * Preparation of press releases and cooperation with the media and organizing press conferences
 * Content preparation for company websites, digital media and social networks (Facebook, Instagram, YouTube)
 * Procurement and care of company materials (brochures, POS materials, posters, brochures)
 * Design and implementation of company events
 * Taking care of editing and translating company materials
 * Various administrative tasks such as planning, monitoring results, reporting, budgeting, etc.</t>
   </si>
   <si>
-    <t>* Gestión de proyectos de responsabilidad social corporativa (RSC).
-[...7 lines deleted...]
-  <si>
     <t>Data Entry Operator</t>
-  </si>
-[...1 lines deleted...]
-    <t>Operador de entrada de datos</t>
   </si>
   <si>
     <t>* Processing payroll by using ADP software. 
 * Maintaining all employee payroll records. 
 * Entering payroll information for all employees.
 * Recording tax withholding information.
 * Making appropriate changes in compliance with internal policies and external local, state and federal income tax regulations. 
 * Creating paper checks as well as direct deposits.
 * Creating reports to ensure accuracy of payroll processing.</t>
   </si>
   <si>
-    <t>* Procesar la nómina mediante el uso del software ADP.
-[...7 lines deleted...]
-  <si>
     <t>Data entry operator</t>
-  </si>
-[...1 lines deleted...]
-    <t>Empleado de entrada de datos</t>
   </si>
   <si>
     <t>* Inputting and updating data into computer systems accurately and efficiently.
 * Verifying and correcting data to ensure accuracy and completeness.
 * Maintaining organized records and files for easy retrieval of information.
 * Assisting in the preparation of reports and documents as required.
 * Collaborating with team members to ensure data integrity and consistency.
 * Responding to inquiries related to data entry and assisting with troubleshooting issues.
 * Performing regular backups of data to prevent loss of information.
 * Managing and prioritizing multiple tasks to meet deadlines effectively.
 * Ensuring compliance with data protection regulations and company policies.
 * Supporting administrative tasks as needed to enhance overall office productivity.</t>
   </si>
   <si>
-    <t>* Introducir y actualizar datos en sistemas informáticos de manera precisa y eficiente.
-[...10 lines deleted...]
-  <si>
     <t>Diversity, Equity and Inclusion Manager</t>
-  </si>
-[...1 lines deleted...]
-    <t>Gerente de Diversidad, Igualdad e Inclusión</t>
   </si>
   <si>
     <t>* Works with managers at various levels to assess the current state of diversity, equity and inclusion, identify potential solutions and influence steps for specific action planning.
 * Collaborates with other components to develop and execute short- and long-term business strategies for Diversity, Equity and Inclusion (DEI).
 * Develop and implement DEI capability development programs and initiatives in support of corporate strategies and individual support needs.
 * Conducts equality and inclusion audits of corporate and team initiatives.
 * Monitor progress on DEI corporate commitments.
 * Manages communication of DEI principles, plans, progress, and supplemental CR stories.
 * Collaborates with partners and leaders to influence policies and identify resources needed to create an inclusive environment.</t>
   </si>
   <si>
-    <t>* Trabaja con gerentes en varios niveles para evaluar el estado actual de diversidad, equidad e inclusión, identificar soluciones potenciales e influir en los pasos para la planificación de acciones específicas.
-[...7 lines deleted...]
-  <si>
     <t>Office Manager</t>
-  </si>
-[...1 lines deleted...]
-    <t>Director de oficina</t>
   </si>
   <si>
     <t>* Responsibility for department operations and the management of assigned tasks.
 * Administrative and organisational support for company management.
 * Coordination of subordinate staff and the delegation of tasks.
 * Management and supervision to ensure deadlines are met by the members of management.
 * Recording minutes from meetings and preparing materials for the members of management.
 * Communication with authorities, suppliers, and other institutions.
 * Responsibility for purchasing office supplies, refreshments, and office equipment.
 * Securing a repair service for moveable and real estate assets.
 * Managing the company’s fleet vehicles.</t>
   </si>
   <si>
-    <t>* Responsabilidad por las operaciones del departamento y la gestión de las tareas asignadas.
-[...9 lines deleted...]
-  <si>
     <t>Procurement specialist</t>
-  </si>
-[...1 lines deleted...]
-    <t>Especialista en adquisiciones</t>
   </si>
   <si>
     <t>* planning acquisition
 * preparing the challenge, competition materials and other documents in the range of the chosen procedure of the acquisition
 * providing information to interested persons
 * administration of the selection process</t>
   </si>
   <si>
-    <t>* Planificación de adquisiciones
-[...4 lines deleted...]
-  <si>
     <t>Project Assistant</t>
-  </si>
-[...1 lines deleted...]
-    <t>Asistente de proyectos</t>
   </si>
   <si>
     <t>* Helping project managers to complete projects.
 * Analyzing, evaluating and interpreting projects.
 * Assisting with development and coordination of projects and activities.
 * Undertaking administration and maintaining the project archive.
 * Assisting with the daily management of projects paying particular attention to maintaining good working relationships and adherence to budgets and timescales.
 * Assisting with the production of project briefs and agreements with clients administer and support selection processes.
 * Assisting external project managers as required and act as a day-to-day liaison.</t>
   </si>
   <si>
-    <t>* Ayudar a los gestores de proyectos a completar proyectos.
-[...7 lines deleted...]
-  <si>
     <t>Project Coordinator</t>
-  </si>
-[...1 lines deleted...]
-    <t>Coordinador de proyectos</t>
   </si>
   <si>
     <t xml:space="preserve">* Becoming acquainted with the conditions for receiving grants through calls for proposals.
 * Creating project documentation necessary for the award of grants.
 * Submitting projects financed, for example, from EU structural funds to brokerage agencies.
 * Communicating with European Commission bodies, brokerage agencies and funding applicants.
 * Incorporating brought up objections into the project docummentation. </t>
   </si>
   <si>
-    <t>* Familiarizarse con las condiciones para recibir subvenciones a través de convocatorias de propuestas.
-[...5 lines deleted...]
-  <si>
     <t>Project planner</t>
-  </si>
-[...1 lines deleted...]
-    <t>Planificador de proyectos</t>
   </si>
   <si>
     <t xml:space="preserve">* Recommend and implement modifications to improve effectiveness and attain project milestones.
 * Plan, coordinate and monitor activities of assigned projects to develop and implement procedures, processes and systems.
 * Develop detailed task lists and work effort assessment.
 * Prepare short and long-term resource allocation plans based on input from all key players and team members. 
 * Oversee schedules and risk management plans and provide serious deviations warnings hindering project results. 
 * Lead development of baseline schedule and support Project Manager (PM)
 * Gather actual data, update project schedule and develop reliable schedule forecast with support from project team.
 </t>
   </si>
   <si>
-    <t>* Recomendar e implementar modificaciones para mejorar la eficacia y alcanzar los hitos del proyecto.
-[...7 lines deleted...]
-  <si>
     <t>Receptionist</t>
-  </si>
-[...1 lines deleted...]
-    <t>Recepcionista</t>
   </si>
   <si>
     <t>* Responsibility for reception operations.
 * Announcing and presenting visitors.
 * Providing general information to visitors.
 * Recording exits and entries into the book of visits.
 * Answering and forwarding calls.
 * Accepting and turning over messages.
 * Distribution and management of correspondence, faxes and emails.
 * Responsibility for order and cleanliness around reception.</t>
   </si>
   <si>
-    <t>* Responsabilidad por las operaciones de recepción.
-[...8 lines deleted...]
-  <si>
     <t>Receptionist I</t>
-  </si>
-[...1 lines deleted...]
-    <t>Recepcionista I</t>
   </si>
   <si>
     <t>* Handling incoming and outgoing phone calls in the Slovak language.
 * Welcoming and ushering visitors and/or guiding them to employees with whom business is to be conducted.
 * Recording details about visitors in the guestbook or information system.
 * Issuing and collecting passes upon the arrival/departure of visitors.
 * Performing routine administrative work.</t>
   </si>
   <si>
-    <t>* Atender llamadas telefónicas entrantes y salientes en eslovaco.
-[...5 lines deleted...]
-  <si>
     <t>Secretary</t>
-  </si>
-[...1 lines deleted...]
-    <t>Secretaria</t>
   </si>
   <si>
     <t>* Planning and organising a superior's work meetings and conferences.
 * Handling incoming and outgoing phone calls.
 * Services for management and guests, e.g. welcoming guests, preparing and serving refreshments, etc.
 * Managing business correspondence and email.
 * Transcribing data using computers, database management and the creation of presentations.
 * Recording the minutes in work meetings and negotiations using materials provided by a superior.
 * Operating fax machines, scanners, copiers, and similar office equipment.
 * Reserving travel tickets, airline tickets, and accommodation for business trips.
 * Purchasing office supplies, refreshments, and other goods consumed on a daily basis.</t>
   </si>
   <si>
-    <t>* Planificar y organizar las reuniones y conferencias de trabajo de un superior.
-[...9 lines deleted...]
-  <si>
     <t>Agriculture, Food Industry</t>
   </si>
   <si>
-    <t>Agricultura e industria alimentaria</t>
-[...1 lines deleted...]
-  <si>
     <t>Agricultural Engineer, Agronomist</t>
-  </si>
-[...1 lines deleted...]
-    <t>Ingeniero agrónomo</t>
   </si>
   <si>
     <t>* Preparing crop rotation.
 * Providing seed, organic and inorganic fertilisers, chemical protective substances and machinery required for the production of required crops.
 * Supervising the processing and preparation of soil, sowing and planting.
 * Monitoring the growth of plants, ensuring their nutrition and protection during vegetation.
 * Harvesting crops; subsequent processing or storage of crops.</t>
   </si>
   <si>
-    <t>* Preparar la rotación de cultivos.
-[...5 lines deleted...]
-  <si>
     <t>Agricultural Equipment Operator</t>
-  </si>
-[...1 lines deleted...]
-    <t>Operador de maquinaria agrícola</t>
   </si>
   <si>
     <t xml:space="preserve">* Operating or tending equipment used in agricultural production, such as tractors, combines, and irrigation equipment. 
 * Observing and listening to machinery operation to detect equipment malfunctions. 
 * Attaching farm implements such as plows discs, sprayers, or harvesters to tractors, using bolts and hand tools. 
 * Driveling trucks to haul crops, supplies, tools, or farm workers. 
 * Adjusting, repairing, and servicing farm machinery and notifying supervisors when machinery malfunctions. 
 * Operating towed machines such as seed drills or manure spreaders to plant, fertilize, dust, and spray crops. 
 * Loading hoppers, containers, or conveyors to feed machines with products, using forklifts, transfer augers, suction gates, shovels, or pitchforks. 
 * Spraying fertilizer or pesticide solutions to control insects, fungus and weed growth, and diseases, using hand sprayers. 
 * Mixing specified materials or chemicals, and dump solutions, powders, or seeds into planter or sprayer machinery. 
 * Irrigating soil, using portable pipes or ditch systems, and maintaining ditches or pipes and pumps. 
 * Directing and monitoring the activities of work crews engaged in planting, weeding, or harvesting activities. 
 * Loading and unloading crops or containers of materials, manually or using conveyors, handtrucks, forklifts, or transfer augers. 
 * Weighing crop-filled containers, and record weights and other identifying information. </t>
   </si>
   <si>
-    <t>* Operar o atender equipo utilizado en la producción agrícola, como tractores, cosechadoras y equipo de riego.
-[...13 lines deleted...]
-  <si>
     <t>Agricultural Specialist</t>
-  </si>
-[...1 lines deleted...]
-    <t>Especialista en agricultura</t>
   </si>
   <si>
     <t>* Preparing soil for planting and sowing through plowing, fertilization, and irrigation.
 * Sowing grains and industrial crops, as well as planting vegetables in prepared fields.
 * Protecting crops from diseases and pests through spraying and dusting with fungicides and pesticides.
 * Harvesting mature crops such as grains, rye, and barley, or gathering root vegetables like potatoes, corn, beets, and tobacco.
 * Classifying, storing, and dispatching harvested products to market.
 * Monitoring crop growth and development, ensuring optimal conditions for yield.
 * Implementing sustainable agricultural practices to enhance soil health and productivity.
 * Collaborating with agronomists and other specialists to improve farming techniques and crop varieties.
 * Keeping accurate records of planting schedules, crop yields, and pesticide applications.
 * Staying updated on agricultural trends, technologies, and regulations to ensure compliance and innovation in farming practices.</t>
   </si>
   <si>
-    <t>* Preparar el suelo para la siembra y la plantación mediante la arada, la fertilización y el riego.
-[...10 lines deleted...]
-  <si>
     <t>Agricultural Technician</t>
-  </si>
-[...1 lines deleted...]
-    <t>Técnico agrícola</t>
   </si>
   <si>
     <t>* Responsibility for planting, spraying, collecting, storing and selling agricultural products.
 * Operating agricultural machinery and equipment and keeping them in working order.
 * Collecting the samples of crops and livestock.
 * Conducting experiments aimed at increasing the fertility of crops, livestock performance and their resistance to disease and pests.
 * Keeping records of discovered facts, their analysing and drawing conclusions.
 * Cleaning and sterilising the laboratory and laboratory equipment.</t>
   </si>
   <si>
-    <t>* Responsabilidad por la plantación, fumigación, recolección, almacenamiento y venta de productos agrícolas.
-[...6 lines deleted...]
-  <si>
     <t>Agricultural Technologist</t>
-  </si>
-[...1 lines deleted...]
-    <t>Tecnólogo agrícola</t>
   </si>
   <si>
     <t>* Examining the composition and quality of agricultural soil as well as ground and irrigation water.
 * Selecting crops suitable for cultivation in the given location.
 * Identifying insufficiently fertile soil and proposing measures to improve its fertility.
 * Placing insect traps and collecting and recording the amount of trapped insects.
 * Cooperating in the research and development of chemical fertilisers, herbicides, and pesticides.
 * Providing advice to the producers of agricultural crops and livestock keepers.</t>
   </si>
   <si>
-    <t>* Examinar la composición y calidad del suelo agrícola, así como del agua subterránea y de riego.
-[...6 lines deleted...]
-  <si>
     <t>Animal Care Worker</t>
-  </si>
-[...1 lines deleted...]
-    <t>Cuidador de animales</t>
   </si>
   <si>
     <t xml:space="preserve">* taking care of animals and all related tasks 
 * feeding, checking water and feed supply
 * cleaning and disinfection of the stables and other needed work
 </t>
   </si>
   <si>
-    <t>* cuidado de animales y todas las tareas relacionadas 
-[...3 lines deleted...]
-  <si>
     <t>Baker</t>
-  </si>
-[...1 lines deleted...]
-    <t>Panadero</t>
   </si>
   <si>
     <t>* Preparing and assessing the quality of raw materials and ingredients for the preparation of dough and mixtures.
 * Measuring and weighing ingredients.
 * Operating and adjusting bakery machinery and equipment.
 * Compliance with the strict hygiene standards and practices.
 * Shaping, smearing, and sprinkling the dough.
 * Making bread, common, fine, and special bakery products.
 * Continuous and final checking of the baking results.
 * Cleaning the bakery machinery and equipment and carrying out routine maintenance.
 * Sampling of raw materials for laboratory analysis.</t>
   </si>
   <si>
-    <t>* Preparación y evaluación de la calidad de las materias primas e ingredientes para la preparación de masas y mezclas.
-[...9 lines deleted...]
-  <si>
     <t>Butcher</t>
-  </si>
-[...1 lines deleted...]
-    <t>Carnicero</t>
   </si>
   <si>
     <t>* Slaughtering livestock by means of electric current or captive bolt pistol.
 * Bleeding and skinning of the slaughtered animals.
 * Removing the head and feet from the carcase, cutting up carcases using a saw machine or handsaw.
 * Removal of intestines, entrails and other organs.
 * Boning the meat on the line, table or hook.
 * Final processing and sorting the meat for distribution.
 * Manufacturing the sausages, salami, black and white pudding and other meat products.</t>
   </si>
   <si>
-    <t>* Sacrificio de ganado mediante corriente eléctrica o pistola de perno cautivo.
-[...7 lines deleted...]
-  <si>
     <t>Food Engineer</t>
-  </si>
-[...1 lines deleted...]
-    <t>Ingeniero en alimentos</t>
   </si>
   <si>
     <t>* Creating new and/or modifying existing food products.
 * Responsibility for the strict observance of the statutory guidelines and wholesomeness of the products.
 * Looking for the ways to maintain the desired physical, chemical and microbiological characteristics of food.
 * Using food additives to achieve the desired properties of food.
 * Developing and/or cooperating in the development of new packaging materials.
 * Developing and implementing the production, packaging and distribution systems into operation.</t>
   </si>
   <si>
-    <t>* Creación de nuevos productos alimenticios y/o modificación de los existentes.
-[...6 lines deleted...]
-  <si>
     <t>Food Technician</t>
-  </si>
-[...1 lines deleted...]
-    <t>Técnico en alimentación</t>
   </si>
   <si>
     <t>* Performing tests to detect chemical and microbiological properties of food, beverages, food additives, and preservatives.
 * Examining chemical and biological samples under a microscope.
 * Cooperating with food engineers and technologists.
 * Tasting food and beverages in order to compare the real taste with the the flavour declared in the product specification.
 * Analysing, recording, and summarising test results.
 * Measuring the volume and weighing product packaging materials.
 * Cleaning and sterilising used laboratory equipment.</t>
   </si>
   <si>
-    <t>* Realizar pruebas para detectar propiedades químicas y microbiológicas de alimentos, bebidas, aditivos alimentarios y conservantes.
-[...7 lines deleted...]
-  <si>
     <t>Food Technologist</t>
-  </si>
-[...1 lines deleted...]
-    <t>Tecnólogo de alimentos</t>
   </si>
   <si>
     <t>* Inventing and improving existing recipes for semi-finished products, agricultural products, sweets, syrups, oils, alcoholic and soft drinks etc.
 * Reviewing the sensory properties of the received raw material.
 * Collecting samples and sending them for physico-chemical and microbiological analyses.
 * Supervising the compliance with the recipes and the correct technological process by the manufacturing department.
 * Checking the production costs and designing measures for their minimisation.
 * Managing and updating the technological documentation.</t>
   </si>
   <si>
-    <t>* Inventar y mejorar las recetas existentes para productos semielaborados, productos agrícolas, dulces, jarabes, aceites, bebidas alcohólicas y refrescos, etc.
-[...6 lines deleted...]
-  <si>
     <t>Grain Receiver</t>
-  </si>
-[...1 lines deleted...]
-    <t>Cosechador</t>
   </si>
   <si>
     <t>* Receiving and inspecting incoming grain shipments for quality and quantity.
 * Operating machinery and equipment for unloading grain from trucks and railcars.
 * Maintaining accurate records of grain receipts, including weight and quality metrics.
 * Ensuring compliance with safety and health regulations during the receiving process.
 * Collaborating with suppliers and transportation personnel to coordinate delivery schedules.
 * Conducting routine maintenance and cleaning of receiving equipment and storage areas.
 * Assisting in the management of inventory levels and reporting discrepancies.
 * Monitoring grain storage conditions to prevent spoilage or contamination.
 * Communicating effectively with team members and management regarding grain quality issues.
 * Participating in training programs to enhance skills and knowledge related to grain handling.
 * Supporting overall operational efficiency within the grain receiving department.
 * Adhering to company policies and procedures to ensure a safe working environment.</t>
   </si>
   <si>
-    <t>* Recepción e inspección de los envíos de granos entrantes para evaluar su calidad y cantidad.
-[...12 lines deleted...]
-  <si>
     <t>Livestock Specialist</t>
-  </si>
-[...1 lines deleted...]
-    <t>Ingeniero zootecnista</t>
   </si>
   <si>
     <t>* Ensuring the smooth running of the farm.
 * Monitoring the health condition and efficiency of the farmed animals.
 * Designing improvements in the production process.
 * Performing veterinary work in collaboration with the veterinary surgeon.
 * Monitoring the activities of subordinate employees.
 * Ensuring disinfection, disinfestation and rodent control on the farm.
 * Sending regular reports on c the ondition, transfer, mortality and performance of the animals to the state controlling institutions.</t>
   </si>
   <si>
-    <t>* Asegurar el funcionamiento sin problemas de la granja.
-[...7 lines deleted...]
-  <si>
     <t>Milker</t>
-  </si>
-[...1 lines deleted...]
-    <t>Ordeñador</t>
   </si>
   <si>
     <t>* Preparing and putting feed into troughs, and watering the animals.
 * Cleaning away dirt from the udders, drying them and then massaging them just before milking.
 * Milking cows, goats and sheep by hand or using milking equipment.
 * Treating the collected milk by cleaning and cooling it to the desired temperature.
 * Cleaning manure from the stables, and litter laying.</t>
   </si>
   <si>
-    <t>* Preparar y colocar alimento en los comederos, y dar agua a los animales.
-[...5 lines deleted...]
-  <si>
     <t>Pastry Chef, Confectioner</t>
-  </si>
-[...1 lines deleted...]
-    <t>Pastelero, confitero</t>
   </si>
   <si>
     <t>* Receiving, inspecting and storing the goods for confectionery production.
 * Preparing a wide range of confectionery semi-finished and finished products.
 * Operating technologic machinery and equipment.
 * Strictly respecting the recipes, quality and quantity of used ingredients.
 * Complying with the strict hygiene standards and practices.
 * Performing sensory quality control of products.
 * Cutting and decorating the finished confectionery products.
 * Collecting samples of semi-finished and finished products for the purpose of laboratory analysis.</t>
   </si>
   <si>
-    <t>* Recepción, inspección y almacenamiento de mercancías para la producción de confitería.
-[...8 lines deleted...]
-  <si>
     <t>Picker</t>
-  </si>
-[...1 lines deleted...]
-    <t>Recogedor</t>
   </si>
   <si>
     <t>* working outside and in the greenhouses - picking fruits, vegetables and flowers
 * sorting</t>
   </si>
   <si>
-    <t>* trabajar al aire libre y en los invernaderos - recoger frutas, verduras y flores
-[...2 lines deleted...]
-  <si>
     <t>Tractor, harvester driver</t>
-  </si>
-[...1 lines deleted...]
-    <t>Tractorista, conductor de cosechadoras</t>
   </si>
   <si>
     <t xml:space="preserve">* driving and operating the tractor
 * repairing agricultural machines and appliances
 * work on a farm/farming company by following the instructions of the boss </t>
   </si>
   <si>
-    <t>* conducir y operar el tractor
-[...3 lines deleted...]
-  <si>
     <t>Arts &amp; Culture</t>
-  </si>
-[...1 lines deleted...]
-    <t>Arte y cultura</t>
   </si>
   <si>
     <t>Actor</t>
   </si>
   <si>
     <t>* Taking part in competitions in order to get a film, theatre or radio part.
 * Studying scripts, learning the assigned text by heart.
 * Practicing plays with the other members of the theatre group.
 * Dubbing films, serials, commercials, jingles, etc.
 * Guiding puppets.</t>
   </si>
   <si>
-    <t>* Participar en concursos para conseguir un papel en cine, teatro o radio.
-[...5 lines deleted...]
-  <si>
     <t>Archaeologist</t>
-  </si>
-[...1 lines deleted...]
-    <t>Arqueólogo</t>
   </si>
   <si>
     <t>* Conducting field research and excavations to uncover artifacts and historical sites.
 * Analyzing and interpreting archaeological findings to contribute to the understanding of past cultures and civilizations.
 * Preparing detailed reports and documentation of excavation processes and findings.
 * Collaborating with interdisciplinary teams, including historians, conservators, and geologists, to enhance research outcomes.
 * Utilizing various scientific techniques and technologies, such as radiocarbon dating and GIS, to analyze artifacts and archaeological data.
 * Engaging in public outreach and education initiatives to promote awareness of archaeological heritage and significance.
 * Assisting in the preservation and conservation of artifacts, ensuring their protection for future study and public display.
 * Participating in grant writing and fundraising efforts to secure funding for archaeological projects and research.
 * Staying updated on current archaeological methods, theories, and legislation to ensure best practices in the field.
 * Mentoring and training junior archaeologists and students in archaeological techniques and methodologies.</t>
   </si>
   <si>
-    <t>* Realizar investigaciones de campo y excavaciones para descubrir artefactos y sitios históricos.
-[...10 lines deleted...]
-  <si>
     <t>Choreographer</t>
-  </si>
-[...1 lines deleted...]
-    <t>Coreógrafo</t>
   </si>
   <si>
     <t>* Inventing new and adjusting existing dance choreographies.
 * Selecting suitable dancers at dance auditions.
 * Instructing dancers regarding the proper performance of dance steps and movements.
 * Illustrative demonstration of dance steps and movements to dancers.</t>
   </si>
   <si>
-    <t>* Inventar coreografías de baile nuevas y ajustar las existentes.
-[...4 lines deleted...]
-  <si>
     <t>Cultural Officer</t>
-  </si>
-[...1 lines deleted...]
-    <t>Trabajador cultural</t>
   </si>
   <si>
     <t>* Organising cultural and sporting events in the village.
 * Booking of individual halls or the whole house of culture.
 * Turning over and accepting the house of culture.
 * Managing municipal newspapers, library and chronicle.
 * Archiving photographs and documents regarding the events taking place in the village.
 * Updating information on the municipal information board and website.</t>
   </si>
   <si>
-    <t>* Organización de eventos culturales y deportivos en la localidad.
-[...6 lines deleted...]
-  <si>
     <t>Curator</t>
-  </si>
-[...1 lines deleted...]
-    <t>Comisario</t>
   </si>
   <si>
     <t>* Setting up displays and exhibitions.
 * Giving talks to groups.
 * Supervising staff.
 * Developing and organizing new collections to expand and improve educational and research facilities.
 * Researching extensively, negotiating on prices and buying items such as sculptures, statues and paintings that can add value to the collection.
 * Maintaining records and cataloguing acquisitions.
 * Researching, compiling and preparing written information about catalogues and publishing it on the institution's website.
 * Collaborating with other institutions.
 * Ensuring that collections are properly preserved.
 * Arranging conservation and restoration.
 * Raising funds and grants.
 * Interviewing, hiring and training staff.</t>
   </si>
   <si>
-    <t>* Montar exposiciones y exhibiciones.
-[...12 lines deleted...]
-  <si>
     <t>Dancer</t>
-  </si>
-[...1 lines deleted...]
-    <t>Bailarín</t>
   </si>
   <si>
     <t>* Performing dance choreographies on your own, with a dance partner or as part of a group.
 * Taking part in dance auditions.
 * Performing stretching and fitness activities to improve physical stamina, flexibility, stability, etc.
 * Practicing dance steps and movements under the guidance of a choreographer.</t>
   </si>
   <si>
-    <t>* Realizar coreografías de baile por tu cuenta, con una pareja de baile o como parte de un grupo.
-[...4 lines deleted...]
-  <si>
     <t>Designer</t>
-  </si>
-[...1 lines deleted...]
-    <t>Diseñador</t>
   </si>
   <si>
     <t>* Capturing ideas on paper in the form of simple sketches.
 * Designing 2D and 3D models of products using specialised CAD software.
 * Communicating with clients, superiors and technologists.
 * Incorporating observations made in the final design.
 * Responsibility for the design, functionality, quality and safety of the proposed products.</t>
   </si>
   <si>
-    <t>* Plasmar ideas en papel en forma de bocetos simples.
-[...5 lines deleted...]
-  <si>
     <t>Film Editor</t>
-  </si>
-[...1 lines deleted...]
-    <t>Editor de cine</t>
   </si>
   <si>
     <t>* Collaborating closely with directors and producers to understand the vision and requirements of the film.
 * Reviewing and selecting the best footage from raw materials to create a cohesive story.
 * Utilizing editing software to assemble scenes, ensuring a smooth flow and pacing of the narrative.
 * Incorporating sound effects, music, and dialogue to enhance the overall viewing experience.
 * Making creative decisions regarding the visual style and structure of the film.
 * Conducting color correction and visual effects as needed to achieve the desired aesthetic.
 * Working under tight deadlines to meet project schedules and release dates.
 * Communicating effectively with team members to incorporate feedback and make necessary adjustments.
 * Keeping up-to-date with industry trends and advancements in editing technology.
 * Ensuring that all edits are in compliance with copyright and licensing regulations.
 * Maintaining organized files and documentation of all edits and revisions throughout the editing process.</t>
   </si>
   <si>
-    <t>* Colaborar estrechamente con directores y productores para comprender la visión y los requisitos de la película.
-[...11 lines deleted...]
-  <si>
     <t>Guide in the museum, gallery, castle</t>
-  </si>
-[...1 lines deleted...]
-    <t>Guía en el museo, galería, castillo</t>
   </si>
   <si>
     <t>* Conducting informative and interactive tours for visitors.
 * Answering questions and providing details about exhibits and history.
 * Supervision of order and safety in exhibitions.
 * Help in planning and organizing special events and exhibitions.
 * Providing high quality customer service and dealing with visitor requests.
 * Presentation of educational programs for schools and groups.
 * Cooperation on marketing activities and promotion of the institution.
 * Keeping attendance records and administrative tasks.
 * Cooperation in the installation and maintenance of exhibition exhibits.
 * Continuous education and participation in professional trainings and seminars.</t>
   </si>
   <si>
-    <t>* Realización de visitas guiadas informativas e interactivas para los visitantes.
-[...10 lines deleted...]
-  <si>
     <t>Lighting Technician</t>
-  </si>
-[...1 lines deleted...]
-    <t>Técnico de iluminación</t>
   </si>
   <si>
     <t>* Mounting, powering up and positioning the lighting equipment before shooting film, theatrical performance, television broadcasting, concerts etc.
 * Floodlighting the scene as directed by the main lighting technician and director.
 * Operating the lighting fixtures (focusing, dimming, lighting effects etc.).
 * Dismantling and packing the lighting equipment.
 * Providing routine repairs and maintenance of lighting fixtures.</t>
   </si>
   <si>
-    <t>* Montar, encender y posicionar el equipo de iluminación antes de rodar una película, representación teatral, emisión de televisión, conciertos, etc.
-[...5 lines deleted...]
-  <si>
     <t>Make-Up Artist, Wigmaker</t>
-  </si>
-[...1 lines deleted...]
-    <t>Maquillador, fabricante de pelucas</t>
   </si>
   <si>
     <t>* Applying makeup to film and theatre actors, extras, and other performers in films and theatre plays.
 * Styling men's and women's hair according to the scenario.
 * Creating special effects (ageing, bruises, wounds, etc.) using makeup.
 * Making wigs and similar products.
 * Making plaster casts of faces and/or heads.
 * Making latex and silicone masks from casts of faces and/or heads.</t>
   </si>
   <si>
-    <t>* Aplicar maquillaje a actores de cine y teatro, extras y otros intérpretes en películas y obras de teatro.
-[...6 lines deleted...]
-  <si>
     <t>Model</t>
-  </si>
-[...1 lines deleted...]
-    <t>Modelo</t>
   </si>
   <si>
     <t xml:space="preserve">* Posing in front of the lenses of photographers, following their instructions. 
 * Viewing of clothes, products etc.
 * Performing in TV adverts.
 * Cooperation with visagists, hair dressers and clothes stylists.
 * Transferring to castings and places of photographing.
 </t>
   </si>
   <si>
-    <t>* Posar frente a las lentes de los fotógrafos, siguiendo sus instrucciones.
-[...5 lines deleted...]
-  <si>
     <t>Photographer</t>
-  </si>
-[...1 lines deleted...]
-    <t>Fotógrafo</t>
   </si>
   <si>
     <t>* Photographing people, animals, objects, landscapes etc.
 * Using analogue and digital cameras, lenses, lighting equipment, filters, conversion lenses, etc.
 * Instructing people during photo shoots.
 * Editing photographs using computer technology.
 * Developing cine films, printing photographs.</t>
   </si>
   <si>
-    <t>* Fotografiar personas, animales, objetos, paisajes, etc.
-[...5 lines deleted...]
-  <si>
     <t>Restorer/Conservator</t>
-  </si>
-[...1 lines deleted...]
-    <t>Restaurador/conservador</t>
   </si>
   <si>
     <t>* Restoring furniture, sculptures, books, paintings, etc.
 * Assessing the condition of artifacts through visual and scientific examinations.
 * Determining whether objects need repair and choosing the safest and most effective method of repair.
 * Preparing estimates of restoration costs and timescales.
 * Developing and utilizing preservation techniques.
 * Maintaining appropriate environmental conditions.
 * Keeping visual/written records.</t>
   </si>
   <si>
-    <t>* Restaurar muebles, esculturas, libros, pinturas, etc.
-[...7 lines deleted...]
-  <si>
     <t>Sound Engineer</t>
-  </si>
-[...1 lines deleted...]
-    <t>Técnico de sonido</t>
   </si>
   <si>
     <t>* Installing sound equipment at cultural, social, television, radio and other events.
 * Operating in recording and dubbing studios.
 * Plugging speakers, amplifiers, microphones, equalisers, personal audio systems, musical instruments and other sound equipment.
 * Communicating with musicians and instructing them in order to set the optimum sound level.
 * Operating an analogue and digital mixer to maintain a balanced and the clearest possible sound during the event.
 * Removing sound equipment after the event.</t>
   </si>
   <si>
-    <t>* Instalar equipos de sonido en eventos culturales, sociales, de televisión, radio y otros.
-[...6 lines deleted...]
-  <si>
     <t>Stagehand</t>
-  </si>
-[...1 lines deleted...]
-    <t>Escenógrafo</t>
   </si>
   <si>
     <t>* Assembling and dismantling parts of stage decoration.
 * Loading and unloading stage decorations at tours.
 * Placing scenic decorations on the stage.
  * Operating moving parts of the stage floor.
 * Storing scenic elements and stage decorations.
 * Performing routine maintenance and repairs of stage decorations.</t>
   </si>
   <si>
-    <t>* Montaje y desmontaje de partes de la decoración del escenario.
-[...6 lines deleted...]
-  <si>
     <t>VFX artist</t>
-  </si>
-[...1 lines deleted...]
-    <t>Creador de efectos visuales</t>
   </si>
   <si>
     <t>* Creating CGI (computer-generated images) and other visual effects.
 * Combining CGI with real footage to achieve realistic effects.
 * Creating simulations such as explosions, smoke, water, and fire.
 * Creating 3D models and animating them for the project needs.
 * Improving image quality and removing errors.
 * Close collaboration with directors, producers, and other team members.
 * Meeting deadlines and effectively managing time.
 * Identifying and solving problems during the creation of effects.
 * Proposing creative solutions and innovations.
 * Keeping records of work and creation processes.
 * Continuous education and monitoring of new technologies and trends.
 * Working with professional software for creating effects and its maintenance.
 * Testing and evaluating visual effects before final production.
 * Presenting work to clients and team members.</t>
   </si>
   <si>
-    <t>* Creación de CGI (imágenes generadas por computadora) y otros efectos visuales.
-[...14 lines deleted...]
-  <si>
     <t>Wardrobe Assistant</t>
-  </si>
-[...1 lines deleted...]
-    <t>Asistente de vestuario</t>
   </si>
   <si>
     <t>* purchases, modifications, repairs of costumes
 * helping to dress the performers
 * storing, taking records and transport of costumes</t>
   </si>
   <si>
-    <t>* compras, modificaciones y reparaciones de vestuario
-[...3 lines deleted...]
-  <si>
     <t>Window Dresser, Decorator</t>
-  </si>
-[...1 lines deleted...]
-    <t>Escaparatista, decorador</t>
   </si>
   <si>
     <t>* Window-dressing of shops, travel agencies, financial institutions, etc.
 * Moving and arranging objects, creating aesthetic decorations.
 * Placing price tags and labels on the goods.
 * Adjusting the decoration of displays to the current season and to ongoing events.
 * Dressing, undressing and changing mannequins’ clothes.</t>
   </si>
   <si>
-    <t>* Decoración de escaparates de tiendas, agencias de viajes, instituciones financieras, etc.
-[...5 lines deleted...]
-  <si>
     <t>Banking</t>
   </si>
   <si>
-    <t>Banco</t>
-[...1 lines deleted...]
-  <si>
     <t>Account Manager</t>
-  </si>
-[...1 lines deleted...]
-    <t>Gestor de cuentas</t>
   </si>
   <si>
     <t>* Develop and maintain strong relationships with clients to understand their financial needs and objectives.
 * Serve as the primary point of contact for clients, addressing inquiries and providing tailored solutions.
 * Collaborate with internal teams to deliver exceptional service and support to clients.
 * Analyze client portfolios and recommend appropriate banking products and services to enhance their financial growth.
 * Monitor client accounts to ensure compliance with banking regulations and policies.
 * Prepare and present financial reports and performance reviews to clients, highlighting key metrics and trends.
 * Identify opportunities for cross-selling and upselling banking services to existing clients.
 * Conduct regular follow-ups to ensure client satisfaction and retention.
 * Stay updated on industry trends and market developments to provide informed advice to clients.
 * Participate in networking events and client meetings to expand the client base and enhance the bank's visibility.</t>
   </si>
   <si>
-    <t>* Desarrollar y mantener relaciones sólidas con los clientes para comprender sus necesidades y objetivos financieros.
-[...10 lines deleted...]
-  <si>
     <t>Anti-Money Laundering Specialist</t>
-  </si>
-[...1 lines deleted...]
-    <t>Experto en prevención del blanqueo de capitales</t>
   </si>
   <si>
     <t>* Implementation, enforcement and control of money laundering and / or terrorist financing prevention measures in the company;
 * Checking new customers, reviewing documents, risk analysis of new customers;
 * Monitoring of existing customers according to established procedures;
 * Monitoring of suspicious transactions, customer activities, collection and analysis of data on such transactions, investigation of suspicious transactions;
 * Organization of the company's internal legal acts related to KYC, AML, customer risk, compliance control, organization of their change and renewal.</t>
   </si>
   <si>
-    <t>* Implementación, aplicación y control de medidas de prevención de blanqueo de dinero y/o financiación del terrorismo en la empresa;
-[...5 lines deleted...]
-  <si>
     <t>Back Office Specialist</t>
-  </si>
-[...1 lines deleted...]
-    <t>Especialista en back office</t>
   </si>
   <si>
     <t>* Processing of all types of client requests.
 * Entering and updating the information in the bank information system.
 * Drawing up and processing of contracts and contract amendments for individual banking products.
 * Archiving documents in compliance with the internal regulations.
 * Mastering internal regulations, general business terms and conditions, and business conditions for individual banking products.
 * Communicating with internal and external clients.</t>
   </si>
   <si>
-    <t>* Tramitación de todo tipo de solicitudes de clientes.
-[...6 lines deleted...]
-  <si>
     <t>Branch Director</t>
-  </si>
-[...1 lines deleted...]
-    <t>Director de sucursal</t>
   </si>
   <si>
     <t>* Overseeing the daily operations of the branch to ensure efficient service delivery.
 * Leading and managing branch staff, providing guidance and support to enhance performance.
 * Developing and implementing strategies to achieve branch sales targets and enhance customer satisfaction.
 * Ensuring compliance with banking regulations and internal policies to mitigate risks.
 * Building and maintaining relationships with clients, addressing their needs and resolving issues.
 * Monitoring financial performance and preparing reports for senior management.
 * Conducting training and development programs for staff to improve skills and knowledge.
 * Collaborating with other departments to promote products and services effectively.
 * Managing branch budgets and controlling operational costs to optimize profitability.
 * Participating in community engagement initiatives to promote the bank’s presence and reputation.</t>
   </si>
   <si>
-    <t>* Supervisar las operaciones diarias de la sucursal para garantizar una entrega de servicios eficiente.
-[...10 lines deleted...]
-  <si>
     <t>Card Services Clerk</t>
-  </si>
-[...1 lines deleted...]
-    <t>Empleado de servicios de tarjetas</t>
   </si>
   <si>
     <t>* Processing applications for the issuance of credit and debit cards.
 * Communicating with companies issuing credit cards and bank branches.
 * Participating in the creation and updating of internal regulations.
 * Cooperating with project managers on new projects.
 * Solving complaints.
 * Assessing the suitability of motives on credit cards in your own design.</t>
   </si>
   <si>
-    <t>* Procesamiento de solicitudes para la emisión de tarjetas de crédito y débito.
-[...6 lines deleted...]
-  <si>
     <t>Cashier</t>
-  </si>
-[...1 lines deleted...]
-    <t>Cajero</t>
   </si>
   <si>
     <t>* Processing customer transactions accurately and efficiently.
 * Handling cash, credit, and debit transactions while maintaining a balanced cash drawer.
 * Providing excellent customer service by addressing inquiries and resolving issues promptly.
 * Assisting customers with account-related questions and transactions.
 * Ensuring compliance with banking policies and procedures to mitigate risk.
 * Maintaining the confidentiality of customer information and transactions.
 * Performing routine audits of cash and transactions to ensure accuracy.
 * Collaborating with team members to achieve branch goals and improve customer satisfaction.
 * Participating in training and development programs to enhance product knowledge and service skills.
 * Keeping the cashier area organized and ensuring a clean and professional environment.
 * Reporting any discrepancies or irregularities to the branch manager.
 * Promoting bank products and services to customers to enhance their banking experience.</t>
   </si>
   <si>
-    <t>* Procesar transacciones de clientes de manera precisa y eficiente.
-[...12 lines deleted...]
-  <si>
     <t>Claims Administrator</t>
-  </si>
-[...1 lines deleted...]
-    <t>Gestor de siniestros</t>
   </si>
   <si>
     <t>* Recovering overdue receivables from the customers of a leasing company.
 * Registering and controlling overdue receivables.
 * Processing and sending written and e-mail reminders.
 * Communicating with debtors and other departments within the company.
 * Planning repayment schedules in the event of the insolvency of debtors.
 * Registering and checking payments in the system.
 * Preparing materials for the legal department.</t>
   </si>
   <si>
-    <t>* Recuperación de cuentas por cobrar vencidas de los clientes de una empresa de leasing.
-[...7 lines deleted...]
-  <si>
     <t>Client officer</t>
-  </si>
-[...1 lines deleted...]
-    <t>Oficial de servicio al cliente</t>
   </si>
   <si>
     <t xml:space="preserve">* Active sale of bank products and of services to retail clients.
 * Opening and closing of bank accounts.
 * Realization of domestic and international wire transfers.
 * Accepting and issuing of cash in domestic and foreign currency.
 * Providing clients with counseling and information.
 * Carrying out administrative tasks connected with the provided services.
 * Fulfilling of the set business and acquisition plans. </t>
   </si>
   <si>
-    <t>* Venta activa de productos y servicios bancarios a clientes minoristas.
-[...7 lines deleted...]
-  <si>
     <t>Compliance Specialist</t>
-  </si>
-[...1 lines deleted...]
-    <t>Oficial de cumplimiento normativo</t>
   </si>
   <si>
     <t>* Assessing the legality of the bank's entrepreneurial activity.
 * Monitoring the legislative standards and requirements of organs of supervision that are valid in the place of the bank's activity.
 * Identifying the risks in the legislation and/or internal procedures.
 * Point out the potential risks to the superiors.</t>
   </si>
   <si>
-    <t>* Evaluar la legalidad de la actividad empresarial del banco.
-[...4 lines deleted...]
-  <si>
     <t>Custody Specialist</t>
-  </si>
-[...1 lines deleted...]
-    <t>Especialista en custodia</t>
   </si>
   <si>
     <t>* Securing the administration and custody of securities for clients.
 * Keeping clients informed about corporate shares concerning the administrated securities.
 * Carrying out operations with securities on the basis of clients' orders.
 * Calculation and control of the current value of securities in the administration of the bank.
 * Paying returns from securities.
 * Representing clients and their interests at general assemblies.</t>
   </si>
   <si>
-    <t>* Garantizar la administración y custodia de valores para clientes.
-[...6 lines deleted...]
-  <si>
     <t>Dealer/Trader</t>
-  </si>
-[...1 lines deleted...]
-    <t>Distribuidor/comerciante</t>
   </si>
   <si>
     <t xml:space="preserve">* Purchase, keeping and sale of securities, commodities and foreign currencies in the currency of the clients and/or on the account of the bank.
 * Monitoring and verifying prices of the financial tools at the security exchange.
 * Following and analyzing the development on financial markets.
 * Exchanging information with colleagues and clients.
 * Preparing financial reports.
 </t>
   </si>
   <si>
-    <t>* Compra, tenencia y venta de valores, commodities y divisas extranjeras en la moneda de los clientes y/o en cuenta del banco.
-[...5 lines deleted...]
-  <si>
     <t>Department Manager</t>
-  </si>
-[...1 lines deleted...]
-    <t>Jefe de departamento</t>
   </si>
   <si>
     <t>* Ensuring the smooth running of the department within the company.
 * Managing, coordinating, motivating and evaluating subordinate staff.
 * Training of new recruits.
 * Finding and proposing trainings and courses for subordinate employees.
 * Checking the attendance of subordinate employees.
 * Solving non-standard situations at the workplace.
 * Participation in the selection and dismissal of employees.
 * Preparing weekly and monthly reports.</t>
   </si>
   <si>
-    <t>* Garantizar el funcionamiento fluido del departamento dentro de la empresa.
-[...8 lines deleted...]
-  <si>
     <t>Financial Advisor</t>
-  </si>
-[...1 lines deleted...]
-    <t>Asesor financiero</t>
   </si>
   <si>
     <t>* Providing personalized financial advice to clients based on their individual financial situations and goals.
 * Analyzing clients' financial information to develop tailored investment strategies and plans.
 * Educating clients on various financial products and services, including investments, insurance, and retirement planning.
 * Monitoring clients' portfolios and making recommendations for adjustments as needed to optimize performance.
 * Building and maintaining strong relationships with clients to ensure high levels of satisfaction and trust.
 * Staying up-to-date with market trends, economic developments, and changes in financial regulations to provide informed advice.
 * Preparing and presenting financial plans and reports to clients in a clear and understandable manner.
 * Collaborating with other financial professionals, such as accountants and tax advisors, to provide comprehensive services.
 * Conducting regular reviews with clients to assess their financial goals and progress.
 * Actively seeking new clients through networking, referrals, and marketing efforts to grow the business.</t>
   </si>
   <si>
-    <t>* Brindar asesoramiento financiero personalizado a los clientes según sus situaciones y objetivos financieros individuales.
-[...10 lines deleted...]
-  <si>
     <t>Financial Analyst</t>
-  </si>
-[...1 lines deleted...]
-    <t>Analista financiero</t>
   </si>
   <si>
     <t>* Preparing regular and ad hoc financial analysis.
 * Preparing statistics.
 * Developing weekly and monthly reports.
 * Taking part in developing financial plans.
 * Taking part in developing and improving controlling mechanisms.
 * Communicating with the high management members of the company and other departments.</t>
   </si>
   <si>
-    <t>* Preparar análisis financieros periódicos y ad hoc.
-[...6 lines deleted...]
-  <si>
     <t>Internal Auditor</t>
-  </si>
-[...1 lines deleted...]
-    <t>Auditor interno</t>
   </si>
   <si>
     <t>* Drafting comprehensive plans and programs of audits.
 * Performing audit activities at the company’s headquarters and branches.
 * Checking compliance with internal regulations and the legislation.
 * Reviewing business and operational activities of organisations.
 * Processing audit outputs in the form of reports.
 * Making recommendations and monitoring the removal of any identified deficiencies.
 * Providing advice and consultancy within the scope of the auditor’s competence.</t>
   </si>
   <si>
-    <t>* Elaboración de planes y programas de auditorías integrales.
-[...7 lines deleted...]
-  <si>
     <t>Loan Specialist</t>
-  </si>
-[...1 lines deleted...]
-    <t>Especialista en préstamos</t>
   </si>
   <si>
     <t>* Providing advice connected to consumer, mortgage, and commercial loans.
 * Evaluating client creditworthiness pursuant to the lending policy at the financial institution.
 * Concluding loan contracts on behalf of the financial institution.
 * Checking the payment of instalments and the fulfilment of conditions agreed in the loan agreement.
 * Adjusting deadlines and monthly instalments, loan maturity, etc. in the event that a client is temporarily unable to make payments.
 * Contacting competing financial institutions with proposals for co-financing higher-cost investment projects.
 * Cooperating with executors and external companies that deal with the collection of receivables.</t>
   </si>
   <si>
-    <t>* Prestar asesoramiento relacionado con préstamos al consumo, hipotecas y préstamos comerciales.
-[...7 lines deleted...]
-  <si>
     <t>Mortgage Specialist</t>
-  </si>
-[...1 lines deleted...]
-    <t>Especialista en hipotecas</t>
   </si>
   <si>
     <t>* Providing advice to clients regarding mortgage products and services.
 * Communicating with real estate agencies, building investors, authorities and other entities.
 * Acquiring potential clients.
 * Processing and assessing customers’ requests for mortgage loans.
 * Performing administrative tasks associated with the provision of mortgage loans.
 * Concluding mortgage loan agreements.</t>
   </si>
   <si>
-    <t>* Brindar asesoramiento a clientes sobre productos y servicios hipotecarios.
-[...6 lines deleted...]
-  <si>
     <t>Payments Clerk</t>
-  </si>
-[...1 lines deleted...]
-    <t>Agente de pagos</t>
   </si>
   <si>
     <t>* Processing payments, including deposits, withdrawals, and fund transfers.
 * Cashing checks and accepting loan payments while ensuring accuracy in transactions.
 * Completing necessary forms for loan approvals and other banking services.
 * Buying and selling foreign currency as required.
 * Verifying account details, bank names, transaction amounts, and the accuracy of completed documents.
 * Ensuring compliance with identification verification procedures for clients receiving services.
 * Assisting customers with inquiries and providing information on banking products and services.
 * Maintaining accurate records of all transactions and customer interactions.
 * Collaborating with team members to enhance service delivery and operational efficiency.
 * Adhering to banking regulations and internal policies to mitigate risks and ensure security.</t>
   </si>
   <si>
-    <t>* Procesar pagos, incluidos depósitos, retiros y transferencias de fondos.
-[...10 lines deleted...]
-  <si>
     <t>Personal Banker</t>
-  </si>
-[...1 lines deleted...]
-    <t>Banquero personal</t>
   </si>
   <si>
     <t>* Taking care of the assigned portfolio at the bank branch.
 * Creating and developing business relations with clients .
 * Presentation and sale of bank products and services.
 * Fulfilling of the set personal business plan.
 * Taking part in fulfilling the financial and campaign plan.</t>
   </si>
   <si>
-    <t>* Cuidar del portafolio asignado en la sucursal bancaria.
-[...5 lines deleted...]
-  <si>
     <t>Private Banker</t>
-  </si>
-[...1 lines deleted...]
-    <t>Banquero privado</t>
   </si>
   <si>
     <t>* Managing liquid assets, stocks, bonds and real estate of highly creditworthy bank clients.
 * Seeking out potential clients and their acquisition within their area of operation.
 * Detecting the individual requirements and objectives of clients with the intention to propose the optimal investment solution for the appreciation of their property.
 * Communicating with experts in asset management, real estate, lawyers etc.
 * Providing advice in the investment and real estate area.
 * Handling the special requirements of clients (e.g. booking tickets for an event, providing private jet transportation, etc.).</t>
   </si>
   <si>
-    <t>* Gestión de activos líquidos, acciones, bonos y bienes inmuebles de clientes bancarios de alta solvencia.
-[...6 lines deleted...]
-  <si>
     <t>Product Manager - Specialist</t>
-  </si>
-[...1 lines deleted...]
-    <t>Gestor de productos - especialista</t>
   </si>
   <si>
     <t>* Developing the new and innovating the existing bank products and services.
 * Monitoring and analyzing the competitive environment.
 * Following the fulfilling of goals in the area of product profitability.
 * Taking part in creating and setting the processes connected with products.
 * Directing and training new employees.
 * Analyzing and solving arisen operating problems.
 * Cooperating with other departments of the bank.</t>
   </si>
   <si>
-    <t>* Desarrollar nuevos productos y servicios bancarios e innovar en los existentes.
-[...7 lines deleted...]
-  <si>
     <t>Product Marketing Manager</t>
-  </si>
-[...1 lines deleted...]
-    <t>Director de marketing de productos</t>
   </si>
   <si>
     <t>* Develop and implement effective product marketing strategies for banking products and services.
 * Conduct market research to identify customer needs, market trends, and competitive landscape.
 * Collaborate with cross-functional teams, including product development, sales, and customer service, to ensure alignment on product offerings.
 * Create and oversee marketing campaigns, including digital, print, and social media, to promote products and enhance brand awareness.
 * Analyze product performance and customer feedback to refine marketing strategies and improve customer satisfaction.
 * Prepare product presentations and training materials for internal teams and external stakeholders.
 * Monitor and report on key performance indicators (KPIs) related to product marketing effectiveness.
 * Manage budgets for marketing initiatives and ensure efficient allocation of resources.
 * Serve as the main point of contact for product-related inquiries and provide support to sales teams.
 * Stay updated on industry trends and regulatory changes affecting banking products to ensure compliance and competitiveness.</t>
   </si>
   <si>
-    <t>* Desarrollar e implementar estrategias de marketing de productos efectivas para productos y servicios bancarios.
-[...10 lines deleted...]
-  <si>
     <t>Relationship Manager</t>
-  </si>
-[...1 lines deleted...]
-    <t>Gestor de relaciones</t>
   </si>
   <si>
     <t xml:space="preserve">* Presenting and selling banking products and services to company clients.
 * Monitoring the market and competitors' activities within the assigned region.
 * Finding new clients.
 * Creating and developing business relationships with company clients.
 * Performing one's prescribed personal business plan.
 * Participating in performing financial and campaign plans.
 * Keeping records and the database of clients. </t>
   </si>
   <si>
-    <t>* Presentar y vender productos y servicios bancarios a clientes de la empresa.
-[...7 lines deleted...]
-  <si>
     <t>Risk Specialist</t>
-  </si>
-[...1 lines deleted...]
-    <t>Especialista de riesgos</t>
   </si>
   <si>
     <t>* Identifying credit, market, operational, strategic and liquidity risks potentially threatening the assets and cash flow of the bank.
 * Developing methodology for measuring individual types of risks.
 * Designing and analysing measures to prevent risks.
 * Designing solutions to cover damage in case of risks.
 * Using external registers (e.g. credit register, register of Social Security debtors, etc.) in assessing risks.
 * Cooperating with product and project managers, underwriters and other bank departments.</t>
   </si>
   <si>
-    <t>* Identificar los riesgos crediticios, de mercado, operativos, estratégicos y de liquidez que podrían amenazar los activos y el flujo de caja del banco.
-[...6 lines deleted...]
-  <si>
     <t>Seller of Bank Services, Loan Officer</t>
-  </si>
-[...1 lines deleted...]
-    <t>Vendedor de servicios bancarios, oficial de préstamos</t>
   </si>
   <si>
     <t>* Monitoring cash flow in the branch's cash register and vault, ensuring accurate records of deposited and withdrawn funds.
 * Verifying issued and received checks, maintaining comprehensive knowledge of all bank services and products, including loan types and savings options.
 * Assisting tellers at the counter by providing accurate information to clients regarding banking services.
 * Completing standard contracts for various types of loans, ensuring proper usage of loan funds, calculating and collecting interest on loans.
 * Opening and managing accounts for both domestic and foreign clients, addressing complaints and correspondence, and maintaining organized records.
 * Collecting and managing documentation, preparing analytical and statistical bases for report creation, and generating simple reports related to job responsibilities.
 * Receiving and transmitting messages through fax and email, ensuring efficient communication within the bank.
 * Building and maintaining strong relationships with clients to enhance customer satisfaction and loyalty.
 * Staying informed about market trends and regulatory changes to provide accurate advice and guidance to clients.
 * Collaborating with other departments to facilitate seamless service delivery and support the overall objectives of the bank.</t>
   </si>
   <si>
-    <t>* Monitorear el flujo de efectivo en la caja y la bóveda de la sucursal, asegurando la exactitud de los registros de fondos depositados y retirados.
-[...10 lines deleted...]
-  <si>
     <t>Stock Broker</t>
-  </si>
-[...1 lines deleted...]
-    <t>Corredor de bolsa</t>
   </si>
   <si>
     <t>* Making business transactions with clients.
 * Searching for potential clients.
 * Communicating with clients with the purpose of securing their needs.
 * Communicating with dealers/traders about the details of the business transaction.
 * Addressing clients on the phone with investment offers.
 * Providing clients with counseling in the area of investment.</t>
   </si>
   <si>
-    <t>* Realizar transacciones comerciales con clientes.
-[...6 lines deleted...]
-  <si>
     <t>Car Industry</t>
   </si>
   <si>
-    <t>Industria automotriz</t>
-[...1 lines deleted...]
-  <si>
     <t>Auto Electrician</t>
-  </si>
-[...1 lines deleted...]
-    <t>Electricista de coches</t>
   </si>
   <si>
     <t>* Using electronic and mechanical measuring instruments.
 * Evaluating the measurement results.
 * Diagnosing the faults and electrical parts of motor vehicles.
 * Reading the technical documentation.
 * Performing maintenance, setting and removing defects and malfunctions in electrical installation.
 * Installation of car alarms, central locking and other accessories.</t>
   </si>
   <si>
-    <t>* Utilización de instrumentos de medición electrónicos y mecánicos.
-[...6 lines deleted...]
-  <si>
     <t>Car Glass Fitter</t>
-  </si>
-[...1 lines deleted...]
-    <t>Instalador de lunas para coches</t>
   </si>
   <si>
     <t>* Installation and replacement of auto glass (windshield, side glass, rear glass) on vehicles
 * Repair of cracked and damaged car windows using special materials and tools
 * Diagnostics of auto glass problems and estimation of necessary repairs
 * Maintaining work space, tools and equipment in accordance with safety standards
 * Advice to customers on the possibilities of glass repair and replacement
 * Keeping records of repairs, replacements and used materials
 * Cooperation with suppliers and insurance companies when ordering and replacing parts</t>
   </si>
   <si>
-    <t>* Instalación y reemplazo de vidrios de automóviles (parabrisas, vidrios laterales, vidrios traseros) en vehículos
-[...7 lines deleted...]
-  <si>
     <t>Car Mechanic</t>
-  </si>
-[...1 lines deleted...]
-    <t>Mecánico de coches</t>
   </si>
   <si>
     <t>* Diagnostics of motor vehicle problems and failures.
 * Defining the best repairs.
 * Completing mechanical repairs and the replacement of worn motor vehicle components and parts.
 * Adjustment of mechanical, hydraulic, and pneumatic motor vehicle components and parts.
 * Use of measurement and diagnostic tools and equipment.
 * Installation and service for automotive accessories and add-ons.
 * Completing regular inspections, warranty, post-warranty, and general repairs of motor vehicles.</t>
   </si>
   <si>
-    <t>* Diagnóstico de problemas y averías de vehículos motorizados.
-[...7 lines deleted...]
-  <si>
     <t>Car Upholsterer</t>
-  </si>
-[...1 lines deleted...]
-    <t>Tapicero de coches</t>
   </si>
   <si>
     <t>* Constructing, repairing, and replacing upholstery in automobiles, including seats, headliners, and door panels.
 * Selecting appropriate materials and fabrics based on customer specifications and vehicle requirements.
 * Measuring and cutting materials to ensure proper fit and finish.
 * Sewing and stitching upholstery components using industrial sewing machines and hand tools.
 * Installing padding, foam, and other materials to enhance comfort and aesthetics.
 * Performing quality checks to ensure finished products meet industry standards and customer expectations.
 * Collaborating with automotive technicians and other professionals to ensure seamless integration of upholstery with vehicle interiors.
 * Maintaining a clean and organized workspace, adhering to safety protocols and guidelines.
 * Keeping up-to-date with trends in automotive upholstery and materials to provide informed recommendations to clients.
 * Providing excellent customer service by addressing client inquiries and concerns regarding upholstery options and repairs.</t>
   </si>
   <si>
-    <t>* Construir, reparar y reemplazar la tapicería en automóviles, incluyendo asientos, techos y paneles de puertas.
-[...10 lines deleted...]
-  <si>
     <t>Design Engineer</t>
-  </si>
-[...1 lines deleted...]
-    <t>Ingeniero de diseño</t>
   </si>
   <si>
     <t>* Developing and constructing 2D and 3D models of vehicles and/or its components, parts, etc. in the CAD software environment according to customer specifications.
 * Analysing digital 2D and 3D models. 
 * Preparing drawings and technical documentation.
 * Consulting and solving technical issues with internal and external customers.
 * Participation in the implementation of changes into series production.</t>
   </si>
   <si>
-    <t>* Desarrollar y construir modelos 2D y 3D de vehículos y/o sus componentes, partes, etc. en el entorno del software CAD según las especificaciones del cliente.
-[...5 lines deleted...]
-  <si>
     <t>Diagnostic Technician</t>
-  </si>
-[...1 lines deleted...]
-    <t>Técnico en diagnostico automotriz</t>
   </si>
   <si>
     <t>* Receiving motor vehicles at the service station or at the used car lot.
 * Preparing preliminary calculations of repairs.
 * Planning and ordering repairs of motor vehicles.
 * Communicating with clients throughout the course of the repairs.
 * Assigning and controlling the work of subordinate staff.
 * Ordering, receiving, and issuing parts from the warehouse.
 * Administrative processing of orders and issuing invoices for the repairs made.
 * Handing over the repaired vehicle to the client.
 * Assessing complaints and claims.</t>
   </si>
   <si>
-    <t>* Recepción de vehículos automotores en la estación de servicio o en el lote de autos usados.
-[...9 lines deleted...]
-  <si>
     <t>Electrical Engineering Technician</t>
-  </si>
-[...1 lines deleted...]
-    <t>Técnico en ingeniería eléctrica</t>
   </si>
   <si>
     <t>* Assisting in the design, development, and testing of electrical systems and components for automotive applications.
 * Conducting diagnostics and troubleshooting of electrical issues in vehicles.
 * Collaborating with engineers to implement electrical solutions and improvements.
 * Utilizing specialized software and tools for circuit design and analysis.
 * Performing routine maintenance and inspection of electrical systems in vehicles.
 * Ensuring compliance with safety standards and regulations in all electrical work.
 * Documenting technical specifications, test results, and maintenance records.
 * Supporting the assembly and installation of electrical components in vehicles.
 * Participating in research and development projects to innovate new electrical technologies for automotive applications.
 * Providing technical support and training to other team members and departments as needed.
 * Staying updated with advancements in automotive electrical engineering and technologies.</t>
   </si>
   <si>
-    <t>* Asistir en el diseño, desarrollo y pruebas de sistemas y componentes eléctricos para aplicaciones automotrices.
-[...11 lines deleted...]
-  <si>
     <t>Machine Operator</t>
-  </si>
-[...1 lines deleted...]
-    <t>Operador de máquinas</t>
   </si>
   <si>
     <t>* Operating and monitoring machinery and equipment in the automotive manufacturing process.
 * Ensuring that production schedules are met while maintaining quality standards.
 * Performing routine maintenance and troubleshooting on machines to prevent downtime.
 * Adhering to safety protocols and guidelines to ensure a safe working environment.
 * Collaborating with team members to optimize production efficiency and resolve issues.
 * Conducting quality inspections of finished products to ensure compliance with specifications.
 * Documenting production data and reporting any discrepancies or malfunctions to supervisors.
 * Assisting in training new employees on machine operation and safety procedures.
 * Maintaining a clean and organized work area to promote safety and efficiency.
 * Participating in continuous improvement initiatives to enhance production processes and reduce waste.</t>
   </si>
   <si>
-    <t>* Operar y supervisar maquinaria y equipo en el proceso de manufactura automotriz.
-[...10 lines deleted...]
-  <si>
     <t>Maintenance Engineer</t>
-  </si>
-[...1 lines deleted...]
-    <t>Ingeniero de mantenimiento</t>
   </si>
   <si>
     <t>* Providing preventive and operational maintenance of machinery and equipment.
 * Managing, coordinating, motivating and evaluating subordinate employees.
 * Developing and updating maintenance plans.
 * Identifying worn parts.
 * Ordering spare parts.
 * Analysing the causes of downtime and taking measures to eliminate them.
 * Monitoring and controlling maintenance costs.
 * Communicating with shift masters, process engineers and suppliers of machinery and equipment.</t>
   </si>
   <si>
-    <t>* Proporcionar mantenimiento preventivo y operativo de maquinaria y equipos.
-[...8 lines deleted...]
-  <si>
     <t>Mechatronics Technician</t>
-  </si>
-[...1 lines deleted...]
-    <t>Técnico en mecatrónica</t>
   </si>
   <si>
     <t>* Assembling and testing mechatronic systems and components in accordance with specifications.
 * Diagnosing and troubleshooting mechanical, electrical, and software issues in automotive systems.
 * Collaborating with engineers to design and improve mechatronic systems for enhanced vehicle performance.
 * Conducting routine maintenance and repairs on automated equipment and machinery.
 * Utilizing diagnostic tools and software to analyze system performance and implement necessary adjustments.
 * Ensuring compliance with safety standards and regulations throughout all processes.
 * Documenting repair and maintenance activities in accordance with company policies.
 * Participating in the development of technical documentation and user manuals for mechatronic systems.
 * Training and mentoring junior technicians on best practices and new technologies.
 * Staying updated on industry trends and advancements in mechatronics and automotive technology.</t>
   </si>
   <si>
-    <t>* Montar y probar sistemas y componentes mecatrónicos según las especificaciones.
-[...10 lines deleted...]
-  <si>
     <t>Process Engineer</t>
-  </si>
-[...1 lines deleted...]
-    <t>Ingeniero de procesos</t>
   </si>
   <si>
     <t>* Responsibility for the implementation of new products in the company.
 * Completing detailed production documentation and working procedures.
 * Updating production documentation and working procedures in case of a change in the production process.
 * Implementing tools increasing the efficiency of the production process (e.g. Six Sigma, Kaizen, Lean, poka-yoke etc.).
 * Reducing production costs while maintaining the required level of quality.
 * Solving the incurred problems and abnormalities.
 * Participating in the selection and deployment of technological equipment on the company premises.
 * Estimating the requirements regarding the staff, production time and costs.
 * Communicating with other departments in the company.</t>
   </si>
   <si>
-    <t>* Responsabilidad por la implementación de nuevos productos en la empresa.
-[...9 lines deleted...]
-  <si>
     <t>Quality Inspector</t>
-  </si>
-[...1 lines deleted...]
-    <t>Inspector de calidad</t>
   </si>
   <si>
     <t>* Performing input, intermediate and output inspection of raw materials, components and products.
 * Operating measuring instruments.
 * Recording the results of measurements.
 * Collecting samples of raw materials and their laboratory testing.
 * Proposing measures and their implementation after identifying errors and drawbacks.
 * Participating in the implementation of quality systems.
 * Completing reports on audit results.
 * Managing and updating prescribed documentation.</t>
   </si>
   <si>
-    <t>* Realizar inspecciones de entrada, intermedia y salida de materias primas, componentes y productos.
-[...8 lines deleted...]
-  <si>
     <t>Repairer</t>
-  </si>
-[...1 lines deleted...]
-    <t>Reparador</t>
   </si>
   <si>
     <t>* Inspecting and diagnosing mechanical and electrical issues in vehicles.
 * Performing repairs and maintenance on various automobile systems including engines, transmissions, brakes, and electrical systems.
 * Utilizing diagnostic equipment and tools to identify problems and ensure proper functioning of vehicles.
 * Following safety protocols and industry standards to maintain a safe working environment.
 * Communicating effectively with customers to explain repair needs and provide cost estimates.
 * Maintaining accurate records of repairs, services performed, and parts used.
 * Collaborating with team members to achieve efficient workflow and meet repair deadlines.
 * Staying updated on automotive technology and repair techniques through continuous education and training.
 * Ordering and managing inventory of automotive parts and supplies.
 * Ensuring cleanliness and organization of the repair shop and work areas.</t>
   </si>
   <si>
-    <t>* Inspeccionar y diagnosticar problemas mecánicos y eléctricos en vehículos.
-[...10 lines deleted...]
-  <si>
     <t>Technologist</t>
-  </si>
-[...1 lines deleted...]
-    <t>Tecnólogo</t>
   </si>
   <si>
     <t>* Inventing new and improving existing technological processes.
 * Supervising the observance of formulations and technological processes.
 * Management of the pre-production process to eliminate any possible shortcomings.
 * Assessing the quality of new products.
 * Proposing measures to optimise the production processes.
 * Analysing variations incurred in conjunction with the shift chiefs.
 * Drafting and updating of technological documentation and/or drawings.
 * Cooperating in the preparation of price calculations.</t>
   </si>
   <si>
-    <t>* Inventar nuevos y mejorar procesos tecnológicos existentes.
-[...8 lines deleted...]
-  <si>
     <t>Tyre Fitter</t>
-  </si>
-[...1 lines deleted...]
-    <t>Montador de neumáticos</t>
   </si>
   <si>
     <t>* Selling tyres for passenger and off-road vehicles, trucks and utility vehicles, metal, aluminium and alloy discs.
 * Exchanging worn or damaged tyres, discs, tubes, valves etc.
 * Repairing punctures, side punctures of tyres, sticking the tubes, sticking in the valves.
 * Inflating tyres according to the pressure recommended by the manufacturer.
 * Measuring and adjusting wheel alignment, tyre balancing.
 * Providing advice on choosing the appropriate type of tyres, discs etc.
 * Storing customer tyres during off-season.</t>
   </si>
   <si>
-    <t>* Venta de neumáticos para vehículos de pasajeros y todo terreno, camiones y vehículos utilitarios, discos de metal, aluminio y aleación.
-[...7 lines deleted...]
-  <si>
     <t>Varnisher</t>
-  </si>
-[...1 lines deleted...]
-    <t>Barnizador</t>
   </si>
   <si>
     <t>* Preparing vehicles before coating (cleaning, grinding, sealing, masking).
 * Preparing, mixing and applying primary colour, metallic paint, paint and lacquer using spray guns on the vehicle or its parts.
 * Checking the quality of work done after a thorough burning and curing of the paint.
 * Eliminating the incurred drawbacks in accordance with the technological procedures.</t>
   </si>
   <si>
-    <t>* Preparar los vehículos antes del recubrimiento (limpieza, lijado, sellado, enmascaramiento).
-[...4 lines deleted...]
-  <si>
     <t>Vehicle Body Repairer</t>
-  </si>
-[...1 lines deleted...]
-    <t>Reparador de carrocerías de vehículos</t>
   </si>
   <si>
     <t>* Assembling and dismantling metal body parts and cabinets.
 * Straightening damaged bodywork using a straightening bench.
 * Producing complex sheet metal body parts and cabinets of road vehicles, rail vehicles and machines.
 * Using and operating tools and equipment for sheet metal working.
 * Glazing bodywork windows and cabinets for sealing profiles.
 * Sorting door and cover gaps, checking their tightness.
 * Sorting and repairing cover, window and door closing mechanisms.
 * Gas welding, arc welding in a CO2 atmosphere, oxygen cutting.</t>
   </si>
   <si>
-    <t>* Montaje y desmontaje de piezas de carrocería metálicas y cabinas.
-[...8 lines deleted...]
-  <si>
     <t>Chemical Industry</t>
   </si>
   <si>
-    <t>Industria química</t>
-[...1 lines deleted...]
-  <si>
     <t>Chemical Engineer</t>
-  </si>
-[...1 lines deleted...]
-    <t>Ingeniero químico</t>
   </si>
   <si>
     <t>* Supervising chemical processes in production and their optimisation.
 * Supporting production activities, solving technological problems from a theoretical as well as practical point of view.
 * Monitoring processes in production and performing interventions in production lines, if necessary.
 * Control analyses processing.
 * Quality of products monitoring.
 * Preparing reports and managing the relevant documentation regarding hazardous substances.
 * Implementing the company´s requirements in terms of the substances used in production.
 * Participating in launching new products, technologies and processes.
 * Applying scientific knowledge and theories in the research and development of chemical production.
 * Cooperating on issues concerning the productivity, quality, safety and trainings.</t>
   </si>
   <si>
-    <t>* Supervisar procesos químicos en producción y su optimización.
-[...10 lines deleted...]
-  <si>
     <t>Chemical Lab Technician</t>
-  </si>
-[...1 lines deleted...]
-    <t>Técnico de laboratorio químico</t>
   </si>
   <si>
     <t>* Performing inspections on the chemical and microbiological indicators of input materials, intermediates (bulks), and finished products.
 * Reviewing documents related to input materials by means of comparison and the assessment of the parameters.
 * Inspecting the quality of parameters by means of comparison with the standards and specification of the product.
 * Recording the results from inspections into the internal system.
 * Reporting any discovered variances to responsible management staff.
 * Responsibility for the proper use and calibration of mechanical and electrical measuring instruments.
 * Participating in resolving non-standard situations occurring during the production of bulks.
 * Archiving samples required by the legislation.</t>
   </si>
   <si>
-    <t>* Realizar inspecciones de los indicadores químicos y microbiológicos de las materias primas, productos intermedios (masas) y productos terminados.
-[...8 lines deleted...]
-  <si>
     <t>Chemist</t>
-  </si>
-[...1 lines deleted...]
-    <t>Químico</t>
   </si>
   <si>
     <t>* Examining, measuring and recording chemical composition, density, acidity, particle size and form of a wide range of substances, compounds and materials.
 * Conducting experiments and tests by mixing two or more chemicals together.
 * Recording the findings.
 * Producing new products and improving sensory characteristics of existing products.
 * Controlling and coordinating activities of directly subordinate laboratory workers.</t>
-  </si>
-[...5 lines deleted...]
-* Controlar y coordinar las actividades de los trabajadores de laboratorio directamente subordinados.</t>
   </si>
   <si>
     <t>* Operating and monitoring machinery and equipment in the chemical production process.
 * Ensuring that all machines are functioning efficiently and safely.
 * Conducting routine maintenance and troubleshooting of equipment to prevent breakdowns.
 * Following safety protocols and adhering to industry regulations to maintain a safe working environment.
 * Measuring and mixing raw materials according to specified formulas and instructions.
 * Recording production data, including quantities produced and quality checks.
 * Collaborating with team members and supervisors to optimize production processes.
 * Performing quality control checks to ensure products meet established standards.
 * Keeping work area clean and organized, adhering to 5S principles.
 * Participating in training programs to enhance skills and knowledge related to machine operation and safety practices.
 * Reporting any issues or malfunctions to the maintenance team promptly.
 * Assisting in the implementation of continuous improvement initiatives to enhance operational efficiency.</t>
   </si>
   <si>
-    <t>* Operar y monitorear maquinaria y equipo en el proceso de producción química.
-[...22 lines deleted...]
-  <si>
     <t>Commerce</t>
-  </si>
-[...1 lines deleted...]
-    <t>Comercio</t>
   </si>
   <si>
     <t>* Responsibility for the sale and presentation of products or services of the company.
 * Market research and monitoring of competitive activities.
 * Reaching out to potential clients with business offers and creating new business contacts.
 * Providing guidance in selecting the appropriate solution according to defined, individual client requirements and needs.
 * Maintaining regular telephone and e-mail communication with clients.
 * Organising and conducting business meetings.
 * Submitting price offers and negotiating the final form of contract terms and conditions.
 * Responsibility for meeting defined business plans and targets.</t>
   </si>
   <si>
-    <t>* Responsabilidad por la venta y presentación de productos o servicios de la empresa.
-[...8 lines deleted...]
-  <si>
     <t>Betting Clerk</t>
-  </si>
-[...1 lines deleted...]
-    <t>Empleado de apuestas</t>
   </si>
   <si>
     <t>* Conducting betting transactions and managing cash handling procedures.
 * Assisting customers with placing bets and providing information on betting options.
 * Communicating effectively with clients to enhance customer experience and address inquiries.
 * Maintaining cleanliness and organization of the betting area and equipment.
 * Monitoring and reporting any irregularities or discrepancies in betting operations.
 * Ensuring compliance with relevant regulations and company policies.
 * Processing payments and managing cash registers accurately.
 * Providing support during promotional events and special betting occasions.
 * Collaborating with team members to achieve operational goals and improve service quality.
 * Keeping up-to-date with sports events and betting trends to inform clients.</t>
   </si>
   <si>
-    <t>* Realizar transacciones de apuestas y gestionar procedimientos de manejo de efectivo.
-[...10 lines deleted...]
-  <si>
     <t>Bookmaker</t>
-  </si>
-[...1 lines deleted...]
-    <t>Corredor de apuestas</t>
   </si>
   <si>
     <t>* Creating, announcing and suspending betting opportunities.
 * Editing the announced rates when necessary.</t>
-  </si>
-[...2 lines deleted...]
-* Editar las tarifas anunciadas cuando sea necesario.</t>
   </si>
   <si>
     <t>* Oversee the daily operations and overall performance of the branch, ensuring alignment with company goals and objectives.  
 * Develop and implement strategic plans to drive business growth, profitability, and customer satisfaction.  
 * Lead, mentor, and manage a team of employees, fostering a positive and productive work environment.  
 * Monitor financial performance, including budgeting, forecasting, and cost control, to achieve financial targets.  
 * Build and maintain strong relationships with clients, partners, and stakeholders to enhance the branch's reputation and market presence.  
 * Ensure compliance with company policies, industry regulations, and legal requirements.  
 * Analyze market trends and competitor activities to identify opportunities and risks.  
 * Represent the branch in meetings, negotiations, and community events to promote the organization.  
 * Manage operational challenges and resolve issues to maintain high service standards.  
 * Prepare and present regular reports on branch performance, progress, and challenges to senior management.</t>
   </si>
   <si>
-    <t>* Supervisar las operaciones diarias y el rendimiento general de la sucursal, garantizando la alineación con los objetivos y metas de la empresa.
-[...10 lines deleted...]
-  <si>
     <t>Business Analyst</t>
-  </si>
-[...1 lines deleted...]
-    <t>Analista empresarial</t>
   </si>
   <si>
     <t>* Gathering information about the market and analysing the needs of customers.
 * Reporting analysis results to your superior.
 * Defining the fields of prospective production and business activities on the basis of market research.
 * Evaluating the results of analyses, designing market segments, short-term and long-term plans.
 * Providing recommendations for the future strategy.</t>
   </si>
   <si>
-    <t>* Recopilar información sobre el mercado y analizar las necesidades de los clientes.
-[...5 lines deleted...]
-  <si>
     <t>Buying Agent</t>
-  </si>
-[...1 lines deleted...]
-    <t>Agente de compras</t>
   </si>
   <si>
     <t>* Responsibility for selecting, the composition, and the final price of ordered goods and services.
 * Monitoring the market, current trends, and competitors' activities.
 * Searching and contacting new suppliers, obtaining preliminary information on the quality, price, and possible delivered quantities.
 * Managing sales negotiations with potential suppliers, negotiation, and agreement on contractual terms and conditions.
 * Analysing price offers, concluding supplier contracts, and placing orders.
 * Preparing flyers and similar activities aimed at supporting sales.
 * Securing the settlement of claims.</t>
   </si>
   <si>
-    <t>* Responsabilidad en la selección, composición y precio final de los bienes y servicios solicitados.
-[...7 lines deleted...]
-  <si>
     <t>Car salesman</t>
-  </si>
-[...1 lines deleted...]
-    <t>Vendedor de coches</t>
   </si>
   <si>
     <t>* Engaging with customers to understand their automotive needs and preferences.
 * Demonstrating vehicle features and benefits to potential buyers.
 * Providing information on financing options, warranties, and after-sales services.
 * Building and maintaining relationships with customers to encourage repeat business.
 * Negotiating sales agreements and closing deals effectively.
 * Keeping up-to-date with industry trends, product knowledge, and market conditions.
 * Collaborating with the sales team to meet and exceed sales targets.
 * Conducting follow-up calls and emails to ensure customer satisfaction post-sale.
 * Maintaining accurate records of sales activities and customer interactions.
 * Participating in promotional events and marketing campaigns to attract new customers.
 * Ensuring compliance with company policies and legal regulations in all sales transactions.
 * Handling customer inquiries and resolving issues in a timely and professional manner.</t>
   </si>
   <si>
-    <t>* Interactuar con los clientes para comprender sus necesidades y preferencias automotrices.
-[...12 lines deleted...]
-  <si>
     <t>* Recording of shopping items in the cash register.
 * Cancellation of incorrectly charged items.
 * Checking the price and nature of charged items.
 * Accepting cash in domestic and foreign currency, meal tickets, shopping vouchers and payment cards; issuing cash for the purchase made.
 * Selling complementary goods in the vicinity of the cash desk.
 * Performing sensory control of received banknotes and vouchers, complying with internal guidelines and safety procedures.
 * Responsibility for the cash in the cash register, recounting and delivering of the daily receipts.
 * Maintaining a clean and tidy workplace.</t>
   </si>
   <si>
-    <t>* Registro de artículos de compra en la caja registradora.
-[...8 lines deleted...]
-  <si>
     <t>Complaints Department Clerk</t>
-  </si>
-[...1 lines deleted...]
-    <t>Empleado del departamento de reclamaciones</t>
   </si>
   <si>
     <t>* Handling complaints from customers to their general satisfaction.
 * Issuing goods under complaint to customers.
 * Carrying responsibility for goods returned by customers.
 * Informing customers about their complaint rights.
 * Communicating with suppliers.
 * Analysing causes of complaints.
 * Keeping records of complaints received and handled.</t>
   </si>
   <si>
-    <t>* Atender quejas de clientes hasta su satisfacción general.
-[...7 lines deleted...]
-  <si>
     <t>Customer Relationship Manager</t>
-  </si>
-[...1 lines deleted...]
-    <t>Gestor de relaciones con clientes</t>
   </si>
   <si>
     <t>* Leadership over the key account department.
 * Proactively leads the business’s strategic account planning processes and develops performance objectives, sales targets, and critical milestones for weekly/monthly/annual periods.
 * Leads the department in assessing, clarifying, and validating consumer needs on a regular basis.
 * Is accountable for the achievement of the department’s assigned targets for profitable sales volume and achievement of the business’s overall objectives
 * Develops and maintains healthy relationships with senior managers for all key accounts in order to guarantee their smooth execution.
 * Gathers data and information both from his own initiatives and from junior key account management compiling it, analyzing it, and creating formal reports and presentations that will be used collaboratively with senior key account management 
 * Formulation of decisions and strategies.</t>
   </si>
   <si>
-    <t>* Liderazgo sobre el departamento de cuentas clave.
-[...7 lines deleted...]
-  <si>
     <t>Deputy shop manager</t>
-  </si>
-[...1 lines deleted...]
-    <t>Subdirector de la tienda</t>
   </si>
   <si>
     <t xml:space="preserve">* Independently managing the store during the absence of the store manager. 
 * Leading and motivating colleagues.
 * Supporting and coordinating the personal development of colleagues. 
 * Organizing, accompanying and developing employees during their on-the-job training period, as well as during the performance of their day-to-day work. 
 * HR planning.
 * Responsibility for process optimization, for the analysis and planning of indicators and for checking documents. 
 * Preparation, implementation and management of stock-taking.
 * Responsibility for leading and organizing a specific work shift. 
 * Handling paperwork related to the operation of the store.
 * Ordering goods with the aim of ensuring their availability. 
 * Influencing both the visual appearance of the retail space and customer satisfaction. </t>
   </si>
   <si>
-    <t>* Gestionar de forma independiente la tienda durante la ausencia del gerente de la tienda.
-[...11 lines deleted...]
-  <si>
     <t>Distribution Clerk</t>
-  </si>
-[...1 lines deleted...]
-    <t>Empleado de distribución</t>
   </si>
   <si>
     <t>* Drawing up marketing schedules.
 * Ensuring contact with customers and keeping their records.
 * Monitoring marketing costs and prices.
 * Coordinating the marketing with other sections in the company.
 * Ensuring the marketing of products, services and goods to a company pursuant to the requirements of customers and the needs of the company.</t>
   </si>
   <si>
-    <t>* Elaborar calendarios de marketing.
-[...5 lines deleted...]
-  <si>
     <t>E-Commerce Manager</t>
-  </si>
-[...1 lines deleted...]
-    <t>Director de comercio electrónico</t>
   </si>
   <si>
     <t>* Managing the operation of one or more online stores.
 * Responsibility for meeting the defined business and marketing objectives.
 * Managing, leading, motivating, and evaluating subordinate employees.
 * Proposing new website functions.
 * Designing advertising campaigns to increase profits.
 * Evaluating the success of advertising campaigns.
 * Searching for new business partners.
 * Negotiating contractual terms and conditions with suppliers and business partners.</t>
   </si>
   <si>
-    <t>* Gestionar la operación de una o más tiendas en línea.
-[...8 lines deleted...]
-  <si>
     <t>E-Commerce Specialist</t>
-  </si>
-[...1 lines deleted...]
-    <t>Especialista en comercio electrónico</t>
   </si>
   <si>
     <t>* Monitoring and analysing the behaviour of visitors and customers of an online store.
 * Collecting comments regarding changes in the functionality and user interface.
 * Proposing changes to enhance the functionality and user interface to the superior.
 * Dealing with persons interested in using the services of the Internet store.</t>
   </si>
   <si>
-    <t>* Supervisión y análisis del comportamiento de visitantes y clientes de una tienda en línea.
-[...4 lines deleted...]
-  <si>
     <t>Expert Shop Assistant</t>
-  </si>
-[...1 lines deleted...]
-    <t>Vendedor experto</t>
   </si>
   <si>
     <t>* Contacting potential customers with the goal of offering and promoting selected goods and/or services.
 * Customer service and demonstrations of selected products.
 * Providing professional consulting services.
 * Collecting cash and non-cash payments.
 * Issuing receipts for purchased goods and warranty sheets.
 * Placing products on shelves and in other points of sale locations.
 * Responsibility for the proper marking of the prices and names of merchandise.
 * Securing merchandise against theft or damage.
 * Participating in regular inventory activities.
 * Maintaining cleanliness and order on the worksite.
 * Responsibility for the cash in the cash registers.</t>
   </si>
   <si>
-    <t>* Contactar con clientes potenciales con el objetivo de ofrecer y promocionar bienes y servicios seleccionados.
-[...11 lines deleted...]
-  <si>
     <t>Junior Sales Representative</t>
-  </si>
-[...1 lines deleted...]
-    <t>Representante de ventas junior</t>
   </si>
   <si>
     <t>* Responsibility for the presentation and sale of a selected range of products and services, or for the sales within the entrusted region.
 * Identifying potential customers on the basis of specified criteria.
 * Maintaining good relations with new and existing customers.
 * Identifying customers’ needs.
 * Responsibility for the fulfilment of personal sales plans.
 * Processing reports on sales results.</t>
   </si>
   <si>
-    <t>* Responsabilidad por la presentación y venta de una gama seleccionada de productos y servicios, o por las ventas dentro de la región encomendada.
-[...6 lines deleted...]
-  <si>
     <t>Key Account Manager</t>
-  </si>
-[...1 lines deleted...]
-    <t>Key account manager/gerente de cuentas clave</t>
   </si>
   <si>
     <t>* Building and maintaining business relationships with selected key clients.
 * Identification of potential key clients on the market and their progressive acquisition.
 * Participation in preparing sales plans.
 * Responsibility for meeting defined sales goals and financial results.
 * Monitoring the activities of competitors, the situation on the market, and the completion of market analysis.
 * Preparing and holding client presentations.
 * Representing and presenting the company at business meetings in line with corporate strategy.
 * Completing price calculations, negotiation of contractual terms and conditions.</t>
   </si>
   <si>
-    <t>* Establecer y mantener relaciones comerciales con clientes clave seleccionados.
-[...8 lines deleted...]
-  <si>
     <t>Kitchen Designer</t>
-  </si>
-[...1 lines deleted...]
-    <t>Diseñador de cocinas</t>
   </si>
   <si>
     <t>* Collaborating with clients to understand their kitchen design needs and preferences.
 * Creating functional and aesthetically pleasing kitchen layouts using design software.
 * Selecting appropriate materials, colors, and finishes for cabinetry, countertops, and appliances.
 * Providing clients with detailed product information and recommendations to enhance their kitchen experience.
 * Preparing and presenting design proposals, including 3D renderings and samples.
 * Ensuring compliance with safety and building regulations in kitchen designs.
 * Managing the project timeline from concept to installation, coordinating with contractors and suppliers.
 * Maintaining up-to-date knowledge of current trends in kitchen design and technology.
 * Building and nurturing relationships with clients to encourage repeat business and referrals.
 * Conducting follow-ups with clients post-installation to ensure satisfaction and address any concerns.
 * Assisting in the showroom by displaying products effectively and maintaining an inviting atmosphere.
 * Training and mentoring junior design staff in best practices and customer service techniques.</t>
   </si>
   <si>
-    <t>* Colaborar con los clientes para comprender sus necesidades y preferencias en cuanto al diseño de la cocina.
-[...12 lines deleted...]
-  <si>
     <t>Online shop administrator</t>
-  </si>
-[...1 lines deleted...]
-    <t>Administrador de la tienda online</t>
   </si>
   <si>
     <t>* Overseeing the daily operations of the online shop, ensuring a smooth customer experience.
 * Managing product listings, including adding new products, updating descriptions, and optimizing images.
 * Monitoring inventory levels and coordinating with suppliers to restock items as needed.
 * Processing customer orders and ensuring timely fulfillment and shipping.
 * Handling customer inquiries and resolving issues via email, chat, and phone in a professional manner.
 * Implementing promotional strategies and marketing campaigns to drive online sales.
 * Analyzing sales data and website traffic to identify trends and improve performance.
 * Collaborating with the marketing team to enhance the online presence of the shop.
 * Maintaining accurate records of sales, returns, and customer interactions.
 * Ensuring compliance with e-commerce regulations and standards for online sales.
 * Utilizing e-commerce platforms and software to streamline operations and improve efficiency.
 * Providing regular reports on performance metrics and suggesting improvements.
 * Assisting with the development and maintenance of the online shop’s user interface for optimal customer engagement.</t>
   </si>
   <si>
-    <t>* Supervisar las operaciones diarias de la tienda en línea, garantizando una experiencia suave para el cliente.
-[...13 lines deleted...]
-  <si>
     <t>* Creating business solutions, processes and business models.
 * Processing technical and price proposals.
 * Designing and implementing measures for development.
 * Promoting the sale of products with respect to technical and procedural aspects and relations with suppliers.
 * Managing the relative technical and commercial documentation.
 * Analysing market conditions, processing the results of market analysis, providing regular reports on the results and their presentation.
 * Cooperating with business and technical section of the company.
 * Representing the company in meetings with business partners and other entities.</t>
   </si>
   <si>
-    <t>* Crear soluciones empresariales, procesos y modelos de negocio.
-[...8 lines deleted...]
-  <si>
     <t>Promotional Assistant</t>
-  </si>
-[...1 lines deleted...]
-    <t>Asistente de promoción</t>
   </si>
   <si>
     <t>* Conducting daily product promotions, including events in shopping centers, sponsorships, and various activities such as music and sports events.
 * Engaging with potential customers to inform them about products and services.
 * Presenting and demonstrating products to enhance customer understanding and interest.
 * Collaborating with team members to strategize on effective promotional techniques and approaches.
 * Collecting feedback from customers to improve promotional strategies and product offerings.
 * Maintaining a professional appearance and demeanor while representing the brand at promotional events.
 * Assisting in the organization and execution of promotional events and campaigns.
 * Tracking and reporting on promotional activities and outcomes to management.
 * Building and maintaining relationships with customers and event organizers to foster brand loyalty.
 * Adhering to company policies and procedures while ensuring a positive customer experience.</t>
   </si>
   <si>
-    <t>* Realizar promociones de productos diarias, incluidos eventos en centros comerciales, patrocinios y diversas actividades como eventos musicales y deportivos.
-[...10 lines deleted...]
-  <si>
     <t>Retail Store Manager</t>
-  </si>
-[...1 lines deleted...]
-    <t>Gerente de tienda</t>
   </si>
   <si>
     <t>* Ensuring the smooth operation of a point of sale/shop.
 * Responsibility for sales results and for meeting defined financial plans.
 * Ordering goods and services depending on the balance of stocks and other circumstances. 
 * Hiring and training new staff.
 * Managing, motivating, and evaluating staff, developing their professional skills and abilities.
 * Completing a roster for work shifts, assigning work activities within the shop.
 * Supervising the quality of goods and services provided to customers.
 * Receiving complaints from customers, resolving claims pursuant to the valid legislation and internal regulations.
 * Collecting daily revenues and securing their proper turnover.
 * Performing regular, ongoing and spot inventories of goods in stock.
 * Managing all the required documentation and other materials for payroll purposes.</t>
   </si>
   <si>
-    <t>* Asegurar el funcionamiento fluido de un punto de venta/tienda.
-[...11 lines deleted...]
-  <si>
     <t>Sales Consultant</t>
-  </si>
-[...1 lines deleted...]
-    <t>Asesor de ventas</t>
   </si>
   <si>
     <t>* Answering customers' questions about products, prices, availability, product and service uses.
 * Analyzing market conditions in order to determine optimum service to clients.
 * Reading corporate reports and calculating ratios to determine the best prospects for profit.
 * Negotiating details of contracts and payments, preparing sales contracts and order forms.
 * Preparing drawings, estimates and bids that meet specific customer needs.
 * Recommending products to customers based on customers' needs and interests.
 * Assisting and advising customers in choosing services.</t>
   </si>
   <si>
-    <t>* Responder a las preguntas de los clientes sobre productos, precios, disponibilidad y usos de productos y servicios.
-[...7 lines deleted...]
-  <si>
     <t>Sales coordinator</t>
-  </si>
-[...1 lines deleted...]
-    <t>Coordinador de ventas</t>
   </si>
   <si>
     <t>* Co-ordination of the sales team by managing plans, storing important documents and communicating relevant information.
 * Ensuring the adequacy of equipment or materials related to sales.
 * Responding to customers' complaints and providing post-sales support on demand.
 * Monitoring financial data and sales team goals and co-ordinating the activity of sales people.
 * Communicating with partners with the goal of maintaining existing and creating new business relationships.</t>
   </si>
   <si>
-    <t>* Coordinación del equipo de ventas mediante la gestión de planes, el almacenamiento de documentos importantes y la comunicación de información relevante.
-[...5 lines deleted...]
-  <si>
     <t>Sales Engineer</t>
-  </si>
-[...1 lines deleted...]
-    <t>Ingeniero de ventas</t>
   </si>
   <si>
     <t>* Establishing new, and maintaining existing, long-term relationships with customers.
 * Providing pre-sales technical assistance and product education.
 * Making technical presentations and demonstrating how a product meets client needs.
 * Handling technical documentation, preparation of required technical information on products and systems, help with the preparation of contracts from the technical point of view.
 * Managing and interpreting customer requirements.
 * Negotiating tender and closing sales by agreeing terms and conditions.
 * Meeting regular sales targets and coordinating sales projects.
 * Liaising with other members of the sales team and other technical experts.
 * Providing training and producing support material for other members of the sales team.
 * Offering after-sales support services.
 * Helping with the design of custom-made products.</t>
   </si>
   <si>
-    <t>* Establecer nuevas relaciones a largo plazo con clientes y mantener las existentes.
-[...11 lines deleted...]
-  <si>
     <t>Sales Object Manager</t>
-  </si>
-[...1 lines deleted...]
-    <t>Gerente comercial</t>
   </si>
   <si>
     <t>* Overseeing daily operations of the sales facility to ensure a high level of customer satisfaction.
 * Leading and motivating the sales team to achieve sales targets and improve performance.
 * Developing and implementing sales strategies to maximize revenue and market share.
 * Analyzing sales data and market trends to identify opportunities for growth.
 * Coordinating with marketing teams to align promotional activities and campaigns with sales objectives.
 * Managing inventory levels, ensuring product availability, and overseeing stock replenishment.
 * Training and mentoring sales staff on product knowledge, sales techniques, and customer service best practices.
 * Establishing and maintaining relationships with key clients and stakeholders to enhance business partnerships.
 * Conducting regular performance evaluations and providing constructive feedback to team members.
 * Preparing and presenting sales reports to upper management, highlighting achievements and areas for improvement.
 * Ensuring compliance with company policies and procedures, as well as legal regulations.
 * Handling customer inquiries and resolving issues in a timely and professional manner.</t>
   </si>
   <si>
-    <t>* Supervisar las operaciones diarias de la instalación de ventas para garantizar un alto nivel de satisfacción del cliente.
-[...12 lines deleted...]
-  <si>
     <t>Sales Officer</t>
-  </si>
-[...1 lines deleted...]
-    <t>Oficial de ventas</t>
   </si>
   <si>
     <t>* Communication with the company's suppliers and customers in mother and foreign languages.
 * Completion of price offers based on customer requirements.
 * Administration of created and cancelled orders.
 * Entering information into the computer system.
 * Preparing the materials used for accounting.</t>
   </si>
   <si>
-    <t>* Comunicación con los proveedores y clientes de la empresa en idioma materno y extranjeros.
-[...5 lines deleted...]
-  <si>
     <t>Sales Representative</t>
-  </si>
-[...1 lines deleted...]
-    <t>Representante comercial</t>
   </si>
   <si>
     <t>* Looking for potential clients within an assigned region.
 * Presenting and promoting goods or services.
 * Monitoring the stock levels of goods at different locations and accepting orders.
 * Providing professional advice to customers and resolving claims.
 * Performing supporting marketing activities at facilities.
 * Monitoring the market, current trends, and competitors' activities.
 * Responsibility for the fulfilment of a personal sales plan.
 * Reporting sales results to a direct superior.</t>
   </si>
   <si>
-    <t>* Buscar clientes potenciales dentro de una región asignada.
-[...8 lines deleted...]
-  <si>
     <t>Seller / Cashier</t>
-  </si>
-[...1 lines deleted...]
-    <t>Vendedor/cajero</t>
   </si>
   <si>
     <t>* Assisting customers with product selection and inquiries.
 * Processing sales transactions accurately and efficiently.
 * Handling cash, credit, and debit transactions while ensuring compliance with company policies.
 * Maintaining a clean and organized checkout area.
 * Providing exceptional customer service to enhance the shopping experience.
 * Managing inventory by restocking shelves and ensuring product availability.
 * Addressing customer complaints and resolving issues in a professional manner.
 * Ensuring compliance with health and safety regulations.
 * Collaborating with team members to achieve sales targets and promote store promotions.
 * Keeping up-to-date with product knowledge and store policies to assist customers effectively.
 * Performing daily cash reconciliations and reporting discrepancies to management.
 * Assisting in the training of new staff members as needed.
 * Participating in store meetings and contributing to team efforts to improve service and sales.</t>
   </si>
   <si>
-    <t>* Asistir a los clientes en la selección de productos y consultas.
-[...13 lines deleted...]
-  <si>
     <t>Senior Sales Representative</t>
-  </si>
-[...1 lines deleted...]
-    <t>Representante de ventas senior</t>
   </si>
   <si>
     <t>* Responsibility for a professional presentation and the sale of products to key customers within the entrusted region.
 * Responsibility for increasing the sales of goods and services within the entrusted region.
 * Identifying potential customers on the basis of specified criteria.
 * Maintaining a privileged relationship with key customers.
 * Identifying and analysing customer needs.
 * Responsibility for the fulfilment of personal sales plans.
 * Selecting, training, coordinating, motivating, and evaluating subordinate sales representatives.
 * Processing and analysing reports on the sales results.</t>
   </si>
   <si>
-    <t>* Responsabilidad de presentar los productos de manera profesional y venderlos a los clientes clave dentro de la región asignada.
-[...8 lines deleted...]
-  <si>
     <t>Shelf Stacker/Merchandiser</t>
-  </si>
-[...1 lines deleted...]
-    <t>Mercaderista</t>
   </si>
   <si>
     <t>* Placing products on shelves and in secondary points of sale locations.
 * Checking the state and quantity of goods on the shelves in the store and in the warehouse.
 * Repositioning and arranging goods at points of sale to increase their marketability.
 * Checking the expiry dates, removing expired goods from shelves.
 * Verifying prices of displayed goods, competitive price monitoring.</t>
   </si>
   <si>
-    <t>* Colocar productos en estantes y en ubicaciones secundarias de puntos de venta.
-[...5 lines deleted...]
-  <si>
     <t>Shop Assistant</t>
-  </si>
-[...1 lines deleted...]
-    <t>Vendedor</t>
   </si>
   <si>
     <t>* Addressing potential customers with the goal of offering and promoting the sale of merchandise and/or services.
 * Customer service and demonstrating selected products.
 * Collecting cash and non-cash payments.
 * Issuing receipts for purchased goods and warranty sheets.
 * Placing products on shelves and in other points of sale locations.
 * Responsibility for the proper marking of the price and name of the merchandise.
 * Securing merchandise against theft or damage.
 * Participating in regular inventory activities.
 * Maintaining cleanliness and order on the worksite.
 * Responsibility for the cash in the cash registers.</t>
   </si>
   <si>
-    <t>* Atender a clientes potenciales con el objetivo de ofrecer y promocionar la venta de mercaderías y/o servicios.
-[...10 lines deleted...]
-  <si>
     <t>Shop Window Decorator</t>
-  </si>
-[...1 lines deleted...]
-    <t>Decorador de escaparates</t>
   </si>
   <si>
     <t>* Designing and creating conceptual sketches for the final appearance of shop windows or stands.
 * Developing detailed color sketches and models that illustrate the final layout with all elements included.
 * Crafting accompanying texts and product information, processing them either digitally or manually.
 * Designing promotional materials such as flyers, posters, advertisements, banners, sales catalogs, and packaging.
 * Preparing financial plans relevant to the area of work and sourcing competitive offers for executing related tasks.
 * Overseeing the implementation of projects to ensure alignment with the initial creative concepts.
 * Collaborating with marketing and sales teams to ensure consistency in branding and messaging across displays.
 * Staying updated on current design trends and retail strategies to enhance visual merchandising.
 * Ensuring that all displays are visually appealing and effectively showcase products to attract customers.
 * Managing time efficiently to meet deadlines and maintain high standards of quality in all design work.</t>
   </si>
   <si>
-    <t>* Diseñar y crear bocetos conceptuales para la apariencia final de escaparates o stands.
-[...10 lines deleted...]
-  <si>
     <t>Store Department Manager</t>
-  </si>
-[...1 lines deleted...]
-    <t>Gerente de grandes almacenes</t>
   </si>
   <si>
     <t>* Organising work activities and assigning tasks within the entrusted shop department.
 * Leading and motivating a team of employees. 
 * Securing the timely and proper unloading and pricing of goods.
 * Stock level monitoring.
 * Communicating with suppliers and stocks of goods ordering.
 * Completing analyses of sales in the entrusted department.
 * Proposing marketing activities focusing on promotion.
 * Receiving complaints from customers and resolving claims.</t>
   </si>
   <si>
-    <t>* Organización de las actividades laborales y asignación de tareas dentro del departamento de tienda encomendado.
-[...8 lines deleted...]
-  <si>
     <t>Telemarketer</t>
-  </si>
-[...1 lines deleted...]
-    <t>Teleoperador</t>
   </si>
   <si>
     <t>* Presenting portfolios of products and services to customers via phone.
 * Active contacting of clients via phone.
 * Acquiring new customers, building and maintaining existing business relationships.
 * Providing telephone advice for potential and existing clients.
 * Supporting the business activities of the company.</t>
   </si>
   <si>
-    <t>* Presentar carteras de productos y servicios a clientes vía telefónica.
-[...5 lines deleted...]
-  <si>
     <t>Visual merchandiser</t>
-  </si>
-[...1 lines deleted...]
-    <t>Comercializador visual</t>
   </si>
   <si>
     <t>* Developing and implementing visual merchandising strategies to enhance the shopping experience and drive sales.
 * Collaborating with the marketing team to create visually appealing displays that align with brand identity and seasonal promotions.
 * Analyzing customer behavior and sales data to optimize product placement and presentation within the store.
 * Designing and constructing in-store displays, signage, and promotional materials to attract customer attention and encourage purchases.
 * Conducting regular store visits to assess the effectiveness of visual merchandising efforts and make necessary adjustments.
 * Training and guiding store staff on visual merchandising standards and best practices to ensure consistency across locations.
 * Maintaining an organized inventory of visual merchandising materials and coordinating the procurement of necessary supplies.
 * Staying updated on industry trends and competitor activities to continually innovate and enhance visual merchandising strategies.
 * Collaborating with cross-functional teams, including product development and sales, to ensure cohesive branding and messaging.
 * Monitoring and reporting on the performance of visual merchandising initiatives, providing insights and recommendations for improvement.</t>
   </si>
   <si>
-    <t>* Desarrollar e implementar estrategias de merchandising visual para mejorar la experiencia de compra y aumentar las ventas.
-[...10 lines deleted...]
-  <si>
     <t>Construction &amp; Real Estate</t>
   </si>
   <si>
-    <t>Construcción e inmobiliaria</t>
-[...1 lines deleted...]
-  <si>
     <t>Architect</t>
-  </si>
-[...1 lines deleted...]
-    <t>Arquitecto</t>
   </si>
   <si>
     <t>* Preparing construction plans for public works, investment plans, architectural and urban studies, local plan surveys, and analyses.
 *Developing architectural designs and documentation concerning the placement of constructions and their alternations, project documentation of constructions and their alternations, including their interior as well as exterior, reconstruction and modernisation of buildings and restoration of architectural monuments.
 * Project management and coordination of subprojects developed by engineers, landscapers, and other specialists as well as professional author's supervision regarding the construction work in accordance with the approved project documentation and construction supervision.
 * Architectural works in graphic and model form, including the development of specifications and technical documentation.
 * Providing architectural guidance to investors and real estate owners and investor representation during the preparation and provision of construction works.
 * Preparing expert opinions and estimates.</t>
   </si>
   <si>
-    <t>* Preparación de planes de construcción para obras públicas, planes de inversión, estudios arquitectónicos y urbanísticos, estudios de planificación local, y análisis.
-[...6 lines deleted...]
-  <si>
     <t>Bidding engineer</t>
-  </si>
-[...1 lines deleted...]
-    <t>Ingeniero de licitaciones</t>
   </si>
   <si>
     <t>* Preparing and submitting competitive bids for construction projects.
 * Analyzing project requirements and specifications to determine bid scope.
 * Collaborating with project managers, engineers, and other stakeholders to gather necessary information.
 * Conducting cost analysis and estimating project expenses to create accurate bid proposals.
 * Researching and identifying potential subcontractors and suppliers for project needs.
 * Ensuring compliance with legal and regulatory requirements in bid submissions.
 * Presenting bids to clients and addressing any inquiries or concerns.
 * Maintaining records of bids submitted and outcomes for future reference.
 * Monitoring industry trends and competitor activities to enhance bidding strategies.
 * Participating in negotiations with clients and stakeholders to secure contracts.
 * Assisting in the development of project schedules and resource allocation.
 * Providing support during the project execution phase to ensure adherence to bid specifications.
 * Contributing to the continuous improvement of bidding processes and methodologies.
 * Attending industry conferences and networking events to promote the company and gather insights.</t>
   </si>
   <si>
-    <t>* Preparación y presentación de ofertas competitivas para proyectos de construcción.
-[...14 lines deleted...]
-  <si>
     <t>Bricklayer</t>
-  </si>
-[...1 lines deleted...]
-    <t>Albañil</t>
   </si>
   <si>
     <t>* Reading technical and project documentation.
 * Preparing mortar, cement, skim coats, and plasters.
 * Cutting bricks to the required shapes and sizes.
 * Work on bearing, dividing, and non-bearing walls, columns, arches, chimneys, and fireplaces.
 * Checking walls for levelness using a bricklayer straightedge with a bubble level.
 * Insulating building facades, insulation against groundwater and noise.
 * Completing and repairing outdoor and indoor plaster work.
 * Setting up and taking down bricklayer scaffolding.</t>
   </si>
   <si>
-    <t>* Lectura de documentación técnica y de proyecto.
-[...8 lines deleted...]
-  <si>
     <t>Building Control Surveyor</t>
-  </si>
-[...1 lines deleted...]
-    <t>Inspector de construcción y edificios</t>
   </si>
   <si>
     <t>* Monitoring the method and process of completing construction projects in accordance with occupational health and safety standards.
 * Responsibility for proper installation and operation of technical equipment on the construction site.
 * Responsibility for professional storage and suitability of construction products, materials, machinery and equipment.
 * Supervising the daily management of the building journal.
 * Ensuring the compliance of the spatial position with the construction documentation as well as compliance with general technical requirements for construction.
 * Shared responsibility for the compliance with the conditions of decisions issued for the construction of the building.
 * Ensuring the elimination of identified deficiencies, informing the building authority in case of defects that cannot be removed in the course of construction supervision.</t>
   </si>
   <si>
-    <t>* Supervisión del método y proceso de realización de proyectos de construcción de acuerdo con las normas de salud y seguridad ocupacional.
-[...7 lines deleted...]
-  <si>
     <t>Building Technician</t>
-  </si>
-[...1 lines deleted...]
-    <t>Técnico de construcción</t>
   </si>
   <si>
     <t>* Coordinating and managing activities concerning repairs and maintenance of objects and devices
 * Securing data to develop budgets and calculation
 * Communication with customers, dealing with complaints and technical problems
 * Troubleshooting</t>
   </si>
   <si>
-    <t>* Coordinar y gestionar actividades relacionadas con las reparaciones y el mantenimiento de objetos y dispositivos
-[...4 lines deleted...]
-  <si>
     <t>CAD Specialist</t>
-  </si>
-[...1 lines deleted...]
-    <t>Especialista en CAD</t>
   </si>
   <si>
     <t>* Preparing detailed drawings and plans using CAD software for construction and real estate projects.
 * Collaborating with architects, engineers, and project managers to understand project requirements and specifications.
 * Ensuring accuracy and compliance with industry standards and regulations in all CAD designs.
 * Modifying existing designs based on feedback from team members or clients.
 * Creating 3D models and visualizations to aid in project presentations and stakeholder discussions.
 * Conducting regular quality checks on drawings and models to maintain high standards of precision.
 * Maintaining organized digital files and documentation of all CAD work for easy retrieval and reference.
 * Assisting in the preparation of project proposals and cost estimates through detailed drawings.
 * Staying updated with the latest CAD technologies and software advancements to improve efficiency.
 * Providing technical support and guidance to team members on CAD-related issues.</t>
   </si>
   <si>
-    <t>* Preparación de dibujos y planos detallados utilizando software de CAD para proyectos de construcción y bienes raíces.
-[...10 lines deleted...]
-  <si>
     <t>Carpenter</t>
-  </si>
-[...1 lines deleted...]
-    <t>Carpintero</t>
   </si>
   <si>
     <t>* Fabricating, altering, repairing, building and assembling the formwork, foundations, lintels, pillars and ceilings.
 * Cutting and shaping wood parts.
 * Establishment of structures and carpentry constructions according to planimetric and as-built drawings.
 * Fulfilling the tasks involved in the establishment of structures.</t>
   </si>
   <si>
-    <t>* Fabricar, alterar, reparar, construir y montar encofrados, cimientos, dinteles, pilares y techos.
-[...4 lines deleted...]
-  <si>
     <t>Civil Engineer</t>
-  </si>
-[...1 lines deleted...]
-    <t>Ingeniero civil</t>
   </si>
   <si>
     <t>* Completing preparatory, technical, project and other construction and construction-technical documentation for the authorisation of constructions, their alterations, and maintenance work.
 * Completing partial documentation for territorial plans.
 * Completing documentation for the assessment of the impact of construction work on the environment.
 * Providing the technical and economic consulting services (expert opinions, surveys, estimates, etc.).
 * Performing construction measurements and construction diagnostics.
 * Providing professional author's supervision regarding the construction work in accordance with the approved project documentation.
 * Representation investor during the preparation and provision of construction works.</t>
   </si>
   <si>
-    <t>* Elaborar la documentación preparatoria, técnica, de proyectos y otra documentación de construcción y técnico-constructiva para la autorización de construcciones, sus modificaciones y trabajos de mantenimiento.
-[...7 lines deleted...]
-  <si>
     <t>Construction Manager</t>
-  </si>
-[...1 lines deleted...]
-    <t>Director de obra</t>
   </si>
   <si>
     <t>* Coordinating and organising the staff according to the site manager’s instructions.
 * Monitoring the construction processes and procedures while maintaining safety and health at work.
 * Supervising the performance of construction works in accordance with the work schedule.
 * Performing the activities according to construction documentation and their recording in the site diary.
 * Responsibility for the proper management of the company’s wealth.</t>
   </si>
   <si>
-    <t>* Coordinar y organizar al personal según las instrucciones del gerente de obra.
-[...5 lines deleted...]
-  <si>
     <t>Construction Plant Operator</t>
-  </si>
-[...1 lines deleted...]
-    <t>Operador de planta de construcción</t>
   </si>
   <si>
     <t>* Operating various construction machines, such as excavators, loaders, rollers, or bulldozers. The task is to accurately and safely operate these machines during various construction works, such as digging foundations, demolishing buildings, or leveling terrain.
 * Regularly checking the condition of machines and performing their basic maintenance. Ensuring that machines are in good technical condition and ready for use, which helps prevent breakdowns and unnecessary downtime on the construction site.
 * Strictly adhering to all safety measures when working with construction machines. This includes the proper use of protective equipment and respecting safety rules on the construction site.
 * Close cooperation with other workers on the construction site, including site managers and technicians. Ensuring that work is coordinated and proceeds according to plan, which requires constant communication and collaboration.
 * Using construction machines to perform various specific tasks, such as digging, moving materials, or modifying terrain. Each task requires precise machine operation and strict adherence to the assignment.</t>
   </si>
   <si>
-    <t>- opera y utiliza máquinas y electrodomésticos de trabajo en obra</t>
-[...1 lines deleted...]
-  <si>
     <t>Construction worker</t>
-  </si>
-[...1 lines deleted...]
-    <t>Trabajador de la construcción</t>
   </si>
   <si>
     <t>* Assisting in the construction and maintenance of buildings and infrastructure.
 * Performing tasks such as digging, loading, and unloading materials.
 * Operating hand and power tools safely and effectively.
 * Following blueprints and building plans to meet project specifications.
 * Collaborating with other construction workers and tradespeople to complete projects on time.
 * Ensuring job site cleanliness and organization to promote safety and efficiency.
 * Assisting in the installation of structural components, including walls, floors, and roofs.
 * Conducting quality checks on materials and workmanship to ensure compliance with standards.
 * Reporting any issues or concerns to supervisors promptly.
 * Adhering to all safety regulations and protocols to minimize risk of accidents.
 * Participating in training sessions to enhance skills and knowledge in construction practices.
 * Maintaining a positive and cooperative attitude while working in a team environment.
 * Performing additional duties as assigned by supervisors or project managers.</t>
   </si>
   <si>
-    <t>* Ayudar en la construcción y mantenimiento de edificios e infraestructuras.
-[...13 lines deleted...]
-  <si>
     <t>Crane Operator</t>
-  </si>
-[...1 lines deleted...]
-    <t>Operador de grúa</t>
   </si>
   <si>
     <t>* Operating and monitoring mobile and tower cranes.
 * Lifting, lowering and moving heavy and oversized material with a crane arm.
 * Keeping records of the crane operation.
 * Checking the operability of the allocated crane.
 * Adhering to the principles of OSH.</t>
   </si>
   <si>
-    <t>* Operar y supervisar grúas móviles y torre.
-[...5 lines deleted...]
-  <si>
     <t>* Creating 3D models of machines, devices and equipment using specialized design software.
 * Elaboration of drawing documentation.
 * Communication with the production department, suppliers, etc.</t>
   </si>
   <si>
-    <t>* Creación de modelos 3D de máquinas, dispositivos y equipos utilizando software de diseño especializado.
-[...3 lines deleted...]
-  <si>
     <t>Design Technician</t>
-  </si>
-[...1 lines deleted...]
-    <t>Técnico de diseño</t>
   </si>
   <si>
     <t>* Design work for aboveground and underground transportation structures, utility networks, electrical installation, heating systems, gas installation, hygienic equipment, HVAC equipment, camera systems, fire protection systems, etc.
 * Completing all levels of project documentation including all drawings and other attachments.
 * Proposal of alternative solutions.
 * Communication with investors and incorporating their requirements into a project.
 * Notifying investors as to the potential drawbacks or risks connected to project execution.</t>
   </si>
   <si>
-    <t>* Diseñar obras para estructuras de transporte aéreas y subterráneas, redes de servicios públicos, instalaciones eléctricas, sistemas de calefacción, instalaciones de gas, equipos higiénicos, equipos de climatización, sistemas de cámaras, sistemas de protección contra incendios, etc.
-[...5 lines deleted...]
-  <si>
     <t>Estate Agent</t>
-  </si>
-[...1 lines deleted...]
-    <t>Agente inmobiliario</t>
   </si>
   <si>
     <t>* Arranging for the purchase, sale and rental of real estate.
 * Searching for properties matching the requirements of the client.
 * Publication of advertisements in the media.
 * Conducting sightings of properties, preparing photographic documentation of the interior and exterior.
 * Presentation of selected properties to the clients.
 * Preparing administrative documents for the closure of the business case.
 * Managing and updating real estate portfolio and client database.</t>
   </si>
   <si>
-    <t>* Organizar la compra, venta y alquiler de bienes inmuebles.
-[...7 lines deleted...]
-  <si>
     <t>Finishing works in constructions</t>
-  </si>
-[...1 lines deleted...]
-    <t>Inspector de obra</t>
   </si>
   <si>
     <t>* Executing finishing works in construction projects, ensuring high-quality standards and attention to detail.
 * Installing various materials such as drywall, plaster, paint, and flooring to complete interior and exterior surfaces.
 * Collaborating with architects, contractors, and other construction professionals to meet project specifications and timelines.
 * Conducting inspections of completed work to ensure compliance with safety regulations and building codes.
 * Preparing surfaces for finishing by cleaning, sanding, and applying necessary treatments.
 * Utilizing a variety of tools and equipment, including hand tools and power tools, to perform tasks efficiently and safely.
 * Maintaining a clean and organized work environment to promote safety and productivity.
 * Troubleshooting and resolving issues that arise during the finishing process.
 * Keeping accurate records of work performed and materials used for project tracking and reporting.
 * Adhering to project schedules and communicating effectively with team members to ensure timely completion of tasks.</t>
   </si>
   <si>
-    <t>* Ejecutar trabajos de acabado en proyectos de construcción, garantizando estándares de alta calidad y atención al detalle.
-[...10 lines deleted...]
-  <si>
     <t>Fitter/Assembler</t>
-  </si>
-[...1 lines deleted...]
-    <t>Instalador/montador</t>
   </si>
   <si>
     <t>* Dismantling original window and door panels, sills, garage doors, shading systems, plaster boards, formwork, etc.
 * Mounting and securing window and door panels, sills, garage doors, shading systems, plaster boards, formwork, etc.
 * Providing repairs, warranties, and after-sales service.</t>
   </si>
   <si>
-    <t>* Desmontar paneles de ventanas y puertas originales, alféizares, puertas de garaje, sistemas de sombreado, placas de yeso, encofrados, etc.
-[...3 lines deleted...]
-  <si>
     <t>Floor Layer, Paver</t>
-  </si>
-[...1 lines deleted...]
-    <t>Instalador de suelos/instalador de pavimentos</t>
   </si>
   <si>
     <t>* Assessing the degree of unevenness of floors with a spirit level.
 * Eliminating the identified unevenness using a levelling screed.
 * Cutting and sawing wood flooring, laminate flooring and tiles to the required dimensions.
 * Placing wood flooring, laminate flooring and tiles.
 * Sanding, staining and varnishing wood parquet.</t>
   </si>
   <si>
-    <t>* Evaluar el grado de desnivel de los suelos con un nivel de burbuja.
-[...5 lines deleted...]
-  <si>
     <t>Geologist</t>
-  </si>
-[...1 lines deleted...]
-    <t>Geólogo</t>
   </si>
   <si>
     <t xml:space="preserve">* geological research
 * description of geological territories
 * drawing up professional assessments
 * supervision over the geological work
 * examining the rock structure
 * examining the geomagnetic fields
 * counselling at mining operations and boreholes
 * administration – documents and reports 
 </t>
   </si>
   <si>
-    <t>* Investigación geológica
-[...8 lines deleted...]
-  <si>
     <t>Geotechnical investigator</t>
-  </si>
-[...1 lines deleted...]
-    <t>Investigador geotécnico</t>
   </si>
   <si>
     <t>* Conducting geotechnical investigations to assess soil and rock properties for construction projects.
 * Performing field measurements and tests to gather data on soil conditions, including sampling and laboratory analysis.
 * Preparing detailed reports on geotechnical findings and recommendations for construction practices.
 * Collaborating with engineers and architects to provide insights on site suitability and foundation design.
 * Monitoring construction sites to ensure compliance with geotechnical specifications and safety standards.
 * Assisting in the design and implementation of soil stabilization and excavation techniques.
 * Documenting and maintaining accurate records of geotechnical data and project progress.
 * Participating in the planning and execution of projects involving roadways, tunnels, high-rise buildings, and industrial structures.
 * Engaging in the assessment of land deformation and structural movement during construction activities.
 * Utilizing advanced geotechnical software and tools to analyze data and support project development.</t>
   </si>
   <si>
-    <t>* Realizar investigaciones geotécnicas para evaluar las propiedades del suelo y la roca para proyectos de construcción.
-[...10 lines deleted...]
-  <si>
     <t>Industrial Climber</t>
-  </si>
-[...1 lines deleted...]
-    <t>Escalador industrial</t>
   </si>
   <si>
     <t>* Perform tasks in accordance with industry standards and safety regulations using alpine techniques.
 * Conduct site assessments to evaluate conditions and prepare detailed work plans.
 * Execute tasks while secured in place, ensuring adherence to safety protocols.
 * Carry out lifting and movement operations, taking into account anticipated loads and stress factors.
 * Establish and dismantle necessary pathways for movement during operations.
 * Ensure the work area is left clean and safe after the completion of tasks.
 * Collaborate with team members to ensure efficient workflow and communication on-site.
 * Maintain and inspect equipment regularly to ensure optimal performance and safety.
 * Adhere to project timelines and deliver quality work within specified deadlines.
 * Participate in training and development programs to enhance skills and knowledge in industrial climbing techniques.</t>
   </si>
   <si>
-    <t>* Realizar tareas de acuerdo con los estándares industriales y las regulaciones de seguridad utilizando técnicas alpinas.
-[...10 lines deleted...]
-  <si>
     <t>Interior Designer</t>
-  </si>
-[...1 lines deleted...]
-    <t>Diseñador de interiores</t>
   </si>
   <si>
     <t>* Performing project activities, drafting project documentation for interiors and for housing reconstruction.
 * Graphic processing of proposed solutions for interiors, including the drafting of specifications and technical documentation.
 * Providing architectural guidance to investors and property owners.</t>
   </si>
   <si>
-    <t>* Realizar actividades de proyectos, redactar documentación de proyectos para interiores y reconstrucción de viviendas.
-[...3 lines deleted...]
-  <si>
     <t>Ironworker</t>
-  </si>
-[...1 lines deleted...]
-    <t>Cerrajero</t>
   </si>
   <si>
     <t>* Hand-cutting thin-walled sections.
 * Joining parts by screwing.
 * Mounting steel formworks and locksmith products.
 * Operating and mounting means of mechanisation.
 * Operating elevators, concrete mixers, etc.
 * Dismantling equipment.</t>
   </si>
   <si>
-    <t>* Corte manual de secciones de pared delgada.
-[...6 lines deleted...]
-  <si>
     <t>Junior Architect</t>
-  </si>
-[...1 lines deleted...]
-    <t>Arquitecto junior</t>
   </si>
   <si>
     <t>* Assisting in the design and planning of architectural projects under the supervision of senior architects.
 * Preparing detailed drawings and specifications using computer-aided design (CAD) software.
 * Conducting site visits to gather information and assess project requirements.
 * Collaborating with project teams to ensure designs meet client needs and comply with regulations.
 * Participating in project meetings and presenting design ideas to clients and stakeholders.
 * Researching building materials, construction methods, and sustainability practices.
 * Preparing project documentation and reports to support project development and execution.
 * Assisting in the preparation of cost estimates and project schedules.
 * Contributing to the development of design concepts and presentations.
 * Staying updated on industry trends, building codes, and technological advancements in architecture.
 * Supporting senior architects in managing project timelines and deliverables.
 * Engaging in continuous professional development to enhance architectural skills and knowledge.</t>
   </si>
   <si>
-    <t>* Colaborar en el diseño y planificación de proyectos arquitectónicos bajo la supervisión de arquitectos senior.
-[...12 lines deleted...]
-  <si>
     <t>Land Surveyor/Geodesist</t>
-  </si>
-[...1 lines deleted...]
-    <t>Topógrafo/geodesta</t>
   </si>
   <si>
     <t>* Developing the plat maps.
 * Staking the land.
 * Planimetric and altimetric measurements.
 * Construction measurements before and after completion.</t>
   </si>
   <si>
-    <t>* Desarrollo de mapas de planos.
-[...4 lines deleted...]
-  <si>
     <t>Landscape Architect</t>
-  </si>
-[...1 lines deleted...]
-    <t>Arquitecto paisajista</t>
   </si>
   <si>
     <t>* Designing and planning landscape projects that enhance the aesthetic and functional value of outdoor spaces.
 * Collaborating with clients to understand their vision, requirements, and budget for landscape designs.
 * Conducting site analyses and assessments to determine the best design solutions based on environmental factors and site conditions.
 * Creating detailed landscape plans, including planting designs, hardscape layouts, and irrigation systems.
 * Selecting appropriate plants, materials, and construction techniques to ensure sustainability and compliance with local regulations.
 * Coordinating with engineers, architects, and contractors to ensure seamless integration of landscape designs with other project elements.
 * Overseeing the implementation of landscape projects, ensuring quality control and adherence to design specifications.
 * Preparing cost estimates and project timelines, and managing budgets throughout the project lifecycle.
 * Staying updated on industry trends, new technologies, and sustainable practices in landscape architecture.
 * Presenting design proposals to clients and stakeholders, incorporating feedback to refine and finalize plans.</t>
   </si>
   <si>
-    <t>* Diseñar y planificar proyectos de paisajismo que mejoran el valor estético y funcional de los espacios al aire libre.
-[...10 lines deleted...]
-  <si>
     <t>Machine Operator, Machinist</t>
-  </si>
-[...1 lines deleted...]
-    <t>Maquinista</t>
   </si>
   <si>
     <t>* Operating and maintaining various types of machinery used in construction and manufacturing processes.
 * Setting up machines for production runs and ensuring they are functioning correctly.
 * Monitoring machine operations to ensure quality standards are met and making adjustments as necessary.
 * Performing routine maintenance and troubleshooting on machinery to minimize downtime.
 * Following safety protocols and regulations to ensure a safe working environment.
 * Collaborating with team members and supervisors to achieve production goals and improve processes.
 * Keeping accurate records of machine performance, maintenance, and production output.
 * Assisting in training new operators on equipment and safety procedures.
 * Conducting quality checks on finished products to ensure compliance with specifications.
 * Reporting any equipment malfunctions or safety concerns to management promptly.
 * Adhering to company policies and procedures regarding equipment operation and workplace safety.
 * Contributing to a positive team atmosphere and supporting colleagues as needed.</t>
   </si>
   <si>
-    <t>* Operar y mantener varios tipos de maquinaria utilizada en procesos de construcción y fabricación.
-[...12 lines deleted...]
-  <si>
     <t>Mainentenance worker</t>
-  </si>
-[...1 lines deleted...]
-    <t>Empleado de mantenimiento</t>
   </si>
   <si>
     <t>* Performing routine maintenance and repairs on buildings and facilities.
 * Conducting inspections to identify maintenance issues and ensure compliance with safety regulations.
 * Responding promptly to maintenance requests from staff and management.
 * Maintaining tools and equipment in good working condition.
 * Assisting with the installation and upkeep of plumbing, electrical, and HVAC systems.
 * Ensuring cleanliness and orderliness of maintenance areas and equipment.
 * Collaborating with contractors and service providers for specialized repairs.
 * Keeping accurate records of maintenance work performed and materials used.
 * Participating in preventative maintenance programs to extend the lifespan of facilities.
 * Adhering to health and safety standards while performing maintenance tasks.
 * Providing support during emergency repairs and after-hours maintenance as needed.
 * Communicating effectively with team members and management regarding maintenance issues and progress.</t>
   </si>
   <si>
-    <t>* Realizar el mantenimiento y las reparaciones rutinarias de edificios e instalaciones.
-[...12 lines deleted...]
-  <si>
     <t>Painter</t>
-  </si>
-[...1 lines deleted...]
-    <t>Pintor</t>
   </si>
   <si>
     <t>* Applying primer to the wall surface before painting.
 * Removing old paint from the walls with a scraper, spatula and/or wire brush.
 * Mixing colours with pigment to achieve the desired colour shade.
 * Applying paint to paint rollers and/or brushes, removing excess paint using a grid.
 * Applying paint to interior and exterior walls with paint rollers and/or brushes.</t>
   </si>
   <si>
-    <t>* Aplicar imprimación sobre la superficie de la pared antes de pintar.
-[...5 lines deleted...]
-  <si>
     <t>Pipe fitter</t>
-  </si>
-[...1 lines deleted...]
-    <t>Instalador de tuberías</t>
   </si>
   <si>
     <t>* reading isometric drawings
 * assembling switching systems according to plans
 * bending the pipes
 * repairing and maintanance of pipe systems
 * assembling sewers, water and gas supply pipes</t>
   </si>
   <si>
-    <t>* leer dibujos isométricos
-[...5 lines deleted...]
-  <si>
     <t>Planning assistant</t>
-  </si>
-[...1 lines deleted...]
-    <t>Asistente de planificación</t>
   </si>
   <si>
     <t>* Assisting in the development and implementation of project plans and schedules.
 * Coordinating with project managers and team members to gather and analyze relevant data.
 * Supporting the preparation of project documentation, including reports and presentations.
 * Monitoring project progress and ensuring adherence to timelines and budgets.
 * Assisting in the identification and resolution of project-related issues.
 * Maintaining and updating project schedules, resource allocations, and budgets.
 * Collaborating with various stakeholders, including subcontractors and suppliers, to ensure project objectives are met.
 * Organizing project meetings, preparing agendas, and documenting meeting minutes.
 * Conducting site visits to monitor construction progress and compliance with plans.
 * Assisting in the procurement of materials and services required for construction projects.
 * Providing administrative support to the planning team, including filing and data entry.
 * Ensuring compliance with safety regulations and quality standards throughout the project lifecycle.</t>
   </si>
   <si>
-    <t>* Ayudar en la elaboración y ejecución de planes y cronogramas de proyectos.
-[...12 lines deleted...]
-  <si>
     <t>Production Manager</t>
-  </si>
-[...1 lines deleted...]
-    <t>Gerente de producción</t>
   </si>
   <si>
     <t>* Overseeing the production process in construction and real estate projects to ensure timely and efficient completion.
 * Coordinating with project managers, engineers, and other stakeholders to align production schedules with project timelines and goals.
 * Managing workforce allocation, ensuring that all teams are adequately staffed and trained for their respective roles.
 * Monitoring production quality and safety standards, implementing corrective actions as necessary to maintain compliance.
 * Developing and maintaining production budgets, tracking expenses, and ensuring cost-effective operations.
 * Analyzing production data to identify areas for improvement and implementing best practices to enhance productivity.
 * Ensuring the availability of materials and resources required for production, coordinating with suppliers and vendors.
 * Conducting regular site inspections to assess progress and adherence to project specifications.
 * Facilitating communication between different departments to promote collaboration and resolve any production-related issues.
 * Preparing reports on production performance and presenting findings to senior management for strategic decision-making.</t>
   </si>
   <si>
-    <t>* Supervisar el proceso de producción en proyectos de construcción y bienes raíces para garantizar su finalización oportuna y eficiente.
-[...10 lines deleted...]
-  <si>
     <t>Project Manager</t>
-  </si>
-[...1 lines deleted...]
-    <t>Director de proyecto</t>
   </si>
   <si>
     <t>* Planning, managing, and coordinating construction projects.
 * Responsibility for compliance with the agreed deadlines and budget.
 * Inspecting the quality of completed work.
 * Cooperating with construction designers and construction supervisors.
 * Sending price inquiries to potential suppliers.
 * Conducting negotiations with suppliers and selecting suppliers in co-operation with investors.
 * Completing weekly and monthly reports.
 * Cooperating in receiving the construction works.</t>
   </si>
   <si>
-    <t>* Planificación, gestión y coordinación de proyectos de construcción.
-[...8 lines deleted...]
-  <si>
     <t>Property Manager</t>
-  </si>
-[...1 lines deleted...]
-    <t>Administrador de fincas</t>
   </si>
   <si>
     <t>* Managing of residential and non-residential space from a technical aspect.
 * Reviewing the technical condition of buildings and the surrounding area.
 * Responsibility for a continuous supply of energy carriers.
 * Performing regular reviews and inspections of distributions and equipment.
 * Ensuring the cleanliness of the building, removal of municipal waste and recyclable resources.
 * Planning and coordinating alternations and general overhauls of buildings.
 * Communicating with suppliers and national institutions.
 * Responsibility for managing all the required documentation.</t>
   </si>
   <si>
-    <t>* Gestión de espacios residenciales y no residenciales desde el aspecto técnico.
-[...8 lines deleted...]
-  <si>
     <t>Quantity Surveyor</t>
-  </si>
-[...1 lines deleted...]
-    <t>Aparejador</t>
   </si>
   <si>
     <t>* Management of construction preparation 
 * Checking the project documentation
 * Processing of price offers and of public tenders
 * Searching subcontractors, making contracts
 * Communication with suppliers and clients
 * Ordering goods and responsibility for warehouse stock</t>
   </si>
   <si>
-    <t>* Gestión de la preparación de la construcción
-[...6 lines deleted...]
-  <si>
     <t>Real Estate Appraiser</t>
-  </si>
-[...1 lines deleted...]
-    <t>Tasador inmobiliario</t>
   </si>
   <si>
     <t>* Conducting property appraisals to determine market value.
 * Preparing detailed appraisal reports and expert opinions on real estate properties.
 * Analyzing market trends and price movements in the real estate sector.
 * Assisting clients in the buying and selling process of residential and commercial properties.
 * Advertising and sourcing suitable residential and commercial spaces for potential buyers or renters.
 * Collaborating with clients to understand their needs and providing expert advice on property investments.
 * Evaluating the condition and features of properties to ensure accurate assessments.
 * Staying updated on local real estate regulations and market conditions to provide informed evaluations.
 * Communicating findings and recommendations to clients in a clear and professional manner.
 * Maintaining accurate records of appraisals and property transactions for compliance and reporting purposes.</t>
   </si>
   <si>
-    <t>* Realizar tasaciones de propiedades para determinar su valor de mercado.
-[...10 lines deleted...]
-  <si>
     <t>Real estate maintenance</t>
-  </si>
-[...1 lines deleted...]
-    <t>Trabajador de mantenimiento de edificios</t>
   </si>
   <si>
     <t>* Performing routine maintenance and repairs on residential and commercial properties.
 * Conducting regular inspections to identify maintenance needs and safety hazards.
 * Responding promptly to maintenance requests from tenants or property managers.
 * Coordinating with external contractors for specialized repairs and services.
 * Maintaining accurate records of maintenance activities and completed work orders.
 * Ensuring compliance with safety regulations and building codes during maintenance tasks.
 * Assisting in the preparation of maintenance budgets and cost estimates.
 * Performing landscaping and exterior maintenance, including snow removal and lawn care.
 * Managing inventory of maintenance supplies and equipment, ensuring availability.
 * Communicating effectively with tenants and property management regarding maintenance issues.
 * Providing exceptional customer service to enhance tenant satisfaction and property value.
 * Collaborating with team members to improve maintenance processes and efficiency.
 * Staying updated on industry trends and best practices in property maintenance.</t>
   </si>
   <si>
-    <t>* Realizar mantenimiento y reparaciones de rutina en propiedades residenciales y comerciales.
-[...13 lines deleted...]
-  <si>
     <t>Refrigeration Mechanic</t>
-  </si>
-[...1 lines deleted...]
-    <t>Mecánico de refrigeración</t>
   </si>
   <si>
     <t>* Performing the calculations that are necessary for designing simpler refrigeration and air conditioning equipment.
 * Mounting, dismantling, and completing refrigeration and air conditioning equipment.
 * Detecting defects and determining the procedures that are necessary for their removal.
 * Connecting automatic control components to refrigeration and air conditioning equipment.
 * Assessing facilities in terms of meeting standards and regulations.</t>
   </si>
   <si>
-    <t>* Realizar los cálculos necesarios para diseñar equipos de refrigeración y aire acondicionado más sencillos.
-[...5 lines deleted...]
-  <si>
     <t>Roofer</t>
-  </si>
-[...1 lines deleted...]
-    <t>Techador</t>
   </si>
   <si>
     <t>* Calculating, plotting and fabricating sheet metal products.
 * Cutting the sheet metal plates into the required dimensions.
 * Laying a soft and hard roof covering.
 * Covering roofs, terraces, balconies, loggias, parapets, cornices, window sills, etc. with sheet metal.</t>
   </si>
   <si>
-    <t>* Calcular, trazar y fabricar productos de chapa metálica.
-[...4 lines deleted...]
-  <si>
     <t>Scaffolder</t>
-  </si>
-[...1 lines deleted...]
-    <t>Montador de andamios</t>
   </si>
   <si>
     <t xml:space="preserve">* Putting up scaffoldings while considering the load-carrying capacity of the bed.
 * Putting up scaffoldings along the frontage of the buildings.
 * Putting up protective railings, protective nets, ladders, floors and blocks that prevent objects from falling down from the scaffolding.
 * Being responsible for building the right foundations of a scaffolding, for the correct anchoring and putting up of the scaffolding .
 * Taking apart the scaffolding and protective nets after finishing the building process.
 </t>
   </si>
   <si>
-    <t>* Instalar andamios considerando la capacidad de carga de la base.
-[...5 lines deleted...]
-  <si>
     <t>Spatial Planner</t>
-  </si>
-[...1 lines deleted...]
-    <t>Planificador espacial</t>
   </si>
   <si>
     <t>* Planning and designing of living and commercial environments. 
 * Negotiating fees and setting schedules for the project.
 * Researching and drawing up rough plans.
 * Developing detailed designs and choosing materials. 
 * Providing clients with samples of wallpaper, paint and fabric for approval.
 * Supervising the work as it is carried out.
 * Gathering information from clients about requirements.
 * Inspecting buildings to gain an idea of size and current layout.
 * Assessing requirements for materials, furniture and furnishings.
 * Liaising with professionals and organizations such as suppliers, manufacturers, quantity surveyors and architects.</t>
   </si>
   <si>
-    <t>* Planificación y diseño de entornos residenciales y comerciales.
-[...10 lines deleted...]
-  <si>
     <t>Stonemason</t>
-  </si>
-[...1 lines deleted...]
-    <t>Cantero</t>
   </si>
   <si>
     <t>* Selecting suitable stone blocks that are required to implement the contract.
 * Cutting stone blocks to the required dimensions.
 * Engraving and polishing stone plates.
 * Hewing, sandblasting, gilding and silvering letters.
 * Mounting and fixing tombstones in cemeteries.</t>
   </si>
   <si>
-    <t>* Selección de bloques de piedra adecuados que se requieren para implementar el contrato.
-[...5 lines deleted...]
-  <si>
     <t>Structural Engineer</t>
-  </si>
-[...1 lines deleted...]
-    <t>Especialista en estructuras</t>
   </si>
   <si>
     <t>* Identifying locations in buildings to which the load is imposed.
 * Designing building structures with an emphasis placed on their safety, economy as well as the requirements from investor, architect and public bodies.
 * Completing static and dynamic calculations.
 * Completing expert opinions for new buildings, bridges, tunnels etc.
 * Conducting sightings of buildings damaged by natural disasters, explosions; issuing expert opinions on their further habitability/uninhabitability (in case of residential premises).</t>
   </si>
   <si>
-    <t>* Identificar las ubicaciones en los edificios donde se impone la carga.
-[...5 lines deleted...]
-  <si>
     <t>Tile man</t>
-  </si>
-[...1 lines deleted...]
-    <t>Alicatador</t>
   </si>
   <si>
     <t>* Manufacture of ceramic and porcelain products.
 * Preparation of ceramic materials and glazes, dialing of ceramic products on mechanical rings, pressing of products on semi-automatic and automatic presses,
 * Creating, pouring products of utility, medical, decorative and figural ceramics or porcelain.
 * Implementation of firing products in tunnel, chamber, round and shaft furnaces.
 * Output control of semi-finished products and products, including records of defects and their causes.</t>
   </si>
   <si>
-    <t>* Fabricación de productos de cerámica y porcelana.
-[...5 lines deleted...]
-  <si>
     <t>Welder</t>
-  </si>
-[...1 lines deleted...]
-    <t xml:space="preserve">Soldador </t>
   </si>
   <si>
     <t>* Welding metals, plastics, and polymers pursuant to the technical documentation.
 * Defining suitable methods for welding and work procedures.
 * Using welding tools and instruments, responsibility for proper settings and use.
 * Cleaning, polishing, and other finishing work for welds.
 * Inspecting the quality of welds using a series of tests.
 * Caring for and maintaining technical equipment in operating condition.</t>
   </si>
   <si>
-    <t>* Soldar metales, plásticos y polímeros de acuerdo con la documentación técnica.
-[...6 lines deleted...]
-  <si>
     <t>Customer Support</t>
   </si>
   <si>
-    <t>Atención al cliente</t>
-[...1 lines deleted...]
-  <si>
     <t>Call Center Supervisor</t>
-  </si>
-[...1 lines deleted...]
-    <t>Supervisor del centro de llamadas</t>
   </si>
   <si>
     <t>* Overseeing daily operations of the call center to ensure efficiency and effectiveness in service delivery.
 * Supervising and training call center agents to enhance their performance and customer service skills.
 * Monitoring call metrics and performance indicators to identify areas for improvement.
 * Handling escalated customer inquiries and resolving complex issues in a timely manner.
 * Developing and implementing policies and procedures to improve service quality and operational efficiency.
 * Conducting regular performance evaluations and providing constructive feedback to team members.
 * Ensuring compliance with company policies and industry regulations.
 * Collaborating with other departments to address customer needs and improve service offerings.
 * Preparing reports on call center performance, customer feedback, and team productivity.
 * Fostering a positive work environment that encourages teamwork and employee engagement.
 * Assisting in the recruitment and onboarding process of new call center staff.
 * Staying informed about industry trends and best practices to enhance service delivery.</t>
   </si>
   <si>
-    <t>* Supervisar las operaciones diarias del centro de llamadas para garantizar la eficiencia y la efectividad en la entrega del servicio.
-[...12 lines deleted...]
-  <si>
     <t>* Answering incoming calls and providing information about services to interested customers.
 * Handling customer inquiries and resolving complaints related to services.
 * Conducting outbound calls for service promotion and sales.
 * Maintaining accurate records of customer interactions and transactions.
 * Compiling and managing statistics on call volumes and service requests.
 * Collaborating with team members to improve service delivery and customer satisfaction.
 * Utilizing CRM software to track customer interactions and follow up on leads.
 * Providing feedback to management regarding customer trends and service issues.
 * Ensuring compliance with company policies and procedures during all customer interactions.
 * Participating in training sessions to enhance product knowledge and customer service skills.</t>
   </si>
   <si>
-    <t>* Contestar llamadas entrantes y proporcionar información sobre los servicios a clientes interesados.
-[...10 lines deleted...]
-  <si>
     <t>Customer service analyst</t>
-  </si>
-[...1 lines deleted...]
-    <t>Analista de servicio al cliente</t>
   </si>
   <si>
     <t>* Analyzing customer service data to identify trends, patterns, and areas for improvement.
 * Monitoring and evaluating customer interactions to ensure quality and adherence to service standards.
 * Collaborating with cross-functional teams to develop strategies that enhance customer satisfaction and loyalty.
 * Preparing detailed reports and presentations on customer feedback and service performance metrics.
 * Conducting root cause analysis for customer complaints and implementing corrective actions.
 * Assisting in the development and implementation of customer service policies and procedures.
 * Providing support and training to customer service representatives to improve service delivery.
 * Utilizing customer relationship management (CRM) tools to track interactions and gather insights.
 * Participating in customer service initiatives and projects aimed at improving overall service efficiency.
 * Staying updated on industry trends and best practices to recommend innovative solutions for customer engagement.</t>
   </si>
   <si>
-    <t>* Analizar datos de servicio al cliente para identificar tendencias, patrones y áreas de mejora.
-[...10 lines deleted...]
-  <si>
     <t>Customer Support Specialist</t>
-  </si>
-[...1 lines deleted...]
-    <t>Especialista en atención al cliente</t>
   </si>
   <si>
     <t>* Communication with the client - via telephone, e-mail, chat (also in a foreign language)
 * Giving information
 * Analysing and solving the needs and problems of the client
 * Work with the internal system of the company</t>
   </si>
   <si>
-    <t>* Comunicación con el cliente - vía teléfono, correo electrónico, chat (también en idioma extranjero)
-[...4 lines deleted...]
-  <si>
     <t>Helpdesk Operator</t>
-  </si>
-[...1 lines deleted...]
-    <t>Operador en el servicio de asistencia técnica</t>
   </si>
   <si>
     <t>* Connecting telephone calls.
 * Operating telephone and fax lines.
 * Providing information about the services of the company over the telephone.
 * Providing technical support and solving specific customer problems over the telephone or online.
 * Handling claims and special requirements from customers.
 * Keeping records on customer requirements and claims of provided services.</t>
   </si>
   <si>
-    <t>* Conectar llamadas telefónicas.
-[...6 lines deleted...]
-  <si>
     <t>Technical Support Specialist</t>
-  </si>
-[...1 lines deleted...]
-    <t>Especialista en soporte técnico</t>
   </si>
   <si>
     <t>* Providing users with technical support in the area of hardware and/or software.
 * Identifying and solving problems.
 * Keeping necessary records, recording information on incidents and their solutions.
 * Keeping to deadlines and ensuring efficient solutions to incidents.
 * Participating in the implementation of projects. 
 * Communication with customers.</t>
   </si>
   <si>
-    <t>* Brindar soporte técnico a usuarios en el área de hardware y/o software.
-[...6 lines deleted...]
-  <si>
     <t>Economy, Finance, Accountancy</t>
   </si>
   <si>
-    <t>Economía, Finanzas, Contabilidad</t>
-[...1 lines deleted...]
-  <si>
     <t>Accountant</t>
-  </si>
-[...1 lines deleted...]
-    <t>Contable</t>
   </si>
   <si>
     <t>* Administering simple and/or double-entry accounting for the company.
 * Securing the proper and timely accounting of all issued invoices.
 * Proper recording of all entrusted accounting records.
 * Completing monthly, quarterly, and annual closings.
 * Completing tax declarations.
 * Preparing statements for the Statistical Office of the Slovak Republic.
 * Communicating with auditors, tax authorities, and other institutions.</t>
   </si>
   <si>
-    <t>* Administrar la contabilidad simple y/o por partida doble de la empresa.
-[...7 lines deleted...]
-  <si>
     <t>Accounting service manager</t>
-  </si>
-[...1 lines deleted...]
-    <t>Gerente de contabilidad</t>
   </si>
   <si>
     <t xml:space="preserve">* Manage the team on a day-to-day basis and to develop and maintain strong external and internal client relationships. 
 * Manage portfolios of clients and are responsible for fee negotiations, billings, contracts and cash collection. 
 * For each assignment, the accounting services manager determines resource requirements, monitors the team’s progress against budget and sets timeframes. 
 * They will review and approve the work of more junior staff and resolve any issues prior to director or partner review. 
 * The accounting services manager will also contribute to business development by proactively seeking out new opportunities for the team.
 </t>
   </si>
   <si>
-    <t>* Administrar el equipo en el día a día y desarrollar y mantener sólidas relaciones con clientes externos e internos.
-[...5 lines deleted...]
-  <si>
     <t>Assistant Financial Controller</t>
-  </si>
-[...1 lines deleted...]
-    <t>Asistente de controlador financiero</t>
   </si>
   <si>
     <t>* Assisting the Financial Controller in managing financial operations and reporting.
 * Preparing and analyzing financial statements, budgets, and forecasts.
 * Supporting the month-end and year-end closing processes.
 * Ensuring compliance with financial regulations and internal controls.
 * Conducting variance analysis and identifying trends in financial performance.
 * Collaborating with various departments to gather financial data and insights.
 * Assisting in the preparation of financial reports for management and stakeholders.
 * Maintaining accurate financial records and documentation.
 * Participating in audits and ensuring timely responses to audit inquiries.
 * Supporting the implementation of financial policies and procedures.
 * Assisting in cash flow management and monitoring of financial transactions.
 * Providing administrative support to the finance team as needed.
 * Contributing to process improvement initiatives within the finance department.
 * Engaging in professional development to stay current with industry trends and regulations.</t>
   </si>
   <si>
-    <t>* Asistir al Controlador Financiero en la gestión de operaciones financieras e informes.
-[...14 lines deleted...]
-  <si>
     <t>Assistant of Auditor</t>
-  </si>
-[...1 lines deleted...]
-    <t>Asistente de auditoría</t>
   </si>
   <si>
     <t>* Performing economic activities (with the exception of signing a written report on the results of provided audit services) under the direction of a certified auditor.
 * Checking financial statements of customers.
 * Managing audit documentation.
 * Managing the auditor’s assistant labour book.
 * Providing co-operation to the Slovak Chamber of Auditors in case of a quality audit concerning the performance of auditing services.</t>
   </si>
   <si>
-    <t>* Realizar actividades económicas (con la excepción de firmar un informe escrito sobre los resultados de los servicios de auditoría prestados) bajo la dirección de un auditor certificado.
-[...5 lines deleted...]
-  <si>
     <t>Assistant to a Tax Advisor</t>
-  </si>
-[...1 lines deleted...]
-    <t>Asistente de asesor fiscal</t>
   </si>
   <si>
     <t>* Performing economic activities under the guidance of a certified tax consultant.
 * Preparing tax opinions in the Slovak and/or a foreign language.
 * Calculating the income tax of natural and legal persons.
 * Preparing tax returns for the income tax of natural and legal persons, VAT, property tax, car tax and excise duty.
 * Registering taxpayers at the relevant tax authorities.
 * Communicating with the clients of the company and representatives of the tax administration.</t>
   </si>
   <si>
-    <t>* Realización de actividades económicas bajo la supervisión de un consultor fiscal certificado.
-[...6 lines deleted...]
-  <si>
     <t>Auditor</t>
   </si>
   <si>
     <t>* Verifying financial statements and annual reports of the external clients.
 * Checking for compliance with the legislation and accounting standards.
 * Communicating with accountants or other employees of the company in case of discrepancies.
 * Completing reports and recommendations based on the findings from an audit.
 * Notifying as to the potential risks, and proposing solutions to prevent them.</t>
   </si>
   <si>
-    <t>* Verificar los estados financieros e informes anuales de los clientes externos.
-[...5 lines deleted...]
-  <si>
     <t>Billing Clerk</t>
-  </si>
-[...1 lines deleted...]
-    <t>Empleado de facturación</t>
   </si>
   <si>
     <t>* Issuing and processing of invoices, credit and debit notes.
 * Performing retrospective control of invoices and billing documentation.
 * Preparing documentation for invoicing and accounting.
 * Processing of travel orders.
 * Monitoring the payment discipline of customers, urging of late payments.
 * Cash management in domestic and foreign currency.
 * Communicating with customers and suppliers, solving possible discrepancies.
 * Recording and archiving of documents in accordance with accounting, tax and internal regulations.</t>
   </si>
   <si>
-    <t>* Emisión y tramitación de facturas, notas de crédito y débito.
-[...8 lines deleted...]
-  <si>
     <t>* Receiving and issuing cash in local and foreign currency, valuables etc.
 * Issuing cash receipt and cash expenditure vouchers.
 * Keeping records of the cash received and issued.
 * Material responsibility for entrusted cash and valuables.
 * Participating in completing the daily and monthly financial statements of the company.</t>
   </si>
   <si>
-    <t>* Recibir y emitir dinero en efectivo en moneda local y extranjera, objetos de valor, etc.
-[...5 lines deleted...]
-  <si>
     <t>Chief Accountant</t>
-  </si>
-[...1 lines deleted...]
-    <t>Jefe de contabilidad</t>
   </si>
   <si>
     <t>* Complex administration and management of accounting. 
 * Processing monthly, quarterly, and annual financial statements.
 * Defining the accounting methods that are used in the company and participation in the creation of internal directives related to accounting.
 * Preparing materials that are used for reporting to a superior.
 * Methodology management of accounting and related processes pursuant to valid legislation.
 * Preparing materials for completing audit and rating assessments.
 * Managing a team of accountants (in large companies).</t>
   </si>
   <si>
-    <t>* Administración y gestión compleja de la contabilidad.
-[...7 lines deleted...]
-  <si>
     <t>Chief Accountant Deputy</t>
-  </si>
-[...1 lines deleted...]
-    <t>Adjunto a jefe de contabilidad</t>
   </si>
   <si>
     <t>* Assisting the Chief Accountant in overseeing the daily operations of the accounting department.
 * Preparing and reviewing financial statements, ensuring accuracy and compliance with regulations.
 * Managing accounts payable and receivable, including processing invoices and payments.
 * Conducting regular reconciliations of bank accounts and financial statements.
 * Supporting the budgeting and forecasting processes by providing relevant financial data.
 * Ensuring timely and accurate financial reporting to management and stakeholders.
 * Assisting in the preparation of tax returns and ensuring compliance with tax regulations.
 * Collaborating with internal and external auditors during financial audits.
 * Implementing and maintaining accounting policies and procedures to enhance efficiency.
 * Training and mentoring junior accounting staff as needed.
 * Addressing any accounting discrepancies and resolving issues in a timely manner.
 * Staying updated on changes in financial regulations and best practices in accounting.</t>
   </si>
   <si>
-    <t>* Asistir al contador jefe en la supervisión de las operaciones diarias del departamento de contabilidad.
-[...12 lines deleted...]
-  <si>
     <t>Claims Specialist</t>
-  </si>
-[...1 lines deleted...]
-    <t>Experto en reclamaciones</t>
   </si>
   <si>
     <t>* Managing and processing the outstanding claims agenda.
 * Monitoring the payment of overdue receivables.
 * Contacting debtors by telephone, recovering due amounts.
 * Sending letters of formal notice and reminders to debtors and other participants in the supplier-customer relation.
 * Concluding agreements with debtors, negotiating deadlines for payments and repayment schedules.
 * Transferring unrecovered debts to bailiffs and mandate companies.
 * Contributing to the reduction of the total volume of unrecovered debts.
 * Identifying the contact details of debtors.</t>
   </si>
   <si>
-    <t>* Gestionar y tramitar el calendario de reclamaciones pendientes.
-[...8 lines deleted...]
-  <si>
     <t>Consultant</t>
-  </si>
-[...1 lines deleted...]
-    <t>Consultor</t>
   </si>
   <si>
     <t>* Analyzing customer needs and developing and presenting solution suggestions.
 * Performing customer/user training.
 * Analyzing legislative changes.
 * Providing phone and email support when completing the order.
 * Performing testing and documenting of program edits.
 * Ensuring Contract Service activity of the order.</t>
   </si>
   <si>
-    <t>* Analizar las necesidades del cliente y desarrollar y presentar sugerencias de soluciones.
-[...6 lines deleted...]
-  <si>
     <t>Controller</t>
-  </si>
-[...1 lines deleted...]
-    <t>Controlador</t>
   </si>
   <si>
     <t xml:space="preserve">* Auditing of financial information of one or more companies. 
 * Monitoring of selected financial indicators (e.g. profitability, liquidity, etc.).
 * Analysing and interpreting variations encountered.
 * Compilation of reports and analyses for senior management.
 </t>
   </si>
   <si>
-    <t>* Auditoría de información financiera de una o varias empresas.
-[...4 lines deleted...]
-  <si>
     <t>Cost Accountant</t>
-  </si>
-[...1 lines deleted...]
-    <t>Contable de costes</t>
   </si>
   <si>
     <t>* Estimating costs of projects and/or products.
 * Providing support to senior management in deciding on future investments.
 * Collecting data and analysing factors affecting the final price.
 * Preparing overviews of project and/or product costs.
 * Cooperating with suppliers and members of other departments of the company.</t>
   </si>
   <si>
-    <t>* Estimación de costos de proyectos y/o productos.
-[...5 lines deleted...]
-  <si>
     <t>Damage appraiser</t>
-  </si>
-[...1 lines deleted...]
-    <t>Peritaje de daños</t>
   </si>
   <si>
     <t>* Assessing damage to property, vehicles, and equipment to determine the extent of loss.
 * Analyzing and documenting findings through detailed reports and photographs.
 * Collaborating with insurance adjusters, clients, and contractors to facilitate claims processing.
 * Providing expert recommendations on repair costs and replacement values.
 * Conducting site visits to evaluate damage and gather necessary information for claims.
 * Communicating effectively with clients to explain the appraisal process and findings.
 * Ensuring compliance with relevant regulations and industry standards during appraisals.
 * Maintaining accurate records of all appraisals and related documentation.
 * Staying updated on industry trends, pricing, and repair techniques to provide accurate assessments.
 * Participating in training and professional development to enhance appraisal skills and knowledge.</t>
   </si>
   <si>
-    <t>* Evaluar los daños a propiedades, vehículos y equipos para determinar la magnitud de la pérdida.
-[...10 lines deleted...]
-  <si>
     <t>Data analyst</t>
-  </si>
-[...1 lines deleted...]
-    <t>Analista de datos</t>
   </si>
   <si>
     <t>* Interpret data, analyze results using statistical techniques and provide ongoing reports
 * Develop and implement databases, data collection systems, data analytics and other strategies that optimize statistical efficiency and quality
 * Acquire data from primary or secondary data sources and maintain databases/data systems
 * Identify, analyze, and interpret trends or patterns in complex data sets
 * Filter and “clean” data by reviewing computer reports, printouts, and performance indicators to locate and correct code problems
 * Work with management to prioritize business and information needs
 * Locate and define new process improvement opportunities</t>
   </si>
   <si>
-    <t>* Interpretar datos, analizar resultados utilizando técnicas estadísticas y proporcionar informes periódicos
-[...7 lines deleted...]
-  <si>
     <t>Economist</t>
-  </si>
-[...1 lines deleted...]
-    <t>Economista</t>
   </si>
   <si>
     <t>* Responsibility for the processing and managing the accounting agenda of the company.
 * Checking customer payment of claims and liabilities of the company.
 * Cash management in domestic and/or foreign currency.
 * Drafting and recording internal regulations.
 * Submission of proposals for cost optimization of the company.
 * Preparing and submitting monthly, quarterly and annual statements and reports.
 * Preparing economic documents, reports and analyses for the company's management team.
 * Tax return preparation.
 * Assisting the tax office employees with tax inspections.</t>
   </si>
   <si>
-    <t>* Responsabilidad por el procesamiento y la gestión de la agenda contable de la empresa.
-[...9 lines deleted...]
-  <si>
     <t>Financial administration assistant</t>
-  </si>
-[...1 lines deleted...]
-    <t>Asistente de administración financiera</t>
   </si>
   <si>
     <t>* Assisting in the preparation and maintenance of financial records and reports.
 * Processing invoices, receipts, and payments in a timely manner.
 * Supporting the budgeting and forecasting processes by providing accurate data and analysis.
 * Reconciling bank statements and ensuring accuracy in financial transactions.
 * Maintaining organized financial documentation and filing systems.
 * Assisting with payroll processing and ensuring compliance with relevant regulations.
 * Collaborating with other departments to gather necessary financial information.
 * Conducting regular audits of financial records to ensure accuracy and compliance.
 * Providing administrative support to financial managers and other team members as needed.
 * Responding to inquiries related to financial matters and providing excellent customer service.
 * Contributing to the improvement of financial processes and systems for greater efficiency.
 * Staying updated on financial regulations and best practices to ensure adherence.</t>
   </si>
   <si>
-    <t>* Asistir en la preparación y el mantenimiento de registros y reportes financieros.
-[...12 lines deleted...]
-  <si>
     <t xml:space="preserve">* Executing financial counselling on the basis of a written contract with the client about providing financial counselling.
 * Making personal financial plans.
 * Making contracts of providing financial services in the client's currency.
 * Charging fees to the clients for provided services.
 * Collecting and paying out cash.
 </t>
   </si>
   <si>
-    <t>* Ejecutar asesoramiento financiero sobre la base de un contrato escrito con el cliente sobre la prestación de asesoramiento financiero.
-[...5 lines deleted...]
-  <si>
     <t>Financial Agent</t>
-  </si>
-[...1 lines deleted...]
-    <t>Agente financiero</t>
   </si>
   <si>
     <t>* Completing financial inter-mediation on the basis of a written contract with the financial institution.
 * Presenting offers of representing financial institutions to the clients.
 * Providing free counselling and recommendations concerning insurances, loans, leasing etc.
 * Making contracts with clients.
 * Taking care of existing clients.</t>
-  </si>
-[...5 lines deleted...]
-* Atender a los clientes existentes.</t>
   </si>
   <si>
     <t>* Forecasting, planning, and analysis of revenues, costs, gross profit, and expenses.
 * Preparing the calculations in accordance with inflation.
 * Evaluating the efficiency and financial return on major investments.
 * Analysing the current results compared to the forecast and planned objective.
 * Monitoring and evaluating the development in terms of cost as well as indicators of profitability and productivity in accordance with standard accounting statements (balance sheet, income statement, cash flow).
 * Preparing documents for the financial managers’ decision process.
 * Verifying the creditworthiness of bank customers when providing the investment and operating loans.
 * Cooperating with international teams.
 * Evaluating trends, dependencies, and changes in the financial situation of the organisation.
 * Designing measures for optimisation.
 * Creating financial models and writing reports.</t>
   </si>
   <si>
-    <t>* Pronóstico, planificación y análisis de ingresos, costos, beneficio bruto y gastos.
-[...11 lines deleted...]
-  <si>
     <t>Financial Markets Specialist</t>
-  </si>
-[...1 lines deleted...]
-    <t>Especialista en mercados financieros</t>
   </si>
   <si>
     <t>* Finding and contacting potential clients.
 * Communicating with clients to determine their needs, expectations, and financial possibilities.
 * Monitoring the development of commodity prices on world markets.
 * Concluding oral and written agreements with clients.
 * Investing clients' own funds or funds entrusted to them in securities.</t>
   </si>
   <si>
-    <t>* Buscar y contactar a clientes potenciales.
-[...5 lines deleted...]
-  <si>
     <t>IFRS specialist</t>
-  </si>
-[...1 lines deleted...]
-    <t>Especialista en NIIF</t>
   </si>
   <si>
     <t>* Responsibility for reporting according to international standards
 * Ensuring monthly closings (including IFRS, etc.); initiation of measures to optimize closing processes across departments
 * Processing of consolidated financial statements or preparation of documents for consolidation (including IFRS, etc.)
 * Compilation of statutory and managerial reporting (according to CAS, IFRS, US GAAP); implementation and compliance with group reporting standards and policies; reporting segmentation
 * Consolidation of financial statements and business combination, including resolution of problem areas (elimination of interrelationships, deferred tax, reporting and disclosure obligations)
 * Control of compliance with accounting rules in individual companies of the concern for the purpose of correct and verifiable consolidated accounting according to international standards
 * Support of specific areas (e.g. transfer pricing and documentation of transfer prices; cash pooling)
 * Preparation of documents for accounting and tax audits and communication with auditors</t>
   </si>
   <si>
-    <t>* Responsabilidad de informar según estándares internacionales.
-[...8 lines deleted...]
-  <si>
     <t>Invoicing and payment specialist</t>
-  </si>
-[...1 lines deleted...]
-    <t>Especialista en facturación y pagos</t>
   </si>
   <si>
     <t>* Performing invoicing for the client’s customers within a specified time period.
 * Defining requirements for clients.
 * Responsibility for the automatic and manual billing and solving all related problems.
 * Unsubscribing customers from the client’s billing system.
 * Daily communication with other departments within the company and sales managers.
 * Examining the possible differences between the invoices and the data entered into the client’s system.</t>
   </si>
   <si>
-    <t>* Realizar facturación para los clientes del cliente dentro de un plazo especificado.
-[...6 lines deleted...]
-  <si>
     <t>Junior Accountant</t>
-  </si>
-[...1 lines deleted...]
-    <t>Contable junior</t>
   </si>
   <si>
     <t>* Self-reliant solution of normal accounting operations in the scope of simple and/or double-entry accounting.
 * Solving more complex accounting operations under the supervision of a more experienced accountant.
 * Processing accounting transactions in an accounting program.
 * Processing documents for a senior accountant.
 * Responding to the less complex technical inquiries of clients and employees.</t>
   </si>
   <si>
-    <t>* Resolución autónoma de operaciones contables normales dentro del alcance de la contabilidad simple y/o de partida doble.
-[...5 lines deleted...]
-  <si>
     <t>Junior Statistician</t>
-  </si>
-[...1 lines deleted...]
-    <t>Estadístico junior</t>
   </si>
   <si>
     <t>* Sorting and evaluating data.
 * Processing partial analyses.
 * Entering data into the computer system.
 * Checking the accuracy of data.</t>
   </si>
   <si>
-    <t>* Clasificación y evaluación de datos.
-[...4 lines deleted...]
-  <si>
     <t>Payroll Clerk</t>
-  </si>
-[...1 lines deleted...]
-    <t>Responsable de nóminas</t>
   </si>
   <si>
     <t>* Processing and managing all payroll activities.
 * Completing annuity insurance records, archiving documents and records, and updating payslips.
 * Communicating and preparing documents and reports for Social Insurance Office, health insurers, and supplemental retirement insurance.
 * Monitoring legislative changes with their subsequent application to meet the company’s needs.
 * Preparing monthly payroll closing and reports.
 * Processing and checking attendance. 
 * Recording and processing payroll deductions (meal vouchers, salary deposits, interest-free loans, other deductions, execution orders, etc.).</t>
   </si>
   <si>
-    <t>* Procesar y gestionar todas las actividades de nómina.
-[...7 lines deleted...]
-  <si>
     <t>Reporting Specialist</t>
-  </si>
-[...1 lines deleted...]
-    <t>Especialista en datos e informes</t>
   </si>
   <si>
     <t>* Structuring and segmentation of reporting into a comprehensive reporting system
 * Implementation and compliance with company/group reporting standards and policies
 * Design of regular reports for managed areas at the request of line managers and other users
 * Creation of non-standard reports at the request of company management, line managers and other users
 * Cooperation on reporting for the parent company
 * Cooperation on reporting for state and regulatory authorities
 * Acquisition, control, editing and aggregation of data from various company data sources (e.g. CRM, operational systems – sales, production, logistics, financial accounting), advanced work with database tools
 * Development of information superstructure or information self-service over operational systems in the form of a management information system using BI technologies in cooperation with the information systems department</t>
   </si>
   <si>
-    <t>* Estructuración y segmentación de los informes en un sistema de informes integral.
-[...8 lines deleted...]
-  <si>
     <t>Senior Accountant</t>
-  </si>
-[...1 lines deleted...]
-    <t>Contable senior</t>
   </si>
   <si>
     <t>* Self-reliant simple and/or double-entry accounting for one or more companies.
 * Performing more complex accounting operations requiring minimum guidance and control by the chief accountant.
 * Auditing financial statements, ledgers, and accounts.
 * Identifying unusual items, overdue items, etc.
 * Processing monthly, quarterly, and annual accounts.
 * Preparing and checking tax returns and VAT.
 * Processing records required by public authorities.
 * Training less experienced accountants in the department.
 * Responding to more complex technical inquiries of clients and employees.
 * Preparing reports for the company’s management or clients.</t>
   </si>
   <si>
-    <t>* Contabilidad autónoma simple y/o por partida doble para una o más empresas.
-[...10 lines deleted...]
-  <si>
     <t>Senior Statistician</t>
-  </si>
-[...1 lines deleted...]
-    <t>Estadístico senior</t>
   </si>
   <si>
     <t>* Responsibility for the precise definition of the subject, scope, and sources of measurement.
 * Self-reliant processing of single and periodical statistics.
 * Responsibility for selecting the most appropriate method for data collection and analysis. 
 * Controlling the efficiency of the use of measurement resources.
 * Verifying the accuracy of information found. 
 * Interpreting the data found in the form of reports, analyses, statistics, charts, graphs, etc.</t>
   </si>
   <si>
-    <t>* Responsabilidad por la definición precisa del tema, alcance y fuentes de medición.
-[...6 lines deleted...]
-  <si>
     <t>Statistician</t>
-  </si>
-[...1 lines deleted...]
-    <t>Estadístico</t>
   </si>
   <si>
     <t>* Checking the accuracy and completeness of statistical data.
 * Preparing documents for statistical surveys and analyses.
 * Monitoring the development of statistical indicators and identifying the causes of deviations from the planned parameters.
 * Processing comments and opinions on statistical results.</t>
   </si>
   <si>
-    <t>* Verificar la exactitud y integridad de los datos estadísticos.
-[...4 lines deleted...]
-  <si>
     <t>Tax Advisor</t>
-  </si>
-[...1 lines deleted...]
-    <t>Asesor fiscal</t>
   </si>
   <si>
     <t>* Providing advice in matters of taxes, levies, fees, tax proceedings of tax authorities and municipal authorities.
 * Completing expert opinions, instructions and recommendations.
 * Completing, verifying and checking the tax returns.
 * Attending to tax inspections, tax audits and similar specific projects.
 * Cooperating with a team of tax advisors in solving difficult problems.
 * Implementing the tax planning and optimising of tax obligations.
 * Representing clients in tax proceedings.
 * Attending to internal and external trainings.</t>
   </si>
   <si>
-    <t>* Proporcionar asesoramiento en materia de impuestos, tasas, tarifas, procedimientos fiscales de las autoridades fiscales y municipales.
-[...8 lines deleted...]
-  <si>
     <t>VAT specialist</t>
-  </si>
-[...1 lines deleted...]
-    <t>Especialista en IVA</t>
   </si>
   <si>
     <t>* Preparation and submission of tax returns
 * Summary statements
 * Analysis, reporting
 * Tracking changes in the area of taxes and their interpretation and implementation in the company's systems
 * Cooperation on the creation and updating of the company's methodological instructions in the area of taxes
 * Collaboration on projects and process improvement
 * Communication with other institutions during audits, preparation of documents</t>
   </si>
   <si>
-    <t>*Preparación y presentación de declaraciones de impuestos.
-[...7 lines deleted...]
-  <si>
     <t>Education, Science &amp; Research</t>
-  </si>
-[...1 lines deleted...]
-    <t>Educación, Ciencia e Investigación</t>
   </si>
   <si>
     <t>* Organising the museum processing of archaeological findings.
 * Keeping records of the archaeological finding’s fund.
 * Documenting the situation of findings by means of the basic geodetic survey, drawing, photograph and description.
 * First-level documenting and evaluating the finding’s fund.
 * Organising the work of the basic field research.
 * Presenting the results of basic research through lectures and occasional exhibitions.</t>
   </si>
   <si>
-    <t>* Organizar el proceso museístico de hallazgos arqueológicos.
-[...6 lines deleted...]
-  <si>
     <t>Assistant Teacher</t>
-  </si>
-[...1 lines deleted...]
-    <t>Profesor auxiliar</t>
   </si>
   <si>
     <t>* Facilitating the adaptation of children from socially disadvantaged environment to a new learning environment and helping to overcome initial language, cultural, and social barriers.
 * Working alongside class teachers and other educational staff.
 * Helping in the preparation of teaching aids.
 * Managing and/or assisting in leisure activities (singing, music, dance, art, drama, etc.) by using individual, group, or collective forms of education.
 * Supervising during breaks.
 * Accompanying students outside the classroom.
 * Organising open lessons for parents.
 * Organising social events in collaboration with parents.
 * Organising meetings with parents.
 * Visiting families and communities in municipalities with a high concentration of population from socially disadvantaged backgrounds.
 * Getting to know the family background and social circumstances as well as the interests of parents and health of children.</t>
   </si>
   <si>
-    <t>* Facilitar la adaptación de niños de entornos socialmente desfavorecidos a un nuevo entorno de aprendizaje y ayudar a superar las barreras iniciales de idioma, culturales y sociales.
-[...11 lines deleted...]
-  <si>
     <t>Biologist</t>
-  </si>
-[...1 lines deleted...]
-    <t>Biólogo</t>
   </si>
   <si>
     <t>* Examining humans, animals, plants, microorganisms and other living organisms and their relationship to the environment in which they occur.
 * Performing research and investigative activities in the form of experiments in scientific laboratories as well as in the field.
 * Investigating the causes of disease.
 * Participating in the development of new drugs.
 * Completing scientific reports, and publishing and presenting them to professionals as well as the lay public.</t>
   </si>
   <si>
-    <t>* Examinar a humanos, animales, plantas, microorganismos y otros organismos vivos y su relación con el entorno en el que se encuentran.
-[...5 lines deleted...]
-  <si>
     <t>College lector</t>
-  </si>
-[...1 lines deleted...]
-    <t>Catedrático</t>
   </si>
   <si>
     <t>* Delivering high-quality instruction in assigned subjects at the college level.
 * Developing and implementing engaging curriculum and lesson plans tailored to diverse learning styles.
 * Assessing student performance through assignments, exams, and projects, providing timely feedback to foster academic growth.
 * Advising and mentoring students on academic and career pathways, promoting their personal and professional development.
 * Conducting research within the discipline, contributing to academic publications and presentations at conferences.
 * Collaborating with faculty and staff to enhance the educational experience and maintain academic standards.
 * Participating in departmental meetings and contributing to program development and improvement initiatives.
 * Maintaining office hours for student consultations and support.
 * Engaging in continuous professional development to stay current with educational trends and best practices.
 * Upholding the college's mission and values while promoting a positive and inclusive learning environment.</t>
   </si>
   <si>
-    <t>* Impartir instrucción de alta calidad en las asignaturas asignadas a nivel universitario.
-[...10 lines deleted...]
-  <si>
     <t>Deputy Headmaster</t>
-  </si>
-[...1 lines deleted...]
-    <t>Vicedirector de escuela</t>
   </si>
   <si>
     <t>* Deputising for the headmaster in his/her absence.
 * Ensuring educational and organisational tasks on the authority of the headmaster.
 * Managing and fulfilling the economic tasks at school.
 * Fulfilling the organisational and administrative tasks related to the administrative staff of the school.
 * Inspecting the activities of technical-economic and operational staff of the school.
 * Monitoring the fulfilment of educational goals.
 * Participating in the assessment of the work of teachers and other school staff.
 * Compiling the required statistics and ensuring the substituting of school staff.
 * Completing the documents for the school budget, its utilisation and efficiency of school management.
 * Inspecting the work of the school youth centre and responsibility for professional growth educationists.</t>
   </si>
   <si>
-    <t>* Actuar en representación del director/a en su ausencia.
-[...10 lines deleted...]
-  <si>
     <t>Driving Instructor</t>
-  </si>
-[...1 lines deleted...]
-    <t>Instructor de conducción</t>
   </si>
   <si>
     <t>* Preparing and conducting courses to obtain a driving licence.
 * Lecturing on traffic rules in accordance with the relevant legislation and practice.
 * Teaching the theory of construction and basic maintenance of vehicles.
 * Leading drives in simulator and car exercising grounds.
 * Providing practical instruction in driving vehicles.
 * Taking part in the final theoretical and practical tests.</t>
   </si>
   <si>
-    <t>* Preparar e impartir cursos para obtener un permiso de conducir.
-[...6 lines deleted...]
-  <si>
     <t>Education coordinator</t>
-  </si>
-[...1 lines deleted...]
-    <t>Coordinador de educación</t>
   </si>
   <si>
     <t>* Develop and implement educational programs and curricula that meet the needs of diverse learners.
 * Coordinate and facilitate training sessions, workshops, and seminars for educators and staff.
 * Collaborate with educational institutions, organizations, and stakeholders to enhance learning opportunities.
 * Monitor and evaluate the effectiveness of educational programs and initiatives.
 * Provide guidance and support to educators in curriculum development and instructional strategies.
 * Maintain accurate records of educational activities, participant feedback, and program outcomes.
 * Assist in the preparation of educational materials and resources for teachers and students.
 * Organize and participate in community outreach programs to promote educational initiatives.
 * Stay updated on current trends and best practices in education, science, and research.
 * Foster a positive learning environment that encourages student engagement and achievement.
 * Facilitate communication between educators, parents, and the community regarding educational programs and progress.
 * Support the professional development of staff through mentoring and coaching.</t>
   </si>
   <si>
-    <t>* Desarrollar e implementar programas y planes de estudio educativos que atiendan las necesidades de estudiantes diversos.
-[...12 lines deleted...]
-  <si>
     <t>Educator/Instructor/Carer</t>
-  </si>
-[...1 lines deleted...]
-    <t>Educador/instructor/cuidador</t>
   </si>
   <si>
     <t>* Developing the knowledge, skills and habits of children during the time outside of class.
 * Creating educational, leisure and recreational activities of children during the time outside of class.
 * Monitoring the behaviour of pupils in after-school care.
 * Taking pupils for walks.
 * Preparing pupils for competitions etc.</t>
   </si>
   <si>
-    <t>* Desarrollar el conocimiento, habilidades y hábitos de los niños durante el tiempo fuera de clase.
-[...5 lines deleted...]
-  <si>
     <t>Fitness Instructor</t>
-  </si>
-[...1 lines deleted...]
-    <t>Instructor de fitness</t>
   </si>
   <si>
     <t>* Communicating with clients in order to learn about their lifestyle and expectations.
 * Drawing up personal training plans and diet.
 * Illustratively demonstrating the correct execution of exercises.
 * Supervising the correct execution of exercises.
 * Motivating clients towards better sportif results.
 * Selling single entry tickets, season tickets, nutritional supplements etc.
 * Maintaining the cleanliness of the fitness centre.</t>
   </si>
   <si>
-    <t>* Comunicarse con los clientes para conocer su estilo de vida y expectativas.
-[...7 lines deleted...]
-  <si>
     <t>Guidance Counselor</t>
-  </si>
-[...1 lines deleted...]
-    <t>Consejero de orientación</t>
   </si>
   <si>
     <t>* Providing academic, emotional, and social guidance to students.
 * Assisting students in developing educational and career goals.
 * Conducting individual and group counseling sessions to address personal and academic challenges.
 * Collaborating with teachers, parents, and school administration to support student well-being.
 * Developing and implementing programs to enhance students' personal development and academic performance.
 * Offering resources and referrals for additional support services, including mental health resources.
 * Maintaining accurate records of student interactions and progress.
 * Facilitating workshops and seminars on topics such as study skills, stress management, and college readiness.
 * Staying informed about educational trends, college admissions processes, and scholarship opportunities.
 * Advocating for students' needs and ensuring a supportive learning environment.</t>
   </si>
   <si>
-    <t>* Brindar orientación académica, emocional y social a los estudiantes.
-[...10 lines deleted...]
-  <si>
     <t>Laboratory Technician</t>
-  </si>
-[...1 lines deleted...]
-    <t>Técnico de laboratorio</t>
   </si>
   <si>
     <t xml:space="preserve">* Keeping detailed written records of laboratory research, experiments and activities performed.
 * Working in a laboratory performing procedures, maintaining equipment.
 * Assisting lead scientists with their work.
 </t>
-  </si>
-[...3 lines deleted...]
-* Ayudar a los científicos principales en su trabajo.</t>
   </si>
   <si>
     <t>Lector</t>
   </si>
   <si>
     <t>* Transferring theoretical and practical knowledge to the participants of courses/trainings.
 * Providing teaching aid, materials and stationery to the participants of courses/trainings.
 * Practicing acquired knowledge through practical demonstrations, simulated short scenes etc.
 * Answering the questions and explaining any uncertainty regarding the subject delivered.
 * Assigning homework (in case of overnight and long-term courses/trainings).
 * Evaluating the knowledge and achieved progress of the individual participants of courses/trainings.</t>
   </si>
   <si>
-    <t>* Transmitir conocimientos teóricos y prácticos a los participantes de cursos/capacitaciones.
-[...6 lines deleted...]
-  <si>
     <t>Librarian</t>
-  </si>
-[...1 lines deleted...]
-    <t>Bibliotecario</t>
   </si>
   <si>
     <t>* Selecting and ordering books, magazines, audio and video tapes and other multimedia for the needs of the library.
 * Filing new and returned books on the shelves by genre and in alphabetical order.
 * Providing information and advice to the visitors of the library.
 * Performing administrative work (e.g. registration of new members, sending reminders, etc.).
 * Creating and updating a database of titles available for borrowing.
 * Organising discussions with writers and literary critics.</t>
   </si>
   <si>
-    <t>* Seleccionar y pedir libros, revistas, cintas de audio y video y otros materiales multimedia para satisfacer las necesidades de la biblioteca.
-[...6 lines deleted...]
-  <si>
     <t>Master in Vocational Education</t>
-  </si>
-[...1 lines deleted...]
-    <t>Máster en formación profesional</t>
   </si>
   <si>
     <t>* Recording the attendance of pupils as well as the place and type of work in the work journal.
 * Familiarising students with the topic of the class, explaining the theoretical part of the curriculum.
 * Preparing materials and tools needed for practical demonstrations.
 * Notifying students of errors that can occur in case of non-compliance with proper technological procedures.
 * Testing the knowledge and attention of students by asking questions.
 * Providing practical demonstrations.
 * Supervising the observance of proper technological procedures, safety and fire regulations.
 * Giving warnings to students violating school rules in the form of notes in the class book.</t>
   </si>
   <si>
-    <t>* Registrar la asistencia de los alumnos, así como el lugar y tipo de trabajo en el diario de trabajo.
-[...8 lines deleted...]
-  <si>
     <t>Music and Art School Teacher</t>
-  </si>
-[...1 lines deleted...]
-    <t>Profesor de música y arte</t>
   </si>
   <si>
     <t>* Giving lessons on playing musical instruments, dance, art, literature and drama.
 * Teaching theory, art history etc.
 * Developing the talent and individual creative abilities of pupils.
 * Organising performances, talks, expositions etc.</t>
   </si>
   <si>
-    <t>* Dar clases sobre instrumentos musicales, danza, arte, literatura y teatro.
-[...4 lines deleted...]
-  <si>
     <t>Nursery School Teacher Assistant</t>
-  </si>
-[...1 lines deleted...]
-    <t>Auxiliar de guardería</t>
   </si>
   <si>
     <t>* Assisting the lead nursery school teacher in implementing educational programs and activities for young children.
 * Supporting the development and implementation of lesson plans that align with curriculum standards.
 * Supervising and engaging with children during playtime, ensuring a safe and nurturing environment.
 * Assisting in the preparation of classroom materials and resources for daily activities.
 * Observing and documenting children's progress and behavior to provide feedback to the lead teacher.
 * Helping to maintain a clean and organized classroom environment.
 * Communicating effectively with parents and guardians regarding children's progress and any concerns.
 * Participating in staff meetings, training sessions, and professional development opportunities.
 * Assisting with the management of classroom behavior and promoting positive social interactions among children.
 * Supporting children with special needs and adapting activities to accommodate diverse learning styles.
 * Ensuring compliance with health and safety regulations within the classroom and school environment.
 * Fostering a love for learning and encouraging curiosity and exploration among children.</t>
   </si>
   <si>
-    <t>* Asistir al profesor de escuela de educación infantil en la implementación de programas y actividades educativas para niños pequeños.
-[...12 lines deleted...]
-  <si>
     <t>Pedagogue</t>
-  </si>
-[...1 lines deleted...]
-    <t>Pedagogo</t>
   </si>
   <si>
     <t>* Maintaining accurate and complete student records as required by laws, district policies and administrative regulations.
 * Counseling individuals to help them understand and overcome personal, social, or behavioral problems affecting their educational or vocational situations.
 * Conferring with parents or guardians, teachers, other counselors and administrators to resolve students' behavioral, academic and other problems.
 * Providing crisis intervention to students when difficult situations arise at schools.
 * Identifying cases involving domestic abuse or other family problems affecting students' development.</t>
   </si>
   <si>
-    <t>* Mantener registros de estudiantes precisos y completos, como lo exigen las leyes, las políticas del distrito y los reglamentos administrativos.
-[...5 lines deleted...]
-  <si>
     <t>Preschool Teacher</t>
-  </si>
-[...1 lines deleted...]
-    <t>Docente de preescolar</t>
   </si>
   <si>
     <t>* Responsibility for proper emotional development and the safety of the entrusted children of a preschool and school age.
 * Developing creative activities, games, competitions, etc.
 * Assisting children when dressing and combing as well as with hygiene before sleeping and when using the bathroom.
 * Helping children get ready for afternoon naps.
 * Accompanying children and ensuring their safety during trips outside the site of the preschool.
 * Rehearsing programmes, including songs, recitations, and short play action scenes connected to upcoming holidays (Mother’s Day, etc.).</t>
   </si>
   <si>
-    <t>* Responsabilidad por el desarrollo emocional adecuado y la seguridad de los niños encomendados de edad preescolar y escolar.
-[...6 lines deleted...]
-  <si>
     <t>Primary School Teacher</t>
-  </si>
-[...1 lines deleted...]
-    <t>Profesor de educación primaria</t>
   </si>
   <si>
     <t>* Teaching natural sciences and general education subjects.
 * Keeping attendance records and records of the lessons given in the classroom. 
 * Explaining new lessons to students, dictation of notes.
 * Testing the students’ knowledge in the form of verbal answers and written tests.
 * Assessing the students’ knowledge using marks.
 * Preparing educational aids to support the educational process.</t>
   </si>
   <si>
-    <t>* Enseñar ciencias naturales y asignaturas de educación general.
-[...6 lines deleted...]
-  <si>
     <t>Professor</t>
-  </si>
-[...1 lines deleted...]
-    <t>Profesor</t>
   </si>
   <si>
     <t>* Delivering high-quality instruction in specialized subject areas at the undergraduate and graduate levels.
 * Developing and implementing innovative curriculum and instructional materials that enhance student learning.
 * Engaging in scholarly research, publishing findings in reputable academic journals, and presenting at conferences.
 * Advising and mentoring students in their academic and professional pursuits, fostering a supportive learning environment.
 * Collaborating with faculty and staff to enhance departmental goals and contribute to institutional development.
 * Participating in academic committees and contributing to program assessment and improvement initiatives.
 * Staying current with advancements in the field and integrating new knowledge into teaching practices.
 * Facilitating a diverse and inclusive classroom environment that respects and values different perspectives.
 * Conducting assessments and evaluations of student progress and providing constructive feedback.
 * Contributing to community outreach and service initiatives that promote education and research.</t>
   </si>
   <si>
-    <t>* Impartir instrucción de alta calidad en áreas de asignaturas especializadas a nivel de pregrado y posgrado.
-[...10 lines deleted...]
-  <si>
     <t>Psychologist</t>
-  </si>
-[...1 lines deleted...]
-    <t>Psicólogo</t>
   </si>
   <si>
     <t>* Conducting individual or paired sessions with clients.
 * Providing psychotherapeutic services and psychological counselling.
 * Performing psycho-diagnostic tests for clients with mental health problems, as well as for driving instructors, drivers of motor vehicles, employees of private security services, etc.
 * Planning of repeated sessions with clients, depending on the severity of the problem.</t>
   </si>
   <si>
-    <t>* Realizar sesiones individuales o en pareja con clientes.
-[...4 lines deleted...]
-  <si>
     <t>Research Worker, Scientific Worker</t>
-  </si>
-[...1 lines deleted...]
-    <t>Investigador científico</t>
   </si>
   <si>
     <t>* Performing of research and exploration activities,
 * Preparing samples and their analysis using a wide range of laboratory equipment and methodologies.
 * Recording of the findings and their interpretation in the form of conclusions.
 * Developing medicines, vaccines, cosmetics, chemicals, etc.
 * Leading lectures and attending national and international conferences and symposia.
 * Publishing scientific findings, personal views, and theories in the professional literature.</t>
   </si>
   <si>
-    <t>* Realizar actividades de investigación y exploración,
-[...6 lines deleted...]
-  <si>
     <t>School Canteen Manager</t>
-  </si>
-[...1 lines deleted...]
-    <t>Encargado del comedor escolar</t>
   </si>
   <si>
     <t>* Managing the operation of a school canteen.
 * Responsibility for observing hygiene and food culture in a school canteen.
 * Managing and supervising the work of subordinate staff.
 * Ensuring compliance with the nutrient values in the meals served.
 * Compiling a weekly menu.
 * Ensuring the economical management of the assigned funds.</t>
   </si>
   <si>
-    <t>* Gestionar el funcionamiento de una cantina escolar.
-[...6 lines deleted...]
-  <si>
     <t>School Caretaker</t>
-  </si>
-[...1 lines deleted...]
-    <t>Conserje en escuela</t>
   </si>
   <si>
     <t>* Performing simple repairs and general maintenance activities as regards school property and premises.
 * Maintaining cleanliness and order on the school premises.
 * Ordering and receiving works from specialised companies.
 * Clearing snow and ice from pavements, stairs, and roads during the winter.
 * Boiler room operating.</t>
   </si>
   <si>
-    <t>* Realizar reparaciones simples y actividades generales de mantenimiento en cuanto a la propiedad y las instalaciones escolares.
-[...5 lines deleted...]
-  <si>
     <t>School Principal</t>
-  </si>
-[...1 lines deleted...]
-    <t>Director de escuela</t>
   </si>
   <si>
     <t>* Develop and implement the annual school plan and program, ensuring effective operation throughout the academic year.
 * Report to and inform the school board about the execution of the plan and program.
 * Organize and participate in the work of professional bodies within the school, including the teachers' council, class councils, and class advisors.
 * Conduct pedagogical supervision of teachers and specialist staff (such as pedagogues, psychologists, and special educators), ensuring high-quality teaching practices.
 * Foster collaboration and communication with parents to support student development and engagement.
 * Oversee the financial operations of the school, including the preparation of the financial plan and annual financial report.
 * Ensure compliance with educational regulations and standards while promoting a positive learning environment.
 * Lead professional development initiatives for staff to enhance teaching effectiveness and student outcomes.
 * Manage school resources and facilities, ensuring they meet the needs of students and staff.
 * Act as a representative of the school in the community, promoting the institution's values and mission.</t>
   </si>
   <si>
-    <t>* Desarrollar e implementar el plan y programa escolar anual, asegurando el funcionamiento eficaz durante todo el año académico.
-[...10 lines deleted...]
-  <si>
     <t>Secondary School Teacher</t>
-  </si>
-[...1 lines deleted...]
-    <t>Profesor de educación secundaria</t>
   </si>
   <si>
     <t>* Teaching professional, natural sciences and general education subjects.
 * Keeping attendance records and records of the lessons given in the classroom. 
 * Explaining new lessons to students, dictation of notes.
 * Testing the students’ knowledge in the form of verbal answers and written tests, including assessment using marks.
 * Issuing written warnings to students who breach school regulations.
 * Preparing educational aids to support the educational process.</t>
   </si>
   <si>
-    <t>* Docente de ciencias naturales y asignaturas de educación general.
-[...6 lines deleted...]
-  <si>
     <t>Special Needs Teacher</t>
-  </si>
-[...1 lines deleted...]
-    <t>Profesor de necesidades especiales</t>
   </si>
   <si>
     <t>* Participating in drawing up individual education plans for a child and in their upbringing and education.
 * Providing individual special educational, therapeutic and rehabilitation services.
 * Providing consulting services to legal representatives in connection with an individual education plan for a child.
 * Providing consultations and professional consulting services and methodical assistance to teachers.
 * Providing information and communication with advisory bodies.
 * Submitting proposals and suggestions to improve and streamline educational work with disabled children and children with special educational needs.</t>
   </si>
   <si>
-    <t>* Participar en la elaboración de planes de educación individuales para un niño y en su crianza y educación.
-[...6 lines deleted...]
-  <si>
     <t>Sports Coach</t>
-  </si>
-[...1 lines deleted...]
-    <t>Entrenador deportivo</t>
   </si>
   <si>
     <t>* Determining the type, duration and intensity of training depending on the expected effect on the team/wards.
 * Compiling lists and/or formations of players entering the game (for team sports).
 * Analysing the performances of opponents in order to identify their weaknesses in games and tactics and to use them for the benefit of its team/ward.
 * Setting game tactics.
 * Cooperating with the coach assistants, team masseurs, physiotherapists, doctors, and the custodian.
 * Attending press conferences, and giving interviews to the media.</t>
   </si>
   <si>
-    <t>* Determinar el tipo, duración e intensidad del entrenamiento según el efecto esperado en el equipo/tutelados.
-[...6 lines deleted...]
-  <si>
     <t>Sports Coordinator</t>
-  </si>
-[...1 lines deleted...]
-    <t>Coordinador de deportes</t>
   </si>
   <si>
     <t xml:space="preserve">* Oversees and coordinates the administrative functions, team preparation support, and logistical operations
 </t>
-  </si>
-[...1 lines deleted...]
-    <t>* Supervisa y coordina las funciones administrativas, el apoyo de preparación del equipo y las operaciones logísticas</t>
   </si>
   <si>
     <t>Teacher</t>
   </si>
   <si>
     <t>* Developing and implementing engaging lesson plans that meet curriculum standards.
 * Delivering high-quality instruction in a classroom setting, fostering a positive learning environment.
 * Assessing student progress and providing constructive feedback to support academic growth.
 * Utilizing a variety of teaching methods and resources to accommodate diverse learning styles.
 * Encouraging student participation and critical thinking through interactive activities and discussions.
 * Collaborating with colleagues, parents, and administrators to enhance educational programs.
 * Maintaining accurate records of student attendance, grades, and performance.
 * Participating in professional development opportunities to stay current with educational trends and practices.
 * Supporting students' social and emotional well-being through mentorship and guidance.
 * Adapting teaching strategies to meet the needs of students with varying abilities and backgrounds.</t>
   </si>
   <si>
-    <t>* Desarrollar e implementar planes de lección atractivos que cumplan con los estándares curriculares.
-[...10 lines deleted...]
-  <si>
     <t>Tutor</t>
   </si>
   <si>
     <t>* Providing personalized tutoring sessions in various subjects to students of different age groups.
 * Assessing students' learning needs and tailoring lesson plans to meet individual goals.
 * Utilizing a variety of teaching methods and resources to enhance student understanding and engagement.
 * Monitoring student progress and providing constructive feedback to promote academic improvement.
 * Assisting students with homework, exam preparation, and study skills development.
 * Creating a supportive and encouraging learning environment that fosters student confidence.
 * Collaborating with parents and guardians to discuss student progress and address any concerns.
 * Maintaining accurate records of student attendance, progress, and achievements.
 * Staying updated with educational best practices and subject knowledge to enhance tutoring effectiveness.
 * Participating in professional development opportunities to improve tutoring skills and techniques.</t>
   </si>
   <si>
-    <t>* Brindar sesiones de tutoría personalizadas en diversas materias a estudiantes de diferentes grupos de edad.
-[...10 lines deleted...]
-  <si>
     <t>University Teacher</t>
-  </si>
-[...1 lines deleted...]
-    <t>Profesor universitario</t>
   </si>
   <si>
     <t xml:space="preserve">* Leading professional lectures and practical exercises.
 * Recording attendance records into personal notes.
 * Testing student knowledge in the form of verbal answers and written tests including assessment using grades.
 * Issuing and recording student credits following a successful test or class completion.
 * Preparing the aids that are necessary for lectures and practical exercises.
 * Providing consultations to students during specifically defined hours.
 </t>
   </si>
   <si>
-    <t>* Impartir clases magistrales y ejercicios prácticos profesionales.
-[...6 lines deleted...]
-  <si>
     <t>University Teaching assistant</t>
-  </si>
-[...1 lines deleted...]
-    <t>Asistente universitario</t>
   </si>
   <si>
     <t>* Leading professional lectures and practical exercises.
 * Recording attendance records into personal notes.
 * Testing student knowledge in the form of verbal answers and written tests including assessment using grades.
 * Issuing and recording student credits following a successful test or class completion.
 * Preparing the aids that are necessary for lectures and practical exercises.
 * Providing consultations to students during specifically defined hours.</t>
   </si>
   <si>
-    <t>* Impartir clases magistrales y ejercicios prácticos profesionales.
-[...6 lines deleted...]
-  <si>
     <t>Electrical &amp; Power Engineering</t>
-  </si>
-[...1 lines deleted...]
-    <t>Ingeniería eléctrica y energética</t>
   </si>
   <si>
     <t>* Designing and modifying 3D models of machinery, equipment and components using specialised projection software.
 * Completing drawings in paper and digital form as well as construction documentation.
 * Consulting with engineers in research and development, along with a head designer and production technologist.
 * Solving problems associated with manufacturability, finding solutions related to the savings in production costs, weight etc.</t>
-  </si>
-[...4 lines deleted...]
-* Resolver problemas asociados con la fabricabilidad, encontrar soluciones relacionadas con el ahorro en costos de producción, peso, etc.</t>
   </si>
   <si>
     <t>* Preparing project documentation of wiring.
 * Documentation negotiation with the customer, professional bodies and organisations.
 * Drafting of technical design of solutions, including the calculation of expected implementation costs.
 * Conducting author's supervision during the construction.
 * Providing solutions to the variations and changes to project documentation, incorporation of new customer requirements.
 * Taking part in trials and putting constructions in service.
 * Elaborating project documentation of the actual construction in paper and digital form.
 * Providing technical assistance and consultation.</t>
   </si>
   <si>
-    <t>* Preparación de la documentación del proyecto de cableado.
-[...8 lines deleted...]
-  <si>
     <t>Electrical Engineer</t>
-  </si>
-[...1 lines deleted...]
-    <t>Ingeniero eléctrico</t>
   </si>
   <si>
     <t>* Specification, design, implementation, and installation of a solution following client defined requirements.
 * Proposal and definition of control system requirements.
 * Definition and configuration of sequential, paired, and discrete circuits.
 * Securing software development support.
 * Creating technical documentation for application solutions.
 * Securing technical support and engineering work at the client's site.</t>
   </si>
   <si>
-    <t>* Especificación, diseño, implementación e instalación de una solución siguiendo los requisitos definidos por el cliente.
-[...6 lines deleted...]
-  <si>
     <t>* Operating electrical machines, instruments, devices and electricity producing facilities.
 * Installing, maintaining and repairing electrical machinery, instruments and devices, external and internal electrical wiring, security, communication and telecommunication equipment, transmitters, receivers, etc.
 * Installing distribution infrastructure for building hardware.
 * Conducting measurements with electrical and electronic measuring devices and diagnostic technical equipment.</t>
   </si>
   <si>
-    <t>* Operar máquinas eléctricas, instrumentos, dispositivos y centrales eléctricas.
-[...4 lines deleted...]
-  <si>
     <t>Electrical Fitter</t>
-  </si>
-[...1 lines deleted...]
-    <t>Instalador electricista</t>
   </si>
   <si>
     <t>* Completing assembly and maintenance works of electrical equipment, low, high, and very high voltage lines, electrical lightning etc. * Diagnosing outages and evaluating diagnostic measurements.
 * Performing functional tests of equipment after the preventive maintenance or repair.
 * Performing preventive maintenance of assigned equipment.
 * Completing repair or maintenance report in paper form.
 * Ensuring the reliability of operation and checking compliance with occupational health and safety and the use of personal protective equipment.</t>
   </si>
   <si>
-    <t>* Realizar trabajos de montaje y mantenimiento de equipos eléctricos, líneas de baja, alta y muy alta tensión, iluminación eléctrica, etc.
-[...6 lines deleted...]
-  <si>
     <t>Electrician</t>
-  </si>
-[...1 lines deleted...]
-    <t>Electricista</t>
   </si>
   <si>
     <t>* Reading technical documentation.
 * Proposing the placement of electrical circuits.
 * Cutting openings and channels into the walls and floors.
 * Stripping electrical wires and cables. 
 * Powering up electrical disconnects, outlets, distribution panels, switches, connectors, breakers, fuses, transformers, lamps, and other electrical equipment.
 * Diagnosing and eliminating outages and electrical problems.
 * Following the safety and fire prevention regulations.</t>
   </si>
   <si>
-    <t>* Leer documentación técnica.
-[...7 lines deleted...]
-  <si>
     <t>Electrician (industrial)</t>
-  </si>
-[...1 lines deleted...]
-    <t>Electricista industrial</t>
   </si>
   <si>
     <t>* Designing and constructing electrical appliances and equipment.
 * Dismantling appliances and equipment for the purpose of repair.
 * Testing electrical installations using measuring and diagnostic devices.
 * Restoring and assembling appliances and equipment into a functional unit.
 * Inspecting and testing the technical electrical equipment.
 * Managing technical and operational documentation.</t>
   </si>
   <si>
-    <t>* Diseñar y construir electrodomésticos y equipos eléctricos.
-[...6 lines deleted...]
-  <si>
     <t>Electronics Electrician</t>
-  </si>
-[...1 lines deleted...]
-    <t>Electricista electrónico</t>
   </si>
   <si>
     <t>* Diagnosing faults in electronic devices using conventional measuring instruments.
 * Drawing up measurement protocols.
 * Reading and drawing electronic diagrams.
 * Addressing malfunctions by exchanging defective parts with new ones.
 * Mounting and debugging electronic components and equipment.
 * Updating the internal operating system (firmware).
 * Unblocking mobile phones, satellite receivers, etc.</t>
   </si>
   <si>
-    <t>* Diagnóstico de fallas en dispositivos electrónicos utilizando instrumentos de medición convencionales.
-[...7 lines deleted...]
-  <si>
     <t>Inspection Technician</t>
-  </si>
-[...1 lines deleted...]
-    <t>Técnico de inspección</t>
   </si>
   <si>
     <t>* Performing technical inspections and tests of the electrical equipment according to the Labour Inspection certificate.
 * Completing written reports on executed inspections. 
 * Instructing employees - persons in accordance with the Section 20.</t>
   </si>
   <si>
-    <t>* Realizar inspecciones y pruebas técnicas del equipo eléctrico según el certificado de Inspección Laboral.
-[...13 lines deleted...]
-  <si>
     <t>PLC Programmer</t>
-  </si>
-[...1 lines deleted...]
-    <t>Programador de PLC</t>
   </si>
   <si>
     <t>* Developing, simulating, implementing and testing of management programs for PLC devices.
 * Setting up PLC devices in case of production change.
 * Preparing visualisations of the technological process using specialised software.
 * Determining and eliminating malfunctions with an emphasis on minimising downtime.
 * Preparing and maintaining technical documentation for programs.
 * Partaking in putting PLC devices into service.</t>
   </si>
   <si>
-    <t>* Desarrollo, simulación, implementación y prueba de programas de gestión para dispositivos PLC.
-[...6 lines deleted...]
-  <si>
     <t>Power Engineer</t>
-  </si>
-[...1 lines deleted...]
-    <t>Ingeniero en energía</t>
   </si>
   <si>
     <t>* Ensuring and coordinating specialised inspections, tests and repairs of power equipment.
 * Drawing up production plans of energy consumption.
 * Reviewing the rational use of energy in the company.
 * Keeping records of energy consumption of the individual departments of society.
 * Running calculations of charges on heat meters, electricity meters, gas meters and water meters.
 * Proposing measures aimed at reducing energy consumption.
 * Preparing documents for tenders for energy suppliers.</t>
   </si>
   <si>
-    <t>* Asegurar y coordinar las inspecciones, pruebas y reparaciones especializadas del equipo de energía.
-[...7 lines deleted...]
-  <si>
     <t>Power-Generating Machinery Operator</t>
-  </si>
-[...1 lines deleted...]
-    <t>Operador de planta de energía eléctrica</t>
   </si>
   <si>
     <t>* Monitoring and evaluating the parameters of the power machine operation in terms of performance, security, economy, ecology, fire protection principles etc.
 * Ensuring start-ups, shutdowns, pre-manipulations and tests of machinery and equipment.
 * Preventing disrepairs of machines by an early intervention to the run of equipment.</t>
-  </si>
-[...14 lines deleted...]
-* Comunicarse con otros departamentos de la empresa.</t>
   </si>
   <si>
     <t>* Conducting repairs and maintenance on electrical systems and equipment.
 * Diagnosing electrical faults and implementing effective solutions.
 * Performing routine inspections and testing of electrical systems to ensure safety and compliance.
 * Collaborating with engineers and other technicians to improve system performance.
 * Installing and configuring electrical systems and components as needed.
 * Maintaining accurate records of repairs, inspections, and maintenance activities.
 * Ensuring adherence to safety protocols and regulations during all repair activities.
 * Providing technical support and guidance to clients and team members.
 * Utilizing specialized tools and equipment to carry out repair tasks efficiently.
 * Staying updated with the latest industry trends and advancements in electrical engineering.
 * Assisting in the training and development of junior repair staff.
 * Responding promptly to emergency repair requests to minimize downtime.
 * Contributing to the development of maintenance schedules and procedures.
 * Participating in team meetings to discuss project progress and challenges.
 * Upholding a high standard of workmanship and professionalism in all tasks.</t>
   </si>
   <si>
-    <t>* Realización de reparaciones y mantenimiento en sistemas y equipos eléctricos.
-[...15 lines deleted...]
-  <si>
     <t>Service Engineer</t>
-  </si>
-[...1 lines deleted...]
-    <t>Ingeniero de servicio</t>
   </si>
   <si>
     <t>* Mounting, dismantling and powering up machinery and equipment.
 * Providing repairs and maintenance of machinery and equipment.
 * Providing employee trainings on the use of machinery and equipment.
 * Completing technical reports.
 * Providing technical support to internal and external customers.</t>
   </si>
   <si>
-    <t>* Montaje, desmontaje y puesta en marcha de maquinaria y equipo.
-[...5 lines deleted...]
-  <si>
     <t>Service Technician</t>
-  </si>
-[...1 lines deleted...]
-    <t>Técnico de servicio</t>
   </si>
   <si>
     <t>* Taking care of the guarantee and after-guarantee service for the delivered goods.
 * Assembling and installing products for the customers.
 * Finding out about the causes of failure and defect on the products.
 * Assessing the validity of claims.
 * Ordering nonfunctional or damaged component parts from manufacturers.
 * Issuing assembly sheets for customers.
 * Cashing in and disbursing cash for the carried out repairs.</t>
   </si>
   <si>
-    <t>* Encargarse del servicio de garantía y postgarantía para los bienes entregados.
-[...7 lines deleted...]
-  <si>
     <t>Technician</t>
-  </si>
-[...1 lines deleted...]
-    <t>Técnico</t>
   </si>
   <si>
     <t>* Putting machines, devices, and equipment into operation.
 * Analysing failures with the aim to identify their original cause.
 * Repairing machines, devices, and equipment by replacing the defective components by new ones or by software adjustments.
 * Managing, inspecting, and keeping the technical documentation up-to-date.
 * Ensuring technical support regarding the processes and products in the production.</t>
-  </si>
-[...5 lines deleted...]
-* Garantizar soporte técnico en cuanto a procesos y productos en la producción.</t>
   </si>
   <si>
     <t>* Introducing new products into production.
 * Analysing technological product manufacturability.
 * Defining production and work practices, training production operators.
 * Monitoring compliance with established procedures, regulations and product quality.
 * Managing, checking, maintaining and updating technical documentation.
 * Calculating normalised time, product prices and conversions within quotations.
 * Solving the complaints of suppliers and customers as well as internal complaints.
 * Optimising technological processes to improve product quality and minimise costs.</t>
   </si>
   <si>
-    <t>* Introducir nuevos productos en producción.
-[...8 lines deleted...]
-  <si>
     <t>Telecommunication network installer</t>
-  </si>
-[...1 lines deleted...]
-    <t>Instalador de redes de telecomunicaciones</t>
   </si>
   <si>
     <t>* Installing, maintaining, and repairing telecommunication networks, including fiber optic and copper cabling systems.
 * Conducting site surveys to determine installation requirements and ensure compliance with specifications.
 * Collaborating with engineers and project managers to develop installation plans and timelines.
 * Connecting telecommunications equipment, including routers, switches, and servers, to network infrastructure.
 * Testing and troubleshooting network connectivity issues to ensure optimal performance.
 * Ensuring adherence to safety protocols and industry standards during installation and maintenance activities.
 * Providing technical support and training to clients on the operation of telecommunication systems.
 * Documenting installation processes, maintenance activities, and service reports for future reference.
 * Staying updated on advancements in telecommunication technology and best practices.
 * Assisting in the development of project budgets and resource allocation for telecommunication installations.</t>
   </si>
   <si>
-    <t>* Instalar, mantener y reparar redes de telecomunicación, incluidos sistemas de cableado de fibra óptica y cobre.
-[...10 lines deleted...]
-  <si>
     <t>General labour</t>
-  </si>
-[...1 lines deleted...]
-    <t>Servicios generales</t>
   </si>
   <si>
     <t>Au-pair</t>
   </si>
   <si>
     <t>* Taking care of children in the absence of their guardians.
 * Accompanying children to/from school.
 * Helping children with learning and their homework.
 * Performing routine housework (vacuuming, dusting, ironing, washing dishes, etc.).</t>
   </si>
   <si>
-    <t>* Cuidar a los niños en ausencia de sus tutores.
-[...4 lines deleted...]
-  <si>
     <t>Cleaner</t>
-  </si>
-[...1 lines deleted...]
-    <t>Limpiadora</t>
   </si>
   <si>
     <t>* Cleaning, polishing, and wiping off furniture and equipment and removing dust.
 * Cleaning windows, glass panels in doors and other glass surfaces.
 * Emptying wastebaskets and ashtrays.
 * Vacuuming carpets, rugs and other fabrics.
 * Cleaning flooring, tiles, and exterior surfaces.
 * Cleaning and disinfecting sanitary facilities, replacing hygienic supplies.</t>
   </si>
   <si>
-    <t>* Limpiar, pulir y eliminar el polvo de muebles y equipos.
-[...6 lines deleted...]
-  <si>
     <t>Cleaning manager</t>
-  </si>
-[...1 lines deleted...]
-    <t>Responsable de limpieza</t>
   </si>
   <si>
     <t>* Overseeing and managing all cleaning operations within the organization.
 * Developing and implementing cleaning schedules and protocols to ensure high standards of cleanliness.
 * Supervising and training cleaning staff to ensure efficient and effective cleaning practices.
 * Conducting regular inspections of facilities to ensure compliance with health and safety regulations.
 * Managing inventory of cleaning supplies and equipment, ensuring adequate stock levels.
 * Addressing and resolving any cleaning-related issues or complaints from staff and clients.
 * Collaborating with other departments to coordinate cleaning schedules and minimize disruption.
 * Ensuring the proper use and maintenance of cleaning equipment and tools.
 * Keeping up-to-date with industry best practices and innovations in cleaning techniques and products.
 * Preparing reports on cleaning operations, staff performance, and supply usage for management review.</t>
   </si>
   <si>
-    <t>* Supervisar y gestionar todas las operaciones de limpieza dentro de la organización.
-[...10 lines deleted...]
-  <si>
     <t>General Labourer</t>
   </si>
   <si>
-    <t>Trabajador general</t>
-[...1 lines deleted...]
-  <si>
     <t>* Performing a wide range of auxiliary work in catering to establishments, constructions, manufacturing companies etc.</t>
   </si>
   <si>
-    <t>* Realizar una amplia variedad de trabajos auxiliares en servicios de catering para establecimientos, construcciones, empresas manufactureras, etc.</t>
-[...1 lines deleted...]
-  <si>
     <t>Hostess</t>
-  </si>
-[...1 lines deleted...]
-    <t>Azafata</t>
   </si>
   <si>
     <t>* Welcoming the guests and visitors at exhibitions, fairs, social gatherings and events.
 * Handing out promotional materials and items, souvenirs and business cards.
 * Replenishing promotional materials for visitors to exhibitions and fairs.
 * Replenishing refreshments for invited guests at the exhibition stand.
 * Providing general information.</t>
   </si>
   <si>
-    <t>* Acoger a los invitados y visitantes en exposiciones, ferias, reuniones sociales y eventos.
-[...5 lines deleted...]
-  <si>
     <t>Labourer</t>
-  </si>
-[...1 lines deleted...]
-    <t>Obrero</t>
   </si>
   <si>
     <t>* Performing a wide range of manual tasks in the production companies, on building sites, in the forests etc.
 * Meet the given production norms (in production companies) with the emphasis on the speed and accuracy of production.
 * Operating machinery, instruments, and equipment as means for fulfilling the given tasks.
 * Carrying out simple repairs and maintenance of the machinery, instruments and equipment.</t>
   </si>
   <si>
-    <t>* Realizar una amplia variedad de tareas manuales en empresas de producción, en obras de construcción, en bosques, etc.
-[...4 lines deleted...]
-  <si>
     <t>Porter, Information Staff</t>
-  </si>
-[...1 lines deleted...]
-    <t>Portero, informador</t>
   </si>
   <si>
     <t>* Providing information to visitors and navigating them within the building.
 * Handling incoming and outgoing phone calls.
 * Keeping records of visitors and their personal data to a limited extent.
 * Lending keys to lockable rooms to authorised personnel.
 * Locking the entrance door at night and during public holidays.</t>
   </si>
   <si>
-    <t>* Brindar información a los visitantes y guiarlos dentro del edificio.
-[...5 lines deleted...]
-  <si>
     <t>Survey Interviewer</t>
-  </si>
-[...1 lines deleted...]
-    <t>Encuestador</t>
   </si>
   <si>
     <t>* Contacting a preselected sample of people in the field or via various channels (telephone, mail, e-mail, Internet).
 * Recording the responses of respondents in questionnaires.
 * Checking the extent of the completion of questionnaires.
 * Submitting completed questionnaires to the superior.</t>
   </si>
   <si>
-    <t>* Contactar con una muestra preseleccionada de personas en el campo o a través de varios canales (teléfono, correo, correo electrónico, Internet).
-[...4 lines deleted...]
-  <si>
     <t>Human Resources</t>
   </si>
   <si>
-    <t>Recursos Humanos</t>
-[...1 lines deleted...]
-  <si>
     <t>Career advisor</t>
-  </si>
-[...1 lines deleted...]
-    <t>Asesor de orientación profesional</t>
   </si>
   <si>
     <t>* Providing guidance and support to individuals in their career development and job search processes.
 * Conducting one-on-one career counseling sessions to assess clients' skills, interests, and goals.
 * Assisting clients in creating effective resumes and cover letters tailored to specific job opportunities.
 * Offering interview preparation and coaching to enhance clients' confidence and performance.
 * Developing and facilitating workshops on various career-related topics, including job search strategies and networking.
 * Staying updated on labor market trends and employment opportunities to provide relevant information to clients.
 * Collaborating with educational institutions and employers to connect clients with job openings and internships.
 * Utilizing assessment tools to help clients identify their strengths and areas for improvement.
 * Maintaining accurate records of client interactions and progress for follow-up and reporting purposes.
 * Promoting a positive and supportive environment that encourages clients to pursue their career aspirations.</t>
   </si>
   <si>
-    <t>* Proporcionar orientación y apoyo a las personas en su desarrollo profesional y procesos de búsqueda de empleo.
-[...10 lines deleted...]
-  <si>
     <t>Coach</t>
-  </si>
-[...1 lines deleted...]
-    <t>Entrenador</t>
   </si>
   <si>
     <t>* Supporting clients in solving problems through structured questions, reflections, suggestions and feedback.
 * Providing consultations on alternative procedures and their consequences.
 * Aiding the implementation of defined plans and intentions.
 * Supporting development and learning.</t>
   </si>
   <si>
-    <t>* Apoyar a los clientes en la resolución de problemas mediante preguntas estructuradas, reflexiones, sugerencias y retroalimentación.
-[...4 lines deleted...]
-  <si>
     <t>Compensation &amp; Benefit Specialist</t>
-  </si>
-[...1 lines deleted...]
-    <t>Especialista en compensación y beneficios</t>
   </si>
   <si>
     <t xml:space="preserve">* Participating in the setting of reward strategies within the company.
 * Planning of personal costs.
 * Watching withdrawals from the funds earmarked for the remuneration of employees.
 * Reevaluating the height of salaries and provided benefits.
 * Solving problems connected with remuneration.
 </t>
-  </si>
-[...5 lines deleted...]
-* Resolver problemas relacionados con la remuneración.</t>
   </si>
   <si>
     <t>* Overseeing the daily operations of the department to ensure efficiency and productivity.
 * Developing and implementing departmental strategies and goals aligned with the organization's objectives.
 * Leading, mentoring, and managing a team of employees, fostering a positive and collaborative work environment.
 * Conducting performance evaluations, providing feedback, and identifying training needs for team members.
 * Collaborating with other departments to ensure seamless communication and coordination of activities.
 * Managing departmental budgets and resources, ensuring cost-effective operations.
 * Analyzing departmental performance metrics and preparing reports for senior management.
 * Ensuring compliance with company policies, procedures, and relevant regulations.
 * Addressing employee concerns and resolving conflicts in a timely and professional manner.
 * Staying informed about industry trends and best practices to enhance departmental effectiveness.</t>
   </si>
   <si>
-    <t>* Supervisar las operaciones diarias del departamento para garantizar la eficiencia y la productividad.
-[...10 lines deleted...]
-  <si>
     <t>Education Specialist</t>
-  </si>
-[...1 lines deleted...]
-    <t>Especialista en educación</t>
   </si>
   <si>
     <t>* Responsibility for the drawing up a plan of training activities.
 * Determining the training needs and communication with senior staff in developing a training plan.
 * Preparing the group and individual training plans.
 * Introducing the new training systems and new projects.
 * Cooperating in the implementation of professional career system and in creating a system of further education.
 * Creating and implementing the professional career system of employees and creating the processes to ensure the further professional development of employees.
 * Conducting organisation development projects.
 * Independent completing, recording and revising the proposals of training activities (internal and external).
 * Creating and managing the catalogue of training activities.
 * Providing advice on creating training proposals.
 * Preparing and organising internal trainings, preparing technical equipment and the ensuring suitable classrooms.
 * Tracking feedback from conducted training in order to improve the service provided for the necessary staff development.
 * Providing training activities through external training companies.
 * Participating in defining the requirements and specifications for choosing a supplier of training activities.
 * Communicating with the external suppliers of trainings.
 * Covering the current qualification needs.
 * Providing advice to managers and employees concerning the arrangements for further education.
 * Independent developing, designing and documenting trainings and seminars for employees.
 * Conducting or moderating seminars, conferences, group works, case studies, planning and model situations.
 * Performing one´s own training activities.
 * Monitoring and analysing the trends and news in the market of education development and further education of adults and human resources and their implementation as appropriate.
 * Responsibility for keeping records of completed trainings and courses.
 * Preparing reports and statistics on training activities.
 * Presenting the process and outcomes of training activities for audits and controlling.
 * Communicating with other external companies and institutions (secondary schools, universities, training and educational centres, educational agencies, etc.) in order to achieve an effective co-operation in implementing joint projects.</t>
   </si>
   <si>
-    <t>* Responsabilidad por la elaboración de un plan de actividades de capacitación.
-[...25 lines deleted...]
-  <si>
     <t>HR Assistant</t>
-  </si>
-[...1 lines deleted...]
-    <t>Asistente de RRHH</t>
   </si>
   <si>
     <t>* Administrative support of the HR department
 * Organizing appointments and job interviews
 * CV selection, candidate pre-selection over the phone
 * Participating in and assisting with keeping the HR agenda (contracts, terminations, addendums, extensions)
 * Helping with organising employee training and education
 * Communicating with partners, management, other departments and employees</t>
   </si>
   <si>
-    <t>* Apoyo administrativo al departamento de Recursos Humanos
-[...6 lines deleted...]
-  <si>
     <t>HR Business Partner</t>
-  </si>
-[...1 lines deleted...]
-    <t>Socio estratégico de RRHH</t>
   </si>
   <si>
     <t>* Making up a concept of employees' training, their evaluation and rewarding.
 * Coordinating selection processes in the company or in assigned departments.
 * Cooperating with the managers of the company at solving personal questions.
 * Taking active part in strategic decisions of the company.
 * Keeping the personal employee agenda.
 * providing counseling to the managers and employees in the area of the Labour Code and the related legislation.</t>
   </si>
   <si>
-    <t>* Elaborar un concepto de capacitación, evaluación y recompensa para empleados.
-[...6 lines deleted...]
-  <si>
     <t>HR Consultant</t>
-  </si>
-[...1 lines deleted...]
-    <t>Consultor de RRHH</t>
   </si>
   <si>
     <t>* Advertising job vacancies.
 * Selecting profiles of candidates from internal database and external sources.
 * Organising and independently conducting selection interviews with candidates.
 * Evaluating candidates from the personal and professional point of view and their subsequent recommending to the clients.
 * Providing consultation and advice to clients and jobseekers.
 * Regular communication with assigned clients.</t>
   </si>
   <si>
-    <t>* Publicar vacantes de empleo.
-[...6 lines deleted...]
-  <si>
     <t>HR Coordinator</t>
-  </si>
-[...1 lines deleted...]
-    <t>Coordinador de RRHH</t>
   </si>
   <si>
     <t>* managing the assigned project, selecting employees
 * taking care of, coordinating and being responsible for the assigned employees
 * communication with the representatives of the employer
 * checking attendance, preparing wage documents</t>
   </si>
   <si>
-    <t>* gestión del proyecto asignado, selección de empleados
-[...4 lines deleted...]
-  <si>
     <t>HR Generalist</t>
-  </si>
-[...1 lines deleted...]
-    <t>Generalista de RRHH</t>
   </si>
   <si>
     <t>* Providing advice to line managers and employees concerning the Labour Code and related legislation.
 * Responsibility for the identification of the staffing need and recruitment of new employees.
 * Managing the personnel administration.
 * Ensuring the further development and education of employees.
 * Reporting the results to the management of the company.
 * Preparing documents for the wage department.</t>
   </si>
   <si>
-    <t>* Proporcionar asesoramiento a los jefes de línea y empleados en relación con el Código Laboral y la legislación relacionada.
-[...6 lines deleted...]
-  <si>
     <t>HR Officer</t>
-  </si>
-[...1 lines deleted...]
-    <t>Oficial de RRHH</t>
   </si>
   <si>
     <t>* Defining qualification prerequisites for specific work positions.
 * Responsibility for the contents of recruitment advertisements and its communication in the mass media.
 * Holding personal interviews with employment candidates.
 * Preparing the contents of employment contracts.
 * Securing employment-related activities connected to the start and end of employment.
 * Preparation of the materials used for payroll processing.
 * Securing training and educational activities within the organisation.
 * Formulating, managing, and optimising the system of motivation and benefits.
 * Responsibility for archiving and adherence to the protection of employee personal data.</t>
   </si>
   <si>
-    <t>* Definición de los requisitos de calificación para puestos de trabajo específicos.
-[...9 lines deleted...]
-  <si>
     <t>Lecturer, trainer</t>
   </si>
   <si>
     <t>* Preparing the content of courses and trainings.
 * Providing the instructional materials and teaching aids.
 * Lecturing on the subject matter and the subsequent application of theoretical knowledge into practice.
 * Reviewing the acquired knowledge through discussions, tests, or practical demonstrations.
 * Issuing certificates after the successful completion of courses and trainings.</t>
   </si>
   <si>
-    <t>* Preparación del contenido de los cursos y capacitaciones.
-[...5 lines deleted...]
-  <si>
     <t>Occupational Psychologist</t>
-  </si>
-[...1 lines deleted...]
-    <t>Psicólogo laboral</t>
   </si>
   <si>
     <t>* Providing psychological counselling for individuals and/or groups.
 * Detecting problems with the help of test batteries.
 * Analysing problems and relationships at the working place.
 * Taking part in making up work groups and teams.
 * Suggesting measures focused on improving the work climate.
 * Finding out facts about employees with the help of special tests and questionnaires.</t>
   </si>
   <si>
-    <t>* Proporcionar asesoramiento psicológico a individuos y/o grupos.
-[...6 lines deleted...]
-  <si>
     <t>Recruiter</t>
-  </si>
-[...1 lines deleted...]
-    <t>Reclutador de RRHH</t>
   </si>
   <si>
     <t>* Conducting telephone interviews in order to identify and eliminate unsuitable job seekers for the position.
 * Inviting suitable job seekers to interviews.
 * Conducting job interviews with the job seekers, in turn inquiring about previous experience, expected salary, etc.
 * Testing the language competence, abilities and skills through simulated dialogues, tests, etc.
 * Regular monitoring of job seekers on job portals, monitoring the currently required job positions on the market.
 * Keeping files of job seekers.</t>
   </si>
   <si>
-    <t>* Realizar entrevistas telefónicas para identificar y eliminar a los solicitantes de empleo no aptos para el puesto.
-[...6 lines deleted...]
-  <si>
     <t>Information Technology</t>
   </si>
   <si>
-    <t>Tecnologías de la información</t>
-[...1 lines deleted...]
-  <si>
     <t>.NET Programmer</t>
-  </si>
-[...1 lines deleted...]
-    <t>Desarrollador .net</t>
   </si>
   <si>
     <t>* Developing websites in the .NET environment.
 * Analysing customer requirements and assessing the potential risks and related technical issues.
 * Participating in the creation of technical specifications.
 * Handing over completed work to clients/testers for testing purposes.
 * Determining and correcting functional and security errors in the source code.
 * Handing over completed software applications to clients, project managers, etc.
 * Providing technical support to clients.</t>
   </si>
   <si>
-    <t>* Desarrollar sitios web en el entorno de .NET.
-[...7 lines deleted...]
-  <si>
     <t>ABAP Programmer</t>
-  </si>
-[...1 lines deleted...]
-    <t>Programador ABAP</t>
   </si>
   <si>
     <t>* Developing complex computer applications and/or separate modules in the ABAP programming language.
 * Analysing customer requirements and assessing the potential risks and related technical issues.
 * Participating in the creation of technical specifications.
 * Handing over completed work to clients/testers for testing purposes.
 * Determining and correcting functional and security errors in the source code.
 * Handing over completed software applications to clients, project managers, etc.
 * Providing technical support to clients.</t>
   </si>
   <si>
-    <t>* Desarrollar aplicaciones informáticas complejas y/o módulos separados en el lenguaje de programación ABAP.
-[...7 lines deleted...]
-  <si>
     <t>AI Engineer</t>
-  </si>
-[...1 lines deleted...]
-    <t>Ingeniero de inteligencia artificial</t>
   </si>
   <si>
     <t>* Design, development and implementation of artificial intelligence and machine learning models.
 * Data processing and analysis, including dataset preparation, cleaning and annotation.
 * Development of algorithms for prediction, classification, image/speech recognition or natural language processing (NLP).
 * Integration of AI solutions into existing products, systems or cloud infrastructure.
 * Optimization of models in terms of performance, accuracy and computational resource requirements.
 * Collaboration with data analysts, software developers and business teams in defining requirements and goals.
 * Monitoring AI/ML trends and innovations and applying them in practice.
 * Documentation of procedures, solutions and experiment results.</t>
   </si>
   <si>
-    <t>* Diseño, desarrollo e implementación de modelos de inteligencia artificial y aprendizaje automático.
-[...8 lines deleted...]
-  <si>
     <t>Android Developer</t>
-  </si>
-[...1 lines deleted...]
-    <t xml:space="preserve">Programador Android </t>
   </si>
   <si>
     <t>* Developing and maintaining mobile applications for the Android platform.
 * Collaborating with cross-functional teams to define, design, and ship new features.
 * Ensuring the performance, quality, and responsiveness of applications.
 * Identifying and fixing bugs and performance bottlenecks.
 * Writing clean, maintainable, and efficient code.
 * Participating in code reviews and providing constructive feedback to peers.
 * Staying up-to-date with the latest industry trends and technologies to enhance development processes.
 * Integrating third-party libraries and APIs to enhance application functionality.
 * Assisting in the preparation of technical documentation and specifications.
 * Troubleshooting and resolving issues reported by users and testers.
 * Engaging in continuous learning and professional development to improve skills and knowledge.
 * Collaborating with designers to create intuitive and user-friendly interfaces.
 * Contributing to the overall development team culture and best practices.
 * Participating in Agile development processes, including sprint planning and retrospectives.
 * Supporting the deployment of applications to the Google Play Store and ensuring compliance with guidelines.</t>
   </si>
   <si>
-    <t>* Desarrollar y mantener aplicaciones móviles para la plataforma Android.
-[...15 lines deleted...]
-  <si>
     <t>ASP.NET Programmer</t>
-  </si>
-[...1 lines deleted...]
-    <t>Programador ASP .net</t>
   </si>
   <si>
     <t>* Developing websites in the ASP.NET environment.
 * Analysing customer requirements and assessing the potential risks and related technical issues.
 * Participating in the creation of technical specifications.
 * Handing over completed work to clients/testers for testing purposes.
 * Determining and correcting functional and security errors in the source code.
 * Handing over completed software applications to clients, project managers, etc.
 * Providing technical support to clients.</t>
   </si>
   <si>
-    <t>* Desarrollar sitios web en el entorno ASP.NET.
-[...7 lines deleted...]
-  <si>
     <t>Backend developer</t>
-  </si>
-[...1 lines deleted...]
-    <t>Desarrollador Backend</t>
   </si>
   <si>
     <t>* Developing and maintaining server-side applications and services to ensure optimal performance and reliability.
 * Collaborating with front-end developers to integrate user-facing elements with server-side logic.
 * Designing and implementing application programming interfaces (APIs) for seamless data communication.
 * Writing clean, maintainable, and efficient code following best practices and coding standards.
 * Troubleshooting and debugging applications to enhance functionality and user experience.
 * Conducting code reviews and providing constructive feedback to team members.
 * Participating in the entire software development lifecycle, from concept to deployment.
 * Ensuring data security and protection through appropriate measures and protocols.
 * Staying updated with emerging technologies and industry trends to continuously improve skills and knowledge.
 * Collaborating with cross-functional teams to define, design, and ship new features in a timely manner.
 * Documenting application processes, code changes, and technical specifications for future reference.
 * Assisting in the estimation of project timelines and resource requirements.</t>
   </si>
   <si>
-    <t>* Desarollar y mantener aplicaciones y servicios del lado del servidor para asegurar un rendimiento óptimo y fiabilidad.
-[...12 lines deleted...]
-  <si>
     <t>Business Intelligence Specialist</t>
-  </si>
-[...1 lines deleted...]
-    <t>Especialista en inteligencia empresarial</t>
   </si>
   <si>
     <t>* Analysis of requirements and counselling at setting reports and analysis
 * Data mining.
 * Creating data models, reports, analysis, what-if models, dashboards.</t>
   </si>
   <si>
-    <t>* Análisis de requisitos y asesoramiento en la configuración de informes y análisis
-[...3 lines deleted...]
-  <si>
     <t>C Programmer</t>
-  </si>
-[...1 lines deleted...]
-    <t>Programador C</t>
   </si>
   <si>
     <t>* Developing computer and mobile applications in the C programming language.
 * Analysing customer requirements and assessing the potential risks and related technical issues.
 * Participating in the creation of technical specifications.
 * Handing over completed work to clients/testers for testing purposes.
 * Determining and correcting functional and security errors in the source code.
 * Handing over completed software applications to clients, project managers, etc.
 * Providing technical support to clients.</t>
   </si>
   <si>
-    <t>* Desarrollar aplicaciones informáticas y móviles en el lenguaje de programación C.
-[...7 lines deleted...]
-  <si>
     <t>C# Programmer</t>
-  </si>
-[...1 lines deleted...]
-    <t>Programador C#</t>
   </si>
   <si>
     <t>* Developing computer and mobile applications in the C# programming language.
 * Analysing customer requirements and assessing the potential risks and related technical issues.
 * Participating in the creation of technical specifications.
 * Handing over completed work to clients/testers for testing purposes.
 * Determining and correcting functional and security errors in the source code.
 * Handing over completed software applications to clients, project managers, etc.
 * Providing technical support to clients.</t>
   </si>
   <si>
-    <t>* Desarrollar aplicaciones informáticas y móviles en el lenguaje de programación C#.
-[...7 lines deleted...]
-  <si>
     <t>C++ Programmer</t>
-  </si>
-[...1 lines deleted...]
-    <t>Programador C++</t>
   </si>
   <si>
     <t>* Developing computer and mobile applications in the C++ programming language.
 * Analysing customer requirements and assessing the potential risks and related technical issues.
 * Participating in the creation of technical specifications.
 * Handing over completed work to clients/testers for testing purposes.
 * Determining and correcting functional and security errors in the source code.
 * Handing over completed software applications to clients, project managers, etc.
 * Providing technical support to clients.</t>
   </si>
   <si>
-    <t>* Desarrollo de aplicaciones informáticas y móviles en el lenguaje de programación C++.
-[...7 lines deleted...]
-  <si>
     <t>Cloud Engineer</t>
-  </si>
-[...1 lines deleted...]
-    <t>Ingeniero cloud (ingeniero en la nube)</t>
   </si>
   <si>
     <t>* Being responsible for the design and implementation of cloud services running on cloud infrastructure.
 * Being responsible for the reliability and security of cloud infrastructure and services.
 * Researching and identifying ways to increase the performance and stability of applications running on cloud infrastructure using continuous improvement and automation.
 * Designing and implementing improvements to the production version of the application to increase scalability and security.
 * Co-operation with developers, project and product teams on trouble-free running of applications.
 * Solving technical issues during the administration of cloud infrastructure.</t>
   </si>
   <si>
-    <t>* Ser responsable del diseño y la implementación de servicios en la nube que se ejecutan en infraestructura en la nube.
-[...6 lines deleted...]
-  <si>
     <t>Data communication technician</t>
-  </si>
-[...1 lines deleted...]
-    <t>Técnico de comunicación de datos</t>
   </si>
   <si>
     <t>* Installing, configuring, and maintaining data communication systems and equipment.
 * Monitoring network performance and troubleshooting issues to ensure optimal operation.
 * Collaborating with IT teams to design and implement network architecture and solutions.
 * Conducting regular system audits and assessments to identify areas for improvement.
 * Providing technical support and training to users on data communication tools and technologies.
 * Ensuring data security and integrity across communication networks.
 * Documenting network configurations, procedures, and updates for future reference.
 * Assisting in the development and implementation of disaster recovery plans for communication systems.
 * Staying updated with the latest trends and advancements in data communication technologies.
 * Collaborating with vendors and service providers to manage external communication services.
 * Performing routine maintenance and upgrades on communication hardware and software.
 * Responding to and resolving service requests related to data communication issues.</t>
   </si>
   <si>
-    <t>* Instalar, configurar y mantener sistemas y equipos de comunicación de datos.
-[...12 lines deleted...]
-  <si>
     <t>Data Protection Officer</t>
-  </si>
-[...1 lines deleted...]
-    <t>Responsable de la protección de datos</t>
   </si>
   <si>
     <t xml:space="preserve">* Responsible for overseeing a company's data protection strategy and its implementation to ensure compliance with GDPR or similar requirements.
 </t>
   </si>
   <si>
-    <t>* Responsable de supervisar la estrategia de protección de datos de la empresa y su implementación para asegurar el cumplimiento del Reglamento General de Protección de Datos (RGPD) o requisitos similares.</t>
-[...1 lines deleted...]
-  <si>
     <t>Data scientist</t>
-  </si>
-[...1 lines deleted...]
-    <t>Científico de datos</t>
   </si>
   <si>
     <t>* Communication with the customer (internal customer), communication with the data architect, data analysts, programmers
 * Collection of structured and unstructured data, data preparation
 * Data analysis, machine learning, data transformation, predictive modeling, data visualization, text mining, NLP
 * Design and development of a new solution (R, Python)
 * Track new data trends
 * Introduction of new solutions and methods in the field of Data Science</t>
   </si>
   <si>
-    <t>* Comunicación con el cliente (cliente interno), comunicación con el arquitecto de datos, analistas de datos, programadores
-[...6 lines deleted...]
-  <si>
     <t>Database Administrator</t>
-  </si>
-[...1 lines deleted...]
-    <t>Administrador de base de datos</t>
   </si>
   <si>
     <t>* Ensuring a reliable and safe operation of database systems.
 * Restoring and carrying out back-ups of databases.
 * Monitoring and editing table areas and optimising databases.
 * Solving encountered problems and proposing countermeasures.
 * Installing security patches, service packs, and updates of database systems.
 * Managing user access.
 * Maintaining and updating operational documentation.</t>
   </si>
   <si>
-    <t>* Asegurar una operación confiable y segura de los sistemas de bases de datos.
-[...7 lines deleted...]
-  <si>
     <t>Database Analyst</t>
   </si>
   <si>
     <t>* Collecting and analysing the requirements concerning the database systems.
 * Designing the architecture and data model of database systems.
 * Providing validation and data protection.
 * Optimising data structures in order to achieve maximum performance.
 * Providing trainings to new database users.</t>
   </si>
   <si>
-    <t>* Recopilación y análisis de los requisitos relacionados con los sistemas de bases de datos.
-[...5 lines deleted...]
-  <si>
     <t>DevOps Engineer</t>
-  </si>
-[...1 lines deleted...]
-    <t>Ingeniero de DevOps</t>
   </si>
   <si>
     <t>* Design, implement, and maintain scalable infrastructure and deployment pipelines.
 * Collaborate with software developers to streamline application development and deployment processes.
 * Monitor system performance and troubleshoot issues to ensure high availability and reliability.
 * Automate repetitive tasks and improve operational efficiencies using scripting and configuration management tools.
 * Manage cloud services and on-premises infrastructure to support continuous integration and continuous delivery (CI/CD) practices.
 * Ensure security best practices are followed in all aspects of the development and deployment process.
 * Conduct regular system audits and performance tuning to optimize resource utilization.
 * Document processes, configurations, and system architectures for knowledge sharing and compliance.
 * Participate in on-call rotations to provide support for production systems and respond to incidents.
 * Stay up-to-date with emerging technologies and industry trends to enhance DevOps practices and tools.</t>
   </si>
   <si>
-    <t>* Diseñar, implementar y mantener infraestructuras y pipelines de despliegue escalables.
-[...10 lines deleted...]
-  <si>
     <t>ERP programmer</t>
-  </si>
-[...1 lines deleted...]
-    <t>Programador ERP</t>
   </si>
   <si>
     <t>* Development and maintenance of T-SQL scripts, stored procedures, triggers, and functions. 
 * Query performance optimization. 
 * Design of data models and schemas in MS SQL Server. 
 * Implementation of ETL processes and integration with external systems. 
 * Collaboration with application developers (.NET, ERP, BI) on the data layer. 
 * Ensuring data integrity and security. 
 * Preparation of reports and analytical outputs based on business requirements.</t>
   </si>
   <si>
-    <t>* Desarrollo y mantenimiento de scripts T-SQL, procedimientos almacenados, triggers y funciones. 
-[...7 lines deleted...]
-  <si>
     <t>Frontend developer</t>
-  </si>
-[...1 lines deleted...]
-    <t>Desarrollador Frontend</t>
   </si>
   <si>
     <t>* Developing user-friendly web applications and interfaces using HTML, CSS, and JavaScript.
 * Collaborating with designers to translate UI/UX wireframes into responsive and interactive web applications.
 * Ensuring high performance and responsiveness of applications across various devices and browsers.
 * Writing clean, maintainable, and efficient code while adhering to best practices and coding standards.
 * Debugging and troubleshooting issues in existing applications to enhance functionality and user experience.
 * Participating in code reviews and providing constructive feedback to team members.
 * Staying up-to-date with emerging technologies and industry trends to continuously improve skills and knowledge.
 * Collaborating with backend developers to integrate APIs and other services into the frontend.
 * Testing and optimizing applications for maximum speed and scalability.
 * Assisting in the development of project documentation and user manuals.</t>
   </si>
   <si>
-    <t>* Desarrollar aplicaciones y interfaces web amigables para el usuario utilizando HTML, CSS y JavaScript.
-[...10 lines deleted...]
-  <si>
     <t>Game designer</t>
-  </si>
-[...1 lines deleted...]
-    <t>Diseñador de videojuegos</t>
   </si>
   <si>
     <t>* Designing new compelling game ideas
 * Developing game ideas
 * Experimenting with themes and genres
 * Developing plots and storylines
 * Character development
 * Developing maps, scenarios, difficulty levels
 * We come with winning and winning games
 * Developing user interface concepts (menus and controls).
 * Improving existing games</t>
   </si>
   <si>
-    <t>* Diseñar nuevas ideas de juegos atractivas
-[...9 lines deleted...]
-  <si>
     <t>Game developer</t>
-  </si>
-[...1 lines deleted...]
-    <t>Desarrollador de videojuegos</t>
   </si>
   <si>
     <t>* Creating games according to game design documents
 * Programming of game mechanisms
 * Creating extensions in specialized platforms and tools for the needs of game designers
 * Working closely with other team members during game development, sharing ideas and improving games, setting priorities and development deadlines
 * Participating in backend game creation</t>
   </si>
   <si>
-    <t>* Creación de juegos según documentos de diseño de juegos
-[...5 lines deleted...]
-  <si>
     <t>Go developer</t>
-  </si>
-[...1 lines deleted...]
-    <t>Desarrollador Go</t>
   </si>
   <si>
     <t>* Designing and developing high-performance applications using Go programming language.
 * Collaborating with cross-functional teams to define, design, and ship new features.
 * Writing clean, maintainable, and efficient code while adhering to best practices.
 * Troubleshooting and debugging applications to optimize performance and reliability.
 * Participating in code reviews to ensure code quality and knowledge sharing.
 * Integrating third-party APIs and services to enhance application functionality.
 * Conducting unit testing and ensuring the robustness of applications.
 * Staying updated with the latest industry trends and technologies related to Go development.
 * Documenting development processes, code changes, and technical specifications.
 * Contributing to the continuous improvement of development processes and tools.</t>
   </si>
   <si>
-    <t>* Diseñar y desarrollar aplicaciones de alto rendimiento utilizando el lenguaje de programación Go.
-[...10 lines deleted...]
-  <si>
     <t>IC Design Engineer</t>
-  </si>
-[...1 lines deleted...]
-    <t>Ingeniero de diseño de circuitos integrados</t>
   </si>
   <si>
     <t>* Designing and developing integrated circuits (ICs) for various applications.
 * Collaborating with cross-functional teams to define design specifications and requirements.
 * Utilizing industry-standard design tools and methodologies for IC design and verification.
 * Conducting simulations and analyses to validate circuit performance and functionality.
 * Troubleshooting and resolving design issues throughout the development process.
 * Preparing detailed documentation for design processes and results.
 * Participating in design reviews and providing feedback to improve design quality.
 * Keeping abreast of emerging technologies and trends in IC design and semiconductor industry.
 * Assisting in the integration of ICs into larger systems and products.
 * Supporting the testing and validation of prototypes to ensure compliance with specifications.
 * Contributing to continuous improvement initiatives within the engineering team.
 * Ensuring adherence to project timelines and milestones while maintaining high-quality standards.
 * Engaging with suppliers and manufacturers to facilitate production and resolve technical challenges.</t>
   </si>
   <si>
-    <t>* Diseñar y desarrollar circuitos integrados (CI) para diversas aplicaciones.
-[...13 lines deleted...]
-  <si>
     <t>ICT-specialist</t>
-  </si>
-[...1 lines deleted...]
-    <t>Especialista en TIC</t>
   </si>
   <si>
     <t>* Providing technical support and troubleshooting for hardware and software issues.
 * Implementing and maintaining IT infrastructure including networks, servers, and cloud services.
 * Assisting in the development and deployment of new IT solutions and systems.
 * Monitoring and optimizing system performance and security.
 * Collaborating with cross-functional teams to integrate technology into business processes.
 * Conducting regular system audits and assessments to ensure compliance with industry standards.
 * Training staff on new technologies and software applications.
 * Developing and maintaining documentation for IT processes and procedures.
 * Managing user accounts, permissions, and access controls.
 * Staying updated with the latest technology trends and advancements to recommend improvements.
 * Ensuring data backup and disaster recovery processes are in place and effective.
 * Responding to and resolving incidents within the IT service management framework.
 * Providing support for mobile devices and remote access solutions.
 * Assisting in budget preparation and resource allocation for IT projects.
 * Engaging with vendors and service providers to procure IT equipment and services.</t>
   </si>
   <si>
-    <t>* Proporcionar soporte técnico y solución de problemas para problemas de hardware y software.
-[...15 lines deleted...]
-  <si>
     <t>Incident manager</t>
-  </si>
-[...1 lines deleted...]
-    <t>Gestor de incidentes</t>
   </si>
   <si>
     <t>* Monitoring and identifying incidents in real-time.
 * Rapid and effective response to incidents with minimal operational impact.
 * Analyzing and identifying the root causes of incidents.
 * Coordinating with various teams for effective incident resolution.
 * Maintaining detailed records of incidents and actions taken.
 * Developing and implementing steps to prevent incident recurrence.
 * Providing training and guidance to employees on best practices for incident management.
 * Continuously evaluating and improving existing incident resolution processes and policies.
 * Managing escalated issues and ensuring swift resolution.
 * Ensuring effective communication during incidents.
 * Regularly reporting to management on incidents and actions taken.
 * Coordinating with suppliers and external partners in incident resolution.
 * Developing and testing emergency management plans.
 * Initiating projects to improve the organization's resilience and response capabilities.</t>
   </si>
   <si>
-    <t>* Monitoreo e identificación de incidentes en tiempo real.
-[...14 lines deleted...]
-  <si>
     <t>iOS Developer</t>
-  </si>
-[...1 lines deleted...]
-    <t>Programador iOS</t>
   </si>
   <si>
     <t>* Designing and developing applications for the iOS platform.
 * Collaborating with cross-functional teams to define, design, and ship new features.
 * Writing clean, maintainable, and efficient code using Swift and Objective-C.
 * Troubleshooting and debugging applications to optimize performance.
 * Ensuring the quality of the application through rigorous testing and code reviews.
 * Staying updated with the latest industry trends and technologies related to iOS development.
 * Participating in the entire application lifecycle, from concept to deployment.
 * Integrating APIs and third-party libraries to enhance application functionality.
 * Collaborating with UI/UX designers to create an intuitive user experience.
 * Documenting development processes, code changes, and application functionalities.
 * Providing support and maintenance for existing applications.
 * Contributing to team meetings and providing insights on software development best practices.</t>
   </si>
   <si>
-    <t>* Diseñar y desarrollar aplicaciones para la plataforma iOS.
-[...12 lines deleted...]
-  <si>
     <t>IT Analyst</t>
-  </si>
-[...1 lines deleted...]
-    <t>Analista de sistemas informáticos</t>
   </si>
   <si>
     <t>* Communication with managers, familiarisation with the goals of the future system and budget.
 * Communication with future system users, identification of their needs.
 * Proposal and composition of computer systems based on manager and user requirements.
 * Coordination of system tests, supervising the course of initial testing.
 * Completing specifications, development and process diagrams.
 * Computer system tuning, identification and elimination of errors in co-operation with programmers.
 * Providing professional consulting services.</t>
   </si>
   <si>
-    <t>* Comunicación con los gerentes, familiarización con los objetivos del futuro sistema y presupuesto.
-[...7 lines deleted...]
-  <si>
     <t>IT Architect</t>
-  </si>
-[...1 lines deleted...]
-    <t>Arquitecto de TI</t>
   </si>
   <si>
     <t>* Analysing the customer requirements.
 * Designing the technical architecture of information systems according to the created specification.
 * Defining the property price and return on investments.
 * Managing and guiding a team of programmers and other employees involved in the project.
 * Responsibility for selecting an appropriate software and hardware infrastructure.</t>
   </si>
   <si>
-    <t>* Analizar los requisitos del cliente.
-[...5 lines deleted...]
-  <si>
     <t>IT auditor</t>
-  </si>
-[...1 lines deleted...]
-    <t>Auditor de TI</t>
   </si>
   <si>
     <t>* External IT audit
 * Internal IT audit or assistance in implementation of IT controls
 * Testing IT controls as a part of financial audit processes
 * Improvement of information systems security and mitigation of relevant risks
 * Business continuity management
 * Compliance analysis against international standards (e.g. ISO27001, ISO 22301, ITIL, COBIT...), local or EU regulations (Law on information security, Law on data privacy, GDPR) and best practices
 * Quality Assurance and support during implementation of ERP systems
 * Assessment of system implementation and data migration / conversion
 * Re-engineering and aligning of IT processes with business objectives
 * Independent consulting on ERP selection, tender process run and contracting (SLA)</t>
   </si>
   <si>
-    <t>* Auditoría externa de TI
-[...10 lines deleted...]
-  <si>
     <t>IT Business Analyst</t>
-  </si>
-[...1 lines deleted...]
-    <t>Analista de negocios de TI</t>
   </si>
   <si>
     <t>* Collection, discussion and analysis of requirements for new solutions and system improvements in close partnership with older colleagues and business partners
 * Active communication with stakeholders
 * Transfer of captured requirements to system specifications and their documentation
 * Close collaboration with development in the implementation phase and ensure accurate understanding and implementation of documented specifications
 * Documenting solutions
 * Organizing workshops and training</t>
   </si>
   <si>
-    <t>* Recopilación, discusión y análisis de requisitos para nuevas soluciones y mejoras del sistema en colaboración estrecha con colegas experimentados y socios comerciales
-[...6 lines deleted...]
-  <si>
     <t>IT Consultant</t>
-  </si>
-[...1 lines deleted...]
-    <t>Consultor informático</t>
   </si>
   <si>
     <t>* Co-operation during the analysis of the customers’ needs.
 * Creating functional and technical specifications and participation in the development of products.
 * Product testing, supporting, and maintaining the product in operation.
 * Completing repairs and changes to a product to match the clients’ requests.
 * Analysing problematic areas and the implementation of corrective measures.
 * Communication with clients, providing consulting services during system implementation and system customisation.</t>
   </si>
   <si>
-    <t>* Colaboración en el análisis de las necesidades de los clientes.
-[...6 lines deleted...]
-  <si>
     <t>IT Network Administrator</t>
-  </si>
-[...1 lines deleted...]
-    <t>Administrador de redes informáticas</t>
   </si>
   <si>
     <t>* Install and support LANs, WANs, network segments, Internet, and intranet systems.
 * Install and maintain network hardware and software.
 * Monitor networks to ensure security and availability to specific users.
 * Evaluate and modify system's performance.
 * Determine network and system requirements.
 * Maintain integrity of the network, server deployment, and security.
 * Ensure network connectivity throughout a company's LAN/WAN infrastructure is on par with technical considerations.
 * Design and deploy networks.
 * Perform network address assignment.
 * Assign routing protocols and routing table configuration.
 * Assign configuration of authentication and authorization of directory services.
 * Maintain network facilities in individual machines, such as drivers and settings of personal computers as well as printers.
 * Maintain network servers such as file servers, VPN gateways, intrusion detection systems.
 * Administer servers, desktop computers, printers, routers, switches, firewalls, phones, personal digital assistants, smartphones, software deployment, security updates and patches.</t>
   </si>
   <si>
-    <t>* Instalar y brindar soporte a LAN, WAN, segmentos de red, sistemas de Internet e intranet.
-[...14 lines deleted...]
-  <si>
     <t>IT Product Manager</t>
-  </si>
-[...1 lines deleted...]
-    <t>Gestor de productos de TI</t>
   </si>
   <si>
     <t>* Analysing the client's current situation, defining the clients's needs, ascertaining requirements for the system or the application, defining the client's priorities, recognising possible obstacles.
 * Communicating with the client on a regular basis. 
 * Processing requirements, analysing and creating the use case for programmers.
 * Co-operation with product management.
 * Participation in regular meetings.</t>
   </si>
   <si>
-    <t>* Analizar la situación actual del cliente, definir las necesidades del cliente, determinar los requisitos del sistema o la aplicación, definir las prioridades del cliente y reconocer posibles obstáculos.
-[...5 lines deleted...]
-  <si>
     <t>IT Project Manager</t>
-  </si>
-[...1 lines deleted...]
-    <t>Gestor de proyectos de TI</t>
   </si>
   <si>
     <t>* Preparing, coordinating and evaluating assigned projects.
 * Responsibility for delivering the project within the agreed time, quality and price.
 * Communicating with clients via phone and e-mail, attending personal meetings.
 * Participation in the preparation of bids.
 * Assignment of tasks to team members and tracking their performance.
 * Presenting interim and final solutions to clients.</t>
   </si>
   <si>
-    <t>* Preparar, coordinar y evaluar los proyectos asignados.
-[...6 lines deleted...]
-  <si>
     <t>IT Security Specialist</t>
-  </si>
-[...1 lines deleted...]
-    <t>Especialista en seguridad informática</t>
   </si>
   <si>
     <t>* Designing, developing and updating the security policies of the company in the area of information technology.
 * Ensuring the operation and configuration of security systems.
 * Testing and analysing the level of protection of information systems.
 * Identifying and evaluating security risks, threats and intrusions; implementing measures to eliminate them.
 * Providing advice on information technology security.</t>
   </si>
   <si>
-    <t>* Diseñar, desarrollar y actualizar las políticas de seguridad de la empresa en el área de tecnología de la información.
-[...5 lines deleted...]
-  <si>
     <t>IT System Administrator</t>
-  </si>
-[...1 lines deleted...]
-    <t>Administrador de sistemas informáticos</t>
   </si>
   <si>
     <t>* Responsibility for managing information systems in the company.
 * Analysing company needs regarding its information systems.
 * Designing and implementing information systems.
 * Providing technical support to users.
 * Collecting and recording requirements for change.</t>
   </si>
   <si>
-    <t>* Responsabilidad de la gestión de los sistemas de información de la empresa.
-[...5 lines deleted...]
-  <si>
     <t>IT Tester</t>
-  </si>
-[...1 lines deleted...]
-    <t>Especialista en testing en TI</t>
   </si>
   <si>
     <t>* Responsibility for the testing of software applications with an emphasis on detecting errors in terms of functionality, usability, and safety of software.
 * Designing the baseline testing strategy.
 * Creating testing scenarios depending on the method of testing being applied.
 * Preparing testing data.
 * Performing manual and automated application testing.
 * Detecting, recording, and reporting all detected errors.
 * Performing the retesting of reported errors.
 * Evaluating the test results.</t>
   </si>
   <si>
-    <t>* Responsabilidad por la prueba de aplicaciones de software con énfasis en la detección de errores en términos de funcionalidad, usabilidad y seguridad del software.
-[...8 lines deleted...]
-  <si>
     <t>IT tester - automated tests</t>
-  </si>
-[...1 lines deleted...]
-    <t>Especialista en testing en TI - pruebas automatizadas</t>
   </si>
   <si>
     <t>* Participation in the selection and development of tools for automated testing while using state-of-the-art technologies in automation testing.
 * Co-operation with the development department on identifying potential areas for automated testing, on implementing tools and scripts, and on linking with continuous integration tools and with reporting tools.
 * Creating and maintaining automated testing scripts, running them, analysing their results, and troubleshooting.
 * Creating testing databases and testing data.
 * Testing applications and their functions using automated tools, assessing and analysing errors detected.
 * Processing testing documentation, reporting, and keeping records of errors.
 * Updating information on the status of troubleshooting and of testing scenarios (JIRA, SharePoint, and the like.)
 * Setting up, monitoring, and developing testing methodology used during SW testing activities from the viewpoint of automated testing.</t>
   </si>
   <si>
-    <t>* Participación en la selección y desarrollo de herramientas para pruebas automatizadas utilizando tecnologías de vanguardia en pruebas de automatización.
-[...8 lines deleted...]
-  <si>
     <t>IT/Technical Support Specialist</t>
-  </si>
-[...1 lines deleted...]
-    <t>Especialista de soporte de TI</t>
   </si>
   <si>
     <t>* Providing telephone and e-mail support for end users to a limited extent.
 * Asking questions in order to determine the nature and seriousness of the problem.
 * Identifying the cause of the problem and proposing possible solutions.
 * Independent solving of routine problems of end users.
 * Providing guidance to end users regarding the use of products and services.</t>
   </si>
   <si>
-    <t>* Brindar soporte telefónico y por correo electrónico a los usuarios finales en cierta medida.
-[...5 lines deleted...]
-  <si>
     <t>Java Programmer</t>
-  </si>
-[...1 lines deleted...]
-    <t>Programador Java</t>
   </si>
   <si>
     <t>* Developing computer applications, mobile phone applications, and websites in the Java programming language.
 * Analysing customer requirements and assessing the potential risks and related technical issues.
 * Participating in the creation of technical specifications.
 * Handing over completed work to clients/testers for testing purposes.
 * Determining and correcting functional and security errors in the source code.
 * Handing over completed software applications to clients, project managers, etc.
 * Providing technical support to clients.</t>
   </si>
   <si>
-    <t>* Desarrollo de aplicaciones informáticas, aplicaciones para teléfonos móviles y sitios web en el lenguaje de programación Java.
-[...7 lines deleted...]
-  <si>
     <t>Javascript Programmer</t>
-  </si>
-[...1 lines deleted...]
-    <t>Programador Javascript</t>
   </si>
   <si>
     <t>* Developing and maintaining web applications using JavaScript and related frameworks.
 * Collaborating with front-end and back-end developers to create seamless user experiences.
 * Writing clean, efficient, and well-documented code to ensure high-quality software.
 * Debugging and troubleshooting issues in existing applications to enhance performance.
 * Participating in code reviews to ensure adherence to coding standards and best practices.
 * Staying updated with emerging technologies and industry trends to incorporate innovative solutions.
 * Assisting in the design and architecture of new software features and functionalities.
 * Conducting testing and validation of applications to ensure reliability and usability.
 * Collaborating with project managers and stakeholders to gather requirements and provide technical insights.
 * Contributing to team meetings and providing feedback on project progress and challenges.</t>
   </si>
   <si>
-    <t>* Desarrollar y mantener aplicaciones web utilizando JavaScript y frameworks relacionados.
-[...10 lines deleted...]
-  <si>
     <t>Lead developer</t>
-  </si>
-[...1 lines deleted...]
-    <t>Desarrollador jefe</t>
   </si>
   <si>
     <t>* Working closely with senior stakeholders to understand business  requirements and help translate these into technical requirements for the development team
 * Planning and documenting technical specifications for features or system design
 * Designing, building and configuring applications to meet business process and application requirements
 * Directing the development team in the design, development, coding, testing and debugging of applications
 * Writing testable, scalable and efficient code and leading code reviews
 * Mentoring junior team members and ensuring they adhere to determined software quality standards</t>
   </si>
   <si>
-    <t>* Trabajar en estrecha colaboración con las principales partes interesadas para comprender los requisitos comerciales y ayudar a traducirlos en requisitos técnicos para el equipo de desarrollo.
-[...6 lines deleted...]
-  <si>
     <t>Microcontroller programmer</t>
-  </si>
-[...1 lines deleted...]
-    <t>Programador de microcontroladores</t>
   </si>
   <si>
     <t>* Develop and implement software solutions for microcontroller-based systems.
 * Write, test, and debug code for microcontroller applications in various programming languages.
 * Collaborate with hardware engineers to integrate software with hardware components.
 * Analyze system requirements and design microcontroller architecture to meet project specifications.
 * Optimize existing code for performance and efficiency in embedded systems.
 * Conduct unit testing and validation of microcontroller programs to ensure reliability and functionality.
 * Document software designs, code, and test results for future reference and compliance.
 * Stay updated with the latest industry trends and advancements in microcontroller technology.
 * Troubleshoot and resolve software and hardware issues related to microcontroller applications.
 * Participate in project meetings and provide technical insights related to microcontroller programming.
 * Assist in the development of technical specifications and project timelines.
 * Mentor junior programmers and provide guidance on best practices in microcontroller programming.</t>
   </si>
   <si>
-    <t>* Desarrollar e implementar soluciones de software para sistemas basados en microcontroladores.
-[...12 lines deleted...]
-  <si>
     <t>Objective-C Programmer</t>
-  </si>
-[...1 lines deleted...]
-    <t>Programador Objective-C</t>
   </si>
   <si>
     <t>* Developing mobile applications for the iOS platform and for devices with the iOS operating system (iPhone, iPad etc.).
 * Analysing customer requirements and assessing the potential risks and related technical issues.
 * Participating in the creation of technical specifications.
 * Handing over completed work to clients/testers for testing purposes.
 * Determining and correcting functional and security errors in the source code.
 * Handing over completed software applications to clients, project managers, etc.
 * Providing technical support to clients.</t>
   </si>
   <si>
-    <t>* Desarrollar aplicaciones móviles para la plataforma iOS y para dispositivos con sistema operativo iOS (iPhone, iPad, etc.).
-[...7 lines deleted...]
-  <si>
     <t>Oracle Programmer</t>
-  </si>
-[...1 lines deleted...]
-    <t>Programador Oracle</t>
   </si>
   <si>
     <t>* Developing computer applications and connecting them with the Oracle database system.
 * Analysing customer requirements and assessing the potential risks and related technical issues.
 * Participating in the creation of technical specifications.
 * Handing over completed work to clients/testers for testing purposes.
 * Determining and correcting functional and security errors in the source code.
 * Handing over completed software applications to clients, project managers, etc.
 * Providing technical support to clients.</t>
   </si>
   <si>
-    <t>* Desarrollar aplicaciones informáticas y conectarlas con el sistema de base de datos de Oracle.
-[...7 lines deleted...]
-  <si>
     <t>PC Technician</t>
-  </si>
-[...1 lines deleted...]
-    <t>Técnico de PC</t>
   </si>
   <si>
     <t>* Providing technical support and troubleshooting for PC hardware and software issues.
 * Installing, configuring, and maintaining computer systems and peripherals.
 * Assisting users with setup, installation, and usage of applications and operating systems.
 * Diagnosing and resolving technical issues related to computer networks and connectivity.
 * Performing regular maintenance and updates on computer systems.
 * Ensuring data backup and recovery procedures are in place and functioning effectively.
 * Collaborating with IT teams to implement new technologies and upgrades.
 * Documenting technical processes and user manuals for reference.
 * Training users on best practices for computer usage and security.
 * Maintaining inventory of IT equipment and supplies.
 * Responding to service requests in a timely manner to ensure minimal disruption to operations.
 * Monitoring system performance and recommending improvements as necessary.</t>
   </si>
   <si>
-    <t>* Proporcionar soporte técnico y solución de problemas para problemas de hardware y software de PC.
-[...12 lines deleted...]
-  <si>
     <t>Perl Programmer</t>
-  </si>
-[...1 lines deleted...]
-    <t>Programador Perl</t>
   </si>
   <si>
     <t>* Developing computer applications in the Perl programming language.
 * Analysing customer requirements and assessing the potential risks and related technical issues.
 * Participating in the creation of technical specifications.
 * Handing over completed work to clients/testers for testing purposes.
 * Determining and correcting functional and security errors in the source code.
 * Handing over completed software applications to clients, project managers, etc.
 * Providing technical support to clients.</t>
   </si>
   <si>
-    <t>* Desarrollo de aplicaciones informáticas en el lenguaje de programación Perl.
-[...7 lines deleted...]
-  <si>
     <t>PHP Programmer</t>
-  </si>
-[...1 lines deleted...]
-    <t>Programador PHP</t>
   </si>
   <si>
     <t>* Developing websites in the PHP programming language.
 * Analysing customer requirements and assessing the potential risks and related technical issues.
 * Participating in the creation of technical specifications.
 * Handing over completed work to clients/testers for testing purposes.
 * Determining and correcting functional and security errors in the source code.
 * Handing over completed software applications to clients, project managers, etc.
 * Providing technical support to clients.</t>
   </si>
   <si>
-    <t>* Desarrollo de sitios web en el lenguaje de programación PHP.
-[...7 lines deleted...]
-  <si>
     <t>Problem Manager</t>
-  </si>
-[...1 lines deleted...]
-    <t>Gestor de problemas de TI</t>
   </si>
   <si>
     <t>* The Problem Manager is responsible for managing the lifecycle of all Problems. 
 * His primary objectives are to prevent Incidents from happening, and to minimize the impact of Incidents that cannot be prevented. 
 * To this purpose he maintains information about Known Errors and Workarounds.</t>
   </si>
   <si>
-    <t>* El responsable de Gestión de Problemas es responsable de gestionar el ciclo de vida de todos los Problemas. 
-[...3 lines deleted...]
-  <si>
     <t>Programmer</t>
-  </si>
-[...1 lines deleted...]
-    <t>Programador</t>
   </si>
   <si>
     <t>* Developing computer applications, mobile phone applications, and websites in various programming languages.
 * Analysis of customer requirements, assessment of potential risks and related technical issues.
 * Participation in the creation of technical specifications.
 * Turning over completed work to a client or tester for testing purposes.
 * Determining and correcting functional and security errors in source code.
 * Turning over completed software applications to clients, project managers, etc.
 * Providing technical support to clients.</t>
   </si>
   <si>
-    <t>* Desarrollo de aplicaciones informáticas, aplicaciones para teléfonos móviles y sitios web en diferentes lenguajes de programación.
-[...7 lines deleted...]
-  <si>
     <t>Python Programmer</t>
-  </si>
-[...1 lines deleted...]
-    <t>Programador Python</t>
   </si>
   <si>
     <t>* Developing computer, mobile, and Internet applications in the Python programming language.
 * Analysing customer requirements and assessing the potential risks and related technical issues.
 * Participating in the creation of technical specifications.
 * Handing over completed work to clients/testers for testing purposes.
 * Determining and correcting functional and security errors in the source code.
 * Handing over completed software applications to clients, project managers, etc.
 * Providing technical support to clients.</t>
   </si>
   <si>
-    <t>* Desarrollar aplicaciones informáticas, móviles e Internet en el lenguaje de programación Python.
-[...7 lines deleted...]
-  <si>
     <t>R programmer</t>
-  </si>
-[...1 lines deleted...]
-    <t>Programador R</t>
   </si>
   <si>
     <t>* Developing and maintaining statistical software and tools using R programming language.
 * Analyzing complex datasets to extract meaningful insights and drive data-informed decision-making.
 * Collaborating with cross-functional teams to understand data requirements and deliver actionable solutions.
 * Creating data visualizations and reports to communicate findings effectively to stakeholders.
 * Writing clean, efficient, and well-documented code to ensure maintainability and scalability of projects.
 * Conducting data cleaning and preprocessing to ensure data quality and reliability.
 * Participating in code reviews and contributing to best practices in software development.
 * Staying updated with the latest advancements in R programming and data science methodologies.
 * Troubleshooting and debugging existing R applications to enhance functionality and performance.
 * Providing training and support to team members and stakeholders on R tools and techniques.</t>
   </si>
   <si>
-    <t>* Desarrollar y mantener software y herramientas estadísticas utilizando el lenguaje de programación R.
-[...10 lines deleted...]
-  <si>
     <t>Ruby Developer/Programmer</t>
-  </si>
-[...1 lines deleted...]
-    <t>Desarrollador Ruby (RoR)</t>
   </si>
   <si>
     <t>* Collaborating with cross-functional teams to define, design, and ship new features in Ruby applications.
 * Writing clean, maintainable, and efficient code while following best practices and development standards.
 * Debugging and resolving issues in existing applications to ensure optimal performance and user experience.
 * Participating in code reviews to provide constructive feedback and improve team productivity.
 * Staying updated with emerging technologies and industry trends to enhance development processes.
 * Developing and maintaining documentation for code, processes, and applications.
 * Integrating user-facing elements with server-side logic to create seamless applications.
 * Ensuring the security and scalability of applications through rigorous testing and optimization.
 * Contributing to the continuous improvement of the development process and team collaboration.
 * Mentoring junior developers and sharing knowledge to foster a culture of learning within the team.</t>
   </si>
   <si>
-    <t>* Colaborar con equipos multifuncionales para definir, diseñar y lanzar nuevas características en aplicaciones de Ruby.
-[...10 lines deleted...]
-  <si>
     <t>SAP specialist</t>
-  </si>
-[...1 lines deleted...]
-    <t>Especialista en SAP</t>
   </si>
   <si>
     <t>* Provide adequate user support, receive and resolve bug reports and problems.
 * Monitor the system and take measures to ensure trouble-free operation.
 * Manage assigned modules according to agreed internal standards.
 * Communicate with other departments to provide appropriate support for SAP users.
 * Contribute to the development of operational methodologies and development plans.
 * Take over new innovations as well as professional decommissioning of obsolete information systems.</t>
-  </si>
-[...6 lines deleted...]
-* Asumir nuevas innovaciones, así como la desactivación profesional de sistemas de información obsoletos.</t>
   </si>
   <si>
     <t>Scrum Master</t>
   </si>
   <si>
     <t>* Manages the scope and timeline of each project.
 * Coordinate sprints, retrospectives and daily stand-ups.
 * Facilitates internal communication and effective team collaboration.
 * Is the point of contact for external communication (e.g. from customers or interested parties).
 * Collaborates with product owners or product managers to resolve backlogs and new requirements.
 * Resolves conflicts and removes obstacles that arise.
 * Helps teams implement changes effectively.
 * Ensures deliverables meet quality standards at the end of each sprint.
 * Helps build a productive environment where team members "own" the product and enjoy working on it.</t>
   </si>
   <si>
-    <t>* Maneja el alcance y la línea de tiempo de cada proyecto.
-[...9 lines deleted...]
-  <si>
     <t>* Mounting, dismantling and powering up production machinery and equipment.
 * Providing the repairs and maintenance of the production machinery and equipment.
 * Providing employee trainings on the use of production machinery and equipment.
 * Completing technical reports.
 * Providing technical support to internal and external customers.</t>
-  </si>
-[...5 lines deleted...]
-* Prestación de soporte técnico a clientes internos y externos.</t>
   </si>
   <si>
     <t>* Repairing PCs, laptops, mainframes, servers and peripherals.
 * Determining causes of problems and their immediate removal.
 * Installing new or replacing outdated and dysfunctional motherboards, processors, graphic adapters, memory modules, hard drives, optical drives, sound and network cards and other computer components.
 * Installing and reinstalling operating systems and software applications.
 * Removing computer viruses, spyware, spam and other malicious applications.
 * Updating antivirus software, antispyware and security patches.
 * Communicating with customers, providing expert advice and consultations.</t>
   </si>
   <si>
-    <t>* Reparar PCs, portátiles, mainframes, servidores y periféricos.
-[...7 lines deleted...]
-  <si>
     <t>Software consultant</t>
-  </si>
-[...1 lines deleted...]
-    <t>Consultor de software</t>
   </si>
   <si>
     <t>* Consulting during the introduction of new information systems.
 * Expert support for business partners.
 * Participation in creating SW products according to the specific requirements of customers.
 * Analysis of weaknesses, imperfections, and errors of the IT solutions provided.
 * Testing and checking software.
 * Active communication with customers and suppliers.
 * Responsibility for reaching set targets.
 * Ensuring the implementation of the clients' requirements.
 * Co-operation with IT specialists and programmers on drafting possible solutions.
 * Training in using new information software.
 * Creating quality customer service and technical support.</t>
   </si>
   <si>
-    <t>* Asesoramiento durante la introducción de nuevos sistemas de información.
-[...11 lines deleted...]
-  <si>
     <t>Software Engineer</t>
-  </si>
-[...1 lines deleted...]
-    <t>Ingeniero de software</t>
   </si>
   <si>
     <t>* Using computer and mathematical knowledge in designing, developing, and testing software.
 * Analysing customer requirements and proposing technical solutions.
 * Creating and maintaining technical documentation.
 * Developing software according to customer requirements.
 * Testing software and repairing errors.
 * Providing technical support to clients.</t>
   </si>
   <si>
-    <t>* Utilizar conocimientos informáticos y matemáticos para diseñar, desarrollar y probar software.
-[...6 lines deleted...]
-  <si>
     <t>Systems Administrator</t>
-  </si>
-[...1 lines deleted...]
-    <t>Administrador de sistemas</t>
   </si>
   <si>
     <t>* Installation and administration of computer servers and workstations.
 * Installing, reinstalling and updating licensed software; keeping records on purchased licences.
 * Performing regular system and software audits.
 * Analysing system logs and identifying possible irregularities.
 * Optimising the system operation and performance.
 * Managing the rights of access to the computer network with an emphasis on safeguarding of sensitive data from unauthorised access.
 * Responsibility for the controlled access to the Internet and securing of incoming and outgoing data.
 * Carrying out regular back-ups of electronic data.
 * Providing methodological support to employees regarding the software and hardware equipment usage.
 * Solving technical problems.</t>
   </si>
   <si>
-    <t>* Instalación y administración de servidores y estaciones de trabajo informáticas.
-[...10 lines deleted...]
-  <si>
     <t>Systems Engineer</t>
-  </si>
-[...1 lines deleted...]
-    <t>Ingeniero de sistemas</t>
   </si>
   <si>
     <t>* Communicating with clients in order to become familiar with their requirements concerning the computer system.
 * Designing computer systems.
 * Communicating with hardware and software vendors.
 * Selecting the optimal hardware and software for the designed computer system.
 * Installing and configuring computer systems.</t>
   </si>
   <si>
-    <t>* Comunicarse con los clientes para familiarizarse con sus requisitos en cuanto al sistema informático.
-[...5 lines deleted...]
-  <si>
     <t>Technical Writer</t>
-  </si>
-[...1 lines deleted...]
-    <t>Escritor técnico (technical writer)</t>
   </si>
   <si>
     <t xml:space="preserve"> * Drafting and creating technical documentation (manuals, user flysheets, on line/offline helpers, texts of user interface etc.).
 * Watching changes of a product and subsequently incorporating them into the technical documentation.
 * Assessing a text from the point of view of its comprehensibility, conciseness, correctness of grammar and style, homogeneity of used terminology etc.
 * Creating screen shots and graphs and incorporating them into the technical documentation.
 * Cooperating with the department of development.</t>
   </si>
   <si>
-    <t>* Redactar y crear documentación técnica (manuales, hojas de instrucciones para el usuario, asistentes en línea/fuera de línea, textos de interfaz de usuario, etc.).
-[...5 lines deleted...]
-  <si>
     <t>User Experience Expert</t>
-  </si>
-[...1 lines deleted...]
-    <t>Experto en UX</t>
   </si>
   <si>
     <t>* Conducting and interpreting user research (interviews, testing, data analysis).
 * Creating UX strategies and recommendations for product development.
 * Evaluating existing solutions (UX audit, heuristic analysis).
 * Collaborating with product managers and stakeholders at a high level.
 * Mentoring UX designers and developers.</t>
   </si>
   <si>
-    <t>* Realización e interpretación de investigaciones de usuarios (entrevistas, pruebas, análisis de datos).
-[...5 lines deleted...]
-  <si>
     <t>UX designer</t>
-  </si>
-[...1 lines deleted...]
-    <t>Diseñador UX</t>
   </si>
   <si>
     <t>* Creating wireframes, prototypes, and user flows.
 * Collaborating with UI designers and developers on implementing designs.
 * Usability testing and iterating designs based on feedback.
 * Working with tools like Figma, Sketch, Adobe XD.
 * Focusing on specific screens, interactions, and visual consistency.</t>
   </si>
   <si>
-    <t>* Colaboración con diseñadores UI y desarrolladores en la implementación de los diseños.
-[...4 lines deleted...]
-  <si>
     <t>Web Designer</t>
-  </si>
-[...1 lines deleted...]
-    <t>Diseñador de páginas web</t>
   </si>
   <si>
     <t>* Communicating with clients concerning the appearance of their future websites, putting the emphasis on the understanding of the requirements and expectations of clients.
 * Designing the basic structure of the website layout.
 * Creating graphic concepts of websites and their implementation using programming languages.
 * Preparing preliminary website designs and submitting concepts for the client´s approval.
 * Collecting texts and creating content for the website.
 * Optimising text, graphic, audio and video elements by converting them into various digital formats.
 * Website testing in terms of functionality and fixing bugs.</t>
   </si>
   <si>
-    <t>* Comunicación con clientes sobre la apariencia de sus futuras páginas web, poniendo énfasis en la comprensión de los requisitos y expectativas de los clientes.
-[...7 lines deleted...]
-  <si>
     <t>Webmaster</t>
   </si>
   <si>
     <t>* Responsibility for managing websites in terms of the technical point of view as well as content.
 * Maintaining and updating website content.
 * Repairing errors.
 * Testing websites with the aim to streamline their usefulness.
 * Optimising the running of websites by changing the technical parameters of hardware, by compressing the used files, by improving user accessibility etc.
 * Cooperating with the authors of the texts, graphics, web programmers and web designers.</t>
   </si>
   <si>
-    <t>* Responsabilidad por la gestión de sitios web desde el punto de vista técnico y de contenido.
-[...6 lines deleted...]
-  <si>
     <t>Insurance</t>
   </si>
   <si>
-    <t>Seguros</t>
-[...1 lines deleted...]
-  <si>
     <t>Accounting Clerk</t>
-  </si>
-[...1 lines deleted...]
-    <t>Empleado de contabilidad</t>
   </si>
   <si>
     <t>* Checking invoices and obligatory attachments from healthcare providers (settlement benefits, prescriptions, vouchers, and other documents in accordance with contracts).
 * Registering invoices in the invoice book of healthcare providers.
 * Recording and processing settlement benefits in the information system.
 * Verifying compliance with the contractual terms and conditions regarding the reporting of healthcare by healthcare providers.
 * Printing the associated protocols and sending them to healthcare providers.
 * Preparing accounting documents for archiving.
 * Providing information, consultation, and handling complaints from healthcare providers regarding the settlement of health care.</t>
   </si>
   <si>
-    <t>* Verificar las facturas y los documentos adjuntos obligatorios de los proveedores de atención médica (prestaciones de liquidación, recetas, vales y otros documentos de acuerdo con los contratos).
-[...7 lines deleted...]
-  <si>
     <t>Actuary</t>
-  </si>
-[...1 lines deleted...]
-    <t>Actuario</t>
   </si>
   <si>
     <t>* Monitoring the insurance market, developing new products and proposing changes of existing products.
 * Formulating insurance contracts, insurance conditions and special arrangements.
 * Determining premium tariffs, the amount of technical provisions in life insurance and supplementary insurance.
 * Preparing and updating technical business plans and manuals.
 * Preparing documents for the implementation of changes related to product innovation in the information system.
 * Creating and updating computer programs for distribution networks, pricing, taxation and technical changes in life insurance.
 * Testing the profitability of products.
 * Preparing personalised insurance offers.
 * Preparing documents for the assessment of non-standard changes in life insurance.
 * Performing and ensuring activities related to financial funds in investment life insurance.
 * Preparing documentation and participating in conducting methodological trainings for distribution networks.
 * Preparing documentation for accounting, the National Bank of Slovakia, auditors, shareholders and other entities, preparing periodic reports for the reinsurer.
 * Providing expert consultation on life insurance products to other units of the company.</t>
   </si>
   <si>
-    <t>* Monitorear el mercado asegurador, desarrollar nuevos productos y proponer cambios en los productos existentes.
-[...13 lines deleted...]
-  <si>
     <t>* Overseeing the overall operations and strategic direction of the branch.
 * Leading and managing a team to ensure high levels of performance and productivity.
 * Developing and implementing business plans to achieve branch goals and objectives.
 * Building and maintaining strong relationships with clients, stakeholders, and partners.
 * Ensuring compliance with company policies, industry regulations, and quality standards.
 * Monitoring branch performance metrics and preparing regular reports for upper management.
 * Identifying opportunities for growth and improvement within the branch's services and operations.
 * Managing budgets and financial performance, including forecasting and expense control.
 * Conducting regular training and development sessions for staff to enhance skills and knowledge.
 * Addressing customer inquiries and resolving issues promptly to maintain satisfaction and loyalty.
 * Collaborating with other branches and departments to align strategies and share best practices.
 * Representing the branch at industry events, conferences, and community engagements.</t>
   </si>
   <si>
-    <t>* Supervisar las operaciones generales y la dirección estratégica de la sucursal.
-[...12 lines deleted...]
-  <si>
     <t>* Lead and manage the Assurance department to ensure operational excellence and achievement of organizational goals.
 * Oversee the planning, execution, and delivery of assurance services, ensuring compliance with international standards and company policies.
 * Develop and implement strategies to enhance the effectiveness and efficiency of assurance processes.
 * Supervise, mentor, and evaluate team members, fostering professional growth and high performance.
 * Collaborate with cross-functional teams to address client needs and deliver tailored assurance solutions.
 * Monitor industry trends and regulatory changes to ensure the department's services remain competitive and compliant.
 * Prepare and present reports on departmental performance, key metrics, and areas for improvement to senior management.
 * Establish and maintain strong relationships with clients, ensuring high levels of satisfaction and trust.
 * Identify opportunities for business development and contribute to the growth of the Assurance department.
 * Manage departmental budgets, resources, and schedules to optimize productivity and cost-effectiveness.
 * Ensure the implementation of risk management practices and uphold the highest standards of quality and integrity.
 * Represent the department in internal and external meetings, promoting the organization's values and mission.</t>
   </si>
   <si>
-    <t>* Liderar y gestionar el departamento de Garantía para asegurar la excelencia operativa y el logro de los objetivos organizacionales.
-[...12 lines deleted...]
-  <si>
     <t>Health Care Purchasing Specialist</t>
-  </si>
-[...1 lines deleted...]
-    <t>Especialista en compras sanitarias</t>
   </si>
   <si>
     <t>* Checking the administration and updating of the register of healthcare providers (HCP).
 * Checking the completeness and veracity of contracts concluded with HCP.
 * Taking part in the implementation of consultation procedures regarding the contractual terms.
 * Processing the accepted comments regarding the contractual terms and ensuring their incorporation into contractual relations.
 * Cooperating in the preparation of proposals for the company’s health programmes.
 * Assessing material and technical equipment regarding the contractual terms of HCP in relation to their payment.
 * Working with analyses and creating secondary analyses in the area of price conditions as set out in the contracts with HCP on the basis of the company’s requests and needs.
 * Preparing statistical overviews of the impact of price adjustments of the terms for HCP on the company’s budget.
 * Issuing opinions and processing requests addressed to the Healthcare Surveillance Authority, the Ministry of Health of the Slovak Republic and other institutions, if their request is factually appropriate for the department.</t>
   </si>
   <si>
-    <t>* Verificar la administración y actualización del registro de proveedores de atención médica (HCP).
-[...9 lines deleted...]
-  <si>
     <t>Health Program Development Specialist</t>
-  </si>
-[...1 lines deleted...]
-    <t>Especialista en desarrollo de programas de salud</t>
   </si>
   <si>
     <t>* Analysing the needs of the target groups of policyholders in individual regions.
 * Designing health programmes and their implementation mechanisms.
 * Designing ways of using policyholder benefits in the scope of health programmes.
 * Coordinating the implementation of health programmes.
 * Monitoring and evaluating the development of health programmes in order to innovate health programme concepts.</t>
   </si>
   <si>
-    <t>* Analizar las necesidades de los grupos objetivos de titulares de pólizas en regiones individuales.
-[...5 lines deleted...]
-  <si>
     <t>Insurance administrator</t>
-  </si>
-[...1 lines deleted...]
-    <t>Administrador de seguros</t>
   </si>
   <si>
     <t>* Checking the accuracy and completeness of contracts and their amendments, their processing in the information system and intervening in incorrect contracts.
 * Processing the technical and nontechnical changes in contracts.
 * Supplementing insurance premiums, and entering premium accountings into the information system.
 * Identifying and pairing the received payments with the premium regulations.
 * Sending reminders and calls regarding the monthly accounting and outstanding premium payments to clients.
 * Processing unused insurance premium and premium overpayments (calculation and payment to clients).
 * Cancelling, terminating and extending insurance contracts.
 * Preparing documents for bookkeeping.
 * Keeping a register of contracts in accordance with the applicable registration regulations of the company.
 * Communicating with clients and distribution networks regarding the management of insurance policies.</t>
   </si>
   <si>
-    <t>* Verificar la precisión y la integridad de los contratos y sus modificaciones, su procesamiento en el sistema de información y actuar en caso de contratos incorrectos.
-[...10 lines deleted...]
-  <si>
     <t>Insurance Broker</t>
-  </si>
-[...1 lines deleted...]
-    <t>Corredor de seguros</t>
   </si>
   <si>
     <t>* Seeking out potential customers and providing customer care to existing clients.
 * Analysing needs and proposing individual insurance solutions according to customer requirements.
 * Providing advice and consultations concerning the insurance industry.
 * Concluding contracts with individual and corporate clients.
 * Responsibility for updating client database.
 * Participating in regular trainings and courses.</t>
   </si>
   <si>
-    <t>* Buscar clientes potenciales y brindar atención al cliente a clientes existentes.
-[...6 lines deleted...]
-  <si>
     <t>Insurance Payment Control Specialist</t>
-  </si>
-[...1 lines deleted...]
-    <t>Especialista en control de pagos de seguros</t>
   </si>
   <si>
     <t>* Reviewing regulations and insurance payments recorded in the company’s information system and proposing external controls.
 * Conducting external controls of compliance with the insurance payer’s statutory obligations and updating data on the insurance payers in the register of payers.
 * Processing the results of external controls in the information system and issuing control protocols.
 * Preparing documents for recovery.
 * Monitoring and statistical evaluation of the results of external audits.
 * Registering documents issued by insurance payers related to insurance payments in the company’s information system and issuing certificates for insurance payers.
 * Communicating with insurance payers when dealing with problems with reporting and insurance payments.</t>
   </si>
   <si>
-    <t>* Revisar las regulaciones y pagos de seguros registrados en el sistema de información de la empresa y proponer controles externos.
-[...7 lines deleted...]
-  <si>
     <t>Insurance Technician</t>
-  </si>
-[...1 lines deleted...]
-    <t>Técnico de seguros</t>
   </si>
   <si>
     <t>* Conducting technical inspections after an insurance claim is reported.
 * Documenting insurance cases with a camera or camcorder.
 * Preparing documents for the settlement of insurance cases.</t>
   </si>
   <si>
-    <t>* Realizar inspecciones técnicas después de que se informe de un siniestro.
-[...3 lines deleted...]
-  <si>
     <t>Insurance Underwriter</t>
-  </si>
-[...1 lines deleted...]
-    <t>Suscriptor de seguros</t>
   </si>
   <si>
     <t>* Assessing the risks of the proposed insurance, completing insurance proposals and wording the insurance endorsements.
 * Ensuring medical examinations, medical records and other data that are necessary for a comprehensive risk assessment.
 * Reviewing insurance policies in terms of their accuracy and completeness, and entering the policies into the information system.
 * Reviewing insurance policies concluded after the evaluation.
 * Keeping records of the personal data of people interested in insurance, including those with whom an insurance policy has not been concluded.</t>
   </si>
   <si>
-    <t>* Evaluar los riesgos del seguro propuesto, completar propuestas de seguro y redactar las cláusulas adicionales del seguro.
-[...5 lines deleted...]
-  <si>
     <t>Loss Adjuster</t>
-  </si>
-[...1 lines deleted...]
-    <t>Ajustador de pérdidas</t>
   </si>
   <si>
     <t>* Performing or ensuring the sightings of damaged or destroyed things, including the completion of the relevant documentation.
 * Communicating with clients, involved or invited persons, public authorities and external contracting partners with the aim of ensuring all the documents necessary for a comprehensive assessment of a claim.
 * Assessing client claims for indemnification under the applicable legal regulations and insurance contract and informing clients about the outcome.
 * Determining the amount of indemnification reserve and the amount of indemnification in accordance with applicable legal regulations, internal regulations and insurance contract and the delivering the insurance benefits to clients.
 * Preparing documentation for the regression procedures.
 * Handling complaints and appeals from clients.
 * Providing professional consulting services to clients and other sections of the company in matters related to the settlement of claims in the given class of insurance.
 * Updating the appropriate forms, internal regulations and directives.</t>
   </si>
   <si>
-    <t>* Realizar o asegurar el reconocimiento de objetos dañados o destruidos, incluyendo la finalización de la documentación correspondiente.
-[...8 lines deleted...]
-  <si>
     <t>Product Development Specialist</t>
-  </si>
-[...1 lines deleted...]
-    <t>Especialista en desarrollo de productos</t>
   </si>
   <si>
     <t>* Monitoring the insurance market, developing new products and submitting proposals for changes to existing products.
 * Completing the texts of contracts, insurance clauses and special arrangements.
 * Drawing up the guidelines and bylaws relating to a given class of insurance.
 * Analysing the rates of insurance, and monitoring and analysing the loss ratio of the products.
 * Preparing documents for the implementation of changes related to product innovation in the information system.
 * Preparing and completing methodical seminars for distribution networks.
 * Providing expert consultations on the products in a given class of insurance to other sections of the company.</t>
   </si>
   <si>
-    <t>* Monitorear el mercado de seguros, desarrollar nuevos productos y presentar propuestas de cambios a productos existentes.
-[...7 lines deleted...]
-  <si>
     <t>Registry Administration Officer</t>
-  </si>
-[...1 lines deleted...]
-    <t>Oficial de administración del registro</t>
   </si>
   <si>
     <t>* Registering data from the applications of policyholders and insurance payers in the register of policyholders and register of insurance payers in the information system.	
 * Updating data on policyholders and insurance payers in the information system on the basis of the received and requested documents.
 * Issuing health cards, the European health insurance cards, and other certificates for policyholders.
 * Issuing and confirming entitlement forms.
 * Registering and archiving mass communications from insurance payers.
 * Solving clashing insurance relations in co-operation with the HSA and other health insurance companies.</t>
   </si>
   <si>
-    <t>* Registrar datos de las solicitudes de asegurados y pagadores de seguros en el registro de asegurados y registro de pagadores de seguros en el sistema de información.
-[...6 lines deleted...]
-  <si>
     <t>Reinsurance Specialist</t>
-  </si>
-[...1 lines deleted...]
-    <t>Especialista en reaseguros</t>
   </si>
   <si>
     <t>* Processing the proposals of the company’s actuarial capacity to ensure individual risk groups.
 * Drafting reinsurance program proposals (obligatory reinsurance).
 * Negotiating the terms of reinsurance agreements with reinsurers, and ensuring compliance.
 * Defining the parameters of reinsurance contracts in the information system.
 * Preparing specifications for the IT processing of reinsurance risks in the information system.
 * Ensuring commutation (termination) processes of proportional reinsurance contracts.
 * Providing expert consultation of policy conditions regarding individual business cases for departments developing insurance products.
 * Ensuring facultative reinsurance and special acceptances for individual risks.
 * Reimbursing premiums and settling the performance of reinsurers.
 * Preparing documents for accounting.
 * Preparing analyses and reports for the reinsurers, board, auditors, and supervising bodies of the company.</t>
   </si>
   <si>
-    <t>* Procesar las propuestas de capacidad actuarial de la empresa para garantizar grupos de riesgo individuales.
-[...11 lines deleted...]
-  <si>
     <t>Journalism, Printing Arts &amp; Media</t>
   </si>
   <si>
-    <t>Periodismo, artes gráficas y medios de comunicación</t>
-[...1 lines deleted...]
-  <si>
     <t>3D printer operator</t>
-  </si>
-[...1 lines deleted...]
-    <t>Operador de impresoras 3d</t>
   </si>
   <si>
     <t>* Operating and maintaining 3D printers to produce high-quality printed materials.
 * Setting up and calibrating 3D printers according to project specifications.
 * Monitoring the printing process to ensure accuracy and quality control.
 * Troubleshooting and resolving any technical issues that arise during printing.
 * Preparing and processing digital files for 3D printing, including slicing and scaling.
 * Collaborating with designers and engineers to optimize designs for printability.
 * Maintaining a clean and organized workspace, adhering to safety standards.
 * Conducting routine maintenance and repairs on 3D printing equipment.
 * Keeping accurate records of production runs, materials used, and inventory levels.
 * Staying up to date with advancements in 3D printing technology and materials.
 * Assisting in the training of new staff on 3D printing operations and safety protocols.
 * Contributing to project planning and timelines to ensure timely delivery of printed materials.</t>
   </si>
   <si>
-    <t>* Operar y mantener impresoras 3D para producir materiales impresos de alta calidad.
-[...12 lines deleted...]
-  <si>
     <t>Advertising Manager</t>
-  </si>
-[...1 lines deleted...]
-    <t>Gerente de publicidad</t>
   </si>
   <si>
     <t>* Responsibility for the sale of advertising space within the company.
 * Taking care of existing clients and maintaining good relations with them.
 * Searching for new business opportunities.
 * Providing quotations and discounts in substantiated cases.</t>
   </si>
   <si>
-    <t>* Responsabilidad por la venta de espacios publicitarios dentro de la empresa.
-[...4 lines deleted...]
-  <si>
     <t>Bookbinder</t>
-  </si>
-[...1 lines deleted...]
-    <t>Encuadernador</t>
   </si>
   <si>
     <t>* Preparing material required for the production of books, magazines, brochures, catalogues, directories, albums, etc.
 * Cutting paper into smaller sheets using a cutting machine.
 * Coating books with paper, leather, imitation leather or other materials.
 * Stitching and gluing individual sheets into blocks manually or using a stitching or binding machine.
 * Joining book blocks with the spine dispersive, hot melt, reactive and polyurethane adhesives.
 * Repairing damaged bindings, backs of books, etc.</t>
   </si>
   <si>
-    <t>* Preparar el material necesario para la producción de libros, revistas, folletos, catálogos, directorios, álbumes, etc.
-[...6 lines deleted...]
-  <si>
     <t>Camera Operator</t>
-  </si>
-[...1 lines deleted...]
-    <t>Operador de cámara</t>
   </si>
   <si>
     <t>* Using a camera to shoot movies, serials, documentaries, videos, commercials, etc.
 * Choosing the appropriate type of film, lenses and filters depending on the desired objective.
 * Communicating with the director, lighting engineers and other crew members.
 * Operating a camera on a camera truck or a camera crane.</t>
   </si>
   <si>
-    <t>* Utilizar una cámara para rodar películas, series, documentales, videos, anuncios, etc.
-[...4 lines deleted...]
-  <si>
     <t>Content provider</t>
-  </si>
-[...1 lines deleted...]
-    <t>Proveedor de contenidos</t>
   </si>
   <si>
     <t>* Researching and creating engaging content across various media platforms.
 * Collaborating with editors, designers, and other team members to develop story ideas and multimedia projects.
 * Producing articles, blog posts, and social media content that resonate with target audiences.
 * Ensuring accuracy and adherence to journalistic standards and ethics in all published materials.
 * Conducting interviews and gathering information from credible sources to support content creation.
 * Staying updated on industry trends, news, and emerging technologies to enhance content relevance.
 * Utilizing analytics tools to measure content performance and optimize future content strategies.
 * Managing multiple projects simultaneously while meeting deadlines and maintaining high quality.
 * Editing and proofreading content to ensure clarity, coherence, and grammatical correctness.
 * Engaging with audience feedback and comments to foster community and improve content offerings.</t>
   </si>
   <si>
-    <t>* Investigar y crear contenido atractivo en varias plataformas de medios.
-[...10 lines deleted...]
-  <si>
     <t>Design associate</t>
-  </si>
-[...1 lines deleted...]
-    <t>Asistente de diseñador</t>
   </si>
   <si>
     <t>* Assisting in the development and execution of design projects across various media platforms.
 * Collaborating with senior designers and team members to create visually appealing graphics and layouts.
 * Supporting the production of print and digital materials, including brochures, advertisements, and social media content.
 * Utilizing graphic design software such as Adobe Creative Suite to produce high-quality designs.
 * Participating in brainstorming sessions to generate creative ideas and concepts.
 * Ensuring consistency in brand messaging and visual identity across all projects.
 * Preparing design files for print production and digital distribution.
 * Conducting research on design trends and industry standards to enhance design quality.
 * Assisting in the preparation of presentations and visual materials for client meetings.
 * Managing multiple projects simultaneously while adhering to deadlines and project specifications.
 * Providing feedback and revisions based on team and client input to refine design outputs.
 * Maintaining organized records of design projects and assets for future reference.</t>
   </si>
   <si>
-    <t>* Ayudar en el desarrollo y ejecución de proyectos de diseño en varias plataformas de medios.
-[...12 lines deleted...]
-  <si>
     <t>DTP Operator</t>
-  </si>
-[...1 lines deleted...]
-    <t>Operador de autoedición (DTP)</t>
   </si>
   <si>
     <t>* Ensuring quality control throughout the production process.
 * Defining production procedures and initiating work orders.
 * Preparing and reviewing print-ready files for accuracy and completeness.
 * Ordering necessary production materials and supplies.
 * Collaborating with graphic designers and content creators to ensure design specifications are met.
 * Operating and maintaining DTP equipment and software.
 * Troubleshooting and resolving technical issues related to DTP processes.
 * Adhering to project timelines and managing multiple projects simultaneously.
 * Communicating effectively with team members and clients to ensure project requirements are understood and met.
 * Staying updated with industry trends and advancements in DTP technologies.</t>
   </si>
   <si>
-    <t>* Garantizar el control de calidad en todo el proceso de producción.
-[...10 lines deleted...]
-  <si>
     <t>Editor</t>
-  </si>
-[...1 lines deleted...]
-    <t>Redactor</t>
   </si>
   <si>
     <t>* Performing journalist activities for mass media editors.
 * Collecting, sorting, and verifying the information.
 * Processing interesting topics for readers, viewers, and listeners.
 * Writing and preparing reports, reportages, commentaries, reviews, interviews, glosses, feuilletons, etc.
 * Searching for and selecting images that are suitable for the respective articles.
 * Publishing information in the mass media.</t>
   </si>
   <si>
-    <t>* Realizar actividades periodísticas para editores de medios de comunicación de masas.
-[...6 lines deleted...]
-  <si>
     <t>* Collecting shots and soundtracks from the recording media of the movie cameras.
 * Digital editing of files and their segmenting into smaller logical units (so called sequences).
 * Preparing a rough edit.
 * Additional adjusting of the scene order with the purpose to achieve the logic and continuity of the sequences.
 * Cooperating with the film directors, sound engineers and film composers.</t>
   </si>
   <si>
-    <t>* Recopilar tomas y bandas sonoras de los medios de grabación de las cámaras de cine.
-[...5 lines deleted...]
-  <si>
     <t>Graphic</t>
-  </si>
-[...1 lines deleted...]
-    <t>Gráfico</t>
   </si>
   <si>
     <t>* Manuscript editing from a technological aspect and applying typological rules.
 * Designing and implementing one’s own graphic designs.
 * Assessing typesetting and illustration quality from a professional, technical, and artistic aspect. 
 * Processing graphic designs from the aspect of the printing techniques used.
 * Processing text and image templates using computer technology.
 * Combining text and image elements of print media by means of word-wrapping.
 * Page or print media elements disassembling within the printing sheet or any other printed media by means of sheet assembly.
 * Assessing polygraphic intermediates and products from the qualitative aspect.</t>
   </si>
   <si>
-    <t>* Edición de manuscritos desde el aspecto tecnológico y aplicación de reglas tipológicas.
-[...8 lines deleted...]
-  <si>
     <t>Journalist</t>
-  </si>
-[...1 lines deleted...]
-    <t>Periodista</t>
   </si>
   <si>
     <t>* Collecting, sorting and verifying the information.
 * Processing interesting topics for readers, viewers and listeners.
 * Writing and preparing reports, reportages, commentaries, reviews, interviews, glosses, feuilletons etc.
 * Searching for and selecting images suitable for the articles.
 * Publishing information in mass media.</t>
   </si>
   <si>
-    <t>* Recopilar, clasificar y verificar la información.
-[...5 lines deleted...]
-  <si>
     <t>Junior Graphic Designer</t>
-  </si>
-[...1 lines deleted...]
-    <t>Diseñador gráfico junior</t>
   </si>
   <si>
     <t>* Creating a wide range of graphic concepts on the basis of detailed assignments from clients.
 * Incorporating clients’ comments into graphic designs.
 * Transferring drawings from paper to electronic form using a scanner.
 * Setting the final style and colours of drawings in a graphics program.
 * Exporting graphic designs in the desired format.</t>
   </si>
   <si>
-    <t>* Crear una amplia variedad de conceptos gráficos en base a asignaciones detalladas de los clientes.
-[...5 lines deleted...]
-  <si>
     <t>Managing Editor</t>
-  </si>
-[...1 lines deleted...]
-    <t>Editor jefe</t>
   </si>
   <si>
     <t>* Responsibility for the content of the entrusted periodical.
 * Coordinating the activities of editors in the publishing house.
 * Editing articles.
 * Creating the appearance of the pages in the periodical.
 * Writing editorials.</t>
   </si>
   <si>
-    <t>* Responsabilidad por el contenido de la publicación periódica encomendada.
-[...5 lines deleted...]
-  <si>
     <t>Organizer</t>
-  </si>
-[...1 lines deleted...]
-    <t>Organizador</t>
   </si>
   <si>
     <t>* Coordinating and organizing events, workshops, and conferences related to journalism, media, and graphic arts.
 * Collaborating with various stakeholders, including artists, journalists, and media professionals to ensure successful project execution.
 * Managing project timelines, budgets, and resources to meet organizational goals.
 * Developing and maintaining relationships with media outlets, sponsors, and partners to enhance visibility and support for initiatives.
 * Overseeing logistics, including venue selection, equipment setup, and catering arrangements.
 * Creating promotional materials and managing social media campaigns to engage audiences and promote events.
 * Assisting in the recruitment and training of volunteers and staff for events and projects.
 * Conducting research and analysis to identify trends and opportunities within the journalism and media landscape.
 * Evaluating the success of events and initiatives through feedback and performance metrics, making recommendations for future improvements.
 * Ensuring compliance with relevant regulations and standards in event planning and execution.</t>
   </si>
   <si>
-    <t>* Coordinar y organizar eventos, talleres y conferencias relacionados con el periodismo, los medios de comunicación y las artes gráficas.
-[...10 lines deleted...]
-  <si>
     <t>Photo Editor</t>
-  </si>
-[...1 lines deleted...]
-    <t>Editor de fotos</t>
   </si>
   <si>
     <t>* Searching for photographs, illustrations, and flash animations in online databases.
 * Assigning tasks to photographers.
 * Selecting suitable photographs and illustrations for the covers of periodicals, articles, websites, etc.
 * Archiving purchased photographs.
 * Communicating with editors and the issue manager, etc.</t>
   </si>
   <si>
-    <t>* Buscar fotografías, ilustraciones y animaciones flash en bases de datos en línea.
-[...5 lines deleted...]
-  <si>
     <t>Printer</t>
-  </si>
-[...1 lines deleted...]
-    <t>Impresor</t>
   </si>
   <si>
     <t>* Producing printed material with the help of printing presses.
 * Preparing and controlling the printing forms.
 * Securing production of a new printing form in case of its bad quality.
 * Adjusting printing presses.
 * Being responsible for keeping the correct technological procedure.
 * Controlling the quality of the press.
 * Keeping the printing presses in operation mode.</t>
   </si>
   <si>
-    <t>* Producción de material impreso con la ayuda de prensas de impresión.
-[...7 lines deleted...]
-  <si>
     <t>Printing Technician</t>
-  </si>
-[...1 lines deleted...]
-    <t>Técnico de impresión</t>
   </si>
   <si>
     <t>* Setting up and operating printing presses to produce high-quality printed materials.
 * Conducting routine maintenance and troubleshooting of printing equipment to ensure optimal performance.
 * Collaborating with graphic designers and clients to understand project specifications and requirements.
 * Monitoring the printing process to ensure color accuracy, registration, and overall print quality.
 * Adjusting ink flow, pressure, and other parameters to achieve desired print results.
 * Maintaining inventory of printing supplies and materials, including inks, papers, and other consumables.
 * Ensuring compliance with safety and quality standards throughout the printing process.
 * Keeping detailed records of production runs, including quantities printed and any issues encountered.
 * Assisting in the training of junior staff and providing guidance on printing techniques and equipment operation.
 * Staying updated on industry trends and advancements in printing technology to enhance production efficiency.</t>
   </si>
   <si>
-    <t>* Configurar y operar prensas de impresión para producir materiales impresos de alta calidad.
-[...10 lines deleted...]
-  <si>
     <t>Producer</t>
-  </si>
-[...1 lines deleted...]
-    <t>Productor</t>
   </si>
   <si>
     <t>* Overseeing the production process of various media projects, including film, television, and digital content.
 * Hiring directors, lead actors, and key technical staff to ensure high-quality production.
 * Facilitating communication between artistic personnel, focusing on working conditions and compensation negotiations.
 * Coordinating the collaborative efforts of writers, directors, managers, and other team members to maintain project timelines and objectives.
 * Managing budgets and ensuring that productions are completed within financial constraints.
 * Developing production schedules and ensuring adherence to deadlines.
 * Conducting auditions and casting sessions to select appropriate talent for projects.
 * Ensuring compliance with industry regulations and standards throughout the production process.
 * Collaborating with marketing and distribution teams to promote finished projects effectively.
 * Problem-solving and addressing any issues that arise during production to keep projects on track.</t>
   </si>
   <si>
-    <t>* Supervisar el proceso de producción de diversos proyectos de medios, incluidos cine, televisión y contenido digital.
-[...10 lines deleted...]
-  <si>
     <t>Proofreader</t>
-  </si>
-[...1 lines deleted...]
-    <t>Corrector de textos</t>
   </si>
   <si>
     <t xml:space="preserve">* Reading the hand-writings in the printed or digital form.
 * Searching for errors in the contents, language, grammar and style.
 * Marking errors using proofreading marks.
 * Consulting the found imperfections with the authors of the texts.
 * Repeated reading of the corrected hand writings before sending them into print.
 </t>
   </si>
   <si>
-    <t>* Leer manuscritos en forma impresa o digital.
-[...5 lines deleted...]
-  <si>
     <t>Publishing House Director</t>
-  </si>
-[...1 lines deleted...]
-    <t>Director de la editorial</t>
   </si>
   <si>
     <t>* Lead and oversee the strategic direction and operations of the publishing house to ensure alignment with company goals and objectives.
 * Develop and implement innovative publishing strategies to enhance market presence and increase readership.
 * Manage and cultivate relationships with authors, editors, graphic designers, and other key stakeholders to ensure high-quality content production.
 * Oversee the financial performance of the publishing house, including budgeting, forecasting, and financial reporting.
 * Ensure compliance with industry regulations and standards, maintaining the integrity and reputation of the publishing house.
 * Spearhead marketing and promotional activities to expand the reach and impact of published works.
 * Foster a creative and collaborative work environment that encourages innovation and excellence in publishing.
 * Monitor industry trends and competitor activities to identify opportunities for growth and improvement.
 * Lead recruitment, training, and development of staff, promoting a culture of continuous learning and professional development.
 * Represent the publishing house at industry events, conferences, and networking opportunities to build and maintain professional networks.
 * Ensure effective communication and collaboration across all departments to streamline processes and enhance productivity.
 * Report directly to senior management, providing regular updates on performance, challenges, and strategic initiatives.</t>
   </si>
   <si>
-    <t>* Dirigir y supervisar la dirección estratégica y las operaciones de la casa editorial para asegurar su alineación con los objetivos y metas de la empresa.
-[...12 lines deleted...]
-  <si>
     <t>Radio presenter and announcer</t>
-  </si>
-[...1 lines deleted...]
-    <t>Locutor de radio</t>
   </si>
   <si>
     <t>* Hosting live radio shows and engaging with listeners through phone calls and social media.
 * Researching and preparing content related to current events, music, culture, and community issues.
 * Conducting interviews with guests, including artists, public figures, and experts in various fields.
 * Collaborating with producers and technical staff to ensure smooth broadcasting operations.
 * Creating and curating playlists that resonate with the target audience.
 * Developing promotional materials and participating in marketing initiatives to grow the station's audience.
 * Monitoring audience feedback and adjusting content and delivery based on listener preferences.
 * Staying informed about industry trends and best practices to enhance programming quality.
 * Representing the radio station at public events, festivals, and community gatherings.
 * Maintaining a professional and engaging on-air presence while adhering to broadcasting standards and regulations.</t>
   </si>
   <si>
-    <t>* Presentar programas de radio en vivo y interactuar con los oyentes a través de llamadas telefónicas y medios sociales.
-[...10 lines deleted...]
-  <si>
     <t>Reporter</t>
-  </si>
-[...1 lines deleted...]
-    <t>Reportero</t>
   </si>
   <si>
     <t>* Researching and gathering information on various topics for news stories.
 * Conducting interviews with individuals to obtain firsthand accounts and insights.
 * Writing clear, accurate, and engaging news articles for print, online, or broadcast media.
 * Developing and maintaining a network of contacts to enhance story development.
 * Fact-checking and verifying information to ensure journalistic integrity.
 * Attending events, press conferences, and public meetings to report on relevant issues.
 * Collaborating with editors, photographers, and other journalists to produce high-quality content.
 * Adhering to deadlines while managing multiple assignments and priorities.
 * Utilizing social media platforms to promote stories and engage with the audience.
 * Staying informed about current events and trends in various fields to identify potential stories.
 * Upholding ethical standards and guidelines in journalism to maintain public trust.
 * Participating in ongoing training and professional development to enhance reporting skills.</t>
   </si>
   <si>
-    <t>* Investigar y recopilar información sobre diversos temas para historias de noticias.
-[...12 lines deleted...]
-  <si>
     <t>Senior Graphic Designer</t>
-  </si>
-[...1 lines deleted...]
-    <t>Diseñador gráfico senior</t>
   </si>
   <si>
     <t>* Self-reliant production of a wide range of creative graphic concepts without detailed assignments from clients.
 * Incorporating clients’ comments into graphic designs.
 * Transferring drawings from paper to electronic form using a scanner.
 * Setting the final style and colours of drawings in a graphics program.
 * Exporting graphic designs in the desired format.</t>
-  </si>
-[...5 lines deleted...]
-* Exportación de los diseños gráficos en el formato deseado.</t>
   </si>
   <si>
     <t>* Setting up and operating audio equipment for live events, recordings, and broadcasts.
 * Collaborating with producers, directors, and other team members to achieve desired sound quality.
 * Mixing and editing audio tracks to ensure clarity and balance.
 * Conducting regular maintenance and troubleshooting of audio equipment.
 * Ensuring compliance with safety standards and regulations in audio production.
 * Recording sound effects, voiceovers, and music for various media projects.
 * Monitoring audio levels during recordings and live performances to ensure optimal sound.
 * Creating and maintaining audio archives for future reference and use.
 * Staying updated with the latest audio technology and techniques to enhance production quality.
 * Assisting in the planning and execution of sound design for multimedia projects.
 * Providing technical support and guidance to other team members during productions.
 * Managing audio budgets and resources effectively to optimize production costs.</t>
   </si>
   <si>
-    <t>* Configurar y operar equipos de audio para eventos en vivo, grabaciones y transmisiones.
-[...12 lines deleted...]
-  <si>
     <t>TV Presenter</t>
-  </si>
-[...1 lines deleted...]
-    <t>Presentador de televisión</t>
   </si>
   <si>
     <t>* Presenting and announcing various segments within electronic media, including radio and television programs.
 * Introducing daily programming, including shows, musical performances, and guest appearances.
 * Reading news articles and other texts in spoken format, ensuring clear and engaging delivery.
 * Conducting interviews with guests and experts to provide insightful commentary and discussion.
 * Engaging with the audience through interactive segments and social media platforms.
 * Collaborating with production teams to develop content and improve program quality.
 * Preparing for broadcasts by researching topics and gathering relevant information.
 * Delivering promotional messages and advertisements in a professional manner.
 * Adapting to live broadcasting situations with poise and professionalism.
 * Upholding the standards of journalistic integrity and accuracy in all communications.</t>
   </si>
   <si>
-    <t>* Presentar y anunciar varios segmentos dentro de los medios electrónicos, incluidos programas de radio y televisión.
-[...10 lines deleted...]
-  <si>
     <t>TV/Film Production Assistant</t>
-  </si>
-[...1 lines deleted...]
-    <t>Asistente de producción de televisión y cine</t>
   </si>
   <si>
     <t>* Assisting in the preparation and organization of film and television productions.
 * Coordinating schedules and logistics for cast and crew members.
 * Supporting the production team in various tasks including set preparation and equipment setup.
 * Managing communication between departments to ensure smooth operation during filming.
 * Assisting with the handling of production paperwork, including contracts and release forms.
 * Contributing to the maintenance of production budgets and tracking expenses.
 * Helping to organize and facilitate auditions and casting calls.
 * Assisting in the post-production process, including editing and reviewing footage.
 * Coordinating travel arrangements and accommodations for cast and crew.
 * Engaging in problem-solving and providing support during on-set challenges.
 * Maintaining a positive and professional atmosphere on set.
 * Performing other duties as assigned by the production team.</t>
   </si>
   <si>
-    <t>* Colaborar en la preparación y organización de producciones de cine y televisión.
-[...12 lines deleted...]
-  <si>
     <t>Law &amp; Legislation</t>
   </si>
   <si>
-    <t>Derecho y legislación</t>
-[...1 lines deleted...]
-  <si>
     <t>Administrative officer</t>
-  </si>
-[...1 lines deleted...]
-    <t>Oficial administrativo</t>
   </si>
   <si>
     <t>* Preparing, issuing and registering issued and received files and documents.
 * Preparing drafts of various types of agreements.
 * Providing legal support in administrative proceedings and disputes.
 * Communicating with clients and informing them what personal and other documents to make available.
 * Organizing and keeping lawsuit records.
 * Producing internal corporate documents.</t>
   </si>
   <si>
-    <t>* Preparar, emitir y registrar documentos y archivos emitidos y recibidos.
-[...6 lines deleted...]
-  <si>
     <t>Bailiff/Enforcement Officer</t>
-  </si>
-[...1 lines deleted...]
-    <t>Alguacil</t>
   </si>
   <si>
     <t>* Enforcing court decisions and ensuring compliance with legal orders.
 * Conducting property seizures and sales in accordance with applicable laws.
 * Serving legal documents and notices to relevant parties.
 * Liaising with law enforcement agencies to facilitate the execution of enforcement actions.
 * Maintaining accurate records of all enforcement activities and transactions.
 * Providing detailed reports to the court regarding the status of enforcement actions.
 * Advising clients on their rights and obligations under the law.
 * Collaborating with legal professionals to ensure the effective execution of judgments.
 * Attending court hearings as required to represent enforcement actions.
 * Upholding ethical standards and maintaining professionalism in all interactions.
 * Managing and prioritizing a caseload effectively to meet deadlines.
 * Staying informed on changes in legislation and enforcement procedures.
 * Engaging in continuous professional development to enhance skills and knowledge in enforcement law.
 * Ensuring the safety and security of all parties involved during enforcement activities.
 * Handling inquiries and providing support to individuals affected by enforcement actions.</t>
   </si>
   <si>
-    <t>* Hacer cumplir las decisiones judiciales y garantizar el cumplimiento de las órdenes legales.
-[...15 lines deleted...]
-  <si>
     <t>Judge</t>
-  </si>
-[...1 lines deleted...]
-    <t>Juez</t>
   </si>
   <si>
     <t>* Presiding over court proceedings and ensuring they are conducted fairly and impartially.
 * Interpreting and applying laws, regulations, and legal precedents to cases.
 * Evaluating evidence presented during trials and making rulings on admissibility.
 * Delivering judgments in civil and criminal cases based on facts and legal principles.
 * Writing detailed legal opinions that outline the reasoning behind decisions.
 * Managing court schedules and ensuring timely progression of cases.
 * Collaborating with attorneys, law enforcement, and court personnel to facilitate legal processes.
 * Providing guidance to juries on legal standards and procedures during trials.
 * Upholding the integrity of the judicial system and maintaining public confidence in the rule of law.
 * Engaging in continuous legal education to stay updated on changes in laws and judicial practices.
 * Serving as a mediator in settlement discussions when appropriate to resolve disputes outside of court.
 * Ensuring compliance with ethical standards and maintaining confidentiality in legal matters.</t>
   </si>
   <si>
-    <t>* Presidir los procedimientos judiciales y garantizar que se lleven a cabo de manera justa e imparcial.
-[...12 lines deleted...]
-  <si>
     <t>Judicial assistant</t>
-  </si>
-[...1 lines deleted...]
-    <t>Asistente judicial</t>
   </si>
   <si>
     <t>* Assisting judges and court personnel in managing case files and legal documents.
 * Preparing legal documents, including briefs, motions, and orders for court proceedings.
 * Conducting legal research to support case preparation and assist in legal decision-making.
 * Organizing and maintaining court records, ensuring accuracy and confidentiality.
 * Attending court sessions to take notes and record proceedings for official documentation.
 * Communicating with attorneys, clients, and other court officials regarding case status and scheduling.
 * Ensuring compliance with court procedures and deadlines.
 * Assisting in the preparation of trial exhibits and evidence for presentation in court.
 * Managing the scheduling of court hearings, trials, and meetings.
 * Providing administrative support to judges and court staff as required.
 * Maintaining a professional demeanor and upholding ethical standards in all interactions.
 * Contributing to the smooth operation of the court by performing additional duties as assigned.</t>
   </si>
   <si>
-    <t>* Ayudar a los jueces y al personal del tribunal en la gestión de expedientes de casos y documentos legales.
-[...12 lines deleted...]
-  <si>
     <t>Lawyer</t>
-  </si>
-[...1 lines deleted...]
-    <t>Jurista</t>
   </si>
   <si>
     <t>* Providing legal consulting services.
 * Completing legal analysis and statements.
 * Evaluation and completion of legal documents.
 * Representing clients during meetings, signature of contracts, and similar activities.</t>
   </si>
   <si>
-    <t>* Prestación de servicios de consultoría jurídica.
-[...4 lines deleted...]
-  <si>
     <t>Legal advisor</t>
-  </si>
-[...1 lines deleted...]
-    <t>Asesor jurídico</t>
   </si>
   <si>
     <t xml:space="preserve">* To conduct legal analysis and research on various legal matters of the client or the organization
 * To provide advice on different legal issues and assist in drafting legal opinions, memoranda and other briefing documents
 * To be actively involved in preparing and drafting of different acts and legal submissions and draft the authoritative legal opinions as well
 * To conduct legal research by utilizing various resources and selecting the relevant material to analyze the legal information
 * To assist in reviewing the legal material and any other relevant documents and to identify the most important issues that need to be sorted out on a priority basis
 * To draw up formalities regarding the settlement of disputes and monitor the implementation of the legal clauses
 </t>
   </si>
   <si>
-    <t>* Realizar análisis y research jurídicos sobre diversos asuntos legales del cliente o la organización
-[...6 lines deleted...]
-  <si>
     <t>Notary</t>
-  </si>
-[...1 lines deleted...]
-    <t>Notario</t>
   </si>
   <si>
     <t>* Certifying and drafting private and public documents, including signature verification.
 * Attending board meetings of commercial companies, taking minutes, and preparing contracts.
 * Performing non-contentious legal work, such as managing inheritance proceedings and resolving legal matters that are not in dispute.
 * Advising clients on legal rights and obligations related to notarial acts.
 * Ensuring compliance with relevant laws and regulations in all notarial activities.
 * Maintaining accurate records of all notarial services rendered and safeguarding client confidentiality.
 * Collaborating with other legal professionals to facilitate the execution of documents and transactions.
 * Providing guidance on the preparation of documents necessary for various legal processes.
 * Engaging in continuous professional development to stay updated on changes in legislation and notarial practices.
 * Representing the notary office in legal proceedings when necessary and assisting clients in understanding the implications of legal documents.</t>
   </si>
   <si>
-    <t>* Certificar y redactar documentos privados y públicos, incluida la verificación de firmas.
-[...10 lines deleted...]
-  <si>
     <t>Notary Associate</t>
-  </si>
-[...1 lines deleted...]
-    <t>Asistente de notario</t>
   </si>
   <si>
     <t>* Assisting in the preparation and execution of notarial acts, including wills, deeds, and contracts.
 * Conducting thorough research to ensure compliance with applicable laws and regulations.
 * Verifying the identity of individuals and the authenticity of documents presented for notarization.
 * Providing guidance to clients on legal procedures and requirements related to notarial services.
 * Maintaining accurate and organized records of all notarial transactions and documents.
 * Collaborating with legal professionals to facilitate the smooth execution of legal documents.
 * Responding to client inquiries and providing exceptional customer service.
 * Assisting in the development and implementation of office policies and procedures related to notarial services.
 * Participating in continuous professional development to stay updated on changes in notarial law and practices.
 * Supporting the notary public in administrative tasks as needed, including scheduling appointments and managing office communications.</t>
   </si>
   <si>
-    <t>* Asistir en la preparación y ejecución de actos notariales, incluidos testamentos, escrituras y contratos.
-[...10 lines deleted...]
-  <si>
     <t>Paralegal - law student</t>
-  </si>
-[...1 lines deleted...]
-    <t>Paralegal - estudiante de derecho</t>
   </si>
   <si>
     <t xml:space="preserve">* preparing legal filings in judicial proceedings and distraint orders
 * administration and record of legal agenda
 * communication with courts, executory and notarial offices
 * monitoring legal directives
 * taking care of the legal department's agenda, basic legal support
 * administrative support of the legal department
 </t>
   </si>
   <si>
-    <t>* preparación de documentos legales en procedimientos judiciales y órdenes de embargo
-[...6 lines deleted...]
-  <si>
     <t>Prosecutor</t>
-  </si>
-[...1 lines deleted...]
-    <t>Fiscal</t>
   </si>
   <si>
     <t>* Representing the state in criminal prosecutions and legal proceedings.
 * Conducting thorough investigations and gathering evidence to support cases.
 * Analyzing legal issues and developing case strategies.
 * Preparing and presenting cases in court, including opening and closing statements.
 * Collaborating with law enforcement and other agencies to ensure effective case management.
 * Interviewing witnesses and victims to gather testimony and information.
 * Reviewing and approving charges, indictments, and other legal documents.
 * Ensuring compliance with legal standards and ethical guidelines throughout the prosecution process.
 * Engaging in plea negotiations and settlement discussions when appropriate.
 * Keeping up-to-date with changes in laws and legal precedents relevant to prosecutorial work.
 * Providing legal advice and guidance to law enforcement agencies and other stakeholders.
 * Participating in community outreach and educational programs to promote legal awareness.
 * Maintaining accurate records and documentation related to cases and court proceedings.
 * Upholding the integrity of the justice system and advocating for victims' rights.
 * Working collaboratively with colleagues and other legal professionals to achieve justice.</t>
   </si>
   <si>
-    <t>* Representar al estado en procesos penales y procedimientos legales.
-[...15 lines deleted...]
-  <si>
     <t>Solicitor, Barrister</t>
-  </si>
-[...1 lines deleted...]
-    <t>Abogado</t>
   </si>
   <si>
     <t>* Representing clients and promoting their interests within the legally permitted options for legal proceedings.
 * Providing expert legal consultancy services.
 * Completing and assessing legal documents.
 * Studying the laws and their amendments.
 * Providing statements to the media after legal proceedings.</t>
   </si>
   <si>
-    <t>* Representar a los clientes y promover sus intereses dentro de las opciones legales permitidas para los procedimientos legales.
-[...5 lines deleted...]
-  <si>
     <t>Trainee Bailiff</t>
-  </si>
-[...1 lines deleted...]
-    <t>Alguacil en prácticas</t>
   </si>
   <si>
     <t>* Processing documents/acts of distraint under Execution Code
 * Preparing documents
 * Managing the Execution Agenda
 * Preparing motions to levy execution
 * Determining the debtor's assets
 * Communication with courts, state and public authorities
 * Communication with the participants in enforcement proceedings and with individuals and body corporates</t>
   </si>
   <si>
-    <t>* Tramitación de documentos/actos de embargo según el Código de Ejecución
-[...7 lines deleted...]
-  <si>
     <t>Leasing</t>
   </si>
   <si>
-    <t>Arrendamiento financiero</t>
-[...10 lines deleted...]
-  <si>
     <t>Leasing Consultant</t>
-  </si>
-[...1 lines deleted...]
-    <t>Asesor de arrendamiento</t>
   </si>
   <si>
     <t>* Finding and contacting potential clients.
 * Preparing financing offers for potential clients.
 * Building and maintaining good relations with clients and business partners.
 * Analysing clients’ needs and requirements and designing individual solutions.
 * Providing advice and consultancy on leasing.	
 * Concluding contracts with individual and corporate clients.
 * Attending regular training sessions.</t>
   </si>
   <si>
-    <t>* Buscar y contactar con posibles clientes.
-[...7 lines deleted...]
-  <si>
     <t>Leasing Director</t>
-  </si>
-[...1 lines deleted...]
-    <t>Jefe del departamento de arrendamiento</t>
   </si>
   <si>
     <t>* Ensuring the smooth operation of the leasing department within the company.
 * Responsibility for the business results of the entrusted department.
 * Finding and attracting new clients and maintaining good relations with them.
 * Managing, coordinating, motivating, and evaluating subordinate employees.
 * Training new recruits.
 * Finding and designing courses and trainings for subordinate staff.
 * Checking the attendance of subordinate employees.
 * Participating in the selection and dismissal of employees.
 * Preparing weekly and monthly reports.
 * Solving non-standard situations in the workplace.</t>
   </si>
   <si>
-    <t>* Garantizar el funcionamiento fluido del departamento de arrendamiento dentro de la empresa.
-[...10 lines deleted...]
-  <si>
     <t>Risk Manager</t>
-  </si>
-[...1 lines deleted...]
-    <t>Gestor de riesgos</t>
   </si>
   <si>
     <t>* Identifying risks associated with the company's business activity.
 * Drawing up a risk management strategy.
 * Setting the methodology and processes focused on the control and management of risks.
 * Regular risk assessment, determining the likelihood and impact of their occurrence.
 * Completing and updating internal regulations related to risk management.
 * Completing the reports and recommendations to company management.</t>
   </si>
   <si>
-    <t>* Identificar los riesgos asociados a la actividad empresarial de la empresa.
-[...6 lines deleted...]
-  <si>
     <t>Management</t>
   </si>
   <si>
-    <t>Dirección y gerencia</t>
-[...1 lines deleted...]
-  <si>
     <t>Account Director</t>
-  </si>
-[...1 lines deleted...]
-    <t>Director de cuentas</t>
   </si>
   <si>
     <t>* Providing comprehensive care to key clients.
 * Attending personal meetings in order to identify the concepts and requirements of key clients.
 * Presenting the advertising agency and services it offers.
 * Creating marketing strategies and presentations.
 * Leading, motivating and evaluating the team of Account Managers and Account Executives.
 * Communicating with an implementation team within the advertising agency and with external suppliers.
 * Proposing possible solutions based on customer wishes and requirements.
 * Reviewing the budget and responsibility for its effective use.</t>
   </si>
   <si>
-    <t>* Brindar atención integral a clientes clave.
-[...8 lines deleted...]
-  <si>
     <t>Art Director</t>
-  </si>
-[...1 lines deleted...]
-    <t>Director artístico</t>
   </si>
   <si>
     <t>* Create creative and visual concepts of advertising campaigns.
 * Cooperating with the creative team on design concepts and finalising them.
 * Communicating with clients throughout the preparatory phase of the concept.
 * Presenting final proposals to clients.
 * Responsibility for the meaning and creative communication of advertising campaigns.</t>
   </si>
   <si>
-    <t>* Crear conceptos creativos y visuales de campañas publicitarias.
-[...5 lines deleted...]
-  <si>
     <t>Auto Repair Shop Manager</t>
-  </si>
-[...1 lines deleted...]
-    <t>El jefe de taller de vehículos</t>
   </si>
   <si>
     <t>* Planning the receipt and organising of the repair processes with respect to the efficient use of personnel, means of production and material.
 * Managing, coordinating and motivating employees.
 * Assigning tasks to employees and monitoring their fulfilment.
 * Recording and evaluating the time worked and workers' performance.
 * Assisting in diagnosing the complex defects and determining the repair procedures.
 * Handling complaints and claims from customers.</t>
   </si>
   <si>
-    <t>* Planificación de la recepción y organización de los procesos de reparación con respecto al uso eficiente del personal, medios de producción y materiales.
-[...6 lines deleted...]
-  <si>
     <t>Brand Manager</t>
-  </si>
-[...1 lines deleted...]
-    <t>Gerente de la marca</t>
   </si>
   <si>
     <t>* Responsibility for the management of assigned brands.
 * Monitoring the market, consumer preferences and competitive activities.
 * Designing and implementing the brand marketing strategy.
 * Planning the marketing budget, controlling its spending and responsibility for its effective use.
 * Building a brand´s position in the market in accordance with the marketing strategy.
 * Managing and supervising advertising campaigns.
 * Communicating with partners and external suppliers.
 * Cooperating with other departments in the company.</t>
   </si>
   <si>
-    <t>* Responsabilidad por la gestión de las marcas asignadas.
-[...8 lines deleted...]
-  <si>
     <t>Business Development Manager</t>
-  </si>
-[...1 lines deleted...]
-    <t>Director de desarrollo comercial</t>
   </si>
   <si>
     <t>* Develop and implement strategic business development plans to achieve company goals.
 * Identify and pursue new business opportunities through market research and networking.
 * Build and maintain strong relationships with clients, partners, and stakeholders.
 * Conduct presentations and product demonstrations to potential clients.
 * Collaborate with cross-functional teams to ensure alignment of business strategies.
 * Analyze market trends and competitor activities to inform business decisions.
 * Prepare and present regular reports on business development activities and outcomes.
 * Negotiate contracts and agreements with clients and partners.
 * Monitor and evaluate the effectiveness of business development initiatives.
 * Manage and mentor junior business development staff to enhance team performance.
 * Participate in industry conferences and events to represent the company and expand its network.
 * Ensure compliance with company policies and legal regulations in all business dealings.</t>
   </si>
   <si>
-    <t>* Desarrollar e implementar planes de desarrollo empresarial estratégicos para lograr los objetivos de la empresa.
-[...12 lines deleted...]
-  <si>
     <t>Business Group Manager</t>
-  </si>
-[...1 lines deleted...]
-    <t>Director del grupo de negocios</t>
   </si>
   <si>
     <t>* Seeking out, selecting, and training new sales team members.
 * Leading and motivating the team members. 
 * Reviewing the activities of the team members in order to detect and draw attention to any shortcomings.
 * Increasing the qualifications of the team members through trainings, courses, workshops, etc.
 * Responsibility for the accomplished results of the team members and the implementation of business plans.</t>
   </si>
   <si>
-    <t>* Buscar, seleccionar y capacitar a nuevos miembros del equipo de ventas.
-[...5 lines deleted...]
-  <si>
     <t>Call Centre Manager</t>
-  </si>
-[...1 lines deleted...]
-    <t>Director del centro de llamadas</t>
   </si>
   <si>
     <t>* Responsibility for recruiting and selecting new employees.
 * Scheduling work shifts of supervisors and call centre operators.
 * Managing, coordinating, checking and motivating subordinate employees.
 * Setting up key performance indicators (KPIs) of the team.
 * Proposing changes of procedures, processes, etc.</t>
   </si>
   <si>
-    <t>* Responsabilidad en la contratación y selección de nuevos empleados.
-[...5 lines deleted...]
-  <si>
     <t>Car Fleet Manager</t>
-  </si>
-[...1 lines deleted...]
-    <t>Gestor del parque automovilístico</t>
   </si>
   <si>
     <t>* Responsibility for the good standing of the traffic situation and the efficient use of motor vehicles.
 * Planning, ensuring and performing the required service inspections of motor vehicles.
 * Communicating with insurance companies, leasing companies and public bodies.
 * Monitoring and evaluating fuel consumption.
 * Keeping records of the drivers, and preparing contracts on entrusting vehicles to individual workers.
 * Submitting financial plans for vehicle repairs.
 * Cooperating in investment planning in the company.</t>
   </si>
   <si>
-    <t>* Responsabilidad por el buen estado de la situación del tráfico y el uso eficiente de los vehículos de motor.
-[...17 lines deleted...]
-  <si>
     <t>Design manager</t>
-  </si>
-[...1 lines deleted...]
-    <t>Director de diseño</t>
   </si>
   <si>
     <t>* Lead and manage the design team to ensure the delivery of high-quality design projects.
 * Collaborate with cross-functional teams including marketing, product development, and engineering to align design strategies with business goals.
 * Oversee the design process from conceptualization to final execution, ensuring consistency and adherence to brand guidelines.
 * Develop and implement innovative design solutions that enhance user experience and drive customer engagement.
 * Mentor and guide junior designers, fostering a creative and collaborative work environment.
 * Conduct regular design reviews and provide constructive feedback to improve design quality and efficiency.
 * Stay updated with the latest design trends, tools, and technologies to maintain a competitive edge.
 * Manage project timelines, budgets, and resources effectively to ensure timely and cost-effective delivery of design projects.
 * Communicate design concepts and strategies clearly to stakeholders and clients, ensuring understanding and buy-in.
 * Evaluate and select external design vendors and manage relationships to ensure quality and consistency.</t>
   </si>
   <si>
-    <t>* Dirigir y gestionar el equipo de diseño para garantizar la entrega de proyectos de diseño de alta calidad.
-[...10 lines deleted...]
-  <si>
     <t>Editor-In-Chief</t>
-  </si>
-[...1 lines deleted...]
-    <t>Redactor jefe</t>
   </si>
   <si>
     <t>* Responsibility for the content and the visual aspect of newspapers, magazines, websites and other periodicals.
 * Responsibility for the accuracy and completeness of the information published.
 * Managing the editorial team and editorial board.
 * Approving ideas and suggestions of subordinates.
 * Writing leading articles (editorials), columns, etc.</t>
   </si>
   <si>
-    <t>* Responsabilidad por el contenido y el aspecto visual de periódicos, revistas, sitios web y otros medios de publicación periódica.
-[...5 lines deleted...]
-  <si>
     <t>ESG manager</t>
-  </si>
-[...1 lines deleted...]
-    <t>Gerente Ambiental, Social y de Gobernanza</t>
   </si>
   <si>
     <t>* Development and implementation of sustainability and ESG (Environmental, Social, Governance) strategies.
 * Monitoring and reporting ESG data and metrics.
 * Providing advice to management on ESG and sustainability issues.
 * Coordinating stakeholder engagement and communication.
 * Identifying and evaluating risks and opportunities in the area of sustainability and corporate governance.
 * Developing guidelines and processes to improve ESG performance.
 * Organizing workshops and training programs for employees.
 * Following current trends and guidelines in the area of ESG.
 * Ensuring compliance with legislative requirements and standards in the area of ESG.
 * Supporting initiatives to improve corporate culture and social responsibility.</t>
   </si>
   <si>
-    <t>* Desarrollo e implementación de estrategias de sostenibilidad y ESG (ambientales, sociales y de gobernanza).
-[...10 lines deleted...]
-  <si>
     <t>Event Manager</t>
-  </si>
-[...1 lines deleted...]
-    <t>Coordinador de eventos</t>
   </si>
   <si>
     <t>* Responsibility for designing, planning, organising and conducting social gatherings and events.
 * Communicating with clients regarding the nature and the main idea of organised events.
 * Designing and presenting ideas and themes to clients.
 * Searching for potential sites to host social gatherings and events.
 * Concluding orders and contracts with owners of buildings and external suppliers, negotiating contractual terms and conditions.
 * Monitoring the expenditures of the planned budget.
 * Checking and coordinating the activities of external suppliers.
 * Evaluating the success of conducted gatherings and events, analysing gaps and proposing measures for their elimination.</t>
   </si>
   <si>
-    <t>* Responsabilidad por diseñar, planificar, organizar y llevar a cabo reuniones sociales y eventos.
-[...8 lines deleted...]
-  <si>
     <t>Facility Manager</t>
-  </si>
-[...1 lines deleted...]
-    <t>Gerente de instalaciones</t>
   </si>
   <si>
     <t>* Responsibility for the operation, maintenance and management of buildings, land, equipment and related devices.
 * Completing tenders, searching for potential suppliers.
 * Conducting meetings with suppliers, negotiating terms of contracts.
 * Communicating with tenants, public authorities and institutions.
 * Responding to emergencies and crisis situations.
 * Performing regular inspection of entrusted property.</t>
   </si>
   <si>
-    <t>* Responsabilidad por la operación, el mantenimiento y la gestión de edificios, terrenos, equipos y dispositivos relacionados.
-[...6 lines deleted...]
-  <si>
     <t>Finance Manager</t>
-  </si>
-[...1 lines deleted...]
-    <t>Gerente de finanzas</t>
   </si>
   <si>
     <t>* Managing, coordinating, motivating, and assessing subordinate employees.
 * Ensuring strategic financial planning.
 * Preparing and processing of financial statements of the company.
 * Analysing the financial situation of the company.
 * Planning, managing, and monitoring of cash flow.
 * Communicating with financial institutions and external partners of the company.
 * Reporting results to the members of senior management.</t>
   </si>
   <si>
-    <t>* Gestionar, coordinar, motivar y evaluar a los empleados subordinados.
-[...7 lines deleted...]
-  <si>
     <t>Head of controlling</t>
-  </si>
-[...1 lines deleted...]
-    <t>Jefe de control</t>
   </si>
   <si>
     <t>* Management and development of the controlling team.
 * Ensuring accurate and timely reporting, analysis and financial forecasts.
 * Compiling budgets and plans and monitoring their fulfillment.
 * Analysis and evaluation of financial results and recommendations for improvement.
 * Cooperation on strategic planning and decision-making.
 * Communication with internal and external partners, including presentation of results and strategies.</t>
   </si>
   <si>
-    <t>* Gestión y desarrollo del equipo de control.
-[...6 lines deleted...]
-  <si>
     <t>Head of Customer Support</t>
-  </si>
-[...1 lines deleted...]
-    <t>Jefe de atención al cliente</t>
   </si>
   <si>
     <t>* Responsibility for leading the customer support team
 * Strategy creation, customer support direction and subsequent implementation,
 * Support, team coaching, solving demanding customers
 * Track the resolution of customer issues from receipt to resolution
 * Improving services, increasing customer engagement and facilitating organic growth
 * Resolving complaints and creating reports
 * Providing information to the company's customers, telephone and e-mail communication
 * Improving the efficiency of customer support and creating methodological guidelines for contact with customers</t>
   </si>
   <si>
-    <t>* Responsabilidad de dirigir el equipo de atención al cliente
-[...8 lines deleted...]
-  <si>
     <t>Head of product development</t>
-  </si>
-[...1 lines deleted...]
-    <t>Jefe de desarrollo de producto</t>
   </si>
   <si>
     <t>* Define and drive the product development strategy aligned with the company's overall goals and market trends.
 *Lead and mentor a diverse team of product managers, designers, engineers, and other specialists to ensure collaboration, creativity, and efficient project execution.
 * Foster a culture of innovation by encouraging the generation of new product ideas, features, and improvements based on customer feedback and industry insights.
 * Develop and maintain a comprehensive product roadmap that outlines key milestones, timelines, and resource allocation for the entire product development lifecycle.
 * Collaborate closely with marketing, sales, operations, and other departments to gather input, align strategies, and ensure successful product launches.
 * Oversee the quality control process, ensuring that products meet or exceed customer expectations and adhere to relevant quality standards.
 * Identify potential risks and challenges in product development, implementing mitigation strategies to minimize disruptions and delays.
 * Stay informed about market trends, competitive landscape, and customer preferences to inform product strategies and enhance market positioning.
 * Manage the product development budget, making informed decisions to optimize resource allocation and maximize return on investment.
 * Establish and track key performance indicators (KPIs) related to product development, using data-driven insights to continuously improve processes and outcomes.</t>
   </si>
   <si>
-    <t>* Definir e impulsar la estrategia de desarrollo de productos alineada con los objetivos generales de la empresa y las tendencias del mercado.
-[...10 lines deleted...]
-  <si>
     <t>Head of the Legal Department</t>
-  </si>
-[...1 lines deleted...]
-    <t>Jefe del departamento jurídico</t>
   </si>
   <si>
     <t>* Managing, leading, motivating and evaluating subordinate staff.
 * Providing legal support, analyses and consulting to the company management.
 * Drafting, commenting and editing contracts.
 * Monitoring legislative changes at the national and European levels.
 * Cooperating with state authorities.
 * Representing the company in litigation and administrative proceedings.</t>
   </si>
   <si>
-    <t>* Gestión, dirección, motivación y evaluación del personal subordinado.
-[...6 lines deleted...]
-  <si>
     <t>Hotel manager</t>
-  </si>
-[...1 lines deleted...]
-    <t>Gerente de hotel</t>
   </si>
   <si>
     <t>* Managing a hotel, a group of hotels
 * Overseeing all departments, plants and resorts
 * Responsibility for preparation and execution of the business plan, the investment and financial plan of the hotel
 * Responsibility for the readiness of the hotel to provide services
 * Responsibility for securing sufficient number of qualified employees
 * Participation in the choice of and approving new employees, making decisions about termination of employment
 * Overseeing the operation of the hotel, checking daily reports and monthly statements of operation
 * Securing PR of the hotel
 * Overseeing satisfaction of the guests and the quality of provided services
 * Taking part in exhibitions, meetings, workshops.
 * Cooperating in creating business strategies and putting them into practice</t>
   </si>
   <si>
-    <t>* Gestionar un hotel o un grupo de hoteles
-[...11 lines deleted...]
-  <si>
     <t>HR Manager</t>
-  </si>
-[...1 lines deleted...]
-    <t>Gerente de Recursos Humanos</t>
   </si>
   <si>
     <t>* Managing the personnel department in the company.
 * Recruiting and dismissing employees.
 * Completing organisation and working regulations, remuneration system, job descriptions, and their submission to the superior.
 * Completing wage regulations and their submission to the superior.
 * Communication with state institutions and authorities.</t>
   </si>
   <si>
-    <t>* Dirigir el departamento de personal en la empresa.
-[...5 lines deleted...]
-  <si>
     <t>IT Manager</t>
-  </si>
-[...1 lines deleted...]
-    <t>Director de informática</t>
   </si>
   <si>
     <t>* Responsibility for the activities of the entire IT department within the company.
 * Participating in defining the IT strategy, policies and procedures of the company.
 * Planning the budget of the department, monitoring and approving expenditures.
 * Management, leadership, motivation and evaluation of subordinate staff.
 * Responsibility for the development, implementation, debugging and technical support of IT solutions.
 * Coordinating the solution and the elimination of incurred problems.
 * Communicating with the senior staff of the departments.
 * Designing professional training for subordinate employees and yourself.
 * Reporting results to the management team of the company.</t>
   </si>
   <si>
-    <t>* Responsabilidad sobre las actividades de todo el departamento de TI dentro de la empresa.
-[...9 lines deleted...]
-  <si>
     <t>Junior Project Manager</t>
-  </si>
-[...1 lines deleted...]
-    <t>Gerente de proyectos junior</t>
   </si>
   <si>
     <t>* Managing financially less demanding small-scale projects.
 * Assigning work and coordinating individual project team members.
 * Checking compliance with the set budget, deadlines, and quality of the works.
 * Communicating with the project sponsor, contractors, subcontractors, ministries, state institutions, etc.
 * Ensuring the handing over of the works to the project sponsor.</t>
   </si>
   <si>
-    <t>* Gestión de proyectos de pequeña escala menos exigentes en términos financieros.
-[...5 lines deleted...]
-  <si>
     <t>Logistics Manager</t>
-  </si>
-[...1 lines deleted...]
-    <t>Director de logística</t>
   </si>
   <si>
     <t>* Managing, monitoring, and optimising the logistics indicators and flows in the company.
 * Managing, monitoring, motivating, and assessing subordinate employees.
 * Selecting and assessing the providers of logistics services and communicating with them and negotiating the optimal contract conditions.
 * Ensuring a balanced stock level.
 * Preparing the budget for the department and monitoring its use.
 * Cooperating with other departments in the company.
 * Responsibility for compliance with occupational health and safety and fire protection.</t>
   </si>
   <si>
-    <t>* Gestionar, supervisar y optimizar los indicadores y flujos logísticos en la empresa.
-[...7 lines deleted...]
-  <si>
     <t>Maintenance Supervisor</t>
-  </si>
-[...1 lines deleted...]
-    <t>Jefe de mantenimiento</t>
   </si>
   <si>
     <t>* Coordination of work and supervision of supply organizations, physical maintenance on managed devices, including facilities.
 * Checking work safety and technological safety and the use of assigned personal protection working tools at the workplace.
 * Processing plans for repairs and maintenance of different devices and the use of replacement parts.
 * Entering purchase requirements for replacement parts, tools, etc.
 * Providing and supervising maintenance performed by the supplier.
 * Providing removal of detected faults after revisions.
 * Providing installation of production lines according to the production schedule and instructions for technical preperation of production.
 * Responsibility for an economical use of material, energy, tools and personal protection tools. Prevention of unauthorized use.</t>
   </si>
   <si>
-    <t>* Coordinación del trabajo y supervisión de las organizaciones de suministro, mantenimiento físico de los dispositivos gestionados, incluidas las instalaciones.
-[...8 lines deleted...]
-  <si>
     <t>Marketing Manager</t>
-  </si>
-[...1 lines deleted...]
-    <t>Director de marketing</t>
   </si>
   <si>
     <t>* Development of short-time and long-time marketing strategy.
 *Strengthening the awareness and position of the brand on the market.
 * Analysing the market, monitoring trends and activities of competitors.
 * Proposing marketing budget, deciding on the use of funds and supervising their ongoing use.
 * Preparing and coordinating the course of marketing campaigns and supporting activities.
 * Monitoring the effectiveness of marketing campaigns and supporting activities.
 * Evaluating the successfulness of marketing campaigns and supporting activities.
 * Leadership, motivation and assignment of tasks to subordinate staff.</t>
   </si>
   <si>
-    <t>* Desarrollo de estrategias de marketing a corto y largo plazo.
-[...8 lines deleted...]
-  <si>
     <t>Postmaster</t>
-  </si>
-[...1 lines deleted...]
-    <t>Director de Correos</t>
   </si>
   <si>
     <t>* Managing, supervising and organising activities within the post office.
 * Monitoring the stock level of operational material, forms and goods in storage, ordering and allocation of material to employees.
 * Addressing and eliminating the problems, failures and shortcomings.
 * Performing administrative tasks associated with the position of post office manager.</t>
   </si>
   <si>
-    <t>* Administrar, supervisar y organizar las actividades dentro de la oficina de correos.
-[...4 lines deleted...]
-  <si>
     <t>Process Manager</t>
-  </si>
-[...1 lines deleted...]
-    <t>Gestor de procesos</t>
   </si>
   <si>
     <t>* Oversee and optimize organizational processes to enhance efficiency and productivity.
 * Analyze current operational procedures to identify areas for improvement.
 * Develop and implement strategies to streamline processes and reduce costs.
 * Collaborate with cross-functional teams to ensure alignment and effective communication.
 * Monitor process performance metrics and prepare detailed reports for management review.
 * Lead process improvement projects using methodologies such as Lean or Six Sigma.
 * Train and mentor team members on process management best practices.
 * Ensure compliance with industry standards and regulatory requirements.
 * Coordinate with stakeholders to gather feedback and drive continuous improvement initiatives.
 * Manage resources effectively to achieve project goals within set timelines.
 * Facilitate workshops and meetings to foster a culture of process excellence.
 * Stay updated with industry trends and advancements to incorporate innovative solutions.
 * Build strong relationships with internal and external partners to support organizational objectives.
 * Provide leadership and guidance to ensure successful implementation of process changes.</t>
   </si>
   <si>
-    <t>* Supervisar y optimizar los procesos organizacionales para mejorar la eficiencia y la productividad.
-[...14 lines deleted...]
-  <si>
     <t>Product owner</t>
-  </si>
-[...1 lines deleted...]
-    <t>Propietario del producto</t>
   </si>
   <si>
     <t>* Strategy and Vision: Develop and communicate a clear product vision and strategy to the development team, stakeholders, and senior management.
 * Product Backlog Management: Create, prioritize, and manage the product backlog, ensuring that it is well-groomed, refined, and ready for development.
 * Requirement Gathering: Collaborate with stakeholders, customers, and users to understand their needs and gather requirements, translating them into clear user stories and acceptance criteria.
 * Agile Planning and Execution: Participate in agile ceremonies such as sprint planning, backlog grooming, and daily stand-ups, ensuring that the team is working efficiently and delivering value in each sprint.
 * Release Management: Coordinate and manage the release process, ensuring that product increments are delivered on time and meet quality standards.
 * Cross-functional Collaboration: Work closely with development teams, UX/UI designers, quality assurance, and other stakeholders to define and deliver high-quality products that align with business objectives.
 * Stakeholder Management: Engage and manage relationships with internal and external stakeholders, addressing their concerns, gathering feedback, and keeping them informed about the product's progress.
 * Product Documentation: Create and maintain product documentation, including user guides, release notes, and other relevant materials to support the product's adoption and usage.
 * Market and Competitive Analysis: Conduct market research and competitive analysis to identify trends, opportunities, and potential product enhancements that can give the organization a competitive edge.
 * Continuous Improvement: Actively seek feedback from users and stakeholders, monitor product performance and metrics, and identify areas for improvement, driving continuous product enhancements and optimization.</t>
   </si>
   <si>
-    <t>* Estrategia y visión: desarrollar y comunicar una visión y una estrategia claras del producto al equipo de desarrollo, las partes interesadas y la alta dirección.
-[...10 lines deleted...]
-  <si>
     <t>* Planning, managing and coordinating the existing production, production processes and capacities.
 * Responsibility for creating production plans, budgets and production analysis.
 * Implementing improvements and optimising resource utilisation.
 * Coordinating, managing, assessing and motivating the production team.
 * Checking team performance and other indicators.
 * Monitoring production efficiency, securing technical support for production.
 * Technical change management, implementing new technologies and procedures to increase competitiveness.
 * Responsibility for following safety standards and quality standards, e.g. ISO 9001 and ISO 14001.
 * 
 * Co-operation with other departments in the company.</t>
   </si>
   <si>
-    <t>* Planificación, gestión y coordinación de la producción existente, los procesos de producción y las capacidades.
-[...9 lines deleted...]
-  <si>
     <t>Production Supervisor</t>
-  </si>
-[...1 lines deleted...]
-    <t>Supervisor de producción</t>
   </si>
   <si>
     <t>* Management and organisation of the production process within the assigned shift.
 * Responsibility for the assignment of tasks, achievement of daily production target and improvement of the quality and quantity of products.
 * Leadership, motivation and evaluation of the performance of subordinate staff.
 * Checking compliance with technological processes, security, fire and sanitary regulations.
 * Responsibility for the training of new employees.
 * Solving of problem situations, adoption and implementation of corrective measures to eliminate them.
 * Checking and recording attendance.
 * Management of operational documentation.</t>
   </si>
   <si>
-    <t>* Gestión y organización del proceso de producción dentro del turno asignado.
-[...8 lines deleted...]
-  <si>
     <t>* Responsibility for project management from start to finish.
 * Defining project goals based on company requirements.
 * Completing a comprehensive work schedule.
 * Managing, coordinating, and motivating project team members.
 * Inspecting adherence to the work schedule and defined budget.
 * Communication with members of the project team, suppliers, company management, etc.</t>
   </si>
   <si>
-    <t>* Responsabilidad por la gestión de proyectos desde el inicio hasta la finalización.
-[...6 lines deleted...]
-  <si>
     <t>Purchasing Manager</t>
-  </si>
-[...1 lines deleted...]
-    <t>Director de compras</t>
   </si>
   <si>
     <t xml:space="preserve">* Being in charge of the purchase of material, goods and services in the company.
 * Leading, motivating and assessing the team of subordinate employees.
 * Monitoring and keeping an optimal state of supplies in store.
 * Selecting and evaluating the suppliers of material, goods and services.
 * Representing the company at meetings with the suppliers.
 * Entering into contracts of purchase and general contracts.
 * Settling claims.
 </t>
   </si>
   <si>
-    <t>* Encargarse de la compra de materiales, bienes y servicios en la empresa.
-[...7 lines deleted...]
-  <si>
     <t>Quality Manager</t>
-  </si>
-[...1 lines deleted...]
-    <t>Director de calidad</t>
   </si>
   <si>
     <t>* Developing, implementing and maintaining processes relating to quality management.
 * Checking incoming raw materials and semifinished products.
 * Final inspection of products.
 * Assigning tasks and managing a team of testers/internal auditors.</t>
   </si>
   <si>
-    <t>* Desarrollar, implementar y mantener procesos relacionados con la gestión de calidad.
-[...4 lines deleted...]
-  <si>
     <t>Regional / Area Manager</t>
-  </si>
-[...1 lines deleted...]
-    <t>Director regional/de zona</t>
   </si>
   <si>
     <t>* management of activities at regional / provincial level
 * management and control of offices in the entrusted region
 * planning business strategies of the company
 * responsibility for selecting heads of regional branches in the entrusted region</t>
   </si>
   <si>
-    <t>* gestión de actividades a nivel regional/provincial
-[...4 lines deleted...]
-  <si>
     <t>Restaurant manager</t>
-  </si>
-[...1 lines deleted...]
-    <t>Gerente de restaurante</t>
   </si>
   <si>
     <t>* Overseeing daily operations of the restaurant to ensure a high standard of service and guest satisfaction.
 * Managing staff recruitment, training, and performance evaluations to build a competent team.
 * Developing and implementing effective marketing strategies to promote the restaurant and increase customer engagement.
 * Monitoring financial performance, including budgeting, forecasting, and cost control to maximize profitability.
 * Ensuring compliance with health and safety regulations, as well as maintaining cleanliness and hygiene standards.
 * Collaborating with kitchen staff to create and update menus that meet customer preferences and seasonal availability.
 * Handling customer inquiries, complaints, and feedback to enhance the dining experience and foster loyalty.
 * Maintaining relationships with suppliers and vendors to ensure timely delivery of quality products.
 * Analyzing market trends and competitor activities to identify opportunities for growth and improvement.
 * Planning and organizing special events and promotions to attract new customers and retain existing ones.</t>
   </si>
   <si>
-    <t>* Supervisar las operaciones diarias del restaurante para garantizar un alto nivel de servicio y satisfacción del cliente.
-[...10 lines deleted...]
-  <si>
     <t>Returns Department Manager</t>
-  </si>
-[...1 lines deleted...]
-    <t>Responsable de logística inversa</t>
   </si>
   <si>
     <t>* Managing and controlling employees at the complaints department.
 * Handling difficult customer complaints to their general satisfaction.
 * Preparation of documents for a possible attempt at conciliation and litigation with customers or suppliers.
 * Analysing the causes of difficult complaints.
 * Proposing appropriate measures to avoid complaints.</t>
   </si>
   <si>
-    <t>* Gestión y control de empleados del departamento de reclamaciones.
-[...13 lines deleted...]
-  <si>
     <t>Sales Manager</t>
-  </si>
-[...1 lines deleted...]
-    <t>Director comercial</t>
   </si>
   <si>
     <t>* Leading a team of sales representatives with the goal of securing their development, coaching, motivation, and continuous growth.
 * Actively seek out and contact important customers.
 * Develop and close large sales opportunities.
 * Maintain sales contacts and care for key customers.
 * Responsibility for achieving the company’s sales goals.
 * Planning sales goals.
 * Presenting complex services and solutions to customers.
 * Concluding co-operation contracts and subsequent care for key customers.</t>
   </si>
   <si>
-    <t>* Liderar un equipo de representantes comerciales con el objetivo de asegurar su desarrollo, orientación, motivación y crecimiento continuo.
-[...8 lines deleted...]
-  <si>
     <t>Sales Office Manager</t>
-  </si>
-[...1 lines deleted...]
-    <t>Director de ventas</t>
   </si>
   <si>
     <t>* Organising and managing sales in the company.
 * Methodical managing of sales officers.
 * Coordinating sales with other sections of the company.
 * Ensuring contact with key customers.
 * Compiling short-term and long-term sales schedules.</t>
   </si>
   <si>
-    <t>* Organización y gestión de las ventas en la empresa.
-[...5 lines deleted...]
-  <si>
     <t>Security Service Manager</t>
-  </si>
-[...1 lines deleted...]
-    <t>Gestor de servicios de seguridad</t>
   </si>
   <si>
     <t>* Managing, coordinating, motivating and evaluating the security service personnel.
 * Planning of weekly shifts.
 * Training new employees.
 * Finding and proposing trainings and courses for subordinate staff.
 * Supervising the security service personnel by means of a chip electronic control system, video recording, etc.
 * Checking the attendance of subordinate employees.
 * Participating in the selection and dismissal of employees.
 * Resolving exceptional situations in the workplace.</t>
   </si>
   <si>
-    <t>* Dirigir, coordinar, motivar y evaluar al personal del servicio de seguridad.
-[...8 lines deleted...]
-  <si>
     <t>Senior Project Manager</t>
-  </si>
-[...1 lines deleted...]
-    <t>Gerente de proyectos senior</t>
   </si>
   <si>
     <t>* Self-reliant management of costly medium to large-scale projects.
 * Assigning work and coordinating individual project team members.
 * Checking compliance with the set budget, deadlines, and quality of the works.
 * Selecting and concluding contracts with suitable contractors and subcontractors.
 * Communicating with the client, contractors, subcontractors, ministries, state institutions, etc.
 * Ensuring the handing over of the works to the client.</t>
   </si>
   <si>
-    <t>* Gestión autónoma de proyectos costosos de mediana a gran escala.
-[...6 lines deleted...]
-  <si>
     <t>Storekeeper</t>
-  </si>
-[...1 lines deleted...]
-    <t>Tendero</t>
   </si>
   <si>
     <t>* Responsibility for the profitability, level of provided services, cleanliness, efficiency and overall smooth running of the entrusted operations.
 * Ordering goods from suppliers, pricing and entry into the system.
 * Managing, coordinating, motivating and evaluating subordinate staff.
 * Checking attendance of the personnel, sending documents for payroll processing to payroll accountants.
 * Receiving daily revenue and distributing any tips to the waiters.
 * Checking the physical condition of the stock.
 * Personalisation of incurred shortages and damages.
 * Solving complaints, problems and non-standard situations.</t>
   </si>
   <si>
-    <t>* Responsabilidad por la rentabilidad, nivel de servicios prestados, limpieza, eficiencia y funcionamiento general sin contratiempos de las operaciones encomendadas.
-[...8 lines deleted...]
-  <si>
     <t>Team leader</t>
-  </si>
-[...1 lines deleted...]
-    <t>Líder del equipo</t>
   </si>
   <si>
     <t>* Conducting a smaller group of workers
 * Planning and distribution of work among individual members of the team
 * Controlling workers</t>
   </si>
   <si>
-    <t>* Dirigir un grupo reducido de trabajadores
-[...3 lines deleted...]
-  <si>
     <t>Technical Manager</t>
-  </si>
-[...1 lines deleted...]
-    <t>Gerente técnico</t>
   </si>
   <si>
     <t>* Lead and manage the technical team to deliver high-quality projects within established timelines.
 * Collaborate with cross-functional teams to align technical solutions with business objectives.
 * Oversee the design, implementation, and maintenance of technical systems and infrastructure.
 * Ensure compliance with industry standards and best practices in all technical operations.
 * Develop and monitor key performance indicators to assess the effectiveness of technical processes.
 * Manage project budgets, resource allocation, and risk assessments to optimize project outcomes.
 * Provide technical guidance and mentorship to team members, fostering a culture of continuous improvement.
 * Identify and implement innovative technologies to enhance operational efficiency and drive business growth.
 * Establish and maintain strong relationships with stakeholders, vendors, and partners to support project success.
 * Coordinate with senior management to develop strategic plans for future technical initiatives.
 * Ensure timely and effective communication of project status, challenges, and solutions to all relevant parties.
 * Conduct regular performance evaluations and provide constructive feedback to team members.
 * Stay updated with the latest industry trends and technologies to ensure the organization remains competitive.</t>
   </si>
   <si>
-    <t>* Dirigir y gestionar el equipo técnico para entregar proyectos de alta calidad dentro de los plazos establecidos.
-[...13 lines deleted...]
-  <si>
     <t>Testing manager</t>
-  </si>
-[...1 lines deleted...]
-    <t>Gestor de pruebas</t>
   </si>
   <si>
     <t>* Overseeing the testing process for software and systems to ensure quality and performance.
 * Developing and implementing testing strategies, plans, and procedures.
 * Coordinating with cross-functional teams to define testing requirements and objectives.
 * Leading a team of testers, providing guidance, support, and mentorship.
 * Analyzing test results and reporting findings to stakeholders.
 * Identifying and documenting defects, ensuring timely resolution.
 * Maintaining testing environments and ensuring they are up to date.
 * Collaborating with developers to understand product specifications and design test cases accordingly.
 * Ensuring compliance with industry standards and best practices in testing.
 * Continuously improving testing processes and methodologies to enhance efficiency and effectiveness.
 * Managing project timelines and resources to meet testing deadlines.
 * Providing training and support to team members on testing tools and techniques.
 * Conducting risk assessments and implementing mitigation strategies related to testing activities.
 * Preparing and presenting reports on testing progress and outcomes to management.
 * Staying updated with emerging trends and technologies in software testing.</t>
   </si>
   <si>
-    <t>* Supervisar el proceso de pruebas para software y sistemas para garantizar la calidad y el rendimiento.
-[...15 lines deleted...]
-  <si>
     <t>Transport manager</t>
-  </si>
-[...1 lines deleted...]
-    <t>Gestor de transporte</t>
   </si>
   <si>
     <t>* Responsibility for the smooth operation of the transport department or company.
 * Managing, coordinating, motivating and evaluating subordinate employees.
 * Analysing vehicle utilisation, route planning.
 * Monitoring the technical condition of vehicles.
 * Monitoring fuel consumption.
 * Managing business meetings, discussions and negotiations of the contractual terms and conditions.
 * Analysing and optimising operating costs.
 * Registering and deregistering vehicles at the traffic inspectorate.
 * Communicating with insurance companies in case of claims.</t>
   </si>
   <si>
-    <t>* Responsabilidad por el funcionamiento fluido del departamento o empresa de transporte.
-[...9 lines deleted...]
-  <si>
     <t>Warehouse Manager</t>
-  </si>
-[...1 lines deleted...]
-    <t>Jefe de almacén</t>
   </si>
   <si>
     <t>* Supervising the receipt and release of material and goods inventories.
 * Recording of the current inventory in the storage system.
 * Checking orders, maintaining the prescribed documentation.
 * Managing, motivating and evaluating subordinate staff.
 * Scheduling work shifts, assigning tasks and coordinating activities within the warehouse.
 * Proposing measures to optimise warehouse management processes.
 * Supervising the correct storage and manipulation with material and goods inventory.
 * Checking the compliance with safety, fire and sanitary regulations, ensuring the provision of protection equipment.
 * Preparing regular reports for the company management.
 * Performing ordinary, ongoing and extraordinary inventory taking of stocks.
 * Cooperating with other departments within the company.</t>
   </si>
   <si>
-    <t>* Supervisar la recepción y liberación de inventarios de materiales y mercancías.
-[...11 lines deleted...]
-  <si>
     <t>Marketing, Advertising, PR</t>
   </si>
   <si>
-    <t>Marketing, publicidad y RRPP</t>
-[...1 lines deleted...]
-  <si>
     <t>Account Executive</t>
-  </si>
-[...1 lines deleted...]
-    <t>Ejecutivo de cuentas</t>
   </si>
   <si>
     <t>* Providing comprehensive care for assigned clients.
 * Attending personal meetings in order to identify clients' wishes and requirements.
 * Presenting the advertising agency and the services it offers.
 * Communicating with an implementation team in the advertising agency and with external suppliers.
 * Performing administrative work related to the assigned clients.</t>
-  </si>
-[...5 lines deleted...]
-* Realizar trabajo administrativo relacionado con los clientes asignados.</t>
   </si>
   <si>
     <t>* Providing comprehensive care for the assigned group of clients.
 * Presenting the advertising agency and services it offers.
 * Attending personal meetings in order to identify clients’ individual wishes and requirements.
 * Performing activities in order to attract new clients.
 * Communicating with the implementation team in the advertising agency and with external suppliers.
 * Proposing possible solutions based on individual customer wishes and requirements.</t>
   </si>
   <si>
-    <t>* Brindar atención integral al grupo de clientes asignado.
-[...6 lines deleted...]
-  <si>
     <t>Copywriter</t>
-  </si>
-[...1 lines deleted...]
-    <t>Copywriter (redactor publicitario)</t>
   </si>
   <si>
     <t>* Creating advertising texts, slogans, scripts, radio jingles, and the main ideas of advertising campaigns.
 * Attending the brainstorming meetings and discussions.
 * Providing linguistic editing of written texts.
 * Responsibility for the linguistic and text aspect of advertising texts.
 * Presenting and defending one´s own ideas to clients.</t>
   </si>
   <si>
-    <t>* Crear textos publicitarios, eslóganes, guiones, jingles radiofónicos y las ideas principales de campañas publicitarias.
-[...5 lines deleted...]
-  <si>
     <t>CRM specialist</t>
-  </si>
-[...1 lines deleted...]
-    <t>Especialista en CRM</t>
   </si>
   <si>
     <t>* supporting business processes, including sales, marketing and services
 * retaining communication with the client in the database
 * creating and distributing target groups into distribution channels
 * streamlining processes, sales and marketing
 * ensuring support for internal staff in order to reach their goals
 * planning, coordinating and monitoring internal activities and projects in the field of CRM</t>
   </si>
   <si>
-    <t>* apoyar los procesos comerciales, incluidas las ventas, el marketing y los servicios
-[...6 lines deleted...]
-  <si>
     <t>Digital marketing manager</t>
-  </si>
-[...1 lines deleted...]
-    <t>Gerente de marketing digital</t>
   </si>
   <si>
     <t>* Development, planning and implementation of a digital marketing strategy
 * Development and management of own and paid digital communication channels
 * Raising brand awareness, number of visitors and visibility on targeted social media and channels
 * Proposing and developing content creation for blog, social networks and newsletter campaigns
 * Setting and meeting measurable goals - key performance indicators (KPIs) of digital marketing and their implementation at the level of campaigns, projects and overarching goals of the company
 * Preparation of reports on the success of implemented activities in order to maximize business results
 * Research and analysis of the potential of online channels
 * Monitoring the competition and proposing new marketing solutions</t>
   </si>
   <si>
-    <t>* Desarrollo, planificación e implementación de una estrategia de marketing digital
-[...8 lines deleted...]
-  <si>
     <t>Digital marketing specialist</t>
-  </si>
-[...1 lines deleted...]
-    <t>Especialista en marketing digital</t>
   </si>
   <si>
     <t>* Design digital media campaigns aligned with business goals
 * Coordinate the creation of digital content (e.g. website, blogs, press releases and podcasts)
 * Manage end-to-end digital projects
 * Establish web presence to boost brand awareness
 * Maintain a strong online company voice through social media
 * Liaise with Marketing, Sales and Product development teams to ensure brand consistency
 * Suggest and implement direct marketing methods to increase profitability
 * Monitor ROI and KPIs
 * Stay up-to-date with digital media developments</t>
   </si>
   <si>
-    <t>* Diseñar campañas de medios digitales alineadas con los objetivos empresariales
-[...9 lines deleted...]
-  <si>
     <t>* Preparing graphic documents for printing.
 * Operating input and output peripheral devices.
 * Page make-up for advertising and promotional materials, newspapers, magazines, books, and other printed matter.
 * Editing layouts and their adapting to the needs of individual prints.
 * Finalisation of documents for printing.</t>
   </si>
   <si>
-    <t>* Preparación de documentos gráficos para impresión.
-[...5 lines deleted...]
-  <si>
     <t>Graphic Designer</t>
   </si>
   <si>
-    <t>Diseñador gráfico</t>
-[...1 lines deleted...]
-  <si>
     <t>* Designing advertising and promotional materials based on client requirements.</t>
   </si>
   <si>
-    <t>* Diseño de materiales publicitarios y promocionales basados en los requisitos del cliente.</t>
-[...1 lines deleted...]
-  <si>
     <t>Internal Communication Specialist</t>
-  </si>
-[...1 lines deleted...]
-    <t>Especialista en comunicación interna</t>
   </si>
   <si>
     <t>* Writing and editing a wide range of corporate articles, documents, speeches, newsletters etc.
 * Participating in the development and implementation of an internal communication strategy.
 * Providing advice on the adoption and use of internal communication culture.
 * Updating the company website and intranet.
 * Evaluating the effectiveness of communication.</t>
   </si>
   <si>
-    <t>* Redactar y editar una amplia variedad de artículos corporativos, documentos, discursos, boletines, etc.
-[...5 lines deleted...]
-  <si>
     <t>Marketing Analyst</t>
-  </si>
-[...1 lines deleted...]
-    <t>Analista de marketing</t>
   </si>
   <si>
     <t>* Collecting opinions, attitudes and preferences of consumers using targeted questionnaires, telephone surveys, etc.
 * Processing acquired data and its interpretation in the form of written analyses.
 * Proposing recommendations regarding products and/or services, their distribution and prices.
 * Cooperating with research agencies and the management of the company.</t>
   </si>
   <si>
-    <t>* Recopilar opiniones, actitudes y preferencias de consumidores mediante cuestionarios dirigidos, encuestas telefónicas, etc.
-[...4 lines deleted...]
-  <si>
     <t>Marketing assistant</t>
-  </si>
-[...1 lines deleted...]
-    <t>Asistente de marketing</t>
   </si>
   <si>
     <t>* Assisting in the development and implementation of marketing strategies to promote products and services.
 * Conducting market research to identify trends, customer preferences, and competitive landscape.
 * Supporting the creation of marketing materials, including brochures, newsletters, and digital content.
 * Coordinating and executing social media campaigns to enhance brand visibility and engagement.
 * Assisting in organizing promotional events, trade shows, and product launches.
 * Maintaining and updating the marketing database and CRM systems.
 * Collaborating with the sales team to align marketing efforts with sales goals.
 * Monitoring and analyzing the performance of marketing campaigns and generating reports.
 * Assisting with public relations activities, including drafting press releases and managing media inquiries.
 * Providing administrative support to the marketing department, including scheduling meetings and managing budgets.
 * Engaging with customers and stakeholders to gather feedback and enhance service delivery.
 * Staying updated on industry trends and best practices to inform marketing strategies.</t>
   </si>
   <si>
-    <t>* Colaborar en el desarrollo y la implementación de estrategias de marketing para promocionar productos y servicios.
-[...12 lines deleted...]
-  <si>
     <t>Marketing Officer</t>
-  </si>
-[...1 lines deleted...]
-    <t>Empleado de marketing</t>
   </si>
   <si>
     <t>* Monitoring the market and activities of competitors.
 * Organising and coordinating support marketing activities, exhibitions etc.
 * Analysing and evaluating the success of marketing activities.
 * Developing and streamlining of marketing activities.
 * Participating in launching new products.
 * Communicating with suppliers providing services.</t>
   </si>
   <si>
-    <t>* Monitorear el mercado y las actividades de los competidores.
-[...6 lines deleted...]
-  <si>
     <t>Marketing Specialist</t>
-  </si>
-[...1 lines deleted...]
-    <t>Especialista en marketing</t>
   </si>
   <si>
     <t>* Designing, coordinating, implementing and evaluating marketing campaigns in cooperation with the supervisor.
 * Selecting appropriate communication channels for each marketing activity.
 * Market monitoring at local, regional, national and international level.
 * Taking part in creating a marketing plan and budget.
 * Preparing and updating company presentations.
 * Communicating with service providers and advertising agencies; negotiating terms and conditions.
 * Updating the content of the company`s Intranet and Internet sites.</t>
   </si>
   <si>
-    <t>* Diseñar, coordinar, implementar y evaluar campañas de marketing en cooperación con el supervisor.
-[...7 lines deleted...]
-  <si>
     <t>Media Buyer</t>
-  </si>
-[...1 lines deleted...]
-    <t>Comprador de medios</t>
   </si>
   <si>
     <t>* Purchasing advertising time and space in mass media.
 * Finding out about the availability of communication channels (considering the budget).
 * Negotiating the best terms of contract.
 * Building up relationships with clients and sellers of the advertising space.</t>
   </si>
   <si>
-    <t>* Comprar tiempo y espacio publicitario en medios de comunicación masivos.
-[...4 lines deleted...]
-  <si>
     <t>Media Planner</t>
-  </si>
-[...1 lines deleted...]
-    <t>Planificador de medios</t>
   </si>
   <si>
     <t>* Identifying the target group of the advertising campaign.
 * Analyzing communication channels, their focus on the target groups, frequency and cost.
 * Choosing the best communication channel or their combination
 * Optimizing the advertising campaign from the point of view of cost and their focus on the target group.
 * Preparing suggestions for clients to approve.</t>
   </si>
   <si>
-    <t>* Identificar el grupo objetivo de la campaña publicitaria.
-[...5 lines deleted...]
-  <si>
     <t>PPC specialist</t>
-  </si>
-[...1 lines deleted...]
-    <t>Especialista en PPC</t>
   </si>
   <si>
     <t>* Designing, optimizing and auditing PPC campaigns
 * Working with the Google AdWords, AdWords Editor and Sklik PPC systems
 * Evaluating visit rates of websites 
 * Assessing the effectiveness of PPC campaigns 
 * Creating documentation, analyses and presentations
 * Monitoring the competition, new trends, seeking out new opportunities</t>
   </si>
   <si>
-    <t>* Diseñar, optimizar y auditar campañas de PPC
-[...6 lines deleted...]
-  <si>
     <t>PR Manager</t>
-  </si>
-[...1 lines deleted...]
-    <t>Director de relaciones públicas</t>
   </si>
   <si>
     <t>* Responsibility for the internal and external communications of the company, maintaining good relations with media representatives and general public.
 * Drawing up and implementing the communication strategy of the company.
 * Preparing promotional articles, press releases, speeches and official responses to the questions posed by media representatives.
 * Monitoring the materials published in mass media, completing the media analyses.
 * Communicating with the representatives of the media, organising press conferences and similar media events.
 * Building and updating a database of contacts for media representatives.
 * Preparing proposals for sponsorship activities.
 * Coordinating the activities of subordinate employees.</t>
   </si>
   <si>
-    <t>* Responsabilidad por las comunicaciones internas y externas de la empresa, manteniendo buenas relaciones con representantes de los medios y el público en general.
-[...18 lines deleted...]
-  <si>
     <t>* Presenting products with a view to promote sales.
 * Ensuring food product tasting.
 * Informing customers about the qualities and advantages of the presented products.
 * Handing out promotional items when purchasing a specified number of products.</t>
   </si>
   <si>
-    <t>* Presentar productos con vistas a promocionar las ventas.
-[...4 lines deleted...]
-  <si>
     <t>SEO analyst</t>
-  </si>
-[...1 lines deleted...]
-    <t>Analista de SEO</t>
   </si>
   <si>
     <t>* Execute search keyword discovery and expansion.
 * Perform SEO page audits.
 * Perform external back link analysis and provide recommendations.
 * Perform internal link optimization.
 * Perform SEO technical analysis and evaluation.
 * Monitor, track, and report on SEO metrics, including trend analysis, and keyword performance
 * Perform site quality checks, including navigation, content currency and broken link analysis
 * Perform usability analysis</t>
   </si>
   <si>
-    <t>* Realizar descubrimiento y expansión de palabras clave de búsqueda.
-[...8 lines deleted...]
-  <si>
     <t>Social media specialist</t>
-  </si>
-[...1 lines deleted...]
-    <t>Especialista en medios sociales</t>
   </si>
   <si>
     <t>* managing social networks - Facebook, Twitter, Google+, Instagram and other
 * monitoring discussions, contributions, responding to questions
 * creating and posting of contributions, bloggs
 * cooperation with other departments of the company
 * promotion of activities of the company</t>
-  </si>
-[...5 lines deleted...]
-* Promoción de las actividades de la empresa</t>
   </si>
   <si>
     <t>* Designing and creating visually appealing and user-friendly websites.
 * Collaborating with clients and team members to understand project requirements and objectives.
 * Developing website layouts and user interfaces using standard HTML/CSS practices.
 * Utilizing graphic design software to create engaging graphics and multimedia content.
 * Ensuring website functionality and optimization across various devices and browsers.
 * Conducting user testing and gathering feedback to enhance user experience.
 * Implementing SEO best practices to improve website visibility and performance.
 * Staying updated with the latest web design trends and technologies.
 * Managing website updates, maintenance, and troubleshooting issues.
 * Providing technical support and guidance to clients regarding website management.
 * Creating and maintaining documentation related to design processes and project specifications.
 * Collaborating with marketing and content teams to align web design with overall branding strategies.
 * Assisting in the development of digital marketing campaigns to drive traffic and engagement.
 * Participating in brainstorming sessions and contributing creative ideas for web projects.</t>
   </si>
   <si>
-    <t>* Diseñar y crear sitios web visualmente atractivos y fáciles de usar.
-[...14 lines deleted...]
-  <si>
     <t>Mechanical Engineering</t>
   </si>
   <si>
-    <t>Ingeniería mecánica</t>
-[...1 lines deleted...]
-  <si>
     <t>Automation engineer</t>
-  </si>
-[...1 lines deleted...]
-    <t>Ingeniero de automatización</t>
   </si>
   <si>
     <t>* Design, develop, and implement automation systems and solutions to improve manufacturing processes.
 * Collaborate with cross-functional teams to identify automation needs and requirements.
 * Conduct feasibility studies and cost analysis for automation projects.
 * Program and configure PLCs, HMIs, and other automation equipment.
 * Troubleshoot and resolve issues related to automation systems and machinery.
 * Create and maintain documentation for automation processes, including specifications and user manuals.
 * Ensure compliance with industry standards and safety regulations in all automation projects.
 * Provide technical support and training to operational staff on automated systems.
 * Stay updated on the latest technologies and trends in automation engineering.
 * Participate in continuous improvement initiatives to enhance efficiency and productivity within the organization.</t>
   </si>
   <si>
-    <t>* Diseñar, desarrollar e implementar sistemas y soluciones de automatización para mejorar los procesos de fabricación.
-[...10 lines deleted...]
-  <si>
     <t>Automation planner</t>
-  </si>
-[...1 lines deleted...]
-    <t>Planificador de automatización</t>
   </si>
   <si>
     <t>* Developing and implementing automation strategies to improve production efficiency.
 * Analyzing current manufacturing processes to identify automation opportunities.
 * Collaborating with engineering teams to design and optimize automated systems.
 * Creating detailed automation plans, including timelines, budgets, and resource allocation.
 * Coordinating with suppliers and vendors to procure necessary automation equipment.
 * Conducting feasibility studies and risk assessments for automation projects.
 * Monitoring and evaluating the performance of automated systems and processes.
 * Providing technical support and troubleshooting for automation-related issues.
 * Training staff on new automated systems and ensuring compliance with safety standards.
 * Preparing reports and documentation related to automation projects and progress.
 * Staying updated on industry trends and advancements in automation technology.
 * Participating in cross-functional teams to enhance overall operational effectiveness.</t>
   </si>
   <si>
-    <t>* Desarrollar e implementar estrategias de automatización para mejorar la eficiencia de la producción.
-[...12 lines deleted...]
-  <si>
     <t>CNC Machine Setter</t>
-  </si>
-[...1 lines deleted...]
-    <t>Operario especializado en CNC</t>
   </si>
   <si>
     <t>* Reading technical drawings.
 * Installing components and tools.
 * Ensuring the transfer of the program into the CNC machine.
 * Reading and editing the program.
 * Producing components.</t>
   </si>
   <si>
-    <t>* Leer planos técnicos.
-[...5 lines deleted...]
-  <si>
     <t>CNC Programmer</t>
-  </si>
-[...1 lines deleted...]
-    <t>Programador CNC</t>
   </si>
   <si>
     <t>* Reading technical drawings.
 * Calculating the coordinates of the tool.
 * Writing the program using G and M codes.
 * Drawing and modelling tool path using the CAM program.
 * Ensuring the transfer of the program into the CNC machine.
 * Setting up the machine by fastening the workpiece and tool.
 * Producing components.</t>
   </si>
   <si>
-    <t>* Leer planos técnicos.
-[...7 lines deleted...]
-  <si>
     <t>Cutter/Grinder/Polisher</t>
-  </si>
-[...1 lines deleted...]
-    <t>Cortador/triturador/pulidor</t>
   </si>
   <si>
     <t>* Reading drawings.
 * Setting up grinding machinery and equipment.
 * Processing of semi-finished products by means of grinding machines and equipment with an emphasis placed on maintaining the desired shape, dimensions and tolerances.
 * Simple surface finish treatment of semi-finished products.
 * Carrying out simple repairs and the maintenance of machinery and equipment.</t>
-  </si>
-[...5 lines deleted...]
-* Realización de reparaciones simples y mantenimiento de maquinaria y equipos.</t>
   </si>
   <si>
     <t xml:space="preserve">* Designing new products and devices. Choosing materials for their production, often also defining the technology of their production.
 * Completing construction documentation for the production - drawings, 3d data. 
 * Looking up suppliers of the parts that are to be purchased, dealing with sales representatives of the suppliers, defining parameters of the purchased semi-finished products or finished products. Often also negotiating the price.
 * Checking the completeness of the supplied parts, compliance with the documentation, quality. 
 * Supervising the assembly of devices that were designed by him and taking part in putting them into operation. Often in this phase he makes minor modifications and improvements. He determines the range and intervals of maintenance.
 </t>
   </si>
   <si>
-    <t>* Diseñar nuevos productos y dispositivos. Seleccionar materiales para su producción, a menudo definiendo también la tecnología de su producción.
-[...5 lines deleted...]
-  <si>
     <t>* Elaborating technical documentation for the components, machines, automatic equipment, tools and systems with the help of specialized software.
 * Consulting the completed technical documentation with clients.
 * Cooperating with mechanical engineers, constructors and other members of the projection team.
 * Incorporating observations into the technical documentation.
 * Taking part in preparing the cost estimation.</t>
   </si>
   <si>
-    <t>* Elaborar documentación técnica para los componentes, máquinas, equipo automático, herramientas y sistemas con la ayuda de software especializado.
-[...5 lines deleted...]
-  <si>
     <t>* Reading technical documentation.
 * Mounting machinery units and/or their parts according to technical documentation.
 * Testing the functionality of machine units and/or their parts after assembly.
 * Removing detected anomalies.
 * Handing over machine units and/or their parts after assembly.</t>
   </si>
   <si>
-    <t>* Leer documentación técnica.
-[...5 lines deleted...]
-  <si>
     <t>Foundry worker</t>
-  </si>
-[...1 lines deleted...]
-    <t>Operario de fundición</t>
   </si>
   <si>
     <t>* Operating and maintaining foundry equipment and machinery.
 * Preparing molds and casting materials for metal production.
 * Pouring molten metal into molds and ensuring proper cooling and solidification.
 * Monitoring the casting process to ensure quality and adherence to specifications.
 * Inspecting castings for defects and performing necessary adjustments or repairs.
 * Adhering to safety protocols and regulations to maintain a safe working environment.
 * Collaborating with team members to optimize production processes and efficiency.
 * Conducting routine maintenance on foundry equipment to prevent breakdowns.
 * Keeping accurate records of production quantities and material usage.
 * Assisting in the training of new employees on foundry operations and safety procedures.
 * Troubleshooting issues that arise during the casting process and implementing solutions.
 * Maintaining a clean and organized work area to uphold quality standards.
 * Participating in continuous improvement initiatives to enhance productivity and reduce waste.</t>
   </si>
   <si>
-    <t>* Operar y mantener el equipo y la maquinaria de la fundición.
-[...13 lines deleted...]
-  <si>
     <t>Lathe operator</t>
-  </si>
-[...1 lines deleted...]
-    <t>Tornero</t>
   </si>
   <si>
     <t>* Reading drawings.
 * Setting up lathes.
 * Processing of semifinished lathe products with an emphasis on maintaining of the desired shape, dimensions and tolerances.
 * Simple surface finish treatment of semifinished products.
 * Carrying out simple repairs and maintenance of machinery and equipment.</t>
   </si>
   <si>
-    <t>* Lectura de planos.
-[...5 lines deleted...]
-  <si>
     <t>Machine Fitter</t>
-  </si>
-[...1 lines deleted...]
-    <t>Montador de maquinaria</t>
   </si>
   <si>
     <t>* Using technical documents.
 * Processing sketches to complement the technological process of locksmithing.
 * Manual processing of machine components by filing, sawing, cutting, evening, bending, drilling and reaming.
 * Assembling parts of machinery and equipment.
 * Diagnosing and troubleshooting machine malfunctions.
 * Scraping, grinding, balancing, adjusting, connecting with bolts and rivets, soldering and welding machine parts.
 * Assembling machinery and equipment.</t>
-  </si>
-[...7 lines deleted...]
-* Montaje de maquinaria y equipo.</t>
   </si>
   <si>
     <t>* Operating and monitoring machinery and equipment to ensure efficient production processes.
 * Conducting routine inspections and maintenance on machines to ensure optimal performance.
 * Setting up machines for production runs, including adjusting settings and calibrating equipment as needed.
 * Troubleshooting and resolving mechanical issues that may arise during operation.
 * Adhering to safety protocols and regulations to maintain a safe working environment.
 * Maintaining accurate production records and reporting any discrepancies to supervisors.
 * Collaborating with team members to meet production targets and improve operational efficiency.
 * Cleaning and organizing work areas to ensure a tidy and safe workspace.
 * Assisting in training new operators on machine operation and safety procedures.
 * Participating in continuous improvement initiatives to enhance production quality and efficiency.</t>
   </si>
   <si>
-    <t>* Operar y controlar maquinaria y equipos para garantizar procesos de producción eficientes.
-[...10 lines deleted...]
-  <si>
     <t>* Operating construction machines and mechanisms.
 * Performing construction work according to master builder’s instructions.
 * Checking the technical condition of entrusted construction machines and mechanisms.
 * Performing simple repairs and maintenance activities on entrusted construction machines and mechanisms.
 * Fuelling entrusted construction machines and mechanisms.</t>
   </si>
   <si>
-    <t>* Operar máquinas y mecanismos de construcción.
-[...15 lines deleted...]
-  <si>
     <t>Mechanical Design Engineer – Automation</t>
-  </si>
-[...1 lines deleted...]
-    <t>Ingeniero de diseño mecánico – Automatización</t>
   </si>
   <si>
     <t>* Design of technical solutions for automated machines, equipment, and production lines.
 * Creation of 3D models and technical drawings using CAD software (e.g., SolidWorks, AutoCAD, CATIA).
 * Collaboration with the project team in preparing concepts, quotations, and risk analyses.
 * Support for manufacturing, assembly, and commissioning of designed equipment.
 * Testing and verification of designs, ensuring compliance with technical standards and regulations.
 * Communication with suppliers and customers, technical support during product implementation.
 * Optimization of existing solutions and design of new components according to specific client requirements.</t>
   </si>
   <si>
-    <t>* Diseño de soluciones técnicas para máquinas, equipos y líneas de producción automatizadas.
-[...7 lines deleted...]
-  <si>
     <t>Mechanical Engineer</t>
-  </si>
-[...1 lines deleted...]
-    <t>Ingeniero mecánico</t>
   </si>
   <si>
     <t>* Designing components, machinery, equipment, automated equipment, tools and systems with the use of specialised software.
 * Communicating with clients with the aim to determine their needs.
 * Completing analyses and cost estimation.
 * Contacting manufacturing companies in connection with prototype production.
 * Incorporating client comments into the proposals. 
 * Product analysing and testing.
 * Communicating with subcontractors and other team members.
 * Solving incurred technical and technological problems.</t>
   </si>
   <si>
-    <t>* Diseñar componentes, maquinaria, equipo, equipo automatizado, herramientas y sistemas con el uso de software especializado.
-[...8 lines deleted...]
-  <si>
     <t>Mechanization Manager</t>
-  </si>
-[...1 lines deleted...]
-    <t>Gestor de la mecanización</t>
   </si>
   <si>
     <t>* Develop concepts, processes and work methods and processes to support business and growth requirements.
 * Manage and direct all automation projects utilizing sound project management principles and tools.
 * Analyze and develop engineered standards utilizing time and motion studies, statistical analysis and manpower planning tools to improve productivity, accuracy and service level.
 * Responsible for repair maintenance of all the assets.
 * Maintenance planning and availability of all equipment.
 * Spares planning and management.
 * Liaison with various vendors for technical support.
 * Techno-commercial analysis for operational costs.
 * Preparing equipment performance reports.
 * Training the team of engineers and operators.
 * Cost effective equipment performance.</t>
   </si>
   <si>
-    <t>* Desarrollar conceptos, procesos y métodos de trabajo para apoyar los requisitos comerciales y de crecimiento.
-[...11 lines deleted...]
-  <si>
     <t>Metalworker</t>
-  </si>
-[...1 lines deleted...]
-    <t>Trabajador del metal</t>
   </si>
   <si>
     <t>* Fabricating and assembling metal structures and components according to specifications and engineering drawings.
 * Operating various metalworking machines, including lathes, milling machines, and welding equipment.
 * Performing quality control checks to ensure that finished products meet industry standards and customer requirements.
 * Interpreting technical documents, blueprints, and schematics to carry out production tasks accurately.
 * Maintaining tools and equipment to ensure optimal performance and safety.
 * Collaborating with team members to improve production processes and efficiency.
 * Adhering to safety protocols and regulations to create a safe working environment.
 * Troubleshooting and resolving issues that arise during the manufacturing process.
 * Keeping detailed records of production activities, including materials used and time spent on each task.
 * Participating in training and development programs to enhance skills and knowledge in metalworking techniques and technologies.</t>
   </si>
   <si>
-    <t>* Fabricar y ensamblar estructuras y componentes metálicos según las especificaciones y los dibujos técnicos.
-[...10 lines deleted...]
-  <si>
     <t>Milling-Machine Operator</t>
-  </si>
-[...1 lines deleted...]
-    <t>Operador de fresadora</t>
   </si>
   <si>
     <t>* Reading drawings.
 * Setting up the cutter.
 * Processing semifinished products using a cutter with an emphasis placed on maintaining the desired shape, dimensions and tolerances.
 * Simple surface finish treatment of semifinished products.
 * Carrying out the simple repairs and maintenance of machinery and equipment.</t>
   </si>
   <si>
-    <t>* Leer planos.
-[...5 lines deleted...]
-  <si>
     <t>Operations Supervisor</t>
-  </si>
-[...1 lines deleted...]
-    <t>Responsable de operaciones</t>
   </si>
   <si>
     <t>* Overseeing daily operations and ensuring efficiency in production processes.
 * Supervising and coordinating the activities of the operations team.
 * Implementing and maintaining operational policies and procedures to enhance productivity.
 * Monitoring performance metrics and preparing reports for upper management.
 * Ensuring compliance with safety regulations and quality standards.
 * Collaborating with cross-functional teams to optimize workflow and resolve operational issues.
 * Training and mentoring staff to improve skills and performance.
 * Managing inventory levels and coordinating with supply chain for timely procurement.
 * Addressing employee concerns and fostering a positive work environment.
 * Assisting in budget preparation and cost management initiatives.
 * Conducting regular inspections to ensure equipment and facilities are in optimal condition.
 * Participating in strategic planning and continuous improvement initiatives.
 * Communicating effectively with stakeholders to align operational goals with business objectives.</t>
   </si>
   <si>
-    <t>* Supervisar las operaciones diarias y asegurar la eficiencia en los procesos de producción.
-[...24 lines deleted...]
-  <si>
     <t>* Oversee and coordinate all production activities to ensure efficient and effective operations.
 * Develop production schedules and workflows to meet customer demands and optimize resource utilization.
 * Monitor production processes and implement improvements to enhance productivity and quality.
 * Manage and lead a team of production staff, providing training, guidance, and performance evaluations.
 * Ensure compliance with safety regulations and company policies to maintain a safe working environment.
 * Collaborate with other departments, such as engineering and quality assurance, to align production goals with overall company objectives.
 * Analyze production data to identify trends, issues, and opportunities for improvement.
 * Manage inventory levels and coordinate with supply chain teams to ensure adequate material availability.
 * Prepare and present production reports to senior management, highlighting achievements and areas for development.
 * Drive continuous improvement initiatives, fostering a culture of innovation and efficiency within the production team.</t>
   </si>
   <si>
-    <t>* Supervisar y coordinar todas las actividades de producción para garantizar operaciones eficientes y efectivas.
-[...10 lines deleted...]
-  <si>
     <t>Production Planner</t>
-  </si>
-[...1 lines deleted...]
-    <t>Planificador de producción</t>
   </si>
   <si>
     <t>* Develop and maintain production schedules to ensure timely delivery of products.
 * Collaborate with various departments, including procurement, manufacturing, and logistics, to align production plans with company goals.
 * Analyze production data to identify trends, forecast demand, and optimize resource allocation.
 * Monitor inventory levels and coordinate with suppliers to ensure the availability of materials.
 * Adjust production schedules in response to changes in demand, supply chain disruptions, or equipment failures.
 * Communicate regularly with team members to provide updates on production status and address any potential issues.
 * Implement continuous improvement initiatives to enhance production efficiency and reduce costs.
 * Prepare reports on production performance, inventory levels, and capacity utilization for management review.
 * Ensure compliance with safety and quality standards throughout the production process.
 * Participate in cross-functional meetings to support strategic planning and operational excellence.</t>
   </si>
   <si>
-    <t>* Desarrollar y mantener horarios de producción para garantizar la entrega oportuna de productos.
-[...10 lines deleted...]
-  <si>
     <t>Qualified Mechanical Engineer</t>
-  </si>
-[...1 lines deleted...]
-    <t>Ingeniero mecánico cualificado</t>
   </si>
   <si>
     <t>* Reading and interpreting blueprints, technical drawings, schematics, and computer-generated reports.
 * Conferring with engineers and other personnel to implement operating procedures, resolve system malfunctions, and provide technical information.
 * Researching and analyzing customer design proposals, specifications, manuals, and other data to evaluate the feasibility, cost, and maintenance requirements of designs or applications.
 * Researching, designing, evaluating, installing, operating, and maintaining mechanical products, equipment, systems and processes to meet requirements while applying knowledge of engineering principles.
 * Providing feedback to design engineers on customer problems and needs.
 * Overseeing installation, operation, maintenance, and repair to ensure that machines and equipment are installed and functioning according to specifications.</t>
   </si>
   <si>
-    <t>* Leer e interpretar planos, dibujos técnicos, esquemas y informes generados por computadora.
-[...13 lines deleted...]
-  <si>
     <t>Smith</t>
-  </si>
-[...1 lines deleted...]
-    <t>Herrero</t>
   </si>
   <si>
     <t>* Fabricating artistic, craft and commercial products of daily needs made of iron, steel, copper and other metals.
 * Heating the steel and iron in a blacksmith’s furnace to the desired temperature.
 * Forming iron and steel with hand tools and machinery.
 * Cooling the finished product in water.
 * Fabricating horseshoes, shoeing horses.</t>
   </si>
   <si>
-    <t>* Fabricar productos artísticos, artesanales y comerciales de uso diario hechos de hierro, acero, cobre y otros metales.
-[...5 lines deleted...]
-  <si>
     <t>Superintendent</t>
-  </si>
-[...1 lines deleted...]
-    <t>Superintendente</t>
   </si>
   <si>
     <t>* Overseeing and managing engineering projects from conception to completion.
 * Coordinating with cross-functional teams to ensure project timelines and deliverables are met.
 * Developing and implementing engineering procedures and standards to enhance efficiency and quality.
 * Conducting regular site inspections to ensure compliance with safety regulations and project specifications.
 * Providing technical guidance and support to engineering teams and subcontractors.
 * Reviewing and approving engineering designs, plans, and specifications.
 * Managing project budgets and resources effectively to optimize costs and ensure financial accountability.
 * Preparing detailed reports and presentations for stakeholders regarding project progress and performance.
 * Identifying potential risks and developing mitigation strategies to address them.
 * Ensuring continuous improvement in engineering practices and fostering a culture of innovation within the team.
 * Mentoring and training junior engineers to enhance their skills and professional development.
 * Collaborating with clients to understand their needs and ensure satisfaction with engineering solutions provided.</t>
   </si>
   <si>
-    <t>* Supervisión y gestión de proyectos de ingeniería desde la concepción hasta su finalización.
-[...12 lines deleted...]
-  <si>
     <t>Technical product engineer</t>
-  </si>
-[...1 lines deleted...]
-    <t>Ingeniero técnico de productos</t>
   </si>
   <si>
     <t>* Collaborating with cross-functional teams to develop and enhance mechanical products.
 * Conducting detailed analysis and simulations to validate product designs and performance.
 * Creating and maintaining technical documentation, including specifications, drawings, and user manuals.
 * Assisting in the testing and evaluation of prototypes to ensure compliance with industry standards.
 * Identifying and resolving engineering issues throughout the product lifecycle.
 * Providing technical support and guidance to production teams during manufacturing processes.
 * Participating in product development meetings to contribute insights and recommendations based on engineering principles.
 * Staying updated on industry trends and advancements in mechanical engineering to inform product innovation.
 * Ensuring adherence to safety regulations and quality assurance protocols.
 * Collaborating with suppliers to source materials and components necessary for product development.</t>
   </si>
   <si>
-    <t>* Colaborar con equipos multifuncionales para desarrollar y mejorar productos mecánicos.
-[...10 lines deleted...]
-  <si>
     <t>* Making machines, machinery and appliances operational in engineering production.
 * Analysing faults in order to identify the reasons why they originated.
 * Performing repairs of machines, machinery and appliances by replacing faulty components with new ones, or by modifying software.
 * Managing and checking technical documentation and keeping it up to date.
 * Ensuring technical support of processes and products in engineering production.</t>
-  </si>
-[...15 lines deleted...]
-* Colaborar en la preparación de cálculos de precios.</t>
   </si>
   <si>
     <t>* Preparing surfaces for varnishing by cleaning, sanding, and priming as necessary.
 * Applying varnish, stains, and sealants to various surfaces, ensuring an even and high-quality finish.
 * Mixing and matching colors to achieve desired results based on project specifications.
 * Operating and maintaining varnishing equipment and tools to ensure optimal performance and safety.
 * Conducting quality checks on finished products, ensuring adherence to industry standards and client specifications.
 * Collaborating with team members to meet project deadlines and maintain production schedules.
 * Keeping work areas clean and organized, adhering to health and safety regulations.
 * Documenting work processes and materials used for inventory and quality control purposes.
 * Troubleshooting and resolving any issues related to varnishing processes or equipment.
 * Staying updated on new varnishing techniques and materials to enhance skills and improve work quality.</t>
   </si>
   <si>
-    <t>* Preparar superficies para el barnizado limpiándolas, lijándolas y aplicando imprimación según sea necesario.
-[...18 lines deleted...]
-  <si>
     <t>Medicine &amp; Social Care</t>
   </si>
   <si>
-    <t>Sanidad y asistencia social</t>
-[...1 lines deleted...]
-  <si>
     <t>Ambulance Driver</t>
-  </si>
-[...1 lines deleted...]
-    <t>Conductor de ambulancia</t>
   </si>
   <si>
     <t>* Driving ambulances or assisting ambulance drivers in transporting sick, injured, or convalescent persons. 
 * Removing and replacing soiled linens and equipment in order to maintain sanitary conditions. 
 * Placing patients on stretchers, and loading stretchers into ambulances, usually with assistance from other attendants. 
 * Accompanying and assisting emergency medical technicians on calls. 
 * Earning and maintaining appropriate certifications. 
 * Replacing supplies and disposable items on ambulances. 
 * Reporting facts concerning accidents or emergencies to hospital personnel or law enforcement officials. 
 * Administering first aid such as bandaging, splinting, and administering oxygen. 
 * Restraining or shackling violent patients.</t>
   </si>
   <si>
-    <t>* Conducir ambulancias o ayudar a los conductores de ambulancias a transportar personas enfermas, lesionadas o convalecientes.
-[...9 lines deleted...]
-  <si>
     <t>Ambulance Paramedic</t>
-  </si>
-[...1 lines deleted...]
-    <t>Paramédico de ambulancia</t>
   </si>
   <si>
     <t>* Assisting in reducing the health consequences in emergency conditions, contingencies, and rescue operations.
 * Communicating with the emergency service despatched.
 * Monitoring patient’s vital signs.
 * Administering first aid to injured people involved in accidents, natural disasters, etc.
 * Cooperating in extricating injured people after accidents, etc.
 * Providing medicines, specialised material, and pharmaceuticals.	
 * Providing emergency health care, e.g. resuscitation, stopping the bleeding, etc.</t>
   </si>
   <si>
-    <t>* Ayudar a reducir las consecuencias sanitarias en condiciones de emergencia, contingencias y operaciones de rescate.
-[...7 lines deleted...]
-  <si>
     <t>Anesthetist</t>
-  </si>
-[...1 lines deleted...]
-    <t>Anestesista</t>
   </si>
   <si>
     <t>* Administering anesthesia to patients undergoing surgical and medical procedures.
 * Conducting preoperative assessments to evaluate patients' health and suitability for anesthesia.
 * Monitoring patients' vital signs and anesthesia levels during procedures to ensure safety and comfort.
 * Collaborating with surgical teams to develop anesthesia plans tailored to individual patient needs.
 * Providing postoperative care and pain management to ensure optimal recovery.
 * Educating patients and their families about anesthesia processes, risks, and recovery.
 * Staying updated on advancements in anesthesia practices and technologies.
 * Maintaining accurate and detailed records of anesthesia administration and patient responses.
 * Ensuring compliance with safety protocols and regulations in the operating room.
 * Participating in quality improvement initiatives and peer reviews to enhance patient care.</t>
   </si>
   <si>
-    <t>* Administrar anestesia a pacientes sometidos a procedimientos quirúrgicos y médicos.
-[...10 lines deleted...]
-  <si>
     <t>Caregiver</t>
-  </si>
-[...1 lines deleted...]
-    <t>Cuidadpr de personas mayores</t>
   </si>
   <si>
     <t>* Providing compassionate care and support to elderly individuals in their daily activities.
 * Assisting with personal hygiene, grooming, and dressing to ensure comfort and dignity.
 * Helping with mobility and physical exercises to promote health and wellbeing.
 * Preparing and serving nutritious meals according to dietary requirements.
 * Administering medications as prescribed and monitoring health conditions.
 * Engaging clients in social and recreational activities to enhance their quality of life.
 * Communicating effectively with clients, their families, and healthcare professionals.
 * Maintaining a clean and safe living environment for clients.
 * Documenting care provided and reporting any changes in clients’ health or behavior.
 * Adhering to safety and health regulations to ensure the wellbeing of clients.
 * Being a reliable and empathetic companion to enhance clients' emotional and mental health.
 * Participating in ongoing training and development to improve caregiving skills.
 * Collaborating with multidisciplinary teams to provide holistic care.
 * Respecting clients' privacy and confidentiality at all times.</t>
   </si>
   <si>
-    <t>* Brindar atención compasiva y apoyo a personas mayores en sus actividades diarias.
-[...14 lines deleted...]
-  <si>
     <t>Carer, Personal Assistant</t>
-  </si>
-[...1 lines deleted...]
-    <t>Cuidador, asistente personal</t>
   </si>
   <si>
     <t>* Providing continuous care to sick, helpless and immobile clients.
 * Helping to meet their basic life needs.
 * Heating and serving of food and drinks, feeding clients.
 * Assistance with dressing/undressing and personal hygiene.
 * Activation of clients with regard to their personal interests.
 * Accompanying clients during doctor appointments, walks, visits to authorities etc.
 * Performing of minor housework.</t>
   </si>
   <si>
-    <t>* Brindar atención continua a clientes enfermos, desvalidos e inmóviles.
-[...7 lines deleted...]
-  <si>
     <t>Caseworker</t>
-  </si>
-[...1 lines deleted...]
-    <t>Trabajador social</t>
   </si>
   <si>
     <t>* Providing assistance to clients in the form of social services and consultations.
 * Providing assistance in securing the basic needs of clients, the application and protection of their rights.
 * Performing social work in the field.
 * Communication with clients, offices, and state institutions.</t>
   </si>
   <si>
-    <t>* Proporcionar asistencia a los clientes en forma de servicios sociales y consultas.
-[...4 lines deleted...]
-  <si>
     <t>Charge Nurse</t>
-  </si>
-[...1 lines deleted...]
-    <t>Enfermera encargada</t>
   </si>
   <si>
     <t>* Being responsible for the professional standard of health care provided in the hospital.
 * Managing and supervising head nurses and managing health care staff in cooperation with department heads.
 * Ensuring the filling of staff positions in the hospital in cooperation with department heads.
 * Being responsible for the organisation, quality and efficiency of health care provided.
 * Being responsible for adherence to professional and ethical methods of health care.
 * Creating training plans and ensuring the training of subordinate employees.
 * Handling patient complaints in cooperation with the legal department.</t>
   </si>
   <si>
-    <t>* Ser responsable del estándar profesional de atención médica proporcionada en el hospital.
-[...7 lines deleted...]
-  <si>
     <t>Clinical Psychologist</t>
-  </si>
-[...1 lines deleted...]
-    <t>Psicólogo clínico</t>
   </si>
   <si>
     <t>* Conducting individual interviews and group therapy sessions.
 * Conducting specialist psychological examinations.
 * Diagnosing the causes of the problem, proposing an appropriate treatment.
 * Developing standardised psychological tests.
 * Managing records on the health condition of patients.</t>
   </si>
   <si>
-    <t>* Realizar entrevistas individuales y sesiones de terapia grupal.
-[...5 lines deleted...]
-  <si>
     <t>Clinical Research Associate</t>
-  </si>
-[...1 lines deleted...]
-    <t>Asociado de investigación clínica</t>
   </si>
   <si>
     <t>* Conducting monitoring visits to clinical trial sites to ensure compliance with study protocols, regulatory requirements, and Good Clinical Practice (GCP).
 * Reviewing and verifying study documentation including informed consent forms, source documents, and case report forms.
 * Collaborating with site staff to facilitate the smooth execution of clinical trials.
 * Providing training and support to site personnel on study protocols and procedures.
 * Identifying and resolving issues related to study conduct and data integrity.
 * Collecting and reporting adverse events and serious adverse events in accordance with regulatory guidelines.
 * Maintaining accurate and timely records of monitoring activities and findings.
 * Assisting in the preparation of study-related materials, including monitoring plans and reports.
 * Ensuring proper storage and handling of investigational products.
 * Participating in project team meetings and contributing to study progress discussions.</t>
   </si>
   <si>
-    <t>* Realizar visitas de seguimiento a sitios de ensayos clínicos para garantizar el cumplimiento de los protocolos de estudio, los requisitos regulatorios y la Buena Práctica Clínica (BPC).
-[...10 lines deleted...]
-  <si>
     <t>Crisis worker</t>
-  </si>
-[...1 lines deleted...]
-    <t>Gestor de crisis</t>
   </si>
   <si>
     <t>* A job as a Crisis Worker falls under the broader career category of Mental Health and Substance Abuse Social Workers. 
 * Activities may include individual and group therapy, crisis intervention, case management, client advocacy, prevention, and education.</t>
   </si>
   <si>
-    <t>* Un empleo como trabajador de crisis se encuentra dentro de la categoría profesional más amplia de Trabajadores Sociales de Salud Mental y Abuso de Sustancias.
-[...2 lines deleted...]
-  <si>
     <t>Dental Assistant</t>
-  </si>
-[...1 lines deleted...]
-    <t>Asistente dental</t>
   </si>
   <si>
     <t>* Assisting the dentist during therapeutic procedures by preparing the patient, workspace, instruments, and equipment.
 * Ensuring the availability of dental instruments and supplies for efficient treatment.
 * Preparing patients for dental procedures and maintaining a clean and organized working environment.
 * Providing post-treatment care to patients and addressing any immediate concerns they may have.
 * Maintaining accurate records and documentation in compliance with legal regulations and practice standards.
 * Educating patients on oral hygiene and post-treatment care instructions.
 * Sterilizing and disinfecting dental instruments and equipment to ensure a safe environment.
 * Collaborating with dental team members to enhance patient care and streamline office operations.
 * Scheduling appointments and managing patient flow to optimize clinic efficiency.
 * Handling administrative tasks related to patient management and billing as needed.</t>
   </si>
   <si>
-    <t>* Asistir al dentista durante los procedimientos terapéuticos preparando al paciente, el espacio de trabajo, los instrumentos y el equipo.
-[...10 lines deleted...]
-  <si>
     <t>Dental Hygienist</t>
-  </si>
-[...1 lines deleted...]
-    <t>Higienista dental</t>
   </si>
   <si>
     <t>* Conducting periodic examinations of patients.
 * Instructing patients on proper cleaning of teeth, interdental spaces and oral caries.
 * Removing tartar and pigment coating.
 * Taking and evaluating X-rays.
 * Fluoridating teeth, polishing dentures and dental enamel.
 * Providing advice on the prevention of tooth decay and related illnesses.</t>
   </si>
   <si>
-    <t>* Realizar exámenes periódicos de pacientes.
-[...6 lines deleted...]
-  <si>
     <t>Dental Technician</t>
-  </si>
-[...1 lines deleted...]
-    <t>Técnico dental</t>
   </si>
   <si>
     <t>* Fabricating the oral cavity model with the use of plaster casts.
 * Fabricating false teeth and oral cavities made of wax. 
 * Fabricating and repairing crowns, bridges, removable complete dentures, and dental braces.
 * Communicating with dentists and dental specialists.
 * Performing final finishing work.</t>
   </si>
   <si>
-    <t>* Fabricación del modelo de cavidad oral mediante el uso de modelos de yeso.
-[...5 lines deleted...]
-  <si>
     <t>Dentist</t>
-  </si>
-[...1 lines deleted...]
-    <t>Dentista</t>
   </si>
   <si>
     <t>* Examining the teeth and their position, examining dental tissue, gums, dentures, etc.
 * Drilling the openings in tooth tissue depending on the extent of the dental caries found.
 * Filling the drilled openings in teeth with amalgam, composite resin, or porcelain dental fillings.
 * Application of local anaesthetics in the form of injections before painful procedures. 
 * Extracting teeth, blood vessels, and nerves.
 * Providing X-rays of the mouth.
 * Providing tooth enamel whitening.</t>
   </si>
   <si>
-    <t>* Examinar los dientes y su posición, examinar tejido dental, encías, dentaduras postizas, etc.
-[...7 lines deleted...]
-  <si>
     <t>Dispensing Optician</t>
-  </si>
-[...1 lines deleted...]
-    <t>Óptico</t>
   </si>
   <si>
     <t>* Providing advice to customers regarding the selection of eyeglasses and sunglasses, contact lenses, frames, lenses, etc.
 * Selling eyeglasses and sunglasses, contact lenses, frames, lenses, cases, hanging braids, detergents, etc.
 * Examining the vision, measuring eye pressure and visual acuity.
 * Adjusting prescription devices.
 * Repairing damaged prescription devices.
 * Providing recommendations to complete specialised tests.</t>
   </si>
   <si>
-    <t>* Asesorar a clientes sobre la selección de gafas y gafas de sol, lentes de contacto, monturas, lentillas, etc.
-[...6 lines deleted...]
-  <si>
     <t>Doctor</t>
-  </si>
-[...1 lines deleted...]
-    <t>Médico</t>
   </si>
   <si>
     <t>* Diagnosing acute and chronic illnesses within general medicine with subsequent therapy and recommendations for therapy and diagnostic procedures.
 * Close co-operation with other specialist doctors.
 * Collecting samples for haematology and biochemical tests, swabs for cultivation.
 * Recording the results of exams into a patient's health card, keeping ambulatory care records along with nurses.
 * Assigning points and recording individual health procedures for contracted health insurers.</t>
   </si>
   <si>
-    <t>* Diagnosticar enfermedades agudas y crónicas dentro de la medicina general con terapia posterior y recomendaciones para procedimientos terapéuticos y de diagnóstico.
-[...5 lines deleted...]
-  <si>
     <t>Doctor apprentice</t>
-  </si>
-[...1 lines deleted...]
-    <t>Médico aprendiz</t>
   </si>
   <si>
     <t>* Assisting experienced doctors in diagnosing and treating patients under supervision.
 * Participating in patient consultations and examinations to gain practical experience.
 * Conducting medical research and literature reviews to support clinical decision-making.
 * Attending medical training sessions, workshops, and seminars to enhance knowledge and skills.
 * Documenting patient histories, symptoms, and treatment plans in medical records.
 * Collaborating with healthcare teams to ensure comprehensive patient care.
 * Learning to perform basic medical procedures and techniques in a clinical setting.
 * Observing and adhering to medical ethics and patient confidentiality regulations.
 * Engaging in continuous professional development and staying updated on medical advancements.
 * Providing support in administrative tasks related to patient care and clinic operations.</t>
   </si>
   <si>
-    <t>* Asistir a médicos experimentados en el diagnóstico y tratamiento de pacientes bajo supervisión.
-[...10 lines deleted...]
-  <si>
     <t>Head Nurse</t>
-  </si>
-[...1 lines deleted...]
-    <t>Enfermera jefa</t>
   </si>
   <si>
     <t xml:space="preserve">* Participating in planning the staffing budget and recruitment
 * Ensure that nursing care meets regulatory standards
 * Review and approve nursing policies and procedures
 * Evaluate nursing staff performance
 * Collaborate with nursing staff, upper management and external agencies in the coordination of patient care
 * Train nursing management staff and coordinate educational programs for patients and their families
 * Facilitate meetings with medical staff from other departments
 * Ensure that nursing care medical services are meeting patient needs
 * Implement quality assurance systems
 * Participating in development of new patient care programs
 </t>
   </si>
   <si>
-    <t>* Participar en la planificación del presupuesto de personal y reclutamiento
-[...10 lines deleted...]
-  <si>
     <t>Health Care Assistant</t>
-  </si>
-[...1 lines deleted...]
-    <t>Asistente sanitario</t>
   </si>
   <si>
     <t>* Providing basic nursing care under the guidance of a nurse.
 * Administering and applying medicines, poultices, wraps, enemas, warm and cold procedures, healing sitz baths, etc.
 * Serving food and drinks to patients, monitoring the state of their body fluids.
 * Measurement and monitoring of patients' vital signs.
 * Taking samples of biological material for biochemical analysis.
 * Exchange of used and soiled bed linen.
 * Work with the information system of the medical facility.
 * Recording of performed performances in documentation, reporting of activities for the needs of health insurance companies and statistics.</t>
   </si>
   <si>
-    <t>* Brindar atención básica de enfermería bajo la supervisión de un enfermero.
-[...8 lines deleted...]
-  <si>
     <t>Kinetotherapist</t>
-  </si>
-[...1 lines deleted...]
-    <t>Kineterapeuta</t>
   </si>
   <si>
     <t>* Assessing patients' physical abilities and limitations through various tests and evaluations.
 * Developing individualized treatment plans based on patients' needs and goals.
 * Implementing therapeutic exercises and activities to improve patients' mobility and function.
 * Educating patients and their families on treatment protocols and self-management strategies.
 * Monitoring and documenting patients' progress throughout the therapy process.
 * Collaborating with healthcare professionals, including physicians and occupational therapists, to ensure comprehensive care.
 * Utilizing specialized equipment and techniques to aid in rehabilitation.
 * Providing support and encouragement to motivate patients during their recovery journey.
 * Staying updated on advancements in kinesiology and rehabilitation practices.
 * Participating in professional development activities to enhance skills and knowledge in the field.</t>
   </si>
   <si>
-    <t>* Evaluar las capacidades y limitaciones físicas de los pacientes a través de diversas pruebas y evaluaciones.
-[...10 lines deleted...]
-  <si>
     <t>Masseur</t>
-  </si>
-[...1 lines deleted...]
-    <t>Masajista</t>
   </si>
   <si>
     <t>* Performing simple massages focusing on muscles, tendons, ligaments, joints, spine, and neck.
 * Performing sports massage and different types of wraps.
 * Performing reflexology massage and manual lymphatic drainage under the guidance of a certified physical therapist.
 * Providing advice concerning different types of exercises.</t>
   </si>
   <si>
-    <t>* Realizar masajes simples enfocados en músculos, tendones, ligamentos, articulaciones, columna vertebral y cuello.
-[...4 lines deleted...]
-  <si>
     <t>Medical Advisor</t>
-  </si>
-[...1 lines deleted...]
-    <t>Asesor médico</t>
   </si>
   <si>
     <t>* Provide expert medical advice and support to healthcare professionals and stakeholders.
 * Collaborate with cross-functional teams to develop and implement medical strategies and programs.
 * Conduct thorough reviews of clinical data and literature to inform decision-making and strategy.
 * Deliver presentations and training sessions to internal teams and external partners on medical topics.
 * Act as a liaison between the company and healthcare professionals, ensuring clear communication of product information.
 * Participate in the development and review of promotional materials to ensure compliance with medical standards.
 * Support clinical trial activities, including protocol development, site selection, and monitoring.
 * Address inquiries from healthcare providers and patients regarding product usage and safety.
 * Stay updated on industry trends, regulations, and advancements in medical science.
 * Contribute to the development of educational materials and resources for healthcare professionals and patients.
 * Ensure adherence to ethical standards and regulatory requirements in all medical communications.
 * Assist in the preparation of scientific publications and presentations for conferences and meetings.</t>
   </si>
   <si>
-    <t>* Proporcionar asesoramiento y apoyo médico experto a profesionales de la salud y partes interesadas.
-[...12 lines deleted...]
-  <si>
     <t>Medical assistant</t>
-  </si>
-[...1 lines deleted...]
-    <t>Asistente médico</t>
   </si>
   <si>
     <t>* Assisting healthcare professionals in delivering patient care and support.
 * Preparing and maintaining patient records, ensuring accuracy and confidentiality.
 * Measuring and recording vital signs, such as blood pressure, temperature, and pulse.
 * Assisting with medical examinations and procedures under the supervision of a physician or nurse.
 * Administering medications and injections as prescribed, following proper protocols.
 * Educating patients and their families about health management and treatment plans.
 * Coordinating patient appointments and managing schedules to optimize clinic flow.
 * Ensuring cleanliness and organization of medical equipment and examination rooms.
 * Monitoring and reporting changes in patient conditions to the healthcare team.
 * Participating in training and professional development to enhance skills and knowledge in medical assistance.</t>
   </si>
   <si>
-    <t>* Ayudar a los profesionales de la salud en la prestación de atención y apoyo al paciente.
-[...10 lines deleted...]
-  <si>
     <t>Medical graduate</t>
-  </si>
-[...1 lines deleted...]
-    <t>Licenciado en medicina</t>
   </si>
   <si>
     <t>* Conducting thorough medical assessments and evaluations of patients.
 * Developing and implementing personalized treatment plans based on patient needs and conditions.
 * Collaborating with healthcare professionals to ensure comprehensive patient care.
 * Monitoring and documenting patient progress and response to treatments.
 * Educating patients and their families about health conditions, treatment options, and preventive measures.
 * Performing diagnostic tests and interpreting results to inform medical decisions.
 * Keeping up-to-date with medical advancements and best practices in the field.
 * Adhering to ethical and legal standards in patient care and medical practices.
 * Participating in continuing education and professional development activities.
 * Providing emotional support and counseling to patients facing health challenges.
 * Engaging in community outreach and health promotion initiatives.
 * Maintaining accurate and confidential patient records in compliance with regulations.
 * Responding to medical emergencies and providing immediate care when necessary.
 * Collaborating in research activities to advance medical knowledge and practices.
 * Upholding the values of compassion, integrity, and respect in all interactions with patients and colleagues.</t>
   </si>
   <si>
-    <t>* Realizar evaluaciones y valoraciones médicas exhaustivas de los pacientes.
-[...15 lines deleted...]
-  <si>
     <t>Medical Institution Manager</t>
-  </si>
-[...1 lines deleted...]
-    <t>Director de servicios sanitarios</t>
   </si>
   <si>
     <t>* Overseeing the daily operations of the medical institution to ensure efficient service delivery.
 * Developing and implementing policies and procedures in alignment with healthcare regulations and standards.
 * Managing budgets, financial resources, and funding allocations to optimize institutional performance.
 * Coordinating with medical staff, administrative personnel, and external stakeholders to foster a collaborative work environment.
 * Ensuring compliance with health and safety regulations, as well as quality assurance protocols.
 * Leading recruitment, training, and professional development initiatives for healthcare personnel.
 * Evaluating and improving patient care services and operational processes to enhance service quality.
 * Analyzing performance metrics and preparing reports for stakeholders on institutional performance and strategic initiatives.
 * Addressing patient and staff concerns, facilitating conflict resolution, and promoting a positive organizational culture.
 * Engaging with community stakeholders to promote health programs and services offered by the institution.</t>
   </si>
   <si>
-    <t>* Supervisar las operaciones diarias de la institución médica para garantizar una entrega de servicios eficiente.
-[...10 lines deleted...]
-  <si>
     <t>Medical Laboratory Technician</t>
-  </si>
-[...1 lines deleted...]
-    <t>Técnico de laboratorio médico</t>
   </si>
   <si>
     <t>* Laboratory testing according to standard analytical methods.
 * Receiving and accepting samples of biological material.
 * Operating diagnostic equipment in the laboratory.
 * Evaluating results and detecting changes in the physiological and pathological conditions.
 * Preparing medical documentation related to test results.</t>
   </si>
   <si>
-    <t>* Realización de análisis de laboratorio según métodos analíticos estándar.
-[...5 lines deleted...]
-  <si>
     <t>Medical Orderly</t>
-  </si>
-[...1 lines deleted...]
-    <t>Auxiliar sanitario</t>
   </si>
   <si>
     <t>* Manipulation with biological material such as blood, urine, etc.
 * Positioning of patients.
 * Helping the patients with hygiene and other ancillary work according to the instructions of the nurse.
 * Transport of patients to their destination, e.g. to the operating room, bed, medical examination etc.
 * Preparing medical supplies and aids as directed by the nurse.
 * Taking care of the patient`s bed and other inventory of the medical facility, e.g. collection and disposal of used bedclothes.
 * Basic treatment of patients such as dressing.</t>
   </si>
   <si>
-    <t>* Manipulación de material biológico como sangre, orina, etc.
-[...7 lines deleted...]
-  <si>
     <t>Medical Records Clerk</t>
-  </si>
-[...1 lines deleted...]
-    <t>Empleado de registros médicos</t>
   </si>
   <si>
     <t>* Maintaining and organizing patient medical records in compliance with legal and ethical standards.
 * Ensuring accuracy and confidentiality of patient information in electronic and paper formats.
 * Updating and retrieving patient records as requested by healthcare professionals or authorized personnel.
 * Assisting in the processing of patient admissions, discharges, and transfers by managing relevant documentation.
 * Coordinating with healthcare staff to ensure timely access to medical records for patient care.
 * Responding to inquiries regarding medical records and providing assistance to patients and families as needed.
 * Conducting regular audits of medical records for completeness and accuracy.
 * Training new staff on medical record management procedures and systems.
 * Implementing and adhering to policies related to health information management.
 * Supporting the overall administrative functions of the healthcare facility through effective record-keeping.</t>
   </si>
   <si>
-    <t>* Mantener y organizar los registros médicos de los pacientes en cumplimiento con los estándares legales y éticos.
-[...10 lines deleted...]
-  <si>
     <t>Medical/Pharmaceutical Sales Representative</t>
-  </si>
-[...1 lines deleted...]
-    <t>Representante de ventas médicas/farmacéuticas</t>
   </si>
   <si>
     <t>* Educating clients about products and services.
 * Promoting and presenting the sales program to potential and existing customers.
 * Maintaining and developing relationships with current clients while identifying new customers to expand the sales program.
 * Conducting market research and monitoring competitor activities.
 * Actively participating in professional conferences and events.
 * Engaging in training sessions to enhance sales skills and familiarize with the sales program.
 * Regularly reporting on activities undertaken and being accountable for achieving sales targets.
 * Collaborating with healthcare professionals, including doctors, pharmacists, and medical staff in clinics, pharmacies, and other healthcare facilities.
 * Developing strategies to effectively communicate product benefits and address client needs.
 * Ensuring compliance with industry regulations and company policies during sales activities.</t>
   </si>
   <si>
-    <t>* Educar a los clientes sobre productos y servicios.
-[...10 lines deleted...]
-  <si>
     <t>Microbiologist</t>
-  </si>
-[...1 lines deleted...]
-    <t>Microbiólogo</t>
   </si>
   <si>
     <t>* Laboratory diagnostics of viral, bacterial, parasitic and fungal diseases
 * Evaluating and monitoring results
 * Supervising how procedures are followed
 * Introducing new investigative procedures (methodology) and techniques
 * Participation in domestic and foreign professional gatherings, suggestions and application of knowledge acquired at these events</t>
   </si>
   <si>
-    <t>* Diagnósticos de laboratorio de enfermedades virales, bacterianas, parasitarias y fúngicas
-[...5 lines deleted...]
-  <si>
     <t>Midwife</t>
-  </si>
-[...1 lines deleted...]
-    <t>Matrona</t>
   </si>
   <si>
     <t>* Providing care to women during pregnancy, childbirth and postpartum period.
 * Keeping and supporting the optimum health condition of new and expectant mothers.
 * Leading a physiological birth, cooperating with a doctor in case of complications.
 * Educating new and expectant mothers regarding the care for newborns.
 * Preparing new and expectant mothers for breastfeeding.
 * Visiting women with gynaecological problems.
 * Managing medical records.</t>
   </si>
   <si>
-    <t>* Proporcionar atención a las mujeres durante el embarazo, el parto y el período postparto.
-[...7 lines deleted...]
-  <si>
     <t>Nanny</t>
-  </si>
-[...1 lines deleted...]
-    <t>Niñera</t>
   </si>
   <si>
     <t>* Providing attentive and nurturing care for children in a home setting.
 * Creating a safe, stimulating, and engaging environment for child development.
 * Planning and supervising age-appropriate activities, including educational games and outings.
 * Assisting with daily routines such as meals, bathing, dressing, and bedtime.
 * Supporting children's emotional and social development through positive reinforcement and guidance.
 * Communicating effectively with parents regarding children's progress, behavior, and any concerns.
 * Maintaining a clean and organized environment, including tidying up play areas and children's rooms.
 * Administering basic first aid and medication as needed, following parents' instructions.
 * Collaborating with parents to establish and adhere to family routines and rules.
 * Adapting care techniques to meet the individual needs and preferences of each child.
 * Ensuring compliance with safety regulations and guidelines to protect children at all times.
 * Providing transportation for children to and from activities, school, or appointments as required.</t>
   </si>
   <si>
-    <t>* Brindar atención y cuidado afectuoso a los niños en un entorno hogareño.
-[...12 lines deleted...]
-  <si>
     <t>Nurse</t>
-  </si>
-[...1 lines deleted...]
-    <t>Enfermera</t>
   </si>
   <si>
     <t>* Providing assistance during specialised medical procedures and examinations.
 * Measuring and monitoring patient vital signs and functions.
 * Administering injections and prescribed medications to patients.
 * Collecting samples of biological materials.
 * Ordering preventative check-ups and examinations for patients.
 * Administering health records and documentation.
 * Washing, disinfecting, and sterilising medical instruments and aids.
 * Providing first aid in an emergency.</t>
   </si>
   <si>
-    <t>* Prestar asistencia durante procedimientos y exámenes médicos especializados.
-[...8 lines deleted...]
-  <si>
     <t>Nutrition Assistant</t>
-  </si>
-[...1 lines deleted...]
-    <t>Asistente de nutrición</t>
   </si>
   <si>
     <t>* Compiling menus, depending on the type of diet.
 * Cooperating with doctors in the area of diet therapy.
 * Providing counselling and consultations in the area of healthy nutrition.
 * Leading discussions on the principles of proper nutrition, beneficial and harmful foods, their nutritional value, etc.
 * Keeping the compulsory medical documentation.</t>
   </si>
   <si>
-    <t>* Elaborar menús según el tipo de dieta.
-[...5 lines deleted...]
-  <si>
     <t>Occupational health nurse</t>
-  </si>
-[...1 lines deleted...]
-    <t>Enfermera de salud ocupacional</t>
   </si>
   <si>
     <t>* Conducting health assessments and screenings for employees to monitor their overall health and well-being.
 * Providing education and guidance on occupational health issues, including injury prevention and wellness programs.
 * Collaborating with management to develop and implement health and safety policies and procedures.
 * Administering first aid and emergency care in case of workplace injuries or health crises.
 * Monitoring and evaluating workplace environments to ensure compliance with health regulations.
 * Maintaining accurate health records and documentation for all employee interactions and treatments.
 * Offering support and counseling for employees dealing with work-related stress or mental health issues.
 * Coordinating with external healthcare providers and specialists as necessary for employee referrals and treatments.
 * Participating in health promotion activities and initiatives to foster a healthier workplace culture.
 * Staying updated on industry trends and best practices in occupational health to continuously improve services.</t>
   </si>
   <si>
-    <t>* Realizar evaluaciones y exámenes de salud a los empleados para monitorear su salud y bienestar general.
-[...10 lines deleted...]
-  <si>
     <t>Optometrist</t>
-  </si>
-[...1 lines deleted...]
-    <t>Optometrista</t>
   </si>
   <si>
     <t>* Communicating with clients in order to become familiar with their health condition, previous eye problems, their profession, etc.
 * Operating ophthalmic instruments.
 * Examining of clients’ eyesight, identifying the power of dioptres.
 * Fabricating, repairing and customising the corrective devices.
 * Providing advice concerning the selection of contact lenses, spectacle frames, etc.</t>
   </si>
   <si>
-    <t>* Comunicarse con los clientes para conocer su estado de salud, problemas oculares previos, profesión, etc.
-[...5 lines deleted...]
-  <si>
     <t>Orthopedic Technician</t>
-  </si>
-[...1 lines deleted...]
-    <t>Técnico ortopédico</t>
   </si>
   <si>
     <t>* Checking prosthetic products and semi-products.
 * Processing leather (rawhide) and lining materials manually and using machinery.
 * Making orthopaedic devices using machinery.
 * Joining orthopaedic materials by hand and machine sewing, riveting (solid bonding with metal components), etc.
 * Adjusting orthopaedic parts made from wood, leather, plastics, and other natural materials.
 * Making soft bandages and combined orthopaedic inserts.
 * Making orthopaedic shoes on the basis of prescriptions.</t>
   </si>
   <si>
-    <t>* Revisión de productos y semi-productos protésicos.
-[...7 lines deleted...]
-  <si>
     <t>Pharmaceutical Laboratory Technician</t>
-  </si>
-[...1 lines deleted...]
-    <t>Técnico de laboratorio farmacéutico</t>
   </si>
   <si>
     <t>* Preparing medications according to standard prescriptions.
 * Weighing substances used in the preparation of medications, without participating in the formulation process according to the physician's instructions.
 * Maintaining laboratory equipment and ensuring cleanliness.
 * Conducting various physical-chemical and biological analyses and measurements using laboratory apparatus.
 * Assisting in the preparation of production and overseeing technological phases in the manufacturing of pharmaceutical and cosmetic products.
 * Collaborating with pharmacists and other healthcare professionals to ensure accurate medication preparation.
 * Adhering to safety and quality standards in all laboratory and production processes.
 * Documenting and reporting any discrepancies or issues encountered during the preparation and analysis processes.
 * Participating in training and continuous education to stay updated on new pharmaceutical practices and technologies.
 * Supporting the research and development of new pharmaceutical formulations and products.</t>
   </si>
   <si>
-    <t>* Preparar medicamentos según prescripciones estándar.
-[...10 lines deleted...]
-  <si>
     <t>Pharmacist</t>
-  </si>
-[...1 lines deleted...]
-    <t>Farmacéutico</t>
   </si>
   <si>
     <t>* Preparing medications according to physician prescriptions.
 * Providing information to patients regarding the purpose and application of medications.
 * Addressing customer inquiries about prescribed medications, including potential side effects and interactions with other drugs or conditions.
 * Responding to questions about over-the-counter medications and substances used for the prevention of certain conditions.
 * Compounding medications by mixing ingredients in the forms of powders, tablets, capsules, and solutions.
 * Ensuring the safe storage and handling of pharmaceuticals in compliance with regulations.
 * Monitoring patient health and progress to ensure safe and effective medication use.
 * Collaborating with healthcare professionals to assess patient needs and recommend appropriate therapies.
 * Educating patients on proper medication usage, potential side effects, and lifestyle modifications to enhance treatment outcomes.
 * Maintaining accurate records of prescriptions, patient interactions, and medication inventories.
 * Staying updated on new medications, treatments, and industry regulations to provide the best care possible.</t>
   </si>
   <si>
-    <t>* Preparar medicamentos según las recetas médicas.
-[...11 lines deleted...]
-  <si>
     <t>Physiotherapist</t>
-  </si>
-[...1 lines deleted...]
-    <t>Fisioterapeuta</t>
   </si>
   <si>
     <t>* Assessing the health condition of patients, diagnosing the source of troubles.
 * Prescribing specialised exercises depending on the nature of the troubles.
 * Performing rehabilitation procedures and exercises.
 * Instructing patients regarding proper walking, sitting, standing, and posture.
 * Managing documentation on the health condition of patients.</t>
   </si>
   <si>
-    <t>* Evaluar el estado de salud de los pacientes, diagnosticar el origen de los problemas.
-[...5 lines deleted...]
-  <si>
     <t>Pre-school/School/ Kindergarder nurse</t>
-  </si>
-[...1 lines deleted...]
-    <t>Enfermera en escuela/guardería</t>
   </si>
   <si>
     <t>* Providing nursing care and support to preschool and school-aged children.
 * Conducting health assessments and monitoring the physical and emotional well-being of students.
 * Administering medications and treatments as prescribed and maintaining accurate health records.
 * Collaborating with educators and parents to promote health education and wellness initiatives.
 * Identifying and addressing health issues and concerns among students.
 * Ensuring compliance with health regulations and school policies.
 * Organizing and participating in health screenings and immunization programs.
 * Developing and implementing health promotion activities and programs in the school environment.
 * Responding to medical emergencies and providing first aid as needed.
 * Maintaining a safe and healthy school environment by promoting hygiene and disease prevention.
 * Serving as a resource for students, parents, and staff regarding health-related issues.
 * Keeping up-to-date with developments in pediatric nursing and school health practices.</t>
   </si>
   <si>
-    <t>* Proporcionar atención y apoyo de enfermería a niños en edad preescolar y escolar.
-[...12 lines deleted...]
-  <si>
     <t>Priest</t>
-  </si>
-[...1 lines deleted...]
-    <t>Sacerdote</t>
   </si>
   <si>
     <t>* Providing spiritual guidance and support to individuals and families within the community.
 * Leading religious services, including worship, sacraments, and ceremonies.
 * Offering counseling and emotional support to congregants during times of crisis and personal challenges.
 * Engaging in community outreach initiatives to promote social welfare and spiritual development.
 * Collaborating with other religious and community organizations to address social issues and provide assistance.
 * Conducting educational programs, such as Bible studies and religious education for all age groups.
 * Visiting the sick, elderly, and those in need to provide comfort and companionship.
 * Maintaining accurate records of church activities, membership, and financial contributions.
 * Upholding the values and teachings of the faith while fostering a welcoming environment for all.
 * Encouraging volunteerism and participation in church activities and community service projects.</t>
   </si>
   <si>
-    <t>* Brindar orientación y apoyo espiritual a individuos y familias dentro de la comunidad.
-[...10 lines deleted...]
-  <si>
     <t>* Develop and implement effective marketing strategies for healthcare products and services.
 * Conduct market research to identify customer needs, preferences, and trends within the healthcare sector.
 * Collaborate with cross-functional teams, including sales, product development, and customer service, to ensure alignment of marketing initiatives.
 * Create and manage product positioning, messaging, and promotional campaigns to enhance brand visibility and market share.
 * Analyze competitor offerings and industry developments to identify opportunities for product differentiation and innovation.
 * Prepare and present marketing plans, budgets, and performance reports to senior management.
 * Oversee the creation of marketing materials, including brochures, presentations, and digital content, ensuring consistency with brand guidelines.
 * Foster relationships with key stakeholders, including healthcare providers, industry influencers, and clients, to drive product adoption and customer loyalty.
 * Monitor and evaluate the effectiveness of marketing campaigns, making data-driven adjustments to optimize performance.
 * Stay updated on regulatory requirements and industry standards to ensure compliance in all marketing activities.</t>
   </si>
   <si>
-    <t>* Desarrollar e implementar estrategias de marketing efectivas para productos y servicios de atención médica.
-[...10 lines deleted...]
-  <si>
     <t>Public Health Administrator</t>
-  </si>
-[...1 lines deleted...]
-    <t>Administrador de salud pública</t>
   </si>
   <si>
     <t>* Performing expert activities in the area of primary prevention, protection, support, and strengthening of public health.
 * Performing state health supervision in the field of environment and working environment, occupational health, the creation and protection of healthy living and working conditions of children and youth, and on workplaces with ionising radiation.
 * Monitoring and statistical analysis of environmental factors and health characteristics.
 * Performing specialised tasks within the public health surveillance.
 * Performing activities in the area of health counselling and education.</t>
   </si>
   <si>
-    <t>* Realización de actividades expertas en el área de prevención primaria, protección, apoyo y fortalecimiento de la salud pública.
-[...5 lines deleted...]
-  <si>
     <t>Radiographer</t>
-  </si>
-[...1 lines deleted...]
-    <t>Radiólogo</t>
   </si>
   <si>
     <t>* Performing diagnostic imaging examinations using X-ray equipment to assist in the diagnosis and treatment of patients.
 * Collaborating with physicians and healthcare professionals to determine appropriate imaging techniques and protocols.
 * Preparing patients for radiographic procedures by explaining the process, addressing concerns, and ensuring comfort.
 * Positioning patients correctly to obtain high-quality images while minimizing exposure to radiation.
 * Maintaining and operating radiographic equipment, ensuring compliance with safety and quality standards.
 * Analyzing images for technical quality and assisting in the interpretation of findings.
 * Keeping accurate patient records and documenting procedures performed and results obtained.
 * Ensuring the cleanliness and organization of the radiography department and equipment.
 * Staying updated with advancements in radiographic technology and techniques through continuous education and training.
 * Adhering to all regulatory and safety guidelines to ensure a safe environment for patients and staff.</t>
   </si>
   <si>
-    <t>* Realizar exámenes de imágenes diagnósticas utilizando equipos de rayos X para ayudar en el diagnóstico y tratamiento de pacientes.
-[...10 lines deleted...]
-  <si>
     <t>Radiology Assistant</t>
-  </si>
-[...1 lines deleted...]
-    <t>Auxiliar de radiología</t>
   </si>
   <si>
     <t>* Independent specialised professional work during standard skiagraphic and skiascopic examinations.
 * Assisting with non-standard radiological operations using complex instrumentation.
 * Developing and processing of film material in the darkroom.
 * Performing CT and MR examinations and assisting in CT-guided intervention (biopsy and drainage).
 * Processing CT and MR image documentation and its recording on electronic media.
 * Informing the patient about the nature, preparation, duration, and potential risks of examination as well as the time of receiving the results.</t>
   </si>
   <si>
-    <t>* Trabajo profesional especializado independiente durante exámenes esquigráficos y esquiascópicos estándar.
-[...6 lines deleted...]
-  <si>
     <t>Regulatory Affairs Manager</t>
-  </si>
-[...1 lines deleted...]
-    <t>Gerente de asuntos regulatorios</t>
   </si>
   <si>
     <t>* Preparing, submitting, and implementing registration documents of pharmaceutical products.
 * Ensuring the correct translation and comprehensibility of technical texts shown on the packaging and package inserts of medicines.
 * Negotiation with the company’s internal clients.
 * Communicating with regulatory authorities, state institutions (National Institute for Drug Control, Ministry of Health of the Slovak Republic) and the company's headquarters.
 * Preparing, submitting, and detailed processing of requests for the authorisation of clinical trials.</t>
   </si>
   <si>
-    <t>* Preparar, presentar e implementar la documentación de registro de productos farmacéuticos.
-[...5 lines deleted...]
-  <si>
     <t>Regulatory Affairs Specialist</t>
-  </si>
-[...1 lines deleted...]
-    <t>Especialista en asuntos regulatorios</t>
   </si>
   <si>
     <t>* Preparing documents for product registration by the State Institute for Drug Control (SIDC).
 * Updating the registration database and archiving documentation.
 * Updating and reviewing registration documentation on the basis of comments.
 * Monitoring legislative changes at the national and European levels.
 * Ensuring compliance and implementation of the legislative requirements.
 * Checking product documentation, advertising materials, and texts.
 * Ensuring the preparation and evaluation of analyses.
 * Communicating with regulatory authorities, state institutions, and other departments within the company.</t>
   </si>
   <si>
-    <t>* Preparar documentos para el registro de productos por parte del Instituto Estatal de Control de Medicamentos (IECM).
-[...8 lines deleted...]
-  <si>
     <t>Research Physician</t>
-  </si>
-[...1 lines deleted...]
-    <t>Médico investigador</t>
   </si>
   <si>
     <t>* Performs screening assessments including physical examinations, medical history review; reviews results of diagnostic studies; evaluates subjects with regard to suitability for protocols
 * Counsels subjects with regard to abnormal and/or exclusionary diagnostic results, as necessary 
 * Accurately completes source documents and data input
 * Provides medical care and emergency care for study subjects, as necessary
 * Performs duties accurately and within timelines to avoid unnecessary wastage of valuable resources 
 * Responsible for the study design, documentation and reports of all medical aspects to insure that the safety and medical execution is secured</t>
   </si>
   <si>
-    <t>* Realiza evaluaciones de selección, incluidos exámenes físicos y revisión del historial médico; revisa los resultados de los estudios diagnósticos; evalúa a los sujetos con respecto a su idoneidad para los protocolos
-[...6 lines deleted...]
-  <si>
     <t>Secretary of health department</t>
-  </si>
-[...1 lines deleted...]
-    <t>Secretario del departamento de salud</t>
   </si>
   <si>
     <t>* Providing administrative support to the health department, ensuring smooth operations and effective communication.
 * Managing schedules, appointments, and meetings for health department officials and staff.
 * Maintaining accurate records of health-related documents, reports, and correspondence.
 * Assisting in the preparation and distribution of health policies, guidelines, and informational materials.
 * Coordinating communication between the health department and external stakeholders, including government agencies and community organizations.
 * Handling inquiries from the public and providing information regarding health services and programs.
 * Assisting in the organization of health department events, workshops, and training sessions.
 * Managing office supplies and inventory, ensuring that necessary materials are available for staff.
 * Supporting the development and implementation of health initiatives and programs.
 * Contributing to the overall efficiency and effectiveness of the health department's operations.</t>
   </si>
   <si>
-    <t>* Brindar apoyo administrativo al departamento de salud, asegurando operaciones fluidas y comunicación efectiva.
-[...10 lines deleted...]
-  <si>
     <t>Social counselor</t>
-  </si>
-[...1 lines deleted...]
-    <t>Consejero social</t>
   </si>
   <si>
     <t>* Providing guidance and support to individuals facing social, emotional, and psychological challenges.
 * Conducting assessments to determine clients' needs and developing personalized intervention plans.
 * Facilitating individual and group counseling sessions to promote personal growth and social adjustment.
 * Collaborating with other professionals, including social workers, psychologists, and healthcare providers, to coordinate comprehensive care.
 * Advocating for clients' rights and ensuring they have access to necessary resources and services.
 * Assisting clients in navigating social services systems and accessing community resources.
 * Maintaining accurate and confidential client records, documenting progress and outcomes.
 * Participating in ongoing professional development and training to stay updated on best practices in social counseling.
 * Educating clients and their families about mental health issues and available support systems.
 * Monitoring and evaluating the effectiveness of intervention plans and making adjustments as necessary.</t>
   </si>
   <si>
-    <t>* Brindar orientación y apoyo a personas que enfrentan desafíos sociales, emocionales y psicológicos.
-[...10 lines deleted...]
-  <si>
     <t>Social rehabilitation specialist</t>
-  </si>
-[...1 lines deleted...]
-    <t>Especialista en rehabilitación social</t>
   </si>
   <si>
     <t>* Assessing the needs and capabilities of individuals requiring social rehabilitation services.
 * Developing and implementing personalized rehabilitation plans in collaboration with clients and interdisciplinary teams.
 * Providing guidance and support to clients in developing life skills, social skills, and coping strategies.
 * Facilitating group therapy sessions and workshops to promote social interaction and community integration.
 * Monitoring client progress and adjusting rehabilitation plans as necessary to ensure optimal outcomes.
 * Collaborating with healthcare professionals, social workers, and community organizations to coordinate services and resources.
 * Educating clients and their families about available social services and support systems.
 * Advocating for clients' rights and needs within various social service frameworks.
 * Maintaining accurate records and documentation of client interactions, progress, and outcomes.
 * Staying informed about best practices and developments in the field of social rehabilitation and related areas.</t>
   </si>
   <si>
-    <t>* Evaluar las necesidades y capacidades de las personas que requieren servicios de rehabilitación social.
-[...10 lines deleted...]
-  <si>
     <t>Speech Therapist</t>
-  </si>
-[...1 lines deleted...]
-    <t>Logopeda</t>
   </si>
   <si>
     <t>* Assessing, diagnosing, and treating speech, language, and communication disorders in individuals of all ages.
 * Developing personalized treatment plans tailored to the specific needs of each client.
 * Conducting therapy sessions to improve speech clarity, language skills, and communication abilities.
 * Collaborating with other healthcare professionals, educators, and families to support clients' overall development.
 * Utilizing evidence-based practices and therapeutic techniques to enhance client outcomes.
 * Monitoring and documenting clients’ progress and adjusting treatment plans as necessary.
 * Providing guidance and support to families regarding communication strategies and resources.
 * Educating clients and their families about speech and language disorders and the therapeutic process.
 * Participating in continuing education and professional development to stay current with best practices in the field.
 * Maintaining confidentiality and adhering to ethical standards in all aspects of practice.</t>
   </si>
   <si>
-    <t>* Evaluar, diagnosticar y tratar trastornos del habla, el lenguaje y la comunicación en personas de todas las edades.
-[...10 lines deleted...]
-  <si>
     <t>Veterinarian</t>
-  </si>
-[...1 lines deleted...]
-    <t>Veterinario</t>
   </si>
   <si>
     <t>* Examining the health of animals, determining diagnoses.
 * Examining and removing tissues and biological materials.
 * Prescribing and administering drugs to animals.
 * Performing minor and major surgeries.
 * Vaccinating animals against diseases, treating them for parasites.
 * Sterilising animals.
 * Euthanising animals.
 * Providing advice to owners and keepers of animals regarding proper nutrition.</t>
   </si>
   <si>
-    <t>* Examinar la salud de los animales y determinar diagnósticos.
-[...8 lines deleted...]
-  <si>
     <t>Veterinary Technician</t>
-  </si>
-[...1 lines deleted...]
-    <t>Técnico veterinario</t>
   </si>
   <si>
     <t>* Assisting or performing treatments, diagnostics and monitoring.
 * Collecting, preparing and running or submitting samples for requested tests.
 * Providing specialised nursing care.
 * Preparing animals, instruments and equipment for surgery.
 * Preparing prescriptions, dispensed medications and medication refills.
 * Assisting with with inventory control.</t>
   </si>
   <si>
-    <t>* Ayudar o realizar tratamientos, diagnósticos y seguimiento.
-[...6 lines deleted...]
-  <si>
     <t>Ward domestic</t>
-  </si>
-[...1 lines deleted...]
-    <t>Cuidador a domicilio</t>
   </si>
   <si>
     <t>* Maintaining cleanliness and hygiene standards within the ward environment.
 * Assisting healthcare staff with the preparation of patient rooms and facilities.
 * Supporting patients with daily living activities, ensuring their comfort and dignity.
 * Distributing meals and snacks to patients, ensuring dietary requirements are met.
 * Collecting and disposing of waste materials in accordance with health regulations.
 * Reporting any safety hazards or maintenance issues to the appropriate personnel.
 * Assisting in the transportation of patients within the facility when needed.
 * Collaborating with nursing staff to ensure a safe and supportive environment for patients.
 * Participating in training and development programs to enhance skills and knowledge.
 * Upholding confidentiality and respecting patient privacy at all times.</t>
   </si>
   <si>
-    <t>* Mantener los estándares de limpieza e higiene dentro del entorno de la sala.
-[...10 lines deleted...]
-  <si>
     <t>Youth worker</t>
-  </si>
-[...1 lines deleted...]
-    <t>Trabajador juvenil</t>
   </si>
   <si>
     <t>* Supporting and empowering young individuals in personal development and social integration.
 * Developing and implementing engaging programs and activities tailored to the needs of youth.
 * Building trusting relationships with young people to foster a safe and supportive environment.
 * Collaborating with families, schools, and community organizations to promote youth welfare.
 * Conducting assessments to identify the needs and challenges faced by youth.
 * Providing guidance and counseling to help young people navigate personal and social issues.
 * Facilitating workshops and group discussions on topics such as life skills, education, and health.
 * Monitoring and evaluating the progress of youth participants in programs and activities.
 * Advocating for the rights and needs of young individuals within the community.
 * Maintaining accurate records of interactions and progress for reporting and evaluation purposes.
 * Participating in training and professional development to enhance skills and knowledge in youth work.
 * Ensuring compliance with relevant policies, procedures, and best practices in youth services.</t>
   </si>
   <si>
-    <t>* Apoyar y empoderar a jóvenes en su desarrollo personal y su integración social.
-[...12 lines deleted...]
-  <si>
     <t>Mining, Metallurgy</t>
   </si>
   <si>
-    <t>Minería, metalurgia</t>
-[...1 lines deleted...]
-  <si>
     <t>Iron founder</t>
-  </si>
-[...1 lines deleted...]
-    <t>Fundador de hierro</t>
   </si>
   <si>
     <t>* Fabricating models serving as a model for the production of castings.
 * Fabricating one-time and permanent founding forms.
 * Operating smelting machines and equipment in order to melt the metal to the desired temperature.
 * Fabricating components with complex shapes and semi-finished products by casting molten metal into sand, ceramic and metal moulds.
 * Removing the rough castings from moulds after cooling.
 * Removing the residues of moulding material from the surface of rough castings.
 * Grinding, sanding or other processing of rough castings.</t>
   </si>
   <si>
-    <t>* Fabricar modelos que sirvan como modelo para la producción de fundiciones.
-[...7 lines deleted...]
-  <si>
     <t>Metallurgist</t>
-  </si>
-[...1 lines deleted...]
-    <t>Metalúrgico</t>
   </si>
   <si>
     <t>* Producing pig iron, steel and nonferrous metals.
 * Operating machinery and equipment preparing ore for further processing.
 * Compiling batches and their charging into the smelter.
 * Operating equipment for the production of pig iron, steel and nonferrous metals.
 * Reviewing the course of the melting process.
 * Cleaning, treating and maintaining machinery and equipment in working order.</t>
   </si>
   <si>
-    <t>* Producción de arrabio, acero y metales no férricos.
-[...6 lines deleted...]
-  <si>
     <t>Metallurgy Engineer</t>
-  </si>
-[...1 lines deleted...]
-    <t>Ingeniero metalúrgico</t>
   </si>
   <si>
     <t>* Developing new and improving existing methods of extracting metals.
 * Developing new and improving existing metals and alloys.
 * Sampling ores and subjecting them to laboratory analyses.
 * Examining the structure of metals and their physical properties.
 * Finding a use for steel scrap and lower grade ores.</t>
   </si>
   <si>
-    <t>* Desarrollar nuevos métodos y mejorar los métodos existentes para extraer metales.
-[...5 lines deleted...]
-  <si>
     <t>Miner</t>
-  </si>
-[...1 lines deleted...]
-    <t>Minero</t>
   </si>
   <si>
     <t>* Changing into work clothing, accepting protective gear, headlamps and protective devices before the shift.
 * Handing over personal metal signs to dispatchers before descending into the mine.
 * Descending underground using the mine elevator.
 * Using an electric mine train and walking to the mining field.
 * Mining mineral raw materials by means of mechanical equipment and tools.
 * Completing a thorough physical examination before leaving the mine (in case of mining precious metals, stones, etc.).</t>
   </si>
   <si>
-    <t>* Cambiar a ropa de trabajo, aceptar equipo de protección, linternas y dispositivos de protección antes del turno.
-[...6 lines deleted...]
-  <si>
     <t>Mining Engineer</t>
-  </si>
-[...1 lines deleted...]
-    <t>Ingeniero de minas</t>
   </si>
   <si>
     <t>* Conducting feasibility studies and environmental assessments for mining projects.
 * Designing and planning mining operations, including the selection of equipment and technology.
 * Overseeing the extraction process to ensure efficiency and safety.
 * Collaborating with geologists to evaluate mineral deposits and resource potential.
 * Implementing and monitoring health, safety, and environmental policies and practices.
 * Analyzing data to improve operational processes and reduce costs.
 * Managing teams of technicians and workers to ensure project completion within deadlines.
 * Preparing technical reports and presentations for stakeholders and regulatory bodies.
 * Staying updated on industry trends, technologies, and regulations affecting mining operations.
 * Ensuring compliance with local, national, and international mining laws and regulations.
 * Participating in community engagement initiatives related to mining activities.
 * Providing training and support to junior engineers and other staff members.
 * Troubleshooting operational issues and developing solutions to enhance productivity.
 * Coordinating with other departments, such as finance and logistics, to align project goals.
 * Evaluating the performance of mining equipment and recommending upgrades or replacements.</t>
   </si>
   <si>
-    <t>* Realizar estudios de viabilidad y evaluaciones ambientales para proyectos mineros.
-[...15 lines deleted...]
-  <si>
     <t>Mining Technician</t>
-  </si>
-[...1 lines deleted...]
-    <t>Técnico de minas</t>
   </si>
   <si>
     <t>* Participating in the search for new deposits.
 * Measuring the amount of air in mine tunnels.
 * Participating in designing and installing mine ventilation systems.
 * Taking samples of air and their laboratory analysing for the presence of methane and other toxic gases.
 * Obtaining information by means of physicochemical tests and by observing the mining operations.
 * Issuing warnings about the dangers of entering the selected areas in the mine.
 * Communicating with the mine workers on the working conditions.</t>
   </si>
   <si>
-    <t>* Participar en la búsqueda de nuevos yacimientos.
-[...7 lines deleted...]
-  <si>
     <t>Petroleum engineer</t>
-  </si>
-[...1 lines deleted...]
-    <t>Ingeniero de petróleo</t>
   </si>
   <si>
     <t>* Plans and designs equipment and processes to achieve the maximum profitable recovery of oil and gas. 
 * Prospects for reservoirs containing oil or natural gas. 
 * Collaborates with geologists and other specialists to understand the geologic formation and properties of the rock containing the reservoir, determine the drilling methods to be used, and monitor drilling and production operations.
 * Develops well drilling plan for management approval. 
 * Utilizes computer models to simulate reservoir performance using different recovery techniques and effects of various drilling options. 
 * Provides technical consultation during drilling operations.</t>
   </si>
   <si>
-    <t>* Planea y diseña equipos y procesos para lograr la recuperación máxima y rentable de petróleo y gas.
-[...6 lines deleted...]
-  <si>
     <t>Pharmaceutical Industry</t>
   </si>
   <si>
-    <t>Industria farmacéutica</t>
-[...1 lines deleted...]
-  <si>
     <t>Clinical Data Manager</t>
-  </si>
-[...1 lines deleted...]
-    <t>Gestor de datos clínicos</t>
   </si>
   <si>
     <t>* Ensuring the accuracy of statistical information and the results of clinical trials.
 * Drafting and approving information collection forms.
 * Recording information on the effects of drugs on trial participants.
 * Entering information on trial participants into the computer system.
 * Entering data on the type, dose, and effects of drugs on a specific group of trial participants into the computer system.
 * Instructing monitors of clinical trials in order to obtain more valuable information.
 * Preparing and submitting final reports to superiors.</t>
   </si>
   <si>
-    <t>* Asegurar la precisión de la información estadística y los resultados de los ensayos clínicos.
-[...7 lines deleted...]
-  <si>
     <t>* Participating in the selecting of facilities for carrying out clinical trials.
 * Monitoring the progress of clinical trials, supervising compliance with the defined procedure by the investigators.
 * Responsibility for reviewing the accuracy and data processing.
 * Communicating with the regulatory bodies and other institutions.
 * Preparing documents for the National Institute for Drug Control (NIDC) and the European Commission (EC).
 * Submitting regular reports on the progress of studies.</t>
   </si>
   <si>
-    <t>* Participar en la selección de instalaciones para la realización de ensayos clínicos.
-[...6 lines deleted...]
-  <si>
     <t>Drug Safety Specialist</t>
-  </si>
-[...1 lines deleted...]
-    <t>Especialista en seguridad de los medicamentos</t>
   </si>
   <si>
     <t>* Collecting information on contraindications and adverse reactions to drugs on the market and in clinical research.
 * Evaluating the information found.
 * Implementing and monitoring compliance with standards and methods relating to pharmacovigilance.
 * Preparing and submitting periodic reports on the safety of drugs to the State Institute for Drug Control (SIDC).
 * Training new members of the pharmacovigilance department.</t>
   </si>
   <si>
-    <t>* Recopilar información sobre contraindicaciones y reacciones adversas a medicamentos en el mercado y en investigación clínica.
-[...5 lines deleted...]
-  <si>
     <t>Head Pharmacist</t>
-  </si>
-[...1 lines deleted...]
-    <t>Farmacéutico jefe</t>
   </si>
   <si>
     <t>* Overseeing the daily operations of the pharmacy, ensuring compliance with all regulatory requirements and best practices.
 * Managing and supervising pharmacy staff, including pharmacists and pharmacy technicians, to ensure high-quality patient care and service.
 * Developing and implementing pharmacy policies and procedures to enhance operational efficiency and safety.
 * Ensuring accurate and timely dispensing of medications and providing consultation to patients regarding their prescriptions and over-the-counter medications.
 * Collaborating with healthcare professionals to optimize medication therapy and patient outcomes.
 * Monitoring inventory levels, ordering medications and supplies, and managing stock to prevent shortages and waste.
 * Conducting regular training and development sessions for pharmacy staff to keep them informed of new products, regulations, and best practices.
 * Addressing patient inquiries and concerns, resolving issues related to medications, and providing exceptional customer service.
 * Participating in quality assurance programs and contributing to the continuous improvement of pharmacy services.
 * Staying updated on industry trends, new medications, and advancements in pharmacy practice to enhance service delivery.</t>
   </si>
   <si>
-    <t>* Supervisar las operaciones diarias de la farmacia, asegurando el cumplimiento de todos los requisitos regulatorios y las mejores prácticas.
-[...10 lines deleted...]
-  <si>
     <t>* Providing support and specialist guarantee regarding products.
 * Communicating with doctors and experts in the field, attending seminars and conferences.
 * Providing technical product data to colleagues from the sales and marketing department, and answering their questions.
 * Providing specialist retraining to employees who are in charge of sales and marketing of the given product.
 * Training new employees in the field of medical knowledge; following continuous specialist trainings.
 * Preparing outputs and analyses of products for professional journals.* Maintaining contacts with the media.
 * Implementing and reviewing clinical trials of pharmaceutical preparations.* Cooperating with product managers, district managers and the registration manager.</t>
   </si>
   <si>
-    <t>* Proporcionar soporte y garantía especializada en cuanto a productos.
-[...7 lines deleted...]
-  <si>
     <t>* Visiting health facilities in the assigned region in order to support the marketability of products.
 * Accepting orders and meeting a personal performance plan.
 * Organising expert seminars and conferences.
 * Presenting the company's products in medical congresses and symposia.
 * Monitoring of the market, current trends, and competitive activities.
 * Creating and maintaining good relations with clients.</t>
-  </si>
-[...6 lines deleted...]
-* Crear y mantener buenas relaciones con los clientes.</t>
   </si>
   <si>
     <t>* Performing expert work regarding the receipt, preparation, control and storage of medicines as directed by a pharmacist.
 * Issuing of non-prescription medicines, medical aids and supplementary products of the pharmacy.
 * Assisting the pharmacist with issuing prescription drugs and processing of documents for health insurance companies.
 * Providing advice to patients on a limited scale.
 * Controlling prices of medicines, medical aids and supplementary products in accordance with the current price list of the pharmacy.
 * Receiving quantity shipments, verifying the correctness of the storage of medicines and medical supplies.
 * Monitoring the expiration of drugs and disposal of time-expired drugs.</t>
   </si>
   <si>
-    <t>* Realizar trabajo especializado en cuanto a la recepción, preparación, control y almacenamiento de medicamentos según las instrucciones de un farmacéutico.
-[...7 lines deleted...]
-  <si>
     <t>Pharmaceutical Products Manager</t>
-  </si>
-[...1 lines deleted...]
-    <t>Gerente de productos en la industria farmacéutica</t>
   </si>
   <si>
     <t>* Developing and implementing marketing strategies for pharmaceutical products.
 * Conducting market research to identify trends, customer needs, and competitive landscape.
 * Collaborating with cross-functional teams including sales, regulatory, and supply chain to ensure product success.
 * Managing product lifecycle from development through launch and post-launch activities.
 * Preparing and presenting product information and training materials for sales teams and healthcare professionals.
 * Monitoring product performance and analyzing sales data to inform strategic decisions.
 * Ensuring compliance with industry regulations and company policies in all marketing activities.
 * Building and maintaining relationships with key stakeholders, including healthcare providers and industry partners.
 * Organizing promotional events and initiatives to enhance product visibility and market penetration.
 * Staying updated on industry developments, emerging therapies, and competitor activities to inform product strategy.
 * Managing budgets related to product marketing and ensuring efficient allocation of resources.
 * Providing support in the development of product-related documentation and promotional materials.</t>
   </si>
   <si>
-    <t>* Desarrollar e implementar estrategias de marketing para productos farmacéuticos.
-[...12 lines deleted...]
-  <si>
     <t>* Producing individually prepared medicines in accordance with the principles of good manufacturing practice, valid pharmacopoeia and standards.
 * Handing out prescription-only medicines, over-the-counter medicines, medical devices, and complementary pharmacy goods. 
 * Medical prescription and health cards processing with the use of computer technology.
 * Providing advice to patients regarding proper use, dosage, and the normal and side effects of medicines.
 * Checking stock levels, ordering medicines, medical devices, and complementary pharmacy goods.
 * Inspecting the quality of medicines and receiving medicines and raw materials into the stock records.
 * Checking the accuracy of the placement and storage of medicines and medical goods.
 * Coordinating the work of pharmacy technicians.</t>
   </si>
   <si>
-    <t>* Preparar medicamentos individualizados de acuerdo con los principios de buena práctica de fabricación, farmacopea válida y normas.
-[...8 lines deleted...]
-  <si>
     <t>Pharmacist assistant</t>
-  </si>
-[...1 lines deleted...]
-    <t>Auxiliar de farmacia</t>
   </si>
   <si>
     <t>* Assisting pharmacists in preparing and dispensing medications to patients.
 * Providing information to patients regarding prescription medications and over-the-counter products.
 * Maintaining accurate records of prescriptions and inventory management.
 * Ensuring compliance with health and safety regulations in the pharmacy.
 * Assisting in the management of pharmacy stock and placing orders for medications and supplies.
 * Conducting medication reviews and providing support in medication therapy management.
 * Educating patients on the proper use of medications and potential side effects.
 * Collaborating with healthcare professionals to ensure optimal patient care.
 * Handling customer inquiries and resolving issues related to prescriptions and services.
 * Maintaining a clean and organized work environment to promote efficiency and safety.
 * Participating in continuing education and training to stay updated on pharmaceutical practices and regulations.
 * Supporting the pharmacist in administrative tasks and daily operations of the pharmacy.</t>
   </si>
   <si>
-    <t>* Asistir a los farmacéuticos en la preparación y dispensación de medicamentos a los pacientes.
-[...29 lines deleted...]
-  <si>
     <t>Production</t>
-  </si>
-[...1 lines deleted...]
-    <t>Producción</t>
   </si>
   <si>
     <t>* Collaborating with engineers and product managers to develop designs for new products.
 * Creating detailed technical drawings and specifications using CAD software.
 * Conducting feasibility studies to assess design concepts and materials.
 * Modifying existing designs to improve functionality and manufacturability.
 * Preparing prototypes and models for testing and evaluation.
 * Ensuring compliance with industry standards and regulations throughout the design process.
 * Participating in design reviews and presenting design concepts to stakeholders.
 * Documenting design processes and maintaining accurate records of changes and revisions.
 * Assisting in the selection of materials and components for production.
 * Working closely with production teams to ensure designs can be efficiently manufactured.
 * Troubleshooting design issues and implementing solutions as necessary.
 * Staying updated on industry trends and advancements in design technology.
 * Supporting project management efforts by adhering to timelines and budgets.
 * Communicating effectively with cross-functional teams to align on project goals.
 * Contributing to continuous improvement initiatives within the design department.</t>
   </si>
   <si>
-    <t>* Colaborar con ingenieros y gerentes de productos para desarrollar diseños para nuevos productos.
-[...22 lines deleted...]
-  <si>
     <t>Foreman</t>
-  </si>
-[...1 lines deleted...]
-    <t>Capataz</t>
   </si>
   <si>
     <t>* Managing a small group of workers
 * Planning and allocating work to individual team members
 * Supervising workers</t>
   </si>
   <si>
-    <t>* Dirigir un pequeño grupo de trabajadores
-[...3 lines deleted...]
-  <si>
     <t>Glassmaker</t>
-  </si>
-[...1 lines deleted...]
-    <t>Vidriero</t>
   </si>
   <si>
     <t>* Melting and mixing raw materials for glass production in a furnace.
 * Shaping molten glass by blowing into a blowpipe or by pressing, rolling and casting.
 * Cooling the molten glass to the required temperature.
 * Decorated the glass by grinding, cutting, engraving, etching, painting, gilding, silvering etc.</t>
   </si>
   <si>
-    <t>* Fundir y mezclar materias primas para la producción de vidrio en un horno.
-[...4 lines deleted...]
-  <si>
     <t>Industrial painter</t>
-  </si>
-[...1 lines deleted...]
-    <t>Pintor industrial</t>
   </si>
   <si>
     <t>* Preparing surfaces for painting by cleaning, sanding, and applying primers as needed.
 * Mixing paints and coatings to achieve desired colors and finishes.
 * Applying paint using various techniques, including spray, brush, and roller methods.
 * Ensuring a high-quality finish by inspecting work and making necessary adjustments.
 * Adhering to safety protocols and using personal protective equipment to minimize risks.
 * Collaborating with other team members to meet production deadlines and quality standards.
 * Maintaining tools and equipment in good working condition and reporting any issues.
 * Keeping work areas tidy and organized to ensure efficiency and safety.
 * Following industry standards and regulations regarding environmental impact and waste disposal.
 * Providing input on process improvements to enhance productivity and quality.</t>
   </si>
   <si>
-    <t>* Preparar superficies para pintar limpiándolas, lijándolas y aplicando imprimaciones según sea necesario.
-[...10 lines deleted...]
-  <si>
     <t>* Performing a wide range of professional tasks and supporting work depending on the specialisation of the production company.
 * Responsibility for following technical procedures, quality and quantity of produced or finished products and semi-finished goods.
 * Operating machinery, instruments, and equipment.
 * Following safety, fire prevention, and internal regulations.
 * Providing proper notice regarding any problems related to occupational health and safety.</t>
   </si>
   <si>
-    <t>* Realizar una amplia variedad de tareas profesionales y trabajos de apoyo según la especialización de la empresa de producción.
-[...5 lines deleted...]
-  <si>
     <t>* Operating and monitoring the operation of one or more pieces of equipment on the production line.
 * Adding materials to pieces of equipment as needed and removing such materials if there is any excess.
 * Checking the in-process and finished products using measurement instruments.
 * Halting the production line operation in case of insufficient quality products.
 * Producing finished products, finishing in-process products.</t>
   </si>
   <si>
-    <t>* Operación y seguimiento del funcionamiento de una o varias piezas de equipo en la línea de producción.
-[...5 lines deleted...]
-  <si>
     <t>Machine Setter</t>
-  </si>
-[...1 lines deleted...]
-    <t>Ajustador de máquinas</t>
   </si>
   <si>
     <t>* Identification of causes of problems and their subsequent removal
 * Sorting of production machines and devices
 * Setting parameters of the devices in the automatic production
 * Maintenance and regular check-up of machines, including both the mechanic and the robotic aspects 
 * Taking care of entrusted machines</t>
-  </si>
-[...15 lines deleted...]
-* Comunicarse con jefes de turno, ingenieros de procesos y proveedores de maquinaria y equipo.</t>
   </si>
   <si>
     <t>* Setting up and operating metalworking machines, such as lathes, milling machines, and grinders.
 * Interpreting technical drawings and blueprints to produce precise metal components.
 * Selecting appropriate materials and tools for various metal fabrication tasks.
 * Performing quality control checks to ensure that finished products meet specified standards.
 * Conducting routine maintenance and troubleshooting on metalworking equipment.
 * Collaborating with engineering and design teams to optimize production processes.
 * Ensuring a safe and organized work environment by adhering to health and safety regulations.
 * Assisting in the development of new metalworking techniques and processes.
 * Training and mentoring junior metalworkers in best practices and machine operation.
 * Keeping accurate records of production output and machine performance.
 * Participating in continuous improvement initiatives to enhance productivity and efficiency.
 * Maintaining inventory of raw materials and supplies necessary for production.</t>
   </si>
   <si>
-    <t>* Configuración y operación de máquinas de trabajo de metales, como tornos, fresadoras y pulverizadores.
-[...12 lines deleted...]
-  <si>
     <t>Metrologist</t>
-  </si>
-[...1 lines deleted...]
-    <t>Metrólogo</t>
   </si>
   <si>
     <t>* Measuring parts and components in a metrological laboratory.
 * Detecting and recording possible deviations detected during the measurement.
 * Performing internal and external calibration of measuring equipment.
 * Responsibility for recording, storing and issuing instruments.
 * Responsibility for the technical condition of measuring instruments and reference standards.
 * Maintaining, archiving and reading technical documentation.</t>
   </si>
   <si>
-    <t>* Medir piezas y componentes en un laboratorio metroológico.
-[...6 lines deleted...]
-  <si>
     <t>* Creating a production plan and monitoring its compliance.
 * Monitoring the department`s effectiveness.
 * Monitoring the activities of the employees and their monthly evaluation.
 * Planning and purchasing of subcomponents required for production.
 * Monitoring the compliance with safety regulations in the operation.
 * Ensuring the provision of technical equipment in the operation.</t>
   </si>
   <si>
-    <t>* Creación de un plan de producción y seguimiento de su cumplimiento.
-[...6 lines deleted...]
-  <si>
     <t>Packer</t>
-  </si>
-[...1 lines deleted...]
-    <t>Empaquetador</t>
   </si>
   <si>
     <t>* Sorting products by size, weight, colour, content, etc.
 * Sticking information labels and stickers on product packaging.
 * Packing products in boxes.</t>
-  </si>
-[...14 lines deleted...]
-* Comunicación con otros departamentos de la empresa.</t>
   </si>
   <si>
     <t>* Developing and executing marketing strategies for new and existing products.
 * Conducting market research to identify trends, customer needs, and competitive landscape.
 * Collaborating with cross-functional teams including sales, product development, and customer service to ensure alignment on product offerings.
 * Creating compelling product positioning and messaging to effectively communicate value propositions.
 * Managing product launch initiatives, including planning, execution, and performance analysis.
 * Analyzing product performance metrics and adjusting marketing strategies as needed to optimize results.
 * Building and maintaining relationships with key stakeholders, including customers, partners, and internal teams.
 * Preparing and presenting product updates and marketing plans to senior management.
 * Overseeing budget allocation for marketing activities and ensuring cost-effective execution.
 * Staying informed about industry developments and emerging trends to maintain competitive advantage.</t>
   </si>
   <si>
-    <t>* Desarrollar y ejecutar estrategias de marketing para productos nuevos y existentes.
-[...10 lines deleted...]
-  <si>
     <t>* Planning the production process on the basis of received orders, calculating production capacities.
 * Drawing up daily, weekly and monthly production plans.
 * Ensuring timely supplies of material.
 * Adjusting production plans based on stock levels and production capacities.
 * Ensuring the smooth running of the production process.
 * Monitoring compliance with the production deadlines in accordance with the production plan.
 * Proposing measures to optimise the production process.
 * Analysing production downtime and bottlenecks in the planning process.
 * Cooperating with other departments in the company.</t>
   </si>
   <si>
-    <t>* Planificar el proceso de producción en función de los pedidos recibidos, calculando las capacidades de producción.
-[...9 lines deleted...]
-  <si>
     <t>Production Standard Setter</t>
-  </si>
-[...1 lines deleted...]
-    <t>Ajustador de normas de producción</t>
   </si>
   <si>
     <t>* Conducting and evaluating time studies to determine how much time, labour, and machinery is needed to carry out individual work tasks.
 * Determining the amount of time, labour, and machinery needed to carry out various work tasks.
 * Creating work standards and norms.
 * Detecting inefficiencies in the production process and taking measures to eliminate them in the future.
 * Creating new work standards and norms, leading to increased work productivity.
 * Analysing the implementation of labour standards.</t>
-  </si>
-[...13 lines deleted...]
-* Ofrecer apoyo técnico a clientes internos y externos.</t>
   </si>
   <si>
     <t>* Providing after-sale services for sold products.
 * Mounting and plugging products at the customers’ premises.
 * Identifying the causes of defects in products.
 * Assessing the eligibility of claims.
 * Ordering non-functional or damaged parts from manufacturers.
 * Issuing assembly letters to customers.
 * Receiving and disbursing cash for performed repairs.</t>
   </si>
   <si>
-    <t>* Proporcionar servicios posteriores a la venta de productos vendidos.
-[...17 lines deleted...]
-  <si>
     <t>Toolmaker</t>
-  </si>
-[...1 lines deleted...]
-    <t>Fabricante de herramientas</t>
   </si>
   <si>
     <t>* Manufacturing tools, devices, components and spare parts according to drawings.
 * Processing finished and unfinished products by grinding, sharpening, milling, drilling, turning, etc.</t>
   </si>
   <si>
-    <t>* Fabricar herramientas, dispositivos, componentes y repuestos según planos.
-[...8 lines deleted...]
-  <si>
     <t>Public Administration, Self-governance</t>
   </si>
   <si>
-    <t>Administración pública y autogobierno</t>
-[...1 lines deleted...]
-  <si>
     <t>Advisor</t>
-  </si>
-[...1 lines deleted...]
-    <t>Consejero</t>
   </si>
   <si>
     <t>* Providing expert advice and guidance on public administration policies and procedures.
 * Analyzing and interpreting legislation, regulations, and local government policies to ensure compliance.
 * Assisting in the development and implementation of strategic initiatives to improve public services.
 * Collaborating with various stakeholders, including government officials, community organizations, and the public.
 * Conducting research and preparing reports on public administration issues and trends.
 * Organizing and facilitating meetings, workshops, and training sessions for staff and stakeholders.
 * Monitoring and evaluating the effectiveness of public programs and services.
 * Preparing and presenting recommendations to senior management and decision-makers.
 * Supporting the development of communication strategies to enhance public engagement and awareness.
 * Staying informed about changes in public administration practices and policies at local, national, and international levels.</t>
   </si>
   <si>
-    <t>* Proporcionar asesoramiento y orientación expertos sobre políticas y procedimientos de administración pública.
-[...10 lines deleted...]
-  <si>
     <t>Associate</t>
-  </si>
-[...1 lines deleted...]
-    <t>Asociado</t>
   </si>
   <si>
     <t>* Assisting in the development and implementation of public administration policies and programs.
 * Conducting research and analysis to support policy formulation and decision-making.
 * Preparing reports, presentations, and briefing materials for stakeholders.
 * Coordinating and facilitating communication between various departments and agencies.
 * Organizing and attending meetings, workshops, and public consultations.
 * Maintaining accurate records and databases related to public administration activities.
 * Assisting in budget preparation and financial management for public projects.
 * Responding to inquiries from the public and providing information on administrative processes.
 * Supporting the evaluation and monitoring of public programs and initiatives.
 * Collaborating with team members to enhance the efficiency and effectiveness of public services.</t>
   </si>
   <si>
-    <t>* Asistir en la elaboración y la implementación de políticas y programas de administración pública.
-[...10 lines deleted...]
-  <si>
     <t>Chief Advisor</t>
-  </si>
-[...1 lines deleted...]
-    <t>Asesor jefe</t>
   </si>
   <si>
     <t>* Providing strategic advice and guidance to senior management on policy and operational matters.
 * Analyzing and interpreting complex data to inform decision-making processes.
 * Coordinating the development and implementation of public administration initiatives and projects.
 * Collaborating with various stakeholders, including government agencies and community organizations, to enhance service delivery.
 * Preparing detailed reports and presentations for executive meetings and public forums.
 * Ensuring compliance with relevant laws, regulations, and policies in public administration.
 * Conducting research on best practices and emerging trends in public policy and administration.
 * Facilitating training and development programs for staff to improve organizational effectiveness.
 * Representing the organization at conferences, meetings, and other public events.
 * Managing special projects and initiatives as assigned by senior leadership to support organizational goals.</t>
   </si>
   <si>
-    <t>* Brindar asesoramiento estratégico y orientación a la dirección ejecutiva sobre asuntos políticos y operativos.
-[...10 lines deleted...]
-  <si>
     <t>Chief borough controller</t>
-  </si>
-[...1 lines deleted...]
-    <t>Interventor del municipio</t>
   </si>
   <si>
     <t>* Checking the legality, efficiency, and economic efficiency in the management of the city’s property and property rights.
 * Reviewing the implementation of the city’s approved budget. 
 * Submitting plans for the city’s auditing activities.
 * Checking compliance with Act No. 502/2001 Coll. on Financial Control.
 * Reviewing the processing of complaints and petitions.
 * Controlling treasury operations.
 * Reviewing the implementation of resolutions adopted by the city or municipal council, as well as responses to the requests of citizens and council members’ interpellations.</t>
   </si>
   <si>
-    <t>* Verificar la legalidad, la eficiencia y la eficiencia económica en la gestión de los bienes y derechos de propiedad de la ciudad.
-[...7 lines deleted...]
-  <si>
     <t>Chief Official</t>
-  </si>
-[...1 lines deleted...]
-    <t>Funcionario Jefe</t>
   </si>
   <si>
     <t>* Overseeing administrative operations and ensuring compliance with organizational policies.
 * Managing and coordinating departmental activities and projects to enhance efficiency.
 * Preparing reports, documents, and presentations for internal and external stakeholders.
 * Facilitating communication between departments and ensuring timely dissemination of information.
 * Assisting in the development and implementation of policies and procedures.
 * Conducting research and analysis to support decision-making processes.
 * Organizing and attending meetings, taking minutes, and following up on action items.
 * Supervising administrative staff and providing guidance and support as needed.
 * Maintaining accurate records and databases, ensuring data integrity and confidentiality.
 * Handling budgetary tasks, including monitoring expenditures and preparing financial reports.
 * Liaising with external agencies and organizations to foster collaborative relationships.
 * Providing high-level customer service to clients, stakeholders, and the public.
 * Managing office supplies and resources to ensure a well-functioning work environment.
 * Contributing to strategic planning and organizational development initiatives.</t>
   </si>
   <si>
-    <t>* Supervisar las operaciones administrativas y asegurar el cumplimiento de las políticas organizacionales.
-[...14 lines deleted...]
-  <si>
     <t>Chief State Advisor</t>
-  </si>
-[...1 lines deleted...]
-    <t xml:space="preserve">Consejero Jefe de Estado </t>
   </si>
   <si>
     <t>* Providing expert advice and guidance to government officials and agencies on policy development and implementation.
 * Analyzing complex issues and providing strategic recommendations to enhance public administration effectiveness.
 * Collaborating with various stakeholders, including government departments, non-profit organizations, and community groups, to align objectives and ensure successful program execution.
 * Conducting research and evaluating public policies, programs, and services to identify areas for improvement and innovation.
 * Preparing comprehensive reports, presentations, and briefings for senior management and policymakers.
 * Facilitating workshops, meetings, and training sessions to promote best practices in public administration.
 * Monitoring and assessing the impact of public policies and initiatives on diverse populations.
 * Ensuring compliance with relevant laws, regulations, and ethical standards in public service.
 * Mentoring and supporting junior staff in their professional development and career advancement.
 * Representing the organization at public forums, conferences, and inter-agency meetings to advocate for policies and initiatives.</t>
   </si>
   <si>
-    <t>* Brindar asesoramiento experto y orientación a funcionarios y organismos gubernamentales sobre el desarrollo y la implementación de políticas.
-[...10 lines deleted...]
-  <si>
     <t>Customs Officer</t>
-  </si>
-[...1 lines deleted...]
-    <t>Aduanero</t>
   </si>
   <si>
     <t>* Guarding the state border to prevent the illegal entry of persons and goods without a valid residence permit for the Slovak Republic.
 * Checking the personal identification documents of persons entering/leaving the country.
 * Asking persons entering the state territory questions.
 * Comparing goods declared in the customs declaration with the actual state.
 * Conducting random and targeted personal examinations and examinations of luggage, hand luggage, vehicles, etc.
 * Confiscating illegal and non-officially declared goods to the Exchequer.
 * Supervising the disposal of illegal goods under the temporary management of the state.</t>
   </si>
   <si>
-    <t>* Custodiar la frontera estatal para evitar la entrada ilegal de personas y mercancías sin un permiso de residencia válido para la República Eslovaca.
-[...7 lines deleted...]
-  <si>
     <t>Department Director</t>
-  </si>
-[...1 lines deleted...]
-    <t>Director del departamento</t>
   </si>
   <si>
     <t>* Overseeing departmental operations and ensuring alignment with organizational goals.
 * Developing and implementing policies and procedures to enhance efficiency and effectiveness.
 * Leading, mentoring, and managing a team of professionals within the department.
 * Collaborating with other departments and stakeholders to facilitate cross-functional initiatives.
 * Monitoring and evaluating departmental performance, providing regular reports to senior management.
 * Managing budgetary allocations and ensuring responsible financial management within the department.
 * Representing the department in meetings, conferences, and public engagements as necessary.
 * Fostering a positive and inclusive workplace culture that promotes employee engagement and development.
 * Addressing and resolving any issues or conflicts that arise within the department.
 * Staying informed about industry trends and best practices to continually improve departmental functions.</t>
   </si>
   <si>
-    <t>* Supervisar las operaciones departamentales y garantizar la alineación con los objetivos organizacionales.
-[...10 lines deleted...]
-  <si>
     <t>General State Advisor</t>
-  </si>
-[...1 lines deleted...]
-    <t>Consejero General de Estado</t>
   </si>
   <si>
     <t>* Providing expert advice and guidance on state policies and regulations to government officials and stakeholders.
 * Analyzing and interpreting legislation to ensure compliance and effective implementation at various levels of government.
 * Coordinating with different governmental departments to facilitate communication and collaboration on public administration matters.
 * Conducting research and preparing reports on public administration issues to support decision-making processes.
 * Representing the state in discussions and negotiations with external agencies and organizations.
 * Developing and implementing strategies to improve public services and enhance operational efficiency.
 * Monitoring and evaluating the effectiveness of public programs and initiatives.
 * Assisting in the preparation of budgets and financial plans related to public administration projects.
 * Organizing and leading training sessions for government employees to enhance their skills and knowledge in public administration.
 * Staying updated with emerging trends and best practices in public administration to inform policy development and implementation.</t>
   </si>
   <si>
-    <t>* Brindar asesoramiento y orientación expertos sobre políticas y regulaciones estatales a funcionarios gubernamentales y partes interesadas.
-[...10 lines deleted...]
-  <si>
     <t>Independent Advisor</t>
   </si>
   <si>
-    <t>Consejero independiente</t>
-[...1 lines deleted...]
-  <si>
     <t>* Responsibility for managing assigned agenda</t>
   </si>
   <si>
-    <t>* Responsabilidad en la gestión de la agenda asignada</t>
-[...1 lines deleted...]
-  <si>
     <t>Independent Expert Associate</t>
-  </si>
-[...1 lines deleted...]
-    <t>Experto independiente asociado</t>
   </si>
   <si>
     <t>* Providing expertise in the field of specialization.
 * Providing training and transferring expert knowledge and experience to other employees and management.
 * Providing an independent opinion on the situation or the topic and reason of engagement.
 * Analyzing problems/situations, giving suggestions, solutions, developing a plan and participating in solutions.
 * Team working with other experts or employees engaged in optimal problem-solving.
 * Performing other assigned tasks that require the possession of professional knowledge.</t>
   </si>
   <si>
-    <t>* Brindar experiencia en el campo de especialización.
-[...6 lines deleted...]
-  <si>
     <t>Independent Official</t>
-  </si>
-[...1 lines deleted...]
-    <t>Funcionario independiente</t>
   </si>
   <si>
     <t>* Providing administrative support to ensure efficient operation of the office.
 * Assisting in the preparation and implementation of policies and procedures.
 * Coordinating and organizing meetings, including preparing agendas and recording minutes.
 * Managing communication with internal and external stakeholders.
 * Conducting research and compiling reports to support decision-making processes.
 * Overseeing the maintenance of office records and documentation.
 * Ensuring compliance with relevant regulations and standards in public administration.
 * Collaborating with team members to improve operational efficiency and service delivery.
 * Handling inquiries and providing information to the public regarding services and programs.
 * Supporting the budgeting process and monitoring expenditures related to administrative functions.
 * Participating in training and development activities to enhance professional skills and knowledge.
 * Maintaining confidentiality and security of sensitive information.
 * Assisting in the organization of public events and outreach initiatives.</t>
   </si>
   <si>
-    <t>* Brindar apoyo administrativo para garantizar el funcionamiento eficiente de la oficina.
-[...13 lines deleted...]
-  <si>
     <t>Inspector</t>
   </si>
   <si>
     <t>* Conducting inspections to ensure compliance with regulations and standards.
 * Evaluating processes, systems, and operations within various public sectors.
 * Preparing detailed reports and documentation of findings and recommendations.
 * Collaborating with other governmental agencies and stakeholders to address issues.
 * Providing guidance and support to organizations on compliance matters.
 * Investigating complaints and concerns raised by the public or other entities.
 * Monitoring and assessing the effectiveness of implemented policies and procedures.
 * Organizing and leading training sessions for staff on compliance and regulatory standards.
 * Maintaining accurate records and databases related to inspections and outcomes.
 * Staying informed about changes in laws, regulations, and best practices in public administration.
 * Assisting in the development of new policies and procedures to enhance public service delivery.
 * Representing the agency in meetings, hearings, and public forums as necessary.</t>
   </si>
   <si>
-    <t>* Realizar inspecciones para garantizar el cumplimiento de las normativas y estándares.
-[...12 lines deleted...]
-  <si>
     <t>Official</t>
-  </si>
-[...1 lines deleted...]
-    <t>Funcionario</t>
   </si>
   <si>
     <t>* Communicating with clients to inform them of the necessary personal and other documents required for review and the forms they need to complete to obtain requested documents.
 * Preparing requested documents based on the information provided in the submitted documentation.
 * Printing documents in accordance with prescribed forms and templates.
 * Maintaining accurate records of received and issued documents.
 * Assisting in the organization of public administration activities and events.
 * Collaborating with various departments to ensure efficient processing of requests and documentation.
 * Providing guidance and support to clients regarding public administration procedures and requirements.
 * Monitoring and ensuring compliance with relevant regulations and policies.
 * Participating in training and development opportunities to enhance knowledge of public administration practices.
 * Contributing to the improvement of administrative processes and systems to increase efficiency and effectiveness.</t>
   </si>
   <si>
-    <t>* Comunicarse con los clientes para informarles sobre los documentos personales y otros necesarios para su revisión y los formularios que deben completar para obtener los documentos solicitados.
-[...13 lines deleted...]
-  <si>
     <t>* Performing administrative tasks to support the efficient operation of the office.
 * Managing correspondence, including emails and phone calls, ensuring timely responses.
 * Organizing and maintaining files, both physical and digital, for easy retrieval.
 * Scheduling appointments and meetings, coordinating calendars for staff and management.
 * Assisting in the preparation of reports, presentations, and other documentation.
 * Welcoming visitors and clients, providing excellent customer service and support.
 * Handling travel arrangements, including booking accommodations and transportation.
 * Maintaining office supplies inventory and placing orders as necessary.
 * Assisting in the organization of company events and meetings, including logistics and catering.
 * Supporting the team with various administrative duties as required to enhance productivity.</t>
   </si>
   <si>
-    <t>* Realizar tareas administrativas para apoyar la operación eficiente de la oficina.
-[...10 lines deleted...]
-  <si>
     <t>Senior Associate</t>
-  </si>
-[...1 lines deleted...]
-    <t>Asociado senior</t>
   </si>
   <si>
     <t>* Assisting in the development and implementation of public administration policies and programs.
 * Conducting research and analysis to support decision-making processes.
 * Collaborating with various stakeholders, including government agencies and community organizations.
 * Preparing reports, presentations, and documentation related to public administration initiatives.
 * Managing project timelines and ensuring deliverables are met according to established deadlines.
 * Facilitating communication between departments and ensuring alignment on objectives.
 * Organizing and participating in meetings, workshops, and public consultations.
 * Monitoring and evaluating the effectiveness of public policies and programs.
 * Providing guidance and support to junior staff and interns within the department.
 * Staying informed about legislative changes and best practices in public administration.</t>
   </si>
   <si>
-    <t>* Colaborar en el desarrollo y la implementación de políticas y programas de administración pública.
-[...10 lines deleted...]
-  <si>
     <t>Specialist Advisor</t>
-  </si>
-[...1 lines deleted...]
-    <t>Asesor especialista</t>
   </si>
   <si>
     <t>* Providing expert advice and guidance on public administration policies and procedures.
 * Conducting research and analysis to support decision-making and strategic planning.
 * Collaborating with government officials and stakeholders to develop and implement public programs.
 * Preparing detailed reports, presentations, and recommendations for senior management.
 * Assisting in the formulation of public policy initiatives and legislative proposals.
 * Monitoring and evaluating the effectiveness of public administration projects and initiatives.
 * Facilitating communication between various departments and external agencies.
 * Organizing and leading workshops, training sessions, and public consultations.
 * Ensuring compliance with relevant laws, regulations, and best practices in public administration.
 * Supporting the development of performance metrics and evaluation frameworks for public services.</t>
   </si>
   <si>
-    <t>* Proporcionar consejos y orientación expertos sobre políticas y procedimientos de administración pública.
-[...10 lines deleted...]
-  <si>
     <t>Specialist Official</t>
-  </si>
-[...1 lines deleted...]
-    <t>Funcionario especializado</t>
   </si>
   <si>
     <t>* Providing expert advice and support on public administration policies and procedures.
 * Assisting in the development and implementation of administrative strategies and initiatives.
 * Conducting research and analysis to inform decision-making and policy formulation.
 * Preparing reports, presentations, and documentation for internal and external stakeholders.
 * Coordinating communication between various departments and external agencies.
 * Managing project timelines and ensuring compliance with regulations and standards.
 * Organizing and facilitating meetings, workshops, and training sessions.
 * Monitoring and evaluating the effectiveness of public administration programs and services.
 * Maintaining accurate records and databases related to administrative functions.
 * Supporting the preparation of budgets and financial reports related to public administration activities.
 * Acting as a liaison between the public and government entities, addressing inquiries and concerns.
 * Ensuring adherence to best practices in public administration and promoting transparency and accountability.</t>
   </si>
   <si>
-    <t>* Brindar asesoramiento experto y apoyo en políticas y procedimientos de administración pública.
-[...12 lines deleted...]
-  <si>
     <t>State Advisor</t>
-  </si>
-[...1 lines deleted...]
-    <t>Consejero de Estado</t>
   </si>
   <si>
     <t>* Advising government officials and agencies on policy development and implementation.
 * Conducting research and analysis to support decision-making processes.
 * Preparing reports, briefs, and presentations for stakeholders.
 * Collaborating with various departments to ensure effective communication and coordination of public initiatives.
 * Monitoring and evaluating the impact of policies and programs.
 * Engaging with community stakeholders to gather feedback and address concerns.
 * Assisting in the drafting of legislation and regulatory frameworks.
 * Providing guidance on legal and ethical standards in public administration.
 * Participating in meetings and forums to represent the interests of the state.
 * Facilitating training and development programs for public sector employees.
 * Ensuring compliance with governmental regulations and policies.
 * Supporting strategic planning and resource allocation within the public sector.
 * Maintaining up-to-date knowledge of relevant laws, regulations, and best practices in public administration.</t>
   </si>
   <si>
-    <t>* Asesorar a funcionarios y agencias gubernamentales en el desarrollo y la implementación de políticas.
-[...13 lines deleted...]
-  <si>
     <t>Quality Management</t>
   </si>
   <si>
-    <t>Gestión de calidad</t>
-[...1 lines deleted...]
-  <si>
     <t>ISO Specialist</t>
-  </si>
-[...1 lines deleted...]
-    <t>Especialista en ISO</t>
   </si>
   <si>
     <t>* Managing the quality management system in the company developed on the basis of international ISO standards. 
 * Gradual and continuous monitoring of documentation system applications.
  * Supporting the application of the quality management system on the basis of requirements of ISO standards. 
 * Cooperating on the concept and design of quality policy, environmental policy, and directives of the company. 
 * Taking part in determining the quality objectives, development goals, as well as their subsequent implementation.</t>
   </si>
   <si>
-    <t>* Gestión del sistema de gestión de calidad en la empresa desarrollado sobre la base de normas internacionales ISO.
-[...5 lines deleted...]
-  <si>
     <t>Quality Engineer</t>
-  </si>
-[...1 lines deleted...]
-    <t>Ingeniero de calidad</t>
   </si>
   <si>
     <t>* Drawing up the production control plan.
 * Performing process audits.
 * Performing mechanical and electronic measurements.
 * Considering the quality requirements from internal and external customers.
 * Resolving claims from internal and external customers.
 * Preparing materials for monthly reports.</t>
   </si>
   <si>
-    <t>* Elaboración del plan de control de producción.
-[...6 lines deleted...]
-  <si>
     <t>* Conducting random, extraordinary, dynamic, and final inspections.
 * Documenting errors in production.
 * Cooperating with the manufacturing department in the implementation of action plans, corrective measures, and process improvement.
 * Implementing technical solutions aimed at eliminating errors of processes and products.</t>
   </si>
   <si>
-    <t>* Realizar inspecciones aleatorias, extraordinarias, dinámicas y finales.
-[...4 lines deleted...]
-  <si>
     <t>Quality Planner</t>
-  </si>
-[...1 lines deleted...]
-    <t>Planificador de calidad</t>
   </si>
   <si>
     <t>* Developing and implementing quality plans to ensure compliance with industry standards and regulations.
 * Collaborating with cross-functional teams to identify quality requirements and establish quality metrics.
 * Conducting regular quality audits and inspections to assess adherence to quality standards.
 * Analyzing data from quality tests and inspections to identify trends and areas for improvement.
 * Preparing detailed reports on quality performance and presenting findings to management.
 * Coordinating with suppliers and vendors to ensure quality materials and components are received.
 * Providing training and support to team members on quality control processes and best practices.
 * Assisting in the development of corrective and preventive action plans to address quality issues.
 * Monitoring and evaluating the effectiveness of quality improvement initiatives.
 * Staying updated on industry advancements and best practices in quality management.</t>
   </si>
   <si>
-    <t>* Desarrollar e implementar planes de calidad para garantizar el cumplimiento de los estándares y regulaciones de la industria.
-[...10 lines deleted...]
-  <si>
     <t>Security &amp; Protection</t>
   </si>
   <si>
-    <t>Seguridad y protección</t>
-[...1 lines deleted...]
-  <si>
     <t>Fire Officer</t>
-  </si>
-[...1 lines deleted...]
-    <t>Técnico profesional en seguridad y protección contra incendios</t>
   </si>
   <si>
     <t>* Performing preventive fire inspections.
 * Determining sites with an increased risk of fire and the number of members of the fire patrol.
 * Conducting training in fire protection and professional fire patrol training.
 * Completing, managing and maintaining the documentation regarding fire protection in accordance with the actual state.
 * Determining the fire safety requirements in the event of change in the use of buildings.
 * Completing the documentation regarding fire protection of the used building.
 * Organising and evaluating fire drills.</t>
   </si>
   <si>
-    <t>* Realizar inspecciones de prevención de incendios.
-[...7 lines deleted...]
-  <si>
     <t>Firefighter, Rescuer</t>
-  </si>
-[...1 lines deleted...]
-    <t>Bombero, rescatador</t>
   </si>
   <si>
     <t>* Fire-fighting with water and foam.
 * Performing of actions aimed at the prevention of fire or the further spread of fire.
 * Driving a fire vehicle.
 * Extricating people from road accidents using special technical equipment.
 * Eliminating the consequences of road accidents.
 * Entering locked premises using brute force (in extreme cases). 
 * Controlling the functionality and completeness of fire equipment and appliances.
 * Attending tactical fire exercises and trainings.</t>
   </si>
   <si>
-    <t>* Luchar contra incendios con agua y espuma.
-[...8 lines deleted...]
-  <si>
     <t>Health and Safety Officer</t>
-  </si>
-[...1 lines deleted...]
-    <t>Responsable de seguridad y salud laboral</t>
   </si>
   <si>
     <t>* Checking compliance with safety regulations and standards in the workplace.
 * Designing measures eliminating detected drawbacks.
 * Creating and updating internal occupational health and safety regulations.
 * Conducting entry and continuous staff trainings in occupational health and safety.
 * Performing inspections and safety audits.
 * Cooperating with government authorities in the investigation of accidents at work and writing protocols.
 * Monitoring legislative changes concerning OSH.
 * Managing documentation and records on OSH.</t>
   </si>
   <si>
-    <t>* Verificar el cumplimiento de las normas y reglamentos de seguridad en el lugar de trabajo.
-[...8 lines deleted...]
-  <si>
     <t>Police Inspector</t>
-  </si>
-[...1 lines deleted...]
-    <t>Inspector de policía</t>
   </si>
   <si>
     <t>* Conducting investigations into criminal activities and incidents.
 * Enforcing laws and regulations to maintain public order and safety.
 * Gathering evidence and preparing detailed reports for prosecution.
 * Collaborating with other law enforcement agencies and community organizations.
 * Responding to emergency calls and providing assistance at crime scenes.
 * Interviewing witnesses and suspects to obtain relevant information.
 * Patrolling assigned areas to deter and detect criminal behavior.
 * Participating in community outreach programs to build trust and cooperation.
 * Educating the public on crime prevention strategies and safety practices.
 * Attending court proceedings to provide testimony as needed.
 * Maintaining accurate records of all activities and incidents.
 * Completing ongoing training and professional development to stay current with law enforcement practices and technologies.
 * Upholding ethical standards and demonstrating integrity in all interactions.
 * Utilizing technology and tools for crime analysis and reporting.
 * Ensuring compliance with departmental policies and legal standards.</t>
   </si>
   <si>
-    <t>* Realizar investigaciones sobre actividades y incidentes delictivos.
-[...15 lines deleted...]
-  <si>
     <t>Police Officer</t>
-  </si>
-[...1 lines deleted...]
-    <t>Policía</t>
   </si>
   <si>
     <t>* Exposing and investigating crimes, misdemeanours and offences.
 * Interrogation of eye witnesses and suspects, taking notes.
 * Writing statements and other records. 
 * Issuing, writing, and collecting fines for traffic offences.
 * Using specific coercive means to detain suspects/perpetrators while limiting their personal freedom.
 * Instructing detained persons of their rights.
 * Driving motor vehicles and motorcycles.
 * Participating in meetings, lectures, and programmes focused on preventing crime.</t>
   </si>
   <si>
-    <t>* Investigar y descubrir delitos, faltas y contravenciones.
-[...8 lines deleted...]
-  <si>
     <t>Prison Officer</t>
-  </si>
-[...1 lines deleted...]
-    <t>Funcionario de prisiones</t>
   </si>
   <si>
     <t>* Monitoring the behaviour and movement of prisoners during the breaks for meals, sports activities, work activities and visits.
 * Performing personal searches of prisoners and prison cells, confiscating illegal items, narcotics and psychotropic substances, weapons and valuables.
 * Checking the security prison cells, gates, locks, bars.
 * Escorting prisoners from custodial institution to enforcement of custody/imprisonment to court proceedings, medical examinations, etc.
 * Applying coercive measures in the event of an outbreak of riots, physical assaults, escape attempts, etc.</t>
   </si>
   <si>
-    <t>* Supervisar el comportamiento y el movimiento de los prisioneros durante los descansos para comidas, actividades deportivas, actividades laborales y visitas.
-[...5 lines deleted...]
-  <si>
     <t>Safety specialist</t>
-  </si>
-[...1 lines deleted...]
-    <t>Especialista en seguridad</t>
   </si>
   <si>
     <t>* Conducting risk assessments to identify potential hazards and implement safety measures.
 * Developing and implementing safety policies and procedures in accordance with local regulations and industry standards.
 * Providing training and guidance to employees on safety practices and emergency preparedness.
 * Monitoring workplace conditions and ensuring compliance with safety regulations.
 * Investigating accidents and incidents to determine root causes and recommend corrective actions.
 * Collaborating with management to promote a culture of safety within the organization.
 * Maintaining accurate records of safety inspections, incidents, and training sessions.
 * Staying updated on industry trends and regulatory changes related to workplace safety.
 * Assisting in the development of safety-related materials and communication strategies.
 * Conducting safety audits and inspections to ensure adherence to established safety protocols.</t>
   </si>
   <si>
-    <t>* Realizar evaluaciones de riesgos para identificar posibles peligros e implementar medidas de seguridad.
-[...10 lines deleted...]
-  <si>
     <t>Security Guard</t>
-  </si>
-[...1 lines deleted...]
-    <t>Guardia de seguridad</t>
   </si>
   <si>
     <t>* Securing the protection of physical persons and private property.
 * Performing regular patrols around protected buildings and neighbouring areas.
 * Performing patrols in the event that a breach of a protected area is signalled.
 * Monitoring buildings and neighbouring areas using security camera systems.
 * Determining and recording the identity of individuals. 
 * Checking people entering a building, performing regular or random personal searches when the presence of dangerous or forbidden items is suspected.
 *Checking people leaving a building, performing regular or random personal searches when theft or misappropriation is suspected.
 * Using speed, force, and other coercive means to detain a person, if needed.
 * Co-operation with the police, firefighters, and rescue team members.
 * Providing aid and assistance to the public.</t>
   </si>
   <si>
-    <t>* Garantizar la protección de las personas físicas y la propiedad privada.
-[...10 lines deleted...]
-  <si>
     <t>Security Service Director</t>
-  </si>
-[...1 lines deleted...]
-    <t>Director del servicio de seguridad</t>
   </si>
   <si>
     <t>* Overseeing and managing all security operations within the organization.
 * Developing and implementing security policies, protocols, and procedures to ensure a safe environment.
 * Coordinating with local law enforcement and emergency services to enhance security measures.
 * Conducting risk assessments and vulnerability analyses to identify potential security threats.
 * Leading and training security personnel to ensure adherence to security standards and practices.
 * Monitoring security systems and reviewing incident reports to improve response strategies.
 * Collaborating with various departments to address security concerns and ensure compliance with regulations.
 * Managing budgets and resources allocated for security operations and initiatives.
 * Preparing and presenting security reports to senior management and stakeholders.
 * Ensuring the continuous improvement of security processes and technologies to adapt to evolving threats.
 * Acting as the primary point of contact for security-related inquiries and incidents within the organization.
 * Promoting a culture of safety and security awareness among employees and visitors.</t>
   </si>
   <si>
-    <t>* Supervisión y gestión de todas las operaciones de seguridad dentro de la organización.
-[...12 lines deleted...]
-  <si>
     <t>Security service technician</t>
-  </si>
-[...1 lines deleted...]
-    <t>Técnico de servicio de seguridad</t>
   </si>
   <si>
     <t>* installation, configuration and commissioning of technical protection systems (video surveillance, anti-burglary, access control), automatic fire alarm systems, SOS systems, intercom and video intercom systems, sound systems, anti-burglary lighting, ramps and barriers, revolving barriers, vehicle monitoring
 * Functional testing of installed equipment and software
 * Maintenance and servicing of the installed technical protection systems at the service user's facilities
 * independent resolution of known technical problems and/or in recurring situations
 * Supervision and control of electrical installation works and structural cabling works of the technical protection system</t>
   </si>
   <si>
-    <t>* instalación, configuración y puesta en marcha de sistemas técnicos de protección (videovigilancia, antirrobo, control de accesos), sistemas automáticos de alarma contra incendios, sistemas SOS, sistemas de intercomunicación y videoportero, sistemas de sonido, iluminación antirrobo, rampas y barreras, barreras giratorias , monitoreo de vehículos
-[...5 lines deleted...]
-  <si>
     <t>Soldier</t>
-  </si>
-[...1 lines deleted...]
-    <t>Soldado</t>
   </si>
   <si>
     <t>* Participating in domestic and overseas military operations.
 * Completing orders from superiors.
 * Responsibility for entrusted military accoutrement and weaponry.
 * Maintenance of entrusted military accoutrement and weaponry.
 * Driving motor vehicles and operating military equipment.
 * Helping civilians in case of contingency (floods etc.).</t>
   </si>
   <si>
-    <t>* Participar en operaciones militares nacionales y en el extranjero.
-[...6 lines deleted...]
-  <si>
     <t>Service Industries</t>
   </si>
   <si>
-    <t>Servicios</t>
-[...1 lines deleted...]
-  <si>
     <t>Beautician</t>
-  </si>
-[...1 lines deleted...]
-    <t>Esteticista</t>
   </si>
   <si>
     <t>* Cleansing and deep cleansing of the skin.
 * Face, neck, and décolletage massaging.
 * Application of facial masks and wraps.
 * Dyeing eyelashes and eyebrows.
 * Removal of unwanted hair on the face and other body parts.
 * Providing skin diagnosis and providing advice on good skin care.
 * Selling cosmetic products.</t>
   </si>
   <si>
-    <t>* Limpieza y limpieza profunda de la piel.
-[...7 lines deleted...]
-  <si>
     <t>Bicycle mechanic</t>
-  </si>
-[...1 lines deleted...]
-    <t>Mecánico de bicicletas</t>
   </si>
   <si>
     <t>* Performing maintenance and repairs on various types of bicycles, ensuring optimal performance and safety.
 * Diagnosing mechanical issues and providing effective solutions to enhance bicycle functionality.
 * Assembling and disassembling bicycles for repairs, upgrades, and customizations.
 * Conducting thorough inspections of bicycles to identify wear and tear, replacing parts as necessary.
 * Preparing bicycles for customers, including cleaning and tuning to meet quality standards.
 * Assisting customers with selecting appropriate bicycles and accessories based on their needs and preferences.
 * Providing guidance on proper bicycle care and maintenance to customers.
 * Occasionally transporting bicycles to and from different locations as required.
 * Maintaining a clean and organized workspace, ensuring all tools and equipment are properly stored.
 * Keeping up-to-date with the latest trends and technologies in the cycling industry to provide informed service.
 * Collaborating with team members to improve service efficiency and customer satisfaction.</t>
   </si>
   <si>
-    <t>* Realizar mantenimiento y reparaciones en diferentes tipos de bicicletas, garantizando un rendimiento óptimo y la seguridad.
-[...11 lines deleted...]
-  <si>
     <t>Car Wash Worker</t>
-  </si>
-[...1 lines deleted...]
-    <t>Trabajador de lavado de autos</t>
   </si>
   <si>
     <t>* Manual cleaning of cars, wet cleaning
 * Complete care of the exterior and interior of cars
 * wet cleaning
 * Polishing and renovation paint
 * Receiving orders, working with the cash register, communication with the customer</t>
   </si>
   <si>
-    <t>* Limpieza manual de coches, limpieza húmeda
-[...5 lines deleted...]
-  <si>
     <t>Florist</t>
-  </si>
-[...1 lines deleted...]
-    <t>Florista</t>
   </si>
   <si>
     <t>* Selling flowers, bouquets, wreaths and complementary goods.
 * Cutting live, dried and artificial flowers.
 * Binding and arranging flowers, bouquets and wreaths, depending on the occasion and requirements of clients.
 * Designing floral decoration for interior and exterior areas.
 * Providing advice on growing and caring for purchased plants.</t>
   </si>
   <si>
-    <t>* Venta de flores, ramos, coronas y artículos complementarios.
-[...5 lines deleted...]
-  <si>
     <t>Funeral service worker</t>
-  </si>
-[...1 lines deleted...]
-    <t>Trabajador de servicios funerarios</t>
   </si>
   <si>
     <t>* Assisting families in planning and organizing funeral services in a compassionate and respectful manner.
 * Providing guidance on funeral arrangements, including casket selection, transportation, and memorial services.
 * Coordinating with various service providers, such as cemeteries, crematories, and florists.
 * Preparing and filing necessary legal documents, such as death certificates and permits.
 * Ensuring the proper care and preparation of the deceased, including embalming and dressing.
 * Managing logistics for the funeral service, including setting up the venue and overseeing the service proceedings.
 * Offering emotional support and counseling to grieving families throughout the planning process.
 * Maintaining a clean and respectful environment in the funeral home and associated facilities.
 * Adhering to health and safety regulations and ethical standards in all aspects of the job.
 * Participating in ongoing professional development and training to stay current with industry practices and regulations.</t>
   </si>
   <si>
-    <t>* Asistir a las familias en la planificación y organización de servicios funerarios de manera compasiva y respetuosa.
-[...10 lines deleted...]
-  <si>
     <t>Gardener</t>
-  </si>
-[...1 lines deleted...]
-    <t>Jardinero</t>
   </si>
   <si>
     <t>* Caring for flower beds, lawns, trees and shrubs in gardens, orchards and public parks.
 * Hoeing and fertilising the soil, pulling weeds.
 * Planting and irrigating decorative plants, shrubs, trees and hedges.
 * Seeding, watering and mowing lawns.
 * Protecting vegetation from pests and diseases using chemical agents.
 * Harvesting and storing fruit and vegetables.
 * Repairing garden tools.</t>
   </si>
   <si>
-    <t>* Cuidar los arriates de flores, céspedes, árboles y arbustos en jardines, huertas y parques públicos.
-[...7 lines deleted...]
-  <si>
     <t>Goldsmith, Jeweller</t>
-  </si>
-[...1 lines deleted...]
-    <t>Orfebre, joyero</t>
   </si>
   <si>
     <t>* Preparing material, work tools, equipment, and devices.
 * Making jewellery from ferrous, non-ferrous, precious metals, and their alloys.
 * Cutting, encasing, and polishing natural, synthetic and precious stones.
 * Engraving text, symbols, and ornaments into jewellery.
 * Repairing and adjusting jewellery according to customers’ requirements.
 * Selling jewellery to customers, providing advice.</t>
   </si>
   <si>
-    <t>* Preparar materiales, herramientas de trabajo, equipos y dispositivos.
-[...6 lines deleted...]
-  <si>
     <t>Hairdresser</t>
-  </si>
-[...1 lines deleted...]
-    <t>Peluquero</t>
   </si>
   <si>
     <t>* Typical activities carried out in the position.
 * Cutting hair with hairdressing scissors and hair trimmers according to the individual requirements from clients.
 * Washing hair, massaging the scalp.
 * Combing, brushing, hot-combing and drying hair.
 * Dyeing, highlighting and toning hair.
 * Providing water, blow-drying and permanent waves.
 * Shaving and trimming beards and moustaches.
 * Providing advice to clients regarding the hair care.
 * Keeping the workplace clean and tidy.</t>
   </si>
   <si>
-    <t>* Actividades típicas realizadas en el puesto.
-[...9 lines deleted...]
-  <si>
     <t>Housekeeper</t>
-  </si>
-[...1 lines deleted...]
-    <t>Ama de casa</t>
   </si>
   <si>
     <t xml:space="preserve">* managing household - taking care about household
 * organizing activities in the department of the hotel rooms
 * keeping records
 * providing services for the guests
 </t>
   </si>
   <si>
-    <t>* Gestión del hogar: cuidado y atención del hogar
-[...4 lines deleted...]
-  <si>
     <t>Housekeeping Supervisor</t>
-  </si>
-[...1 lines deleted...]
-    <t>Supervisor de limpieza</t>
   </si>
   <si>
     <t xml:space="preserve">* Issuing supplies and equipment to workers. 
 * Inspecting work performed to ensure that it meets specifications and established standards. 
 * Instructing staff in work policies and procedures.
 * Investigating complaints about service and equipment, and take corrective action. 
 * Evaluating employee performance and recommend personnel actions such as promotions, transfers, and dismissals. 
 * Checking and maintaining equipment to ensure that it is in working order. 
 * Performing or assisting with cleaning duties as necessary. 
 * Inspecting and evaluating the physical condition of facilities to determine the type of work required. 
 * Recommending upgrades that could improve service and increase operational efficiency. 
 * Coordinating activities with other departments to ensure that services are provided in an efficient and timely manner. 
 * Selecting the most suitable cleaning materials for different types of linens, furniture, flooring, and surfaces. 
 * Planning and preparing employee work schedules. 
 * Establishing and implementing operational standards and procedures for the departments supervised. 
 * Supervising in-house services such as laundries, maintenance and repair, dry cleaning, or valet services. 
 </t>
   </si>
   <si>
-    <t>* Emitir suministros y equipo a los trabajadores.
-[...14 lines deleted...]
-  <si>
     <t>Image Stylist, Beauty Stylist</t>
-  </si>
-[...1 lines deleted...]
-    <t>Estilista, maquillador</t>
   </si>
   <si>
     <t>* Providing advice on the choice of suitable clothing, footwear, accessories and cosmetics subject to the colour type of clients, their figure, age, status, occasion etc.
 * Determining the so-called colour types and colour shades associated with them that suit the client’s face.
 * Managing the wardrobe.
 * Accompanying clients while shopping for/buying clothing, footwear, accessories and cosmetics.
 * Applying daytime and evening make-up.</t>
-  </si>
-[...5 lines deleted...]
-* Aplicar maquillaje diurno y nocturno.</t>
   </si>
   <si>
     <t>* Getting familiar with the requirements and expectations of clients.
 * Implementing field reconnaissance, analysing the soil quality, climate type, nature of the terrain and other factors.
 * Completing preliminary architectural designs of gardens, parks, orchards and areas of a similar nature.
 * Designing landscaping and garden structures using specialised software.
 * Defining the preliminary costs for the project.
 * Consulting with clients and professionals in the field concerning the used plants and materials.
 * Implementing the author's supervision of the overall project implementation.
 * Providing advice on landscape architecture.</t>
   </si>
   <si>
-    <t>* Familiarizarse con los requisitos y expectativas de los clientes.
-[...8 lines deleted...]
-  <si>
     <t>Maintenance Worker</t>
-  </si>
-[...1 lines deleted...]
-    <t>Trabajador de mantenimiento</t>
   </si>
   <si>
     <t>* Repairing and replacing damaged parts of furniture, electrical equipment, wiring, and plumbing material (less demanding repairs).
 * Mounting and dismantling lights, switches, electrical outlets, burned out light bulbs and fluorescent lamps, faucets, handles, locks, etc.
 * Unblocking choked and clogged water pipes.
 * Changing cracked and sealing leaking or otherwise damaged water pipes, washbasins, toilets, shower baths, bathtubs, urinals, etc.
 * Changing fuses and switching on circuit breakers.
 * Laying linoleum, wood flooring, laminate flooring, and tiles.
 * Tightening loose screws and nuts.</t>
   </si>
   <si>
-    <t>* Reparar y reemplazar partes dañadas de muebles, equipos eléctricos, cableado y material de fontanería (reparaciones menos exigentes).
-[...7 lines deleted...]
-  <si>
     <t>Pedicurist, Manicurist, Nail Technician</t>
-  </si>
-[...1 lines deleted...]
-    <t>Pedicuro, manicuro y técnico de uñas</t>
   </si>
   <si>
     <t>* Cutting, filing, grinding and polishing nails.
 * Painting and decorating nails according to the client’s individual requirements.
 * Modelling French manicure, gel, porcelain and acrylic nails.
 * Massaging hands and feet.
 * Washing the feet, preparing baths and wraps.
 * Removing calluses, and treating the skin problems caused by natural factors.</t>
   </si>
   <si>
-    <t>* Cortar, limar, pulir y dar brillo a las uñas.
-[...6 lines deleted...]
-  <si>
     <t>Petrol Station Attendant</t>
-  </si>
-[...1 lines deleted...]
-    <t>Asistente de gasolinera</t>
   </si>
   <si>
     <t>* Operating fuel dispensers at petrol stations, providing assistance with refuelling motor vehicles.
 * Operating an automated car wash.
 * Accounting for fuel, services and supplementary products by means of a cash register and payment terminal.
 * Receiving and replenishing goods on the shelves and secondary shop areas.
 * Responsibility for cash in hand, counting and turning over the daily receipts.
 * Adhering to strict safety and fire regulations and measures.</t>
   </si>
   <si>
-    <t>* Operar surtidores de combustible en estaciones de servicio, brindando asistencia para el reabastecimiento de vehículos.
-[...6 lines deleted...]
-  <si>
     <t>Plumber</t>
-  </si>
-[...1 lines deleted...]
-    <t>Fontanero</t>
   </si>
   <si>
     <t>* Preparing the work environment before work.
 * Reading technical documentation for obtaining information on installation design and the method of securing and connecting different devices.
 * Cutting and digging openings in walls and floors.
 * Adjusting pipes by cutting, bending, welding, and carving threads.
 * Mounting, dismantling, and servicing water supply, sewage, gas, and heating pipeline distribution systems and equipment.
 * Performing leak and pressure tests in accordance with the valid standards.</t>
   </si>
   <si>
-    <t>* Preparar el entorno de trabajo antes de iniciar las labores.
-[...6 lines deleted...]
-  <si>
     <t>Refuse Collector</t>
-  </si>
-[...1 lines deleted...]
-    <t>Basurero</t>
   </si>
   <si>
     <t>* Driving and operating a special vehicle for collecting municipal waste.
 * Manipulating containers for collecting municipal waste and moving them to the vehicle.
 * Emptying rubbish bins into the vehicle.
 * Returning dustbins to their original place.
 * Emptying the contents of the vehicle at disposal sites.</t>
-  </si>
-[...5 lines deleted...]
-* Vaciar el contenido del vehículo en los lugares de eliminación.</t>
   </si>
   <si>
     <t>* Installing, maintaining, and repairing equipment and machinery in various industrial settings.
 * Diagnosing mechanical and electrical faults and implementing effective solutions.
 * Conducting routine inspections and preventive maintenance to ensure optimal performance.
 * Collaborating with engineering and production teams to improve equipment efficiency.
 * Providing technical support and training to operators and staff on equipment usage and safety procedures.
 * Keeping accurate records of maintenance activities and repairs performed.
 * Ensuring compliance with safety regulations and industry standards during all service operations.
 * Responding to emergency service calls and resolving issues in a timely manner.
 * Maintaining inventory of spare parts and tools necessary for service tasks.
 * Communicating effectively with clients to understand their needs and provide exceptional service.
 * Staying updated with the latest industry trends, technologies, and best practices.</t>
   </si>
   <si>
-    <t>* Instalación, mantenimiento y reparación de equipos y maquinaria en diversos entornos industriales.
-[...11 lines deleted...]
-  <si>
     <t>Stoker, Boiler Attendant</t>
-  </si>
-[...1 lines deleted...]
-    <t>Calderero</t>
   </si>
   <si>
     <t>* Operating and maintaining boilers, ensuring they function efficiently and safely.
 * Monitoring boiler pressure, temperature, and water levels to maintain optimal performance.
 * Conducting routine inspections and performing necessary maintenance on boiler systems.
 * Responding to alarms and safety alerts, taking appropriate action to resolve issues.
 * Maintaining accurate records of boiler operations, maintenance activities, and safety checks.
 * Collaborating with engineering and maintenance teams to troubleshoot and repair boiler-related issues.
 * Ensuring compliance with safety regulations and industry standards in boiler operations.
 * Managing fuel supply and ensuring proper combustion for efficient energy production.
 * Assisting in the training of new staff on boiler operation and safety procedures.
 * Performing emergency shutdown procedures when necessary and ensuring safe operation at all times.</t>
   </si>
   <si>
-    <t>* Operar y mantener calderas, asegurando que funcionen de manera eficiente y segura.
-[...10 lines deleted...]
-  <si>
     <t>Technology, Development</t>
   </si>
   <si>
-    <t>Tecnologías y desarrollo</t>
-[...1 lines deleted...]
-  <si>
     <t>Geographic Information Systems Engineer</t>
-  </si>
-[...1 lines deleted...]
-    <t>Ingeniero de sistemas de información geográfica</t>
   </si>
   <si>
     <t>* Develop and maintain Geographic Information Systems (GIS) applications and tools to support spatial data analysis and visualization.
 * Collaborate with cross-functional teams to gather requirements and translate them into technical specifications for GIS projects.
 * Conduct spatial data collection, processing, and analysis to support decision-making processes in various sectors.
 * Ensure the accuracy and integrity of GIS data through regular audits and updates.
 * Create and maintain detailed documentation of GIS processes, methodologies, and data sources.
 * Provide technical support and training to end-users on GIS software and tools.
 * Stay updated on the latest GIS technologies and trends to enhance system capabilities and performance.
 * Assist in the development of GIS-based solutions for urban planning, environmental management, and resource allocation.
 * Participate in project planning and execution, ensuring timely delivery of GIS projects within budget constraints.
 * Communicate effectively with stakeholders to present findings and recommendations based on spatial analysis.</t>
   </si>
   <si>
-    <t>* Desarrollar y mantener aplicaciones y herramientas de Sistemas de Información Geográfica (SIG) para respaldar el análisis y visualización de datos espaciales.
-[...10 lines deleted...]
-  <si>
     <t>Head of Technical Department</t>
-  </si>
-[...1 lines deleted...]
-    <t>Jefe de departamento técnico</t>
   </si>
   <si>
     <t>* Organizing production based on monthly and annual production plans submitted to company management.
 * Developing plans in alignment with the company's business strategy.
 * Ensuring the implementation of plans by overseeing specific production facilities or subordinate technical services, including quality control, development, maintenance, and occupational safety, by delegating tasks to individual team members.
 * Organizing the flow of production documentation and proposing, implementing, and monitoring compliance with organizational regulations.
 * Addressing ongoing technical issues to ensure the facility operates continuously, safely, and efficiently.
 * Leading and managing the technical department to foster innovation and improve operational processes.
 * Collaborating with other departments to align technical activities with overall business objectives.
 * Conducting performance evaluations and providing guidance to team members to enhance their skills and productivity.
 * Monitoring industry trends and advancements to inform strategic decision-making and maintain competitive advantage.
 * Ensuring compliance with safety regulations and quality standards in all technical operations.</t>
-  </si>
-[...21 lines deleted...]
-* Comunicación con otros departamentos de la empresa.</t>
   </si>
   <si>
     <t>* Overseeing the technical team and ensuring efficient project execution.
 * Developing and implementing technical strategies to enhance productivity and quality.
 * Collaborating with cross-functional teams to align technical objectives with business goals.
 * Managing project timelines, budgets, and resources to ensure successful delivery.
 * Conducting regular performance reviews and providing mentorship to team members.
 * Identifying and mitigating technical risks throughout project lifecycles.
 * Staying updated on industry trends and emerging technologies to drive innovation.
 * Facilitating communication between technical staff and other departments.
 * Preparing and presenting technical reports and project updates to stakeholders.
 * Ensuring compliance with industry standards and regulatory requirements.
 * Leading troubleshooting efforts and resolving technical issues as they arise.
 * Supporting the recruitment and training of new technical staff.
 * Promoting a culture of continuous improvement and professional development within the team.</t>
   </si>
   <si>
-    <t>* Supervisar el equipo técnico y garantizar la ejecución eficiente de proyectos.
-[...13 lines deleted...]
-  <si>
     <t>Technical Staff</t>
-  </si>
-[...1 lines deleted...]
-    <t>Personal técnico</t>
   </si>
   <si>
     <t>* Assisting in the development and implementation of technical solutions to meet organizational needs.
 * Conducting research and analysis to identify trends and advancements in technology relevant to the company.
 * Collaborating with cross-functional teams to design, test, and refine technical products and services.
 * Providing technical support and troubleshooting assistance to staff and clients.
 * Maintaining and updating technical documentation, including user manuals and system specifications.
 * Participating in project planning and execution, ensuring adherence to timelines and budgets.
 * Monitoring system performance and implementing improvements as necessary.
 * Training staff on new technologies and systems to enhance operational efficiency.
 * Ensuring compliance with industry standards and regulations in all technical processes.
 * Contributing to continuous improvement initiatives by providing insights and recommendations based on technical expertise.</t>
   </si>
   <si>
-    <t>* Asistir en el desarrollo y la implementación de soluciones técnicas para satisfacer las necesidades organizativas.
-[...10 lines deleted...]
-  <si>
     <t>Telecommunications</t>
   </si>
   <si>
-    <t>Telecomunicaciones</t>
-[...1 lines deleted...]
-  <si>
     <t>Data Station Testing Specialist</t>
-  </si>
-[...1 lines deleted...]
-    <t>Especialista en pruebas de estaciones de datos</t>
   </si>
   <si>
     <t>* Analyzing and complex testing of products with focus on DSL, Active Ethernet, GPON, VoIP and routre technologies.
 * Cooperating on projects.
 * Preparing and coordinating of technical designs for pilot operation of new technologies, product innovations and company solutions.
 * Processing technical specifications for acquiring and innovation of products.</t>
-  </si>
-[...4 lines deleted...]
-* Elaboración de especificaciones técnicas para la adquisición e innovación de productos.</t>
   </si>
   <si>
     <t>* Assembling and fitting telecommunications equipment and systems according to specifications and technical drawings.
 * Installing and connecting wiring, cables, and components to ensure proper functionality of systems.
 * Conducting quality checks and testing of assembled products to ensure compliance with industry standards.
 * Troubleshooting and resolving issues related to equipment installation and performance.
 * Collaborating with team members and engineers to optimize assembly processes and improve efficiency.
 * Maintaining a clean and organized work environment to ensure safety and productivity.
 * Documenting assembly processes and maintaining accurate records of materials and components used.
 * Adhering to safety protocols and guidelines while working with tools and equipment.
 * Participating in training and development programs to enhance skills and knowledge in telecommunications technologies.
 * Providing support during system upgrades and maintenance activities as required.</t>
   </si>
   <si>
-    <t>* Montar y ajustar equipos y sistemas de telecomunicaciones según especificaciones y planos técnicos.
-[...10 lines deleted...]
-  <si>
     <t>ICT Specialist</t>
   </si>
   <si>
     <t>* Installing, configuring and launching components (HW and SW) ICT solutions and services, including pilot operation.
 * Removing defects of 2nd level, including supporting executive components (NW and IT) at localization and removing of defects.
 * Executing system configurations ICT solutions and services.
 * Managing safety elements ICT solutions and services.
 * Communicating with technical support of suppliers, customers and getting involved in acceptation tests.
 * Getting involved in developing ICT services and solutions at putting them in operation.</t>
   </si>
   <si>
-    <t>* Instalar, configurar y lanzar componentes (HW y SW) de soluciones y servicios de TIC, incluida la operación piloto.
-[...6 lines deleted...]
-  <si>
     <t>Mobile Network Development Specialist</t>
-  </si>
-[...1 lines deleted...]
-    <t>Especialista en desarrollo de redes móviles</t>
   </si>
   <si>
     <t>* Develop and optimize mobile network infrastructure to enhance performance and coverage.
 * Collaborate with cross-functional teams to design and implement network solutions that meet business requirements.
 * Conduct site surveys and assessments to identify opportunities for network expansion and improvement.
 * Analyze network performance data and generate reports to inform strategic decisions.
 * Ensure compliance with industry standards and regulations in all network development activities.
 * Coordinate with vendors and service providers to procure necessary equipment and services.
 * Troubleshoot and resolve network issues in a timely manner to minimize downtime.
 * Participate in the planning and execution of network deployment projects, ensuring timely delivery.
 * Stay updated on emerging technologies and trends in mobile telecommunications to drive innovation.
 * Provide technical support and guidance to internal teams and stakeholders regarding mobile network capabilities and enhancements.</t>
   </si>
   <si>
-    <t>* Desarrollar y optimizar la infraestructura de la red móvil para mejorar el rendimiento y la cobertura.
-[...10 lines deleted...]
-  <si>
     <t>Network and Service Operation Specialist</t>
-  </si>
-[...1 lines deleted...]
-    <t>Especialista en redes y servicios</t>
   </si>
   <si>
     <t>* Solving and removing complex defects.
 * Coordinating and checking the performance of direction politics in the area of networks and services.
 * Providing consultations during migration and implementation of new technologies, networks, services and products.
 * Coordinating the removing of safety incidents and disturbance of the network integrity and services from the customers' side.
 * Developing expert analysis and reports.
 * Assessing and creating reviews of training materials connected with training of workers during implementation of new products.</t>
   </si>
   <si>
-    <t>* Resolver y eliminar defectos complejos.
-[...6 lines deleted...]
-  <si>
     <t>Network Modelling Specialist</t>
-  </si>
-[...1 lines deleted...]
-    <t>Especialista en modelización de redes</t>
   </si>
   <si>
     <t>* Creating net models, investment and operation models including economical aspects of key net projects.
 * Getting involved in the investment strategic modelling of the net.
 * Analyzing and visualization of the coverage through net services for the needs of the net planning.
 * Drafting the attracting net fields for the coverage of broadband services.
 * Modelling of the net operation while making prognosis of operation flows and adjusting dimensions of the net.
 * Assessing alternatives for technological solutions.
 * Getting involved in optimization of the net architecture (access nets, backbone nets and platforms of services and applications).
 * Creating databases and managing the planning map-geographical system.</t>
   </si>
   <si>
-    <t>* Creación de modelos de red, modelos de inversión y operación, incluyendo aspectos económicos de proyectos clave de red.
-[...8 lines deleted...]
-  <si>
     <t>Network Strategy Specialist</t>
-  </si>
-[...1 lines deleted...]
-    <t>Especialista en estrategia de redes</t>
   </si>
   <si>
     <t>* Coordinating implementation of the regulation frame at the technical development of net infrastructure.
 * Planning optimization of net architecture.
 * Preparing the net strategy.
 * Processing measures of technical regulation in the net.
 * Defining net models and applications from the point of view of net strategy.
 * Selecting technological platforms including net managements and migration technologies.</t>
   </si>
   <si>
-    <t>* Coordinar la implementación del marco regulatorio en el desarrollo técnico de la infraestructura de red.
-[...6 lines deleted...]
-  <si>
     <t>OSS/BSS Specialist</t>
-  </si>
-[...1 lines deleted...]
-    <t>Experto en OSS/BSS</t>
   </si>
   <si>
     <t>* Securing designs and realizations of solutions for the OSS/BSS department in the area of inventory and performance management.
 * Taking responsibility for collecting events in the category fault/event management.
 * Providing software support on the basis of internal requests.
 * Creating and updating of the service catalogue.
 * Preparing of technical documentation.
 * Getting involved in projects in the OSS area.</t>
   </si>
   <si>
-    <t>* Asegurar diseños y realizaciones de soluciones para el departamento de OSS/BSS en el área de gestión de inventario y rendimiento.
-[...6 lines deleted...]
-  <si>
     <t>Postal Delivery Worker</t>
-  </si>
-[...1 lines deleted...]
-    <t>Trabajador de reparto postal</t>
   </si>
   <si>
     <t>* Delivering mail and packages to residential and business addresses in a timely manner.
 * Sorting and organizing mail to ensure efficient delivery routes.
 * Collecting outgoing mail and packages from designated drop-off points.
 * Maintaining accurate records of deliveries and pickups, including signatures when required.
 * Providing excellent customer service by addressing inquiries and resolving issues related to mail delivery.
 * Adhering to safety and security protocols while handling mail and packages.
 * Operating a delivery vehicle in accordance with traffic laws and regulations.
 * Reporting any delivery problems or discrepancies to the appropriate supervisor.
 * Ensuring the proper handling of fragile and sensitive items during transport.
 * Participating in training sessions to stay updated on postal regulations and delivery procedures.
 * Collaborating with team members to optimize delivery efficiency and service quality.
 * Maintaining a professional appearance and demeanor while representing the postal service in the community.</t>
   </si>
   <si>
-    <t>* Entregar correo y paquetes a direcciones residenciales y comerciales de manera oportuna.
-[...12 lines deleted...]
-  <si>
     <t>Radio Network Optimization Specialist</t>
-  </si>
-[...1 lines deleted...]
-    <t>Especialista en optimización de redes de radio</t>
   </si>
   <si>
     <t>* Taking responsibility for for correct setting of the parameters of the base stations.
 * Assessing reports of the radio part of the network.
 * Identifying and analysing arising problems.
 * Suggesting effective solutions to problems.
 * Take check up field measurements.
 * Capacity dimensioning of the radio part of the network.</t>
   </si>
   <si>
-    <t>* Asumir la responsabilidad de configurar correctamente los parámetros de las estaciones base.
-[...6 lines deleted...]
-  <si>
     <t>Radio Network Planning Specialist</t>
-  </si>
-[...1 lines deleted...]
-    <t>Especialista en planificación de redes de radiocomunicación</t>
   </si>
   <si>
     <t>* Planning of radio networks GSM, UMTS and F-OFDM for a certain region.
 * Designing of a nominal radio plan including frequency and capacity analysis.
 * Developing specifications for acquisition and technical specifications for planting new base stations, their reconfiguration and development.
 * Designing aerial systems and their parameters.
 * Assigning, assessing and analysing specific measurements of the radio network.
 * Updating databases.
 * Dealing with customers' complaints.</t>
   </si>
   <si>
-    <t>* Planificación de redes de radio GSM, UMTS y F-OFDM para una región determinada.
-[...7 lines deleted...]
-  <si>
     <t>Roaming Specialist</t>
-  </si>
-[...1 lines deleted...]
-    <t>Especialista en itinerancia</t>
   </si>
   <si>
     <t>* Preparing plans and coordinating roaming coverage.
 * Administration of the roaming database and documentation.
 * Coordinating exchanges and use of testing SIM cards.</t>
   </si>
   <si>
-    <t>* Preparación de planes y coordinación de la cobertura de roaming.
-[...3 lines deleted...]
-  <si>
     <t>Switching Network Development Specialist</t>
-  </si>
-[...1 lines deleted...]
-    <t>Especialista en desarrollo de redes de conmutación</t>
   </si>
   <si>
     <t>* Planning hardware and software.
 * Implementation and optimization of connection systems, their mutual interconnection, interconnection with other nets and net elements.
 * Preparing, testing and implementation of technical system data, software functions and hardware connection systems.
 * Preparing the testing procedures for verification of functionality of hardware and software for the connection systems.
 * Processing of the statistics data of the connection systems.
 * Cooperating with suppliers in the area of adjusting dimensions of connection systems, their development, including also the development in the area of their software functions.
 * Preparing regular reports concerning productivity and utility of singular connection systems.
 * Cooperating on implementation of the roaming partners.</t>
-  </si>
-[...8 lines deleted...]
-* Colaboración en la implementación de socios de roaming.</t>
   </si>
   <si>
     <t>* Providing technical support and troubleshooting for telecommunications equipment and systems.
 * Installing, configuring, and maintaining telecommunications hardware and software.
 * Monitoring network performance and ensuring optimal operation of telecommunications infrastructure.
 * Conducting regular inspections and preventative maintenance of telecommunications systems.
 * Collaborating with engineering teams to design and implement new telecommunications solutions.
 * Assisting in the development and documentation of technical procedures and user manuals.
 * Responding to customer inquiries and resolving issues related to telecommunications services.
 * Ensuring compliance with industry standards and regulations in telecommunications practices.
 * Training and educating staff on the use of telecommunications equipment and software.
 * Keeping abreast of technological advancements in the telecommunications field to enhance service delivery.</t>
   </si>
   <si>
-    <t>* Proporcionar soporte técnico y solución de problemas para equipos y sistemas de telecomunicaciones.
-[...10 lines deleted...]
-  <si>
     <t>* Carrying out measurements of the access networks.
 * Setting up and moving telecommunication services.
 * Installing and configuring the terminals.
 * Installing and configuring the communication software.
 * Removing the incurred malfunctions.</t>
   </si>
   <si>
-    <t>* Realizar mediciones de las redes de acceso.
-[...5 lines deleted...]
-  <si>
     <t>Telecommunication Specialist</t>
-  </si>
-[...1 lines deleted...]
-    <t>Especialista en telecomunicaciones</t>
   </si>
   <si>
     <t>* Designing, implementing, and maintaining telecommunication systems and networks.
 * Analyzing system performance and identifying areas for improvement.
 * Collaborating with engineering teams to develop innovative communication solutions.
 * Conducting site surveys and feasibility studies for new installations.
 * Ensuring compliance with industry standards and regulations related to telecommunications.
 * Providing technical support and troubleshooting for telecommunication equipment and services.
 * Managing projects related to telecommunication infrastructure upgrades and expansions.
 * Developing and maintaining documentation for systems, processes, and procedures.
 * Training staff and end-users on new telecommunication technologies and systems.
 * Coordinating with vendors and service providers to ensure quality service delivery.
 * Evaluating emerging technologies and recommending upgrades to existing systems.
 * Monitoring network traffic and performance to ensure optimal operation.
 * Preparing reports and presentations on telecommunication projects and performance metrics.
 * Participating in cross-functional teams to support organizational goals and initiatives.
 * Staying updated on industry trends and advancements in telecommunications technology.</t>
   </si>
   <si>
-    <t>* Diseñar, implementar y mantener sistemas y redes de telecomunicaciones.
-[...15 lines deleted...]
-  <si>
     <t>Telecommunications Network Designer</t>
-  </si>
-[...1 lines deleted...]
-    <t>Diseñador de redes de telecomunicaciones</t>
   </si>
   <si>
     <t>* Designing and developing nets, applications, platforms and customer solutions.
 * Analyzing information about new trends in the area of architecture and design.
 * Designing and implementing new technologies and systems.
 * Testing technologies, systems and services.
 * Assessing the success of technologies after their implementation.
 * Creating documentation.</t>
   </si>
   <si>
-    <t>* Diseñar y desarrollar redes, aplicaciones, plataformas y soluciones para clientes.
-[...6 lines deleted...]
-  <si>
     <t>Telecommunications Product Development Specialist</t>
-  </si>
-[...1 lines deleted...]
-    <t>Especialista en desarrollo de productos de telecomunicaciones</t>
   </si>
   <si>
     <t>* Analyzing requests of product managers.
 * Creating technical product specifications and feasibility studies.
 * Defining requests for changes in existing technologies.
 * Analyzing and assessing offered solutions from suppliers.
 * Taking responsibility for purchase of new technologies.
 * Creating entries for project plans.
 * Designing and developing products and innovations.
 * Defining, making and assessing tests of new user products.
 * Consulting with product managers in the area of telecommunication technologies and existing infrastructure and applications.
 * Getting involved in pilot operation of new products.</t>
   </si>
   <si>
-    <t>* Analizar solicitudes de los gerentes de producto.
-[...10 lines deleted...]
-  <si>
     <t>Telecommunications Service Development Specialist</t>
-  </si>
-[...1 lines deleted...]
-    <t>Especialista en desarrollo de servicios de telecomunicaciones</t>
   </si>
   <si>
     <t>* Improving and redesigning of voice and non voice services.
 * Managing, dimensioning and configuring services and their platforms.
 * Optimization and modelling of the network infrastructure and applications.
 * Adjusting business logic and interface for voice and non voice services and their platforms.
 * Following the life cycle of services and platforms.
 * Analyzing productivity of systems, their dimensioning and planning their capacity.
 * Getting involved in developing testing plans and procedures.
 * Getting involved in projects and selection processes for new technologies.</t>
   </si>
   <si>
-    <t>* Mejora y rediseño de servicios de voz y no voz.
-[...8 lines deleted...]
-  <si>
     <t>Transmission Netw. Analysis&amp;Development Specialist</t>
-  </si>
-[...1 lines deleted...]
-    <t>Experto en análisis y desarrollo de redes de transmisión</t>
   </si>
   <si>
     <t>* Planning and drafting designs of the transmission network.
 * Analyzing operation problems of the transmission network and coordinating solutions for their removing.
 * Configuring services and technologies of the transmission network.
 * Updating and keeping of the information database of the transmission network.</t>
   </si>
   <si>
-    <t>* Planificar y redactar diseños de la red de transmisión.
-[...4 lines deleted...]
-  <si>
     <t>Textile, Leather, Apparel Industry</t>
   </si>
   <si>
-    <t>Industria textil, del cuero y de la confección</t>
-[...1 lines deleted...]
-  <si>
     <t>Clothing/textile technologist</t>
-  </si>
-[...1 lines deleted...]
-    <t>Tecnólogo textil/indumentaria</t>
   </si>
   <si>
     <t>* Organizing various stages of the technological process in the production of cotton, wool, synthetic, blended, and other yarns.
 * Participating in the production of thread, the creation of non-woven textiles, preparation for texturing (weaving), and knitting, as well as the production of all types of fabrics and knits.
 * Preparing yarn samples for the development of color palettes.
 * Preparing fabric samples for catalogs and aesthetically arranging them.
 * Determining technical specifications for weaving samples.
 * Assisting in the development of production plans and organizing and supervising the work of groups of workers.
 * Conducting quality control assessments to ensure compliance with industry standards.
 * Collaborating with designers and product developers to ensure technical feasibility of designs.
 * Researching and implementing new textile technologies and innovations to enhance production efficiency.
 * Maintaining accurate records of production processes, materials used, and quality assessments.</t>
   </si>
   <si>
-    <t>* Organización de las diversas etapas del proceso tecnológico en la producción de hilos de algodón, lana, sintéticos, mezclados y otros.
-[...10 lines deleted...]
-  <si>
     <t>Cobbler</t>
-  </si>
-[...1 lines deleted...]
-    <t>Zapatero</t>
   </si>
   <si>
     <t>* Making walking, sports, social, home, work, medical, and other footwear.
 * Receiving damaged and worn shoes from customers.
 * Operating shoemaking machinery and equipment.
 * Sawing inner and outer parts of shoes together.
 * Gluing loose soles.
 * Removing and replacing broken or damaged heels.
 * Handing over adjusted and repaired shoes.
 * Ordering missing shoemaking material.
 * Selling complementary footwear products.</t>
   </si>
   <si>
-    <t>* Fabricar calzado para caminar, deportes, sociales, hogar, trabajo, médicos y otros.
-[...9 lines deleted...]
-  <si>
     <t>Fabric Cutter</t>
-  </si>
-[...1 lines deleted...]
-    <t>Cortador de telas</t>
   </si>
   <si>
     <t>* Taking customer measurements using a tape measure (for sewing garments on request). 
 * Taking notes on distinctive figure imperfections (e.g. bulging belly, butt, curvy legs etc.).
 * Providing advice on the selection of a suitable fabric, cut etc.
 * Tracing designs on textiles, leather, imitation leather etc. by use of tailor’s chalk.
 * Cutting out individual garments from the fabrics and other materials.
 * Handing over the cut garments to tailors for sewing.
 * Marking the clothes’ alterations with pins during testing.
 * Handing over the marked clothes to tailors for finishing.</t>
   </si>
   <si>
-    <t>* Tomar las medidas de los clientes con una cinta métrica (para confeccionar prendas a petición).
-[...8 lines deleted...]
-  <si>
     <t>Fashion Designer, Pattern Cutter</t>
-  </si>
-[...1 lines deleted...]
-    <t>Diseñador de moda, cortador de patrones</t>
   </si>
   <si>
     <t>* Fabricating one’s own designs and designs according to individual customer requirements.
 * Monitoring new fashion trends, materials and technological processes.
 * Designing cuts in basic or showroom size.
 * Stepping up the basic cut to other sizes according to size charts.
 * Producing the design cuts according to size chart.
 * Creating a size chart according to individual sizes.
 * Checking the design dimensions of the product according to the size chart.</t>
-  </si>
-[...7 lines deleted...]
-* Verificar las dimensiones de diseño del producto según la tabla de medidas.</t>
   </si>
   <si>
     <t>* Operate and monitor textile machinery and equipment to ensure efficient production processes.
 * Set up machines for various production runs, including adjusting settings and making necessary calibrations.
 * Conduct regular inspections of machinery to identify and troubleshoot any issues or malfunctions.
 * Maintain accurate records of production output, machine performance, and any maintenance performed.
 * Collaborate with team members to optimize production efficiency and quality standards.
 * Follow safety protocols and guidelines to ensure a safe working environment.
 * Assist in the training of new operators on machine operation and safety procedures.
 * Perform routine maintenance on machines, including cleaning and lubricating parts.
 * Ensure compliance with company policies and industry regulations regarding production and safety.
 * Report any discrepancies or concerns to supervisors promptly for resolution.</t>
   </si>
   <si>
-    <t>* Operar y supervisar maquinaria y equipo textil para garantizar procesos de producción eficientes.
-[...10 lines deleted...]
-  <si>
     <t>Seamstress</t>
-  </si>
-[...1 lines deleted...]
-    <t>Costurera</t>
   </si>
   <si>
     <t>* Separating and adjusting parts of the product (cutting, punching, etc.). 
 * Creating, altering, and repairing products with the use of basic and specialised sewing machines.
 * Intermediate and final ironing, adjusting by ironing, and ironing out.
 * Manufacturing, decorating, shaping, and other adjusting the final appearance of the products.
 * Simple setting of machines, changing threads, needles, and other accessories.
 * Checking the correct functioning of the machine.</t>
   </si>
   <si>
-    <t>* Separar y ajustar partes del producto (cortar, troquelar, etc.). 
-[...6 lines deleted...]
-  <si>
     <t>Tailor</t>
-  </si>
-[...1 lines deleted...]
-    <t>Sastre/modista</t>
   </si>
   <si>
     <t>* Taking measurements of the clients with the help of a tape measure.
 * Recording of the taken measurements.
 * Consulting used materials and cuts with the customers.
 * Making clothes for individual customers with the help of a sewing machine.
 * Adjusting clothes according to the customers' requests.
 * Mending damaged clothes.
 * Doing simple maintenance of the sewing machines (exchanging threads, needles etc.).</t>
   </si>
   <si>
-    <t>* Tomar medidas de los clientes con la ayuda de una cinta métrica.
-[...7 lines deleted...]
-  <si>
     <t>Top Management</t>
-  </si>
-[...1 lines deleted...]
-    <t>Alta dirección</t>
   </si>
   <si>
     <t>* Responsibility for the implementation of the branch business plan.
 * Setting the business strategy.
 * Taking care of key clients and maintaining good relationships with them.
 * Managing, coordinating, motivating and evaluating subordinate staff.
 * Managing business negotiations.
 * Preparation of regular reports and statistics.</t>
   </si>
   <si>
-    <t>* Responsabilidad por la implementación del plan de negocios de la sucursal.
-[...6 lines deleted...]
-  <si>
     <t>Call Centre Director</t>
-  </si>
-[...1 lines deleted...]
-    <t>Director de centro de llamadas</t>
   </si>
   <si>
     <t>* Oversee and manage the daily operations of the call centre, ensuring efficient and effective service delivery.
 * Develop and implement strategic plans to enhance customer service, operational efficiency, and overall performance of the call centre.
 * Lead, mentor, and develop a high-performing team of call centre managers and staff to achieve organizational goals and objectives.
 * Establish and monitor key performance indicators (KPIs) to assess the effectiveness and quality of call centre operations.
 * Collaborate with other departments to align call centre activities with broader company objectives and strategies.
 * Drive continuous improvement initiatives to optimize processes, technology, and customer interactions.
 * Manage budgetary planning and control to ensure cost-effectiveness and financial efficiency of the call centre operations.
 * Ensure compliance with industry regulations and company policies, maintaining high standards of customer service and data protection.
 * Analyze and report on call centre performance metrics, providing insights and recommendations to senior management.
 * Foster a positive and motivating work environment that encourages teamwork, innovation, and professional development.
 * Handle escalated customer issues and complaints, ensuring satisfactory resolution and customer satisfaction.</t>
   </si>
   <si>
-    <t>* Supervisar y gestionar las operaciones diarias del centro de llamadas, garantizando una entrega de servicio eficiente y efectiva.
-[...11 lines deleted...]
-  <si>
     <t>Chief Executive Officer</t>
-  </si>
-[...1 lines deleted...]
-    <t>Director general</t>
   </si>
   <si>
     <t>* Responsibility for managing, directing, and acting on behalf of the company.
 * Responsibility for the ongoing implementation and achieving the defined financial plan.
 * Inspecting the process compliance in the company.
 * Designing the short-term and long-term strategy of the company.
 * Designing and approving new opportunities to gain profit.
 * Representing the company at important business meetings and negotiations.
 * Communicating with members of the senior management of the company and other departments.
 * Completing and sending regular reports to the parent company.</t>
   </si>
   <si>
-    <t>* Responsabilidad por la gestión, dirección y actuación en representación de la empresa.
-[...8 lines deleted...]
-  <si>
     <t>Country Manager/Director</t>
-  </si>
-[...1 lines deleted...]
-    <t>Country manager/Director de país</t>
   </si>
   <si>
     <t>* Responsibility for managing, directing, and acting on behalf of a foreign branch of the company (based on the authorisation of the parent company).
 * Responsibility for the ongoing implementation and achievement of the defined financial plan.
 * Inspecting the process compliance in the company.
 * Designing the short-term and long-term strategy of the company.
 * Designing and approving new opportunities to gain profit.
 * Representing the company at important business meetings and negotiations.
 * Communicating with members of senior management of the company and other departments.
 * Completing and sending regular reports to the parent company.</t>
   </si>
   <si>
-    <t>* Responsabilidad por la gestión, dirección y representación de una sucursal extranjera de la empresa (con base en la autorización de la empresa matriz).
-[...8 lines deleted...]
-  <si>
     <t>Development Director</t>
-  </si>
-[...1 lines deleted...]
-    <t>Director de desarrollo</t>
   </si>
   <si>
     <t>* Overseeing the development and implementation of strategic initiatives to drive organizational growth.
 * Leading cross-functional teams to identify and capitalize on new business opportunities.
 * Establishing and nurturing relationships with key stakeholders, including partners, clients, and government entities.
 * Analyzing market trends and competitive landscape to inform strategic planning and decision-making.
 * Collaborating with senior management to align development goals with overall business objectives.
 * Managing budgets and resources effectively to ensure the successful execution of development projects.
 * Monitoring and evaluating project performance, providing regular updates to executive leadership.
 * Ensuring compliance with industry regulations and standards throughout the development process.
 * Fostering a culture of innovation and continuous improvement within the development team.
 * Representing the organization at industry events, conferences, and networking opportunities to promote brand visibility and growth.</t>
   </si>
   <si>
-    <t>* Supervisar el desarrollo y la implementación de iniciativas estratégicas para impulsar el crecimiento organizacional.
-[...10 lines deleted...]
-  <si>
     <t>Economic/Financial Manager</t>
-  </si>
-[...1 lines deleted...]
-    <t>Director económico/financiero</t>
   </si>
   <si>
     <t>* Responsibility for the smooth running of the economic department in the company.
 * Planning, managing, and monitoring all the financial activities in the company.
 * Managing, coordinating, motivating and assessing subordinate employees.
 * Drawing up a budget, forecasts, and a financial plan.
 * Managing and monitoring the cash flow of the company.
 * Communicating with commercial financial institutions, auditors, tax authorities, etc.
 * Completing reports and their presenting to the owners of the company.</t>
   </si>
   <si>
-    <t>* Responsabilidad por el funcionamiento fluido del departamento económico en la empresa.
-[...7 lines deleted...]
-  <si>
     <t>IT Director</t>
   </si>
   <si>
     <t>* Developing and implementing the internal IT strategy.
 * Checking compliance with the IT strategy.
 * Managing, coordinating, motivating and evaluating subordinate employees.
 * Analysing the needs of individual departments within the company.
 * Carrying out feasibility studies to determine the best possible use of the available technical resources.
 * Deciding on buying new and upgrading existing IT systems, hardware and software.</t>
   </si>
   <si>
-    <t>* Desarrollar e implementar la estrategia de TI interna.
-[...6 lines deleted...]
-  <si>
     <t>Laboratory Director</t>
-  </si>
-[...1 lines deleted...]
-    <t>Director de laboratorio</t>
   </si>
   <si>
     <t>* Overseeing the implementation of analytical procedures to determine process parameters and the quality of finished products.
 * Organizing laboratory operations, ensuring the quality and reliability of results, and directly conducting analyses.
 * Maintaining the accuracy and functionality of measurement equipment and laboratory inventory.
 * Communicating and coordinating workflow with external service providers to ensure seamless laboratory operations.
 * Leading and mentoring laboratory staff, fostering a culture of continuous improvement and professional development.
 * Ensuring compliance with relevant regulatory standards and industry best practices.
 * Developing and managing laboratory budgets, resources, and timelines for various projects.
 * Collaborating with cross-functional teams to support research and development initiatives.
 * Evaluating and integrating new technologies and methodologies to enhance laboratory capabilities.
 * Reporting laboratory performance metrics to senior management and recommending strategic improvements.</t>
   </si>
   <si>
-    <t>* Supervisar la implementación de procedimientos analíticos para determinar parámetros de proceso y la calidad de los productos terminados.
-[...10 lines deleted...]
-  <si>
     <t>Logistics Director</t>
   </si>
   <si>
     <t>* Defining the logistics strategy of the company.
 * Negotiating terms and conditions with transport and forwarding companies to ensure the most efficient mode of transport of goods from the factory to the customer.
 * Optimising logistics costs associated with the purchase of raw materials in the country and abroad.
 * Ensuring the implementation and observance of legislation, internal regulations and standard procedures at the entrusted unit of the company.
 * Preparing contracts with suppliers.
 * Checking and assigning work to subordinates.
 * Complying with regulations relating to safety at work, fire prevention measures and work rules.</t>
   </si>
   <si>
-    <t>* Definir la estrategia logística de la empresa.
-[...7 lines deleted...]
-  <si>
     <t>Managing Director</t>
-  </si>
-[...1 lines deleted...]
-    <t>Director ejecutivo</t>
   </si>
   <si>
     <t>* Coordinating and managing all material, financial, and technical resources of the company.
 * Responsibility for the implementation of shareholder strategy.
 * Conducting meetings with key business partners and the negotiation of conditions for co-operation.
 * Drawing up the medium-term and long-term plans of the company.
 * Responsibility for the financial management of the company.
 * Ensuring the profitability of individual activities and the prosperity of the company.</t>
-  </si>
-[...6 lines deleted...]
-* Asegurar la rentabilidad de las actividades individuales y la prosperidad de la empresa.</t>
   </si>
   <si>
     <t>Marketing Director</t>
   </si>
   <si>
     <t>* Responsibility for the management of the marketing department in the company.
 * Managing, motivating, assessing and assigning tasks to subordinate employees.
 * Creating a marketing plan.
 * Drawing up a marketing budget for the following calendar year.
 * Creating a marketing strategy.
 * Managing market monitoring at the local, regional, national and international levels.
 * Designing marketing activities focused on the promotion of sales and the achievement of defined objectives.</t>
-  </si>
-[...7 lines deleted...]
-* Diseño de actividades de marketing centradas en la promoción de ventas y el logro de objetivos definidos.</t>
   </si>
   <si>
     <t xml:space="preserve">* Taking responsibility for the economic results of the health-care facility.
 * Responsibility for the level of the provided health care.
 * Responsibility for implementing and conforming to legislative and inner regulations.
 * Giving and re-evaluating suggestions for the improvement of the economic results and for the achievement of a better quality of the provided health care.
 * Leading, motivating and evaluating subordinate employees.
 * Leading business negotiations.
 * Representing the health-care facility in the media.
 </t>
   </si>
   <si>
-    <t>* Asumir la responsabilidad de los resultados económicos del centro de atención médica.
-[...7 lines deleted...]
-  <si>
     <t>Operations Manager</t>
-  </si>
-[...1 lines deleted...]
-    <t>Director de operaciones</t>
   </si>
   <si>
     <t>* Responsibility for the smooth running of the entrusted operation within the company.
 * Responsibility for the bottom line of the operation.
 * Managing, coordinating, motivating, and assessing subordinate employees.
 * Monitoring the levels and placement of stocks.
 * Monitoring adherence to defined deadlines.
 * Communicating with customers and members of other departments.
 * Obtaining feedback from customers and forwarding this information to the affected departments of the company.</t>
   </si>
   <si>
-    <t>* Responsabilidad por la marcha fluida de la operación encomendada dentro de la empresa.
-[...7 lines deleted...]
-  <si>
     <t>Personnel Manager</t>
-  </si>
-[...1 lines deleted...]
-    <t>Director de recursos humanos</t>
   </si>
   <si>
     <t>* Decision-making on strategic planning in the area of human resources management.
 * Ensuring the effectiveness of management of the entrusted department.
 * Approving employment principles and labour relations.
 * Approving the methodology for recruiting, training and remuneration of employees, motivating programmes, evaluation system, training system and career development of employees.
 * Managing, coordinating and reviewing the work results of the entrusted unit.
 * Managing and checking safety and hygiene at work.
 * Cooperating with other units of the company.</t>
   </si>
   <si>
-    <t>* Toma de decisiones sobre la planificación estratégica en el área de gestión de recursos humanos.
-[...7 lines deleted...]
-  <si>
     <t>Plant manager</t>
-  </si>
-[...1 lines deleted...]
-    <t>Gerente de la planta</t>
   </si>
   <si>
     <t>* Ensure the efficient and effective production of goods or services within the plant, meeting quality and quantity targets.
 * Promote and enforce safety protocols and regulations to maintain a safe working environment for all plant employees.
 * Implement quality control processes to ensure that products or services meet established standards and customer expectations.
 * Manage inventory levels to ensure that raw materials, components, and finished goods are maintained at optimal levels to meet production demands without excess waste.
 * Monitor and control operational costs to maximize profitability while maintaining product quality and safety.
 * Recruit, train, and supervise plant staff, fostering a productive and motivated workforce. Address employee concerns and performance issues.
 * Oversee equipment maintenance schedules to minimize downtime and ensure equipment reliability.
 * Develop and execute production plans to meet customer demand and delivery schedules efficiently.
 * Prepare and manage budgets for the plant, tracking expenses and revenues to ensure financial goals are met.
 * Ensure the plant complies with environmental regulations and sustainability goals, implementing practices that minimize environmental impact.</t>
   </si>
   <si>
-    <t>* Asegurar la producción eficiente y efectiva de bienes o servicios dentro de la planta, cumpliendo objetivos de calidad y cantidad.
-[...10 lines deleted...]
-  <si>
     <t>Production Director</t>
-  </si>
-[...1 lines deleted...]
-    <t>Director de producción</t>
   </si>
   <si>
     <t>* Responsibility for managing and optimising the manufacturing process.
 * Analysing manufacturing processes with the aim to optimise performance, quality, and improve occupational safety.
 * Creating and implementing new manufacturing processes.
 * Preparing weekly and monthly production plans depending on order volumes.
 * Managing, coordinating, motivating, and assessing subordinate employees.
 * Monitoring efficiency, economy, and quality of production.
 * Responsibility for adherence to quality control systems and safety regulations.
 * Co-operation with other departments in the company.</t>
   </si>
   <si>
-    <t>* Responsabilidad de la gestión y optimización del proceso de fabricación.
-[...8 lines deleted...]
-  <si>
     <t>* Approving the publication of commercially interesting books, their titles, cover designs, and technical specifications at the regular meetings of the publisher’s editorial board.
 * Leading meetings of the editorial board.
 * Reviewing the work of subordinates.
 * Negotiating contractual terms and signing contracts with authors, illustrators, copyright holders, printers, etc.
 * Ensuring the allocation of ISBN numbers to published books.
 * Responsibility for the distribution of published books to distributors, bookstores, and online stores.
 * Attending book fairs, book launches, signings, etc.</t>
   </si>
   <si>
-    <t>* Aprobar la publicación de libros de interés comercial, sus títulos, diseños de cubierta y especificaciones técnicas en las reuniones periódicas de la junta editorial de la editorial.
-[...7 lines deleted...]
-  <si>
     <t>Quality Control/ISO Manager</t>
-  </si>
-[...1 lines deleted...]
-    <t>Director de calidad/gerente de ISO</t>
   </si>
   <si>
     <t>* Ensuring the functionality and continuous improvement of the organisation’s quality system.
 * Responsibility for the implementation of policies, goals, and objectives of quality.
 * Responsibility for the planning, organisation, and conducting of internal audits at the organisation’s departments, checking the effectiveness of corrective and preventive actions, and the functionality and updating of the managed documentation system.
 * Updating the quality manual.
 * Planning internal trainings and educating the staff.</t>
   </si>
   <si>
-    <t>* Garantizar la funcionalidad y la mejora continua del sistema de calidad de la organización.
-[...5 lines deleted...]
-  <si>
     <t>Regional Manager</t>
-  </si>
-[...1 lines deleted...]
-    <t>Gerente regional</t>
   </si>
   <si>
     <t>* Overseeing the operations and performance of multiple branches within a designated region.
 * Developing and implementing strategic plans to achieve sales targets and enhance market presence.
 * Leading and mentoring regional sales teams to drive performance and foster professional development.
 * Analyzing market trends and competitor activities to identify opportunities for growth.
 * Establishing and maintaining strong relationships with key clients and stakeholders.
 * Collaborating with cross-functional teams to ensure alignment on business objectives and initiatives.
 * Monitoring and reporting on regional performance metrics and KPIs to senior management.
 * Ensuring compliance with company policies, procedures, and regulatory requirements.
 * Conducting regular market visits to assess branch performance and customer satisfaction.
 * Managing budgets and resource allocation effectively to optimize operational efficiency.</t>
   </si>
   <si>
-    <t>* Supervisar las operaciones y el rendimiento de varias sucursales dentro de una región designada.
-[...10 lines deleted...]
-  <si>
     <t>Sales Director</t>
   </si>
   <si>
     <t>* Organising the work of the sales team.
 * Visiting strategic customers, conducting business negotiations.
 * Strategic planning of costs and revenues (creation, analysis, prediction).
 * Management of receivables and inventory.
 * Upgrading and improving the company processes.</t>
-  </si>
-[...5 lines deleted...]
-* Mejora y actualización de los procesos de la empresa.</t>
   </si>
   <si>
     <t>* Responsibility for the educational and professional quality of work at school.
 * Managing and inspecting the work of all school staff in accordance with the working regulations.
 * Assessing the work of all school staff.
 * Responsibility for the further education of employees. 
 * Influencing out-of-class, extra-curricular, and extra-work activities of the school.
 * Responsibility for adequate personnel and material conditions for work at school.
 * Helping school employees to address their social and legal problems.
 * Calling, managing, and leading teaching staff meetings and formulating the obtained conclusions.
 * Drawing up relevant work plans and internal school regulations. 
 * Submitting the required statistic data and oral or written reporting to superior authorities.
 * Paying attention to the purposeful use of financial means of the school.
 * Managing and monitoring educational activities at school and responsibility for the results of the educational work of the school.
 * Determining the principles of the internal regulations of the school.</t>
   </si>
   <si>
-    <t>* Responsabilidad por la calidad educativa y profesional del trabajo en la escuela.
-[...13 lines deleted...]
-  <si>
     <t>* Responsibility for the smooth operation of private security services.
 * Finding and acquiring clients and maintaining good relationships with them.
 * Communicating with clients in order to determine their individual needs.
 * Identifying, analysing and assessing the potential safety risks and threats related to the protection of persons and property.
 * Specifying, designing and implementing complex solutions regarding the security and legal protection of persons and property.
 * Managing, coordinating, motivating and evaluating subordinate staff.
 * Designing the organisational structure within the private security services.
 * Monitoring new trends in the protection of persons and property, and their implementation.</t>
   </si>
   <si>
-    <t>* Responsabilidad por la operación fluida de los servicios de seguridad privada.
-[...8 lines deleted...]
-  <si>
     <t>Technical Director</t>
-  </si>
-[...1 lines deleted...]
-    <t>Director técnico</t>
   </si>
   <si>
     <t>* Responsibility for the smooth running of the technical department in the company.
 * Managing, coordinating, motivating and evaluating subordinate staff.
 * Monitoring trends and launching new technologies into production.
 * Drawing up a budget and monitoring its use.
 * Cooperating in calling for tenders for the supply of materials, goods and services.
 * Conducting business negotiations in order to achieve the lowest possible price of materials, goods and services.
 * Selecting suitable suppliers and their evaluation.</t>
   </si>
   <si>
-    <t>* Responsabilidad por el funcionamiento fluido del departamento técnico en la empresa.
-[...7 lines deleted...]
-  <si>
     <t>Tourism, Gastronomy, Hotel Business</t>
   </si>
   <si>
-    <t>Turismo, gastronomía y hostelería</t>
-[...1 lines deleted...]
-  <si>
     <t>Accommodation Manager</t>
-  </si>
-[...1 lines deleted...]
-    <t>Gestor de alojamiento</t>
   </si>
   <si>
     <t>* Preparing warm and cold meals and drinks for the guests.
 * Check-in and check-out the guests.
 * Operating recreational facilities and services (wellness, billiard, renting skis, bicycles etc.).
 * Preparing and organizing programme for guests.
 * Solving problems relating to the accommodation facility.
 * Taking responsibility for the efficient operation of the accommodation facility.</t>
   </si>
   <si>
-    <t>* Preparar comidas y bebidas calientes y frías para los huéspedes.
-[...6 lines deleted...]
-  <si>
     <t>Activity Instructor</t>
-  </si>
-[...1 lines deleted...]
-    <t>Animador de ocio y tiempo libre</t>
   </si>
   <si>
     <t>* Organising leisure time of hotel guests during their holidays.
 * Creating entertainment, cultural and sports programmes, competitions, tournaments and other activities according to predetermined specialisation.
 * Participating in the beach, ball and board games.
 * Acting as a referee.
 * Providing services to the hotel guests and ensuring their overall satisfaction.</t>
   </si>
   <si>
-    <t>* Organizar el tiempo libre de los huéspedes del hotel durante sus vacaciones.
-[...5 lines deleted...]
-  <si>
     <t>Assistant Cook</t>
-  </si>
-[...1 lines deleted...]
-    <t>Ayudante de cocinero</t>
   </si>
   <si>
     <t>* Assisting at preparation and serving of hot and cold meals.
 * Preparation and cooking of cold, local and international cuisine.
 * Being responsible for accurate keeping of recipes, quality and amount of used ingredients.
 * Keeping account of supplies on store.
 * Following the rules of economic treatment of ingredients.
 * Observing hygienic and safety rules.</t>
   </si>
   <si>
-    <t>* Ayudar en la preparación y servicio de comidas calientes y frías.
-[...6 lines deleted...]
-  <si>
     <t>Bartender</t>
-  </si>
-[...1 lines deleted...]
-    <t>Barman</t>
   </si>
   <si>
     <t>* Serving alcohol and soft drinks.
 * Taking orders from customers.
 * Preparing cocktails with an emphasis on the correct procedure and recipe.
 * Washing and polishing glasses and cleaning bartending tools. 
 * Arranging bottles and glasses placed on the shelves in the bar.
 * Wiping the bar and changing the used ashtrays.
 * Collecting payments and accepting cash and operating the cash register. 
 * Monitoring the current stock levels.
 * Complying with hygiene standards in the workplace.</t>
   </si>
   <si>
-    <t>* Servir alcohol y refrescos.
-[...9 lines deleted...]
-  <si>
     <t>Booking agent</t>
-  </si>
-[...1 lines deleted...]
-    <t>Agente de reservas</t>
   </si>
   <si>
     <t>* Selling flight tickets, boat tickets, excursions, tours and additional tourist services.
 * Providing tourist information.
 * Working with internal reservation system.
 * Responsibility for checking and the correctness of the prices charged.
 * Concluding contracts regarding the tour provision.
 * Providing personal, telephone, e-mail or fax communication with clients.
 * Designing and implementing activities to promote sales.
 * Receiving and resolving reported claims and complaints.</t>
   </si>
   <si>
-    <t>* Venta de billetes de avión, billetes de barco, excursiones, tours y servicios turísticos adicionales.
-[...8 lines deleted...]
-  <si>
     <t>Bosun</t>
-  </si>
-[...1 lines deleted...]
-    <t>Contramaestre</t>
   </si>
   <si>
     <t>* steering the vessel, steersman's work
 * mooring vessels with steel ropes</t>
   </si>
   <si>
-    <t>* dirigir la embarcación, trabajo de timonel
-[...2 lines deleted...]
-  <si>
     <t>Cable car operator</t>
-  </si>
-[...1 lines deleted...]
-    <t>Operador de teleférico</t>
   </si>
   <si>
     <t>* Operating and maintaining cable car systems to ensure safe and efficient transportation of passengers.
 * Conducting pre-operation inspections of equipment to identify any maintenance needs or safety issues.
 * Assisting passengers with boarding and disembarking, ensuring a smooth and safe experience.
 * Providing information to passengers about the cable car operation, safety procedures, and local attractions.
 * Monitoring weather conditions and adjusting operations accordingly to ensure passenger safety.
 * Responding to emergencies and ensuring the safety of passengers at all times.
 * Collaborating with maintenance teams to report any technical issues and assist in repairs as needed.
 * Keeping accurate records of daily operations, including passenger counts and any incidents that occur.
 * Upholding company standards for customer service and ensuring a positive experience for all guests.
 * Participating in ongoing training and development to stay updated on safety regulations and operational procedures.</t>
   </si>
   <si>
-    <t>* Operar y mantener sistemas de teleférico para garantizar el transporte seguro y eficiente de pasajeros.
-[...10 lines deleted...]
-  <si>
     <t>Catering manager</t>
-  </si>
-[...1 lines deleted...]
-    <t>Gerente de catering</t>
   </si>
   <si>
     <t>* Preparing, and overseeing activities related to food preparation.
 * Planning menus in consultation with chefs.
 * Recruiting and training permanent and casual staff.
 * Planning staff shifts and rotes.
 * Ensuring health and safety regulations are strictly observed.
 * Monitoring the quality of the product and service provided.
 * Keeping financial and administrative records.
 * Managing the payroll and monitoring spending levels.
 * Maintaining stock levels and ordering new supplies as required.
 * Interacting with customers if involved with front of house work.
 * Liaising with suppliers and clients.
 * Negotiating contracts with customers, assessing their requirements and ensuring they are satisfied with the service delivered (in contract catering).</t>
   </si>
   <si>
-    <t>* Preparar y supervisar las actividades relacionadas con la preparación de alimentos.
-[...12 lines deleted...]
-  <si>
     <t>Chambermaid</t>
-  </si>
-[...1 lines deleted...]
-    <t>Camarera de piso</t>
   </si>
   <si>
     <t>* Cleaning of rooms, hallways, and common areas.
 * Regular vacuuming and dusting.
 * Making the beds and adjusting the sheeting.
 * Changing used bed linen and towels.
 * Cleaning bathrooms and toilets and refilling missing toiletries.
 * Emptying dustbins and changing used ashtrays.
 * Replenishing the contents of room mini-bars and refrigerators.</t>
   </si>
   <si>
-    <t>* Limpieza de habitaciones, pasillos y áreas comunes.
-[...7 lines deleted...]
-  <si>
     <t>Chef</t>
-  </si>
-[...1 lines deleted...]
-    <t>Jefe de cocina</t>
   </si>
   <si>
     <t>* Responsibility for the quality of prepared meals, compliance with the standards and production processes.
 * Preparing technologically demanding meals and specialities.
 * Monitoring stock levels, ordering missing commodities for the preparation of meals.
 * Receiving commodities from suppliers, performing quality and quantity checks of supplied goods, responsibility for its correct storage.
 * Leading, coordinating and performing professional supervision of kitchen staff.
 * Compiling, upgrading and regular diversifying of the menu.
 * Providing price calculations for the production of meals.</t>
   </si>
   <si>
-    <t>* Responsabilidad por la calidad de las comidas preparadas, el cumplimiento de los estándares y los procesos de producción.
-[...7 lines deleted...]
-  <si>
     <t>Concierge</t>
-  </si>
-[...1 lines deleted...]
-    <t>Conserje</t>
   </si>
   <si>
     <t>* Assisting guests with concierge services while securing spending their free time and entertainment, including securing reservations in restaurants.
 * Providing guests with recommendations concerning the hotel and its surroundings (restaurant, historic sights, events etc.).
 * Sending and accepting courier packages.
 * Securing immediate delivery of fax messages and of mail to the guests.
 * Responding to the questions of guests, solving eventual problems.
 * Organizing parking of cars.
 * Assisting guests with a rucksack (in case they need it).</t>
   </si>
   <si>
-    <t>* Ayudar a los huéspedes con servicios de conserjería mientras asegura el aprovechamiento de su tiempo libre y entretenimiento, incluyendo la reserva de mesas en restaurantes.
-[...7 lines deleted...]
-  <si>
     <t>Cook</t>
-  </si>
-[...1 lines deleted...]
-    <t>Cocinero</t>
   </si>
   <si>
     <t>* Preparing warm, cold, and special dietary needs dishes.
 * Responsibility for precise adherence to recipes, quality characteristics, and quantities of ingredients.
 * Dividing prepared dishes into individual portions.
 * Arranging and decorating dishes just before serving.
 * Ensuring the proper use and care for the kitchen equipment and tools.
 * Following strict hygienic standards and principles.</t>
   </si>
   <si>
-    <t>* Preparar platos calientes, fríos y adaptados a necesidades dietéticas especiales.
-[...6 lines deleted...]
-  <si>
     <t>Croupier</t>
-  </si>
-[...1 lines deleted...]
-    <t>Crupier</t>
   </si>
   <si>
     <t>* Operating gambling slot machines.
 * Familiarising customers with the rules and principles of the game.
 * Shuffling and distributing playing cards.
 * Supervising the regular conduct of games.
 * Exchanging cash.
 * Serving alcoholic and soft drinks.</t>
   </si>
   <si>
-    <t>* Operar máquinas tragamonedas.
-[...6 lines deleted...]
-  <si>
     <t>Fast food worker</t>
-  </si>
-[...1 lines deleted...]
-    <t>Trabajador de comida rápida</t>
   </si>
   <si>
     <t>* preparing meals
 * working at the cash desk
 * attending the staff assigned section
 * maintaining cleanliness of the working place</t>
   </si>
   <si>
-    <t>* Preparación de comidas
-[...4 lines deleted...]
-  <si>
     <t>Flight Attendant</t>
-  </si>
-[...1 lines deleted...]
-    <t>Auxiliar de vuelo</t>
   </si>
   <si>
     <t>* Attending a pre-flight safety briefing.
 * Welcoming passengers on board the aircraft, directing them to their seats according to the information on their boarding cards, and assisting them with their hand luggage.
 * Informing passengers of the aircraft safety procedures and providing a safety demonstration.
 * Preparing, serving, and selling meals and drinks.
 * Selling duty-free goods.
 * Checking the passengers and crew members regularly.
 * Distributing customs forms on international flights and assisting the passengers to fill them in.
 * Giving first aid to a limited extent.
 * Overseeing that the cleanliness and order on board is maintained.</t>
   </si>
   <si>
-    <t>* Asistir a una sesión informativa de seguridad previa al vuelo.
-[...9 lines deleted...]
-  <si>
     <t>Hotel Porter</t>
-  </si>
-[...1 lines deleted...]
-    <t>Portero de hotel</t>
   </si>
   <si>
     <t>* Welcoming guests arriving at the hotel.
 * Helping guests when getting in and out of their vehicle, and opening doors.
 * Loading and unloading luggage to/from the vehicle.
 * Helping guests to carry their luggage.
 * Guiding guests to their hotel rooms and presenting the equipment rooms.
 * Responding to the commonly posed questions from guests, and solving problems.</t>
   </si>
   <si>
-    <t>* Dar la bienvenida a los huéspedes que llegan al hotel.
-[...6 lines deleted...]
-  <si>
     <t>Houseman</t>
   </si>
   <si>
     <t>* Taking part in the effective fulfilling of the daily working tasks in the housekeeping department.
 * Caring for the main storehouse in the housekeeping department.
 * Taking orders of working aids for chambermaids and cleaners.
 * Taking out large goods and working aids to the individual storerooms on the storeys.
 * Taking out, bringing and sorting out of the hotel bed sheets and tea towels.
 * Taking responsibility for the regular monthly stocktaking.</t>
   </si>
   <si>
-    <t>* Participar en la realización efectiva de las tareas diarias en el departamento de limpieza.
-[...6 lines deleted...]
-  <si>
     <t>Kitchen Helper</t>
-  </si>
-[...1 lines deleted...]
-    <t>Auxiliar de cocina</t>
   </si>
   <si>
     <t>* Assisting in the preparation of food items according to established recipes and standards.
 * Maintaining cleanliness and organization of the kitchen area, including washing dishes, utensils, and equipment.
 * Supporting chefs and kitchen staff in various tasks, including food preparation and plating.
 * Ensuring proper storage of food items and adherence to food safety and sanitation guidelines.
 * Assisting with inventory management by tracking supplies and notifying supervisors of low stock levels.
 * Helping with the setup and breakdown of kitchen stations before and after service.
 * Participating in the cleaning and maintenance of kitchen appliances and work areas.
 * Collaborating with team members to ensure efficient kitchen operations and timely service.
 * Following all health and safety regulations to ensure a safe working environment.
 * Being flexible and ready to take on additional tasks as needed to support the kitchen team.</t>
   </si>
   <si>
-    <t>* Ayudar en la preparación de alimentos según recetas y estándares establecidos.
-[...10 lines deleted...]
-  <si>
     <t>Lifeguard, Swimming Instructor</t>
-  </si>
-[...1 lines deleted...]
-    <t>Socorrista, instructor de natación</t>
   </si>
   <si>
     <t>* Saving drowning visitors of swimming pools, water parks, beaches and similar facilities.
 * Supervising compliance with the rules of swimming facilities.
 * Providing first aid to visitors of the swimming facilities.</t>
-  </si>
-[...3 lines deleted...]
-* Proporcionar primeros auxilios a los visitantes de los establecimientos de natación.</t>
   </si>
   <si>
     <t>* Overseeing daily operations of the establishment to ensure smooth functioning and high-quality service delivery.
 * Coordinating with various departments, including front desk, housekeeping, and food and beverage, to maintain operational efficiency.
 * Training, supervising, and mentoring staff, ensuring adherence to company policies and standards.
 * Monitoring guest satisfaction and addressing any issues or complaints promptly and professionally.
 * Implementing operational procedures and standards to enhance service quality and operational performance.
 * Assisting in the development and management of budgets, ensuring cost-effective operations.
 * Conducting regular inspections of the facility to ensure compliance with health and safety regulations.
 * Collaborating with management to develop promotional strategies and improve service offerings.
 * Maintaining inventory levels and overseeing procurement of supplies and equipment.
 * Preparing reports on operational performance and presenting findings to senior management.
 * Ensuring a positive and welcoming atmosphere for guests and staff alike.</t>
   </si>
   <si>
-    <t>* Supervisar las operaciones diarias del establecimiento para asegurar el funcionamiento sin problemas y la entrega de servicios de alta calidad.
-[...11 lines deleted...]
-  <si>
     <t>Pizza Cook</t>
-  </si>
-[...1 lines deleted...]
-    <t>Cocinero de pizzas</t>
   </si>
   <si>
     <t>* Preparing pizza and pizza products in a special wood-burning oven 
 * Preparation and cleaning within the kitchen.</t>
-  </si>
-[...2 lines deleted...]
-* Preparación y limpieza dentro de la cocina.</t>
   </si>
   <si>
     <t>* Welcoming and checking in the guests by means of their presented identity card.
 * Assigning rooms according to customer requirements and current availability in accommodation facility.
 * Providing information and assistance in solving problems and complaints.
 * Providing foreign currency exchange services.
 * Providing telephone and e-mail reservations.
 * Providing specialised services on request.
 * Sale of supplementary consumer goods.
 * Issuing receipts for accommodation services.
 * Accepting payments in local and foreign currency and operating a payment terminal.</t>
   </si>
   <si>
-    <t>* Recibir y registrar a los huéspedes mediante la presentación de su documento de identidad.
-[...9 lines deleted...]
-  <si>
     <t>Restaurant worker</t>
-  </si>
-[...1 lines deleted...]
-    <t>Empleado de restaurante</t>
   </si>
   <si>
     <t>* Providing excellent customer service to ensure a positive dining experience for guests.
 * Taking and processing customer orders accurately and efficiently.
 * Assisting in menu selection and offering recommendations based on customer preferences.
 * Preparing tables for dining by setting up utensils, glassware, and condiments.
 * Collaborating with kitchen staff to ensure timely and accurate food preparation and delivery.
 * Maintaining cleanliness and organization of the dining area, including clearing and resetting tables.
 * Handling customer inquiries and resolving any issues or complaints in a professional manner.
 * Processing payments and managing cash register transactions.
 * Adhering to health and safety regulations, including food hygiene standards.
 * Participating in training programs to enhance service skills and product knowledge.
 * Assisting with inventory management and restocking supplies as needed.
 * Supporting special events and catering services as required.</t>
-  </si>
-[...12 lines deleted...]
-* Apoyar servicios de eventos especiales y catering según lo requerido.</t>
   </si>
   <si>
     <t>* Overseeing daily operations of the retail store to ensure efficiency and productivity.
 * Managing and training a team of sales associates to deliver exceptional customer service.
 * Developing and implementing sales strategies to meet and exceed store targets and objectives.
 * Monitoring inventory levels and coordinating with suppliers to ensure adequate stock.
 * Maintaining visual merchandising standards and ensuring the store is well-presented at all times.
 * Analyzing sales reports and market trends to make informed business decisions.
 * Handling customer inquiries, complaints, and feedback to enhance the shopping experience.
 * Ensuring compliance with company policies, safety regulations, and health standards.
 * Preparing and managing the store budget, including forecasting and controlling expenses.
 * Collaborating with marketing teams to promote store events and special promotions.
 * Leading by example in delivering excellent customer service and fostering a positive work environment.
 * Conducting regular performance evaluations and providing constructive feedback to team members.
 * Ensuring the store meets all operational and financial goals while maintaining high standards of service.</t>
   </si>
   <si>
-    <t>* Supervisar las operaciones diarias de la tienda minorista para garantizar la eficiencia y la productividad.
-[...13 lines deleted...]
-  <si>
     <t>Shift manager</t>
-  </si>
-[...1 lines deleted...]
-    <t>Director de turno</t>
   </si>
   <si>
     <t>* Overseeing daily operations in the hospitality environment to ensure high-quality service delivery.
 * Managing staff schedules and assigning tasks to ensure efficient workflow during shifts.
 * Training and mentoring team members to enhance their skills and improve service standards.
 * Monitoring guest satisfaction and addressing any concerns or complaints promptly and professionally.
 * Collaborating with other departments to ensure seamless service and guest experiences.
 * Implementing and maintaining health and safety regulations, ensuring compliance with industry standards.
 * Assisting in inventory management, including ordering and restocking supplies as needed.
 * Conducting regular inspections of the facility to ensure cleanliness and maintenance standards are met.
 * Preparing reports on operational performance, staff productivity, and guest feedback for management review.
 * Promoting a positive work environment and fostering team spirit among staff members.</t>
   </si>
   <si>
-    <t>* Supervisión de las operaciones diarias en el entorno de hospitalidad para garantizar la entrega de servicios de alta calidad.
-[...10 lines deleted...]
-  <si>
     <t>Sommelier</t>
   </si>
   <si>
     <t>* Providing expert advice to customers in choosing the appropriate type of wine and other noble drinks.
 * Serving wine and other high quality beverages.
 * Compiling wine cards and lists of beverages.
 * Ordering, archiving, and selling wine and other products.
 * Organising wine presentations and wine tastings.
 * Training and managing personnel in the given field.</t>
   </si>
   <si>
-    <t>* Proporcionar asesoramiento experto a los clientes en la elección del tipo de vino y otras bebidas nobles adecuadas.
-[...6 lines deleted...]
-  <si>
     <t>Spa Therapist</t>
-  </si>
-[...1 lines deleted...]
-    <t>Terapeuta de balneario</t>
   </si>
   <si>
     <t>* Carrying out body massages, packs and body and face treatments.
 * Taking care of maintenance and tidiness in the whole hotel spa.
 * Taking care of the spa reception.
 * Presentation and active sale of cosmetic products to the clients.</t>
   </si>
   <si>
-    <t>* Realizar masajes corporales, envolturas y tratamientos corporales y faciales.
-[...4 lines deleted...]
-  <si>
     <t>Travel Guide</t>
-  </si>
-[...1 lines deleted...]
-    <t>Guía de viaje</t>
   </si>
   <si>
     <t>* Guiding individuals and groups during tours.
 * Preparing professional commentaries, studying historical facts and attractions.
 * Providing professional commentaries in the mother tongue and a foreign language.
 * Answering the tour participants’ questions.
 * Operational solution of problems encountered.</t>
   </si>
   <si>
-    <t>* Guía a individuos y grupos durante las visitas guiadas.
-[...5 lines deleted...]
-  <si>
     <t>Waiter</t>
-  </si>
-[...1 lines deleted...]
-    <t>Camarero</t>
   </si>
   <si>
     <t>* Setting tables, placing silverware, plates, glasses, and placemats.
 * Welcoming and seating guests based on the current available capacity.
 * Providing advice when customers are selecting meals and beverages.
 * Taking orders from customers.
 * Serving ordered meals and beverages and occasionally performing the finishing touches for meals at the table.
 * Accepting and turning over claims to a responsible staff member.
 * Collecting payment and outstanding amounts in local and foreign currencies or via a payment card.
 * Removing used silverware, plates, and glasses from tables.
 * Taking reservations for tables.</t>
   </si>
   <si>
-    <t>* Preparar mesas, colocando cubiertos, platos, vasos y individual.
-[...9 lines deleted...]
-  <si>
     <t>Waiter - Room Service</t>
-  </si>
-[...1 lines deleted...]
-    <t>Camarero - servicio de habitaciones</t>
   </si>
   <si>
     <t>* Being responsible for professional services to the guests while serving meals and drinks to the guest rooms. 
 * Being responsible for the requests of guests who asked for delivery to the hotel room.
 * Taking part in development and improvement of the service of meals and drinks.
 * Announcing and solving problems of guests.
 * Providing and keeping a high quality service of meals and drinks.
 * Stocking minibars in the hotel rooms.</t>
   </si>
   <si>
-    <t>* Ser responsable de los servicios profesionales a los huéspedes mientras se sirven comidas y bebidas en las habitaciones de los huéspedes.
-[...6 lines deleted...]
-  <si>
     <t>Translating, interpreting</t>
   </si>
   <si>
-    <t>Traducción e interpretación</t>
-[...1 lines deleted...]
-  <si>
     <t>Interpreter</t>
-  </si>
-[...1 lines deleted...]
-    <t>Intérprete</t>
   </si>
   <si>
     <t>* Studying vocabulary and technical terminology in the field being interpreted.
 * Performing simultaneous or consecutive interpretation from the source language into the target language with an emphasis placed on the accuracy and fluency of the interpreted speech.
 * Attending international events, business meetings, trials, police interrogations, etc.</t>
   </si>
   <si>
-    <t>* Estudiar vocabulario y terminología técnica en el campo que se está interpretando.
-[...3 lines deleted...]
-  <si>
     <t>* Editing text regarding spelling, style, and content.
 * Marking identified errors using proofreading marks.
 * Final proofreading by reading the entire text.</t>
   </si>
   <si>
-    <t>* Edición de texto en cuanto a ortografía, estilo y contenido.
-[...3 lines deleted...]
-  <si>
     <t>Translator</t>
-  </si>
-[...1 lines deleted...]
-    <t>Traductor</t>
   </si>
   <si>
     <t>* Familiarising with the source text in order to understand its meaning and function.
 * Using the available and relevant literature and specialised software to translate the source text into the target language.
 * Translating the texts from the source language into the target language while retaining the original meaning, quality of translation and specific customer instructions.
 * Proofreading the translated text: correcting the grammatical and stylistic errors, typos, proofreading the text in terms of the meaning, reviewing the consistency of the terminology used and the completeness of the translated text, and locating specific data for a specific target language (e.g. writing of the proper numbers, dates, units of measure etc.).</t>
   </si>
   <si>
-    <t>* Familiarizarse con el texto de origen para comprender su significado y función.
-[...4 lines deleted...]
-  <si>
     <t>Transport, Haulage, Logistics</t>
   </si>
   <si>
-    <t>Transporte, acarreo y logística</t>
-[...1 lines deleted...]
-  <si>
     <t>Air Traffic Controller</t>
-  </si>
-[...1 lines deleted...]
-    <t>Controlador de tráfico aéreo</t>
   </si>
   <si>
     <t>* Ensuring the safe and efficient management of air traffic within designated airspace.
 * Coordinating aircraft movements on the ground and in the air to prevent collisions and ensure timely departures and arrivals.
 * Minimizing aircraft delays through effective communication and problem-solving in response to unexpected weather conditions or technical malfunctions.
 * Utilizing radar, radio communication, and other technologies to monitor and direct aircraft, providing instructions to pilots as necessary.
 * Collaborating with other air traffic control personnel and aviation stakeholders to maintain smooth operations and enhance safety protocols.
 * Conducting regular assessments of air traffic patterns and making adjustments to improve efficiency and safety.
 * Maintaining detailed records of flight activities and incidents to support operational analysis and compliance with regulatory requirements.
 * Participating in ongoing training and professional development to stay current with industry standards, regulations, and technological advancements.
 * Responding to emergencies and implementing contingency plans to ensure the safety of passengers and crew.
 * Demonstrating strong decision-making skills and the ability to work under pressure in a fast-paced environment.</t>
   </si>
   <si>
-    <t>* Garantizar la gestión segura y eficiente del tráfico aéreo en el espacio aéreo designado.
-[...10 lines deleted...]
-  <si>
     <t>Aircraft engineer</t>
-  </si>
-[...1 lines deleted...]
-    <t>Ingeniero aeronáutico</t>
   </si>
   <si>
     <t>* Supervising the assembly of aircraft systems and engines
 * Testing aircraft to measure performance and identify areas for improvement
 * Developing design specifications for aircraft systems
 * Applying scientific principles to improve the performance of aircraft
 * Researching the environmental impact of aircraft and taking action to minimise this
 * Investigating problems with aircraft or the causes of accidents
 * Creating reports for clients and providing technical advice
 * Maintaining aircraft and carrying out regular inspections</t>
   </si>
   <si>
-    <t>* Supervisar el ensamblaje de sistemas y motores de aeronaves
-[...8 lines deleted...]
-  <si>
     <t>Aircraft Technician</t>
-  </si>
-[...1 lines deleted...]
-    <t>Técnico aeronáutico</t>
   </si>
   <si>
     <t>* Dismantling and remounting of fuel tanks, including the cleaning of storage areas, connecting petrol installations, including the waste pipe and fitting the filler caps.
 * Technical maintenance of aircraft when located in the apron, connecting the ground supplies and visual inspection of the exterior and interior of aircrafts.
 * Mounting and adjusting aircraft chassis and propellers.
 * Pre-flight technical inspections of aircrafts, including the decision on the serviceability of aircrafts.
 * Managing the replacement of engines with connecting auxiliary equipment and the entire installation, including the setting when testing the engine.
 * Detecting and removing defects and damage to aircraft and to their systems (power steering and load control, landing gears and fuel, hydraulic (using the energy of liquids), air de-icing and altitude systems) and deciding on their serviceability.
 * Conducting engine tests of the reactive engines prior to delivering the aircraft for flight, detecting the causes of defects and determining the method of their removal.</t>
   </si>
   <si>
-    <t>* Desmontaje y remontaje de depósitos de combustible, incluyendo la limpieza de áreas de almacenamiento, conexión de instalaciones de gasolina, incluyendo la tubería de desechos y ajuste de las tapas de llenado.
-[...7 lines deleted...]
-  <si>
     <t>Bus Driver</t>
-  </si>
-[...1 lines deleted...]
-    <t>Conductor de autobús</t>
   </si>
   <si>
     <t>* Transporting people within urban, suburban, long distance, international and special services.
 * Stopping at bus stops in accordance with the current timetable and on request.
 * Opening and closing doors when passengers get on/off the bus.
 * Operating the electronic till and issuing tickets to passengers.
 * Operating the air conditioning, heating and lighting on the bus.
 * Recharging smart cards (excluding urban and special services).
 * Accepting and dispensing cash from and to the passengers.
 * Putting oversized luggage into the luggage compartment of the bus (except urban services).
 * Keeping the bus clean and tidy.</t>
   </si>
   <si>
-    <t>* Transportar personas en servicios urbanos, suburbanos, de larga distancia, internacionales y especiales.
-[...9 lines deleted...]
-  <si>
     <t>Car Driver</t>
-  </si>
-[...1 lines deleted...]
-    <t>Conductor de coches</t>
   </si>
   <si>
     <t>* Transporting one or more passengers by car to their final destination at a pre-arranged and/or any time.
 * Opening and closing doors for passengers.
 * Helping elderly and/or immobile passengers get in and out of the vehicle.
 * Helping passengers with luggage.
 * Maintaining the interior and exterior of the vehicle in proper condition.</t>
   </si>
   <si>
-    <t>* Transportar a uno o varios pasajeros en coche a su destino final en un momento preestablecido y/o en cualquier momento.
-[...5 lines deleted...]
-  <si>
     <t>Co-ordinator</t>
-  </si>
-[...1 lines deleted...]
-    <t>Coordinador</t>
   </si>
   <si>
     <t xml:space="preserve">* Receiving orders from customers
 * Transhipment
 * Approving supplier invoices
 * Support of dispatching in administrative activities
 </t>
   </si>
   <si>
-    <t>* Recibir pedidos de clientes
-[...4 lines deleted...]
-  <si>
     <t>Counter Clerk</t>
-  </si>
-[...1 lines deleted...]
-    <t>Empleado de mostrador</t>
   </si>
   <si>
     <t>* Receiving and issuing letters and parcels.
 * Receiving and issuing cash for services rendered.
 * Helping clients with completing forms for filing postal items, money orders, etc.
 * Paying out money orders and payment receipts.
 * Selling scratch tickets and betting game tickets.
 * Selling periodicals, stamps, packaging and packing materials, stationery, etc.</t>
   </si>
   <si>
-    <t>* Recibir y entregar cartas y paquetes.
-[...6 lines deleted...]
-  <si>
     <t>Courier</t>
-  </si>
-[...1 lines deleted...]
-    <t>Mensajero</t>
   </si>
   <si>
     <t>* Delivering and collecting letter and parcel mail.
 * Managing documentation accompanying the consignments.
 * Planning and optimising the transport routes.
 * Participating in the uploading and unloading of consignments, with an emphasis placed on their safe position.
 * Maintaining a regular communication link with the control centre via radio station.
 * Receiving and issuing cash for delivered consignments.</t>
   </si>
   <si>
-    <t>* Entregar y recoger correo y paquetería.
-[...6 lines deleted...]
-  <si>
     <t>Customs Broker</t>
-  </si>
-[...1 lines deleted...]
-    <t>Despachante de aduana</t>
   </si>
   <si>
     <t>* Clearing of goods originating from countries outside the European Union.
 * Performing export operations related to the issuance of the necessary documents.
 * Submitting statistical reports on the receipt of goods from European Union countries by means of the INTRASTAT document.</t>
   </si>
   <si>
-    <t>* Despacho de mercancías originarias de países ajenos a la Unión Europea.
-[...3 lines deleted...]
-  <si>
     <t>Dispatch clerk</t>
-  </si>
-[...1 lines deleted...]
-    <t>Empleado de despacho y expedición</t>
   </si>
   <si>
     <t>* Preparing and dispatching goods and consignments
 * Preparing necessary documentation for consignments (delivery notes, dispatch forms)
 * Record keeping</t>
-  </si>
-[...3 lines deleted...]
-* Mantener registros</t>
   </si>
   <si>
     <t>* Coordinating the distribution of goods and materials to ensure timely delivery.
 * Maintaining accurate records of inventory levels, shipping schedules, and delivery confirmations.
 * Collaborating with suppliers, vendors, and customers to facilitate efficient logistics operations.
 * Processing orders and preparing shipping documents, including bills of lading and packing lists.
 * Monitoring transportation costs and optimizing routes to enhance efficiency and reduce expenses.
 * Communicating with drivers and warehouse staff to ensure smooth operations and address any issues that arise.
 * Conducting regular audits of inventory and distribution processes to ensure compliance with company policies.
 * Utilizing software and technology to track shipments and manage logistics data effectively.
 * Assisting in the development and implementation of logistics strategies to improve overall service levels.
 * Providing exceptional customer service by addressing inquiries and resolving any distribution-related concerns.</t>
   </si>
   <si>
-    <t>* Coordinar la distribución de bienes y materiales para garantizar la entrega oportuna.
-[...10 lines deleted...]
-  <si>
     <t>Driver</t>
-  </si>
-[...1 lines deleted...]
-    <t>Conductor</t>
   </si>
   <si>
     <t>* Driving personal and freight vehicles to transport people or goods.
 * Fuelling vehicles.
 * Changing a flat tyre if needed with the use of a temporary spare tyre.
 * Maintaining the interior and exterior of a vehicle in proper condition.
 * Announcing any failures and wear and tear of a vehicle to a superior.
 * Managing a trip log.</t>
   </si>
   <si>
-    <t>* Conducir vehículos personales y de carga para transportar personas o mercancías.
-[...6 lines deleted...]
-  <si>
     <t>Engine Driver</t>
   </si>
   <si>
     <t>* Driving traction vehicles on the railway track.
 * Checking the technical condition of the traction vehicle before driving.
 * Transporting persons, material, goods, etc.
 * Checking the prescribed speed limits and other factors affecting driving safety.
 * Stopping the train unit at the prescribed stations.
 * Arranging and parking the railroad cars at the designated location.</t>
   </si>
   <si>
-    <t>* Conducir vehículos de tracción sobre la vía férrea.
-[...6 lines deleted...]
-  <si>
     <t>Forklift Truck Operator</t>
-  </si>
-[...1 lines deleted...]
-    <t>Operador de carretillas elevadoras</t>
   </si>
   <si>
     <t xml:space="preserve">* Operating forklifts, pallet trucks, picking and system trucks, retractors etc.
 * Loading and offloading pallets with freight onto/off vehicle beds.
 * Accepting and delivering goods to and from the warehouse.
 * Supplying the production line with material.
 * Scanning of pallet labels.
 * Performing routine maintenance of the vehicle.
 * Cooperation at stocktaking.
 </t>
   </si>
   <si>
-    <t>* Operación de carretillas elevadoras, camiones de paletas, camiones de recogida y sistema, retractores, etc.
-[...7 lines deleted...]
-  <si>
     <t>Forwarder</t>
-  </si>
-[...1 lines deleted...]
-    <t>Transitario</t>
   </si>
   <si>
     <t>* Ensuring the national and international transport of goods.
 * Seeking and contacting new customers.
 * Receiving and completing pricing inquiries and orders for shipment.
 * Negotiating the terms and conditions and contracting with carriers.
 * Monitoring the availability of vehicles and ensuring their occupancy.
 * Entering data into the information system.
 * Preparing documents for billing.
 * Monitoring the payment discipline of customers.
 * Communicating with customers and carriers.
 * Resolving claims.</t>
   </si>
   <si>
-    <t>* Garantizar el transporte nacional e internacional de mercancías.
-[...10 lines deleted...]
-  <si>
     <t>Head of Vehicle Technical Inspection</t>
-  </si>
-[...1 lines deleted...]
-    <t>Jefe de inspección técnica de vehículos</t>
   </si>
   <si>
     <t>* Overseeing the technical inspection processes for all vehicles within the organization.
 * Ensuring compliance with national and international vehicle safety and emissions standards.
 * Developing and implementing inspection protocols and procedures to enhance vehicle safety and performance.
 * Managing a team of technical inspectors, providing training and guidance to ensure high-quality inspections.
 * Collaborating with regulatory bodies and industry stakeholders to stay updated on legislation and best practices.
 * Analyzing inspection data to identify trends and areas for improvement in vehicle maintenance and safety.
 * Preparing detailed reports on inspection findings and presenting recommendations to senior management.
 * Coordinating with other departments to facilitate vehicle maintenance and repair schedules.
 * Ensuring the proper documentation and record-keeping of all inspections conducted.
 * Leading initiatives to promote a culture of safety and compliance within the organization.</t>
   </si>
   <si>
-    <t>* Supervisar los procesos de inspección técnica de todos los vehículos dentro de la organización.
-[...10 lines deleted...]
-  <si>
     <t>Import/Export Officer</t>
-  </si>
-[...1 lines deleted...]
-    <t>Oficial de importación/exportación</t>
   </si>
   <si>
     <t>* Checking figures, postings, and documents for correct entry, mathematical accuracy, and proper codes. 
 * Operating computers programmed with accounting software to record, store, and analyze information. 
 * Classifying, recording, and summarizing numerical and financial data to compile and keep financial records, using journals and ledgers or computers. 
 * Compiling statistical, financial, accounting or auditing reports and tables pertaining to such matters as cash receipts, expenditures, accounts payable and receivable, and profits and losses. 
 * Calculating, preparing, and issuing bills, invoices, account statements, and other financial statements according to established procedures. 
 * Preparing bank deposits by compiling data from cashiers, verifying and balancing receipts, and sending cash, checks, or other forms of payment to banks. 
 * Compiling budget data and documents, based on estimated revenues and expenses and previous budgets. 
 * Preparing purchase orders and expense reports. 
 * Transferring details from separate journals to general ledgers or data processing sheets. 
 * Completing and submitting tax forms and returns, workers' compensation forms, pension contribution forms, and other government documents.</t>
   </si>
   <si>
-    <t>* Verificación de cifras, asientos y documentos para asegurar la entrada correcta, la precisión matemática y los códigos adecuados.
-[...10 lines deleted...]
-  <si>
     <t>Logistics Clerk</t>
-  </si>
-[...1 lines deleted...]
-    <t>Empleado de logística</t>
   </si>
   <si>
     <t>* Ensuring the continuous supply of materials for the production department.
 * Monitoring material levels in storage in the information system.
 * Communicating with suppliers regarding the method and time of material delivery.
 * Communicating with the warehousers concerning the optimal storage of pallets with material in storage areas.
 * Communicating with the production department with regard to ensuring a sufficient supply of the materials that are necessary for the smooth operation of production.
 * Cooperating with the head of the production department in creating the production plan.
 * Managing and updating records in the information system.</t>
   </si>
   <si>
-    <t>* Garantizar el suministro continuo de materiales para el departamento de producción.
-[...7 lines deleted...]
-  <si>
     <t>Logistics Controller</t>
-  </si>
-[...1 lines deleted...]
-    <t>Controlador de logística y almacenamiento</t>
   </si>
   <si>
     <t>* Planning and executing all tasks related to daily transportation, including the receipt and dispatch of goods.
 * Preparing and resolving transportation and customs formalities.
 * Communicating with carriers and suppliers to ensure smooth logistics operations.
 * Defining transportation lists in close collaboration with planning, production, and warehouse managers.
 * Monitoring orders to ensure all deliveries arrive on time while considering quantities, quality, and commercial terms.
 * Ensuring accurate and qualified administration of orders.
 * Controlling supplier invoices according to agreed terms and tracking invoice payments.
 * Ensuring the availability of all necessary procurement and logistics data to support effective operational and executive commands.
 * Creating and presenting required procurement and logistics reports to relevant stakeholders.
 * Continuously assessing and improving logistics processes to enhance efficiency and effectiveness.</t>
   </si>
   <si>
-    <t>* Planificar y ejecutar todas las tareas relacionadas con el transporte diario, incluida la recepción y el despacho de mercancías.
-[...10 lines deleted...]
-  <si>
     <t>Lorry Driver</t>
-  </si>
-[...1 lines deleted...]
-    <t>Conductor de camión</t>
   </si>
   <si>
     <t>* Transporting and delivering goods based on predefined conditions domestically and abroad.
 * Coordinating and controlling the loading of goods with the goal of securing the optimum placement of goods and avoiding any overloading of individual axles and/or the entire vehicle.
 * Taking the appropriate measures to prevent goods from moving during transport.
 *Taking the appropriate measures to protect goods and the vehicle from theft (during rest breaks).
 * Using a satellite navigation system and travel maps to precisely locate the delivery location.
 * Maintaining communication links with the dispatch using a radio station.
 * Managing customs formalities during international transport (outside the EU).
 * Checking the quantity and type of goods delivered during unloading; providing the client with all the necessary documentation.
 * Fuelling at filling stations, checking the technical condition of an entrusted motor vehicle.
 * Respecting all legally-defined rest breaks.</t>
   </si>
   <si>
-    <t>* Transportar y entregar mercancías según condiciones predefinidas a nivel nacional e internacional.
-[...10 lines deleted...]
-  <si>
     <t>Maritime Transport Organiser</t>
-  </si>
-[...1 lines deleted...]
-    <t>Organizador del transporte marítimo</t>
   </si>
   <si>
     <t>* Maintenance planning.
 * Supply support.
 * Support and Test Equipment/Equipment support.
 * Manpower and personnel.
 * Training and training support.
 * Technical data.
 * Computer Resources support.
 * Facilities.
 * Packaging, Handling, Storage, and Transportation (PHS&amp;T).
 * Monitoring the readiness of assigned ships.
 * Researching operational requirements for the acquisition of ships and ship systems for assigned programs.
 * Assists with budget formulation and contract oversight for assigned programs.
 * Coordinates ship berthing requirements, cargo operations, and safety/navigation compliance.</t>
   </si>
   <si>
-    <t>* Planificación de mantenimiento.
-[...13 lines deleted...]
-  <si>
     <t>Naval Officer</t>
-  </si>
-[...1 lines deleted...]
-    <t>Oficial de marina</t>
   </si>
   <si>
     <t>* Overseeing the safe navigation and operation of naval vessels.
 * Ensuring compliance with maritime laws, safety regulations, and environmental standards.
 * Coordinating and executing logistical operations related to naval missions and exercises.
 * Managing crew assignments, training, and performance evaluations.
 * Conducting regular inspections and maintenance checks on equipment and vessels.
 * Collaborating with other military branches and agencies for joint operations.
 * Developing and implementing operational plans and strategies for maritime missions.
 * Monitoring weather conditions and making real-time navigational decisions.
 * Maintaining accurate records of voyages, cargo, and crew activities.
 * Providing leadership and guidance to junior officers and crew members.
 * Engaging in continuous professional development and training to enhance naval competencies.
 * Responding to emergency situations and executing crisis management protocols.
 * Participating in strategic planning and resource allocation for naval operations.
 * Ensuring effective communication and coordination among all team members during missions.
 * Promoting a culture of safety, teamwork, and professionalism within the naval unit.</t>
   </si>
   <si>
-    <t>* Supervisar la navegación segura y operación de buques navales.
-[...15 lines deleted...]
-  <si>
     <t>Pilot</t>
-  </si>
-[...1 lines deleted...]
-    <t>Piloto</t>
   </si>
   <si>
     <t>* Responsibility for piloting airliners and cargo aircraft.
 * Preparing flight plans based on weather forecast and operational information.
 * Performing the routine inspection of instrumentation, controls and equipment prior to departure.
 * Communicating with the control tower, asking for permission to take off/to land.
 * Informing passengers about approaching storms, turbulences and other fluctuations in the weather.</t>
-  </si>
-[...5 lines deleted...]
-* Informar a los pasajeros sobre tormentas cercanas, turbulencias y otras fluctuaciones en el clima.$$</t>
   </si>
   <si>
     <t>* Receiving and sorting postal items according to delivery districts.
 * Delivering letter and parcel mail, periodicals, personal delivery and registered delivery.
 * Paying money orders, pensions and other eligible benefits.
 * Accounting for funds received after returning from an errand.
 * Selling valuables and other postal products.
 * Respecting postal secrecy.
 * Responsibility for the delivered items.</t>
   </si>
   <si>
-    <t>* Recibir y clasificar los envíos postales según los distritos de entrega.
-[...7 lines deleted...]
-  <si>
     <t>Postal worker</t>
-  </si>
-[...1 lines deleted...]
-    <t>Trabajador postal</t>
   </si>
   <si>
     <t>* Sorting and delivering mail and packages to designated addresses in a timely manner.
 * Collecting outgoing mail and ensuring proper postage and handling.
 * Maintaining accurate records of deliveries and pickups.
 * Assisting customers with inquiries regarding postal services and rates.
 * Operating postal vehicles and ensuring their maintenance and cleanliness.
 * Adhering to safety and security protocols while handling mail and packages.
 * Collaborating with team members to optimize delivery routes and schedules.
 * Utilizing technology and postal systems to track shipments and manage logistics.
 * Handling undeliverable mail and returning it to the appropriate sender.
 * Providing excellent customer service and maintaining a positive image of the postal service.
 * Attending training and development programs to stay updated on postal regulations and procedures.
 * Performing other related duties as assigned by supervisors or management.</t>
   </si>
   <si>
-    <t>* Clasificar y entregar correo y paquetes a direcciones designadas de manera oportuna.
-[...12 lines deleted...]
-  <si>
     <t>* Overseeing and coordinating all aspects of project management within the transport and logistics sector.
 * Developing project plans, timelines, and budgets to ensure successful project execution.
 * Collaborating with cross-functional teams to define project scope, objectives, and deliverables.
 * Identifying and mitigating risks throughout the project lifecycle to ensure timely completion.
 * Managing relationships with clients, suppliers, and stakeholders to facilitate smooth communication and collaboration.
 * Monitoring project progress and performance, providing regular updates and reports to management.
 * Ensuring compliance with industry regulations and standards in all project activities.
 * Leading project meetings, facilitating discussions, and resolving any issues that arise.
 * Training and mentoring team members to enhance their skills and performance.
 * Implementing best practices and continuous improvement initiatives to optimize project outcomes.
 * Conducting post-project evaluations to assess success and identify areas for improvement.</t>
   </si>
   <si>
-    <t>* Supervisar y coordinar todos los aspectos de la gestión de proyectos dentro del sector del transporte y la logística.
-[...11 lines deleted...]
-  <si>
     <t>* Overseeing the procurement process for goods and services to ensure timely and cost-effective purchasing.
 * Developing and implementing purchasing strategies that align with company goals and objectives.
 * Evaluating suppliers and negotiating contracts to secure the best terms and prices.
 * Collaborating with internal departments to forecast purchasing needs and manage inventory levels.
 * Analyzing market trends and supplier performance to identify opportunities for cost savings and efficiency improvements.
 * Maintaining accurate records of purchases, pricing, and inventory levels to support financial and operational reporting.
 * Ensuring compliance with company policies and relevant regulations in all purchasing activities.
 * Building and maintaining strong relationships with suppliers and stakeholders to facilitate effective communication and collaboration.
 * Leading and mentoring a team of purchasing professionals, providing guidance and support in their roles.
 * Monitoring and reporting on key performance indicators related to purchasing activities and supplier performance.</t>
   </si>
   <si>
-    <t>* Supervisar el proceso de compra de bienes y servicios para garantizar una adquisición puntual y rentable.
-[...10 lines deleted...]
-  <si>
     <t>Rail Transport Controller (shunter, signalist)</t>
-  </si>
-[...1 lines deleted...]
-    <t>Controlador de transporte ferroviario (guardagujas,</t>
   </si>
   <si>
     <t>* Securing transport routes for trains and shunting by means of centrally, locally and manually placed points, derails, signals. 
 * Shunting railroad cars, coupling and uncoupling them and tending to the brakes of individual cars or car groups.
 * Retaining humped and pushed-off cars, securing cars against movement.
 * Tending to rail brakes.
 * Monitoring signals and given signals, monitoring the movement of trains..
 * Tending to notification and safety devices, checking them, tending to rail brakes. Keeping transportation records.
 * Checking and operational maintenance of points in the assigned area.</t>
   </si>
   <si>
-    <t>* Asegurar las rutas de transporte de trenes y maniobras mediante puntos, descarriladores y señales_connections colocados de forma centralizada, local y manual.
-[...7 lines deleted...]
-  <si>
     <t>Sailor</t>
-  </si>
-[...1 lines deleted...]
-    <t>Marinero</t>
   </si>
   <si>
     <t>* Perform manual tasks on the ship's deck during the loading and unloading of cargo or passengers, as well as during docking and undocking procedures.
 * Work on various types of vessels and maintain the condition of all areas on board, excluding the engine room.
 * Maintain and operate deck equipment such as anchors, mooring ropes, steel cables, winches, cranes, pumps, and other cargo handling equipment, as well as safety and firefighting equipment.
 * Stand watch on deck, monitor sea conditions, and assist in navigation.
 * Ensure compliance with safety regulations and protocols while performing all tasks.
 * Assist in emergency response situations and participate in safety drills.
 * Collaborate with other crew members to ensure efficient operations and communication on board.
 * Keep accurate records of cargo operations and maintenance activities.
 * Report any issues or malfunctions to the appropriate personnel promptly.
 * Participate in routine maintenance and cleaning of the deck and associated equipment.</t>
   </si>
   <si>
-    <t>* Realizar tareas manuales en la cubierta del barco durante la carga y descarga de mercancías o pasajeros, así como durante los procedimientos de atraque y desatraque.
-[...10 lines deleted...]
-  <si>
     <t>* Overseeing the sales office operations to ensure efficient workflow and high levels of customer satisfaction.
 * Developing and implementing effective sales strategies to achieve company targets and increase market share.
 * Leading and mentoring a team of sales representatives, providing training, support, and performance evaluations.
 * Establishing and maintaining strong relationships with clients and key stakeholders to foster business growth.
 * Analyzing sales data and market trends to identify opportunities for improvement and innovation.
 * Coordinating with logistics and supply chain teams to ensure timely delivery of products and services.
 * Managing budgets, forecasts, and sales reports to track performance and inform decision-making.
 * Handling customer inquiries and resolving issues in a timely and professional manner.
 * Collaborating with marketing teams to create promotional materials and campaigns that drive sales.
 * Ensuring compliance with company policies and industry regulations in all sales activities.</t>
-  </si>
-[...10 lines deleted...]
-* Asegurar el cumplimiento de las políticas de la empresa y las regulaciones de la industria en todas las actividades de ventas.</t>
   </si>
   <si>
     <t>Supply Chain Specialist</t>
   </si>
   <si>
     <t>* Collaborate with suppliers to ensure timely and accurate procurement of raw materials, components, and finished goods.
 * Negotiate pricing, terms, and contracts with suppliers to optimize cost and quality.
 * Monitor supplier performance and address any issues related to delivery, quality, or compliance.
 * Maintain optimal inventory levels to meet demand while minimizing carrying costs and stockouts.
 * Implement inventory control strategies such as ABC analysis, safety stock calculations, and reorder point optimization.
 * Regularly review and adjust inventory parameters based on demand patterns and market trends.
 * Utilize historical data, market trends, and customer insights to develop accurate demand forecasts.
 * Collaborate with sales and marketing teams to incorporate promotional activities, new product launches, and market changes into forecasting models.
 * Continuously improve forecasting accuracy through data analysis and model refinement.
 * Coordinate the transportation and distribution of goods to ensure timely delivery to customers and distribution centers.
 * Collaborate with logistics partners to optimize freight costs, routing, and mode of transportation.
 * Monitor shipment status and resolve any issues related to delays, damages, or discrepancies.
 * Identify inefficiencies in the supply chain process and develop strategies to streamline operations and reduce costs.
 * Implement best practices and continuous improvement initiatives to enhance overall supply chain performance.
 * Analyze key performance indicators (KPIs) to assess the effectiveness of supply chain operations and identify areas for improvement.
 * Work closely with cross-functional teams, including manufacturing, sales, finance, and quality assurance, to ensure alignment of supply chain activities with organizational goals.
 * Communicate effectively to ensure all stakeholders are informed of supply chain status, potential disruptions, and mitigation strategies.
 * Ensure compliance with relevant regulations and industry standards related to procurement, transportation, and inventory management.
 * Identify and mitigate supply chain risks, such as disruptions in supply, geopolitical factors, and environmental considerations.</t>
   </si>
   <si>
-    <t>* Colaborar con los proveedores para garantizar la adquisición oportuna y precisa de materias primas, componentes y productos terminados.
-[...19 lines deleted...]
-  <si>
     <t>Supply Technician</t>
-  </si>
-[...1 lines deleted...]
-    <t>Técnico de suministros</t>
   </si>
   <si>
     <t>* Assisting in the procurement and supply chain management of materials and products.
 * Monitoring inventory levels and placing orders to replenish stock as needed.
 * Coordinating with suppliers and vendors to ensure timely delivery of goods.
 * Maintaining accurate records of inventory transactions and stock levels.
 * Conducting regular inventory audits to identify discrepancies and resolve issues.
 * Collaborating with various departments to understand their supply needs and requirements.
 * Implementing efficient storage and retrieval systems for inventory management.
 * Ensuring compliance with safety and regulatory standards in the handling and storage of materials.
 * Analyzing supply chain performance and identifying areas for improvement.
 * Providing support in logistics planning and execution to optimize transportation and distribution processes.</t>
   </si>
   <si>
-    <t>* Asistir en la gestión de la cadena de suministro y aprovisionamiento de materiales y productos.
-[...10 lines deleted...]
-  <si>
     <t>Taxi driver</t>
-  </si>
-[...1 lines deleted...]
-    <t>Taxista</t>
   </si>
   <si>
     <t>* transport of persons
 * transport of companies in contract
 * keeping driving records and daily balance
 * technical maintenance and keeping the vehicle in good working order</t>
   </si>
   <si>
-    <t>* Transporte de personas
-[...4 lines deleted...]
-  <si>
     <t>Terminal operator</t>
-  </si>
-[...1 lines deleted...]
-    <t>Trabajador de transporte</t>
   </si>
   <si>
     <t>* Operating and managing terminal equipment and machinery to ensure efficient loading and unloading of cargo.
 * Coordinating the arrival and departure of vehicles and vessels, ensuring adherence to schedules and safety protocols.
 * Monitoring and maintaining inventory levels, ensuring accurate documentation of cargo movements.
 * Collaborating with logistics teams to optimize transportation routes and improve operational efficiency.
 * Conducting regular inspections of terminal facilities and equipment to ensure compliance with safety regulations.
 * Communicating with drivers, shipping companies, and other stakeholders to facilitate smooth operations.
 * Assisting in the training and supervision of new terminal staff, promoting best practices in safety and efficiency.
 * Preparing and maintaining accurate reports on terminal operations, including cargo handling and equipment usage.
 * Responding to operational issues and emergencies promptly, implementing solutions to minimize disruptions.
 * Ensuring compliance with all relevant local, national, and international transportation regulations.</t>
   </si>
   <si>
-    <t>* Operar y gestionar equipos y maquinaria de terminal para garantizar la carga y descarga eficiente de mercancías.
-[...10 lines deleted...]
-  <si>
     <t>Traffic Controller</t>
-  </si>
-[...1 lines deleted...]
-    <t>Controlador de tráfico</t>
   </si>
   <si>
     <t>* Regulating traffic flow and ensuring the safe movement of vehicles and pedestrians.
 * Monitoring and controlling vehicle operations, including compliance with traffic laws and regulations.
 * Conducting on-site assessments and investigations in the event of traffic accidents and incidents.
 * Collaborating with law enforcement and emergency services to manage traffic during emergencies and special events.
 * Analyzing traffic patterns and data to identify areas for improvement and implementing necessary changes.
 * Educating drivers and the public on safe driving practices and traffic regulations.
 * Utilizing communication equipment to relay information and coordinate with other traffic management personnel.
 * Preparing reports on traffic conditions, incidents, and enforcement activities.
 * Participating in training programs to enhance skills and knowledge related to traffic management.
 * Contributing to the development of traffic management policies and strategies.</t>
   </si>
   <si>
-    <t>* Regular el flujo de tráfico y garantizar el movimiento seguro de vehículos y peatones.
-[...10 lines deleted...]
-  <si>
     <t>Traffic Engineer</t>
-  </si>
-[...1 lines deleted...]
-    <t>Ingeniero de tráfico</t>
   </si>
   <si>
     <t>* Planning and designing roads, intersections, roundabouts, motorways, diversions, pavements, pedestrian crossings, overpasses, underpasses, islands etc. with an emphasis on safety and fluidity traffic.
 * Getting familiar with the intensity of traffic, condition of roads, speed limits and accident statistics on specific road sections.
 * Completing transport studies and their presentation at municipal council meetings.
 * Making recommendations for mounting traffic signs, changing traffic lights’ settings or speed bumps on road sections with frequent traffic accidents.
 * Making recommendations to increase/decrease the speed limits on specific road sections.</t>
   </si>
   <si>
-    <t>* Planificación y diseño de carreteras, intersecciones, glorietas, autopistas, desvíos, aceras, pasos de peatones, pasos elevados, túneles, isletas, etc., con énfasis en la seguridad y fluidez del tráfico.
-[...5 lines deleted...]
-  <si>
     <t>Train Conductor</t>
-  </si>
-[...1 lines deleted...]
-    <t>Conductor de tren</t>
   </si>
   <si>
     <t>* Accompanying passenger trains.
 * Selling, printing or handwriting tickets.
 * Receiving and disbursing cash.
 * Checking travel tickets, surcharges, seat reservations and discount vouchers.
 * Marking travel tickets.
 * Issuing fines to passengers travelling without a valid ticket.</t>
   </si>
   <si>
-    <t>* Acompañar los trenes de pasajeros.
-[...6 lines deleted...]
-  <si>
     <t>Train Dispatcher</t>
-  </si>
-[...1 lines deleted...]
-    <t>Despachador de trenes</t>
   </si>
   <si>
     <t>* Dispatching passenger trains from the station using daytime and nighttime signal disks.
 * Dispatching freight trains from the station by positioning the signalling device into a position permitting travel.
 * Instructing shunters to release train routes for incoming trains.
 * Recording information about train rides in the traffic log.
 * Granting permission to conductors and heads of train operators to leave their workplace.
 * Informing offices in charge of commercial processes and the provision of information to passengers about train delays.
 * Passing written orders to conductors.</t>
   </si>
   <si>
-    <t>* Expedir trenes de pasajeros desde la estación utilizando discos de señalesizers de día y de noche.
-[...7 lines deleted...]
-  <si>
     <t>Tram Driver</t>
-  </si>
-[...1 lines deleted...]
-    <t>Conductor de tranvía</t>
   </si>
   <si>
     <t>* Transporting passengers in the scope of urban public transport.
 * Stopping the tram at stops in accordance with the existing timetable.
 * Opening and closing doors when passengers get on/off the tram.
 * Accepting and disbursing cash to passengers.
 * Maintaining cleanliness and order on the tram.</t>
   </si>
   <si>
-    <t>* Transportar pasajeros en el ámbito del transporte público urbano.
-[...5 lines deleted...]
-  <si>
     <t>Trolleybus Driver</t>
-  </si>
-[...1 lines deleted...]
-    <t>Conductor de trolebús</t>
   </si>
   <si>
     <t>* Transporting passengers in the scope of urban public transport.
 * Stopping the bus at stops in accordance with the existing timetable and on request.
 * Opening and closing doors when passengers get on/off the trolleybus.
 * Operating the electronic till and issuing tickets to passengers.
 * Accepting and disbursing cash to passengers.
 * Maintaining cleanliness and order on the trolleybus.</t>
   </si>
   <si>
-    <t>* Transportar pasajeros en el ámbito del transporte público urbano.
-[...6 lines deleted...]
-  <si>
     <t>Warehouseman</t>
-  </si>
-[...1 lines deleted...]
-    <t>Almacenista</t>
   </si>
   <si>
     <t>* Receiving materials and goods at a warehouse.
 * Placing received stocks on shelves and in the defined storage areas; marking of stored materials and goods with information labels.
 * Removing materials and goods from storage in a warehouse based on accepted orders, packaging stock items, and their preparation for shipment.
 * Managing stock level records using computers.
 * Operating high lift trucks for bulkier freight and in hard to access areas.
 * Participating in counting and inspecting the current stock levels in storage and the subsequent recording of these values in the information system.
 * Following the safety and fire prevention regulations and measures on the worksite.
 * Maintaining cleanliness and order on the worksite.</t>
   </si>
   <si>
-    <t>* Recepción de materiales y mercancías en un almacén.
-[...8 lines deleted...]
-  <si>
     <t>Water Management, Forestry, Environment</t>
   </si>
   <si>
-    <t>Gestión del agua, silvicultura y medio ambiente</t>
-[...1 lines deleted...]
-  <si>
     <t>Axeman</t>
-  </si>
-[...1 lines deleted...]
-    <t>Leñador</t>
   </si>
   <si>
     <t>* Cutting and felling trees in designated forest areas using appropriate tools and equipment.
 * Ensuring adherence to safety protocols and environmental regulations during logging operations.
 * Evaluating tree health and selecting appropriate trees for removal to promote forest sustainability.
 * Operating chainsaws and other forestry equipment with precision and care.
 * Transporting felled trees to designated locations for processing or transportation.
 * Collaborating with forestry management teams to develop and implement sustainable logging practices.
 * Maintaining and servicing logging equipment to ensure optimal performance and safety.
 * Conducting site assessments to determine the best logging methods and minimize environmental impact.
 * Participating in training programs to enhance skills and knowledge related to forestry and environmental conservation.
 * Documenting work activities and reporting on progress to supervisors and management.</t>
   </si>
   <si>
-    <t>* Cortar y talar árboles en áreas forestales designadas utilizando herramientas y equipos adecuados.
-[...10 lines deleted...]
-  <si>
     <t>District Forest Officer</t>
-  </si>
-[...1 lines deleted...]
-    <t>Oficial forestal de distrito</t>
   </si>
   <si>
     <t>* Responsibility for the forest management in the assigned territory (district).
 * Marking sick, poor, and dying trees for felling.
 * Estimating the seed harvest of trees.
 * Counting and reporting the numbers of forest animals to the relevant forest district management.
 * Detecting the damage caused by forest animals and reporting to the relevant forest district management.
 * Placing and controlling bark beetle traps in the forest.
 * Hunting oversized animal populations as well as infected or otherwise dangerous forest animals.
 * Accompanying individuals with a shooting permit during hunting.</t>
   </si>
   <si>
-    <t>* Responsabilidad por la gestión forestal en el territorio asignado (distrito).
-[...8 lines deleted...]
-  <si>
     <t>Ecologist</t>
-  </si>
-[...1 lines deleted...]
-    <t>Ecologista</t>
   </si>
   <si>
     <t>* Exploring the relationships between organisms and the environment in which they live.
 * Preparing documents for field and laboratory research.
 * Carrying out field and laboratory research.
 * Collecting, analysing and interpreting the data obtained.
 * Completing studies on the effects of human activities on the environment.</t>
   </si>
   <si>
-    <t>* Explorar las relaciones entre los organismos y el entorno en el que viven.
-[...5 lines deleted...]
-  <si>
     <t>Environmentalist</t>
-  </si>
-[...1 lines deleted...]
-    <t>Ambientalista</t>
   </si>
   <si>
     <t>* Conducting environmental assessments and research to evaluate the impact of projects on ecosystems.
 * Developing and implementing conservation plans and strategies to protect natural resources.
 * Collaborating with governmental and non-governmental organizations to promote sustainable practices.
 * Monitoring and analyzing environmental data to identify trends and areas for improvement.
 * Advising on environmental regulations and compliance to ensure adherence to local and international standards.
 * Educating communities and stakeholders on environmental issues and sustainable resource management.
 * Participating in public outreach programs to raise awareness about environmental conservation.
 * Conducting fieldwork and surveys to collect data on wildlife, vegetation, and water quality.
 * Preparing reports and presentations to communicate findings and recommendations to stakeholders.
 * Engaging in policy advocacy to influence environmental legislation and promote sustainability initiatives.</t>
   </si>
   <si>
-    <t>* Realizar evaluaciones ambientales e investigaciones para evaluar el impacto de los proyectos en los ecosistemas.
-[...10 lines deleted...]
-  <si>
     <t>Forest Engineer</t>
-  </si>
-[...1 lines deleted...]
-    <t>Ingeniero forestal</t>
   </si>
   <si>
     <t>* Cooperating in drawing up, approving, and monitoring the implementation of the plan.
 * Guiding the implementation of the plan and the measures imposed to protect the forest.
 * Supervising the suitability of the reproductive material for forest regeneration.
 * Checking and registering the work carried out in the forest.
 * Keeping forest economic records and records under special regulations.
 * Monitoring the status and development of harmful agents in the forest.
 * Submitting reports to forest authorities and forest conservation service.
 * Proposing preventive measures to protect forests.
 * Proposing seed sources for the recognition and ensuring of measures for the preservation and reproduction of genetic resources of the main forest tree species.
 * Proposing environmentally friendly technologies for activities related to forest management.
 * Notifying the forest manager and forestry authorities of activities in conflict with the law in the field of forestry.
 * Ensuring and controlling logging designation and issuing written approvals for logging.</t>
   </si>
   <si>
-    <t>* Cooperar en la elaboración, aprobación y seguimiento de la implementación del plan.
-[...12 lines deleted...]
-  <si>
     <t>Forest Technician</t>
-  </si>
-[...1 lines deleted...]
-    <t>Técnico forestal</t>
   </si>
   <si>
     <t>* Carrying out administrative and production tasks as directed by the forest administration manager.
 * Ensuring the purchase and sale (to a lesser extent).
 * Cash box management and responsibility for entrusted cash.
 * Keeping records of the forest administration.</t>
   </si>
   <si>
-    <t>* Realizar tareas administrativas y de producción según las directrices del gerente de administración forestal.
-[...4 lines deleted...]
-  <si>
     <t>Forester</t>
-  </si>
-[...1 lines deleted...]
-    <t>Guardabosques</t>
   </si>
   <si>
     <t xml:space="preserve">* Proposing measures for forest protection and implementing them. 
 * Implementing measures aimed at planting new vegatation.
 * Protecting the wood material from harmful factors.
 * Securing protection of the forest against damages caused by forest animals. 
 * Carrying out the spring statistics of forest animals. 
 * Checking the state of parasites on seedlings, tree traps etc. 
 * Selecting trees meeting the prescribed parameters for felling with the aim to subsequently sell them.
 * Selecting and marking the sick and dying trees for felling.
 * Taking responsibility for supplies in expedition storehouses.
 </t>
   </si>
   <si>
-    <t>* Proponer medidas para la protección de los bosques y llevarlas a cabo.
-[...9 lines deleted...]
-  <si>
     <t>Forestry Manager</t>
-  </si>
-[...1 lines deleted...]
-    <t>Jefe de la administración forestal</t>
   </si>
   <si>
     <t>* Overseeing forest management operations to ensure sustainable practices and compliance with environmental regulations.
 * Developing and implementing forest management plans that promote biodiversity, conservation, and resource optimization.
 * Conducting assessments of forest health and productivity, including monitoring wildlife habitats and tree growth.
 * Collaborating with government agencies, environmental organizations, and community stakeholders to promote forestry initiatives.
 * Managing budgets and resources for forestry projects, ensuring efficient allocation of funds and materials.
 * Leading and training a team of forestry professionals and technicians in best practices and safety protocols.
 * Conducting research on forest ecosystems and contributing to the development of innovative forestry techniques.
 * Preparing reports and presentations on forest management activities, progress, and challenges for stakeholders.
 * Ensuring compliance with local, national, and international forestry laws and regulations.
 * Promoting public awareness and education about sustainable forestry practices and environmental stewardship.</t>
   </si>
   <si>
-    <t>* Supervisar las operaciones de gestión forestal para garantizar prácticas sostenibles y el cumplimiento de las regulaciones ambientales.
-[...10 lines deleted...]
-  <si>
     <t>Meteorologist</t>
-  </si>
-[...1 lines deleted...]
-    <t>Meteorólogo</t>
   </si>
   <si>
     <t>* Recording and analyzing data from world-wide weather stations, satellites, radars and remote sensors.
 * Interpreting observations from the land, sea and upper atmosphere.
 * Providing customers (such as civil aviation companies, broadcast companies and military units) with weather reports/forecasts.
 * Employing mathematical and physical formulae and using specialist computer modelling applications to help make long and short range weather predictions.
 * Researching and predicting climate change such as global warming.
 * Helping to improve weather prediction models.
 * Writing research papers, reports, reviews and summaries.
 * Keeping up to date with relevant scientific and technical developments.</t>
   </si>
   <si>
-    <t>* Grabación y análisis de datos de estaciones meteorológicas mundiales, satélites, radares y sensores remotos.
-[...8 lines deleted...]
-  <si>
     <t>Mining Manager</t>
-  </si>
-[...1 lines deleted...]
-    <t>Gerente de minería</t>
   </si>
   <si>
     <t>* Overseeing all mining operations to ensure compliance with safety and environmental regulations.
 * Developing and implementing mining strategies to optimize resource extraction and operational efficiency.
 * Managing budgets and financial forecasts, ensuring cost-effective operations.
 * Collaborating with geological and environmental teams to assess site conditions and resource availability.
 * Leading and mentoring a team of mining engineers, geologists, and technicians to achieve project goals.
 * Conducting regular inspections and audits to maintain safety standards and operational integrity.
 * Liaising with regulatory bodies and stakeholders to ensure adherence to legal requirements and community engagement.
 * Analyzing production data and reports to identify areas for improvement and implement corrective actions.
 * Coordinating with supply chain and logistics teams to ensure timely delivery of materials and equipment.
 * Staying updated on industry trends, technologies, and best practices to enhance mining operations.</t>
   </si>
   <si>
-    <t>* Supervisar todas las operaciones mineras para garantizar el cumplimiento de las normas de seguridad y ambientales.
-[...10 lines deleted...]
-  <si>
     <t>Water Management Engineer</t>
-  </si>
-[...1 lines deleted...]
-    <t>Ingeniero de gestión del agua</t>
   </si>
   <si>
     <t>* Drawing up the strategy to modernise the system of water management infrastructure.
 * Elaborating studies, master plans and analyses for water management infrastructure.
 * Ensuring the complex tasks of water management area in the field of public water supply and sewerage.
 * Regulating the performance of operational activities in the area of public water supply, sewerage and sewage treatment plants.
 * Analysing data on operational activities in the area of mining and distribution of drinking water, sewerage and sewage water treatment.</t>
   </si>
   <si>
-    <t>* Elaborar la estrategia para modernizar el sistema de infraestructura de gestión del agua.
-[...5 lines deleted...]
-  <si>
     <t>Water Management Technician</t>
-  </si>
-[...1 lines deleted...]
-    <t>Técnico de gestión del agua</t>
   </si>
   <si>
     <t>* Ensuring the operation, maintenance and repairs of public water supply, sewerage and waterworks facilities.
 * Managing, checking and ensuring the failure-free distribution of drinking water.
 * Managing, checking and securing the process of wastewater disposal.
 * Checking the quality of wastewater in accordance with the rules of operation.
 * Monitoring and managing the technological process of wastewater treatment and processing of products from wastewater treatment.
 * Processing of documents for the plan of repairs, maintenance and reconstruction of water supply and sewerage and waterworks facilities.
 * Checking the technological indicators and parameters of the operation of waterworks and other entrusted systems.
 * Processing technical and technological documentation and passportisation of the means of production and operation.
 * Maintaining complete production and operational documentation.</t>
   </si>
   <si>
-    <t>* Garantizar la operación, el mantenimiento y las reparaciones de las instalaciones de suministro de agua pública, alcantarillado y obras hidráulicas.
-[...9 lines deleted...]
-  <si>
     <t>Wood Processing Industry</t>
   </si>
   <si>
-    <t>La industria de la madera</t>
-[...1 lines deleted...]
-  <si>
     <t>Cabinet Maker</t>
-  </si>
-[...1 lines deleted...]
-    <t>Ebanista</t>
   </si>
   <si>
     <t>* Performing work activities in the manufacture of furniture and wood products.
 * Sorting, setting, checking and operating machinery and equipment.
 * Assessing the quality of finished products.
 * Managing and organising continuous production.</t>
-  </si>
-[...4 lines deleted...]
-* Gestionar y organizar la producción continua.</t>
   </si>
   <si>
     <t>* Designing and developing innovative wood products and structures.
 * Collaborating with architects and project managers to ensure design feasibility and compliance with industry standards.
 * Creating detailed technical drawings and specifications using CAD software.
 * Conducting material selection and analysis to optimize product performance and sustainability.
 * Performing structural calculations and simulations to ensure safety and durability.
 * Overseeing the prototyping process and conducting tests to validate design concepts.
 * Coordinating with manufacturing teams to ensure smooth transition from design to production.
 * Staying updated on industry trends, materials, and technologies to enhance design capabilities.
 * Participating in project meetings and providing technical support to stakeholders.
 * Ensuring adherence to environmental regulations and promoting sustainable practices in design processes.
 * Documenting design processes and maintaining accurate records of project developments.
 * Training and mentoring junior design staff and interns in best practices and design methodologies.</t>
   </si>
   <si>
-    <t>* Diseñar y desarrollar productos y estructuras de madera innovadores.
-[...12 lines deleted...]
-  <si>
     <t>Joiner</t>
   </si>
   <si>
     <t>* Reading technical drawings, projection, and marking materials on drawings.
 * Completing furniture, structures, and other products made from wood.
 * Completing simple glass work, completing and installing accessories and interior furnishings.
 * Assessing and inspecting the quality of produced products and work pieces.
 * Following and applying work and technical procedures for products, installation, occupational health and safety principles, occupational hygiene and fire prevention.</t>
   </si>
   <si>
-    <t>* Leer planos técnicos, proyecciones y marcar materiales en los planos.
-[...5 lines deleted...]
-  <si>
     <t>Lumberjack</t>
-  </si>
-[...1 lines deleted...]
-    <t>Aserrador</t>
   </si>
   <si>
     <t>* Sawing trees and shrubs in forests using a motor or a hand saw.
 * Sawing and cutting logs to planks, boards, beams, joists, laths, strips, etc.
 * Replenishing a mixture of petrol and oil in the chainsaw.
 * Sharpening blunt chains with round and flat files.
 * Performing routine maintenance associated with the use of the chainsaw.</t>
-  </si>
-[...5 lines deleted...]
-* Realizar el mantenimiento rutinario asociado al uso de la motosierra.</t>
   </si>
   <si>
     <t>* Operating and monitoring various machinery and equipment used in wood processing and production.
 * Setting up machines for production runs, including adjusting settings and calibrating equipment.
 * Conducting routine inspections and maintenance on machinery to ensure optimal performance and safety.
 * Collaborating with team members to meet production targets and quality standards.
 * Troubleshooting and resolving equipment malfunctions to minimize downtime.
 * Maintaining a clean and organized work environment in compliance with safety regulations.
 * Recording production data and machine performance metrics for reporting purposes.
 * Following standard operating procedures (SOPs) and safety guidelines to ensure a safe working environment.
 * Assisting in training new employees on machine operation and safety protocols.
 * Participating in continuous improvement initiatives to enhance efficiency and productivity.</t>
   </si>
   <si>
-    <t>* Operar y supervisar diversas máquinas y equipos utilizados en el procesamiento y producción de madera.
-[...10 lines deleted...]
-  <si>
     <t>Saw filer</t>
-  </si>
-[...1 lines deleted...]
-    <t>Trabajador de la serrería</t>
   </si>
   <si>
     <t>* Operating and maintaining sawmill machinery to ensure efficient cutting of timber.
 * Inspecting and adjusting saw blades for optimal performance and precision.
 * Performing routine maintenance and repairs on saws and other equipment to minimize downtime.
 * Monitoring the quality of cut wood and making necessary adjustments to meet specifications.
 * Collaborating with team members to coordinate production schedules and workflow.
 * Ensuring compliance with safety regulations and promoting a safe working environment.
 * Keeping accurate records of production output and equipment maintenance.
 * Troubleshooting issues with machinery and implementing solutions to improve efficiency.
 * Training new employees on proper saw filing techniques and safety protocols.
 * Assisting in the inventory management of raw materials and finished products.
 * Participating in continuous improvement initiatives to enhance operational effectiveness.</t>
   </si>
   <si>
-    <t>* Operar y mantener la maquinaria de la aserradero para asegurar un corte eficiente de la madera.
-[...11 lines deleted...]
-  <si>
     <t>Timber Engineer</t>
-  </si>
-[...1 lines deleted...]
-    <t>Ingeniero de la madera</t>
   </si>
   <si>
     <t>* Managing and coordinating the technical preparation of production.
 * Analysing the input and output data related to the work task.
 * Testing new production processes.
 * Cooperating in the implementation of technological changes.
 * Managing, coordinating, motivating, and evaluating subordinate employees.
 * Implementing and improving the system of administration and registration of technical documentation.</t>
   </si>
   <si>
-    <t>* Gestión y coordinación de la preparación técnica de la producción.
-[...6 lines deleted...]
-  <si>
     <t>Upholsterer</t>
-  </si>
-[...1 lines deleted...]
-    <t>Tapicero</t>
   </si>
   <si>
     <t>* Upholstering contemporary and antique furniture, doors, parts of vehicles, buttons etc. 
 * Repairing and renovating used and damaged upholstery.
 * Tying springs.
 * Measuring and cutting foam parts.
 * Measuring and cutting upholstery materials.
 * Fastening upholstery materials with a stapler.
 * Communicating with customers about suitable upholstery materials, colour, estimated price etc.</t>
   </si>
   <si>
-    <t>* Tapizar muebles contemporáneos y antiguos, puertas, partes de vehículos, botones, etc.
-[...7 lines deleted...]
-  <si>
     <t>Woodworking Technician</t>
-  </si>
-[...1 lines deleted...]
-    <t>Técnico de la madera</t>
   </si>
   <si>
     <t>* Preparing technical documentation for products.
 * Completing standards for labour and material consumption.
 * Proposing the category, type, and number of machinery and equipment.
 * Performing quality tests on input materials.
 * Checking compliance with technological procedures.
 * Cooperating in the process and final inspection.
 * Completing technical descriptions and instructions for use.</t>
-  </si>
-[...7 lines deleted...]
-* Completar descripciones técnicas e instrucciones de uso.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -20610,16566 +10457,14924 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:F829"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="E6" sqref="E6:F829"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="37.7051" customWidth="true" style="0"/>
     <col min="2" max="2" width="37.7051" customWidth="true" style="0"/>
     <col min="3" max="3" width="37.7051" customWidth="true" style="0"/>
     <col min="4" max="4" width="37.7051" customWidth="true" style="0"/>
     <col min="5" max="5" width="53.844" customWidth="true" style="0"/>
     <col min="6" max="6" width="53.844" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
-      <c r="A1"/>
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
       <c r="B1" s="1" t="s">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:6">
-      <c r="A2"/>
+      <c r="A2" t="s">
+        <v>2</v>
+      </c>
       <c r="B2" s="1" t="s">
-        <v>1</v>
+        <v>3</v>
       </c>
     </row>
     <row r="3" spans="1:6">
-      <c r="A3"/>
+      <c r="A3" t="s">
+        <v>4</v>
+      </c>
       <c r="B3" s="1">
         <v>824</v>
       </c>
     </row>
     <row r="5" spans="1:6">
       <c r="A5" t="s">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="B5" t="s">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="C5" t="s">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="D5" t="s">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="E5" t="s">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="F5" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" t="s">
         <v>8</v>
       </c>
       <c r="B6" t="s">
+        <v>8</v>
+      </c>
+      <c r="C6" t="s">
         <v>9</v>
       </c>
-      <c r="C6" t="s">
+      <c r="D6" t="s">
+        <v>9</v>
+      </c>
+      <c r="E6" s="2" t="s">
         <v>10</v>
       </c>
-      <c r="D6" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="F6" s="2"/>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" t="s">
         <v>8</v>
       </c>
       <c r="B7" t="s">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="C7" t="s">
-        <v>14</v>
+        <v>11</v>
       </c>
       <c r="D7" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="E7" s="2" t="s">
-        <v>16</v>
-[...3 lines deleted...]
-      </c>
+        <v>12</v>
+      </c>
+      <c r="F7" s="2"/>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" t="s">
         <v>8</v>
       </c>
       <c r="B8" t="s">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="C8" t="s">
-        <v>18</v>
+        <v>13</v>
       </c>
       <c r="D8" t="s">
-        <v>19</v>
+        <v>13</v>
       </c>
       <c r="E8" s="2" t="s">
-        <v>20</v>
-[...3 lines deleted...]
-      </c>
+        <v>14</v>
+      </c>
+      <c r="F8" s="2"/>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" t="s">
         <v>8</v>
       </c>
       <c r="B9" t="s">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="C9" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="D9" t="s">
-        <v>23</v>
+        <v>15</v>
       </c>
       <c r="E9" s="2" t="s">
-        <v>24</v>
-[...3 lines deleted...]
-      </c>
+        <v>16</v>
+      </c>
+      <c r="F9" s="2"/>
     </row>
     <row r="10" spans="1:6">
       <c r="A10" t="s">
         <v>8</v>
       </c>
       <c r="B10" t="s">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="C10" t="s">
-        <v>26</v>
+        <v>17</v>
       </c>
       <c r="D10" t="s">
-        <v>27</v>
+        <v>17</v>
       </c>
       <c r="E10" s="2" t="s">
-        <v>28</v>
-[...3 lines deleted...]
-      </c>
+        <v>18</v>
+      </c>
+      <c r="F10" s="2"/>
     </row>
     <row r="11" spans="1:6">
       <c r="A11" t="s">
         <v>8</v>
       </c>
       <c r="B11" t="s">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="C11" t="s">
-        <v>30</v>
+        <v>19</v>
       </c>
       <c r="D11" t="s">
-        <v>31</v>
+        <v>19</v>
       </c>
       <c r="E11" s="2" t="s">
-        <v>32</v>
-[...3 lines deleted...]
-      </c>
+        <v>20</v>
+      </c>
+      <c r="F11" s="2"/>
     </row>
     <row r="12" spans="1:6">
       <c r="A12" t="s">
         <v>8</v>
       </c>
       <c r="B12" t="s">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="C12" t="s">
-        <v>34</v>
+        <v>21</v>
       </c>
       <c r="D12" t="s">
-        <v>35</v>
+        <v>21</v>
       </c>
       <c r="E12" s="2" t="s">
-        <v>36</v>
-[...3 lines deleted...]
-      </c>
+        <v>22</v>
+      </c>
+      <c r="F12" s="2"/>
     </row>
     <row r="13" spans="1:6">
       <c r="A13" t="s">
         <v>8</v>
       </c>
       <c r="B13" t="s">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="C13" t="s">
-        <v>38</v>
+        <v>23</v>
       </c>
       <c r="D13" t="s">
-        <v>39</v>
+        <v>23</v>
       </c>
       <c r="E13" s="2" t="s">
-        <v>40</v>
-[...3 lines deleted...]
-      </c>
+        <v>24</v>
+      </c>
+      <c r="F13" s="2"/>
     </row>
     <row r="14" spans="1:6">
       <c r="A14" t="s">
         <v>8</v>
       </c>
       <c r="B14" t="s">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="C14" t="s">
-        <v>42</v>
+        <v>25</v>
       </c>
       <c r="D14" t="s">
-        <v>43</v>
+        <v>25</v>
       </c>
       <c r="E14" s="2" t="s">
-        <v>44</v>
-[...3 lines deleted...]
-      </c>
+        <v>26</v>
+      </c>
+      <c r="F14" s="2"/>
     </row>
     <row r="15" spans="1:6">
       <c r="A15" t="s">
         <v>8</v>
       </c>
       <c r="B15" t="s">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="C15" t="s">
-        <v>46</v>
+        <v>27</v>
       </c>
       <c r="D15" t="s">
-        <v>47</v>
+        <v>27</v>
       </c>
       <c r="E15" s="2" t="s">
-        <v>48</v>
-[...3 lines deleted...]
-      </c>
+        <v>28</v>
+      </c>
+      <c r="F15" s="2"/>
     </row>
     <row r="16" spans="1:6">
       <c r="A16" t="s">
         <v>8</v>
       </c>
       <c r="B16" t="s">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="C16" t="s">
-        <v>50</v>
+        <v>29</v>
       </c>
       <c r="D16" t="s">
-        <v>51</v>
+        <v>29</v>
       </c>
       <c r="E16" s="2" t="s">
-        <v>52</v>
-[...3 lines deleted...]
-      </c>
+        <v>30</v>
+      </c>
+      <c r="F16" s="2"/>
     </row>
     <row r="17" spans="1:6">
       <c r="A17" t="s">
         <v>8</v>
       </c>
       <c r="B17" t="s">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="C17" t="s">
-        <v>54</v>
+        <v>31</v>
       </c>
       <c r="D17" t="s">
-        <v>55</v>
+        <v>31</v>
       </c>
       <c r="E17" s="2" t="s">
-        <v>56</v>
-[...3 lines deleted...]
-      </c>
+        <v>32</v>
+      </c>
+      <c r="F17" s="2"/>
     </row>
     <row r="18" spans="1:6">
       <c r="A18" t="s">
         <v>8</v>
       </c>
       <c r="B18" t="s">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="C18" t="s">
-        <v>58</v>
+        <v>33</v>
       </c>
       <c r="D18" t="s">
-        <v>59</v>
+        <v>33</v>
       </c>
       <c r="E18" s="2" t="s">
-        <v>60</v>
-[...3 lines deleted...]
-      </c>
+        <v>34</v>
+      </c>
+      <c r="F18" s="2"/>
     </row>
     <row r="19" spans="1:6">
       <c r="A19" t="s">
         <v>8</v>
       </c>
       <c r="B19" t="s">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="C19" t="s">
-        <v>62</v>
+        <v>35</v>
       </c>
       <c r="D19" t="s">
-        <v>63</v>
+        <v>35</v>
       </c>
       <c r="E19" s="2" t="s">
-        <v>64</v>
-[...3 lines deleted...]
-      </c>
+        <v>36</v>
+      </c>
+      <c r="F19" s="2"/>
     </row>
     <row r="20" spans="1:6">
       <c r="A20" t="s">
         <v>8</v>
       </c>
       <c r="B20" t="s">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="C20" t="s">
-        <v>66</v>
+        <v>37</v>
       </c>
       <c r="D20" t="s">
-        <v>67</v>
+        <v>37</v>
       </c>
       <c r="E20" s="2" t="s">
-        <v>68</v>
-[...3 lines deleted...]
-      </c>
+        <v>38</v>
+      </c>
+      <c r="F20" s="2"/>
     </row>
     <row r="21" spans="1:6">
       <c r="A21" t="s">
         <v>8</v>
       </c>
       <c r="B21" t="s">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="C21" t="s">
-        <v>70</v>
+        <v>39</v>
       </c>
       <c r="D21" t="s">
-        <v>71</v>
+        <v>39</v>
       </c>
       <c r="E21" s="2" t="s">
-        <v>72</v>
-[...3 lines deleted...]
-      </c>
+        <v>40</v>
+      </c>
+      <c r="F21" s="2"/>
     </row>
     <row r="22" spans="1:6">
       <c r="A22" t="s">
         <v>8</v>
       </c>
       <c r="B22" t="s">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="C22" t="s">
-        <v>74</v>
+        <v>41</v>
       </c>
       <c r="D22" t="s">
-        <v>75</v>
+        <v>41</v>
       </c>
       <c r="E22" s="2" t="s">
-        <v>76</v>
-[...3 lines deleted...]
-      </c>
+        <v>42</v>
+      </c>
+      <c r="F22" s="2"/>
     </row>
     <row r="23" spans="1:6">
       <c r="A23" t="s">
         <v>8</v>
       </c>
       <c r="B23" t="s">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="C23" t="s">
-        <v>78</v>
+        <v>43</v>
       </c>
       <c r="D23" t="s">
-        <v>79</v>
+        <v>43</v>
       </c>
       <c r="E23" s="2" t="s">
-        <v>80</v>
-[...3 lines deleted...]
-      </c>
+        <v>44</v>
+      </c>
+      <c r="F23" s="2"/>
     </row>
     <row r="24" spans="1:6">
       <c r="A24" t="s">
-        <v>82</v>
+        <v>45</v>
       </c>
       <c r="B24" t="s">
-        <v>83</v>
+        <v>45</v>
       </c>
       <c r="C24" t="s">
-        <v>84</v>
+        <v>46</v>
       </c>
       <c r="D24" t="s">
-        <v>85</v>
+        <v>46</v>
       </c>
       <c r="E24" s="2" t="s">
-        <v>86</v>
-[...3 lines deleted...]
-      </c>
+        <v>47</v>
+      </c>
+      <c r="F24" s="2"/>
     </row>
     <row r="25" spans="1:6">
       <c r="A25" t="s">
-        <v>82</v>
+        <v>45</v>
       </c>
       <c r="B25" t="s">
-        <v>83</v>
+        <v>45</v>
       </c>
       <c r="C25" t="s">
-        <v>88</v>
+        <v>48</v>
       </c>
       <c r="D25" t="s">
-        <v>89</v>
+        <v>48</v>
       </c>
       <c r="E25" s="2" t="s">
-        <v>90</v>
-[...3 lines deleted...]
-      </c>
+        <v>49</v>
+      </c>
+      <c r="F25" s="2"/>
     </row>
     <row r="26" spans="1:6">
       <c r="A26" t="s">
-        <v>82</v>
+        <v>45</v>
       </c>
       <c r="B26" t="s">
-        <v>83</v>
+        <v>45</v>
       </c>
       <c r="C26" t="s">
-        <v>92</v>
+        <v>50</v>
       </c>
       <c r="D26" t="s">
-        <v>93</v>
+        <v>50</v>
       </c>
       <c r="E26" s="2" t="s">
-        <v>94</v>
-[...3 lines deleted...]
-      </c>
+        <v>51</v>
+      </c>
+      <c r="F26" s="2"/>
     </row>
     <row r="27" spans="1:6">
       <c r="A27" t="s">
-        <v>82</v>
+        <v>45</v>
       </c>
       <c r="B27" t="s">
-        <v>83</v>
+        <v>45</v>
       </c>
       <c r="C27" t="s">
-        <v>96</v>
+        <v>52</v>
       </c>
       <c r="D27" t="s">
-        <v>97</v>
+        <v>52</v>
       </c>
       <c r="E27" s="2" t="s">
-        <v>98</v>
-[...3 lines deleted...]
-      </c>
+        <v>53</v>
+      </c>
+      <c r="F27" s="2"/>
     </row>
     <row r="28" spans="1:6">
       <c r="A28" t="s">
-        <v>82</v>
+        <v>45</v>
       </c>
       <c r="B28" t="s">
-        <v>83</v>
+        <v>45</v>
       </c>
       <c r="C28" t="s">
-        <v>100</v>
+        <v>54</v>
       </c>
       <c r="D28" t="s">
-        <v>101</v>
+        <v>54</v>
       </c>
       <c r="E28" s="2" t="s">
-        <v>102</v>
-[...3 lines deleted...]
-      </c>
+        <v>55</v>
+      </c>
+      <c r="F28" s="2"/>
     </row>
     <row r="29" spans="1:6">
       <c r="A29" t="s">
-        <v>82</v>
+        <v>45</v>
       </c>
       <c r="B29" t="s">
-        <v>83</v>
+        <v>45</v>
       </c>
       <c r="C29" t="s">
-        <v>104</v>
+        <v>56</v>
       </c>
       <c r="D29" t="s">
-        <v>105</v>
+        <v>56</v>
       </c>
       <c r="E29" s="2" t="s">
-        <v>106</v>
-[...3 lines deleted...]
-      </c>
+        <v>57</v>
+      </c>
+      <c r="F29" s="2"/>
     </row>
     <row r="30" spans="1:6">
       <c r="A30" t="s">
-        <v>82</v>
+        <v>45</v>
       </c>
       <c r="B30" t="s">
-        <v>83</v>
+        <v>45</v>
       </c>
       <c r="C30" t="s">
-        <v>108</v>
+        <v>58</v>
       </c>
       <c r="D30" t="s">
-        <v>109</v>
+        <v>58</v>
       </c>
       <c r="E30" s="2" t="s">
-        <v>110</v>
-[...3 lines deleted...]
-      </c>
+        <v>59</v>
+      </c>
+      <c r="F30" s="2"/>
     </row>
     <row r="31" spans="1:6">
       <c r="A31" t="s">
-        <v>82</v>
+        <v>45</v>
       </c>
       <c r="B31" t="s">
-        <v>83</v>
+        <v>45</v>
       </c>
       <c r="C31" t="s">
-        <v>112</v>
+        <v>60</v>
       </c>
       <c r="D31" t="s">
-        <v>113</v>
+        <v>60</v>
       </c>
       <c r="E31" s="2" t="s">
-        <v>114</v>
-[...3 lines deleted...]
-      </c>
+        <v>61</v>
+      </c>
+      <c r="F31" s="2"/>
     </row>
     <row r="32" spans="1:6">
       <c r="A32" t="s">
-        <v>82</v>
+        <v>45</v>
       </c>
       <c r="B32" t="s">
-        <v>83</v>
+        <v>45</v>
       </c>
       <c r="C32" t="s">
-        <v>116</v>
+        <v>62</v>
       </c>
       <c r="D32" t="s">
-        <v>117</v>
+        <v>62</v>
       </c>
       <c r="E32" s="2" t="s">
-        <v>118</v>
-[...3 lines deleted...]
-      </c>
+        <v>63</v>
+      </c>
+      <c r="F32" s="2"/>
     </row>
     <row r="33" spans="1:6">
       <c r="A33" t="s">
-        <v>82</v>
+        <v>45</v>
       </c>
       <c r="B33" t="s">
-        <v>83</v>
+        <v>45</v>
       </c>
       <c r="C33" t="s">
-        <v>120</v>
+        <v>64</v>
       </c>
       <c r="D33" t="s">
-        <v>121</v>
+        <v>64</v>
       </c>
       <c r="E33" s="2" t="s">
-        <v>122</v>
-[...3 lines deleted...]
-      </c>
+        <v>65</v>
+      </c>
+      <c r="F33" s="2"/>
     </row>
     <row r="34" spans="1:6">
       <c r="A34" t="s">
-        <v>82</v>
+        <v>45</v>
       </c>
       <c r="B34" t="s">
-        <v>83</v>
+        <v>45</v>
       </c>
       <c r="C34" t="s">
-        <v>124</v>
+        <v>66</v>
       </c>
       <c r="D34" t="s">
-        <v>125</v>
+        <v>66</v>
       </c>
       <c r="E34" s="2" t="s">
-        <v>126</v>
-[...3 lines deleted...]
-      </c>
+        <v>67</v>
+      </c>
+      <c r="F34" s="2"/>
     </row>
     <row r="35" spans="1:6">
       <c r="A35" t="s">
-        <v>82</v>
+        <v>45</v>
       </c>
       <c r="B35" t="s">
-        <v>83</v>
+        <v>45</v>
       </c>
       <c r="C35" t="s">
-        <v>128</v>
+        <v>68</v>
       </c>
       <c r="D35" t="s">
-        <v>129</v>
+        <v>68</v>
       </c>
       <c r="E35" s="2" t="s">
-        <v>130</v>
-[...3 lines deleted...]
-      </c>
+        <v>69</v>
+      </c>
+      <c r="F35" s="2"/>
     </row>
     <row r="36" spans="1:6">
       <c r="A36" t="s">
-        <v>82</v>
+        <v>45</v>
       </c>
       <c r="B36" t="s">
-        <v>83</v>
+        <v>45</v>
       </c>
       <c r="C36" t="s">
-        <v>132</v>
+        <v>70</v>
       </c>
       <c r="D36" t="s">
-        <v>133</v>
+        <v>70</v>
       </c>
       <c r="E36" s="2" t="s">
-        <v>134</v>
-[...3 lines deleted...]
-      </c>
+        <v>71</v>
+      </c>
+      <c r="F36" s="2"/>
     </row>
     <row r="37" spans="1:6">
       <c r="A37" t="s">
-        <v>82</v>
+        <v>45</v>
       </c>
       <c r="B37" t="s">
-        <v>83</v>
+        <v>45</v>
       </c>
       <c r="C37" t="s">
-        <v>136</v>
+        <v>72</v>
       </c>
       <c r="D37" t="s">
-        <v>137</v>
+        <v>72</v>
       </c>
       <c r="E37" s="2" t="s">
-        <v>138</v>
-[...3 lines deleted...]
-      </c>
+        <v>73</v>
+      </c>
+      <c r="F37" s="2"/>
     </row>
     <row r="38" spans="1:6">
       <c r="A38" t="s">
-        <v>82</v>
+        <v>45</v>
       </c>
       <c r="B38" t="s">
-        <v>83</v>
+        <v>45</v>
       </c>
       <c r="C38" t="s">
-        <v>140</v>
+        <v>74</v>
       </c>
       <c r="D38" t="s">
-        <v>141</v>
+        <v>74</v>
       </c>
       <c r="E38" s="2" t="s">
-        <v>142</v>
-[...3 lines deleted...]
-      </c>
+        <v>75</v>
+      </c>
+      <c r="F38" s="2"/>
     </row>
     <row r="39" spans="1:6">
       <c r="A39" t="s">
-        <v>82</v>
+        <v>45</v>
       </c>
       <c r="B39" t="s">
-        <v>83</v>
+        <v>45</v>
       </c>
       <c r="C39" t="s">
-        <v>144</v>
+        <v>76</v>
       </c>
       <c r="D39" t="s">
-        <v>145</v>
+        <v>76</v>
       </c>
       <c r="E39" s="2" t="s">
-        <v>146</v>
-[...3 lines deleted...]
-      </c>
+        <v>77</v>
+      </c>
+      <c r="F39" s="2"/>
     </row>
     <row r="40" spans="1:6">
       <c r="A40" t="s">
-        <v>82</v>
+        <v>45</v>
       </c>
       <c r="B40" t="s">
-        <v>83</v>
+        <v>45</v>
       </c>
       <c r="C40" t="s">
-        <v>148</v>
+        <v>78</v>
       </c>
       <c r="D40" t="s">
-        <v>149</v>
+        <v>78</v>
       </c>
       <c r="E40" s="2" t="s">
-        <v>150</v>
-[...3 lines deleted...]
-      </c>
+        <v>79</v>
+      </c>
+      <c r="F40" s="2"/>
     </row>
     <row r="41" spans="1:6">
       <c r="A41" t="s">
-        <v>152</v>
+        <v>80</v>
       </c>
       <c r="B41" t="s">
-        <v>153</v>
+        <v>80</v>
       </c>
       <c r="C41" t="s">
-        <v>154</v>
+        <v>81</v>
       </c>
       <c r="D41" t="s">
-        <v>154</v>
+        <v>81</v>
       </c>
       <c r="E41" s="2" t="s">
-        <v>155</v>
-[...3 lines deleted...]
-      </c>
+        <v>82</v>
+      </c>
+      <c r="F41" s="2"/>
     </row>
     <row r="42" spans="1:6">
       <c r="A42" t="s">
-        <v>152</v>
+        <v>80</v>
       </c>
       <c r="B42" t="s">
-        <v>153</v>
+        <v>80</v>
       </c>
       <c r="C42" t="s">
-        <v>157</v>
+        <v>83</v>
       </c>
       <c r="D42" t="s">
-        <v>158</v>
+        <v>83</v>
       </c>
       <c r="E42" s="2" t="s">
-        <v>159</v>
-[...3 lines deleted...]
-      </c>
+        <v>84</v>
+      </c>
+      <c r="F42" s="2"/>
     </row>
     <row r="43" spans="1:6">
       <c r="A43" t="s">
-        <v>152</v>
+        <v>80</v>
       </c>
       <c r="B43" t="s">
-        <v>153</v>
+        <v>80</v>
       </c>
       <c r="C43" t="s">
-        <v>161</v>
+        <v>85</v>
       </c>
       <c r="D43" t="s">
-        <v>162</v>
+        <v>85</v>
       </c>
       <c r="E43" s="2" t="s">
-        <v>163</v>
-[...3 lines deleted...]
-      </c>
+        <v>86</v>
+      </c>
+      <c r="F43" s="2"/>
     </row>
     <row r="44" spans="1:6">
       <c r="A44" t="s">
-        <v>152</v>
+        <v>80</v>
       </c>
       <c r="B44" t="s">
-        <v>153</v>
+        <v>80</v>
       </c>
       <c r="C44" t="s">
-        <v>165</v>
+        <v>87</v>
       </c>
       <c r="D44" t="s">
-        <v>166</v>
+        <v>87</v>
       </c>
       <c r="E44" s="2" t="s">
-        <v>167</v>
-[...3 lines deleted...]
-      </c>
+        <v>88</v>
+      </c>
+      <c r="F44" s="2"/>
     </row>
     <row r="45" spans="1:6">
       <c r="A45" t="s">
-        <v>152</v>
+        <v>80</v>
       </c>
       <c r="B45" t="s">
-        <v>153</v>
+        <v>80</v>
       </c>
       <c r="C45" t="s">
-        <v>169</v>
+        <v>89</v>
       </c>
       <c r="D45" t="s">
-        <v>170</v>
+        <v>89</v>
       </c>
       <c r="E45" s="2" t="s">
-        <v>171</v>
-[...3 lines deleted...]
-      </c>
+        <v>90</v>
+      </c>
+      <c r="F45" s="2"/>
     </row>
     <row r="46" spans="1:6">
       <c r="A46" t="s">
-        <v>152</v>
+        <v>80</v>
       </c>
       <c r="B46" t="s">
-        <v>153</v>
+        <v>80</v>
       </c>
       <c r="C46" t="s">
-        <v>173</v>
+        <v>91</v>
       </c>
       <c r="D46" t="s">
-        <v>174</v>
+        <v>91</v>
       </c>
       <c r="E46" s="2" t="s">
-        <v>175</v>
-[...3 lines deleted...]
-      </c>
+        <v>92</v>
+      </c>
+      <c r="F46" s="2"/>
     </row>
     <row r="47" spans="1:6">
       <c r="A47" t="s">
-        <v>152</v>
+        <v>80</v>
       </c>
       <c r="B47" t="s">
-        <v>153</v>
+        <v>80</v>
       </c>
       <c r="C47" t="s">
-        <v>177</v>
+        <v>93</v>
       </c>
       <c r="D47" t="s">
-        <v>178</v>
+        <v>93</v>
       </c>
       <c r="E47" s="2" t="s">
-        <v>179</v>
-[...3 lines deleted...]
-      </c>
+        <v>94</v>
+      </c>
+      <c r="F47" s="2"/>
     </row>
     <row r="48" spans="1:6">
       <c r="A48" t="s">
-        <v>152</v>
+        <v>80</v>
       </c>
       <c r="B48" t="s">
-        <v>153</v>
+        <v>80</v>
       </c>
       <c r="C48" t="s">
-        <v>181</v>
+        <v>95</v>
       </c>
       <c r="D48" t="s">
-        <v>182</v>
+        <v>95</v>
       </c>
       <c r="E48" s="2" t="s">
-        <v>183</v>
-[...3 lines deleted...]
-      </c>
+        <v>96</v>
+      </c>
+      <c r="F48" s="2"/>
     </row>
     <row r="49" spans="1:6">
       <c r="A49" t="s">
-        <v>152</v>
+        <v>80</v>
       </c>
       <c r="B49" t="s">
-        <v>153</v>
+        <v>80</v>
       </c>
       <c r="C49" t="s">
-        <v>185</v>
+        <v>97</v>
       </c>
       <c r="D49" t="s">
-        <v>186</v>
+        <v>97</v>
       </c>
       <c r="E49" s="2" t="s">
-        <v>187</v>
-[...3 lines deleted...]
-      </c>
+        <v>98</v>
+      </c>
+      <c r="F49" s="2"/>
     </row>
     <row r="50" spans="1:6">
       <c r="A50" t="s">
-        <v>152</v>
+        <v>80</v>
       </c>
       <c r="B50" t="s">
-        <v>153</v>
+        <v>80</v>
       </c>
       <c r="C50" t="s">
-        <v>189</v>
+        <v>99</v>
       </c>
       <c r="D50" t="s">
-        <v>190</v>
+        <v>99</v>
       </c>
       <c r="E50" s="2" t="s">
-        <v>191</v>
-[...3 lines deleted...]
-      </c>
+        <v>100</v>
+      </c>
+      <c r="F50" s="2"/>
     </row>
     <row r="51" spans="1:6">
       <c r="A51" t="s">
-        <v>152</v>
+        <v>80</v>
       </c>
       <c r="B51" t="s">
-        <v>153</v>
+        <v>80</v>
       </c>
       <c r="C51" t="s">
-        <v>193</v>
+        <v>101</v>
       </c>
       <c r="D51" t="s">
-        <v>194</v>
+        <v>101</v>
       </c>
       <c r="E51" s="2" t="s">
-        <v>195</v>
-[...3 lines deleted...]
-      </c>
+        <v>102</v>
+      </c>
+      <c r="F51" s="2"/>
     </row>
     <row r="52" spans="1:6">
       <c r="A52" t="s">
-        <v>152</v>
+        <v>80</v>
       </c>
       <c r="B52" t="s">
-        <v>153</v>
+        <v>80</v>
       </c>
       <c r="C52" t="s">
-        <v>197</v>
+        <v>103</v>
       </c>
       <c r="D52" t="s">
-        <v>198</v>
+        <v>103</v>
       </c>
       <c r="E52" s="2" t="s">
-        <v>199</v>
-[...3 lines deleted...]
-      </c>
+        <v>104</v>
+      </c>
+      <c r="F52" s="2"/>
     </row>
     <row r="53" spans="1:6">
       <c r="A53" t="s">
-        <v>152</v>
+        <v>80</v>
       </c>
       <c r="B53" t="s">
-        <v>153</v>
+        <v>80</v>
       </c>
       <c r="C53" t="s">
-        <v>201</v>
+        <v>105</v>
       </c>
       <c r="D53" t="s">
-        <v>202</v>
+        <v>105</v>
       </c>
       <c r="E53" s="2" t="s">
-        <v>203</v>
-[...3 lines deleted...]
-      </c>
+        <v>106</v>
+      </c>
+      <c r="F53" s="2"/>
     </row>
     <row r="54" spans="1:6">
       <c r="A54" t="s">
-        <v>152</v>
+        <v>80</v>
       </c>
       <c r="B54" t="s">
-        <v>153</v>
+        <v>80</v>
       </c>
       <c r="C54" t="s">
-        <v>205</v>
+        <v>107</v>
       </c>
       <c r="D54" t="s">
-        <v>206</v>
+        <v>107</v>
       </c>
       <c r="E54" s="2" t="s">
-        <v>207</v>
-[...3 lines deleted...]
-      </c>
+        <v>108</v>
+      </c>
+      <c r="F54" s="2"/>
     </row>
     <row r="55" spans="1:6">
       <c r="A55" t="s">
-        <v>152</v>
+        <v>80</v>
       </c>
       <c r="B55" t="s">
-        <v>153</v>
+        <v>80</v>
       </c>
       <c r="C55" t="s">
-        <v>209</v>
+        <v>109</v>
       </c>
       <c r="D55" t="s">
-        <v>210</v>
+        <v>109</v>
       </c>
       <c r="E55" s="2" t="s">
-        <v>211</v>
-[...3 lines deleted...]
-      </c>
+        <v>110</v>
+      </c>
+      <c r="F55" s="2"/>
     </row>
     <row r="56" spans="1:6">
       <c r="A56" t="s">
-        <v>152</v>
+        <v>80</v>
       </c>
       <c r="B56" t="s">
-        <v>153</v>
+        <v>80</v>
       </c>
       <c r="C56" t="s">
-        <v>213</v>
+        <v>111</v>
       </c>
       <c r="D56" t="s">
-        <v>214</v>
+        <v>111</v>
       </c>
       <c r="E56" s="2" t="s">
-        <v>215</v>
-[...3 lines deleted...]
-      </c>
+        <v>112</v>
+      </c>
+      <c r="F56" s="2"/>
     </row>
     <row r="57" spans="1:6">
       <c r="A57" t="s">
-        <v>152</v>
+        <v>80</v>
       </c>
       <c r="B57" t="s">
-        <v>153</v>
+        <v>80</v>
       </c>
       <c r="C57" t="s">
-        <v>217</v>
+        <v>113</v>
       </c>
       <c r="D57" t="s">
-        <v>218</v>
+        <v>113</v>
       </c>
       <c r="E57" s="2" t="s">
-        <v>219</v>
-[...3 lines deleted...]
-      </c>
+        <v>114</v>
+      </c>
+      <c r="F57" s="2"/>
     </row>
     <row r="58" spans="1:6">
       <c r="A58" t="s">
-        <v>152</v>
+        <v>80</v>
       </c>
       <c r="B58" t="s">
-        <v>153</v>
+        <v>80</v>
       </c>
       <c r="C58" t="s">
-        <v>221</v>
+        <v>115</v>
       </c>
       <c r="D58" t="s">
-        <v>222</v>
+        <v>115</v>
       </c>
       <c r="E58" s="2" t="s">
-        <v>223</v>
-[...3 lines deleted...]
-      </c>
+        <v>116</v>
+      </c>
+      <c r="F58" s="2"/>
     </row>
     <row r="59" spans="1:6">
       <c r="A59" t="s">
-        <v>152</v>
+        <v>80</v>
       </c>
       <c r="B59" t="s">
-        <v>153</v>
+        <v>80</v>
       </c>
       <c r="C59" t="s">
-        <v>225</v>
+        <v>117</v>
       </c>
       <c r="D59" t="s">
-        <v>226</v>
+        <v>117</v>
       </c>
       <c r="E59" s="2" t="s">
-        <v>227</v>
-[...3 lines deleted...]
-      </c>
+        <v>118</v>
+      </c>
+      <c r="F59" s="2"/>
     </row>
     <row r="60" spans="1:6">
       <c r="A60" t="s">
-        <v>229</v>
+        <v>119</v>
       </c>
       <c r="B60" t="s">
-        <v>230</v>
+        <v>119</v>
       </c>
       <c r="C60" t="s">
-        <v>231</v>
+        <v>120</v>
       </c>
       <c r="D60" t="s">
-        <v>232</v>
+        <v>120</v>
       </c>
       <c r="E60" s="2" t="s">
-        <v>233</v>
-[...3 lines deleted...]
-      </c>
+        <v>121</v>
+      </c>
+      <c r="F60" s="2"/>
     </row>
     <row r="61" spans="1:6">
       <c r="A61" t="s">
-        <v>229</v>
+        <v>119</v>
       </c>
       <c r="B61" t="s">
-        <v>230</v>
+        <v>119</v>
       </c>
       <c r="C61" t="s">
-        <v>235</v>
+        <v>122</v>
       </c>
       <c r="D61" t="s">
-        <v>236</v>
+        <v>122</v>
       </c>
       <c r="E61" s="2" t="s">
-        <v>237</v>
-[...3 lines deleted...]
-      </c>
+        <v>123</v>
+      </c>
+      <c r="F61" s="2"/>
     </row>
     <row r="62" spans="1:6">
       <c r="A62" t="s">
-        <v>229</v>
+        <v>119</v>
       </c>
       <c r="B62" t="s">
-        <v>230</v>
+        <v>119</v>
       </c>
       <c r="C62" t="s">
-        <v>239</v>
+        <v>124</v>
       </c>
       <c r="D62" t="s">
-        <v>240</v>
+        <v>124</v>
       </c>
       <c r="E62" s="2" t="s">
-        <v>241</v>
-[...3 lines deleted...]
-      </c>
+        <v>125</v>
+      </c>
+      <c r="F62" s="2"/>
     </row>
     <row r="63" spans="1:6">
       <c r="A63" t="s">
-        <v>229</v>
+        <v>119</v>
       </c>
       <c r="B63" t="s">
-        <v>230</v>
+        <v>119</v>
       </c>
       <c r="C63" t="s">
-        <v>243</v>
+        <v>126</v>
       </c>
       <c r="D63" t="s">
-        <v>244</v>
+        <v>126</v>
       </c>
       <c r="E63" s="2" t="s">
-        <v>245</v>
-[...3 lines deleted...]
-      </c>
+        <v>127</v>
+      </c>
+      <c r="F63" s="2"/>
     </row>
     <row r="64" spans="1:6">
       <c r="A64" t="s">
-        <v>229</v>
+        <v>119</v>
       </c>
       <c r="B64" t="s">
-        <v>230</v>
+        <v>119</v>
       </c>
       <c r="C64" t="s">
-        <v>247</v>
+        <v>128</v>
       </c>
       <c r="D64" t="s">
-        <v>248</v>
+        <v>128</v>
       </c>
       <c r="E64" s="2" t="s">
-        <v>249</v>
-[...3 lines deleted...]
-      </c>
+        <v>129</v>
+      </c>
+      <c r="F64" s="2"/>
     </row>
     <row r="65" spans="1:6">
       <c r="A65" t="s">
-        <v>229</v>
+        <v>119</v>
       </c>
       <c r="B65" t="s">
-        <v>230</v>
+        <v>119</v>
       </c>
       <c r="C65" t="s">
-        <v>251</v>
+        <v>130</v>
       </c>
       <c r="D65" t="s">
-        <v>252</v>
+        <v>130</v>
       </c>
       <c r="E65" s="2" t="s">
-        <v>253</v>
-[...3 lines deleted...]
-      </c>
+        <v>131</v>
+      </c>
+      <c r="F65" s="2"/>
     </row>
     <row r="66" spans="1:6">
       <c r="A66" t="s">
-        <v>229</v>
+        <v>119</v>
       </c>
       <c r="B66" t="s">
-        <v>230</v>
+        <v>119</v>
       </c>
       <c r="C66" t="s">
-        <v>255</v>
+        <v>132</v>
       </c>
       <c r="D66" t="s">
-        <v>256</v>
+        <v>132</v>
       </c>
       <c r="E66" s="2" t="s">
-        <v>257</v>
-[...3 lines deleted...]
-      </c>
+        <v>133</v>
+      </c>
+      <c r="F66" s="2"/>
     </row>
     <row r="67" spans="1:6">
       <c r="A67" t="s">
-        <v>229</v>
+        <v>119</v>
       </c>
       <c r="B67" t="s">
-        <v>230</v>
+        <v>119</v>
       </c>
       <c r="C67" t="s">
-        <v>259</v>
+        <v>134</v>
       </c>
       <c r="D67" t="s">
-        <v>260</v>
+        <v>134</v>
       </c>
       <c r="E67" s="2" t="s">
-        <v>261</v>
-[...3 lines deleted...]
-      </c>
+        <v>135</v>
+      </c>
+      <c r="F67" s="2"/>
     </row>
     <row r="68" spans="1:6">
       <c r="A68" t="s">
-        <v>229</v>
+        <v>119</v>
       </c>
       <c r="B68" t="s">
-        <v>230</v>
+        <v>119</v>
       </c>
       <c r="C68" t="s">
-        <v>263</v>
+        <v>136</v>
       </c>
       <c r="D68" t="s">
-        <v>264</v>
+        <v>136</v>
       </c>
       <c r="E68" s="2" t="s">
-        <v>265</v>
-[...3 lines deleted...]
-      </c>
+        <v>137</v>
+      </c>
+      <c r="F68" s="2"/>
     </row>
     <row r="69" spans="1:6">
       <c r="A69" t="s">
-        <v>229</v>
+        <v>119</v>
       </c>
       <c r="B69" t="s">
-        <v>230</v>
+        <v>119</v>
       </c>
       <c r="C69" t="s">
-        <v>267</v>
+        <v>138</v>
       </c>
       <c r="D69" t="s">
-        <v>268</v>
+        <v>138</v>
       </c>
       <c r="E69" s="2" t="s">
-        <v>269</v>
-[...3 lines deleted...]
-      </c>
+        <v>139</v>
+      </c>
+      <c r="F69" s="2"/>
     </row>
     <row r="70" spans="1:6">
       <c r="A70" t="s">
-        <v>229</v>
+        <v>119</v>
       </c>
       <c r="B70" t="s">
-        <v>230</v>
+        <v>119</v>
       </c>
       <c r="C70" t="s">
-        <v>271</v>
+        <v>140</v>
       </c>
       <c r="D70" t="s">
-        <v>272</v>
+        <v>140</v>
       </c>
       <c r="E70" s="2" t="s">
-        <v>273</v>
-[...3 lines deleted...]
-      </c>
+        <v>141</v>
+      </c>
+      <c r="F70" s="2"/>
     </row>
     <row r="71" spans="1:6">
       <c r="A71" t="s">
-        <v>229</v>
+        <v>119</v>
       </c>
       <c r="B71" t="s">
-        <v>230</v>
+        <v>119</v>
       </c>
       <c r="C71" t="s">
-        <v>275</v>
+        <v>142</v>
       </c>
       <c r="D71" t="s">
-        <v>276</v>
+        <v>142</v>
       </c>
       <c r="E71" s="2" t="s">
-        <v>277</v>
-[...3 lines deleted...]
-      </c>
+        <v>143</v>
+      </c>
+      <c r="F71" s="2"/>
     </row>
     <row r="72" spans="1:6">
       <c r="A72" t="s">
-        <v>229</v>
+        <v>119</v>
       </c>
       <c r="B72" t="s">
-        <v>230</v>
+        <v>119</v>
       </c>
       <c r="C72" t="s">
-        <v>279</v>
+        <v>144</v>
       </c>
       <c r="D72" t="s">
-        <v>280</v>
+        <v>144</v>
       </c>
       <c r="E72" s="2" t="s">
-        <v>281</v>
-[...3 lines deleted...]
-      </c>
+        <v>145</v>
+      </c>
+      <c r="F72" s="2"/>
     </row>
     <row r="73" spans="1:6">
       <c r="A73" t="s">
-        <v>229</v>
+        <v>119</v>
       </c>
       <c r="B73" t="s">
-        <v>230</v>
+        <v>119</v>
       </c>
       <c r="C73" t="s">
-        <v>283</v>
+        <v>146</v>
       </c>
       <c r="D73" t="s">
-        <v>284</v>
+        <v>146</v>
       </c>
       <c r="E73" s="2" t="s">
-        <v>285</v>
-[...3 lines deleted...]
-      </c>
+        <v>147</v>
+      </c>
+      <c r="F73" s="2"/>
     </row>
     <row r="74" spans="1:6">
       <c r="A74" t="s">
-        <v>229</v>
+        <v>119</v>
       </c>
       <c r="B74" t="s">
-        <v>230</v>
+        <v>119</v>
       </c>
       <c r="C74" t="s">
-        <v>287</v>
+        <v>148</v>
       </c>
       <c r="D74" t="s">
-        <v>288</v>
+        <v>148</v>
       </c>
       <c r="E74" s="2" t="s">
-        <v>289</v>
-[...3 lines deleted...]
-      </c>
+        <v>149</v>
+      </c>
+      <c r="F74" s="2"/>
     </row>
     <row r="75" spans="1:6">
       <c r="A75" t="s">
-        <v>229</v>
+        <v>119</v>
       </c>
       <c r="B75" t="s">
-        <v>230</v>
+        <v>119</v>
       </c>
       <c r="C75" t="s">
-        <v>291</v>
+        <v>150</v>
       </c>
       <c r="D75" t="s">
-        <v>292</v>
+        <v>150</v>
       </c>
       <c r="E75" s="2" t="s">
-        <v>293</v>
-[...3 lines deleted...]
-      </c>
+        <v>151</v>
+      </c>
+      <c r="F75" s="2"/>
     </row>
     <row r="76" spans="1:6">
       <c r="A76" t="s">
-        <v>229</v>
+        <v>119</v>
       </c>
       <c r="B76" t="s">
-        <v>230</v>
+        <v>119</v>
       </c>
       <c r="C76" t="s">
-        <v>295</v>
+        <v>152</v>
       </c>
       <c r="D76" t="s">
-        <v>296</v>
+        <v>152</v>
       </c>
       <c r="E76" s="2" t="s">
-        <v>297</v>
-[...3 lines deleted...]
-      </c>
+        <v>153</v>
+      </c>
+      <c r="F76" s="2"/>
     </row>
     <row r="77" spans="1:6">
       <c r="A77" t="s">
-        <v>229</v>
+        <v>119</v>
       </c>
       <c r="B77" t="s">
-        <v>230</v>
+        <v>119</v>
       </c>
       <c r="C77" t="s">
-        <v>299</v>
+        <v>154</v>
       </c>
       <c r="D77" t="s">
-        <v>300</v>
+        <v>154</v>
       </c>
       <c r="E77" s="2" t="s">
-        <v>301</v>
-[...3 lines deleted...]
-      </c>
+        <v>155</v>
+      </c>
+      <c r="F77" s="2"/>
     </row>
     <row r="78" spans="1:6">
       <c r="A78" t="s">
-        <v>229</v>
+        <v>119</v>
       </c>
       <c r="B78" t="s">
-        <v>230</v>
+        <v>119</v>
       </c>
       <c r="C78" t="s">
-        <v>303</v>
+        <v>156</v>
       </c>
       <c r="D78" t="s">
-        <v>304</v>
+        <v>156</v>
       </c>
       <c r="E78" s="2" t="s">
-        <v>305</v>
-[...3 lines deleted...]
-      </c>
+        <v>157</v>
+      </c>
+      <c r="F78" s="2"/>
     </row>
     <row r="79" spans="1:6">
       <c r="A79" t="s">
-        <v>229</v>
+        <v>119</v>
       </c>
       <c r="B79" t="s">
-        <v>230</v>
+        <v>119</v>
       </c>
       <c r="C79" t="s">
-        <v>307</v>
+        <v>158</v>
       </c>
       <c r="D79" t="s">
-        <v>308</v>
+        <v>158</v>
       </c>
       <c r="E79" s="2" t="s">
-        <v>309</v>
-[...3 lines deleted...]
-      </c>
+        <v>159</v>
+      </c>
+      <c r="F79" s="2"/>
     </row>
     <row r="80" spans="1:6">
       <c r="A80" t="s">
-        <v>229</v>
+        <v>119</v>
       </c>
       <c r="B80" t="s">
-        <v>230</v>
+        <v>119</v>
       </c>
       <c r="C80" t="s">
-        <v>311</v>
+        <v>160</v>
       </c>
       <c r="D80" t="s">
-        <v>312</v>
+        <v>160</v>
       </c>
       <c r="E80" s="2" t="s">
-        <v>313</v>
-[...3 lines deleted...]
-      </c>
+        <v>161</v>
+      </c>
+      <c r="F80" s="2"/>
     </row>
     <row r="81" spans="1:6">
       <c r="A81" t="s">
-        <v>229</v>
+        <v>119</v>
       </c>
       <c r="B81" t="s">
-        <v>230</v>
+        <v>119</v>
       </c>
       <c r="C81" t="s">
-        <v>315</v>
+        <v>162</v>
       </c>
       <c r="D81" t="s">
-        <v>316</v>
+        <v>162</v>
       </c>
       <c r="E81" s="2" t="s">
-        <v>317</v>
-[...3 lines deleted...]
-      </c>
+        <v>163</v>
+      </c>
+      <c r="F81" s="2"/>
     </row>
     <row r="82" spans="1:6">
       <c r="A82" t="s">
-        <v>229</v>
+        <v>119</v>
       </c>
       <c r="B82" t="s">
-        <v>230</v>
+        <v>119</v>
       </c>
       <c r="C82" t="s">
-        <v>319</v>
+        <v>164</v>
       </c>
       <c r="D82" t="s">
-        <v>320</v>
+        <v>164</v>
       </c>
       <c r="E82" s="2" t="s">
-        <v>321</v>
-[...3 lines deleted...]
-      </c>
+        <v>165</v>
+      </c>
+      <c r="F82" s="2"/>
     </row>
     <row r="83" spans="1:6">
       <c r="A83" t="s">
-        <v>229</v>
+        <v>119</v>
       </c>
       <c r="B83" t="s">
-        <v>230</v>
+        <v>119</v>
       </c>
       <c r="C83" t="s">
-        <v>323</v>
+        <v>166</v>
       </c>
       <c r="D83" t="s">
-        <v>324</v>
+        <v>166</v>
       </c>
       <c r="E83" s="2" t="s">
-        <v>325</v>
-[...3 lines deleted...]
-      </c>
+        <v>167</v>
+      </c>
+      <c r="F83" s="2"/>
     </row>
     <row r="84" spans="1:6">
       <c r="A84" t="s">
-        <v>229</v>
+        <v>119</v>
       </c>
       <c r="B84" t="s">
-        <v>230</v>
+        <v>119</v>
       </c>
       <c r="C84" t="s">
-        <v>327</v>
+        <v>168</v>
       </c>
       <c r="D84" t="s">
-        <v>328</v>
+        <v>168</v>
       </c>
       <c r="E84" s="2" t="s">
-        <v>329</v>
-[...3 lines deleted...]
-      </c>
+        <v>169</v>
+      </c>
+      <c r="F84" s="2"/>
     </row>
     <row r="85" spans="1:6">
       <c r="A85" t="s">
-        <v>229</v>
+        <v>119</v>
       </c>
       <c r="B85" t="s">
-        <v>230</v>
+        <v>119</v>
       </c>
       <c r="C85" t="s">
-        <v>331</v>
+        <v>170</v>
       </c>
       <c r="D85" t="s">
-        <v>332</v>
+        <v>170</v>
       </c>
       <c r="E85" s="2" t="s">
-        <v>333</v>
-[...3 lines deleted...]
-      </c>
+        <v>171</v>
+      </c>
+      <c r="F85" s="2"/>
     </row>
     <row r="86" spans="1:6">
       <c r="A86" t="s">
-        <v>335</v>
+        <v>172</v>
       </c>
       <c r="B86" t="s">
-        <v>336</v>
+        <v>172</v>
       </c>
       <c r="C86" t="s">
-        <v>337</v>
+        <v>173</v>
       </c>
       <c r="D86" t="s">
-        <v>338</v>
+        <v>173</v>
       </c>
       <c r="E86" s="2" t="s">
-        <v>339</v>
-[...3 lines deleted...]
-      </c>
+        <v>174</v>
+      </c>
+      <c r="F86" s="2"/>
     </row>
     <row r="87" spans="1:6">
       <c r="A87" t="s">
-        <v>335</v>
+        <v>172</v>
       </c>
       <c r="B87" t="s">
-        <v>336</v>
+        <v>172</v>
       </c>
       <c r="C87" t="s">
-        <v>341</v>
+        <v>175</v>
       </c>
       <c r="D87" t="s">
-        <v>342</v>
+        <v>175</v>
       </c>
       <c r="E87" s="2" t="s">
-        <v>343</v>
-[...3 lines deleted...]
-      </c>
+        <v>176</v>
+      </c>
+      <c r="F87" s="2"/>
     </row>
     <row r="88" spans="1:6">
       <c r="A88" t="s">
-        <v>335</v>
+        <v>172</v>
       </c>
       <c r="B88" t="s">
-        <v>336</v>
+        <v>172</v>
       </c>
       <c r="C88" t="s">
-        <v>345</v>
+        <v>177</v>
       </c>
       <c r="D88" t="s">
-        <v>346</v>
+        <v>177</v>
       </c>
       <c r="E88" s="2" t="s">
-        <v>347</v>
-[...3 lines deleted...]
-      </c>
+        <v>178</v>
+      </c>
+      <c r="F88" s="2"/>
     </row>
     <row r="89" spans="1:6">
       <c r="A89" t="s">
-        <v>335</v>
+        <v>172</v>
       </c>
       <c r="B89" t="s">
-        <v>336</v>
+        <v>172</v>
       </c>
       <c r="C89" t="s">
-        <v>349</v>
+        <v>179</v>
       </c>
       <c r="D89" t="s">
-        <v>350</v>
+        <v>179</v>
       </c>
       <c r="E89" s="2" t="s">
-        <v>351</v>
-[...3 lines deleted...]
-      </c>
+        <v>180</v>
+      </c>
+      <c r="F89" s="2"/>
     </row>
     <row r="90" spans="1:6">
       <c r="A90" t="s">
-        <v>335</v>
+        <v>172</v>
       </c>
       <c r="B90" t="s">
-        <v>336</v>
+        <v>172</v>
       </c>
       <c r="C90" t="s">
-        <v>353</v>
+        <v>181</v>
       </c>
       <c r="D90" t="s">
-        <v>354</v>
+        <v>181</v>
       </c>
       <c r="E90" s="2" t="s">
-        <v>355</v>
-[...3 lines deleted...]
-      </c>
+        <v>182</v>
+      </c>
+      <c r="F90" s="2"/>
     </row>
     <row r="91" spans="1:6">
       <c r="A91" t="s">
-        <v>335</v>
+        <v>172</v>
       </c>
       <c r="B91" t="s">
-        <v>336</v>
+        <v>172</v>
       </c>
       <c r="C91" t="s">
-        <v>357</v>
+        <v>183</v>
       </c>
       <c r="D91" t="s">
-        <v>358</v>
+        <v>183</v>
       </c>
       <c r="E91" s="2" t="s">
-        <v>359</v>
-[...3 lines deleted...]
-      </c>
+        <v>184</v>
+      </c>
+      <c r="F91" s="2"/>
     </row>
     <row r="92" spans="1:6">
       <c r="A92" t="s">
-        <v>335</v>
+        <v>172</v>
       </c>
       <c r="B92" t="s">
-        <v>336</v>
+        <v>172</v>
       </c>
       <c r="C92" t="s">
-        <v>361</v>
+        <v>185</v>
       </c>
       <c r="D92" t="s">
-        <v>362</v>
+        <v>185</v>
       </c>
       <c r="E92" s="2" t="s">
-        <v>363</v>
-[...3 lines deleted...]
-      </c>
+        <v>186</v>
+      </c>
+      <c r="F92" s="2"/>
     </row>
     <row r="93" spans="1:6">
       <c r="A93" t="s">
-        <v>335</v>
+        <v>172</v>
       </c>
       <c r="B93" t="s">
-        <v>336</v>
+        <v>172</v>
       </c>
       <c r="C93" t="s">
-        <v>365</v>
+        <v>187</v>
       </c>
       <c r="D93" t="s">
-        <v>366</v>
+        <v>187</v>
       </c>
       <c r="E93" s="2" t="s">
-        <v>367</v>
-[...3 lines deleted...]
-      </c>
+        <v>188</v>
+      </c>
+      <c r="F93" s="2"/>
     </row>
     <row r="94" spans="1:6">
       <c r="A94" t="s">
-        <v>335</v>
+        <v>172</v>
       </c>
       <c r="B94" t="s">
-        <v>336</v>
+        <v>172</v>
       </c>
       <c r="C94" t="s">
-        <v>369</v>
+        <v>189</v>
       </c>
       <c r="D94" t="s">
-        <v>370</v>
+        <v>189</v>
       </c>
       <c r="E94" s="2" t="s">
-        <v>371</v>
-[...3 lines deleted...]
-      </c>
+        <v>190</v>
+      </c>
+      <c r="F94" s="2"/>
     </row>
     <row r="95" spans="1:6">
       <c r="A95" t="s">
-        <v>335</v>
+        <v>172</v>
       </c>
       <c r="B95" t="s">
-        <v>336</v>
+        <v>172</v>
       </c>
       <c r="C95" t="s">
-        <v>373</v>
+        <v>191</v>
       </c>
       <c r="D95" t="s">
-        <v>374</v>
+        <v>191</v>
       </c>
       <c r="E95" s="2" t="s">
-        <v>375</v>
-[...3 lines deleted...]
-      </c>
+        <v>192</v>
+      </c>
+      <c r="F95" s="2"/>
     </row>
     <row r="96" spans="1:6">
       <c r="A96" t="s">
-        <v>335</v>
+        <v>172</v>
       </c>
       <c r="B96" t="s">
-        <v>336</v>
+        <v>172</v>
       </c>
       <c r="C96" t="s">
-        <v>377</v>
+        <v>193</v>
       </c>
       <c r="D96" t="s">
-        <v>378</v>
+        <v>193</v>
       </c>
       <c r="E96" s="2" t="s">
-        <v>379</v>
-[...3 lines deleted...]
-      </c>
+        <v>194</v>
+      </c>
+      <c r="F96" s="2"/>
     </row>
     <row r="97" spans="1:6">
       <c r="A97" t="s">
-        <v>335</v>
+        <v>172</v>
       </c>
       <c r="B97" t="s">
-        <v>336</v>
+        <v>172</v>
       </c>
       <c r="C97" t="s">
-        <v>381</v>
+        <v>195</v>
       </c>
       <c r="D97" t="s">
-        <v>382</v>
+        <v>195</v>
       </c>
       <c r="E97" s="2" t="s">
-        <v>383</v>
-[...3 lines deleted...]
-      </c>
+        <v>196</v>
+      </c>
+      <c r="F97" s="2"/>
     </row>
     <row r="98" spans="1:6">
       <c r="A98" t="s">
-        <v>335</v>
+        <v>172</v>
       </c>
       <c r="B98" t="s">
-        <v>336</v>
+        <v>172</v>
       </c>
       <c r="C98" t="s">
-        <v>385</v>
+        <v>197</v>
       </c>
       <c r="D98" t="s">
-        <v>386</v>
+        <v>197</v>
       </c>
       <c r="E98" s="2" t="s">
-        <v>387</v>
-[...3 lines deleted...]
-      </c>
+        <v>198</v>
+      </c>
+      <c r="F98" s="2"/>
     </row>
     <row r="99" spans="1:6">
       <c r="A99" t="s">
-        <v>335</v>
+        <v>172</v>
       </c>
       <c r="B99" t="s">
-        <v>336</v>
+        <v>172</v>
       </c>
       <c r="C99" t="s">
-        <v>389</v>
+        <v>199</v>
       </c>
       <c r="D99" t="s">
-        <v>390</v>
+        <v>199</v>
       </c>
       <c r="E99" s="2" t="s">
-        <v>391</v>
-[...3 lines deleted...]
-      </c>
+        <v>200</v>
+      </c>
+      <c r="F99" s="2"/>
     </row>
     <row r="100" spans="1:6">
       <c r="A100" t="s">
-        <v>335</v>
+        <v>172</v>
       </c>
       <c r="B100" t="s">
-        <v>336</v>
+        <v>172</v>
       </c>
       <c r="C100" t="s">
-        <v>393</v>
+        <v>201</v>
       </c>
       <c r="D100" t="s">
-        <v>394</v>
+        <v>201</v>
       </c>
       <c r="E100" s="2" t="s">
-        <v>395</v>
-[...3 lines deleted...]
-      </c>
+        <v>202</v>
+      </c>
+      <c r="F100" s="2"/>
     </row>
     <row r="101" spans="1:6">
       <c r="A101" t="s">
-        <v>335</v>
+        <v>172</v>
       </c>
       <c r="B101" t="s">
-        <v>336</v>
+        <v>172</v>
       </c>
       <c r="C101" t="s">
-        <v>397</v>
+        <v>203</v>
       </c>
       <c r="D101" t="s">
-        <v>398</v>
+        <v>203</v>
       </c>
       <c r="E101" s="2" t="s">
-        <v>399</v>
-[...3 lines deleted...]
-      </c>
+        <v>204</v>
+      </c>
+      <c r="F101" s="2"/>
     </row>
     <row r="102" spans="1:6">
       <c r="A102" t="s">
-        <v>335</v>
+        <v>172</v>
       </c>
       <c r="B102" t="s">
-        <v>336</v>
+        <v>172</v>
       </c>
       <c r="C102" t="s">
-        <v>401</v>
+        <v>205</v>
       </c>
       <c r="D102" t="s">
-        <v>402</v>
+        <v>205</v>
       </c>
       <c r="E102" s="2" t="s">
-        <v>403</v>
-[...3 lines deleted...]
-      </c>
+        <v>206</v>
+      </c>
+      <c r="F102" s="2"/>
     </row>
     <row r="103" spans="1:6">
       <c r="A103" t="s">
-        <v>405</v>
+        <v>207</v>
       </c>
       <c r="B103" t="s">
-        <v>406</v>
+        <v>207</v>
       </c>
       <c r="C103" t="s">
-        <v>407</v>
+        <v>208</v>
       </c>
       <c r="D103" t="s">
-        <v>408</v>
+        <v>208</v>
       </c>
       <c r="E103" s="2" t="s">
-        <v>409</v>
-[...3 lines deleted...]
-      </c>
+        <v>209</v>
+      </c>
+      <c r="F103" s="2"/>
     </row>
     <row r="104" spans="1:6">
       <c r="A104" t="s">
-        <v>405</v>
+        <v>207</v>
       </c>
       <c r="B104" t="s">
-        <v>406</v>
+        <v>207</v>
       </c>
       <c r="C104" t="s">
-        <v>411</v>
+        <v>210</v>
       </c>
       <c r="D104" t="s">
-        <v>412</v>
+        <v>210</v>
       </c>
       <c r="E104" s="2" t="s">
-        <v>413</v>
-[...3 lines deleted...]
-      </c>
+        <v>211</v>
+      </c>
+      <c r="F104" s="2"/>
     </row>
     <row r="105" spans="1:6">
       <c r="A105" t="s">
-        <v>405</v>
+        <v>207</v>
       </c>
       <c r="B105" t="s">
-        <v>406</v>
+        <v>207</v>
       </c>
       <c r="C105" t="s">
-        <v>415</v>
+        <v>212</v>
       </c>
       <c r="D105" t="s">
-        <v>416</v>
+        <v>212</v>
       </c>
       <c r="E105" s="2" t="s">
-        <v>417</v>
-[...3 lines deleted...]
-      </c>
+        <v>213</v>
+      </c>
+      <c r="F105" s="2"/>
     </row>
     <row r="106" spans="1:6">
       <c r="A106" t="s">
-        <v>405</v>
+        <v>207</v>
       </c>
       <c r="B106" t="s">
-        <v>406</v>
+        <v>207</v>
       </c>
       <c r="C106" t="s">
-        <v>365</v>
+        <v>187</v>
       </c>
       <c r="D106" t="s">
-        <v>366</v>
+        <v>187</v>
       </c>
       <c r="E106" s="2" t="s">
-        <v>419</v>
-[...3 lines deleted...]
-      </c>
+        <v>214</v>
+      </c>
+      <c r="F106" s="2"/>
     </row>
     <row r="107" spans="1:6">
       <c r="A107" t="s">
-        <v>405</v>
+        <v>207</v>
       </c>
       <c r="B107" t="s">
-        <v>406</v>
+        <v>207</v>
       </c>
       <c r="C107" t="s">
-        <v>389</v>
+        <v>199</v>
       </c>
       <c r="D107" t="s">
-        <v>390</v>
+        <v>199</v>
       </c>
       <c r="E107" s="2" t="s">
-        <v>391</v>
-[...3 lines deleted...]
-      </c>
+        <v>200</v>
+      </c>
+      <c r="F107" s="2"/>
     </row>
     <row r="108" spans="1:6">
       <c r="A108" t="s">
-        <v>422</v>
+        <v>215</v>
       </c>
       <c r="B108" t="s">
-        <v>423</v>
+        <v>215</v>
       </c>
       <c r="C108" t="s">
-        <v>231</v>
+        <v>120</v>
       </c>
       <c r="D108" t="s">
-        <v>232</v>
+        <v>120</v>
       </c>
       <c r="E108" s="2" t="s">
-        <v>424</v>
-[...3 lines deleted...]
-      </c>
+        <v>216</v>
+      </c>
+      <c r="F108" s="2"/>
     </row>
     <row r="109" spans="1:6">
       <c r="A109" t="s">
-        <v>422</v>
+        <v>215</v>
       </c>
       <c r="B109" t="s">
-        <v>423</v>
+        <v>215</v>
       </c>
       <c r="C109" t="s">
-        <v>426</v>
+        <v>217</v>
       </c>
       <c r="D109" t="s">
-        <v>427</v>
+        <v>217</v>
       </c>
       <c r="E109" s="2" t="s">
-        <v>428</v>
-[...3 lines deleted...]
-      </c>
+        <v>218</v>
+      </c>
+      <c r="F109" s="2"/>
     </row>
     <row r="110" spans="1:6">
       <c r="A110" t="s">
-        <v>422</v>
+        <v>215</v>
       </c>
       <c r="B110" t="s">
-        <v>423</v>
+        <v>215</v>
       </c>
       <c r="C110" t="s">
-        <v>430</v>
+        <v>219</v>
       </c>
       <c r="D110" t="s">
-        <v>431</v>
+        <v>219</v>
       </c>
       <c r="E110" s="2" t="s">
-        <v>432</v>
-[...3 lines deleted...]
-      </c>
+        <v>220</v>
+      </c>
+      <c r="F110" s="2"/>
     </row>
     <row r="111" spans="1:6">
       <c r="A111" t="s">
-        <v>422</v>
+        <v>215</v>
       </c>
       <c r="B111" t="s">
-        <v>423</v>
+        <v>215</v>
       </c>
       <c r="C111" t="s">
-        <v>243</v>
+        <v>126</v>
       </c>
       <c r="D111" t="s">
-        <v>244</v>
+        <v>126</v>
       </c>
       <c r="E111" s="2" t="s">
-        <v>434</v>
-[...3 lines deleted...]
-      </c>
+        <v>221</v>
+      </c>
+      <c r="F111" s="2"/>
     </row>
     <row r="112" spans="1:6">
       <c r="A112" t="s">
-        <v>422</v>
+        <v>215</v>
       </c>
       <c r="B112" t="s">
-        <v>423</v>
+        <v>215</v>
       </c>
       <c r="C112" t="s">
-        <v>436</v>
+        <v>222</v>
       </c>
       <c r="D112" t="s">
-        <v>437</v>
+        <v>222</v>
       </c>
       <c r="E112" s="2" t="s">
-        <v>438</v>
-[...3 lines deleted...]
-      </c>
+        <v>223</v>
+      </c>
+      <c r="F112" s="2"/>
     </row>
     <row r="113" spans="1:6">
       <c r="A113" t="s">
-        <v>422</v>
+        <v>215</v>
       </c>
       <c r="B113" t="s">
-        <v>423</v>
+        <v>215</v>
       </c>
       <c r="C113" t="s">
-        <v>440</v>
+        <v>224</v>
       </c>
       <c r="D113" t="s">
-        <v>441</v>
+        <v>224</v>
       </c>
       <c r="E113" s="2" t="s">
-        <v>442</v>
-[...3 lines deleted...]
-      </c>
+        <v>225</v>
+      </c>
+      <c r="F113" s="2"/>
     </row>
     <row r="114" spans="1:6">
       <c r="A114" t="s">
-        <v>422</v>
+        <v>215</v>
       </c>
       <c r="B114" t="s">
-        <v>423</v>
+        <v>215</v>
       </c>
       <c r="C114" t="s">
-        <v>444</v>
+        <v>226</v>
       </c>
       <c r="D114" t="s">
-        <v>445</v>
+        <v>226</v>
       </c>
       <c r="E114" s="2" t="s">
-        <v>446</v>
-[...3 lines deleted...]
-      </c>
+        <v>227</v>
+      </c>
+      <c r="F114" s="2"/>
     </row>
     <row r="115" spans="1:6">
       <c r="A115" t="s">
-        <v>422</v>
+        <v>215</v>
       </c>
       <c r="B115" t="s">
-        <v>423</v>
+        <v>215</v>
       </c>
       <c r="C115" t="s">
-        <v>251</v>
+        <v>130</v>
       </c>
       <c r="D115" t="s">
-        <v>252</v>
+        <v>130</v>
       </c>
       <c r="E115" s="2" t="s">
-        <v>448</v>
-[...3 lines deleted...]
-      </c>
+        <v>228</v>
+      </c>
+      <c r="F115" s="2"/>
     </row>
     <row r="116" spans="1:6">
       <c r="A116" t="s">
-        <v>422</v>
+        <v>215</v>
       </c>
       <c r="B116" t="s">
-        <v>423</v>
+        <v>215</v>
       </c>
       <c r="C116" t="s">
-        <v>450</v>
+        <v>229</v>
       </c>
       <c r="D116" t="s">
-        <v>451</v>
+        <v>229</v>
       </c>
       <c r="E116" s="2" t="s">
-        <v>452</v>
-[...3 lines deleted...]
-      </c>
+        <v>230</v>
+      </c>
+      <c r="F116" s="2"/>
     </row>
     <row r="117" spans="1:6">
       <c r="A117" t="s">
-        <v>422</v>
+        <v>215</v>
       </c>
       <c r="B117" t="s">
-        <v>423</v>
+        <v>215</v>
       </c>
       <c r="C117" t="s">
-        <v>454</v>
+        <v>231</v>
       </c>
       <c r="D117" t="s">
-        <v>455</v>
+        <v>231</v>
       </c>
       <c r="E117" s="2" t="s">
-        <v>456</v>
-[...3 lines deleted...]
-      </c>
+        <v>232</v>
+      </c>
+      <c r="F117" s="2"/>
     </row>
     <row r="118" spans="1:6">
       <c r="A118" t="s">
-        <v>422</v>
+        <v>215</v>
       </c>
       <c r="B118" t="s">
-        <v>423</v>
+        <v>215</v>
       </c>
       <c r="C118" t="s">
-        <v>458</v>
+        <v>233</v>
       </c>
       <c r="D118" t="s">
-        <v>459</v>
+        <v>233</v>
       </c>
       <c r="E118" s="2" t="s">
-        <v>460</v>
-[...3 lines deleted...]
-      </c>
+        <v>234</v>
+      </c>
+      <c r="F118" s="2"/>
     </row>
     <row r="119" spans="1:6">
       <c r="A119" t="s">
-        <v>422</v>
+        <v>215</v>
       </c>
       <c r="B119" t="s">
-        <v>423</v>
+        <v>215</v>
       </c>
       <c r="C119" t="s">
-        <v>462</v>
+        <v>235</v>
       </c>
       <c r="D119" t="s">
-        <v>463</v>
+        <v>235</v>
       </c>
       <c r="E119" s="2" t="s">
-        <v>464</v>
-[...3 lines deleted...]
-      </c>
+        <v>236</v>
+      </c>
+      <c r="F119" s="2"/>
     </row>
     <row r="120" spans="1:6">
       <c r="A120" t="s">
-        <v>422</v>
+        <v>215</v>
       </c>
       <c r="B120" t="s">
-        <v>423</v>
+        <v>215</v>
       </c>
       <c r="C120" t="s">
-        <v>466</v>
+        <v>237</v>
       </c>
       <c r="D120" t="s">
-        <v>467</v>
+        <v>237</v>
       </c>
       <c r="E120" s="2" t="s">
-        <v>468</v>
-[...3 lines deleted...]
-      </c>
+        <v>238</v>
+      </c>
+      <c r="F120" s="2"/>
     </row>
     <row r="121" spans="1:6">
       <c r="A121" t="s">
-        <v>422</v>
+        <v>215</v>
       </c>
       <c r="B121" t="s">
-        <v>423</v>
+        <v>215</v>
       </c>
       <c r="C121" t="s">
-        <v>470</v>
+        <v>239</v>
       </c>
       <c r="D121" t="s">
-        <v>471</v>
+        <v>239</v>
       </c>
       <c r="E121" s="2" t="s">
-        <v>472</v>
-[...3 lines deleted...]
-      </c>
+        <v>240</v>
+      </c>
+      <c r="F121" s="2"/>
     </row>
     <row r="122" spans="1:6">
       <c r="A122" t="s">
-        <v>422</v>
+        <v>215</v>
       </c>
       <c r="B122" t="s">
-        <v>423</v>
+        <v>215</v>
       </c>
       <c r="C122" t="s">
-        <v>474</v>
+        <v>241</v>
       </c>
       <c r="D122" t="s">
-        <v>475</v>
+        <v>241</v>
       </c>
       <c r="E122" s="2" t="s">
-        <v>476</v>
-[...3 lines deleted...]
-      </c>
+        <v>242</v>
+      </c>
+      <c r="F122" s="2"/>
     </row>
     <row r="123" spans="1:6">
       <c r="A123" t="s">
-        <v>422</v>
+        <v>215</v>
       </c>
       <c r="B123" t="s">
-        <v>423</v>
+        <v>215</v>
       </c>
       <c r="C123" t="s">
-        <v>478</v>
+        <v>243</v>
       </c>
       <c r="D123" t="s">
-        <v>479</v>
+        <v>243</v>
       </c>
       <c r="E123" s="2" t="s">
-        <v>480</v>
-[...3 lines deleted...]
-      </c>
+        <v>244</v>
+      </c>
+      <c r="F123" s="2"/>
     </row>
     <row r="124" spans="1:6">
       <c r="A124" t="s">
-        <v>422</v>
+        <v>215</v>
       </c>
       <c r="B124" t="s">
-        <v>423</v>
+        <v>215</v>
       </c>
       <c r="C124" t="s">
-        <v>482</v>
+        <v>245</v>
       </c>
       <c r="D124" t="s">
-        <v>483</v>
+        <v>245</v>
       </c>
       <c r="E124" s="2" t="s">
-        <v>484</v>
-[...3 lines deleted...]
-      </c>
+        <v>246</v>
+      </c>
+      <c r="F124" s="2"/>
     </row>
     <row r="125" spans="1:6">
       <c r="A125" t="s">
-        <v>422</v>
+        <v>215</v>
       </c>
       <c r="B125" t="s">
-        <v>423</v>
+        <v>215</v>
       </c>
       <c r="C125" t="s">
-        <v>486</v>
+        <v>247</v>
       </c>
       <c r="D125" t="s">
-        <v>487</v>
+        <v>247</v>
       </c>
       <c r="E125" s="2" t="s">
-        <v>488</v>
-[...3 lines deleted...]
-      </c>
+        <v>248</v>
+      </c>
+      <c r="F125" s="2"/>
     </row>
     <row r="126" spans="1:6">
       <c r="A126" t="s">
-        <v>422</v>
+        <v>215</v>
       </c>
       <c r="B126" t="s">
-        <v>423</v>
+        <v>215</v>
       </c>
       <c r="C126" t="s">
-        <v>490</v>
+        <v>249</v>
       </c>
       <c r="D126" t="s">
-        <v>491</v>
+        <v>249</v>
       </c>
       <c r="E126" s="2" t="s">
-        <v>492</v>
-[...3 lines deleted...]
-      </c>
+        <v>250</v>
+      </c>
+      <c r="F126" s="2"/>
     </row>
     <row r="127" spans="1:6">
       <c r="A127" t="s">
-        <v>422</v>
+        <v>215</v>
       </c>
       <c r="B127" t="s">
-        <v>423</v>
+        <v>215</v>
       </c>
       <c r="C127" t="s">
-        <v>315</v>
+        <v>162</v>
       </c>
       <c r="D127" t="s">
-        <v>316</v>
+        <v>162</v>
       </c>
       <c r="E127" s="2" t="s">
-        <v>494</v>
-[...3 lines deleted...]
-      </c>
+        <v>251</v>
+      </c>
+      <c r="F127" s="2"/>
     </row>
     <row r="128" spans="1:6">
       <c r="A128" t="s">
-        <v>422</v>
+        <v>215</v>
       </c>
       <c r="B128" t="s">
-        <v>423</v>
+        <v>215</v>
       </c>
       <c r="C128" t="s">
-        <v>496</v>
+        <v>252</v>
       </c>
       <c r="D128" t="s">
-        <v>497</v>
+        <v>252</v>
       </c>
       <c r="E128" s="2" t="s">
-        <v>498</v>
-[...3 lines deleted...]
-      </c>
+        <v>253</v>
+      </c>
+      <c r="F128" s="2"/>
     </row>
     <row r="129" spans="1:6">
       <c r="A129" t="s">
-        <v>422</v>
+        <v>215</v>
       </c>
       <c r="B129" t="s">
-        <v>423</v>
+        <v>215</v>
       </c>
       <c r="C129" t="s">
-        <v>500</v>
+        <v>254</v>
       </c>
       <c r="D129" t="s">
-        <v>501</v>
+        <v>254</v>
       </c>
       <c r="E129" s="2" t="s">
-        <v>502</v>
-[...3 lines deleted...]
-      </c>
+        <v>255</v>
+      </c>
+      <c r="F129" s="2"/>
     </row>
     <row r="130" spans="1:6">
       <c r="A130" t="s">
-        <v>422</v>
+        <v>215</v>
       </c>
       <c r="B130" t="s">
-        <v>423</v>
+        <v>215</v>
       </c>
       <c r="C130" t="s">
-        <v>504</v>
+        <v>256</v>
       </c>
       <c r="D130" t="s">
-        <v>505</v>
+        <v>256</v>
       </c>
       <c r="E130" s="2" t="s">
-        <v>506</v>
-[...3 lines deleted...]
-      </c>
+        <v>257</v>
+      </c>
+      <c r="F130" s="2"/>
     </row>
     <row r="131" spans="1:6">
       <c r="A131" t="s">
-        <v>422</v>
+        <v>215</v>
       </c>
       <c r="B131" t="s">
-        <v>423</v>
+        <v>215</v>
       </c>
       <c r="C131" t="s">
-        <v>508</v>
+        <v>258</v>
       </c>
       <c r="D131" t="s">
-        <v>509</v>
+        <v>258</v>
       </c>
       <c r="E131" s="2" t="s">
-        <v>510</v>
-[...3 lines deleted...]
-      </c>
+        <v>259</v>
+      </c>
+      <c r="F131" s="2"/>
     </row>
     <row r="132" spans="1:6">
       <c r="A132" t="s">
-        <v>422</v>
+        <v>215</v>
       </c>
       <c r="B132" t="s">
-        <v>423</v>
+        <v>215</v>
       </c>
       <c r="C132" t="s">
-        <v>512</v>
+        <v>260</v>
       </c>
       <c r="D132" t="s">
-        <v>513</v>
+        <v>260</v>
       </c>
       <c r="E132" s="2" t="s">
-        <v>514</v>
-[...3 lines deleted...]
-      </c>
+        <v>261</v>
+      </c>
+      <c r="F132" s="2"/>
     </row>
     <row r="133" spans="1:6">
       <c r="A133" t="s">
-        <v>422</v>
+        <v>215</v>
       </c>
       <c r="B133" t="s">
-        <v>423</v>
+        <v>215</v>
       </c>
       <c r="C133" t="s">
-        <v>516</v>
+        <v>262</v>
       </c>
       <c r="D133" t="s">
-        <v>517</v>
+        <v>262</v>
       </c>
       <c r="E133" s="2" t="s">
-        <v>518</v>
-[...3 lines deleted...]
-      </c>
+        <v>263</v>
+      </c>
+      <c r="F133" s="2"/>
     </row>
     <row r="134" spans="1:6">
       <c r="A134" t="s">
-        <v>422</v>
+        <v>215</v>
       </c>
       <c r="B134" t="s">
-        <v>423</v>
+        <v>215</v>
       </c>
       <c r="C134" t="s">
-        <v>520</v>
+        <v>264</v>
       </c>
       <c r="D134" t="s">
-        <v>521</v>
+        <v>264</v>
       </c>
       <c r="E134" s="2" t="s">
-        <v>522</v>
-[...3 lines deleted...]
-      </c>
+        <v>265</v>
+      </c>
+      <c r="F134" s="2"/>
     </row>
     <row r="135" spans="1:6">
       <c r="A135" t="s">
-        <v>422</v>
+        <v>215</v>
       </c>
       <c r="B135" t="s">
-        <v>423</v>
+        <v>215</v>
       </c>
       <c r="C135" t="s">
-        <v>524</v>
+        <v>266</v>
       </c>
       <c r="D135" t="s">
-        <v>525</v>
+        <v>266</v>
       </c>
       <c r="E135" s="2" t="s">
-        <v>526</v>
-[...3 lines deleted...]
-      </c>
+        <v>267</v>
+      </c>
+      <c r="F135" s="2"/>
     </row>
     <row r="136" spans="1:6">
       <c r="A136" t="s">
-        <v>422</v>
+        <v>215</v>
       </c>
       <c r="B136" t="s">
-        <v>423</v>
+        <v>215</v>
       </c>
       <c r="C136" t="s">
-        <v>528</v>
+        <v>268</v>
       </c>
       <c r="D136" t="s">
-        <v>529</v>
+        <v>268</v>
       </c>
       <c r="E136" s="2" t="s">
-        <v>530</v>
-[...3 lines deleted...]
-      </c>
+        <v>269</v>
+      </c>
+      <c r="F136" s="2"/>
     </row>
     <row r="137" spans="1:6">
       <c r="A137" t="s">
-        <v>422</v>
+        <v>215</v>
       </c>
       <c r="B137" t="s">
-        <v>423</v>
+        <v>215</v>
       </c>
       <c r="C137" t="s">
-        <v>532</v>
+        <v>270</v>
       </c>
       <c r="D137" t="s">
-        <v>533</v>
+        <v>270</v>
       </c>
       <c r="E137" s="2" t="s">
-        <v>534</v>
-[...3 lines deleted...]
-      </c>
+        <v>271</v>
+      </c>
+      <c r="F137" s="2"/>
     </row>
     <row r="138" spans="1:6">
       <c r="A138" t="s">
-        <v>422</v>
+        <v>215</v>
       </c>
       <c r="B138" t="s">
-        <v>423</v>
+        <v>215</v>
       </c>
       <c r="C138" t="s">
-        <v>536</v>
+        <v>272</v>
       </c>
       <c r="D138" t="s">
-        <v>537</v>
+        <v>272</v>
       </c>
       <c r="E138" s="2" t="s">
-        <v>538</v>
-[...3 lines deleted...]
-      </c>
+        <v>273</v>
+      </c>
+      <c r="F138" s="2"/>
     </row>
     <row r="139" spans="1:6">
       <c r="A139" t="s">
-        <v>422</v>
+        <v>215</v>
       </c>
       <c r="B139" t="s">
-        <v>423</v>
+        <v>215</v>
       </c>
       <c r="C139" t="s">
-        <v>540</v>
+        <v>274</v>
       </c>
       <c r="D139" t="s">
-        <v>541</v>
+        <v>274</v>
       </c>
       <c r="E139" s="2" t="s">
-        <v>542</v>
-[...3 lines deleted...]
-      </c>
+        <v>275</v>
+      </c>
+      <c r="F139" s="2"/>
     </row>
     <row r="140" spans="1:6">
       <c r="A140" t="s">
-        <v>422</v>
+        <v>215</v>
       </c>
       <c r="B140" t="s">
-        <v>423</v>
+        <v>215</v>
       </c>
       <c r="C140" t="s">
-        <v>544</v>
+        <v>276</v>
       </c>
       <c r="D140" t="s">
-        <v>545</v>
+        <v>276</v>
       </c>
       <c r="E140" s="2" t="s">
-        <v>546</v>
-[...3 lines deleted...]
-      </c>
+        <v>277</v>
+      </c>
+      <c r="F140" s="2"/>
     </row>
     <row r="141" spans="1:6">
       <c r="A141" t="s">
-        <v>422</v>
+        <v>215</v>
       </c>
       <c r="B141" t="s">
-        <v>423</v>
+        <v>215</v>
       </c>
       <c r="C141" t="s">
-        <v>548</v>
+        <v>278</v>
       </c>
       <c r="D141" t="s">
-        <v>549</v>
+        <v>278</v>
       </c>
       <c r="E141" s="2" t="s">
-        <v>550</v>
-[...3 lines deleted...]
-      </c>
+        <v>279</v>
+      </c>
+      <c r="F141" s="2"/>
     </row>
     <row r="142" spans="1:6">
       <c r="A142" t="s">
-        <v>422</v>
+        <v>215</v>
       </c>
       <c r="B142" t="s">
-        <v>423</v>
+        <v>215</v>
       </c>
       <c r="C142" t="s">
-        <v>552</v>
+        <v>280</v>
       </c>
       <c r="D142" t="s">
-        <v>553</v>
+        <v>280</v>
       </c>
       <c r="E142" s="2" t="s">
-        <v>554</v>
-[...3 lines deleted...]
-      </c>
+        <v>281</v>
+      </c>
+      <c r="F142" s="2"/>
     </row>
     <row r="143" spans="1:6">
       <c r="A143" t="s">
-        <v>422</v>
+        <v>215</v>
       </c>
       <c r="B143" t="s">
-        <v>423</v>
+        <v>215</v>
       </c>
       <c r="C143" t="s">
-        <v>556</v>
+        <v>282</v>
       </c>
       <c r="D143" t="s">
-        <v>557</v>
+        <v>282</v>
       </c>
       <c r="E143" s="2" t="s">
-        <v>558</v>
-[...3 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="F143" s="2"/>
     </row>
     <row r="144" spans="1:6">
       <c r="A144" t="s">
-        <v>560</v>
+        <v>284</v>
       </c>
       <c r="B144" t="s">
-        <v>561</v>
+        <v>284</v>
       </c>
       <c r="C144" t="s">
-        <v>562</v>
+        <v>285</v>
       </c>
       <c r="D144" t="s">
-        <v>563</v>
+        <v>285</v>
       </c>
       <c r="E144" s="2" t="s">
-        <v>564</v>
-[...3 lines deleted...]
-      </c>
+        <v>286</v>
+      </c>
+      <c r="F144" s="2"/>
     </row>
     <row r="145" spans="1:6">
       <c r="A145" t="s">
-        <v>560</v>
+        <v>284</v>
       </c>
       <c r="B145" t="s">
-        <v>561</v>
+        <v>284</v>
       </c>
       <c r="C145" t="s">
-        <v>566</v>
+        <v>287</v>
       </c>
       <c r="D145" t="s">
-        <v>567</v>
+        <v>287</v>
       </c>
       <c r="E145" s="2" t="s">
-        <v>568</v>
-[...3 lines deleted...]
-      </c>
+        <v>288</v>
+      </c>
+      <c r="F145" s="2"/>
     </row>
     <row r="146" spans="1:6">
       <c r="A146" t="s">
-        <v>560</v>
+        <v>284</v>
       </c>
       <c r="B146" t="s">
-        <v>561</v>
+        <v>284</v>
       </c>
       <c r="C146" t="s">
-        <v>570</v>
+        <v>289</v>
       </c>
       <c r="D146" t="s">
-        <v>571</v>
+        <v>289</v>
       </c>
       <c r="E146" s="2" t="s">
-        <v>572</v>
-[...3 lines deleted...]
-      </c>
+        <v>290</v>
+      </c>
+      <c r="F146" s="2"/>
     </row>
     <row r="147" spans="1:6">
       <c r="A147" t="s">
-        <v>560</v>
+        <v>284</v>
       </c>
       <c r="B147" t="s">
-        <v>561</v>
+        <v>284</v>
       </c>
       <c r="C147" t="s">
-        <v>574</v>
+        <v>291</v>
       </c>
       <c r="D147" t="s">
-        <v>575</v>
+        <v>291</v>
       </c>
       <c r="E147" s="2" t="s">
-        <v>576</v>
-[...3 lines deleted...]
-      </c>
+        <v>292</v>
+      </c>
+      <c r="F147" s="2"/>
     </row>
     <row r="148" spans="1:6">
       <c r="A148" t="s">
-        <v>560</v>
+        <v>284</v>
       </c>
       <c r="B148" t="s">
-        <v>561</v>
+        <v>284</v>
       </c>
       <c r="C148" t="s">
-        <v>578</v>
+        <v>293</v>
       </c>
       <c r="D148" t="s">
-        <v>579</v>
+        <v>293</v>
       </c>
       <c r="E148" s="2" t="s">
-        <v>580</v>
-[...3 lines deleted...]
-      </c>
+        <v>294</v>
+      </c>
+      <c r="F148" s="2"/>
     </row>
     <row r="149" spans="1:6">
       <c r="A149" t="s">
-        <v>560</v>
+        <v>284</v>
       </c>
       <c r="B149" t="s">
-        <v>561</v>
+        <v>284</v>
       </c>
       <c r="C149" t="s">
-        <v>582</v>
+        <v>295</v>
       </c>
       <c r="D149" t="s">
-        <v>583</v>
+        <v>295</v>
       </c>
       <c r="E149" s="2" t="s">
-        <v>584</v>
-[...3 lines deleted...]
-      </c>
+        <v>296</v>
+      </c>
+      <c r="F149" s="2"/>
     </row>
     <row r="150" spans="1:6">
       <c r="A150" t="s">
-        <v>560</v>
+        <v>284</v>
       </c>
       <c r="B150" t="s">
-        <v>561</v>
+        <v>284</v>
       </c>
       <c r="C150" t="s">
-        <v>586</v>
+        <v>297</v>
       </c>
       <c r="D150" t="s">
-        <v>587</v>
+        <v>297</v>
       </c>
       <c r="E150" s="2" t="s">
-        <v>588</v>
-[...3 lines deleted...]
-      </c>
+        <v>298</v>
+      </c>
+      <c r="F150" s="2"/>
     </row>
     <row r="151" spans="1:6">
       <c r="A151" t="s">
-        <v>560</v>
+        <v>284</v>
       </c>
       <c r="B151" t="s">
-        <v>561</v>
+        <v>284</v>
       </c>
       <c r="C151" t="s">
-        <v>590</v>
+        <v>299</v>
       </c>
       <c r="D151" t="s">
-        <v>591</v>
+        <v>299</v>
       </c>
       <c r="E151" s="2" t="s">
-        <v>592</v>
-[...3 lines deleted...]
-      </c>
+        <v>300</v>
+      </c>
+      <c r="F151" s="2"/>
     </row>
     <row r="152" spans="1:6">
       <c r="A152" t="s">
-        <v>560</v>
+        <v>284</v>
       </c>
       <c r="B152" t="s">
-        <v>561</v>
+        <v>284</v>
       </c>
       <c r="C152" t="s">
-        <v>594</v>
+        <v>301</v>
       </c>
       <c r="D152" t="s">
-        <v>595</v>
+        <v>301</v>
       </c>
       <c r="E152" s="2" t="s">
-        <v>596</v>
-[...3 lines deleted...]
-      </c>
+        <v>302</v>
+      </c>
+      <c r="F152" s="2"/>
     </row>
     <row r="153" spans="1:6">
       <c r="A153" t="s">
-        <v>560</v>
+        <v>284</v>
       </c>
       <c r="B153" t="s">
-        <v>561</v>
+        <v>284</v>
       </c>
       <c r="C153" t="s">
-        <v>598</v>
+        <v>303</v>
       </c>
       <c r="D153" t="s">
-        <v>599</v>
+        <v>303</v>
       </c>
       <c r="E153" s="2" t="s">
-        <v>600</v>
-[...3 lines deleted...]
-      </c>
+        <v>304</v>
+      </c>
+      <c r="F153" s="2"/>
     </row>
     <row r="154" spans="1:6">
       <c r="A154" t="s">
-        <v>560</v>
+        <v>284</v>
       </c>
       <c r="B154" t="s">
-        <v>561</v>
+        <v>284</v>
       </c>
       <c r="C154" t="s">
-        <v>602</v>
+        <v>305</v>
       </c>
       <c r="D154" t="s">
-        <v>603</v>
+        <v>305</v>
       </c>
       <c r="E154" s="2" t="s">
-        <v>604</v>
-[...3 lines deleted...]
-      </c>
+        <v>306</v>
+      </c>
+      <c r="F154" s="2"/>
     </row>
     <row r="155" spans="1:6">
       <c r="A155" t="s">
-        <v>560</v>
+        <v>284</v>
       </c>
       <c r="B155" t="s">
-        <v>561</v>
+        <v>284</v>
       </c>
       <c r="C155" t="s">
-        <v>606</v>
+        <v>307</v>
       </c>
       <c r="D155" t="s">
-        <v>607</v>
+        <v>307</v>
       </c>
       <c r="E155" s="2" t="s">
-        <v>608</v>
-[...3 lines deleted...]
-      </c>
+        <v>308</v>
+      </c>
+      <c r="F155" s="2"/>
     </row>
     <row r="156" spans="1:6">
       <c r="A156" t="s">
-        <v>560</v>
+        <v>284</v>
       </c>
       <c r="B156" t="s">
-        <v>561</v>
+        <v>284</v>
       </c>
       <c r="C156" t="s">
-        <v>353</v>
+        <v>181</v>
       </c>
       <c r="D156" t="s">
-        <v>354</v>
+        <v>181</v>
       </c>
       <c r="E156" s="2" t="s">
-        <v>610</v>
-[...3 lines deleted...]
-      </c>
+        <v>309</v>
+      </c>
+      <c r="F156" s="2"/>
     </row>
     <row r="157" spans="1:6">
       <c r="A157" t="s">
-        <v>560</v>
+        <v>284</v>
       </c>
       <c r="B157" t="s">
-        <v>561</v>
+        <v>284</v>
       </c>
       <c r="C157" t="s">
-        <v>612</v>
+        <v>310</v>
       </c>
       <c r="D157" t="s">
-        <v>613</v>
+        <v>310</v>
       </c>
       <c r="E157" s="2" t="s">
-        <v>614</v>
-[...3 lines deleted...]
-      </c>
+        <v>311</v>
+      </c>
+      <c r="F157" s="2"/>
     </row>
     <row r="158" spans="1:6">
       <c r="A158" t="s">
-        <v>560</v>
+        <v>284</v>
       </c>
       <c r="B158" t="s">
-        <v>561</v>
+        <v>284</v>
       </c>
       <c r="C158" t="s">
-        <v>616</v>
+        <v>312</v>
       </c>
       <c r="D158" t="s">
-        <v>617</v>
+        <v>312</v>
       </c>
       <c r="E158" s="2" t="s">
-        <v>618</v>
-[...3 lines deleted...]
-      </c>
+        <v>313</v>
+      </c>
+      <c r="F158" s="2"/>
     </row>
     <row r="159" spans="1:6">
       <c r="A159" t="s">
-        <v>560</v>
+        <v>284</v>
       </c>
       <c r="B159" t="s">
-        <v>561</v>
+        <v>284</v>
       </c>
       <c r="C159" t="s">
-        <v>620</v>
+        <v>314</v>
       </c>
       <c r="D159" t="s">
-        <v>621</v>
+        <v>314</v>
       </c>
       <c r="E159" s="2" t="s">
-        <v>622</v>
-[...3 lines deleted...]
-      </c>
+        <v>315</v>
+      </c>
+      <c r="F159" s="2"/>
     </row>
     <row r="160" spans="1:6">
       <c r="A160" t="s">
-        <v>560</v>
+        <v>284</v>
       </c>
       <c r="B160" t="s">
-        <v>561</v>
+        <v>284</v>
       </c>
       <c r="C160" t="s">
-        <v>624</v>
+        <v>316</v>
       </c>
       <c r="D160" t="s">
-        <v>625</v>
+        <v>316</v>
       </c>
       <c r="E160" s="2" t="s">
-        <v>626</v>
-[...3 lines deleted...]
-      </c>
+        <v>317</v>
+      </c>
+      <c r="F160" s="2"/>
     </row>
     <row r="161" spans="1:6">
       <c r="A161" t="s">
-        <v>560</v>
+        <v>284</v>
       </c>
       <c r="B161" t="s">
-        <v>561</v>
+        <v>284</v>
       </c>
       <c r="C161" t="s">
-        <v>628</v>
+        <v>318</v>
       </c>
       <c r="D161" t="s">
-        <v>629</v>
+        <v>318</v>
       </c>
       <c r="E161" s="2" t="s">
-        <v>630</v>
-[...3 lines deleted...]
-      </c>
+        <v>319</v>
+      </c>
+      <c r="F161" s="2"/>
     </row>
     <row r="162" spans="1:6">
       <c r="A162" t="s">
-        <v>560</v>
+        <v>284</v>
       </c>
       <c r="B162" t="s">
-        <v>561</v>
+        <v>284</v>
       </c>
       <c r="C162" t="s">
-        <v>632</v>
+        <v>320</v>
       </c>
       <c r="D162" t="s">
-        <v>633</v>
+        <v>320</v>
       </c>
       <c r="E162" s="2" t="s">
-        <v>634</v>
-[...3 lines deleted...]
-      </c>
+        <v>321</v>
+      </c>
+      <c r="F162" s="2"/>
     </row>
     <row r="163" spans="1:6">
       <c r="A163" t="s">
-        <v>560</v>
+        <v>284</v>
       </c>
       <c r="B163" t="s">
-        <v>561</v>
+        <v>284</v>
       </c>
       <c r="C163" t="s">
-        <v>636</v>
+        <v>322</v>
       </c>
       <c r="D163" t="s">
-        <v>637</v>
+        <v>322</v>
       </c>
       <c r="E163" s="2" t="s">
-        <v>638</v>
-[...3 lines deleted...]
-      </c>
+        <v>323</v>
+      </c>
+      <c r="F163" s="2"/>
     </row>
     <row r="164" spans="1:6">
       <c r="A164" t="s">
-        <v>560</v>
+        <v>284</v>
       </c>
       <c r="B164" t="s">
-        <v>561</v>
+        <v>284</v>
       </c>
       <c r="C164" t="s">
-        <v>640</v>
+        <v>324</v>
       </c>
       <c r="D164" t="s">
-        <v>641</v>
+        <v>324</v>
       </c>
       <c r="E164" s="2" t="s">
-        <v>642</v>
-[...3 lines deleted...]
-      </c>
+        <v>325</v>
+      </c>
+      <c r="F164" s="2"/>
     </row>
     <row r="165" spans="1:6">
       <c r="A165" t="s">
-        <v>560</v>
+        <v>284</v>
       </c>
       <c r="B165" t="s">
-        <v>561</v>
+        <v>284</v>
       </c>
       <c r="C165" t="s">
-        <v>644</v>
+        <v>326</v>
       </c>
       <c r="D165" t="s">
-        <v>645</v>
+        <v>326</v>
       </c>
       <c r="E165" s="2" t="s">
-        <v>646</v>
-[...3 lines deleted...]
-      </c>
+        <v>327</v>
+      </c>
+      <c r="F165" s="2"/>
     </row>
     <row r="166" spans="1:6">
       <c r="A166" t="s">
-        <v>560</v>
+        <v>284</v>
       </c>
       <c r="B166" t="s">
-        <v>561</v>
+        <v>284</v>
       </c>
       <c r="C166" t="s">
-        <v>648</v>
+        <v>328</v>
       </c>
       <c r="D166" t="s">
-        <v>649</v>
+        <v>328</v>
       </c>
       <c r="E166" s="2" t="s">
-        <v>650</v>
-[...3 lines deleted...]
-      </c>
+        <v>329</v>
+      </c>
+      <c r="F166" s="2"/>
     </row>
     <row r="167" spans="1:6">
       <c r="A167" t="s">
-        <v>560</v>
+        <v>284</v>
       </c>
       <c r="B167" t="s">
-        <v>561</v>
+        <v>284</v>
       </c>
       <c r="C167" t="s">
-        <v>652</v>
+        <v>330</v>
       </c>
       <c r="D167" t="s">
-        <v>653</v>
+        <v>330</v>
       </c>
       <c r="E167" s="2" t="s">
-        <v>654</v>
-[...3 lines deleted...]
-      </c>
+        <v>331</v>
+      </c>
+      <c r="F167" s="2"/>
     </row>
     <row r="168" spans="1:6">
       <c r="A168" t="s">
-        <v>560</v>
+        <v>284</v>
       </c>
       <c r="B168" t="s">
-        <v>561</v>
+        <v>284</v>
       </c>
       <c r="C168" t="s">
-        <v>656</v>
+        <v>332</v>
       </c>
       <c r="D168" t="s">
-        <v>657</v>
+        <v>332</v>
       </c>
       <c r="E168" s="2" t="s">
-        <v>658</v>
-[...3 lines deleted...]
-      </c>
+        <v>333</v>
+      </c>
+      <c r="F168" s="2"/>
     </row>
     <row r="169" spans="1:6">
       <c r="A169" t="s">
-        <v>560</v>
+        <v>284</v>
       </c>
       <c r="B169" t="s">
-        <v>561</v>
+        <v>284</v>
       </c>
       <c r="C169" t="s">
-        <v>660</v>
+        <v>334</v>
       </c>
       <c r="D169" t="s">
-        <v>661</v>
+        <v>334</v>
       </c>
       <c r="E169" s="2" t="s">
-        <v>662</v>
-[...3 lines deleted...]
-      </c>
+        <v>335</v>
+      </c>
+      <c r="F169" s="2"/>
     </row>
     <row r="170" spans="1:6">
       <c r="A170" t="s">
-        <v>560</v>
+        <v>284</v>
       </c>
       <c r="B170" t="s">
-        <v>561</v>
+        <v>284</v>
       </c>
       <c r="C170" t="s">
-        <v>664</v>
+        <v>336</v>
       </c>
       <c r="D170" t="s">
-        <v>665</v>
+        <v>336</v>
       </c>
       <c r="E170" s="2" t="s">
-        <v>666</v>
-[...3 lines deleted...]
-      </c>
+        <v>337</v>
+      </c>
+      <c r="F170" s="2"/>
     </row>
     <row r="171" spans="1:6">
       <c r="A171" t="s">
-        <v>560</v>
+        <v>284</v>
       </c>
       <c r="B171" t="s">
-        <v>561</v>
+        <v>284</v>
       </c>
       <c r="C171" t="s">
-        <v>668</v>
+        <v>338</v>
       </c>
       <c r="D171" t="s">
-        <v>669</v>
+        <v>338</v>
       </c>
       <c r="E171" s="2" t="s">
-        <v>670</v>
-[...3 lines deleted...]
-      </c>
+        <v>339</v>
+      </c>
+      <c r="F171" s="2"/>
     </row>
     <row r="172" spans="1:6">
       <c r="A172" t="s">
-        <v>560</v>
+        <v>284</v>
       </c>
       <c r="B172" t="s">
-        <v>561</v>
+        <v>284</v>
       </c>
       <c r="C172" t="s">
-        <v>672</v>
+        <v>340</v>
       </c>
       <c r="D172" t="s">
-        <v>673</v>
+        <v>340</v>
       </c>
       <c r="E172" s="2" t="s">
-        <v>674</v>
-[...3 lines deleted...]
-      </c>
+        <v>341</v>
+      </c>
+      <c r="F172" s="2"/>
     </row>
     <row r="173" spans="1:6">
       <c r="A173" t="s">
-        <v>560</v>
+        <v>284</v>
       </c>
       <c r="B173" t="s">
-        <v>561</v>
+        <v>284</v>
       </c>
       <c r="C173" t="s">
-        <v>676</v>
+        <v>342</v>
       </c>
       <c r="D173" t="s">
-        <v>677</v>
+        <v>342</v>
       </c>
       <c r="E173" s="2" t="s">
-        <v>678</v>
-[...3 lines deleted...]
-      </c>
+        <v>343</v>
+      </c>
+      <c r="F173" s="2"/>
     </row>
     <row r="174" spans="1:6">
       <c r="A174" t="s">
-        <v>560</v>
+        <v>284</v>
       </c>
       <c r="B174" t="s">
-        <v>561</v>
+        <v>284</v>
       </c>
       <c r="C174" t="s">
-        <v>680</v>
+        <v>344</v>
       </c>
       <c r="D174" t="s">
-        <v>681</v>
+        <v>344</v>
       </c>
       <c r="E174" s="2" t="s">
-        <v>682</v>
-[...3 lines deleted...]
-      </c>
+        <v>345</v>
+      </c>
+      <c r="F174" s="2"/>
     </row>
     <row r="175" spans="1:6">
       <c r="A175" t="s">
-        <v>560</v>
+        <v>284</v>
       </c>
       <c r="B175" t="s">
-        <v>561</v>
+        <v>284</v>
       </c>
       <c r="C175" t="s">
-        <v>684</v>
+        <v>346</v>
       </c>
       <c r="D175" t="s">
-        <v>685</v>
+        <v>346</v>
       </c>
       <c r="E175" s="2" t="s">
-        <v>686</v>
-[...3 lines deleted...]
-      </c>
+        <v>347</v>
+      </c>
+      <c r="F175" s="2"/>
     </row>
     <row r="176" spans="1:6">
       <c r="A176" t="s">
-        <v>560</v>
+        <v>284</v>
       </c>
       <c r="B176" t="s">
-        <v>561</v>
+        <v>284</v>
       </c>
       <c r="C176" t="s">
-        <v>688</v>
+        <v>348</v>
       </c>
       <c r="D176" t="s">
-        <v>689</v>
+        <v>348</v>
       </c>
       <c r="E176" s="2" t="s">
-        <v>690</v>
-[...3 lines deleted...]
-      </c>
+        <v>349</v>
+      </c>
+      <c r="F176" s="2"/>
     </row>
     <row r="177" spans="1:6">
       <c r="A177" t="s">
-        <v>560</v>
+        <v>284</v>
       </c>
       <c r="B177" t="s">
-        <v>561</v>
+        <v>284</v>
       </c>
       <c r="C177" t="s">
-        <v>692</v>
+        <v>350</v>
       </c>
       <c r="D177" t="s">
-        <v>693</v>
+        <v>350</v>
       </c>
       <c r="E177" s="2" t="s">
-        <v>694</v>
-[...3 lines deleted...]
-      </c>
+        <v>351</v>
+      </c>
+      <c r="F177" s="2"/>
     </row>
     <row r="178" spans="1:6">
       <c r="A178" t="s">
-        <v>560</v>
+        <v>284</v>
       </c>
       <c r="B178" t="s">
-        <v>561</v>
+        <v>284</v>
       </c>
       <c r="C178" t="s">
-        <v>696</v>
+        <v>352</v>
       </c>
       <c r="D178" t="s">
-        <v>697</v>
+        <v>352</v>
       </c>
       <c r="E178" s="2" t="s">
-        <v>698</v>
-[...3 lines deleted...]
-      </c>
+        <v>353</v>
+      </c>
+      <c r="F178" s="2"/>
     </row>
     <row r="179" spans="1:6">
       <c r="A179" t="s">
-        <v>560</v>
+        <v>284</v>
       </c>
       <c r="B179" t="s">
-        <v>561</v>
+        <v>284</v>
       </c>
       <c r="C179" t="s">
-        <v>700</v>
+        <v>354</v>
       </c>
       <c r="D179" t="s">
-        <v>701</v>
+        <v>354</v>
       </c>
       <c r="E179" s="2" t="s">
-        <v>702</v>
-[...3 lines deleted...]
-      </c>
+        <v>355</v>
+      </c>
+      <c r="F179" s="2"/>
     </row>
     <row r="180" spans="1:6">
       <c r="A180" t="s">
-        <v>560</v>
+        <v>284</v>
       </c>
       <c r="B180" t="s">
-        <v>561</v>
+        <v>284</v>
       </c>
       <c r="C180" t="s">
-        <v>704</v>
+        <v>356</v>
       </c>
       <c r="D180" t="s">
-        <v>705</v>
+        <v>356</v>
       </c>
       <c r="E180" s="2" t="s">
-        <v>706</v>
-[...3 lines deleted...]
-      </c>
+        <v>357</v>
+      </c>
+      <c r="F180" s="2"/>
     </row>
     <row r="181" spans="1:6">
       <c r="A181" t="s">
-        <v>560</v>
+        <v>284</v>
       </c>
       <c r="B181" t="s">
-        <v>561</v>
+        <v>284</v>
       </c>
       <c r="C181" t="s">
-        <v>708</v>
+        <v>358</v>
       </c>
       <c r="D181" t="s">
-        <v>709</v>
+        <v>358</v>
       </c>
       <c r="E181" s="2" t="s">
-        <v>710</v>
-[...3 lines deleted...]
-      </c>
+        <v>359</v>
+      </c>
+      <c r="F181" s="2"/>
     </row>
     <row r="182" spans="1:6">
       <c r="A182" t="s">
-        <v>560</v>
+        <v>284</v>
       </c>
       <c r="B182" t="s">
-        <v>561</v>
+        <v>284</v>
       </c>
       <c r="C182" t="s">
-        <v>712</v>
+        <v>360</v>
       </c>
       <c r="D182" t="s">
-        <v>713</v>
+        <v>360</v>
       </c>
       <c r="E182" s="2" t="s">
-        <v>714</v>
-[...3 lines deleted...]
-      </c>
+        <v>361</v>
+      </c>
+      <c r="F182" s="2"/>
     </row>
     <row r="183" spans="1:6">
       <c r="A183" t="s">
-        <v>560</v>
+        <v>284</v>
       </c>
       <c r="B183" t="s">
-        <v>561</v>
+        <v>284</v>
       </c>
       <c r="C183" t="s">
-        <v>716</v>
+        <v>362</v>
       </c>
       <c r="D183" t="s">
-        <v>717</v>
+        <v>362</v>
       </c>
       <c r="E183" s="2" t="s">
-        <v>718</v>
-[...3 lines deleted...]
-      </c>
+        <v>363</v>
+      </c>
+      <c r="F183" s="2"/>
     </row>
     <row r="184" spans="1:6">
       <c r="A184" t="s">
-        <v>560</v>
+        <v>284</v>
       </c>
       <c r="B184" t="s">
-        <v>561</v>
+        <v>284</v>
       </c>
       <c r="C184" t="s">
-        <v>720</v>
+        <v>364</v>
       </c>
       <c r="D184" t="s">
-        <v>721</v>
+        <v>364</v>
       </c>
       <c r="E184" s="2" t="s">
-        <v>722</v>
-[...3 lines deleted...]
-      </c>
+        <v>365</v>
+      </c>
+      <c r="F184" s="2"/>
     </row>
     <row r="185" spans="1:6">
       <c r="A185" t="s">
-        <v>560</v>
+        <v>284</v>
       </c>
       <c r="B185" t="s">
-        <v>561</v>
+        <v>284</v>
       </c>
       <c r="C185" t="s">
-        <v>724</v>
+        <v>366</v>
       </c>
       <c r="D185" t="s">
-        <v>725</v>
+        <v>366</v>
       </c>
       <c r="E185" s="2" t="s">
-        <v>726</v>
-[...3 lines deleted...]
-      </c>
+        <v>367</v>
+      </c>
+      <c r="F185" s="2"/>
     </row>
     <row r="186" spans="1:6">
       <c r="A186" t="s">
-        <v>560</v>
+        <v>284</v>
       </c>
       <c r="B186" t="s">
-        <v>561</v>
+        <v>284</v>
       </c>
       <c r="C186" t="s">
-        <v>728</v>
+        <v>368</v>
       </c>
       <c r="D186" t="s">
-        <v>729</v>
+        <v>368</v>
       </c>
       <c r="E186" s="2" t="s">
-        <v>730</v>
-[...3 lines deleted...]
-      </c>
+        <v>369</v>
+      </c>
+      <c r="F186" s="2"/>
     </row>
     <row r="187" spans="1:6">
       <c r="A187" t="s">
-        <v>560</v>
+        <v>284</v>
       </c>
       <c r="B187" t="s">
-        <v>561</v>
+        <v>284</v>
       </c>
       <c r="C187" t="s">
-        <v>732</v>
+        <v>370</v>
       </c>
       <c r="D187" t="s">
-        <v>733</v>
+        <v>370</v>
       </c>
       <c r="E187" s="2" t="s">
-        <v>734</v>
-[...3 lines deleted...]
-      </c>
+        <v>371</v>
+      </c>
+      <c r="F187" s="2"/>
     </row>
     <row r="188" spans="1:6">
       <c r="A188" t="s">
-        <v>560</v>
+        <v>284</v>
       </c>
       <c r="B188" t="s">
-        <v>561</v>
+        <v>284</v>
       </c>
       <c r="C188" t="s">
-        <v>736</v>
+        <v>372</v>
       </c>
       <c r="D188" t="s">
-        <v>737</v>
+        <v>372</v>
       </c>
       <c r="E188" s="2" t="s">
-        <v>738</v>
-[...3 lines deleted...]
-      </c>
+        <v>373</v>
+      </c>
+      <c r="F188" s="2"/>
     </row>
     <row r="189" spans="1:6">
       <c r="A189" t="s">
-        <v>740</v>
+        <v>374</v>
       </c>
       <c r="B189" t="s">
-        <v>741</v>
+        <v>374</v>
       </c>
       <c r="C189" t="s">
-        <v>742</v>
+        <v>375</v>
       </c>
       <c r="D189" t="s">
-        <v>743</v>
+        <v>375</v>
       </c>
       <c r="E189" s="2" t="s">
-        <v>744</v>
-[...3 lines deleted...]
-      </c>
+        <v>376</v>
+      </c>
+      <c r="F189" s="2"/>
     </row>
     <row r="190" spans="1:6">
       <c r="A190" t="s">
-        <v>740</v>
+        <v>374</v>
       </c>
       <c r="B190" t="s">
-        <v>741</v>
+        <v>374</v>
       </c>
       <c r="C190" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="D190" t="s">
-        <v>23</v>
+        <v>15</v>
       </c>
       <c r="E190" s="2" t="s">
-        <v>746</v>
-[...3 lines deleted...]
-      </c>
+        <v>377</v>
+      </c>
+      <c r="F190" s="2"/>
     </row>
     <row r="191" spans="1:6">
       <c r="A191" t="s">
-        <v>740</v>
+        <v>374</v>
       </c>
       <c r="B191" t="s">
-        <v>741</v>
+        <v>374</v>
       </c>
       <c r="C191" t="s">
-        <v>748</v>
+        <v>378</v>
       </c>
       <c r="D191" t="s">
-        <v>749</v>
+        <v>378</v>
       </c>
       <c r="E191" s="2" t="s">
-        <v>750</v>
-[...3 lines deleted...]
-      </c>
+        <v>379</v>
+      </c>
+      <c r="F191" s="2"/>
     </row>
     <row r="192" spans="1:6">
       <c r="A192" t="s">
-        <v>740</v>
+        <v>374</v>
       </c>
       <c r="B192" t="s">
-        <v>741</v>
+        <v>374</v>
       </c>
       <c r="C192" t="s">
-        <v>752</v>
+        <v>380</v>
       </c>
       <c r="D192" t="s">
-        <v>753</v>
+        <v>380</v>
       </c>
       <c r="E192" s="2" t="s">
-        <v>754</v>
-[...3 lines deleted...]
-      </c>
+        <v>381</v>
+      </c>
+      <c r="F192" s="2"/>
     </row>
     <row r="193" spans="1:6">
       <c r="A193" t="s">
-        <v>740</v>
+        <v>374</v>
       </c>
       <c r="B193" t="s">
-        <v>741</v>
+        <v>374</v>
       </c>
       <c r="C193" t="s">
-        <v>756</v>
+        <v>382</v>
       </c>
       <c r="D193" t="s">
-        <v>757</v>
+        <v>382</v>
       </c>
       <c r="E193" s="2" t="s">
-        <v>758</v>
-[...3 lines deleted...]
-      </c>
+        <v>383</v>
+      </c>
+      <c r="F193" s="2"/>
     </row>
     <row r="194" spans="1:6">
       <c r="A194" t="s">
-        <v>740</v>
+        <v>374</v>
       </c>
       <c r="B194" t="s">
-        <v>741</v>
+        <v>374</v>
       </c>
       <c r="C194" t="s">
-        <v>760</v>
+        <v>384</v>
       </c>
       <c r="D194" t="s">
-        <v>761</v>
+        <v>384</v>
       </c>
       <c r="E194" s="2" t="s">
-        <v>762</v>
-[...3 lines deleted...]
-      </c>
+        <v>385</v>
+      </c>
+      <c r="F194" s="2"/>
     </row>
     <row r="195" spans="1:6">
       <c r="A195" t="s">
-        <v>764</v>
+        <v>386</v>
       </c>
       <c r="B195" t="s">
-        <v>765</v>
+        <v>386</v>
       </c>
       <c r="C195" t="s">
-        <v>766</v>
+        <v>387</v>
       </c>
       <c r="D195" t="s">
-        <v>767</v>
+        <v>387</v>
       </c>
       <c r="E195" s="2" t="s">
-        <v>768</v>
-[...3 lines deleted...]
-      </c>
+        <v>388</v>
+      </c>
+      <c r="F195" s="2"/>
     </row>
     <row r="196" spans="1:6">
       <c r="A196" t="s">
-        <v>764</v>
+        <v>386</v>
       </c>
       <c r="B196" t="s">
-        <v>765</v>
+        <v>386</v>
       </c>
       <c r="C196" t="s">
-        <v>770</v>
+        <v>389</v>
       </c>
       <c r="D196" t="s">
-        <v>771</v>
+        <v>389</v>
       </c>
       <c r="E196" s="2" t="s">
-        <v>772</v>
-[...3 lines deleted...]
-      </c>
+        <v>390</v>
+      </c>
+      <c r="F196" s="2"/>
     </row>
     <row r="197" spans="1:6">
       <c r="A197" t="s">
-        <v>764</v>
+        <v>386</v>
       </c>
       <c r="B197" t="s">
-        <v>765</v>
+        <v>386</v>
       </c>
       <c r="C197" t="s">
-        <v>774</v>
+        <v>391</v>
       </c>
       <c r="D197" t="s">
-        <v>775</v>
+        <v>391</v>
       </c>
       <c r="E197" s="2" t="s">
-        <v>776</v>
-[...3 lines deleted...]
-      </c>
+        <v>392</v>
+      </c>
+      <c r="F197" s="2"/>
     </row>
     <row r="198" spans="1:6">
       <c r="A198" t="s">
-        <v>764</v>
+        <v>386</v>
       </c>
       <c r="B198" t="s">
-        <v>765</v>
+        <v>386</v>
       </c>
       <c r="C198" t="s">
-        <v>778</v>
+        <v>393</v>
       </c>
       <c r="D198" t="s">
-        <v>779</v>
+        <v>393</v>
       </c>
       <c r="E198" s="2" t="s">
-        <v>780</v>
-[...3 lines deleted...]
-      </c>
+        <v>394</v>
+      </c>
+      <c r="F198" s="2"/>
     </row>
     <row r="199" spans="1:6">
       <c r="A199" t="s">
-        <v>764</v>
+        <v>386</v>
       </c>
       <c r="B199" t="s">
-        <v>765</v>
+        <v>386</v>
       </c>
       <c r="C199" t="s">
-        <v>782</v>
+        <v>395</v>
       </c>
       <c r="D199" t="s">
-        <v>783</v>
+        <v>395</v>
       </c>
       <c r="E199" s="2" t="s">
-        <v>784</v>
-[...3 lines deleted...]
-      </c>
+        <v>396</v>
+      </c>
+      <c r="F199" s="2"/>
     </row>
     <row r="200" spans="1:6">
       <c r="A200" t="s">
-        <v>764</v>
+        <v>386</v>
       </c>
       <c r="B200" t="s">
-        <v>765</v>
+        <v>386</v>
       </c>
       <c r="C200" t="s">
-        <v>786</v>
+        <v>397</v>
       </c>
       <c r="D200" t="s">
-        <v>786</v>
+        <v>397</v>
       </c>
       <c r="E200" s="2" t="s">
-        <v>787</v>
-[...3 lines deleted...]
-      </c>
+        <v>398</v>
+      </c>
+      <c r="F200" s="2"/>
     </row>
     <row r="201" spans="1:6">
       <c r="A201" t="s">
-        <v>764</v>
+        <v>386</v>
       </c>
       <c r="B201" t="s">
-        <v>765</v>
+        <v>386</v>
       </c>
       <c r="C201" t="s">
-        <v>789</v>
+        <v>399</v>
       </c>
       <c r="D201" t="s">
-        <v>790</v>
+        <v>399</v>
       </c>
       <c r="E201" s="2" t="s">
-        <v>791</v>
-[...3 lines deleted...]
-      </c>
+        <v>400</v>
+      </c>
+      <c r="F201" s="2"/>
     </row>
     <row r="202" spans="1:6">
       <c r="A202" t="s">
-        <v>764</v>
+        <v>386</v>
       </c>
       <c r="B202" t="s">
-        <v>765</v>
+        <v>386</v>
       </c>
       <c r="C202" t="s">
-        <v>251</v>
+        <v>130</v>
       </c>
       <c r="D202" t="s">
-        <v>252</v>
+        <v>130</v>
       </c>
       <c r="E202" s="2" t="s">
-        <v>793</v>
-[...3 lines deleted...]
-      </c>
+        <v>401</v>
+      </c>
+      <c r="F202" s="2"/>
     </row>
     <row r="203" spans="1:6">
       <c r="A203" t="s">
-        <v>764</v>
+        <v>386</v>
       </c>
       <c r="B203" t="s">
-        <v>765</v>
+        <v>386</v>
       </c>
       <c r="C203" t="s">
-        <v>795</v>
+        <v>402</v>
       </c>
       <c r="D203" t="s">
-        <v>796</v>
+        <v>402</v>
       </c>
       <c r="E203" s="2" t="s">
-        <v>797</v>
-[...3 lines deleted...]
-      </c>
+        <v>403</v>
+      </c>
+      <c r="F203" s="2"/>
     </row>
     <row r="204" spans="1:6">
       <c r="A204" t="s">
-        <v>764</v>
+        <v>386</v>
       </c>
       <c r="B204" t="s">
-        <v>765</v>
+        <v>386</v>
       </c>
       <c r="C204" t="s">
-        <v>799</v>
+        <v>404</v>
       </c>
       <c r="D204" t="s">
-        <v>800</v>
+        <v>404</v>
       </c>
       <c r="E204" s="2" t="s">
-        <v>801</v>
-[...3 lines deleted...]
-      </c>
+        <v>405</v>
+      </c>
+      <c r="F204" s="2"/>
     </row>
     <row r="205" spans="1:6">
       <c r="A205" t="s">
-        <v>764</v>
+        <v>386</v>
       </c>
       <c r="B205" t="s">
-        <v>765</v>
+        <v>386</v>
       </c>
       <c r="C205" t="s">
-        <v>803</v>
+        <v>406</v>
       </c>
       <c r="D205" t="s">
-        <v>804</v>
+        <v>406</v>
       </c>
       <c r="E205" s="2" t="s">
-        <v>805</v>
-[...3 lines deleted...]
-      </c>
+        <v>407</v>
+      </c>
+      <c r="F205" s="2"/>
     </row>
     <row r="206" spans="1:6">
       <c r="A206" t="s">
-        <v>764</v>
+        <v>386</v>
       </c>
       <c r="B206" t="s">
-        <v>765</v>
+        <v>386</v>
       </c>
       <c r="C206" t="s">
-        <v>807</v>
+        <v>408</v>
       </c>
       <c r="D206" t="s">
-        <v>808</v>
+        <v>408</v>
       </c>
       <c r="E206" s="2" t="s">
-        <v>809</v>
-[...3 lines deleted...]
-      </c>
+        <v>409</v>
+      </c>
+      <c r="F206" s="2"/>
     </row>
     <row r="207" spans="1:6">
       <c r="A207" t="s">
-        <v>764</v>
+        <v>386</v>
       </c>
       <c r="B207" t="s">
-        <v>765</v>
+        <v>386</v>
       </c>
       <c r="C207" t="s">
-        <v>811</v>
+        <v>410</v>
       </c>
       <c r="D207" t="s">
-        <v>812</v>
+        <v>410</v>
       </c>
       <c r="E207" s="2" t="s">
-        <v>813</v>
-[...3 lines deleted...]
-      </c>
+        <v>411</v>
+      </c>
+      <c r="F207" s="2"/>
     </row>
     <row r="208" spans="1:6">
       <c r="A208" t="s">
-        <v>764</v>
+        <v>386</v>
       </c>
       <c r="B208" t="s">
-        <v>765</v>
+        <v>386</v>
       </c>
       <c r="C208" t="s">
-        <v>815</v>
+        <v>412</v>
       </c>
       <c r="D208" t="s">
-        <v>816</v>
+        <v>412</v>
       </c>
       <c r="E208" s="2" t="s">
-        <v>817</v>
-[...3 lines deleted...]
-      </c>
+        <v>413</v>
+      </c>
+      <c r="F208" s="2"/>
     </row>
     <row r="209" spans="1:6">
       <c r="A209" t="s">
-        <v>764</v>
+        <v>386</v>
       </c>
       <c r="B209" t="s">
-        <v>765</v>
+        <v>386</v>
       </c>
       <c r="C209" t="s">
-        <v>819</v>
+        <v>414</v>
       </c>
       <c r="D209" t="s">
-        <v>820</v>
+        <v>414</v>
       </c>
       <c r="E209" s="2" t="s">
-        <v>821</v>
-[...3 lines deleted...]
-      </c>
+        <v>415</v>
+      </c>
+      <c r="F209" s="2"/>
     </row>
     <row r="210" spans="1:6">
       <c r="A210" t="s">
-        <v>764</v>
+        <v>386</v>
       </c>
       <c r="B210" t="s">
-        <v>765</v>
+        <v>386</v>
       </c>
       <c r="C210" t="s">
-        <v>823</v>
+        <v>416</v>
       </c>
       <c r="D210" t="s">
-        <v>824</v>
+        <v>416</v>
       </c>
       <c r="E210" s="2" t="s">
-        <v>825</v>
-[...3 lines deleted...]
-      </c>
+        <v>417</v>
+      </c>
+      <c r="F210" s="2"/>
     </row>
     <row r="211" spans="1:6">
       <c r="A211" t="s">
-        <v>764</v>
+        <v>386</v>
       </c>
       <c r="B211" t="s">
-        <v>765</v>
+        <v>386</v>
       </c>
       <c r="C211" t="s">
-        <v>827</v>
+        <v>418</v>
       </c>
       <c r="D211" t="s">
-        <v>828</v>
+        <v>418</v>
       </c>
       <c r="E211" s="2" t="s">
-        <v>829</v>
-[...3 lines deleted...]
-      </c>
+        <v>419</v>
+      </c>
+      <c r="F211" s="2"/>
     </row>
     <row r="212" spans="1:6">
       <c r="A212" t="s">
-        <v>764</v>
+        <v>386</v>
       </c>
       <c r="B212" t="s">
-        <v>765</v>
+        <v>386</v>
       </c>
       <c r="C212" t="s">
-        <v>831</v>
+        <v>420</v>
       </c>
       <c r="D212" t="s">
-        <v>832</v>
+        <v>420</v>
       </c>
       <c r="E212" s="2" t="s">
-        <v>833</v>
-[...3 lines deleted...]
-      </c>
+        <v>421</v>
+      </c>
+      <c r="F212" s="2"/>
     </row>
     <row r="213" spans="1:6">
       <c r="A213" t="s">
-        <v>764</v>
+        <v>386</v>
       </c>
       <c r="B213" t="s">
-        <v>765</v>
+        <v>386</v>
       </c>
       <c r="C213" t="s">
-        <v>279</v>
+        <v>144</v>
       </c>
       <c r="D213" t="s">
-        <v>280</v>
+        <v>144</v>
       </c>
       <c r="E213" s="2" t="s">
-        <v>835</v>
-[...3 lines deleted...]
-      </c>
+        <v>422</v>
+      </c>
+      <c r="F213" s="2"/>
     </row>
     <row r="214" spans="1:6">
       <c r="A214" t="s">
-        <v>764</v>
+        <v>386</v>
       </c>
       <c r="B214" t="s">
-        <v>765</v>
+        <v>386</v>
       </c>
       <c r="C214" t="s">
-        <v>837</v>
+        <v>423</v>
       </c>
       <c r="D214" t="s">
-        <v>838</v>
+        <v>423</v>
       </c>
       <c r="E214" s="2" t="s">
-        <v>839</v>
-[...3 lines deleted...]
-      </c>
+        <v>424</v>
+      </c>
+      <c r="F214" s="2"/>
     </row>
     <row r="215" spans="1:6">
       <c r="A215" t="s">
-        <v>764</v>
+        <v>386</v>
       </c>
       <c r="B215" t="s">
-        <v>765</v>
+        <v>386</v>
       </c>
       <c r="C215" t="s">
-        <v>283</v>
+        <v>146</v>
       </c>
       <c r="D215" t="s">
-        <v>284</v>
+        <v>146</v>
       </c>
       <c r="E215" s="2" t="s">
-        <v>841</v>
-[...3 lines deleted...]
-      </c>
+        <v>425</v>
+      </c>
+      <c r="F215" s="2"/>
     </row>
     <row r="216" spans="1:6">
       <c r="A216" t="s">
-        <v>764</v>
+        <v>386</v>
       </c>
       <c r="B216" t="s">
-        <v>765</v>
+        <v>386</v>
       </c>
       <c r="C216" t="s">
-        <v>843</v>
+        <v>426</v>
       </c>
       <c r="D216" t="s">
-        <v>844</v>
+        <v>426</v>
       </c>
       <c r="E216" s="2" t="s">
-        <v>845</v>
-[...3 lines deleted...]
-      </c>
+        <v>427</v>
+      </c>
+      <c r="F216" s="2"/>
     </row>
     <row r="217" spans="1:6">
       <c r="A217" t="s">
-        <v>764</v>
+        <v>386</v>
       </c>
       <c r="B217" t="s">
-        <v>765</v>
+        <v>386</v>
       </c>
       <c r="C217" t="s">
-        <v>847</v>
+        <v>428</v>
       </c>
       <c r="D217" t="s">
-        <v>848</v>
+        <v>428</v>
       </c>
       <c r="E217" s="2" t="s">
-        <v>849</v>
-[...3 lines deleted...]
-      </c>
+        <v>429</v>
+      </c>
+      <c r="F217" s="2"/>
     </row>
     <row r="218" spans="1:6">
       <c r="A218" t="s">
-        <v>764</v>
+        <v>386</v>
       </c>
       <c r="B218" t="s">
-        <v>765</v>
+        <v>386</v>
       </c>
       <c r="C218" t="s">
-        <v>851</v>
+        <v>430</v>
       </c>
       <c r="D218" t="s">
-        <v>852</v>
+        <v>430</v>
       </c>
       <c r="E218" s="2" t="s">
-        <v>853</v>
-[...3 lines deleted...]
-      </c>
+        <v>431</v>
+      </c>
+      <c r="F218" s="2"/>
     </row>
     <row r="219" spans="1:6">
       <c r="A219" t="s">
-        <v>764</v>
+        <v>386</v>
       </c>
       <c r="B219" t="s">
-        <v>765</v>
+        <v>386</v>
       </c>
       <c r="C219" t="s">
-        <v>855</v>
+        <v>432</v>
       </c>
       <c r="D219" t="s">
-        <v>856</v>
+        <v>432</v>
       </c>
       <c r="E219" s="2" t="s">
-        <v>857</v>
-[...3 lines deleted...]
-      </c>
+        <v>433</v>
+      </c>
+      <c r="F219" s="2"/>
     </row>
     <row r="220" spans="1:6">
       <c r="A220" t="s">
-        <v>764</v>
+        <v>386</v>
       </c>
       <c r="B220" t="s">
-        <v>765</v>
+        <v>386</v>
       </c>
       <c r="C220" t="s">
-        <v>859</v>
+        <v>434</v>
       </c>
       <c r="D220" t="s">
-        <v>860</v>
+        <v>434</v>
       </c>
       <c r="E220" s="2" t="s">
-        <v>861</v>
-[...3 lines deleted...]
-      </c>
+        <v>435</v>
+      </c>
+      <c r="F220" s="2"/>
     </row>
     <row r="221" spans="1:6">
       <c r="A221" t="s">
-        <v>764</v>
+        <v>386</v>
       </c>
       <c r="B221" t="s">
-        <v>765</v>
+        <v>386</v>
       </c>
       <c r="C221" t="s">
-        <v>863</v>
+        <v>436</v>
       </c>
       <c r="D221" t="s">
-        <v>864</v>
+        <v>436</v>
       </c>
       <c r="E221" s="2" t="s">
-        <v>865</v>
-[...3 lines deleted...]
-      </c>
+        <v>437</v>
+      </c>
+      <c r="F221" s="2"/>
     </row>
     <row r="222" spans="1:6">
       <c r="A222" t="s">
-        <v>764</v>
+        <v>386</v>
       </c>
       <c r="B222" t="s">
-        <v>765</v>
+        <v>386</v>
       </c>
       <c r="C222" t="s">
-        <v>867</v>
+        <v>438</v>
       </c>
       <c r="D222" t="s">
-        <v>868</v>
+        <v>438</v>
       </c>
       <c r="E222" s="2" t="s">
-        <v>869</v>
-[...3 lines deleted...]
-      </c>
+        <v>439</v>
+      </c>
+      <c r="F222" s="2"/>
     </row>
     <row r="223" spans="1:6">
       <c r="A223" t="s">
-        <v>764</v>
+        <v>386</v>
       </c>
       <c r="B223" t="s">
-        <v>765</v>
+        <v>386</v>
       </c>
       <c r="C223" t="s">
-        <v>871</v>
+        <v>440</v>
       </c>
       <c r="D223" t="s">
-        <v>872</v>
+        <v>440</v>
       </c>
       <c r="E223" s="2" t="s">
-        <v>873</v>
-[...3 lines deleted...]
-      </c>
+        <v>441</v>
+      </c>
+      <c r="F223" s="2"/>
     </row>
     <row r="224" spans="1:6">
       <c r="A224" t="s">
-        <v>764</v>
+        <v>386</v>
       </c>
       <c r="B224" t="s">
-        <v>765</v>
+        <v>386</v>
       </c>
       <c r="C224" t="s">
-        <v>875</v>
+        <v>442</v>
       </c>
       <c r="D224" t="s">
-        <v>876</v>
+        <v>442</v>
       </c>
       <c r="E224" s="2" t="s">
-        <v>877</v>
-[...3 lines deleted...]
-      </c>
+        <v>443</v>
+      </c>
+      <c r="F224" s="2"/>
     </row>
     <row r="225" spans="1:6">
       <c r="A225" t="s">
-        <v>764</v>
+        <v>386</v>
       </c>
       <c r="B225" t="s">
-        <v>765</v>
+        <v>386</v>
       </c>
       <c r="C225" t="s">
-        <v>879</v>
+        <v>444</v>
       </c>
       <c r="D225" t="s">
-        <v>880</v>
+        <v>444</v>
       </c>
       <c r="E225" s="2" t="s">
-        <v>881</v>
-[...3 lines deleted...]
-      </c>
+        <v>445</v>
+      </c>
+      <c r="F225" s="2"/>
     </row>
     <row r="226" spans="1:6">
       <c r="A226" t="s">
-        <v>764</v>
+        <v>386</v>
       </c>
       <c r="B226" t="s">
-        <v>765</v>
+        <v>386</v>
       </c>
       <c r="C226" t="s">
-        <v>883</v>
+        <v>446</v>
       </c>
       <c r="D226" t="s">
-        <v>884</v>
+        <v>446</v>
       </c>
       <c r="E226" s="2" t="s">
-        <v>885</v>
-[...3 lines deleted...]
-      </c>
+        <v>447</v>
+      </c>
+      <c r="F226" s="2"/>
     </row>
     <row r="227" spans="1:6">
       <c r="A227" t="s">
-        <v>764</v>
+        <v>386</v>
       </c>
       <c r="B227" t="s">
-        <v>765</v>
+        <v>386</v>
       </c>
       <c r="C227" t="s">
-        <v>887</v>
+        <v>448</v>
       </c>
       <c r="D227" t="s">
-        <v>888</v>
+        <v>448</v>
       </c>
       <c r="E227" s="2" t="s">
-        <v>889</v>
-[...3 lines deleted...]
-      </c>
+        <v>449</v>
+      </c>
+      <c r="F227" s="2"/>
     </row>
     <row r="228" spans="1:6">
       <c r="A228" t="s">
-        <v>891</v>
+        <v>450</v>
       </c>
       <c r="B228" t="s">
-        <v>892</v>
+        <v>450</v>
       </c>
       <c r="C228" t="s">
-        <v>157</v>
+        <v>83</v>
       </c>
       <c r="D228" t="s">
-        <v>158</v>
+        <v>83</v>
       </c>
       <c r="E228" s="2" t="s">
-        <v>893</v>
-[...3 lines deleted...]
-      </c>
+        <v>451</v>
+      </c>
+      <c r="F228" s="2"/>
     </row>
     <row r="229" spans="1:6">
       <c r="A229" t="s">
-        <v>891</v>
+        <v>450</v>
       </c>
       <c r="B229" t="s">
-        <v>892</v>
+        <v>450</v>
       </c>
       <c r="C229" t="s">
-        <v>895</v>
+        <v>452</v>
       </c>
       <c r="D229" t="s">
-        <v>896</v>
+        <v>452</v>
       </c>
       <c r="E229" s="2" t="s">
-        <v>897</v>
-[...3 lines deleted...]
-      </c>
+        <v>453</v>
+      </c>
+      <c r="F229" s="2"/>
     </row>
     <row r="230" spans="1:6">
       <c r="A230" t="s">
-        <v>891</v>
+        <v>450</v>
       </c>
       <c r="B230" t="s">
-        <v>892</v>
+        <v>450</v>
       </c>
       <c r="C230" t="s">
-        <v>899</v>
+        <v>454</v>
       </c>
       <c r="D230" t="s">
-        <v>900</v>
+        <v>454</v>
       </c>
       <c r="E230" s="2" t="s">
-        <v>901</v>
-[...3 lines deleted...]
-      </c>
+        <v>455</v>
+      </c>
+      <c r="F230" s="2"/>
     </row>
     <row r="231" spans="1:6">
       <c r="A231" t="s">
-        <v>891</v>
+        <v>450</v>
       </c>
       <c r="B231" t="s">
-        <v>892</v>
+        <v>450</v>
       </c>
       <c r="C231" t="s">
-        <v>903</v>
+        <v>456</v>
       </c>
       <c r="D231" t="s">
-        <v>904</v>
+        <v>456</v>
       </c>
       <c r="E231" s="2" t="s">
-        <v>905</v>
-[...3 lines deleted...]
-      </c>
+        <v>457</v>
+      </c>
+      <c r="F231" s="2"/>
     </row>
     <row r="232" spans="1:6">
       <c r="A232" t="s">
-        <v>891</v>
+        <v>450</v>
       </c>
       <c r="B232" t="s">
-        <v>892</v>
+        <v>450</v>
       </c>
       <c r="C232" t="s">
-        <v>907</v>
+        <v>458</v>
       </c>
       <c r="D232" t="s">
-        <v>908</v>
+        <v>458</v>
       </c>
       <c r="E232" s="2" t="s">
-        <v>909</v>
-[...3 lines deleted...]
-      </c>
+        <v>459</v>
+      </c>
+      <c r="F232" s="2"/>
     </row>
     <row r="233" spans="1:6">
       <c r="A233" t="s">
-        <v>891</v>
+        <v>450</v>
       </c>
       <c r="B233" t="s">
-        <v>892</v>
+        <v>450</v>
       </c>
       <c r="C233" t="s">
-        <v>911</v>
+        <v>460</v>
       </c>
       <c r="D233" t="s">
-        <v>912</v>
+        <v>460</v>
       </c>
       <c r="E233" s="2" t="s">
-        <v>913</v>
-[...3 lines deleted...]
-      </c>
+        <v>461</v>
+      </c>
+      <c r="F233" s="2"/>
     </row>
     <row r="234" spans="1:6">
       <c r="A234" t="s">
-        <v>891</v>
+        <v>450</v>
       </c>
       <c r="B234" t="s">
-        <v>892</v>
+        <v>450</v>
       </c>
       <c r="C234" t="s">
-        <v>915</v>
+        <v>462</v>
       </c>
       <c r="D234" t="s">
-        <v>916</v>
+        <v>462</v>
       </c>
       <c r="E234" s="2" t="s">
-        <v>917</v>
-[...3 lines deleted...]
-      </c>
+        <v>463</v>
+      </c>
+      <c r="F234" s="2"/>
     </row>
     <row r="235" spans="1:6">
       <c r="A235" t="s">
-        <v>891</v>
+        <v>450</v>
       </c>
       <c r="B235" t="s">
-        <v>892</v>
+        <v>450</v>
       </c>
       <c r="C235" t="s">
-        <v>919</v>
+        <v>464</v>
       </c>
       <c r="D235" t="s">
-        <v>920</v>
+        <v>464</v>
       </c>
       <c r="E235" s="2" t="s">
-        <v>921</v>
-[...3 lines deleted...]
-      </c>
+        <v>465</v>
+      </c>
+      <c r="F235" s="2"/>
     </row>
     <row r="236" spans="1:6">
       <c r="A236" t="s">
-        <v>891</v>
+        <v>450</v>
       </c>
       <c r="B236" t="s">
-        <v>892</v>
+        <v>450</v>
       </c>
       <c r="C236" t="s">
-        <v>923</v>
+        <v>466</v>
       </c>
       <c r="D236" t="s">
-        <v>924</v>
+        <v>466</v>
       </c>
       <c r="E236" s="2" t="s">
-        <v>925</v>
-[...3 lines deleted...]
-      </c>
+        <v>467</v>
+      </c>
+      <c r="F236" s="2"/>
     </row>
     <row r="237" spans="1:6">
       <c r="A237" t="s">
-        <v>891</v>
+        <v>450</v>
       </c>
       <c r="B237" t="s">
-        <v>892</v>
+        <v>450</v>
       </c>
       <c r="C237" t="s">
-        <v>927</v>
+        <v>468</v>
       </c>
       <c r="D237" t="s">
-        <v>928</v>
+        <v>468</v>
       </c>
       <c r="E237" s="2" t="s">
-        <v>929</v>
-[...3 lines deleted...]
-      </c>
+        <v>469</v>
+      </c>
+      <c r="F237" s="2"/>
     </row>
     <row r="238" spans="1:6">
       <c r="A238" t="s">
-        <v>891</v>
+        <v>450</v>
       </c>
       <c r="B238" t="s">
-        <v>892</v>
+        <v>450</v>
       </c>
       <c r="C238" t="s">
-        <v>931</v>
+        <v>470</v>
       </c>
       <c r="D238" t="s">
-        <v>932</v>
+        <v>470</v>
       </c>
       <c r="E238" s="2" t="s">
-        <v>933</v>
-[...3 lines deleted...]
-      </c>
+        <v>471</v>
+      </c>
+      <c r="F238" s="2"/>
     </row>
     <row r="239" spans="1:6">
       <c r="A239" t="s">
-        <v>891</v>
+        <v>450</v>
       </c>
       <c r="B239" t="s">
-        <v>892</v>
+        <v>450</v>
       </c>
       <c r="C239" t="s">
-        <v>935</v>
+        <v>472</v>
       </c>
       <c r="D239" t="s">
-        <v>935</v>
+        <v>472</v>
       </c>
       <c r="E239" s="2" t="s">
-        <v>936</v>
-[...3 lines deleted...]
-      </c>
+        <v>473</v>
+      </c>
+      <c r="F239" s="2"/>
     </row>
     <row r="240" spans="1:6">
       <c r="A240" t="s">
-        <v>891</v>
+        <v>450</v>
       </c>
       <c r="B240" t="s">
-        <v>892</v>
+        <v>450</v>
       </c>
       <c r="C240" t="s">
-        <v>938</v>
+        <v>474</v>
       </c>
       <c r="D240" t="s">
-        <v>939</v>
+        <v>474</v>
       </c>
       <c r="E240" s="2" t="s">
-        <v>940</v>
-[...3 lines deleted...]
-      </c>
+        <v>475</v>
+      </c>
+      <c r="F240" s="2"/>
     </row>
     <row r="241" spans="1:6">
       <c r="A241" t="s">
-        <v>891</v>
+        <v>450</v>
       </c>
       <c r="B241" t="s">
-        <v>892</v>
+        <v>450</v>
       </c>
       <c r="C241" t="s">
-        <v>942</v>
+        <v>476</v>
       </c>
       <c r="D241" t="s">
-        <v>943</v>
+        <v>476</v>
       </c>
       <c r="E241" s="2" t="s">
-        <v>944</v>
-[...3 lines deleted...]
-      </c>
+        <v>477</v>
+      </c>
+      <c r="F241" s="2"/>
     </row>
     <row r="242" spans="1:6">
       <c r="A242" t="s">
-        <v>891</v>
+        <v>450</v>
       </c>
       <c r="B242" t="s">
-        <v>892</v>
+        <v>450</v>
       </c>
       <c r="C242" t="s">
-        <v>946</v>
+        <v>478</v>
       </c>
       <c r="D242" t="s">
-        <v>947</v>
+        <v>478</v>
       </c>
       <c r="E242" s="2" t="s">
-        <v>948</v>
-[...3 lines deleted...]
-      </c>
+        <v>479</v>
+      </c>
+      <c r="F242" s="2"/>
     </row>
     <row r="243" spans="1:6">
       <c r="A243" t="s">
-        <v>891</v>
+        <v>450</v>
       </c>
       <c r="B243" t="s">
-        <v>892</v>
+        <v>450</v>
       </c>
       <c r="C243" t="s">
-        <v>950</v>
+        <v>480</v>
       </c>
       <c r="D243" t="s">
-        <v>951</v>
+        <v>480</v>
       </c>
       <c r="E243" s="2" t="s">
-        <v>952</v>
-[...3 lines deleted...]
-      </c>
+        <v>481</v>
+      </c>
+      <c r="F243" s="2"/>
     </row>
     <row r="244" spans="1:6">
       <c r="A244" t="s">
-        <v>891</v>
+        <v>450</v>
       </c>
       <c r="B244" t="s">
-        <v>892</v>
+        <v>450</v>
       </c>
       <c r="C244" t="s">
-        <v>954</v>
+        <v>482</v>
       </c>
       <c r="D244" t="s">
-        <v>955</v>
+        <v>482</v>
       </c>
       <c r="E244" s="2" t="s">
-        <v>956</v>
-[...3 lines deleted...]
-      </c>
+        <v>483</v>
+      </c>
+      <c r="F244" s="2"/>
     </row>
     <row r="245" spans="1:6">
       <c r="A245" t="s">
-        <v>891</v>
+        <v>450</v>
       </c>
       <c r="B245" t="s">
-        <v>892</v>
+        <v>450</v>
       </c>
       <c r="C245" t="s">
-        <v>958</v>
+        <v>484</v>
       </c>
       <c r="D245" t="s">
-        <v>959</v>
+        <v>484</v>
       </c>
       <c r="E245" s="2" t="s">
-        <v>960</v>
-[...3 lines deleted...]
-      </c>
+        <v>485</v>
+      </c>
+      <c r="F245" s="2"/>
     </row>
     <row r="246" spans="1:6">
       <c r="A246" t="s">
-        <v>891</v>
+        <v>450</v>
       </c>
       <c r="B246" t="s">
-        <v>892</v>
+        <v>450</v>
       </c>
       <c r="C246" t="s">
-        <v>962</v>
+        <v>486</v>
       </c>
       <c r="D246" t="s">
-        <v>963</v>
+        <v>486</v>
       </c>
       <c r="E246" s="2" t="s">
-        <v>964</v>
-[...3 lines deleted...]
-      </c>
+        <v>487</v>
+      </c>
+      <c r="F246" s="2"/>
     </row>
     <row r="247" spans="1:6">
       <c r="A247" t="s">
-        <v>891</v>
+        <v>450</v>
       </c>
       <c r="B247" t="s">
-        <v>892</v>
+        <v>450</v>
       </c>
       <c r="C247" t="s">
-        <v>966</v>
+        <v>488</v>
       </c>
       <c r="D247" t="s">
-        <v>967</v>
+        <v>488</v>
       </c>
       <c r="E247" s="2" t="s">
-        <v>968</v>
-[...3 lines deleted...]
-      </c>
+        <v>489</v>
+      </c>
+      <c r="F247" s="2"/>
     </row>
     <row r="248" spans="1:6">
       <c r="A248" t="s">
-        <v>891</v>
+        <v>450</v>
       </c>
       <c r="B248" t="s">
-        <v>892</v>
+        <v>450</v>
       </c>
       <c r="C248" t="s">
-        <v>970</v>
+        <v>490</v>
       </c>
       <c r="D248" t="s">
-        <v>971</v>
+        <v>490</v>
       </c>
       <c r="E248" s="2" t="s">
-        <v>972</v>
-[...3 lines deleted...]
-      </c>
+        <v>491</v>
+      </c>
+      <c r="F248" s="2"/>
     </row>
     <row r="249" spans="1:6">
       <c r="A249" t="s">
-        <v>891</v>
+        <v>450</v>
       </c>
       <c r="B249" t="s">
-        <v>892</v>
+        <v>450</v>
       </c>
       <c r="C249" t="s">
-        <v>974</v>
+        <v>492</v>
       </c>
       <c r="D249" t="s">
-        <v>975</v>
+        <v>492</v>
       </c>
       <c r="E249" s="2" t="s">
-        <v>976</v>
-[...3 lines deleted...]
-      </c>
+        <v>493</v>
+      </c>
+      <c r="F249" s="2"/>
     </row>
     <row r="250" spans="1:6">
       <c r="A250" t="s">
-        <v>891</v>
+        <v>450</v>
       </c>
       <c r="B250" t="s">
-        <v>892</v>
+        <v>450</v>
       </c>
       <c r="C250" t="s">
-        <v>978</v>
+        <v>494</v>
       </c>
       <c r="D250" t="s">
-        <v>979</v>
+        <v>494</v>
       </c>
       <c r="E250" s="2" t="s">
-        <v>980</v>
-[...3 lines deleted...]
-      </c>
+        <v>495</v>
+      </c>
+      <c r="F250" s="2"/>
     </row>
     <row r="251" spans="1:6">
       <c r="A251" t="s">
-        <v>891</v>
+        <v>450</v>
       </c>
       <c r="B251" t="s">
-        <v>892</v>
+        <v>450</v>
       </c>
       <c r="C251" t="s">
-        <v>982</v>
+        <v>496</v>
       </c>
       <c r="D251" t="s">
-        <v>983</v>
+        <v>496</v>
       </c>
       <c r="E251" s="2" t="s">
-        <v>984</v>
-[...3 lines deleted...]
-      </c>
+        <v>497</v>
+      </c>
+      <c r="F251" s="2"/>
     </row>
     <row r="252" spans="1:6">
       <c r="A252" t="s">
-        <v>891</v>
+        <v>450</v>
       </c>
       <c r="B252" t="s">
-        <v>892</v>
+        <v>450</v>
       </c>
       <c r="C252" t="s">
-        <v>986</v>
+        <v>498</v>
       </c>
       <c r="D252" t="s">
-        <v>987</v>
+        <v>498</v>
       </c>
       <c r="E252" s="2" t="s">
-        <v>988</v>
-[...3 lines deleted...]
-      </c>
+        <v>499</v>
+      </c>
+      <c r="F252" s="2"/>
     </row>
     <row r="253" spans="1:6">
       <c r="A253" t="s">
-        <v>891</v>
+        <v>450</v>
       </c>
       <c r="B253" t="s">
-        <v>892</v>
+        <v>450</v>
       </c>
       <c r="C253" t="s">
-        <v>990</v>
+        <v>500</v>
       </c>
       <c r="D253" t="s">
-        <v>991</v>
+        <v>500</v>
       </c>
       <c r="E253" s="2" t="s">
-        <v>992</v>
-[...3 lines deleted...]
-      </c>
+        <v>501</v>
+      </c>
+      <c r="F253" s="2"/>
     </row>
     <row r="254" spans="1:6">
       <c r="A254" t="s">
-        <v>891</v>
+        <v>450</v>
       </c>
       <c r="B254" t="s">
-        <v>892</v>
+        <v>450</v>
       </c>
       <c r="C254" t="s">
-        <v>994</v>
+        <v>502</v>
       </c>
       <c r="D254" t="s">
-        <v>995</v>
+        <v>502</v>
       </c>
       <c r="E254" s="2" t="s">
-        <v>996</v>
-[...3 lines deleted...]
-      </c>
+        <v>503</v>
+      </c>
+      <c r="F254" s="2"/>
     </row>
     <row r="255" spans="1:6">
       <c r="A255" t="s">
-        <v>891</v>
+        <v>450</v>
       </c>
       <c r="B255" t="s">
-        <v>892</v>
+        <v>450</v>
       </c>
       <c r="C255" t="s">
-        <v>998</v>
+        <v>504</v>
       </c>
       <c r="D255" t="s">
-        <v>999</v>
+        <v>504</v>
       </c>
       <c r="E255" s="2" t="s">
-        <v>1000</v>
-[...3 lines deleted...]
-      </c>
+        <v>505</v>
+      </c>
+      <c r="F255" s="2"/>
     </row>
     <row r="256" spans="1:6">
       <c r="A256" t="s">
-        <v>891</v>
+        <v>450</v>
       </c>
       <c r="B256" t="s">
-        <v>892</v>
+        <v>450</v>
       </c>
       <c r="C256" t="s">
-        <v>1002</v>
+        <v>506</v>
       </c>
       <c r="D256" t="s">
-        <v>1003</v>
+        <v>506</v>
       </c>
       <c r="E256" s="2" t="s">
-        <v>1004</v>
-[...3 lines deleted...]
-      </c>
+        <v>507</v>
+      </c>
+      <c r="F256" s="2"/>
     </row>
     <row r="257" spans="1:6">
       <c r="A257" t="s">
-        <v>891</v>
+        <v>450</v>
       </c>
       <c r="B257" t="s">
-        <v>892</v>
+        <v>450</v>
       </c>
       <c r="C257" t="s">
-        <v>1006</v>
+        <v>508</v>
       </c>
       <c r="D257" t="s">
-        <v>967</v>
+        <v>508</v>
       </c>
       <c r="E257" s="2" t="s">
-        <v>1007</v>
-[...3 lines deleted...]
-      </c>
+        <v>509</v>
+      </c>
+      <c r="F257" s="2"/>
     </row>
     <row r="258" spans="1:6">
       <c r="A258" t="s">
-        <v>891</v>
+        <v>450</v>
       </c>
       <c r="B258" t="s">
-        <v>892</v>
+        <v>450</v>
       </c>
       <c r="C258" t="s">
-        <v>1009</v>
+        <v>510</v>
       </c>
       <c r="D258" t="s">
-        <v>1009</v>
+        <v>510</v>
       </c>
       <c r="E258" s="2" t="s">
-        <v>1010</v>
-[...3 lines deleted...]
-      </c>
+        <v>511</v>
+      </c>
+      <c r="F258" s="2"/>
     </row>
     <row r="259" spans="1:6">
       <c r="A259" t="s">
-        <v>891</v>
+        <v>450</v>
       </c>
       <c r="B259" t="s">
-        <v>892</v>
+        <v>450</v>
       </c>
       <c r="C259" t="s">
-        <v>1012</v>
+        <v>512</v>
       </c>
       <c r="D259" t="s">
-        <v>1013</v>
+        <v>512</v>
       </c>
       <c r="E259" s="2" t="s">
-        <v>1014</v>
-[...3 lines deleted...]
-      </c>
+        <v>513</v>
+      </c>
+      <c r="F259" s="2"/>
     </row>
     <row r="260" spans="1:6">
       <c r="A260" t="s">
-        <v>891</v>
+        <v>450</v>
       </c>
       <c r="B260" t="s">
-        <v>892</v>
+        <v>450</v>
       </c>
       <c r="C260" t="s">
-        <v>1016</v>
+        <v>514</v>
       </c>
       <c r="D260" t="s">
-        <v>1017</v>
+        <v>514</v>
       </c>
       <c r="E260" s="2" t="s">
-        <v>1018</v>
-[...3 lines deleted...]
-      </c>
+        <v>515</v>
+      </c>
+      <c r="F260" s="2"/>
     </row>
     <row r="261" spans="1:6">
       <c r="A261" t="s">
-        <v>1020</v>
+        <v>516</v>
       </c>
       <c r="B261" t="s">
-        <v>1021</v>
+        <v>516</v>
       </c>
       <c r="C261" t="s">
-        <v>353</v>
+        <v>181</v>
       </c>
       <c r="D261" t="s">
-        <v>354</v>
+        <v>181</v>
       </c>
       <c r="E261" s="2" t="s">
-        <v>1022</v>
-[...3 lines deleted...]
-      </c>
+        <v>517</v>
+      </c>
+      <c r="F261" s="2"/>
     </row>
     <row r="262" spans="1:6">
       <c r="A262" t="s">
-        <v>1020</v>
+        <v>516</v>
       </c>
       <c r="B262" t="s">
-        <v>1021</v>
+        <v>516</v>
       </c>
       <c r="C262" t="s">
-        <v>612</v>
+        <v>310</v>
       </c>
       <c r="D262" t="s">
-        <v>613</v>
+        <v>310</v>
       </c>
       <c r="E262" s="2" t="s">
-        <v>1024</v>
-[...3 lines deleted...]
-      </c>
+        <v>518</v>
+      </c>
+      <c r="F262" s="2"/>
     </row>
     <row r="263" spans="1:6">
       <c r="A263" t="s">
-        <v>1020</v>
+        <v>516</v>
       </c>
       <c r="B263" t="s">
-        <v>1021</v>
+        <v>516</v>
       </c>
       <c r="C263" t="s">
-        <v>1026</v>
+        <v>519</v>
       </c>
       <c r="D263" t="s">
-        <v>1027</v>
+        <v>519</v>
       </c>
       <c r="E263" s="2" t="s">
-        <v>1028</v>
-[...3 lines deleted...]
-      </c>
+        <v>520</v>
+      </c>
+      <c r="F263" s="2"/>
     </row>
     <row r="264" spans="1:6">
       <c r="A264" t="s">
-        <v>1020</v>
+        <v>516</v>
       </c>
       <c r="B264" t="s">
-        <v>1021</v>
+        <v>516</v>
       </c>
       <c r="C264" t="s">
-        <v>361</v>
+        <v>185</v>
       </c>
       <c r="D264" t="s">
-        <v>362</v>
+        <v>185</v>
       </c>
       <c r="E264" s="2" t="s">
-        <v>1030</v>
-[...3 lines deleted...]
-      </c>
+        <v>521</v>
+      </c>
+      <c r="F264" s="2"/>
     </row>
     <row r="265" spans="1:6">
       <c r="A265" t="s">
-        <v>1020</v>
+        <v>516</v>
       </c>
       <c r="B265" t="s">
-        <v>1021</v>
+        <v>516</v>
       </c>
       <c r="C265" t="s">
-        <v>1032</v>
+        <v>522</v>
       </c>
       <c r="D265" t="s">
-        <v>1033</v>
+        <v>522</v>
       </c>
       <c r="E265" s="2" t="s">
-        <v>1034</v>
-[...3 lines deleted...]
-      </c>
+        <v>523</v>
+      </c>
+      <c r="F265" s="2"/>
     </row>
     <row r="266" spans="1:6">
       <c r="A266" t="s">
-        <v>1020</v>
+        <v>516</v>
       </c>
       <c r="B266" t="s">
-        <v>1021</v>
+        <v>516</v>
       </c>
       <c r="C266" t="s">
-        <v>1036</v>
+        <v>524</v>
       </c>
       <c r="D266" t="s">
-        <v>1037</v>
+        <v>524</v>
       </c>
       <c r="E266" s="2" t="s">
-        <v>1038</v>
-[...3 lines deleted...]
-      </c>
+        <v>525</v>
+      </c>
+      <c r="F266" s="2"/>
     </row>
     <row r="267" spans="1:6">
       <c r="A267" t="s">
-        <v>1020</v>
+        <v>516</v>
       </c>
       <c r="B267" t="s">
-        <v>1021</v>
+        <v>516</v>
       </c>
       <c r="C267" t="s">
-        <v>1040</v>
+        <v>526</v>
       </c>
       <c r="D267" t="s">
-        <v>1041</v>
+        <v>526</v>
       </c>
       <c r="E267" s="2" t="s">
-        <v>1042</v>
-[...3 lines deleted...]
-      </c>
+        <v>527</v>
+      </c>
+      <c r="F267" s="2"/>
     </row>
     <row r="268" spans="1:6">
       <c r="A268" t="s">
-        <v>1020</v>
+        <v>516</v>
       </c>
       <c r="B268" t="s">
-        <v>1021</v>
+        <v>516</v>
       </c>
       <c r="C268" t="s">
-        <v>1044</v>
+        <v>528</v>
       </c>
       <c r="D268" t="s">
-        <v>1045</v>
+        <v>528</v>
       </c>
       <c r="E268" s="2" t="s">
-        <v>1046</v>
-[...3 lines deleted...]
-      </c>
+        <v>529</v>
+      </c>
+      <c r="F268" s="2"/>
     </row>
     <row r="269" spans="1:6">
       <c r="A269" t="s">
-        <v>1020</v>
+        <v>516</v>
       </c>
       <c r="B269" t="s">
-        <v>1021</v>
+        <v>516</v>
       </c>
       <c r="C269" t="s">
-        <v>1048</v>
+        <v>530</v>
       </c>
       <c r="D269" t="s">
-        <v>1049</v>
+        <v>530</v>
       </c>
       <c r="E269" s="2" t="s">
-        <v>1050</v>
-[...3 lines deleted...]
-      </c>
+        <v>531</v>
+      </c>
+      <c r="F269" s="2"/>
     </row>
     <row r="270" spans="1:6">
       <c r="A270" t="s">
-        <v>1020</v>
+        <v>516</v>
       </c>
       <c r="B270" t="s">
-        <v>1021</v>
+        <v>516</v>
       </c>
       <c r="C270" t="s">
-        <v>369</v>
+        <v>189</v>
       </c>
       <c r="D270" t="s">
-        <v>370</v>
+        <v>189</v>
       </c>
       <c r="E270" s="2" t="s">
-        <v>371</v>
-[...3 lines deleted...]
-      </c>
+        <v>190</v>
+      </c>
+      <c r="F270" s="2"/>
     </row>
     <row r="271" spans="1:6">
       <c r="A271" t="s">
-        <v>1020</v>
+        <v>516</v>
       </c>
       <c r="B271" t="s">
-        <v>1021</v>
+        <v>516</v>
       </c>
       <c r="C271" t="s">
-        <v>1053</v>
+        <v>532</v>
       </c>
       <c r="D271" t="s">
-        <v>1054</v>
+        <v>532</v>
       </c>
       <c r="E271" s="2" t="s">
-        <v>1055</v>
-[...3 lines deleted...]
-      </c>
+        <v>533</v>
+      </c>
+      <c r="F271" s="2"/>
     </row>
     <row r="272" spans="1:6">
       <c r="A272" t="s">
-        <v>1020</v>
+        <v>516</v>
       </c>
       <c r="B272" t="s">
-        <v>1021</v>
+        <v>516</v>
       </c>
       <c r="C272" t="s">
-        <v>1057</v>
+        <v>534</v>
       </c>
       <c r="D272" t="s">
-        <v>1058</v>
+        <v>534</v>
       </c>
       <c r="E272" s="2" t="s">
-        <v>1059</v>
-[...3 lines deleted...]
-      </c>
+        <v>535</v>
+      </c>
+      <c r="F272" s="2"/>
     </row>
     <row r="273" spans="1:6">
       <c r="A273" t="s">
-        <v>1020</v>
+        <v>516</v>
       </c>
       <c r="B273" t="s">
-        <v>1021</v>
+        <v>516</v>
       </c>
       <c r="C273" t="s">
-        <v>1061</v>
+        <v>536</v>
       </c>
       <c r="D273" t="s">
-        <v>1062</v>
+        <v>536</v>
       </c>
       <c r="E273" s="2" t="s">
-        <v>1063</v>
-[...3 lines deleted...]
-      </c>
+        <v>537</v>
+      </c>
+      <c r="F273" s="2"/>
     </row>
     <row r="274" spans="1:6">
       <c r="A274" t="s">
-        <v>1020</v>
+        <v>516</v>
       </c>
       <c r="B274" t="s">
-        <v>1021</v>
+        <v>516</v>
       </c>
       <c r="C274" t="s">
-        <v>377</v>
+        <v>193</v>
       </c>
       <c r="D274" t="s">
-        <v>378</v>
+        <v>193</v>
       </c>
       <c r="E274" s="2" t="s">
-        <v>379</v>
-[...3 lines deleted...]
-      </c>
+        <v>194</v>
+      </c>
+      <c r="F274" s="2"/>
     </row>
     <row r="275" spans="1:6">
       <c r="A275" t="s">
-        <v>1020</v>
+        <v>516</v>
       </c>
       <c r="B275" t="s">
-        <v>1021</v>
+        <v>516</v>
       </c>
       <c r="C275" t="s">
-        <v>385</v>
+        <v>197</v>
       </c>
       <c r="D275" t="s">
-        <v>386</v>
+        <v>197</v>
       </c>
       <c r="E275" s="2" t="s">
-        <v>1066</v>
-[...3 lines deleted...]
-      </c>
+        <v>538</v>
+      </c>
+      <c r="F275" s="2"/>
     </row>
     <row r="276" spans="1:6">
       <c r="A276" t="s">
-        <v>1020</v>
+        <v>516</v>
       </c>
       <c r="B276" t="s">
-        <v>1021</v>
+        <v>516</v>
       </c>
       <c r="C276" t="s">
-        <v>1068</v>
+        <v>539</v>
       </c>
       <c r="D276" t="s">
-        <v>1069</v>
+        <v>539</v>
       </c>
       <c r="E276" s="2" t="s">
-        <v>1070</v>
-[...3 lines deleted...]
-      </c>
+        <v>540</v>
+      </c>
+      <c r="F276" s="2"/>
     </row>
     <row r="277" spans="1:6">
       <c r="A277" t="s">
-        <v>1020</v>
+        <v>516</v>
       </c>
       <c r="B277" t="s">
-        <v>1021</v>
+        <v>516</v>
       </c>
       <c r="C277" t="s">
-        <v>1072</v>
+        <v>541</v>
       </c>
       <c r="D277" t="s">
-        <v>1073</v>
+        <v>541</v>
       </c>
       <c r="E277" s="2" t="s">
-        <v>1074</v>
-[...3 lines deleted...]
-      </c>
+        <v>542</v>
+      </c>
+      <c r="F277" s="2"/>
     </row>
     <row r="278" spans="1:6">
       <c r="A278" t="s">
-        <v>1020</v>
+        <v>516</v>
       </c>
       <c r="B278" t="s">
-        <v>1021</v>
+        <v>516</v>
       </c>
       <c r="C278" t="s">
-        <v>1076</v>
+        <v>543</v>
       </c>
       <c r="D278" t="s">
-        <v>1077</v>
+        <v>543</v>
       </c>
       <c r="E278" s="2" t="s">
-        <v>1078</v>
-[...3 lines deleted...]
-      </c>
+        <v>544</v>
+      </c>
+      <c r="F278" s="2"/>
     </row>
     <row r="279" spans="1:6">
       <c r="A279" t="s">
-        <v>1020</v>
+        <v>516</v>
       </c>
       <c r="B279" t="s">
-        <v>1021</v>
+        <v>516</v>
       </c>
       <c r="C279" t="s">
-        <v>389</v>
+        <v>199</v>
       </c>
       <c r="D279" t="s">
-        <v>390</v>
+        <v>199</v>
       </c>
       <c r="E279" s="2" t="s">
-        <v>1080</v>
-[...3 lines deleted...]
-      </c>
+        <v>545</v>
+      </c>
+      <c r="F279" s="2"/>
     </row>
     <row r="280" spans="1:6">
       <c r="A280" t="s">
-        <v>1020</v>
+        <v>516</v>
       </c>
       <c r="B280" t="s">
-        <v>1021</v>
+        <v>516</v>
       </c>
       <c r="C280" t="s">
-        <v>1082</v>
+        <v>546</v>
       </c>
       <c r="D280" t="s">
-        <v>1083</v>
+        <v>546</v>
       </c>
       <c r="E280" s="2" t="s">
-        <v>1084</v>
-[...3 lines deleted...]
-      </c>
+        <v>547</v>
+      </c>
+      <c r="F280" s="2"/>
     </row>
     <row r="281" spans="1:6">
       <c r="A281" t="s">
-        <v>1086</v>
+        <v>548</v>
       </c>
       <c r="B281" t="s">
-        <v>1087</v>
+        <v>548</v>
       </c>
       <c r="C281" t="s">
-        <v>1088</v>
+        <v>549</v>
       </c>
       <c r="D281" t="s">
-        <v>1088</v>
+        <v>549</v>
       </c>
       <c r="E281" s="2" t="s">
-        <v>1089</v>
-[...3 lines deleted...]
-      </c>
+        <v>550</v>
+      </c>
+      <c r="F281" s="2"/>
     </row>
     <row r="282" spans="1:6">
       <c r="A282" t="s">
-        <v>1086</v>
+        <v>548</v>
       </c>
       <c r="B282" t="s">
-        <v>1087</v>
+        <v>548</v>
       </c>
       <c r="C282" t="s">
-        <v>1091</v>
+        <v>551</v>
       </c>
       <c r="D282" t="s">
-        <v>1092</v>
+        <v>551</v>
       </c>
       <c r="E282" s="2" t="s">
-        <v>1093</v>
-[...3 lines deleted...]
-      </c>
+        <v>552</v>
+      </c>
+      <c r="F282" s="2"/>
     </row>
     <row r="283" spans="1:6">
       <c r="A283" t="s">
-        <v>1086</v>
+        <v>548</v>
       </c>
       <c r="B283" t="s">
-        <v>1087</v>
+        <v>548</v>
       </c>
       <c r="C283" t="s">
-        <v>1095</v>
+        <v>553</v>
       </c>
       <c r="D283" t="s">
-        <v>1096</v>
+        <v>553</v>
       </c>
       <c r="E283" s="2" t="s">
-        <v>1097</v>
-[...3 lines deleted...]
-      </c>
+        <v>554</v>
+      </c>
+      <c r="F283" s="2"/>
     </row>
     <row r="284" spans="1:6">
       <c r="A284" t="s">
-        <v>1086</v>
+        <v>548</v>
       </c>
       <c r="B284" t="s">
-        <v>1087</v>
+        <v>548</v>
       </c>
       <c r="C284" t="s">
-        <v>1099</v>
+        <v>555</v>
       </c>
       <c r="D284" t="s">
-        <v>1100</v>
+        <v>555</v>
       </c>
       <c r="E284" s="2" t="s">
-        <v>1101</v>
-[...3 lines deleted...]
-      </c>
+        <v>556</v>
+      </c>
+      <c r="F284" s="2"/>
     </row>
     <row r="285" spans="1:6">
       <c r="A285" t="s">
-        <v>1086</v>
+        <v>548</v>
       </c>
       <c r="B285" t="s">
-        <v>1087</v>
+        <v>548</v>
       </c>
       <c r="C285" t="s">
-        <v>1103</v>
+        <v>557</v>
       </c>
       <c r="D285" t="s">
-        <v>1104</v>
+        <v>557</v>
       </c>
       <c r="E285" s="2" t="s">
-        <v>1105</v>
-[...3 lines deleted...]
-      </c>
+        <v>558</v>
+      </c>
+      <c r="F285" s="2"/>
     </row>
     <row r="286" spans="1:6">
       <c r="A286" t="s">
-        <v>1086</v>
+        <v>548</v>
       </c>
       <c r="B286" t="s">
-        <v>1087</v>
+        <v>548</v>
       </c>
       <c r="C286" t="s">
-        <v>1107</v>
+        <v>559</v>
       </c>
       <c r="D286" t="s">
-        <v>1108</v>
+        <v>559</v>
       </c>
       <c r="E286" s="2" t="s">
-        <v>1109</v>
-[...3 lines deleted...]
-      </c>
+        <v>560</v>
+      </c>
+      <c r="F286" s="2"/>
     </row>
     <row r="287" spans="1:6">
       <c r="A287" t="s">
-        <v>1086</v>
+        <v>548</v>
       </c>
       <c r="B287" t="s">
-        <v>1087</v>
+        <v>548</v>
       </c>
       <c r="C287" t="s">
-        <v>1111</v>
+        <v>561</v>
       </c>
       <c r="D287" t="s">
-        <v>1112</v>
+        <v>561</v>
       </c>
       <c r="E287" s="2" t="s">
-        <v>1113</v>
-[...3 lines deleted...]
-      </c>
+        <v>562</v>
+      </c>
+      <c r="F287" s="2"/>
     </row>
     <row r="288" spans="1:6">
       <c r="A288" t="s">
-        <v>1086</v>
+        <v>548</v>
       </c>
       <c r="B288" t="s">
-        <v>1087</v>
+        <v>548</v>
       </c>
       <c r="C288" t="s">
-        <v>1115</v>
+        <v>563</v>
       </c>
       <c r="D288" t="s">
-        <v>1116</v>
+        <v>563</v>
       </c>
       <c r="E288" s="2" t="s">
-        <v>1117</v>
-[...3 lines deleted...]
-      </c>
+        <v>564</v>
+      </c>
+      <c r="F288" s="2"/>
     </row>
     <row r="289" spans="1:6">
       <c r="A289" t="s">
-        <v>1119</v>
+        <v>565</v>
       </c>
       <c r="B289" t="s">
-        <v>1120</v>
+        <v>565</v>
       </c>
       <c r="C289" t="s">
-        <v>1121</v>
+        <v>566</v>
       </c>
       <c r="D289" t="s">
-        <v>1122</v>
+        <v>566</v>
       </c>
       <c r="E289" s="2" t="s">
-        <v>1123</v>
-[...3 lines deleted...]
-      </c>
+        <v>567</v>
+      </c>
+      <c r="F289" s="2"/>
     </row>
     <row r="290" spans="1:6">
       <c r="A290" t="s">
-        <v>1119</v>
+        <v>565</v>
       </c>
       <c r="B290" t="s">
-        <v>1120</v>
+        <v>565</v>
       </c>
       <c r="C290" t="s">
-        <v>1125</v>
+        <v>568</v>
       </c>
       <c r="D290" t="s">
-        <v>1126</v>
+        <v>568</v>
       </c>
       <c r="E290" s="2" t="s">
-        <v>1127</v>
-[...3 lines deleted...]
-      </c>
+        <v>569</v>
+      </c>
+      <c r="F290" s="2"/>
     </row>
     <row r="291" spans="1:6">
       <c r="A291" t="s">
-        <v>1119</v>
+        <v>565</v>
       </c>
       <c r="B291" t="s">
-        <v>1120</v>
+        <v>565</v>
       </c>
       <c r="C291" t="s">
-        <v>1129</v>
+        <v>570</v>
       </c>
       <c r="D291" t="s">
-        <v>1130</v>
+        <v>570</v>
       </c>
       <c r="E291" s="2" t="s">
-        <v>1131</v>
-[...3 lines deleted...]
-      </c>
+        <v>571</v>
+      </c>
+      <c r="F291" s="2"/>
     </row>
     <row r="292" spans="1:6">
       <c r="A292" t="s">
-        <v>1119</v>
+        <v>565</v>
       </c>
       <c r="B292" t="s">
-        <v>1120</v>
+        <v>565</v>
       </c>
       <c r="C292" t="s">
-        <v>275</v>
+        <v>142</v>
       </c>
       <c r="D292" t="s">
-        <v>276</v>
+        <v>142</v>
       </c>
       <c r="E292" s="2" t="s">
-        <v>1133</v>
-[...3 lines deleted...]
-      </c>
+        <v>572</v>
+      </c>
+      <c r="F292" s="2"/>
     </row>
     <row r="293" spans="1:6">
       <c r="A293" t="s">
-        <v>1119</v>
+        <v>565</v>
       </c>
       <c r="B293" t="s">
-        <v>1120</v>
+        <v>565</v>
       </c>
       <c r="C293" t="s">
-        <v>1135</v>
+        <v>573</v>
       </c>
       <c r="D293" t="s">
-        <v>1136</v>
+        <v>573</v>
       </c>
       <c r="E293" s="2" t="s">
-        <v>1137</v>
-[...3 lines deleted...]
-      </c>
+        <v>574</v>
+      </c>
+      <c r="F293" s="2"/>
     </row>
     <row r="294" spans="1:6">
       <c r="A294" t="s">
-        <v>1119</v>
+        <v>565</v>
       </c>
       <c r="B294" t="s">
-        <v>1120</v>
+        <v>565</v>
       </c>
       <c r="C294" t="s">
-        <v>1139</v>
+        <v>575</v>
       </c>
       <c r="D294" t="s">
-        <v>1140</v>
+        <v>575</v>
       </c>
       <c r="E294" s="2" t="s">
-        <v>1141</v>
-[...3 lines deleted...]
-      </c>
+        <v>576</v>
+      </c>
+      <c r="F294" s="2"/>
     </row>
     <row r="295" spans="1:6">
       <c r="A295" t="s">
-        <v>1119</v>
+        <v>565</v>
       </c>
       <c r="B295" t="s">
-        <v>1120</v>
+        <v>565</v>
       </c>
       <c r="C295" t="s">
-        <v>1143</v>
+        <v>577</v>
       </c>
       <c r="D295" t="s">
-        <v>1144</v>
+        <v>577</v>
       </c>
       <c r="E295" s="2" t="s">
-        <v>1145</v>
-[...3 lines deleted...]
-      </c>
+        <v>578</v>
+      </c>
+      <c r="F295" s="2"/>
     </row>
     <row r="296" spans="1:6">
       <c r="A296" t="s">
-        <v>1119</v>
+        <v>565</v>
       </c>
       <c r="B296" t="s">
-        <v>1120</v>
+        <v>565</v>
       </c>
       <c r="C296" t="s">
-        <v>1147</v>
+        <v>579</v>
       </c>
       <c r="D296" t="s">
-        <v>1148</v>
+        <v>579</v>
       </c>
       <c r="E296" s="2" t="s">
-        <v>1149</v>
-[...3 lines deleted...]
-      </c>
+        <v>580</v>
+      </c>
+      <c r="F296" s="2"/>
     </row>
     <row r="297" spans="1:6">
       <c r="A297" t="s">
-        <v>1119</v>
+        <v>565</v>
       </c>
       <c r="B297" t="s">
-        <v>1120</v>
+        <v>565</v>
       </c>
       <c r="C297" t="s">
-        <v>1151</v>
+        <v>581</v>
       </c>
       <c r="D297" t="s">
-        <v>1152</v>
+        <v>581</v>
       </c>
       <c r="E297" s="2" t="s">
-        <v>1153</v>
-[...3 lines deleted...]
-      </c>
+        <v>582</v>
+      </c>
+      <c r="F297" s="2"/>
     </row>
     <row r="298" spans="1:6">
       <c r="A298" t="s">
-        <v>1119</v>
+        <v>565</v>
       </c>
       <c r="B298" t="s">
-        <v>1120</v>
+        <v>565</v>
       </c>
       <c r="C298" t="s">
-        <v>1155</v>
+        <v>583</v>
       </c>
       <c r="D298" t="s">
-        <v>1156</v>
+        <v>583</v>
       </c>
       <c r="E298" s="2" t="s">
-        <v>1157</v>
-[...3 lines deleted...]
-      </c>
+        <v>584</v>
+      </c>
+      <c r="F298" s="2"/>
     </row>
     <row r="299" spans="1:6">
       <c r="A299" t="s">
-        <v>1119</v>
+        <v>565</v>
       </c>
       <c r="B299" t="s">
-        <v>1120</v>
+        <v>565</v>
       </c>
       <c r="C299" t="s">
-        <v>1159</v>
+        <v>585</v>
       </c>
       <c r="D299" t="s">
-        <v>1160</v>
+        <v>585</v>
       </c>
       <c r="E299" s="2" t="s">
-        <v>1161</v>
-[...3 lines deleted...]
-      </c>
+        <v>586</v>
+      </c>
+      <c r="F299" s="2"/>
     </row>
     <row r="300" spans="1:6">
       <c r="A300" t="s">
-        <v>1119</v>
+        <v>565</v>
       </c>
       <c r="B300" t="s">
-        <v>1120</v>
+        <v>565</v>
       </c>
       <c r="C300" t="s">
-        <v>1163</v>
+        <v>587</v>
       </c>
       <c r="D300" t="s">
-        <v>1009</v>
+        <v>587</v>
       </c>
       <c r="E300" s="2" t="s">
-        <v>1164</v>
-[...3 lines deleted...]
-      </c>
+        <v>588</v>
+      </c>
+      <c r="F300" s="2"/>
     </row>
     <row r="301" spans="1:6">
       <c r="A301" t="s">
-        <v>1119</v>
+        <v>565</v>
       </c>
       <c r="B301" t="s">
-        <v>1120</v>
+        <v>565</v>
       </c>
       <c r="C301" t="s">
-        <v>1166</v>
+        <v>589</v>
       </c>
       <c r="D301" t="s">
-        <v>1167</v>
+        <v>589</v>
       </c>
       <c r="E301" s="2" t="s">
-        <v>1168</v>
-[...3 lines deleted...]
-      </c>
+        <v>590</v>
+      </c>
+      <c r="F301" s="2"/>
     </row>
     <row r="302" spans="1:6">
       <c r="A302" t="s">
-        <v>1119</v>
+        <v>565</v>
       </c>
       <c r="B302" t="s">
-        <v>1120</v>
+        <v>565</v>
       </c>
       <c r="C302" t="s">
-        <v>1170</v>
+        <v>591</v>
       </c>
       <c r="D302" t="s">
-        <v>1171</v>
+        <v>591</v>
       </c>
       <c r="E302" s="2" t="s">
-        <v>1172</v>
-[...3 lines deleted...]
-      </c>
+        <v>592</v>
+      </c>
+      <c r="F302" s="2"/>
     </row>
     <row r="303" spans="1:6">
       <c r="A303" t="s">
-        <v>1174</v>
+        <v>593</v>
       </c>
       <c r="B303" t="s">
-        <v>1175</v>
+        <v>593</v>
       </c>
       <c r="C303" t="s">
-        <v>1176</v>
+        <v>594</v>
       </c>
       <c r="D303" t="s">
-        <v>1177</v>
+        <v>594</v>
       </c>
       <c r="E303" s="2" t="s">
-        <v>1178</v>
-[...3 lines deleted...]
-      </c>
+        <v>595</v>
+      </c>
+      <c r="F303" s="2"/>
     </row>
     <row r="304" spans="1:6">
       <c r="A304" t="s">
-        <v>1174</v>
+        <v>593</v>
       </c>
       <c r="B304" t="s">
-        <v>1175</v>
+        <v>593</v>
       </c>
       <c r="C304" t="s">
-        <v>1180</v>
+        <v>596</v>
       </c>
       <c r="D304" t="s">
-        <v>1181</v>
+        <v>596</v>
       </c>
       <c r="E304" s="2" t="s">
-        <v>1182</v>
-[...3 lines deleted...]
-      </c>
+        <v>597</v>
+      </c>
+      <c r="F304" s="2"/>
     </row>
     <row r="305" spans="1:6">
       <c r="A305" t="s">
-        <v>1174</v>
+        <v>593</v>
       </c>
       <c r="B305" t="s">
-        <v>1175</v>
+        <v>593</v>
       </c>
       <c r="C305" t="s">
-        <v>1184</v>
+        <v>598</v>
       </c>
       <c r="D305" t="s">
-        <v>1185</v>
+        <v>598</v>
       </c>
       <c r="E305" s="2" t="s">
-        <v>1186</v>
-[...3 lines deleted...]
-      </c>
+        <v>599</v>
+      </c>
+      <c r="F305" s="2"/>
     </row>
     <row r="306" spans="1:6">
       <c r="A306" t="s">
-        <v>1174</v>
+        <v>593</v>
       </c>
       <c r="B306" t="s">
-        <v>1175</v>
+        <v>593</v>
       </c>
       <c r="C306" t="s">
-        <v>1188</v>
+        <v>600</v>
       </c>
       <c r="D306" t="s">
-        <v>1189</v>
+        <v>600</v>
       </c>
       <c r="E306" s="2" t="s">
-        <v>1190</v>
-[...3 lines deleted...]
-      </c>
+        <v>601</v>
+      </c>
+      <c r="F306" s="2"/>
     </row>
     <row r="307" spans="1:6">
       <c r="A307" t="s">
-        <v>1174</v>
+        <v>593</v>
       </c>
       <c r="B307" t="s">
-        <v>1175</v>
+        <v>593</v>
       </c>
       <c r="C307" t="s">
-        <v>1192</v>
+        <v>602</v>
       </c>
       <c r="D307" t="s">
-        <v>1193</v>
+        <v>602</v>
       </c>
       <c r="E307" s="2" t="s">
-        <v>1194</v>
-[...3 lines deleted...]
-      </c>
+        <v>603</v>
+      </c>
+      <c r="F307" s="2"/>
     </row>
     <row r="308" spans="1:6">
       <c r="A308" t="s">
-        <v>1174</v>
+        <v>593</v>
       </c>
       <c r="B308" t="s">
-        <v>1175</v>
+        <v>593</v>
       </c>
       <c r="C308" t="s">
-        <v>1196</v>
+        <v>604</v>
       </c>
       <c r="D308" t="s">
-        <v>1197</v>
+        <v>604</v>
       </c>
       <c r="E308" s="2" t="s">
-        <v>1198</v>
-[...3 lines deleted...]
-      </c>
+        <v>605</v>
+      </c>
+      <c r="F308" s="2"/>
     </row>
     <row r="309" spans="1:6">
       <c r="A309" t="s">
-        <v>1174</v>
+        <v>593</v>
       </c>
       <c r="B309" t="s">
-        <v>1175</v>
+        <v>593</v>
       </c>
       <c r="C309" t="s">
-        <v>1200</v>
+        <v>606</v>
       </c>
       <c r="D309" t="s">
-        <v>1201</v>
+        <v>606</v>
       </c>
       <c r="E309" s="2" t="s">
-        <v>1202</v>
-[...3 lines deleted...]
-      </c>
+        <v>607</v>
+      </c>
+      <c r="F309" s="2"/>
     </row>
     <row r="310" spans="1:6">
       <c r="A310" t="s">
-        <v>1174</v>
+        <v>593</v>
       </c>
       <c r="B310" t="s">
-        <v>1175</v>
+        <v>593</v>
       </c>
       <c r="C310" t="s">
-        <v>1204</v>
+        <v>608</v>
       </c>
       <c r="D310" t="s">
-        <v>1205</v>
+        <v>608</v>
       </c>
       <c r="E310" s="2" t="s">
-        <v>1206</v>
-[...3 lines deleted...]
-      </c>
+        <v>609</v>
+      </c>
+      <c r="F310" s="2"/>
     </row>
     <row r="311" spans="1:6">
       <c r="A311" t="s">
-        <v>1174</v>
+        <v>593</v>
       </c>
       <c r="B311" t="s">
-        <v>1175</v>
+        <v>593</v>
       </c>
       <c r="C311" t="s">
-        <v>1208</v>
+        <v>610</v>
       </c>
       <c r="D311" t="s">
-        <v>1209</v>
+        <v>610</v>
       </c>
       <c r="E311" s="2" t="s">
-        <v>1210</v>
-[...3 lines deleted...]
-      </c>
+        <v>611</v>
+      </c>
+      <c r="F311" s="2"/>
     </row>
     <row r="312" spans="1:6">
       <c r="A312" t="s">
-        <v>1174</v>
+        <v>593</v>
       </c>
       <c r="B312" t="s">
-        <v>1175</v>
+        <v>593</v>
       </c>
       <c r="C312" t="s">
-        <v>1212</v>
+        <v>612</v>
       </c>
       <c r="D312" t="s">
-        <v>1213</v>
+        <v>612</v>
       </c>
       <c r="E312" s="2" t="s">
-        <v>1214</v>
-[...3 lines deleted...]
-      </c>
+        <v>613</v>
+      </c>
+      <c r="F312" s="2"/>
     </row>
     <row r="313" spans="1:6">
       <c r="A313" t="s">
-        <v>1174</v>
+        <v>593</v>
       </c>
       <c r="B313" t="s">
-        <v>1175</v>
+        <v>593</v>
       </c>
       <c r="C313" t="s">
-        <v>1216</v>
+        <v>614</v>
       </c>
       <c r="D313" t="s">
-        <v>1217</v>
+        <v>614</v>
       </c>
       <c r="E313" s="2" t="s">
-        <v>1218</v>
-[...3 lines deleted...]
-      </c>
+        <v>615</v>
+      </c>
+      <c r="F313" s="2"/>
     </row>
     <row r="314" spans="1:6">
       <c r="A314" t="s">
-        <v>1174</v>
+        <v>593</v>
       </c>
       <c r="B314" t="s">
-        <v>1175</v>
+        <v>593</v>
       </c>
       <c r="C314" t="s">
-        <v>1220</v>
+        <v>616</v>
       </c>
       <c r="D314" t="s">
-        <v>1221</v>
+        <v>616</v>
       </c>
       <c r="E314" s="2" t="s">
-        <v>1222</v>
-[...3 lines deleted...]
-      </c>
+        <v>617</v>
+      </c>
+      <c r="F314" s="2"/>
     </row>
     <row r="315" spans="1:6">
       <c r="A315" t="s">
-        <v>1174</v>
+        <v>593</v>
       </c>
       <c r="B315" t="s">
-        <v>1175</v>
+        <v>593</v>
       </c>
       <c r="C315" t="s">
-        <v>1224</v>
+        <v>618</v>
       </c>
       <c r="D315" t="s">
-        <v>1225</v>
+        <v>618</v>
       </c>
       <c r="E315" s="2" t="s">
-        <v>1226</v>
-[...3 lines deleted...]
-      </c>
+        <v>619</v>
+      </c>
+      <c r="F315" s="2"/>
     </row>
     <row r="316" spans="1:6">
       <c r="A316" t="s">
-        <v>1174</v>
+        <v>593</v>
       </c>
       <c r="B316" t="s">
-        <v>1175</v>
+        <v>593</v>
       </c>
       <c r="C316" t="s">
-        <v>1228</v>
+        <v>620</v>
       </c>
       <c r="D316" t="s">
-        <v>1229</v>
+        <v>620</v>
       </c>
       <c r="E316" s="2" t="s">
-        <v>1230</v>
-[...3 lines deleted...]
-      </c>
+        <v>621</v>
+      </c>
+      <c r="F316" s="2"/>
     </row>
     <row r="317" spans="1:6">
       <c r="A317" t="s">
-        <v>1174</v>
+        <v>593</v>
       </c>
       <c r="B317" t="s">
-        <v>1175</v>
+        <v>593</v>
       </c>
       <c r="C317" t="s">
-        <v>1232</v>
+        <v>622</v>
       </c>
       <c r="D317" t="s">
-        <v>1233</v>
+        <v>622</v>
       </c>
       <c r="E317" s="2" t="s">
-        <v>1234</v>
-[...3 lines deleted...]
-      </c>
+        <v>623</v>
+      </c>
+      <c r="F317" s="2"/>
     </row>
     <row r="318" spans="1:6">
       <c r="A318" t="s">
-        <v>1174</v>
+        <v>593</v>
       </c>
       <c r="B318" t="s">
-        <v>1175</v>
+        <v>593</v>
       </c>
       <c r="C318" t="s">
-        <v>1236</v>
+        <v>624</v>
       </c>
       <c r="D318" t="s">
-        <v>824</v>
+        <v>624</v>
       </c>
       <c r="E318" s="2" t="s">
-        <v>1237</v>
-[...3 lines deleted...]
-      </c>
+        <v>625</v>
+      </c>
+      <c r="F318" s="2"/>
     </row>
     <row r="319" spans="1:6">
       <c r="A319" t="s">
-        <v>1174</v>
+        <v>593</v>
       </c>
       <c r="B319" t="s">
-        <v>1175</v>
+        <v>593</v>
       </c>
       <c r="C319" t="s">
-        <v>1239</v>
+        <v>626</v>
       </c>
       <c r="D319" t="s">
-        <v>1240</v>
+        <v>626</v>
       </c>
       <c r="E319" s="2" t="s">
-        <v>1241</v>
-[...3 lines deleted...]
-      </c>
+        <v>627</v>
+      </c>
+      <c r="F319" s="2"/>
     </row>
     <row r="320" spans="1:6">
       <c r="A320" t="s">
-        <v>1174</v>
+        <v>593</v>
       </c>
       <c r="B320" t="s">
-        <v>1175</v>
+        <v>593</v>
       </c>
       <c r="C320" t="s">
-        <v>1243</v>
+        <v>628</v>
       </c>
       <c r="D320" t="s">
-        <v>1244</v>
+        <v>628</v>
       </c>
       <c r="E320" s="2" t="s">
-        <v>1245</v>
-[...3 lines deleted...]
-      </c>
+        <v>629</v>
+      </c>
+      <c r="F320" s="2"/>
     </row>
     <row r="321" spans="1:6">
       <c r="A321" t="s">
-        <v>1174</v>
+        <v>593</v>
       </c>
       <c r="B321" t="s">
-        <v>1175</v>
+        <v>593</v>
       </c>
       <c r="C321" t="s">
-        <v>1247</v>
+        <v>630</v>
       </c>
       <c r="D321" t="s">
-        <v>1248</v>
+        <v>630</v>
       </c>
       <c r="E321" s="2" t="s">
-        <v>1249</v>
-[...3 lines deleted...]
-      </c>
+        <v>631</v>
+      </c>
+      <c r="F321" s="2"/>
     </row>
     <row r="322" spans="1:6">
       <c r="A322" t="s">
-        <v>1174</v>
+        <v>593</v>
       </c>
       <c r="B322" t="s">
-        <v>1175</v>
+        <v>593</v>
       </c>
       <c r="C322" t="s">
-        <v>1251</v>
+        <v>632</v>
       </c>
       <c r="D322" t="s">
-        <v>1252</v>
+        <v>632</v>
       </c>
       <c r="E322" s="2" t="s">
-        <v>1253</v>
-[...3 lines deleted...]
-      </c>
+        <v>633</v>
+      </c>
+      <c r="F322" s="2"/>
     </row>
     <row r="323" spans="1:6">
       <c r="A323" t="s">
-        <v>1174</v>
+        <v>593</v>
       </c>
       <c r="B323" t="s">
-        <v>1175</v>
+        <v>593</v>
       </c>
       <c r="C323" t="s">
-        <v>1255</v>
+        <v>634</v>
       </c>
       <c r="D323" t="s">
-        <v>1256</v>
+        <v>634</v>
       </c>
       <c r="E323" s="2" t="s">
-        <v>1257</v>
-[...3 lines deleted...]
-      </c>
+        <v>635</v>
+      </c>
+      <c r="F323" s="2"/>
     </row>
     <row r="324" spans="1:6">
       <c r="A324" t="s">
-        <v>1174</v>
+        <v>593</v>
       </c>
       <c r="B324" t="s">
-        <v>1175</v>
+        <v>593</v>
       </c>
       <c r="C324" t="s">
-        <v>1259</v>
+        <v>636</v>
       </c>
       <c r="D324" t="s">
-        <v>1260</v>
+        <v>636</v>
       </c>
       <c r="E324" s="2" t="s">
-        <v>1261</v>
-[...3 lines deleted...]
-      </c>
+        <v>637</v>
+      </c>
+      <c r="F324" s="2"/>
     </row>
     <row r="325" spans="1:6">
       <c r="A325" t="s">
-        <v>1174</v>
+        <v>593</v>
       </c>
       <c r="B325" t="s">
-        <v>1175</v>
+        <v>593</v>
       </c>
       <c r="C325" t="s">
-        <v>1263</v>
+        <v>638</v>
       </c>
       <c r="D325" t="s">
-        <v>1264</v>
+        <v>638</v>
       </c>
       <c r="E325" s="2" t="s">
-        <v>1265</v>
-[...3 lines deleted...]
-      </c>
+        <v>639</v>
+      </c>
+      <c r="F325" s="2"/>
     </row>
     <row r="326" spans="1:6">
       <c r="A326" t="s">
-        <v>1174</v>
+        <v>593</v>
       </c>
       <c r="B326" t="s">
-        <v>1175</v>
+        <v>593</v>
       </c>
       <c r="C326" t="s">
-        <v>1267</v>
+        <v>640</v>
       </c>
       <c r="D326" t="s">
-        <v>1268</v>
+        <v>640</v>
       </c>
       <c r="E326" s="2" t="s">
-        <v>1269</v>
-[...3 lines deleted...]
-      </c>
+        <v>641</v>
+      </c>
+      <c r="F326" s="2"/>
     </row>
     <row r="327" spans="1:6">
       <c r="A327" t="s">
-        <v>1174</v>
+        <v>593</v>
       </c>
       <c r="B327" t="s">
-        <v>1175</v>
+        <v>593</v>
       </c>
       <c r="C327" t="s">
-        <v>1271</v>
+        <v>642</v>
       </c>
       <c r="D327" t="s">
-        <v>1272</v>
+        <v>642</v>
       </c>
       <c r="E327" s="2" t="s">
-        <v>1273</v>
-[...3 lines deleted...]
-      </c>
+        <v>643</v>
+      </c>
+      <c r="F327" s="2"/>
     </row>
     <row r="328" spans="1:6">
       <c r="A328" t="s">
-        <v>1174</v>
+        <v>593</v>
       </c>
       <c r="B328" t="s">
-        <v>1175</v>
+        <v>593</v>
       </c>
       <c r="C328" t="s">
-        <v>1275</v>
+        <v>644</v>
       </c>
       <c r="D328" t="s">
-        <v>1276</v>
+        <v>644</v>
       </c>
       <c r="E328" s="2" t="s">
-        <v>1277</v>
-[...3 lines deleted...]
-      </c>
+        <v>645</v>
+      </c>
+      <c r="F328" s="2"/>
     </row>
     <row r="329" spans="1:6">
       <c r="A329" t="s">
-        <v>1174</v>
+        <v>593</v>
       </c>
       <c r="B329" t="s">
-        <v>1175</v>
+        <v>593</v>
       </c>
       <c r="C329" t="s">
-        <v>1279</v>
+        <v>646</v>
       </c>
       <c r="D329" t="s">
-        <v>1280</v>
+        <v>646</v>
       </c>
       <c r="E329" s="2" t="s">
-        <v>1281</v>
-[...3 lines deleted...]
-      </c>
+        <v>647</v>
+      </c>
+      <c r="F329" s="2"/>
     </row>
     <row r="330" spans="1:6">
       <c r="A330" t="s">
-        <v>1174</v>
+        <v>593</v>
       </c>
       <c r="B330" t="s">
-        <v>1175</v>
+        <v>593</v>
       </c>
       <c r="C330" t="s">
-        <v>1283</v>
+        <v>648</v>
       </c>
       <c r="D330" t="s">
-        <v>1284</v>
+        <v>648</v>
       </c>
       <c r="E330" s="2" t="s">
-        <v>1285</v>
-[...3 lines deleted...]
-      </c>
+        <v>649</v>
+      </c>
+      <c r="F330" s="2"/>
     </row>
     <row r="331" spans="1:6">
       <c r="A331" t="s">
-        <v>1174</v>
+        <v>593</v>
       </c>
       <c r="B331" t="s">
-        <v>1175</v>
+        <v>593</v>
       </c>
       <c r="C331" t="s">
-        <v>1287</v>
+        <v>650</v>
       </c>
       <c r="D331" t="s">
-        <v>1288</v>
+        <v>650</v>
       </c>
       <c r="E331" s="2" t="s">
-        <v>1289</v>
-[...3 lines deleted...]
-      </c>
+        <v>651</v>
+      </c>
+      <c r="F331" s="2"/>
     </row>
     <row r="332" spans="1:6">
       <c r="A332" t="s">
-        <v>1174</v>
+        <v>593</v>
       </c>
       <c r="B332" t="s">
-        <v>1175</v>
+        <v>593</v>
       </c>
       <c r="C332" t="s">
-        <v>1291</v>
+        <v>652</v>
       </c>
       <c r="D332" t="s">
-        <v>1292</v>
+        <v>652</v>
       </c>
       <c r="E332" s="2" t="s">
-        <v>1293</v>
-[...3 lines deleted...]
-      </c>
+        <v>653</v>
+      </c>
+      <c r="F332" s="2"/>
     </row>
     <row r="333" spans="1:6">
       <c r="A333" t="s">
-        <v>1174</v>
+        <v>593</v>
       </c>
       <c r="B333" t="s">
-        <v>1175</v>
+        <v>593</v>
       </c>
       <c r="C333" t="s">
-        <v>1295</v>
+        <v>654</v>
       </c>
       <c r="D333" t="s">
-        <v>1296</v>
+        <v>654</v>
       </c>
       <c r="E333" s="2" t="s">
-        <v>1297</v>
-[...3 lines deleted...]
-      </c>
+        <v>655</v>
+      </c>
+      <c r="F333" s="2"/>
     </row>
     <row r="334" spans="1:6">
       <c r="A334" t="s">
-        <v>1174</v>
+        <v>593</v>
       </c>
       <c r="B334" t="s">
-        <v>1175</v>
+        <v>593</v>
       </c>
       <c r="C334" t="s">
-        <v>1299</v>
+        <v>656</v>
       </c>
       <c r="D334" t="s">
-        <v>1300</v>
+        <v>656</v>
       </c>
       <c r="E334" s="2" t="s">
-        <v>1301</v>
-[...3 lines deleted...]
-      </c>
+        <v>657</v>
+      </c>
+      <c r="F334" s="2"/>
     </row>
     <row r="335" spans="1:6">
       <c r="A335" t="s">
-        <v>1174</v>
+        <v>593</v>
       </c>
       <c r="B335" t="s">
-        <v>1175</v>
+        <v>593</v>
       </c>
       <c r="C335" t="s">
-        <v>1303</v>
+        <v>658</v>
       </c>
       <c r="D335" t="s">
-        <v>1304</v>
+        <v>658</v>
       </c>
       <c r="E335" s="2" t="s">
-        <v>1305</v>
-[...3 lines deleted...]
-      </c>
+        <v>659</v>
+      </c>
+      <c r="F335" s="2"/>
     </row>
     <row r="336" spans="1:6">
       <c r="A336" t="s">
-        <v>1174</v>
+        <v>593</v>
       </c>
       <c r="B336" t="s">
-        <v>1175</v>
+        <v>593</v>
       </c>
       <c r="C336" t="s">
-        <v>1307</v>
+        <v>660</v>
       </c>
       <c r="D336" t="s">
-        <v>1308</v>
+        <v>660</v>
       </c>
       <c r="E336" s="2" t="s">
-        <v>1309</v>
-[...3 lines deleted...]
-      </c>
+        <v>661</v>
+      </c>
+      <c r="F336" s="2"/>
     </row>
     <row r="337" spans="1:6">
       <c r="A337" t="s">
-        <v>1174</v>
+        <v>593</v>
       </c>
       <c r="B337" t="s">
-        <v>1175</v>
+        <v>593</v>
       </c>
       <c r="C337" t="s">
-        <v>1311</v>
+        <v>662</v>
       </c>
       <c r="D337" t="s">
-        <v>1312</v>
+        <v>662</v>
       </c>
       <c r="E337" s="2" t="s">
-        <v>1313</v>
-[...3 lines deleted...]
-      </c>
+        <v>663</v>
+      </c>
+      <c r="F337" s="2"/>
     </row>
     <row r="338" spans="1:6">
       <c r="A338" t="s">
-        <v>1174</v>
+        <v>593</v>
       </c>
       <c r="B338" t="s">
-        <v>1175</v>
+        <v>593</v>
       </c>
       <c r="C338" t="s">
-        <v>1315</v>
+        <v>664</v>
       </c>
       <c r="D338" t="s">
-        <v>1316</v>
+        <v>664</v>
       </c>
       <c r="E338" s="2" t="s">
-        <v>1317</v>
-[...3 lines deleted...]
-      </c>
+        <v>665</v>
+      </c>
+      <c r="F338" s="2"/>
     </row>
     <row r="339" spans="1:6">
       <c r="A339" t="s">
-        <v>1174</v>
+        <v>593</v>
       </c>
       <c r="B339" t="s">
-        <v>1175</v>
+        <v>593</v>
       </c>
       <c r="C339" t="s">
-        <v>1319</v>
+        <v>666</v>
       </c>
       <c r="D339" t="s">
-        <v>1320</v>
+        <v>666</v>
       </c>
       <c r="E339" s="2" t="s">
-        <v>1321</v>
-[...3 lines deleted...]
-      </c>
+        <v>667</v>
+      </c>
+      <c r="F339" s="2"/>
     </row>
     <row r="340" spans="1:6">
       <c r="A340" t="s">
-        <v>1174</v>
+        <v>593</v>
       </c>
       <c r="B340" t="s">
-        <v>1175</v>
+        <v>593</v>
       </c>
       <c r="C340" t="s">
-        <v>1323</v>
+        <v>668</v>
       </c>
       <c r="D340" t="s">
-        <v>1324</v>
+        <v>668</v>
       </c>
       <c r="E340" s="2" t="s">
-        <v>1325</v>
-[...3 lines deleted...]
-      </c>
+        <v>669</v>
+      </c>
+      <c r="F340" s="2"/>
     </row>
     <row r="341" spans="1:6">
       <c r="A341" t="s">
-        <v>1174</v>
+        <v>593</v>
       </c>
       <c r="B341" t="s">
-        <v>1175</v>
+        <v>593</v>
       </c>
       <c r="C341" t="s">
-        <v>1327</v>
+        <v>670</v>
       </c>
       <c r="D341" t="s">
-        <v>1328</v>
+        <v>670</v>
       </c>
       <c r="E341" s="2" t="s">
-        <v>1329</v>
-[...3 lines deleted...]
-      </c>
+        <v>671</v>
+      </c>
+      <c r="F341" s="2"/>
     </row>
     <row r="342" spans="1:6">
       <c r="A342" t="s">
-        <v>1174</v>
+        <v>593</v>
       </c>
       <c r="B342" t="s">
-        <v>1175</v>
+        <v>593</v>
       </c>
       <c r="C342" t="s">
-        <v>1331</v>
+        <v>672</v>
       </c>
       <c r="D342" t="s">
-        <v>1332</v>
+        <v>672</v>
       </c>
       <c r="E342" s="2" t="s">
-        <v>1333</v>
-[...3 lines deleted...]
-      </c>
+        <v>673</v>
+      </c>
+      <c r="F342" s="2"/>
     </row>
     <row r="343" spans="1:6">
       <c r="A343" t="s">
-        <v>1174</v>
+        <v>593</v>
       </c>
       <c r="B343" t="s">
-        <v>1175</v>
+        <v>593</v>
       </c>
       <c r="C343" t="s">
-        <v>1335</v>
+        <v>674</v>
       </c>
       <c r="D343" t="s">
-        <v>1336</v>
+        <v>674</v>
       </c>
       <c r="E343" s="2" t="s">
-        <v>1337</v>
-[...3 lines deleted...]
-      </c>
+        <v>675</v>
+      </c>
+      <c r="F343" s="2"/>
     </row>
     <row r="344" spans="1:6">
       <c r="A344" t="s">
-        <v>1174</v>
+        <v>593</v>
       </c>
       <c r="B344" t="s">
-        <v>1175</v>
+        <v>593</v>
       </c>
       <c r="C344" t="s">
-        <v>1339</v>
+        <v>676</v>
       </c>
       <c r="D344" t="s">
-        <v>1340</v>
+        <v>676</v>
       </c>
       <c r="E344" s="2" t="s">
-        <v>1341</v>
-[...3 lines deleted...]
-      </c>
+        <v>677</v>
+      </c>
+      <c r="F344" s="2"/>
     </row>
     <row r="345" spans="1:6">
       <c r="A345" t="s">
-        <v>1174</v>
+        <v>593</v>
       </c>
       <c r="B345" t="s">
-        <v>1175</v>
+        <v>593</v>
       </c>
       <c r="C345" t="s">
-        <v>1343</v>
+        <v>678</v>
       </c>
       <c r="D345" t="s">
-        <v>1344</v>
+        <v>678</v>
       </c>
       <c r="E345" s="2" t="s">
-        <v>1345</v>
-[...3 lines deleted...]
-      </c>
+        <v>679</v>
+      </c>
+      <c r="F345" s="2"/>
     </row>
     <row r="346" spans="1:6">
       <c r="A346" t="s">
-        <v>1174</v>
+        <v>593</v>
       </c>
       <c r="B346" t="s">
-        <v>1175</v>
+        <v>593</v>
       </c>
       <c r="C346" t="s">
-        <v>1347</v>
+        <v>680</v>
       </c>
       <c r="D346" t="s">
-        <v>1348</v>
+        <v>680</v>
       </c>
       <c r="E346" s="2" t="s">
-        <v>1349</v>
-[...3 lines deleted...]
-      </c>
+        <v>681</v>
+      </c>
+      <c r="F346" s="2"/>
     </row>
     <row r="347" spans="1:6">
       <c r="A347" t="s">
-        <v>1174</v>
+        <v>593</v>
       </c>
       <c r="B347" t="s">
-        <v>1175</v>
+        <v>593</v>
       </c>
       <c r="C347" t="s">
-        <v>1351</v>
+        <v>682</v>
       </c>
       <c r="D347" t="s">
-        <v>1352</v>
+        <v>682</v>
       </c>
       <c r="E347" s="2" t="s">
-        <v>1353</v>
-[...3 lines deleted...]
-      </c>
+        <v>683</v>
+      </c>
+      <c r="F347" s="2"/>
     </row>
     <row r="348" spans="1:6">
       <c r="A348" t="s">
-        <v>1174</v>
+        <v>593</v>
       </c>
       <c r="B348" t="s">
-        <v>1175</v>
+        <v>593</v>
       </c>
       <c r="C348" t="s">
-        <v>1355</v>
+        <v>684</v>
       </c>
       <c r="D348" t="s">
-        <v>1356</v>
+        <v>684</v>
       </c>
       <c r="E348" s="2" t="s">
-        <v>1357</v>
-[...3 lines deleted...]
-      </c>
+        <v>685</v>
+      </c>
+      <c r="F348" s="2"/>
     </row>
     <row r="349" spans="1:6">
       <c r="A349" t="s">
-        <v>1174</v>
+        <v>593</v>
       </c>
       <c r="B349" t="s">
-        <v>1175</v>
+        <v>593</v>
       </c>
       <c r="C349" t="s">
-        <v>1359</v>
+        <v>686</v>
       </c>
       <c r="D349" t="s">
-        <v>1360</v>
+        <v>686</v>
       </c>
       <c r="E349" s="2" t="s">
-        <v>1361</v>
-[...3 lines deleted...]
-      </c>
+        <v>687</v>
+      </c>
+      <c r="F349" s="2"/>
     </row>
     <row r="350" spans="1:6">
       <c r="A350" t="s">
-        <v>1174</v>
+        <v>593</v>
       </c>
       <c r="B350" t="s">
-        <v>1175</v>
+        <v>593</v>
       </c>
       <c r="C350" t="s">
-        <v>1363</v>
+        <v>688</v>
       </c>
       <c r="D350" t="s">
-        <v>1364</v>
+        <v>688</v>
       </c>
       <c r="E350" s="2" t="s">
-        <v>1365</v>
-[...3 lines deleted...]
-      </c>
+        <v>689</v>
+      </c>
+      <c r="F350" s="2"/>
     </row>
     <row r="351" spans="1:6">
       <c r="A351" t="s">
-        <v>1174</v>
+        <v>593</v>
       </c>
       <c r="B351" t="s">
-        <v>1175</v>
+        <v>593</v>
       </c>
       <c r="C351" t="s">
-        <v>1367</v>
+        <v>690</v>
       </c>
       <c r="D351" t="s">
-        <v>1368</v>
+        <v>690</v>
       </c>
       <c r="E351" s="2" t="s">
-        <v>1369</v>
-[...3 lines deleted...]
-      </c>
+        <v>691</v>
+      </c>
+      <c r="F351" s="2"/>
     </row>
     <row r="352" spans="1:6">
       <c r="A352" t="s">
-        <v>1174</v>
+        <v>593</v>
       </c>
       <c r="B352" t="s">
-        <v>1175</v>
+        <v>593</v>
       </c>
       <c r="C352" t="s">
-        <v>1371</v>
+        <v>692</v>
       </c>
       <c r="D352" t="s">
-        <v>1372</v>
+        <v>692</v>
       </c>
       <c r="E352" s="2" t="s">
-        <v>1373</v>
-[...3 lines deleted...]
-      </c>
+        <v>693</v>
+      </c>
+      <c r="F352" s="2"/>
     </row>
     <row r="353" spans="1:6">
       <c r="A353" t="s">
-        <v>1174</v>
+        <v>593</v>
       </c>
       <c r="B353" t="s">
-        <v>1175</v>
+        <v>593</v>
       </c>
       <c r="C353" t="s">
-        <v>1375</v>
+        <v>694</v>
       </c>
       <c r="D353" t="s">
-        <v>1376</v>
+        <v>694</v>
       </c>
       <c r="E353" s="2" t="s">
-        <v>1377</v>
-[...3 lines deleted...]
-      </c>
+        <v>695</v>
+      </c>
+      <c r="F353" s="2"/>
     </row>
     <row r="354" spans="1:6">
       <c r="A354" t="s">
-        <v>1174</v>
+        <v>593</v>
       </c>
       <c r="B354" t="s">
-        <v>1175</v>
+        <v>593</v>
       </c>
       <c r="C354" t="s">
-        <v>1379</v>
+        <v>696</v>
       </c>
       <c r="D354" t="s">
-        <v>1380</v>
+        <v>696</v>
       </c>
       <c r="E354" s="2" t="s">
-        <v>1381</v>
-[...3 lines deleted...]
-      </c>
+        <v>697</v>
+      </c>
+      <c r="F354" s="2"/>
     </row>
     <row r="355" spans="1:6">
       <c r="A355" t="s">
-        <v>1174</v>
+        <v>593</v>
       </c>
       <c r="B355" t="s">
-        <v>1175</v>
+        <v>593</v>
       </c>
       <c r="C355" t="s">
-        <v>1383</v>
+        <v>698</v>
       </c>
       <c r="D355" t="s">
-        <v>1384</v>
+        <v>698</v>
       </c>
       <c r="E355" s="2" t="s">
-        <v>1385</v>
-[...3 lines deleted...]
-      </c>
+        <v>699</v>
+      </c>
+      <c r="F355" s="2"/>
     </row>
     <row r="356" spans="1:6">
       <c r="A356" t="s">
-        <v>1174</v>
+        <v>593</v>
       </c>
       <c r="B356" t="s">
-        <v>1175</v>
+        <v>593</v>
       </c>
       <c r="C356" t="s">
-        <v>1387</v>
+        <v>700</v>
       </c>
       <c r="D356" t="s">
-        <v>1388</v>
+        <v>700</v>
       </c>
       <c r="E356" s="2" t="s">
-        <v>1389</v>
-[...3 lines deleted...]
-      </c>
+        <v>701</v>
+      </c>
+      <c r="F356" s="2"/>
     </row>
     <row r="357" spans="1:6">
       <c r="A357" t="s">
-        <v>1174</v>
+        <v>593</v>
       </c>
       <c r="B357" t="s">
-        <v>1175</v>
+        <v>593</v>
       </c>
       <c r="C357" t="s">
-        <v>1391</v>
+        <v>702</v>
       </c>
       <c r="D357" t="s">
-        <v>1391</v>
+        <v>702</v>
       </c>
       <c r="E357" s="2" t="s">
-        <v>1392</v>
-[...3 lines deleted...]
-      </c>
+        <v>703</v>
+      </c>
+      <c r="F357" s="2"/>
     </row>
     <row r="358" spans="1:6">
       <c r="A358" t="s">
-        <v>1174</v>
+        <v>593</v>
       </c>
       <c r="B358" t="s">
-        <v>1175</v>
+        <v>593</v>
       </c>
       <c r="C358" t="s">
-        <v>1068</v>
+        <v>539</v>
       </c>
       <c r="D358" t="s">
-        <v>1069</v>
+        <v>539</v>
       </c>
       <c r="E358" s="2" t="s">
-        <v>1394</v>
-[...3 lines deleted...]
-      </c>
+        <v>704</v>
+      </c>
+      <c r="F358" s="2"/>
     </row>
     <row r="359" spans="1:6">
       <c r="A359" t="s">
-        <v>1174</v>
+        <v>593</v>
       </c>
       <c r="B359" t="s">
-        <v>1175</v>
+        <v>593</v>
       </c>
       <c r="C359" t="s">
-        <v>1072</v>
+        <v>541</v>
       </c>
       <c r="D359" t="s">
-        <v>1073</v>
+        <v>541</v>
       </c>
       <c r="E359" s="2" t="s">
-        <v>1396</v>
-[...3 lines deleted...]
-      </c>
+        <v>705</v>
+      </c>
+      <c r="F359" s="2"/>
     </row>
     <row r="360" spans="1:6">
       <c r="A360" t="s">
-        <v>1174</v>
+        <v>593</v>
       </c>
       <c r="B360" t="s">
-        <v>1175</v>
+        <v>593</v>
       </c>
       <c r="C360" t="s">
-        <v>1398</v>
+        <v>706</v>
       </c>
       <c r="D360" t="s">
-        <v>1399</v>
+        <v>706</v>
       </c>
       <c r="E360" s="2" t="s">
-        <v>1400</v>
-[...3 lines deleted...]
-      </c>
+        <v>707</v>
+      </c>
+      <c r="F360" s="2"/>
     </row>
     <row r="361" spans="1:6">
       <c r="A361" t="s">
-        <v>1174</v>
+        <v>593</v>
       </c>
       <c r="B361" t="s">
-        <v>1175</v>
+        <v>593</v>
       </c>
       <c r="C361" t="s">
-        <v>1402</v>
+        <v>708</v>
       </c>
       <c r="D361" t="s">
-        <v>1403</v>
+        <v>708</v>
       </c>
       <c r="E361" s="2" t="s">
-        <v>1404</v>
-[...3 lines deleted...]
-      </c>
+        <v>709</v>
+      </c>
+      <c r="F361" s="2"/>
     </row>
     <row r="362" spans="1:6">
       <c r="A362" t="s">
-        <v>1174</v>
+        <v>593</v>
       </c>
       <c r="B362" t="s">
-        <v>1175</v>
+        <v>593</v>
       </c>
       <c r="C362" t="s">
-        <v>1406</v>
+        <v>710</v>
       </c>
       <c r="D362" t="s">
-        <v>1407</v>
+        <v>710</v>
       </c>
       <c r="E362" s="2" t="s">
-        <v>1408</v>
-[...3 lines deleted...]
-      </c>
+        <v>711</v>
+      </c>
+      <c r="F362" s="2"/>
     </row>
     <row r="363" spans="1:6">
       <c r="A363" t="s">
-        <v>1174</v>
+        <v>593</v>
       </c>
       <c r="B363" t="s">
-        <v>1175</v>
+        <v>593</v>
       </c>
       <c r="C363" t="s">
-        <v>1410</v>
+        <v>712</v>
       </c>
       <c r="D363" t="s">
-        <v>1411</v>
+        <v>712</v>
       </c>
       <c r="E363" s="2" t="s">
-        <v>1412</v>
-[...3 lines deleted...]
-      </c>
+        <v>713</v>
+      </c>
+      <c r="F363" s="2"/>
     </row>
     <row r="364" spans="1:6">
       <c r="A364" t="s">
-        <v>1174</v>
+        <v>593</v>
       </c>
       <c r="B364" t="s">
-        <v>1175</v>
+        <v>593</v>
       </c>
       <c r="C364" t="s">
-        <v>1414</v>
+        <v>714</v>
       </c>
       <c r="D364" t="s">
-        <v>1415</v>
+        <v>714</v>
       </c>
       <c r="E364" s="2" t="s">
-        <v>1416</v>
-[...3 lines deleted...]
-      </c>
+        <v>715</v>
+      </c>
+      <c r="F364" s="2"/>
     </row>
     <row r="365" spans="1:6">
       <c r="A365" t="s">
-        <v>1174</v>
+        <v>593</v>
       </c>
       <c r="B365" t="s">
-        <v>1175</v>
+        <v>593</v>
       </c>
       <c r="C365" t="s">
-        <v>1418</v>
+        <v>716</v>
       </c>
       <c r="D365" t="s">
-        <v>1419</v>
+        <v>716</v>
       </c>
       <c r="E365" s="2" t="s">
-        <v>1420</v>
-[...3 lines deleted...]
-      </c>
+        <v>717</v>
+      </c>
+      <c r="F365" s="2"/>
     </row>
     <row r="366" spans="1:6">
       <c r="A366" t="s">
-        <v>1174</v>
+        <v>593</v>
       </c>
       <c r="B366" t="s">
-        <v>1175</v>
+        <v>593</v>
       </c>
       <c r="C366" t="s">
-        <v>1422</v>
+        <v>718</v>
       </c>
       <c r="D366" t="s">
-        <v>1423</v>
+        <v>718</v>
       </c>
       <c r="E366" s="2" t="s">
-        <v>1424</v>
-[...3 lines deleted...]
-      </c>
+        <v>719</v>
+      </c>
+      <c r="F366" s="2"/>
     </row>
     <row r="367" spans="1:6">
       <c r="A367" t="s">
-        <v>1174</v>
+        <v>593</v>
       </c>
       <c r="B367" t="s">
-        <v>1175</v>
+        <v>593</v>
       </c>
       <c r="C367" t="s">
-        <v>1426</v>
+        <v>720</v>
       </c>
       <c r="D367" t="s">
-        <v>1427</v>
+        <v>720</v>
       </c>
       <c r="E367" s="2" t="s">
-        <v>1428</v>
-[...3 lines deleted...]
-      </c>
+        <v>721</v>
+      </c>
+      <c r="F367" s="2"/>
     </row>
     <row r="368" spans="1:6">
       <c r="A368" t="s">
-        <v>1174</v>
+        <v>593</v>
       </c>
       <c r="B368" t="s">
-        <v>1175</v>
+        <v>593</v>
       </c>
       <c r="C368" t="s">
-        <v>1430</v>
+        <v>722</v>
       </c>
       <c r="D368" t="s">
-        <v>1430</v>
+        <v>722</v>
       </c>
       <c r="E368" s="2" t="s">
-        <v>1431</v>
-[...3 lines deleted...]
-      </c>
+        <v>723</v>
+      </c>
+      <c r="F368" s="2"/>
     </row>
     <row r="369" spans="1:6">
       <c r="A369" t="s">
-        <v>1433</v>
+        <v>724</v>
       </c>
       <c r="B369" t="s">
-        <v>1434</v>
+        <v>724</v>
       </c>
       <c r="C369" t="s">
-        <v>1435</v>
+        <v>725</v>
       </c>
       <c r="D369" t="s">
-        <v>1436</v>
+        <v>725</v>
       </c>
       <c r="E369" s="2" t="s">
-        <v>1437</v>
-[...3 lines deleted...]
-      </c>
+        <v>726</v>
+      </c>
+      <c r="F369" s="2"/>
     </row>
     <row r="370" spans="1:6">
       <c r="A370" t="s">
-        <v>1433</v>
+        <v>724</v>
       </c>
       <c r="B370" t="s">
-        <v>1434</v>
+        <v>724</v>
       </c>
       <c r="C370" t="s">
-        <v>1439</v>
+        <v>727</v>
       </c>
       <c r="D370" t="s">
-        <v>1440</v>
+        <v>727</v>
       </c>
       <c r="E370" s="2" t="s">
-        <v>1441</v>
-[...3 lines deleted...]
-      </c>
+        <v>728</v>
+      </c>
+      <c r="F370" s="2"/>
     </row>
     <row r="371" spans="1:6">
       <c r="A371" t="s">
-        <v>1433</v>
+        <v>724</v>
       </c>
       <c r="B371" t="s">
-        <v>1434</v>
+        <v>724</v>
       </c>
       <c r="C371" t="s">
-        <v>243</v>
+        <v>126</v>
       </c>
       <c r="D371" t="s">
-        <v>244</v>
+        <v>126</v>
       </c>
       <c r="E371" s="2" t="s">
-        <v>1443</v>
-[...3 lines deleted...]
-      </c>
+        <v>729</v>
+      </c>
+      <c r="F371" s="2"/>
     </row>
     <row r="372" spans="1:6">
       <c r="A372" t="s">
-        <v>1433</v>
+        <v>724</v>
       </c>
       <c r="B372" t="s">
-        <v>1434</v>
+        <v>724</v>
       </c>
       <c r="C372" t="s">
-        <v>275</v>
+        <v>142</v>
       </c>
       <c r="D372" t="s">
-        <v>276</v>
+        <v>142</v>
       </c>
       <c r="E372" s="2" t="s">
-        <v>1445</v>
-[...3 lines deleted...]
-      </c>
+        <v>730</v>
+      </c>
+      <c r="F372" s="2"/>
     </row>
     <row r="373" spans="1:6">
       <c r="A373" t="s">
-        <v>1433</v>
+        <v>724</v>
       </c>
       <c r="B373" t="s">
-        <v>1434</v>
+        <v>724</v>
       </c>
       <c r="C373" t="s">
-        <v>1447</v>
+        <v>731</v>
       </c>
       <c r="D373" t="s">
-        <v>1448</v>
+        <v>731</v>
       </c>
       <c r="E373" s="2" t="s">
-        <v>1449</v>
-[...3 lines deleted...]
-      </c>
+        <v>732</v>
+      </c>
+      <c r="F373" s="2"/>
     </row>
     <row r="374" spans="1:6">
       <c r="A374" t="s">
-        <v>1433</v>
+        <v>724</v>
       </c>
       <c r="B374" t="s">
-        <v>1434</v>
+        <v>724</v>
       </c>
       <c r="C374" t="s">
-        <v>1451</v>
+        <v>733</v>
       </c>
       <c r="D374" t="s">
-        <v>1452</v>
+        <v>733</v>
       </c>
       <c r="E374" s="2" t="s">
-        <v>1453</v>
-[...3 lines deleted...]
-      </c>
+        <v>734</v>
+      </c>
+      <c r="F374" s="2"/>
     </row>
     <row r="375" spans="1:6">
       <c r="A375" t="s">
-        <v>1433</v>
+        <v>724</v>
       </c>
       <c r="B375" t="s">
-        <v>1434</v>
+        <v>724</v>
       </c>
       <c r="C375" t="s">
-        <v>1455</v>
+        <v>735</v>
       </c>
       <c r="D375" t="s">
-        <v>1456</v>
+        <v>735</v>
       </c>
       <c r="E375" s="2" t="s">
-        <v>1457</v>
-[...3 lines deleted...]
-      </c>
+        <v>736</v>
+      </c>
+      <c r="F375" s="2"/>
     </row>
     <row r="376" spans="1:6">
       <c r="A376" t="s">
-        <v>1433</v>
+        <v>724</v>
       </c>
       <c r="B376" t="s">
-        <v>1434</v>
+        <v>724</v>
       </c>
       <c r="C376" t="s">
-        <v>1459</v>
+        <v>737</v>
       </c>
       <c r="D376" t="s">
-        <v>1460</v>
+        <v>737</v>
       </c>
       <c r="E376" s="2" t="s">
-        <v>1461</v>
-[...3 lines deleted...]
-      </c>
+        <v>738</v>
+      </c>
+      <c r="F376" s="2"/>
     </row>
     <row r="377" spans="1:6">
       <c r="A377" t="s">
-        <v>1433</v>
+        <v>724</v>
       </c>
       <c r="B377" t="s">
-        <v>1434</v>
+        <v>724</v>
       </c>
       <c r="C377" t="s">
-        <v>1463</v>
+        <v>739</v>
       </c>
       <c r="D377" t="s">
-        <v>1464</v>
+        <v>739</v>
       </c>
       <c r="E377" s="2" t="s">
-        <v>1465</v>
-[...3 lines deleted...]
-      </c>
+        <v>740</v>
+      </c>
+      <c r="F377" s="2"/>
     </row>
     <row r="378" spans="1:6">
       <c r="A378" t="s">
-        <v>1433</v>
+        <v>724</v>
       </c>
       <c r="B378" t="s">
-        <v>1434</v>
+        <v>724</v>
       </c>
       <c r="C378" t="s">
-        <v>1467</v>
+        <v>741</v>
       </c>
       <c r="D378" t="s">
-        <v>1468</v>
+        <v>741</v>
       </c>
       <c r="E378" s="2" t="s">
-        <v>1469</v>
-[...3 lines deleted...]
-      </c>
+        <v>742</v>
+      </c>
+      <c r="F378" s="2"/>
     </row>
     <row r="379" spans="1:6">
       <c r="A379" t="s">
-        <v>1433</v>
+        <v>724</v>
       </c>
       <c r="B379" t="s">
-        <v>1434</v>
+        <v>724</v>
       </c>
       <c r="C379" t="s">
-        <v>1471</v>
+        <v>743</v>
       </c>
       <c r="D379" t="s">
-        <v>1472</v>
+        <v>743</v>
       </c>
       <c r="E379" s="2" t="s">
-        <v>1473</v>
-[...3 lines deleted...]
-      </c>
+        <v>744</v>
+      </c>
+      <c r="F379" s="2"/>
     </row>
     <row r="380" spans="1:6">
       <c r="A380" t="s">
-        <v>1433</v>
+        <v>724</v>
       </c>
       <c r="B380" t="s">
-        <v>1434</v>
+        <v>724</v>
       </c>
       <c r="C380" t="s">
-        <v>1475</v>
+        <v>745</v>
       </c>
       <c r="D380" t="s">
-        <v>1476</v>
+        <v>745</v>
       </c>
       <c r="E380" s="2" t="s">
-        <v>1477</v>
-[...3 lines deleted...]
-      </c>
+        <v>746</v>
+      </c>
+      <c r="F380" s="2"/>
     </row>
     <row r="381" spans="1:6">
       <c r="A381" t="s">
-        <v>1433</v>
+        <v>724</v>
       </c>
       <c r="B381" t="s">
-        <v>1434</v>
+        <v>724</v>
       </c>
       <c r="C381" t="s">
-        <v>1479</v>
+        <v>747</v>
       </c>
       <c r="D381" t="s">
-        <v>1480</v>
+        <v>747</v>
       </c>
       <c r="E381" s="2" t="s">
-        <v>1481</v>
-[...3 lines deleted...]
-      </c>
+        <v>748</v>
+      </c>
+      <c r="F381" s="2"/>
     </row>
     <row r="382" spans="1:6">
       <c r="A382" t="s">
-        <v>1433</v>
+        <v>724</v>
       </c>
       <c r="B382" t="s">
-        <v>1434</v>
+        <v>724</v>
       </c>
       <c r="C382" t="s">
-        <v>1483</v>
+        <v>749</v>
       </c>
       <c r="D382" t="s">
-        <v>1484</v>
+        <v>749</v>
       </c>
       <c r="E382" s="2" t="s">
-        <v>1485</v>
-[...3 lines deleted...]
-      </c>
+        <v>750</v>
+      </c>
+      <c r="F382" s="2"/>
     </row>
     <row r="383" spans="1:6">
       <c r="A383" t="s">
-        <v>1433</v>
+        <v>724</v>
       </c>
       <c r="B383" t="s">
-        <v>1434</v>
+        <v>724</v>
       </c>
       <c r="C383" t="s">
-        <v>1487</v>
+        <v>751</v>
       </c>
       <c r="D383" t="s">
-        <v>1488</v>
+        <v>751</v>
       </c>
       <c r="E383" s="2" t="s">
-        <v>1489</v>
-[...3 lines deleted...]
-      </c>
+        <v>752</v>
+      </c>
+      <c r="F383" s="2"/>
     </row>
     <row r="384" spans="1:6">
       <c r="A384" t="s">
-        <v>1491</v>
+        <v>753</v>
       </c>
       <c r="B384" t="s">
-        <v>1492</v>
+        <v>753</v>
       </c>
       <c r="C384" t="s">
-        <v>1493</v>
+        <v>754</v>
       </c>
       <c r="D384" t="s">
-        <v>1494</v>
+        <v>754</v>
       </c>
       <c r="E384" s="2" t="s">
-        <v>1495</v>
-[...3 lines deleted...]
-      </c>
+        <v>755</v>
+      </c>
+      <c r="F384" s="2"/>
     </row>
     <row r="385" spans="1:6">
       <c r="A385" t="s">
-        <v>1491</v>
+        <v>753</v>
       </c>
       <c r="B385" t="s">
-        <v>1492</v>
+        <v>753</v>
       </c>
       <c r="C385" t="s">
-        <v>1497</v>
+        <v>756</v>
       </c>
       <c r="D385" t="s">
-        <v>1498</v>
+        <v>756</v>
       </c>
       <c r="E385" s="2" t="s">
-        <v>1499</v>
-[...3 lines deleted...]
-      </c>
+        <v>757</v>
+      </c>
+      <c r="F385" s="2"/>
     </row>
     <row r="386" spans="1:6">
       <c r="A386" t="s">
-        <v>1491</v>
+        <v>753</v>
       </c>
       <c r="B386" t="s">
-        <v>1492</v>
+        <v>753</v>
       </c>
       <c r="C386" t="s">
-        <v>1501</v>
+        <v>758</v>
       </c>
       <c r="D386" t="s">
-        <v>1502</v>
+        <v>758</v>
       </c>
       <c r="E386" s="2" t="s">
-        <v>1503</v>
-[...3 lines deleted...]
-      </c>
+        <v>759</v>
+      </c>
+      <c r="F386" s="2"/>
     </row>
     <row r="387" spans="1:6">
       <c r="A387" t="s">
-        <v>1491</v>
+        <v>753</v>
       </c>
       <c r="B387" t="s">
-        <v>1492</v>
+        <v>753</v>
       </c>
       <c r="C387" t="s">
-        <v>1505</v>
+        <v>760</v>
       </c>
       <c r="D387" t="s">
-        <v>1506</v>
+        <v>760</v>
       </c>
       <c r="E387" s="2" t="s">
-        <v>1507</v>
-[...3 lines deleted...]
-      </c>
+        <v>761</v>
+      </c>
+      <c r="F387" s="2"/>
     </row>
     <row r="388" spans="1:6">
       <c r="A388" t="s">
-        <v>1491</v>
+        <v>753</v>
       </c>
       <c r="B388" t="s">
-        <v>1492</v>
+        <v>753</v>
       </c>
       <c r="C388" t="s">
-        <v>1509</v>
+        <v>762</v>
       </c>
       <c r="D388" t="s">
-        <v>1510</v>
+        <v>762</v>
       </c>
       <c r="E388" s="2" t="s">
-        <v>1511</v>
-[...3 lines deleted...]
-      </c>
+        <v>763</v>
+      </c>
+      <c r="F388" s="2"/>
     </row>
     <row r="389" spans="1:6">
       <c r="A389" t="s">
-        <v>1491</v>
+        <v>753</v>
       </c>
       <c r="B389" t="s">
-        <v>1492</v>
+        <v>753</v>
       </c>
       <c r="C389" t="s">
-        <v>1513</v>
+        <v>764</v>
       </c>
       <c r="D389" t="s">
-        <v>1514</v>
+        <v>764</v>
       </c>
       <c r="E389" s="2" t="s">
-        <v>1515</v>
-[...3 lines deleted...]
-      </c>
+        <v>765</v>
+      </c>
+      <c r="F389" s="2"/>
     </row>
     <row r="390" spans="1:6">
       <c r="A390" t="s">
-        <v>1491</v>
+        <v>753</v>
       </c>
       <c r="B390" t="s">
-        <v>1492</v>
+        <v>753</v>
       </c>
       <c r="C390" t="s">
-        <v>1517</v>
+        <v>766</v>
       </c>
       <c r="D390" t="s">
-        <v>1518</v>
+        <v>766</v>
       </c>
       <c r="E390" s="2" t="s">
-        <v>1519</v>
-[...3 lines deleted...]
-      </c>
+        <v>767</v>
+      </c>
+      <c r="F390" s="2"/>
     </row>
     <row r="391" spans="1:6">
       <c r="A391" t="s">
-        <v>1491</v>
+        <v>753</v>
       </c>
       <c r="B391" t="s">
-        <v>1492</v>
+        <v>753</v>
       </c>
       <c r="C391" t="s">
-        <v>1521</v>
+        <v>768</v>
       </c>
       <c r="D391" t="s">
-        <v>1522</v>
+        <v>768</v>
       </c>
       <c r="E391" s="2" t="s">
-        <v>1523</v>
-[...3 lines deleted...]
-      </c>
+        <v>769</v>
+      </c>
+      <c r="F391" s="2"/>
     </row>
     <row r="392" spans="1:6">
       <c r="A392" t="s">
-        <v>1491</v>
+        <v>753</v>
       </c>
       <c r="B392" t="s">
-        <v>1492</v>
+        <v>753</v>
       </c>
       <c r="C392" t="s">
-        <v>181</v>
+        <v>95</v>
       </c>
       <c r="D392" t="s">
-        <v>182</v>
+        <v>95</v>
       </c>
       <c r="E392" s="2" t="s">
-        <v>1525</v>
-[...3 lines deleted...]
-      </c>
+        <v>770</v>
+      </c>
+      <c r="F392" s="2"/>
     </row>
     <row r="393" spans="1:6">
       <c r="A393" t="s">
-        <v>1491</v>
+        <v>753</v>
       </c>
       <c r="B393" t="s">
-        <v>1492</v>
+        <v>753</v>
       </c>
       <c r="C393" t="s">
-        <v>1527</v>
+        <v>771</v>
       </c>
       <c r="D393" t="s">
-        <v>1528</v>
+        <v>771</v>
       </c>
       <c r="E393" s="2" t="s">
-        <v>1529</v>
-[...3 lines deleted...]
-      </c>
+        <v>772</v>
+      </c>
+      <c r="F393" s="2"/>
     </row>
     <row r="394" spans="1:6">
       <c r="A394" t="s">
-        <v>1491</v>
+        <v>753</v>
       </c>
       <c r="B394" t="s">
-        <v>1492</v>
+        <v>753</v>
       </c>
       <c r="C394" t="s">
-        <v>1531</v>
+        <v>773</v>
       </c>
       <c r="D394" t="s">
-        <v>1532</v>
+        <v>773</v>
       </c>
       <c r="E394" s="2" t="s">
-        <v>1533</v>
-[...3 lines deleted...]
-      </c>
+        <v>774</v>
+      </c>
+      <c r="F394" s="2"/>
     </row>
     <row r="395" spans="1:6">
       <c r="A395" t="s">
-        <v>1491</v>
+        <v>753</v>
       </c>
       <c r="B395" t="s">
-        <v>1492</v>
+        <v>753</v>
       </c>
       <c r="C395" t="s">
-        <v>1535</v>
+        <v>775</v>
       </c>
       <c r="D395" t="s">
-        <v>1536</v>
+        <v>775</v>
       </c>
       <c r="E395" s="2" t="s">
-        <v>1537</v>
-[...3 lines deleted...]
-      </c>
+        <v>776</v>
+      </c>
+      <c r="F395" s="2"/>
     </row>
     <row r="396" spans="1:6">
       <c r="A396" t="s">
-        <v>1491</v>
+        <v>753</v>
       </c>
       <c r="B396" t="s">
-        <v>1492</v>
+        <v>753</v>
       </c>
       <c r="C396" t="s">
-        <v>1539</v>
+        <v>777</v>
       </c>
       <c r="D396" t="s">
-        <v>1540</v>
+        <v>777</v>
       </c>
       <c r="E396" s="2" t="s">
-        <v>1541</v>
-[...3 lines deleted...]
-      </c>
+        <v>778</v>
+      </c>
+      <c r="F396" s="2"/>
     </row>
     <row r="397" spans="1:6">
       <c r="A397" t="s">
-        <v>1491</v>
+        <v>753</v>
       </c>
       <c r="B397" t="s">
-        <v>1492</v>
+        <v>753</v>
       </c>
       <c r="C397" t="s">
-        <v>1543</v>
+        <v>779</v>
       </c>
       <c r="D397" t="s">
-        <v>1544</v>
+        <v>779</v>
       </c>
       <c r="E397" s="2" t="s">
-        <v>1545</v>
-[...3 lines deleted...]
-      </c>
+        <v>780</v>
+      </c>
+      <c r="F397" s="2"/>
     </row>
     <row r="398" spans="1:6">
       <c r="A398" t="s">
-        <v>1491</v>
+        <v>753</v>
       </c>
       <c r="B398" t="s">
-        <v>1492</v>
+        <v>753</v>
       </c>
       <c r="C398" t="s">
-        <v>1547</v>
+        <v>781</v>
       </c>
       <c r="D398" t="s">
-        <v>1548</v>
+        <v>781</v>
       </c>
       <c r="E398" s="2" t="s">
-        <v>1549</v>
-[...3 lines deleted...]
-      </c>
+        <v>782</v>
+      </c>
+      <c r="F398" s="2"/>
     </row>
     <row r="399" spans="1:6">
       <c r="A399" t="s">
-        <v>1491</v>
+        <v>753</v>
       </c>
       <c r="B399" t="s">
-        <v>1492</v>
+        <v>753</v>
       </c>
       <c r="C399" t="s">
-        <v>1551</v>
+        <v>783</v>
       </c>
       <c r="D399" t="s">
-        <v>1552</v>
+        <v>783</v>
       </c>
       <c r="E399" s="2" t="s">
-        <v>1553</v>
-[...3 lines deleted...]
-      </c>
+        <v>784</v>
+      </c>
+      <c r="F399" s="2"/>
     </row>
     <row r="400" spans="1:6">
       <c r="A400" t="s">
-        <v>1491</v>
+        <v>753</v>
       </c>
       <c r="B400" t="s">
-        <v>1492</v>
+        <v>753</v>
       </c>
       <c r="C400" t="s">
-        <v>1555</v>
+        <v>785</v>
       </c>
       <c r="D400" t="s">
-        <v>1556</v>
+        <v>785</v>
       </c>
       <c r="E400" s="2" t="s">
-        <v>1557</v>
-[...3 lines deleted...]
-      </c>
+        <v>786</v>
+      </c>
+      <c r="F400" s="2"/>
     </row>
     <row r="401" spans="1:6">
       <c r="A401" t="s">
-        <v>1491</v>
+        <v>753</v>
       </c>
       <c r="B401" t="s">
-        <v>1492</v>
+        <v>753</v>
       </c>
       <c r="C401" t="s">
-        <v>1559</v>
+        <v>787</v>
       </c>
       <c r="D401" t="s">
-        <v>1560</v>
+        <v>787</v>
       </c>
       <c r="E401" s="2" t="s">
-        <v>1561</v>
-[...3 lines deleted...]
-      </c>
+        <v>788</v>
+      </c>
+      <c r="F401" s="2"/>
     </row>
     <row r="402" spans="1:6">
       <c r="A402" t="s">
-        <v>1491</v>
+        <v>753</v>
       </c>
       <c r="B402" t="s">
-        <v>1492</v>
+        <v>753</v>
       </c>
       <c r="C402" t="s">
-        <v>1563</v>
+        <v>789</v>
       </c>
       <c r="D402" t="s">
-        <v>1564</v>
+        <v>789</v>
       </c>
       <c r="E402" s="2" t="s">
-        <v>1565</v>
-[...3 lines deleted...]
-      </c>
+        <v>790</v>
+      </c>
+      <c r="F402" s="2"/>
     </row>
     <row r="403" spans="1:6">
       <c r="A403" t="s">
-        <v>1491</v>
+        <v>753</v>
       </c>
       <c r="B403" t="s">
-        <v>1492</v>
+        <v>753</v>
       </c>
       <c r="C403" t="s">
-        <v>1567</v>
+        <v>791</v>
       </c>
       <c r="D403" t="s">
-        <v>1568</v>
+        <v>791</v>
       </c>
       <c r="E403" s="2" t="s">
-        <v>1569</v>
-[...3 lines deleted...]
-      </c>
+        <v>792</v>
+      </c>
+      <c r="F403" s="2"/>
     </row>
     <row r="404" spans="1:6">
       <c r="A404" t="s">
-        <v>1491</v>
+        <v>753</v>
       </c>
       <c r="B404" t="s">
-        <v>1492</v>
+        <v>753</v>
       </c>
       <c r="C404" t="s">
-        <v>1571</v>
+        <v>793</v>
       </c>
       <c r="D404" t="s">
-        <v>1572</v>
+        <v>793</v>
       </c>
       <c r="E404" s="2" t="s">
-        <v>1573</v>
-[...3 lines deleted...]
-      </c>
+        <v>794</v>
+      </c>
+      <c r="F404" s="2"/>
     </row>
     <row r="405" spans="1:6">
       <c r="A405" t="s">
-        <v>1491</v>
+        <v>753</v>
       </c>
       <c r="B405" t="s">
-        <v>1492</v>
+        <v>753</v>
       </c>
       <c r="C405" t="s">
-        <v>1575</v>
+        <v>795</v>
       </c>
       <c r="D405" t="s">
-        <v>1576</v>
+        <v>795</v>
       </c>
       <c r="E405" s="2" t="s">
-        <v>1577</v>
-[...3 lines deleted...]
-      </c>
+        <v>796</v>
+      </c>
+      <c r="F405" s="2"/>
     </row>
     <row r="406" spans="1:6">
       <c r="A406" t="s">
-        <v>1491</v>
+        <v>753</v>
       </c>
       <c r="B406" t="s">
-        <v>1492</v>
+        <v>753</v>
       </c>
       <c r="C406" t="s">
-        <v>1579</v>
+        <v>797</v>
       </c>
       <c r="D406" t="s">
-        <v>1580</v>
+        <v>797</v>
       </c>
       <c r="E406" s="2" t="s">
-        <v>1581</v>
-[...3 lines deleted...]
-      </c>
+        <v>798</v>
+      </c>
+      <c r="F406" s="2"/>
     </row>
     <row r="407" spans="1:6">
       <c r="A407" t="s">
-        <v>1491</v>
+        <v>753</v>
       </c>
       <c r="B407" t="s">
-        <v>1492</v>
+        <v>753</v>
       </c>
       <c r="C407" t="s">
-        <v>209</v>
+        <v>109</v>
       </c>
       <c r="D407" t="s">
-        <v>210</v>
+        <v>109</v>
       </c>
       <c r="E407" s="2" t="s">
-        <v>1583</v>
-[...3 lines deleted...]
-      </c>
+        <v>799</v>
+      </c>
+      <c r="F407" s="2"/>
     </row>
     <row r="408" spans="1:6">
       <c r="A408" t="s">
-        <v>1491</v>
+        <v>753</v>
       </c>
       <c r="B408" t="s">
-        <v>1492</v>
+        <v>753</v>
       </c>
       <c r="C408" t="s">
-        <v>1585</v>
+        <v>800</v>
       </c>
       <c r="D408" t="s">
-        <v>1586</v>
+        <v>800</v>
       </c>
       <c r="E408" s="2" t="s">
-        <v>1587</v>
-[...3 lines deleted...]
-      </c>
+        <v>801</v>
+      </c>
+      <c r="F408" s="2"/>
     </row>
     <row r="409" spans="1:6">
       <c r="A409" t="s">
-        <v>1491</v>
+        <v>753</v>
       </c>
       <c r="B409" t="s">
-        <v>1492</v>
+        <v>753</v>
       </c>
       <c r="C409" t="s">
-        <v>1589</v>
+        <v>802</v>
       </c>
       <c r="D409" t="s">
-        <v>1590</v>
+        <v>802</v>
       </c>
       <c r="E409" s="2" t="s">
-        <v>1591</v>
-[...3 lines deleted...]
-      </c>
+        <v>803</v>
+      </c>
+      <c r="F409" s="2"/>
     </row>
     <row r="410" spans="1:6">
       <c r="A410" t="s">
-        <v>1593</v>
+        <v>804</v>
       </c>
       <c r="B410" t="s">
-        <v>1594</v>
+        <v>804</v>
       </c>
       <c r="C410" t="s">
-        <v>1595</v>
+        <v>805</v>
       </c>
       <c r="D410" t="s">
-        <v>1596</v>
+        <v>805</v>
       </c>
       <c r="E410" s="2" t="s">
-        <v>1597</v>
-[...3 lines deleted...]
-      </c>
+        <v>806</v>
+      </c>
+      <c r="F410" s="2"/>
     </row>
     <row r="411" spans="1:6">
       <c r="A411" t="s">
-        <v>1593</v>
+        <v>804</v>
       </c>
       <c r="B411" t="s">
-        <v>1594</v>
+        <v>804</v>
       </c>
       <c r="C411" t="s">
-        <v>1599</v>
+        <v>807</v>
       </c>
       <c r="D411" t="s">
-        <v>1600</v>
+        <v>807</v>
       </c>
       <c r="E411" s="2" t="s">
-        <v>1601</v>
-[...3 lines deleted...]
-      </c>
+        <v>808</v>
+      </c>
+      <c r="F411" s="2"/>
     </row>
     <row r="412" spans="1:6">
       <c r="A412" t="s">
-        <v>1593</v>
+        <v>804</v>
       </c>
       <c r="B412" t="s">
-        <v>1594</v>
+        <v>804</v>
       </c>
       <c r="C412" t="s">
-        <v>1603</v>
+        <v>809</v>
       </c>
       <c r="D412" t="s">
-        <v>1604</v>
+        <v>809</v>
       </c>
       <c r="E412" s="2" t="s">
-        <v>1605</v>
-[...3 lines deleted...]
-      </c>
+        <v>810</v>
+      </c>
+      <c r="F412" s="2"/>
     </row>
     <row r="413" spans="1:6">
       <c r="A413" t="s">
-        <v>1593</v>
+        <v>804</v>
       </c>
       <c r="B413" t="s">
-        <v>1594</v>
+        <v>804</v>
       </c>
       <c r="C413" t="s">
-        <v>1607</v>
+        <v>811</v>
       </c>
       <c r="D413" t="s">
-        <v>1608</v>
+        <v>811</v>
       </c>
       <c r="E413" s="2" t="s">
-        <v>1609</v>
-[...3 lines deleted...]
-      </c>
+        <v>812</v>
+      </c>
+      <c r="F413" s="2"/>
     </row>
     <row r="414" spans="1:6">
       <c r="A414" t="s">
-        <v>1593</v>
+        <v>804</v>
       </c>
       <c r="B414" t="s">
-        <v>1594</v>
+        <v>804</v>
       </c>
       <c r="C414" t="s">
-        <v>1611</v>
+        <v>813</v>
       </c>
       <c r="D414" t="s">
-        <v>1612</v>
+        <v>813</v>
       </c>
       <c r="E414" s="2" t="s">
-        <v>1613</v>
-[...3 lines deleted...]
-      </c>
+        <v>814</v>
+      </c>
+      <c r="F414" s="2"/>
     </row>
     <row r="415" spans="1:6">
       <c r="A415" t="s">
-        <v>1593</v>
+        <v>804</v>
       </c>
       <c r="B415" t="s">
-        <v>1594</v>
+        <v>804</v>
       </c>
       <c r="C415" t="s">
-        <v>1615</v>
+        <v>815</v>
       </c>
       <c r="D415" t="s">
-        <v>1616</v>
+        <v>815</v>
       </c>
       <c r="E415" s="2" t="s">
-        <v>1617</v>
-[...3 lines deleted...]
-      </c>
+        <v>816</v>
+      </c>
+      <c r="F415" s="2"/>
     </row>
     <row r="416" spans="1:6">
       <c r="A416" t="s">
-        <v>1593</v>
+        <v>804</v>
       </c>
       <c r="B416" t="s">
-        <v>1594</v>
+        <v>804</v>
       </c>
       <c r="C416" t="s">
-        <v>1619</v>
+        <v>817</v>
       </c>
       <c r="D416" t="s">
-        <v>1620</v>
+        <v>817</v>
       </c>
       <c r="E416" s="2" t="s">
-        <v>1621</v>
-[...3 lines deleted...]
-      </c>
+        <v>818</v>
+      </c>
+      <c r="F416" s="2"/>
     </row>
     <row r="417" spans="1:6">
       <c r="A417" t="s">
-        <v>1593</v>
+        <v>804</v>
       </c>
       <c r="B417" t="s">
-        <v>1594</v>
+        <v>804</v>
       </c>
       <c r="C417" t="s">
-        <v>1623</v>
+        <v>819</v>
       </c>
       <c r="D417" t="s">
-        <v>1624</v>
+        <v>819</v>
       </c>
       <c r="E417" s="2" t="s">
-        <v>1625</v>
-[...3 lines deleted...]
-      </c>
+        <v>820</v>
+      </c>
+      <c r="F417" s="2"/>
     </row>
     <row r="418" spans="1:6">
       <c r="A418" t="s">
-        <v>1593</v>
+        <v>804</v>
       </c>
       <c r="B418" t="s">
-        <v>1594</v>
+        <v>804</v>
       </c>
       <c r="C418" t="s">
-        <v>1627</v>
+        <v>821</v>
       </c>
       <c r="D418" t="s">
-        <v>1628</v>
+        <v>821</v>
       </c>
       <c r="E418" s="2" t="s">
-        <v>1629</v>
-[...3 lines deleted...]
-      </c>
+        <v>822</v>
+      </c>
+      <c r="F418" s="2"/>
     </row>
     <row r="419" spans="1:6">
       <c r="A419" t="s">
-        <v>1593</v>
+        <v>804</v>
       </c>
       <c r="B419" t="s">
-        <v>1594</v>
+        <v>804</v>
       </c>
       <c r="C419" t="s">
-        <v>1631</v>
+        <v>823</v>
       </c>
       <c r="D419" t="s">
-        <v>1632</v>
+        <v>823</v>
       </c>
       <c r="E419" s="2" t="s">
-        <v>1633</v>
-[...3 lines deleted...]
-      </c>
+        <v>824</v>
+      </c>
+      <c r="F419" s="2"/>
     </row>
     <row r="420" spans="1:6">
       <c r="A420" t="s">
-        <v>1593</v>
+        <v>804</v>
       </c>
       <c r="B420" t="s">
-        <v>1594</v>
+        <v>804</v>
       </c>
       <c r="C420" t="s">
-        <v>1635</v>
+        <v>825</v>
       </c>
       <c r="D420" t="s">
-        <v>1636</v>
+        <v>825</v>
       </c>
       <c r="E420" s="2" t="s">
-        <v>1637</v>
-[...3 lines deleted...]
-      </c>
+        <v>826</v>
+      </c>
+      <c r="F420" s="2"/>
     </row>
     <row r="421" spans="1:6">
       <c r="A421" t="s">
-        <v>1593</v>
+        <v>804</v>
       </c>
       <c r="B421" t="s">
-        <v>1594</v>
+        <v>804</v>
       </c>
       <c r="C421" t="s">
-        <v>1639</v>
+        <v>827</v>
       </c>
       <c r="D421" t="s">
-        <v>1640</v>
+        <v>827</v>
       </c>
       <c r="E421" s="2" t="s">
-        <v>1641</v>
-[...3 lines deleted...]
-      </c>
+        <v>828</v>
+      </c>
+      <c r="F421" s="2"/>
     </row>
     <row r="422" spans="1:6">
       <c r="A422" t="s">
-        <v>1643</v>
+        <v>829</v>
       </c>
       <c r="B422" t="s">
-        <v>1644</v>
+        <v>829</v>
       </c>
       <c r="C422" t="s">
-        <v>255</v>
+        <v>132</v>
       </c>
       <c r="D422" t="s">
-        <v>256</v>
+        <v>132</v>
       </c>
       <c r="E422" s="2" t="s">
-        <v>257</v>
-[...3 lines deleted...]
-      </c>
+        <v>133</v>
+      </c>
+      <c r="F422" s="2"/>
     </row>
     <row r="423" spans="1:6">
       <c r="A423" t="s">
-        <v>1643</v>
+        <v>829</v>
       </c>
       <c r="B423" t="s">
-        <v>1644</v>
+        <v>829</v>
       </c>
       <c r="C423" t="s">
-        <v>1646</v>
+        <v>830</v>
       </c>
       <c r="D423" t="s">
-        <v>1647</v>
+        <v>830</v>
       </c>
       <c r="E423" s="2" t="s">
-        <v>1648</v>
-[...3 lines deleted...]
-      </c>
+        <v>831</v>
+      </c>
+      <c r="F423" s="2"/>
     </row>
     <row r="424" spans="1:6">
       <c r="A424" t="s">
-        <v>1643</v>
+        <v>829</v>
       </c>
       <c r="B424" t="s">
-        <v>1644</v>
+        <v>829</v>
       </c>
       <c r="C424" t="s">
-        <v>1650</v>
+        <v>832</v>
       </c>
       <c r="D424" t="s">
-        <v>1651</v>
+        <v>832</v>
       </c>
       <c r="E424" s="2" t="s">
-        <v>1652</v>
-[...3 lines deleted...]
-      </c>
+        <v>833</v>
+      </c>
+      <c r="F424" s="2"/>
     </row>
     <row r="425" spans="1:6">
       <c r="A425" t="s">
-        <v>1643</v>
+        <v>829</v>
       </c>
       <c r="B425" t="s">
-        <v>1644</v>
+        <v>829</v>
       </c>
       <c r="C425" t="s">
-        <v>1654</v>
+        <v>834</v>
       </c>
       <c r="D425" t="s">
-        <v>1655</v>
+        <v>834</v>
       </c>
       <c r="E425" s="2" t="s">
-        <v>1656</v>
-[...3 lines deleted...]
-      </c>
+        <v>835</v>
+      </c>
+      <c r="F425" s="2"/>
     </row>
     <row r="426" spans="1:6">
       <c r="A426" t="s">
-        <v>1658</v>
+        <v>836</v>
       </c>
       <c r="B426" t="s">
-        <v>1659</v>
+        <v>836</v>
       </c>
       <c r="C426" t="s">
-        <v>1660</v>
+        <v>837</v>
       </c>
       <c r="D426" t="s">
-        <v>1661</v>
+        <v>837</v>
       </c>
       <c r="E426" s="2" t="s">
-        <v>1662</v>
-[...3 lines deleted...]
-      </c>
+        <v>838</v>
+      </c>
+      <c r="F426" s="2"/>
     </row>
     <row r="427" spans="1:6">
       <c r="A427" t="s">
-        <v>1658</v>
+        <v>836</v>
       </c>
       <c r="B427" t="s">
-        <v>1659</v>
+        <v>836</v>
       </c>
       <c r="C427" t="s">
-        <v>1664</v>
+        <v>839</v>
       </c>
       <c r="D427" t="s">
-        <v>1665</v>
+        <v>839</v>
       </c>
       <c r="E427" s="2" t="s">
-        <v>1666</v>
-[...3 lines deleted...]
-      </c>
+        <v>840</v>
+      </c>
+      <c r="F427" s="2"/>
     </row>
     <row r="428" spans="1:6">
       <c r="A428" t="s">
-        <v>1658</v>
+        <v>836</v>
       </c>
       <c r="B428" t="s">
-        <v>1659</v>
+        <v>836</v>
       </c>
       <c r="C428" t="s">
-        <v>1668</v>
+        <v>841</v>
       </c>
       <c r="D428" t="s">
-        <v>1669</v>
+        <v>841</v>
       </c>
       <c r="E428" s="2" t="s">
-        <v>1670</v>
-[...3 lines deleted...]
-      </c>
+        <v>842</v>
+      </c>
+      <c r="F428" s="2"/>
     </row>
     <row r="429" spans="1:6">
       <c r="A429" t="s">
-        <v>1658</v>
+        <v>836</v>
       </c>
       <c r="B429" t="s">
-        <v>1659</v>
+        <v>836</v>
       </c>
       <c r="C429" t="s">
-        <v>1672</v>
+        <v>843</v>
       </c>
       <c r="D429" t="s">
-        <v>1673</v>
+        <v>843</v>
       </c>
       <c r="E429" s="2" t="s">
-        <v>1674</v>
-[...3 lines deleted...]
-      </c>
+        <v>844</v>
+      </c>
+      <c r="F429" s="2"/>
     </row>
     <row r="430" spans="1:6">
       <c r="A430" t="s">
-        <v>1658</v>
+        <v>836</v>
       </c>
       <c r="B430" t="s">
-        <v>1659</v>
+        <v>836</v>
       </c>
       <c r="C430" t="s">
-        <v>1676</v>
+        <v>845</v>
       </c>
       <c r="D430" t="s">
-        <v>1677</v>
+        <v>845</v>
       </c>
       <c r="E430" s="2" t="s">
-        <v>1678</v>
-[...3 lines deleted...]
-      </c>
+        <v>846</v>
+      </c>
+      <c r="F430" s="2"/>
     </row>
     <row r="431" spans="1:6">
       <c r="A431" t="s">
-        <v>1658</v>
+        <v>836</v>
       </c>
       <c r="B431" t="s">
-        <v>1659</v>
+        <v>836</v>
       </c>
       <c r="C431" t="s">
-        <v>1680</v>
+        <v>847</v>
       </c>
       <c r="D431" t="s">
-        <v>1681</v>
+        <v>847</v>
       </c>
       <c r="E431" s="2" t="s">
-        <v>1682</v>
-[...3 lines deleted...]
-      </c>
+        <v>848</v>
+      </c>
+      <c r="F431" s="2"/>
     </row>
     <row r="432" spans="1:6">
       <c r="A432" t="s">
-        <v>1658</v>
+        <v>836</v>
       </c>
       <c r="B432" t="s">
-        <v>1659</v>
+        <v>836</v>
       </c>
       <c r="C432" t="s">
-        <v>1684</v>
+        <v>849</v>
       </c>
       <c r="D432" t="s">
-        <v>1685</v>
+        <v>849</v>
       </c>
       <c r="E432" s="2" t="s">
-        <v>1686</v>
-[...3 lines deleted...]
-      </c>
+        <v>850</v>
+      </c>
+      <c r="F432" s="2"/>
     </row>
     <row r="433" spans="1:6">
       <c r="A433" t="s">
-        <v>1658</v>
+        <v>836</v>
       </c>
       <c r="B433" t="s">
-        <v>1659</v>
+        <v>836</v>
       </c>
       <c r="C433" t="s">
-        <v>1688</v>
+        <v>851</v>
       </c>
       <c r="D433" t="s">
-        <v>1689</v>
+        <v>851</v>
       </c>
       <c r="E433" s="2" t="s">
-        <v>1690</v>
-[...3 lines deleted...]
-      </c>
+        <v>852</v>
+      </c>
+      <c r="F433" s="2"/>
     </row>
     <row r="434" spans="1:6">
       <c r="A434" t="s">
-        <v>1658</v>
+        <v>836</v>
       </c>
       <c r="B434" t="s">
-        <v>1659</v>
+        <v>836</v>
       </c>
       <c r="C434" t="s">
-        <v>275</v>
+        <v>142</v>
       </c>
       <c r="D434" t="s">
-        <v>276</v>
+        <v>142</v>
       </c>
       <c r="E434" s="2" t="s">
-        <v>277</v>
-[...3 lines deleted...]
-      </c>
+        <v>143</v>
+      </c>
+      <c r="F434" s="2"/>
     </row>
     <row r="435" spans="1:6">
       <c r="A435" t="s">
-        <v>1658</v>
+        <v>836</v>
       </c>
       <c r="B435" t="s">
-        <v>1659</v>
+        <v>836</v>
       </c>
       <c r="C435" t="s">
-        <v>1693</v>
+        <v>853</v>
       </c>
       <c r="D435" t="s">
-        <v>1694</v>
+        <v>853</v>
       </c>
       <c r="E435" s="2" t="s">
-        <v>1695</v>
-[...3 lines deleted...]
-      </c>
+        <v>854</v>
+      </c>
+      <c r="F435" s="2"/>
     </row>
     <row r="436" spans="1:6">
       <c r="A436" t="s">
-        <v>1658</v>
+        <v>836</v>
       </c>
       <c r="B436" t="s">
-        <v>1659</v>
+        <v>836</v>
       </c>
       <c r="C436" t="s">
-        <v>1697</v>
+        <v>855</v>
       </c>
       <c r="D436" t="s">
-        <v>1698</v>
+        <v>855</v>
       </c>
       <c r="E436" s="2" t="s">
-        <v>1699</v>
-[...3 lines deleted...]
-      </c>
+        <v>856</v>
+      </c>
+      <c r="F436" s="2"/>
     </row>
     <row r="437" spans="1:6">
       <c r="A437" t="s">
-        <v>1658</v>
+        <v>836</v>
       </c>
       <c r="B437" t="s">
-        <v>1659</v>
+        <v>836</v>
       </c>
       <c r="C437" t="s">
-        <v>1701</v>
+        <v>857</v>
       </c>
       <c r="D437" t="s">
-        <v>1702</v>
+        <v>857</v>
       </c>
       <c r="E437" s="2" t="s">
-        <v>1703</v>
-[...3 lines deleted...]
-      </c>
+        <v>858</v>
+      </c>
+      <c r="F437" s="2"/>
     </row>
     <row r="438" spans="1:6">
       <c r="A438" t="s">
-        <v>1658</v>
+        <v>836</v>
       </c>
       <c r="B438" t="s">
-        <v>1659</v>
+        <v>836</v>
       </c>
       <c r="C438" t="s">
-        <v>1705</v>
+        <v>859</v>
       </c>
       <c r="D438" t="s">
-        <v>1706</v>
+        <v>859</v>
       </c>
       <c r="E438" s="2" t="s">
-        <v>1707</v>
-[...3 lines deleted...]
-      </c>
+        <v>860</v>
+      </c>
+      <c r="F438" s="2"/>
     </row>
     <row r="439" spans="1:6">
       <c r="A439" t="s">
-        <v>1658</v>
+        <v>836</v>
       </c>
       <c r="B439" t="s">
-        <v>1659</v>
+        <v>836</v>
       </c>
       <c r="C439" t="s">
-        <v>1709</v>
+        <v>861</v>
       </c>
       <c r="D439" t="s">
-        <v>1710</v>
+        <v>861</v>
       </c>
       <c r="E439" s="2" t="s">
-        <v>1711</v>
-[...3 lines deleted...]
-      </c>
+        <v>862</v>
+      </c>
+      <c r="F439" s="2"/>
     </row>
     <row r="440" spans="1:6">
       <c r="A440" t="s">
-        <v>1658</v>
+        <v>836</v>
       </c>
       <c r="B440" t="s">
-        <v>1659</v>
+        <v>836</v>
       </c>
       <c r="C440" t="s">
-        <v>1713</v>
+        <v>863</v>
       </c>
       <c r="D440" t="s">
-        <v>1714</v>
+        <v>863</v>
       </c>
       <c r="E440" s="2" t="s">
-        <v>1715</v>
-[...3 lines deleted...]
-      </c>
+        <v>864</v>
+      </c>
+      <c r="F440" s="2"/>
     </row>
     <row r="441" spans="1:6">
       <c r="A441" t="s">
-        <v>1658</v>
+        <v>836</v>
       </c>
       <c r="B441" t="s">
-        <v>1659</v>
+        <v>836</v>
       </c>
       <c r="C441" t="s">
-        <v>1717</v>
+        <v>865</v>
       </c>
       <c r="D441" t="s">
-        <v>1718</v>
+        <v>865</v>
       </c>
       <c r="E441" s="2" t="s">
-        <v>1719</v>
-[...3 lines deleted...]
-      </c>
+        <v>866</v>
+      </c>
+      <c r="F441" s="2"/>
     </row>
     <row r="442" spans="1:6">
       <c r="A442" t="s">
-        <v>1658</v>
+        <v>836</v>
       </c>
       <c r="B442" t="s">
-        <v>1659</v>
+        <v>836</v>
       </c>
       <c r="C442" t="s">
-        <v>1721</v>
+        <v>867</v>
       </c>
       <c r="D442" t="s">
-        <v>1722</v>
+        <v>867</v>
       </c>
       <c r="E442" s="2" t="s">
-        <v>1723</v>
-[...3 lines deleted...]
-      </c>
+        <v>868</v>
+      </c>
+      <c r="F442" s="2"/>
     </row>
     <row r="443" spans="1:6">
       <c r="A443" t="s">
-        <v>1658</v>
+        <v>836</v>
       </c>
       <c r="B443" t="s">
-        <v>1659</v>
+        <v>836</v>
       </c>
       <c r="C443" t="s">
-        <v>1725</v>
+        <v>869</v>
       </c>
       <c r="D443" t="s">
-        <v>1726</v>
+        <v>869</v>
       </c>
       <c r="E443" s="2" t="s">
-        <v>1727</v>
-[...3 lines deleted...]
-      </c>
+        <v>870</v>
+      </c>
+      <c r="F443" s="2"/>
     </row>
     <row r="444" spans="1:6">
       <c r="A444" t="s">
-        <v>1658</v>
+        <v>836</v>
       </c>
       <c r="B444" t="s">
-        <v>1659</v>
+        <v>836</v>
       </c>
       <c r="C444" t="s">
-        <v>1729</v>
+        <v>871</v>
       </c>
       <c r="D444" t="s">
-        <v>1730</v>
+        <v>871</v>
       </c>
       <c r="E444" s="2" t="s">
-        <v>1731</v>
-[...3 lines deleted...]
-      </c>
+        <v>872</v>
+      </c>
+      <c r="F444" s="2"/>
     </row>
     <row r="445" spans="1:6">
       <c r="A445" t="s">
-        <v>1658</v>
+        <v>836</v>
       </c>
       <c r="B445" t="s">
-        <v>1659</v>
+        <v>836</v>
       </c>
       <c r="C445" t="s">
-        <v>1733</v>
+        <v>873</v>
       </c>
       <c r="D445" t="s">
-        <v>1734</v>
+        <v>873</v>
       </c>
       <c r="E445" s="2" t="s">
-        <v>1735</v>
-[...3 lines deleted...]
-      </c>
+        <v>874</v>
+      </c>
+      <c r="F445" s="2"/>
     </row>
     <row r="446" spans="1:6">
       <c r="A446" t="s">
-        <v>1658</v>
+        <v>836</v>
       </c>
       <c r="B446" t="s">
-        <v>1659</v>
+        <v>836</v>
       </c>
       <c r="C446" t="s">
-        <v>1737</v>
+        <v>875</v>
       </c>
       <c r="D446" t="s">
-        <v>1738</v>
+        <v>875</v>
       </c>
       <c r="E446" s="2" t="s">
-        <v>1739</v>
-[...3 lines deleted...]
-      </c>
+        <v>876</v>
+      </c>
+      <c r="F446" s="2"/>
     </row>
     <row r="447" spans="1:6">
       <c r="A447" t="s">
-        <v>1658</v>
+        <v>836</v>
       </c>
       <c r="B447" t="s">
-        <v>1659</v>
+        <v>836</v>
       </c>
       <c r="C447" t="s">
-        <v>1741</v>
+        <v>877</v>
       </c>
       <c r="D447" t="s">
-        <v>1742</v>
+        <v>877</v>
       </c>
       <c r="E447" s="2" t="s">
-        <v>1743</v>
-[...3 lines deleted...]
-      </c>
+        <v>878</v>
+      </c>
+      <c r="F447" s="2"/>
     </row>
     <row r="448" spans="1:6">
       <c r="A448" t="s">
-        <v>1658</v>
+        <v>836</v>
       </c>
       <c r="B448" t="s">
-        <v>1659</v>
+        <v>836</v>
       </c>
       <c r="C448" t="s">
-        <v>1745</v>
+        <v>879</v>
       </c>
       <c r="D448" t="s">
-        <v>1746</v>
+        <v>879</v>
       </c>
       <c r="E448" s="2" t="s">
-        <v>1747</v>
-[...3 lines deleted...]
-      </c>
+        <v>880</v>
+      </c>
+      <c r="F448" s="2"/>
     </row>
     <row r="449" spans="1:6">
       <c r="A449" t="s">
-        <v>1658</v>
+        <v>836</v>
       </c>
       <c r="B449" t="s">
-        <v>1659</v>
+        <v>836</v>
       </c>
       <c r="C449" t="s">
-        <v>1749</v>
+        <v>881</v>
       </c>
       <c r="D449" t="s">
-        <v>1750</v>
+        <v>881</v>
       </c>
       <c r="E449" s="2" t="s">
-        <v>1751</v>
-[...3 lines deleted...]
-      </c>
+        <v>882</v>
+      </c>
+      <c r="F449" s="2"/>
     </row>
     <row r="450" spans="1:6">
       <c r="A450" t="s">
-        <v>1658</v>
+        <v>836</v>
       </c>
       <c r="B450" t="s">
-        <v>1659</v>
+        <v>836</v>
       </c>
       <c r="C450" t="s">
-        <v>1753</v>
+        <v>883</v>
       </c>
       <c r="D450" t="s">
-        <v>1754</v>
+        <v>883</v>
       </c>
       <c r="E450" s="2" t="s">
-        <v>1755</v>
-[...3 lines deleted...]
-      </c>
+        <v>884</v>
+      </c>
+      <c r="F450" s="2"/>
     </row>
     <row r="451" spans="1:6">
       <c r="A451" t="s">
-        <v>1658</v>
+        <v>836</v>
       </c>
       <c r="B451" t="s">
-        <v>1659</v>
+        <v>836</v>
       </c>
       <c r="C451" t="s">
-        <v>1757</v>
+        <v>885</v>
       </c>
       <c r="D451" t="s">
-        <v>1758</v>
+        <v>885</v>
       </c>
       <c r="E451" s="2" t="s">
-        <v>1759</v>
-[...3 lines deleted...]
-      </c>
+        <v>886</v>
+      </c>
+      <c r="F451" s="2"/>
     </row>
     <row r="452" spans="1:6">
       <c r="A452" t="s">
-        <v>1658</v>
+        <v>836</v>
       </c>
       <c r="B452" t="s">
-        <v>1659</v>
+        <v>836</v>
       </c>
       <c r="C452" t="s">
-        <v>1761</v>
+        <v>887</v>
       </c>
       <c r="D452" t="s">
-        <v>1762</v>
+        <v>887</v>
       </c>
       <c r="E452" s="2" t="s">
-        <v>1763</v>
-[...3 lines deleted...]
-      </c>
+        <v>888</v>
+      </c>
+      <c r="F452" s="2"/>
     </row>
     <row r="453" spans="1:6">
       <c r="A453" t="s">
-        <v>1658</v>
+        <v>836</v>
       </c>
       <c r="B453" t="s">
-        <v>1659</v>
+        <v>836</v>
       </c>
       <c r="C453" t="s">
-        <v>1765</v>
+        <v>889</v>
       </c>
       <c r="D453" t="s">
-        <v>1766</v>
+        <v>889</v>
       </c>
       <c r="E453" s="2" t="s">
-        <v>1767</v>
-[...3 lines deleted...]
-      </c>
+        <v>890</v>
+      </c>
+      <c r="F453" s="2"/>
     </row>
     <row r="454" spans="1:6">
       <c r="A454" t="s">
-        <v>1658</v>
+        <v>836</v>
       </c>
       <c r="B454" t="s">
-        <v>1659</v>
+        <v>836</v>
       </c>
       <c r="C454" t="s">
-        <v>1769</v>
+        <v>891</v>
       </c>
       <c r="D454" t="s">
-        <v>1770</v>
+        <v>891</v>
       </c>
       <c r="E454" s="2" t="s">
-        <v>1771</v>
-[...3 lines deleted...]
-      </c>
+        <v>892</v>
+      </c>
+      <c r="F454" s="2"/>
     </row>
     <row r="455" spans="1:6">
       <c r="A455" t="s">
-        <v>1658</v>
+        <v>836</v>
       </c>
       <c r="B455" t="s">
-        <v>1659</v>
+        <v>836</v>
       </c>
       <c r="C455" t="s">
-        <v>684</v>
+        <v>346</v>
       </c>
       <c r="D455" t="s">
-        <v>685</v>
+        <v>346</v>
       </c>
       <c r="E455" s="2" t="s">
-        <v>1773</v>
-[...3 lines deleted...]
-      </c>
+        <v>893</v>
+      </c>
+      <c r="F455" s="2"/>
     </row>
     <row r="456" spans="1:6">
       <c r="A456" t="s">
-        <v>1658</v>
+        <v>836</v>
       </c>
       <c r="B456" t="s">
-        <v>1659</v>
+        <v>836</v>
       </c>
       <c r="C456" t="s">
-        <v>1775</v>
+        <v>894</v>
       </c>
       <c r="D456" t="s">
-        <v>1776</v>
+        <v>894</v>
       </c>
       <c r="E456" s="2" t="s">
-        <v>1777</v>
-[...3 lines deleted...]
-      </c>
+        <v>895</v>
+      </c>
+      <c r="F456" s="2"/>
     </row>
     <row r="457" spans="1:6">
       <c r="A457" t="s">
-        <v>1658</v>
+        <v>836</v>
       </c>
       <c r="B457" t="s">
-        <v>1659</v>
+        <v>836</v>
       </c>
       <c r="C457" t="s">
-        <v>688</v>
+        <v>348</v>
       </c>
       <c r="D457" t="s">
-        <v>689</v>
+        <v>348</v>
       </c>
       <c r="E457" s="2" t="s">
-        <v>1779</v>
-[...3 lines deleted...]
-      </c>
+        <v>896</v>
+      </c>
+      <c r="F457" s="2"/>
     </row>
     <row r="458" spans="1:6">
       <c r="A458" t="s">
-        <v>1658</v>
+        <v>836</v>
       </c>
       <c r="B458" t="s">
-        <v>1659</v>
+        <v>836</v>
       </c>
       <c r="C458" t="s">
-        <v>1781</v>
+        <v>897</v>
       </c>
       <c r="D458" t="s">
-        <v>1782</v>
+        <v>897</v>
       </c>
       <c r="E458" s="2" t="s">
-        <v>1783</v>
-[...3 lines deleted...]
-      </c>
+        <v>898</v>
+      </c>
+      <c r="F458" s="2"/>
     </row>
     <row r="459" spans="1:6">
       <c r="A459" t="s">
-        <v>1658</v>
+        <v>836</v>
       </c>
       <c r="B459" t="s">
-        <v>1659</v>
+        <v>836</v>
       </c>
       <c r="C459" t="s">
-        <v>1785</v>
+        <v>899</v>
       </c>
       <c r="D459" t="s">
-        <v>1786</v>
+        <v>899</v>
       </c>
       <c r="E459" s="2" t="s">
-        <v>1787</v>
-[...3 lines deleted...]
-      </c>
+        <v>900</v>
+      </c>
+      <c r="F459" s="2"/>
     </row>
     <row r="460" spans="1:6">
       <c r="A460" t="s">
-        <v>1658</v>
+        <v>836</v>
       </c>
       <c r="B460" t="s">
-        <v>1659</v>
+        <v>836</v>
       </c>
       <c r="C460" t="s">
-        <v>1789</v>
+        <v>901</v>
       </c>
       <c r="D460" t="s">
-        <v>1790</v>
+        <v>901</v>
       </c>
       <c r="E460" s="2" t="s">
-        <v>1791</v>
-[...3 lines deleted...]
-      </c>
+        <v>902</v>
+      </c>
+      <c r="F460" s="2"/>
     </row>
     <row r="461" spans="1:6">
       <c r="A461" t="s">
-        <v>1658</v>
+        <v>836</v>
       </c>
       <c r="B461" t="s">
-        <v>1659</v>
+        <v>836</v>
       </c>
       <c r="C461" t="s">
-        <v>1793</v>
+        <v>903</v>
       </c>
       <c r="D461" t="s">
-        <v>1794</v>
+        <v>903</v>
       </c>
       <c r="E461" s="2" t="s">
-        <v>1795</v>
-[...3 lines deleted...]
-      </c>
+        <v>904</v>
+      </c>
+      <c r="F461" s="2"/>
     </row>
     <row r="462" spans="1:6">
       <c r="A462" t="s">
-        <v>1658</v>
+        <v>836</v>
       </c>
       <c r="B462" t="s">
-        <v>1659</v>
+        <v>836</v>
       </c>
       <c r="C462" t="s">
-        <v>1797</v>
+        <v>905</v>
       </c>
       <c r="D462" t="s">
-        <v>1798</v>
+        <v>905</v>
       </c>
       <c r="E462" s="2" t="s">
-        <v>1799</v>
-[...3 lines deleted...]
-      </c>
+        <v>906</v>
+      </c>
+      <c r="F462" s="2"/>
     </row>
     <row r="463" spans="1:6">
       <c r="A463" t="s">
-        <v>1658</v>
+        <v>836</v>
       </c>
       <c r="B463" t="s">
-        <v>1659</v>
+        <v>836</v>
       </c>
       <c r="C463" t="s">
-        <v>1654</v>
+        <v>834</v>
       </c>
       <c r="D463" t="s">
-        <v>1655</v>
+        <v>834</v>
       </c>
       <c r="E463" s="2" t="s">
-        <v>1656</v>
-[...3 lines deleted...]
-      </c>
+        <v>835</v>
+      </c>
+      <c r="F463" s="2"/>
     </row>
     <row r="464" spans="1:6">
       <c r="A464" t="s">
-        <v>1658</v>
+        <v>836</v>
       </c>
       <c r="B464" t="s">
-        <v>1659</v>
+        <v>836</v>
       </c>
       <c r="C464" t="s">
-        <v>1802</v>
+        <v>907</v>
       </c>
       <c r="D464" t="s">
-        <v>1803</v>
+        <v>907</v>
       </c>
       <c r="E464" s="2" t="s">
-        <v>1804</v>
-[...3 lines deleted...]
-      </c>
+        <v>908</v>
+      </c>
+      <c r="F464" s="2"/>
     </row>
     <row r="465" spans="1:6">
       <c r="A465" t="s">
-        <v>1658</v>
+        <v>836</v>
       </c>
       <c r="B465" t="s">
-        <v>1659</v>
+        <v>836</v>
       </c>
       <c r="C465" t="s">
-        <v>1806</v>
+        <v>909</v>
       </c>
       <c r="D465" t="s">
-        <v>1807</v>
+        <v>909</v>
       </c>
       <c r="E465" s="2" t="s">
-        <v>1808</v>
-[...3 lines deleted...]
-      </c>
+        <v>910</v>
+      </c>
+      <c r="F465" s="2"/>
     </row>
     <row r="466" spans="1:6">
       <c r="A466" t="s">
-        <v>1658</v>
+        <v>836</v>
       </c>
       <c r="B466" t="s">
-        <v>1659</v>
+        <v>836</v>
       </c>
       <c r="C466" t="s">
-        <v>1810</v>
+        <v>911</v>
       </c>
       <c r="D466" t="s">
-        <v>1811</v>
+        <v>911</v>
       </c>
       <c r="E466" s="2" t="s">
-        <v>1812</v>
-[...3 lines deleted...]
-      </c>
+        <v>912</v>
+      </c>
+      <c r="F466" s="2"/>
     </row>
     <row r="467" spans="1:6">
       <c r="A467" t="s">
-        <v>1658</v>
+        <v>836</v>
       </c>
       <c r="B467" t="s">
-        <v>1659</v>
+        <v>836</v>
       </c>
       <c r="C467" t="s">
-        <v>1814</v>
+        <v>913</v>
       </c>
       <c r="D467" t="s">
-        <v>1815</v>
+        <v>913</v>
       </c>
       <c r="E467" s="2" t="s">
-        <v>1816</v>
-[...3 lines deleted...]
-      </c>
+        <v>914</v>
+      </c>
+      <c r="F467" s="2"/>
     </row>
     <row r="468" spans="1:6">
       <c r="A468" t="s">
-        <v>1658</v>
+        <v>836</v>
       </c>
       <c r="B468" t="s">
-        <v>1659</v>
+        <v>836</v>
       </c>
       <c r="C468" t="s">
-        <v>1818</v>
+        <v>915</v>
       </c>
       <c r="D468" t="s">
-        <v>1819</v>
+        <v>915</v>
       </c>
       <c r="E468" s="2" t="s">
-        <v>1820</v>
-[...3 lines deleted...]
-      </c>
+        <v>916</v>
+      </c>
+      <c r="F468" s="2"/>
     </row>
     <row r="469" spans="1:6">
       <c r="A469" t="s">
-        <v>1658</v>
+        <v>836</v>
       </c>
       <c r="B469" t="s">
-        <v>1659</v>
+        <v>836</v>
       </c>
       <c r="C469" t="s">
-        <v>1822</v>
+        <v>917</v>
       </c>
       <c r="D469" t="s">
-        <v>1823</v>
+        <v>917</v>
       </c>
       <c r="E469" s="2" t="s">
-        <v>1824</v>
-[...3 lines deleted...]
-      </c>
+        <v>918</v>
+      </c>
+      <c r="F469" s="2"/>
     </row>
     <row r="470" spans="1:6">
       <c r="A470" t="s">
-        <v>1658</v>
+        <v>836</v>
       </c>
       <c r="B470" t="s">
-        <v>1659</v>
+        <v>836</v>
       </c>
       <c r="C470" t="s">
-        <v>1826</v>
+        <v>919</v>
       </c>
       <c r="D470" t="s">
-        <v>1827</v>
+        <v>919</v>
       </c>
       <c r="E470" s="2" t="s">
-        <v>1828</v>
-[...3 lines deleted...]
-      </c>
+        <v>920</v>
+      </c>
+      <c r="F470" s="2"/>
     </row>
     <row r="471" spans="1:6">
       <c r="A471" t="s">
-        <v>1658</v>
+        <v>836</v>
       </c>
       <c r="B471" t="s">
-        <v>1659</v>
+        <v>836</v>
       </c>
       <c r="C471" t="s">
-        <v>1830</v>
+        <v>921</v>
       </c>
       <c r="D471" t="s">
-        <v>1831</v>
+        <v>921</v>
       </c>
       <c r="E471" s="2" t="s">
-        <v>1832</v>
-[...3 lines deleted...]
-      </c>
+        <v>922</v>
+      </c>
+      <c r="F471" s="2"/>
     </row>
     <row r="472" spans="1:6">
       <c r="A472" t="s">
-        <v>1658</v>
+        <v>836</v>
       </c>
       <c r="B472" t="s">
-        <v>1659</v>
+        <v>836</v>
       </c>
       <c r="C472" t="s">
-        <v>1834</v>
+        <v>923</v>
       </c>
       <c r="D472" t="s">
-        <v>1835</v>
+        <v>923</v>
       </c>
       <c r="E472" s="2" t="s">
-        <v>1836</v>
-[...3 lines deleted...]
-      </c>
+        <v>924</v>
+      </c>
+      <c r="F472" s="2"/>
     </row>
     <row r="473" spans="1:6">
       <c r="A473" t="s">
-        <v>1658</v>
+        <v>836</v>
       </c>
       <c r="B473" t="s">
-        <v>1659</v>
+        <v>836</v>
       </c>
       <c r="C473" t="s">
-        <v>1838</v>
+        <v>925</v>
       </c>
       <c r="D473" t="s">
-        <v>1839</v>
+        <v>925</v>
       </c>
       <c r="E473" s="2" t="s">
-        <v>1840</v>
-[...3 lines deleted...]
-      </c>
+        <v>926</v>
+      </c>
+      <c r="F473" s="2"/>
     </row>
     <row r="474" spans="1:6">
       <c r="A474" t="s">
-        <v>1842</v>
+        <v>927</v>
       </c>
       <c r="B474" t="s">
-        <v>1843</v>
+        <v>927</v>
       </c>
       <c r="C474" t="s">
-        <v>1844</v>
+        <v>928</v>
       </c>
       <c r="D474" t="s">
-        <v>1845</v>
+        <v>928</v>
       </c>
       <c r="E474" s="2" t="s">
-        <v>1846</v>
-[...3 lines deleted...]
-      </c>
+        <v>929</v>
+      </c>
+      <c r="F474" s="2"/>
     </row>
     <row r="475" spans="1:6">
       <c r="A475" t="s">
-        <v>1842</v>
+        <v>927</v>
       </c>
       <c r="B475" t="s">
-        <v>1843</v>
+        <v>927</v>
       </c>
       <c r="C475" t="s">
-        <v>231</v>
+        <v>120</v>
       </c>
       <c r="D475" t="s">
-        <v>232</v>
+        <v>120</v>
       </c>
       <c r="E475" s="2" t="s">
-        <v>1848</v>
-[...3 lines deleted...]
-      </c>
+        <v>930</v>
+      </c>
+      <c r="F475" s="2"/>
     </row>
     <row r="476" spans="1:6">
       <c r="A476" t="s">
-        <v>1842</v>
+        <v>927</v>
       </c>
       <c r="B476" t="s">
-        <v>1843</v>
+        <v>927</v>
       </c>
       <c r="C476" t="s">
-        <v>1850</v>
+        <v>931</v>
       </c>
       <c r="D476" t="s">
-        <v>1851</v>
+        <v>931</v>
       </c>
       <c r="E476" s="2" t="s">
-        <v>1852</v>
-[...3 lines deleted...]
-      </c>
+        <v>932</v>
+      </c>
+      <c r="F476" s="2"/>
     </row>
     <row r="477" spans="1:6">
       <c r="A477" t="s">
-        <v>1842</v>
+        <v>927</v>
       </c>
       <c r="B477" t="s">
-        <v>1843</v>
+        <v>927</v>
       </c>
       <c r="C477" t="s">
-        <v>1854</v>
+        <v>933</v>
       </c>
       <c r="D477" t="s">
-        <v>1855</v>
+        <v>933</v>
       </c>
       <c r="E477" s="2" t="s">
-        <v>1856</v>
-[...3 lines deleted...]
-      </c>
+        <v>934</v>
+      </c>
+      <c r="F477" s="2"/>
     </row>
     <row r="478" spans="1:6">
       <c r="A478" t="s">
-        <v>1842</v>
+        <v>927</v>
       </c>
       <c r="B478" t="s">
-        <v>1843</v>
+        <v>927</v>
       </c>
       <c r="C478" t="s">
-        <v>1858</v>
+        <v>935</v>
       </c>
       <c r="D478" t="s">
-        <v>1859</v>
+        <v>935</v>
       </c>
       <c r="E478" s="2" t="s">
-        <v>1860</v>
-[...3 lines deleted...]
-      </c>
+        <v>936</v>
+      </c>
+      <c r="F478" s="2"/>
     </row>
     <row r="479" spans="1:6">
       <c r="A479" t="s">
-        <v>1842</v>
+        <v>927</v>
       </c>
       <c r="B479" t="s">
-        <v>1843</v>
+        <v>927</v>
       </c>
       <c r="C479" t="s">
-        <v>1862</v>
+        <v>937</v>
       </c>
       <c r="D479" t="s">
-        <v>1863</v>
+        <v>937</v>
       </c>
       <c r="E479" s="2" t="s">
-        <v>1864</v>
-[...3 lines deleted...]
-      </c>
+        <v>938</v>
+      </c>
+      <c r="F479" s="2"/>
     </row>
     <row r="480" spans="1:6">
       <c r="A480" t="s">
-        <v>1842</v>
+        <v>927</v>
       </c>
       <c r="B480" t="s">
-        <v>1843</v>
+        <v>927</v>
       </c>
       <c r="C480" t="s">
-        <v>1517</v>
+        <v>766</v>
       </c>
       <c r="D480" t="s">
-        <v>1518</v>
+        <v>766</v>
       </c>
       <c r="E480" s="2" t="s">
-        <v>1866</v>
-[...3 lines deleted...]
-      </c>
+        <v>939</v>
+      </c>
+      <c r="F480" s="2"/>
     </row>
     <row r="481" spans="1:6">
       <c r="A481" t="s">
-        <v>1842</v>
+        <v>927</v>
       </c>
       <c r="B481" t="s">
-        <v>1843</v>
+        <v>927</v>
       </c>
       <c r="C481" t="s">
-        <v>1868</v>
+        <v>940</v>
       </c>
       <c r="D481" t="s">
-        <v>1869</v>
+        <v>940</v>
       </c>
       <c r="E481" s="2" t="s">
-        <v>1870</v>
-[...3 lines deleted...]
-      </c>
+        <v>941</v>
+      </c>
+      <c r="F481" s="2"/>
     </row>
     <row r="482" spans="1:6">
       <c r="A482" t="s">
-        <v>1842</v>
+        <v>927</v>
       </c>
       <c r="B482" t="s">
-        <v>1843</v>
+        <v>927</v>
       </c>
       <c r="C482" t="s">
-        <v>1872</v>
+        <v>942</v>
       </c>
       <c r="D482" t="s">
-        <v>1873</v>
+        <v>942</v>
       </c>
       <c r="E482" s="2" t="s">
-        <v>1874</v>
-[...3 lines deleted...]
-      </c>
+        <v>943</v>
+      </c>
+      <c r="F482" s="2"/>
     </row>
     <row r="483" spans="1:6">
       <c r="A483" t="s">
-        <v>1842</v>
+        <v>927</v>
       </c>
       <c r="B483" t="s">
-        <v>1843</v>
+        <v>927</v>
       </c>
       <c r="C483" t="s">
-        <v>1876</v>
+        <v>944</v>
       </c>
       <c r="D483" t="s">
-        <v>1877</v>
+        <v>944</v>
       </c>
       <c r="E483" s="2" t="s">
-        <v>1878</v>
-[...3 lines deleted...]
-      </c>
+        <v>945</v>
+      </c>
+      <c r="F483" s="2"/>
     </row>
     <row r="484" spans="1:6">
       <c r="A484" t="s">
-        <v>1842</v>
+        <v>927</v>
       </c>
       <c r="B484" t="s">
-        <v>1843</v>
+        <v>927</v>
       </c>
       <c r="C484" t="s">
-        <v>1880</v>
+        <v>946</v>
       </c>
       <c r="D484" t="s">
-        <v>1881</v>
+        <v>946</v>
       </c>
       <c r="E484" s="2" t="s">
-        <v>1882</v>
-[...3 lines deleted...]
-      </c>
+        <v>947</v>
+      </c>
+      <c r="F484" s="2"/>
     </row>
     <row r="485" spans="1:6">
       <c r="A485" t="s">
-        <v>1842</v>
+        <v>927</v>
       </c>
       <c r="B485" t="s">
-        <v>1843</v>
+        <v>927</v>
       </c>
       <c r="C485" t="s">
-        <v>1884</v>
+        <v>948</v>
       </c>
       <c r="D485" t="s">
-        <v>1885</v>
+        <v>948</v>
       </c>
       <c r="E485" s="2" t="s">
-        <v>1886</v>
-[...3 lines deleted...]
-      </c>
+        <v>949</v>
+      </c>
+      <c r="F485" s="2"/>
     </row>
     <row r="486" spans="1:6">
       <c r="A486" t="s">
-        <v>1842</v>
+        <v>927</v>
       </c>
       <c r="B486" t="s">
-        <v>1843</v>
+        <v>927</v>
       </c>
       <c r="C486" t="s">
-        <v>1888</v>
+        <v>950</v>
       </c>
       <c r="D486" t="s">
-        <v>1889</v>
+        <v>950</v>
       </c>
       <c r="E486" s="2" t="s">
-        <v>1890</v>
-[...3 lines deleted...]
-      </c>
+        <v>951</v>
+      </c>
+      <c r="F486" s="2"/>
     </row>
     <row r="487" spans="1:6">
       <c r="A487" t="s">
-        <v>1842</v>
+        <v>927</v>
       </c>
       <c r="B487" t="s">
-        <v>1843</v>
+        <v>927</v>
       </c>
       <c r="C487" t="s">
-        <v>1892</v>
+        <v>952</v>
       </c>
       <c r="D487" t="s">
-        <v>1893</v>
+        <v>952</v>
       </c>
       <c r="E487" s="2" t="s">
-        <v>1894</v>
-[...3 lines deleted...]
-      </c>
+        <v>953</v>
+      </c>
+      <c r="F487" s="2"/>
     </row>
     <row r="488" spans="1:6">
       <c r="A488" t="s">
-        <v>1842</v>
+        <v>927</v>
       </c>
       <c r="B488" t="s">
-        <v>1843</v>
+        <v>927</v>
       </c>
       <c r="C488" t="s">
-        <v>1896</v>
+        <v>954</v>
       </c>
       <c r="D488" t="s">
-        <v>1897</v>
+        <v>954</v>
       </c>
       <c r="E488" s="2" t="s">
-        <v>1898</v>
-[...3 lines deleted...]
-      </c>
+        <v>955</v>
+      </c>
+      <c r="F488" s="2"/>
     </row>
     <row r="489" spans="1:6">
       <c r="A489" t="s">
-        <v>1842</v>
+        <v>927</v>
       </c>
       <c r="B489" t="s">
-        <v>1843</v>
+        <v>927</v>
       </c>
       <c r="C489" t="s">
-        <v>1900</v>
+        <v>956</v>
       </c>
       <c r="D489" t="s">
-        <v>1901</v>
+        <v>956</v>
       </c>
       <c r="E489" s="2" t="s">
-        <v>1902</v>
-[...3 lines deleted...]
-      </c>
+        <v>957</v>
+      </c>
+      <c r="F489" s="2"/>
     </row>
     <row r="490" spans="1:6">
       <c r="A490" t="s">
-        <v>1842</v>
+        <v>927</v>
       </c>
       <c r="B490" t="s">
-        <v>1843</v>
+        <v>927</v>
       </c>
       <c r="C490" t="s">
-        <v>1904</v>
+        <v>958</v>
       </c>
       <c r="D490" t="s">
-        <v>1905</v>
+        <v>958</v>
       </c>
       <c r="E490" s="2" t="s">
-        <v>1906</v>
-[...3 lines deleted...]
-      </c>
+        <v>959</v>
+      </c>
+      <c r="F490" s="2"/>
     </row>
     <row r="491" spans="1:6">
       <c r="A491" t="s">
-        <v>1842</v>
+        <v>927</v>
       </c>
       <c r="B491" t="s">
-        <v>1843</v>
+        <v>927</v>
       </c>
       <c r="C491" t="s">
-        <v>315</v>
+        <v>162</v>
       </c>
       <c r="D491" t="s">
-        <v>316</v>
+        <v>162</v>
       </c>
       <c r="E491" s="2" t="s">
-        <v>494</v>
-[...3 lines deleted...]
-      </c>
+        <v>251</v>
+      </c>
+      <c r="F491" s="2"/>
     </row>
     <row r="492" spans="1:6">
       <c r="A492" t="s">
-        <v>1842</v>
+        <v>927</v>
       </c>
       <c r="B492" t="s">
-        <v>1843</v>
+        <v>927</v>
       </c>
       <c r="C492" t="s">
-        <v>496</v>
+        <v>252</v>
       </c>
       <c r="D492" t="s">
-        <v>497</v>
+        <v>252</v>
       </c>
       <c r="E492" s="2" t="s">
-        <v>1909</v>
-[...3 lines deleted...]
-      </c>
+        <v>960</v>
+      </c>
+      <c r="F492" s="2"/>
     </row>
     <row r="493" spans="1:6">
       <c r="A493" t="s">
-        <v>1842</v>
+        <v>927</v>
       </c>
       <c r="B493" t="s">
-        <v>1843</v>
+        <v>927</v>
       </c>
       <c r="C493" t="s">
-        <v>1911</v>
+        <v>961</v>
       </c>
       <c r="D493" t="s">
-        <v>1912</v>
+        <v>961</v>
       </c>
       <c r="E493" s="2" t="s">
-        <v>1913</v>
-[...3 lines deleted...]
-      </c>
+        <v>962</v>
+      </c>
+      <c r="F493" s="2"/>
     </row>
     <row r="494" spans="1:6">
       <c r="A494" t="s">
-        <v>1842</v>
+        <v>927</v>
       </c>
       <c r="B494" t="s">
-        <v>1843</v>
+        <v>927</v>
       </c>
       <c r="C494" t="s">
-        <v>1915</v>
+        <v>963</v>
       </c>
       <c r="D494" t="s">
-        <v>1916</v>
+        <v>963</v>
       </c>
       <c r="E494" s="2" t="s">
-        <v>1917</v>
-[...3 lines deleted...]
-      </c>
+        <v>964</v>
+      </c>
+      <c r="F494" s="2"/>
     </row>
     <row r="495" spans="1:6">
       <c r="A495" t="s">
-        <v>1842</v>
+        <v>927</v>
       </c>
       <c r="B495" t="s">
-        <v>1843</v>
+        <v>927</v>
       </c>
       <c r="C495" t="s">
-        <v>1426</v>
+        <v>720</v>
       </c>
       <c r="D495" t="s">
-        <v>1427</v>
+        <v>720</v>
       </c>
       <c r="E495" s="2" t="s">
-        <v>1919</v>
-[...3 lines deleted...]
-      </c>
+        <v>965</v>
+      </c>
+      <c r="F495" s="2"/>
     </row>
     <row r="496" spans="1:6">
       <c r="A496" t="s">
-        <v>1921</v>
+        <v>966</v>
       </c>
       <c r="B496" t="s">
-        <v>1922</v>
+        <v>966</v>
       </c>
       <c r="C496" t="s">
-        <v>1923</v>
+        <v>967</v>
       </c>
       <c r="D496" t="s">
-        <v>1924</v>
+        <v>967</v>
       </c>
       <c r="E496" s="2" t="s">
-        <v>1925</v>
-[...3 lines deleted...]
-      </c>
+        <v>968</v>
+      </c>
+      <c r="F496" s="2"/>
     </row>
     <row r="497" spans="1:6">
       <c r="A497" t="s">
-        <v>1921</v>
+        <v>966</v>
       </c>
       <c r="B497" t="s">
-        <v>1922</v>
+        <v>966</v>
       </c>
       <c r="C497" t="s">
-        <v>1927</v>
+        <v>969</v>
       </c>
       <c r="D497" t="s">
-        <v>1928</v>
+        <v>969</v>
       </c>
       <c r="E497" s="2" t="s">
-        <v>1929</v>
-[...3 lines deleted...]
-      </c>
+        <v>970</v>
+      </c>
+      <c r="F497" s="2"/>
     </row>
     <row r="498" spans="1:6">
       <c r="A498" t="s">
-        <v>1921</v>
+        <v>966</v>
       </c>
       <c r="B498" t="s">
-        <v>1922</v>
+        <v>966</v>
       </c>
       <c r="C498" t="s">
-        <v>1931</v>
+        <v>971</v>
       </c>
       <c r="D498" t="s">
-        <v>1932</v>
+        <v>971</v>
       </c>
       <c r="E498" s="2" t="s">
-        <v>1933</v>
-[...3 lines deleted...]
-      </c>
+        <v>972</v>
+      </c>
+      <c r="F498" s="2"/>
     </row>
     <row r="499" spans="1:6">
       <c r="A499" t="s">
-        <v>1921</v>
+        <v>966</v>
       </c>
       <c r="B499" t="s">
-        <v>1922</v>
+        <v>966</v>
       </c>
       <c r="C499" t="s">
-        <v>1935</v>
+        <v>973</v>
       </c>
       <c r="D499" t="s">
-        <v>1936</v>
+        <v>973</v>
       </c>
       <c r="E499" s="2" t="s">
-        <v>1937</v>
-[...3 lines deleted...]
-      </c>
+        <v>974</v>
+      </c>
+      <c r="F499" s="2"/>
     </row>
     <row r="500" spans="1:6">
       <c r="A500" t="s">
-        <v>1921</v>
+        <v>966</v>
       </c>
       <c r="B500" t="s">
-        <v>1922</v>
+        <v>966</v>
       </c>
       <c r="C500" t="s">
-        <v>1939</v>
+        <v>975</v>
       </c>
       <c r="D500" t="s">
-        <v>1940</v>
+        <v>975</v>
       </c>
       <c r="E500" s="2" t="s">
-        <v>1941</v>
-[...3 lines deleted...]
-      </c>
+        <v>976</v>
+      </c>
+      <c r="F500" s="2"/>
     </row>
     <row r="501" spans="1:6">
       <c r="A501" t="s">
-        <v>1921</v>
+        <v>966</v>
       </c>
       <c r="B501" t="s">
-        <v>1922</v>
+        <v>966</v>
       </c>
       <c r="C501" t="s">
-        <v>353</v>
+        <v>181</v>
       </c>
       <c r="D501" t="s">
-        <v>354</v>
+        <v>181</v>
       </c>
       <c r="E501" s="2" t="s">
-        <v>1943</v>
-[...3 lines deleted...]
-      </c>
+        <v>977</v>
+      </c>
+      <c r="F501" s="2"/>
     </row>
     <row r="502" spans="1:6">
       <c r="A502" t="s">
-        <v>1921</v>
+        <v>966</v>
       </c>
       <c r="B502" t="s">
-        <v>1922</v>
+        <v>966</v>
       </c>
       <c r="C502" t="s">
-        <v>612</v>
+        <v>310</v>
       </c>
       <c r="D502" t="s">
-        <v>613</v>
+        <v>310</v>
       </c>
       <c r="E502" s="2" t="s">
-        <v>1945</v>
-[...3 lines deleted...]
-      </c>
+        <v>978</v>
+      </c>
+      <c r="F502" s="2"/>
     </row>
     <row r="503" spans="1:6">
       <c r="A503" t="s">
-        <v>1921</v>
+        <v>966</v>
       </c>
       <c r="B503" t="s">
-        <v>1922</v>
+        <v>966</v>
       </c>
       <c r="C503" t="s">
-        <v>624</v>
+        <v>316</v>
       </c>
       <c r="D503" t="s">
-        <v>625</v>
+        <v>316</v>
       </c>
       <c r="E503" s="2" t="s">
-        <v>1947</v>
-[...3 lines deleted...]
-      </c>
+        <v>979</v>
+      </c>
+      <c r="F503" s="2"/>
     </row>
     <row r="504" spans="1:6">
       <c r="A504" t="s">
-        <v>1921</v>
+        <v>966</v>
       </c>
       <c r="B504" t="s">
-        <v>1922</v>
+        <v>966</v>
       </c>
       <c r="C504" t="s">
-        <v>1949</v>
+        <v>980</v>
       </c>
       <c r="D504" t="s">
-        <v>1950</v>
+        <v>980</v>
       </c>
       <c r="E504" s="2" t="s">
-        <v>1951</v>
-[...3 lines deleted...]
-      </c>
+        <v>981</v>
+      </c>
+      <c r="F504" s="2"/>
     </row>
     <row r="505" spans="1:6">
       <c r="A505" t="s">
-        <v>1921</v>
+        <v>966</v>
       </c>
       <c r="B505" t="s">
-        <v>1922</v>
+        <v>966</v>
       </c>
       <c r="C505" t="s">
-        <v>1953</v>
+        <v>982</v>
       </c>
       <c r="D505" t="s">
-        <v>1954</v>
+        <v>982</v>
       </c>
       <c r="E505" s="2" t="s">
-        <v>1955</v>
-[...3 lines deleted...]
-      </c>
+        <v>983</v>
+      </c>
+      <c r="F505" s="2"/>
     </row>
     <row r="506" spans="1:6">
       <c r="A506" t="s">
-        <v>1921</v>
+        <v>966</v>
       </c>
       <c r="B506" t="s">
-        <v>1922</v>
+        <v>966</v>
       </c>
       <c r="C506" t="s">
-        <v>1957</v>
+        <v>984</v>
       </c>
       <c r="D506" t="s">
-        <v>1958</v>
+        <v>984</v>
       </c>
       <c r="E506" s="2" t="s">
-        <v>1959</v>
-[...3 lines deleted...]
-      </c>
+        <v>985</v>
+      </c>
+      <c r="F506" s="2"/>
     </row>
     <row r="507" spans="1:6">
       <c r="A507" t="s">
-        <v>1921</v>
+        <v>966</v>
       </c>
       <c r="B507" t="s">
-        <v>1922</v>
+        <v>966</v>
       </c>
       <c r="C507" t="s">
-        <v>365</v>
+        <v>187</v>
       </c>
       <c r="D507" t="s">
-        <v>366</v>
+        <v>187</v>
       </c>
       <c r="E507" s="2" t="s">
-        <v>1961</v>
-[...3 lines deleted...]
-      </c>
+        <v>986</v>
+      </c>
+      <c r="F507" s="2"/>
     </row>
     <row r="508" spans="1:6">
       <c r="A508" t="s">
-        <v>1921</v>
+        <v>966</v>
       </c>
       <c r="B508" t="s">
-        <v>1922</v>
+        <v>966</v>
       </c>
       <c r="C508" t="s">
-        <v>664</v>
+        <v>336</v>
       </c>
       <c r="D508" t="s">
-        <v>665</v>
+        <v>336</v>
       </c>
       <c r="E508" s="2" t="s">
-        <v>1963</v>
-[...3 lines deleted...]
-      </c>
+        <v>987</v>
+      </c>
+      <c r="F508" s="2"/>
     </row>
     <row r="509" spans="1:6">
       <c r="A509" t="s">
-        <v>1921</v>
+        <v>966</v>
       </c>
       <c r="B509" t="s">
-        <v>1922</v>
+        <v>966</v>
       </c>
       <c r="C509" t="s">
-        <v>369</v>
+        <v>189</v>
       </c>
       <c r="D509" t="s">
-        <v>370</v>
+        <v>189</v>
       </c>
       <c r="E509" s="2" t="s">
-        <v>371</v>
-[...3 lines deleted...]
-      </c>
+        <v>190</v>
+      </c>
+      <c r="F509" s="2"/>
     </row>
     <row r="510" spans="1:6">
       <c r="A510" t="s">
-        <v>1921</v>
+        <v>966</v>
       </c>
       <c r="B510" t="s">
-        <v>1922</v>
+        <v>966</v>
       </c>
       <c r="C510" t="s">
-        <v>1966</v>
+        <v>988</v>
       </c>
       <c r="D510" t="s">
-        <v>1967</v>
+        <v>988</v>
       </c>
       <c r="E510" s="2" t="s">
-        <v>1968</v>
-[...3 lines deleted...]
-      </c>
+        <v>989</v>
+      </c>
+      <c r="F510" s="2"/>
     </row>
     <row r="511" spans="1:6">
       <c r="A511" t="s">
-        <v>1921</v>
+        <v>966</v>
       </c>
       <c r="B511" t="s">
-        <v>1922</v>
+        <v>966</v>
       </c>
       <c r="C511" t="s">
-        <v>1970</v>
+        <v>990</v>
       </c>
       <c r="D511" t="s">
-        <v>1971</v>
+        <v>990</v>
       </c>
       <c r="E511" s="2" t="s">
-        <v>1972</v>
-[...3 lines deleted...]
-      </c>
+        <v>991</v>
+      </c>
+      <c r="F511" s="2"/>
     </row>
     <row r="512" spans="1:6">
       <c r="A512" t="s">
-        <v>1921</v>
+        <v>966</v>
       </c>
       <c r="B512" t="s">
-        <v>1922</v>
+        <v>966</v>
       </c>
       <c r="C512" t="s">
-        <v>1974</v>
+        <v>992</v>
       </c>
       <c r="D512" t="s">
-        <v>1975</v>
+        <v>992</v>
       </c>
       <c r="E512" s="2" t="s">
-        <v>1976</v>
-[...3 lines deleted...]
-      </c>
+        <v>993</v>
+      </c>
+      <c r="F512" s="2"/>
     </row>
     <row r="513" spans="1:6">
       <c r="A513" t="s">
-        <v>1921</v>
+        <v>966</v>
       </c>
       <c r="B513" t="s">
-        <v>1922</v>
+        <v>966</v>
       </c>
       <c r="C513" t="s">
-        <v>1978</v>
+        <v>994</v>
       </c>
       <c r="D513" t="s">
-        <v>1979</v>
+        <v>994</v>
       </c>
       <c r="E513" s="2" t="s">
-        <v>1980</v>
-[...3 lines deleted...]
-      </c>
+        <v>995</v>
+      </c>
+      <c r="F513" s="2"/>
     </row>
     <row r="514" spans="1:6">
       <c r="A514" t="s">
-        <v>1921</v>
+        <v>966</v>
       </c>
       <c r="B514" t="s">
-        <v>1922</v>
+        <v>966</v>
       </c>
       <c r="C514" t="s">
-        <v>1982</v>
+        <v>996</v>
       </c>
       <c r="D514" t="s">
-        <v>1983</v>
+        <v>996</v>
       </c>
       <c r="E514" s="2" t="s">
-        <v>1984</v>
-[...3 lines deleted...]
-      </c>
+        <v>997</v>
+      </c>
+      <c r="F514" s="2"/>
     </row>
     <row r="515" spans="1:6">
       <c r="A515" t="s">
-        <v>1921</v>
+        <v>966</v>
       </c>
       <c r="B515" t="s">
-        <v>1922</v>
+        <v>966</v>
       </c>
       <c r="C515" t="s">
-        <v>1986</v>
+        <v>998</v>
       </c>
       <c r="D515" t="s">
-        <v>1987</v>
+        <v>998</v>
       </c>
       <c r="E515" s="2" t="s">
-        <v>1988</v>
-[...3 lines deleted...]
-      </c>
+        <v>999</v>
+      </c>
+      <c r="F515" s="2"/>
     </row>
     <row r="516" spans="1:6">
       <c r="A516" t="s">
-        <v>1921</v>
+        <v>966</v>
       </c>
       <c r="B516" t="s">
-        <v>1922</v>
+        <v>966</v>
       </c>
       <c r="C516" t="s">
-        <v>377</v>
+        <v>193</v>
       </c>
       <c r="D516" t="s">
-        <v>378</v>
+        <v>193</v>
       </c>
       <c r="E516" s="2" t="s">
-        <v>379</v>
-[...3 lines deleted...]
-      </c>
+        <v>194</v>
+      </c>
+      <c r="F516" s="2"/>
     </row>
     <row r="517" spans="1:6">
       <c r="A517" t="s">
-        <v>1921</v>
+        <v>966</v>
       </c>
       <c r="B517" t="s">
-        <v>1922</v>
+        <v>966</v>
       </c>
       <c r="C517" t="s">
-        <v>684</v>
+        <v>346</v>
       </c>
       <c r="D517" t="s">
-        <v>685</v>
+        <v>346</v>
       </c>
       <c r="E517" s="2" t="s">
-        <v>1991</v>
-[...3 lines deleted...]
-      </c>
+        <v>1000</v>
+      </c>
+      <c r="F517" s="2"/>
     </row>
     <row r="518" spans="1:6">
       <c r="A518" t="s">
-        <v>1921</v>
+        <v>966</v>
       </c>
       <c r="B518" t="s">
-        <v>1922</v>
+        <v>966</v>
       </c>
       <c r="C518" t="s">
-        <v>1993</v>
+        <v>1001</v>
       </c>
       <c r="D518" t="s">
-        <v>1994</v>
+        <v>1001</v>
       </c>
       <c r="E518" s="2" t="s">
-        <v>1995</v>
-[...3 lines deleted...]
-      </c>
+        <v>1002</v>
+      </c>
+      <c r="F518" s="2"/>
     </row>
     <row r="519" spans="1:6">
       <c r="A519" t="s">
-        <v>1921</v>
+        <v>966</v>
       </c>
       <c r="B519" t="s">
-        <v>1922</v>
+        <v>966</v>
       </c>
       <c r="C519" t="s">
-        <v>1997</v>
+        <v>1003</v>
       </c>
       <c r="D519" t="s">
-        <v>1998</v>
+        <v>1003</v>
       </c>
       <c r="E519" s="2" t="s">
-        <v>1999</v>
-[...3 lines deleted...]
-      </c>
+        <v>1004</v>
+      </c>
+      <c r="F519" s="2"/>
     </row>
     <row r="520" spans="1:6">
       <c r="A520" t="s">
-        <v>1921</v>
+        <v>966</v>
       </c>
       <c r="B520" t="s">
-        <v>1922</v>
+        <v>966</v>
       </c>
       <c r="C520" t="s">
-        <v>1068</v>
+        <v>539</v>
       </c>
       <c r="D520" t="s">
-        <v>1069</v>
+        <v>539</v>
       </c>
       <c r="E520" s="2" t="s">
-        <v>1394</v>
-[...3 lines deleted...]
-      </c>
+        <v>704</v>
+      </c>
+      <c r="F520" s="2"/>
     </row>
     <row r="521" spans="1:6">
       <c r="A521" t="s">
-        <v>1921</v>
+        <v>966</v>
       </c>
       <c r="B521" t="s">
-        <v>1922</v>
+        <v>966</v>
       </c>
       <c r="C521" t="s">
-        <v>2002</v>
+        <v>1005</v>
       </c>
       <c r="D521" t="s">
-        <v>2003</v>
+        <v>1005</v>
       </c>
       <c r="E521" s="2" t="s">
-        <v>2004</v>
-[...3 lines deleted...]
-      </c>
+        <v>1006</v>
+      </c>
+      <c r="F521" s="2"/>
     </row>
     <row r="522" spans="1:6">
       <c r="A522" t="s">
-        <v>1921</v>
+        <v>966</v>
       </c>
       <c r="B522" t="s">
-        <v>1922</v>
+        <v>966</v>
       </c>
       <c r="C522" t="s">
-        <v>2006</v>
+        <v>1007</v>
       </c>
       <c r="D522" t="s">
-        <v>2007</v>
+        <v>1007</v>
       </c>
       <c r="E522" s="2" t="s">
-        <v>2008</v>
-[...3 lines deleted...]
-      </c>
+        <v>1008</v>
+      </c>
+      <c r="F522" s="2"/>
     </row>
     <row r="523" spans="1:6">
       <c r="A523" t="s">
-        <v>1921</v>
+        <v>966</v>
       </c>
       <c r="B523" t="s">
-        <v>1922</v>
+        <v>966</v>
       </c>
       <c r="C523" t="s">
-        <v>2010</v>
+        <v>1009</v>
       </c>
       <c r="D523" t="s">
-        <v>2011</v>
+        <v>1009</v>
       </c>
       <c r="E523" s="2" t="s">
-        <v>2012</v>
-[...3 lines deleted...]
-      </c>
+        <v>1010</v>
+      </c>
+      <c r="F523" s="2"/>
     </row>
     <row r="524" spans="1:6">
       <c r="A524" t="s">
-        <v>1921</v>
+        <v>966</v>
       </c>
       <c r="B524" t="s">
-        <v>1922</v>
+        <v>966</v>
       </c>
       <c r="C524" t="s">
-        <v>1076</v>
+        <v>543</v>
       </c>
       <c r="D524" t="s">
-        <v>1077</v>
+        <v>543</v>
       </c>
       <c r="E524" s="2" t="s">
-        <v>2014</v>
-[...3 lines deleted...]
-      </c>
+        <v>1011</v>
+      </c>
+      <c r="F524" s="2"/>
     </row>
     <row r="525" spans="1:6">
       <c r="A525" t="s">
-        <v>1921</v>
+        <v>966</v>
       </c>
       <c r="B525" t="s">
-        <v>1922</v>
+        <v>966</v>
       </c>
       <c r="C525" t="s">
-        <v>389</v>
+        <v>199</v>
       </c>
       <c r="D525" t="s">
-        <v>390</v>
+        <v>199</v>
       </c>
       <c r="E525" s="2" t="s">
-        <v>391</v>
-[...3 lines deleted...]
-      </c>
+        <v>200</v>
+      </c>
+      <c r="F525" s="2"/>
     </row>
     <row r="526" spans="1:6">
       <c r="A526" t="s">
-        <v>1921</v>
+        <v>966</v>
       </c>
       <c r="B526" t="s">
-        <v>1922</v>
+        <v>966</v>
       </c>
       <c r="C526" t="s">
-        <v>397</v>
+        <v>203</v>
       </c>
       <c r="D526" t="s">
-        <v>398</v>
+        <v>203</v>
       </c>
       <c r="E526" s="2" t="s">
-        <v>2017</v>
-[...3 lines deleted...]
-      </c>
+        <v>1012</v>
+      </c>
+      <c r="F526" s="2"/>
     </row>
     <row r="527" spans="1:6">
       <c r="A527" t="s">
-        <v>1921</v>
+        <v>966</v>
       </c>
       <c r="B527" t="s">
-        <v>1922</v>
+        <v>966</v>
       </c>
       <c r="C527" t="s">
-        <v>736</v>
+        <v>372</v>
       </c>
       <c r="D527" t="s">
-        <v>737</v>
+        <v>372</v>
       </c>
       <c r="E527" s="2" t="s">
-        <v>738</v>
-[...3 lines deleted...]
-      </c>
+        <v>373</v>
+      </c>
+      <c r="F527" s="2"/>
     </row>
     <row r="528" spans="1:6">
       <c r="A528" t="s">
-        <v>2020</v>
+        <v>1013</v>
       </c>
       <c r="B528" t="s">
-        <v>2021</v>
+        <v>1013</v>
       </c>
       <c r="C528" t="s">
-        <v>2022</v>
+        <v>1014</v>
       </c>
       <c r="D528" t="s">
-        <v>2023</v>
+        <v>1014</v>
       </c>
       <c r="E528" s="2" t="s">
-        <v>2024</v>
-[...3 lines deleted...]
-      </c>
+        <v>1015</v>
+      </c>
+      <c r="F528" s="2"/>
     </row>
     <row r="529" spans="1:6">
       <c r="A529" t="s">
-        <v>2020</v>
+        <v>1013</v>
       </c>
       <c r="B529" t="s">
-        <v>2021</v>
+        <v>1013</v>
       </c>
       <c r="C529" t="s">
-        <v>2026</v>
+        <v>1016</v>
       </c>
       <c r="D529" t="s">
-        <v>2027</v>
+        <v>1016</v>
       </c>
       <c r="E529" s="2" t="s">
-        <v>2028</v>
-[...3 lines deleted...]
-      </c>
+        <v>1017</v>
+      </c>
+      <c r="F529" s="2"/>
     </row>
     <row r="530" spans="1:6">
       <c r="A530" t="s">
-        <v>2020</v>
+        <v>1013</v>
       </c>
       <c r="B530" t="s">
-        <v>2021</v>
+        <v>1013</v>
       </c>
       <c r="C530" t="s">
-        <v>2030</v>
+        <v>1018</v>
       </c>
       <c r="D530" t="s">
-        <v>2031</v>
+        <v>1018</v>
       </c>
       <c r="E530" s="2" t="s">
-        <v>2032</v>
-[...3 lines deleted...]
-      </c>
+        <v>1019</v>
+      </c>
+      <c r="F530" s="2"/>
     </row>
     <row r="531" spans="1:6">
       <c r="A531" t="s">
-        <v>2020</v>
+        <v>1013</v>
       </c>
       <c r="B531" t="s">
-        <v>2021</v>
+        <v>1013</v>
       </c>
       <c r="C531" t="s">
-        <v>2034</v>
+        <v>1020</v>
       </c>
       <c r="D531" t="s">
-        <v>2035</v>
+        <v>1020</v>
       </c>
       <c r="E531" s="2" t="s">
-        <v>2036</v>
-[...3 lines deleted...]
-      </c>
+        <v>1021</v>
+      </c>
+      <c r="F531" s="2"/>
     </row>
     <row r="532" spans="1:6">
       <c r="A532" t="s">
-        <v>2020</v>
+        <v>1013</v>
       </c>
       <c r="B532" t="s">
-        <v>2021</v>
+        <v>1013</v>
       </c>
       <c r="C532" t="s">
-        <v>2038</v>
+        <v>1022</v>
       </c>
       <c r="D532" t="s">
-        <v>2039</v>
+        <v>1022</v>
       </c>
       <c r="E532" s="2" t="s">
-        <v>2040</v>
-[...3 lines deleted...]
-      </c>
+        <v>1023</v>
+      </c>
+      <c r="F532" s="2"/>
     </row>
     <row r="533" spans="1:6">
       <c r="A533" t="s">
-        <v>2020</v>
+        <v>1013</v>
       </c>
       <c r="B533" t="s">
-        <v>2021</v>
+        <v>1013</v>
       </c>
       <c r="C533" t="s">
-        <v>2042</v>
+        <v>1024</v>
       </c>
       <c r="D533" t="s">
-        <v>2043</v>
+        <v>1024</v>
       </c>
       <c r="E533" s="2" t="s">
-        <v>2044</v>
-[...3 lines deleted...]
-      </c>
+        <v>1025</v>
+      </c>
+      <c r="F533" s="2"/>
     </row>
     <row r="534" spans="1:6">
       <c r="A534" t="s">
-        <v>2020</v>
+        <v>1013</v>
       </c>
       <c r="B534" t="s">
-        <v>2021</v>
+        <v>1013</v>
       </c>
       <c r="C534" t="s">
-        <v>2046</v>
+        <v>1026</v>
       </c>
       <c r="D534" t="s">
-        <v>2047</v>
+        <v>1026</v>
       </c>
       <c r="E534" s="2" t="s">
-        <v>2048</v>
-[...3 lines deleted...]
-      </c>
+        <v>1027</v>
+      </c>
+      <c r="F534" s="2"/>
     </row>
     <row r="535" spans="1:6">
       <c r="A535" t="s">
-        <v>2020</v>
+        <v>1013</v>
       </c>
       <c r="B535" t="s">
-        <v>2021</v>
+        <v>1013</v>
       </c>
       <c r="C535" t="s">
-        <v>2050</v>
+        <v>1028</v>
       </c>
       <c r="D535" t="s">
-        <v>2051</v>
+        <v>1028</v>
       </c>
       <c r="E535" s="2" t="s">
-        <v>2052</v>
-[...3 lines deleted...]
-      </c>
+        <v>1029</v>
+      </c>
+      <c r="F535" s="2"/>
     </row>
     <row r="536" spans="1:6">
       <c r="A536" t="s">
-        <v>2020</v>
+        <v>1013</v>
       </c>
       <c r="B536" t="s">
-        <v>2021</v>
+        <v>1013</v>
       </c>
       <c r="C536" t="s">
-        <v>2054</v>
+        <v>1030</v>
       </c>
       <c r="D536" t="s">
-        <v>2055</v>
+        <v>1030</v>
       </c>
       <c r="E536" s="2" t="s">
-        <v>2056</v>
-[...3 lines deleted...]
-      </c>
+        <v>1031</v>
+      </c>
+      <c r="F536" s="2"/>
     </row>
     <row r="537" spans="1:6">
       <c r="A537" t="s">
-        <v>2020</v>
+        <v>1013</v>
       </c>
       <c r="B537" t="s">
-        <v>2021</v>
+        <v>1013</v>
       </c>
       <c r="C537" t="s">
-        <v>2058</v>
+        <v>1032</v>
       </c>
       <c r="D537" t="s">
-        <v>2059</v>
+        <v>1032</v>
       </c>
       <c r="E537" s="2" t="s">
-        <v>2060</v>
-[...3 lines deleted...]
-      </c>
+        <v>1033</v>
+      </c>
+      <c r="F537" s="2"/>
     </row>
     <row r="538" spans="1:6">
       <c r="A538" t="s">
-        <v>2020</v>
+        <v>1013</v>
       </c>
       <c r="B538" t="s">
-        <v>2021</v>
+        <v>1013</v>
       </c>
       <c r="C538" t="s">
-        <v>2062</v>
+        <v>1034</v>
       </c>
       <c r="D538" t="s">
-        <v>2063</v>
+        <v>1034</v>
       </c>
       <c r="E538" s="2" t="s">
-        <v>2064</v>
-[...3 lines deleted...]
-      </c>
+        <v>1035</v>
+      </c>
+      <c r="F538" s="2"/>
     </row>
     <row r="539" spans="1:6">
       <c r="A539" t="s">
-        <v>2020</v>
+        <v>1013</v>
       </c>
       <c r="B539" t="s">
-        <v>2021</v>
+        <v>1013</v>
       </c>
       <c r="C539" t="s">
-        <v>2066</v>
+        <v>1036</v>
       </c>
       <c r="D539" t="s">
-        <v>2067</v>
+        <v>1036</v>
       </c>
       <c r="E539" s="2" t="s">
-        <v>2068</v>
-[...3 lines deleted...]
-      </c>
+        <v>1037</v>
+      </c>
+      <c r="F539" s="2"/>
     </row>
     <row r="540" spans="1:6">
       <c r="A540" t="s">
-        <v>2020</v>
+        <v>1013</v>
       </c>
       <c r="B540" t="s">
-        <v>2021</v>
+        <v>1013</v>
       </c>
       <c r="C540" t="s">
-        <v>2070</v>
+        <v>1038</v>
       </c>
       <c r="D540" t="s">
-        <v>2071</v>
+        <v>1038</v>
       </c>
       <c r="E540" s="2" t="s">
-        <v>2072</v>
-[...3 lines deleted...]
-      </c>
+        <v>1039</v>
+      </c>
+      <c r="F540" s="2"/>
     </row>
     <row r="541" spans="1:6">
       <c r="A541" t="s">
-        <v>2020</v>
+        <v>1013</v>
       </c>
       <c r="B541" t="s">
-        <v>2021</v>
+        <v>1013</v>
       </c>
       <c r="C541" t="s">
-        <v>2074</v>
+        <v>1040</v>
       </c>
       <c r="D541" t="s">
-        <v>2075</v>
+        <v>1040</v>
       </c>
       <c r="E541" s="2" t="s">
-        <v>2076</v>
-[...3 lines deleted...]
-      </c>
+        <v>1041</v>
+      </c>
+      <c r="F541" s="2"/>
     </row>
     <row r="542" spans="1:6">
       <c r="A542" t="s">
-        <v>2020</v>
+        <v>1013</v>
       </c>
       <c r="B542" t="s">
-        <v>2021</v>
+        <v>1013</v>
       </c>
       <c r="C542" t="s">
-        <v>2078</v>
+        <v>1042</v>
       </c>
       <c r="D542" t="s">
-        <v>2079</v>
+        <v>1042</v>
       </c>
       <c r="E542" s="2" t="s">
-        <v>2080</v>
-[...3 lines deleted...]
-      </c>
+        <v>1043</v>
+      </c>
+      <c r="F542" s="2"/>
     </row>
     <row r="543" spans="1:6">
       <c r="A543" t="s">
-        <v>2020</v>
+        <v>1013</v>
       </c>
       <c r="B543" t="s">
-        <v>2021</v>
+        <v>1013</v>
       </c>
       <c r="C543" t="s">
-        <v>2082</v>
+        <v>1044</v>
       </c>
       <c r="D543" t="s">
-        <v>2083</v>
+        <v>1044</v>
       </c>
       <c r="E543" s="2" t="s">
-        <v>2084</v>
-[...3 lines deleted...]
-      </c>
+        <v>1045</v>
+      </c>
+      <c r="F543" s="2"/>
     </row>
     <row r="544" spans="1:6">
       <c r="A544" t="s">
-        <v>2020</v>
+        <v>1013</v>
       </c>
       <c r="B544" t="s">
-        <v>2021</v>
+        <v>1013</v>
       </c>
       <c r="C544" t="s">
-        <v>2086</v>
+        <v>1046</v>
       </c>
       <c r="D544" t="s">
-        <v>2087</v>
+        <v>1046</v>
       </c>
       <c r="E544" s="2" t="s">
-        <v>2088</v>
-[...3 lines deleted...]
-      </c>
+        <v>1047</v>
+      </c>
+      <c r="F544" s="2"/>
     </row>
     <row r="545" spans="1:6">
       <c r="A545" t="s">
-        <v>2020</v>
+        <v>1013</v>
       </c>
       <c r="B545" t="s">
-        <v>2021</v>
+        <v>1013</v>
       </c>
       <c r="C545" t="s">
-        <v>2090</v>
+        <v>1048</v>
       </c>
       <c r="D545" t="s">
-        <v>2091</v>
+        <v>1048</v>
       </c>
       <c r="E545" s="2" t="s">
-        <v>2092</v>
-[...3 lines deleted...]
-      </c>
+        <v>1049</v>
+      </c>
+      <c r="F545" s="2"/>
     </row>
     <row r="546" spans="1:6">
       <c r="A546" t="s">
-        <v>2020</v>
+        <v>1013</v>
       </c>
       <c r="B546" t="s">
-        <v>2021</v>
+        <v>1013</v>
       </c>
       <c r="C546" t="s">
-        <v>2094</v>
+        <v>1050</v>
       </c>
       <c r="D546" t="s">
-        <v>2095</v>
+        <v>1050</v>
       </c>
       <c r="E546" s="2" t="s">
-        <v>2096</v>
-[...3 lines deleted...]
-      </c>
+        <v>1051</v>
+      </c>
+      <c r="F546" s="2"/>
     </row>
     <row r="547" spans="1:6">
       <c r="A547" t="s">
-        <v>2020</v>
+        <v>1013</v>
       </c>
       <c r="B547" t="s">
-        <v>2021</v>
+        <v>1013</v>
       </c>
       <c r="C547" t="s">
-        <v>2098</v>
+        <v>1052</v>
       </c>
       <c r="D547" t="s">
-        <v>2099</v>
+        <v>1052</v>
       </c>
       <c r="E547" s="2" t="s">
-        <v>2100</v>
-[...3 lines deleted...]
-      </c>
+        <v>1053</v>
+      </c>
+      <c r="F547" s="2"/>
     </row>
     <row r="548" spans="1:6">
       <c r="A548" t="s">
-        <v>2020</v>
+        <v>1013</v>
       </c>
       <c r="B548" t="s">
-        <v>2021</v>
+        <v>1013</v>
       </c>
       <c r="C548" t="s">
-        <v>2102</v>
+        <v>1054</v>
       </c>
       <c r="D548" t="s">
-        <v>2103</v>
+        <v>1054</v>
       </c>
       <c r="E548" s="2" t="s">
-        <v>2104</v>
-[...3 lines deleted...]
-      </c>
+        <v>1055</v>
+      </c>
+      <c r="F548" s="2"/>
     </row>
     <row r="549" spans="1:6">
       <c r="A549" t="s">
-        <v>2020</v>
+        <v>1013</v>
       </c>
       <c r="B549" t="s">
-        <v>2021</v>
+        <v>1013</v>
       </c>
       <c r="C549" t="s">
-        <v>2106</v>
+        <v>1056</v>
       </c>
       <c r="D549" t="s">
-        <v>2107</v>
+        <v>1056</v>
       </c>
       <c r="E549" s="2" t="s">
-        <v>2108</v>
-[...3 lines deleted...]
-      </c>
+        <v>1057</v>
+      </c>
+      <c r="F549" s="2"/>
     </row>
     <row r="550" spans="1:6">
       <c r="A550" t="s">
-        <v>2020</v>
+        <v>1013</v>
       </c>
       <c r="B550" t="s">
-        <v>2021</v>
+        <v>1013</v>
       </c>
       <c r="C550" t="s">
-        <v>2110</v>
+        <v>1058</v>
       </c>
       <c r="D550" t="s">
-        <v>2111</v>
+        <v>1058</v>
       </c>
       <c r="E550" s="2" t="s">
-        <v>2112</v>
-[...3 lines deleted...]
-      </c>
+        <v>1059</v>
+      </c>
+      <c r="F550" s="2"/>
     </row>
     <row r="551" spans="1:6">
       <c r="A551" t="s">
-        <v>2020</v>
+        <v>1013</v>
       </c>
       <c r="B551" t="s">
-        <v>2021</v>
+        <v>1013</v>
       </c>
       <c r="C551" t="s">
-        <v>2114</v>
+        <v>1060</v>
       </c>
       <c r="D551" t="s">
-        <v>2115</v>
+        <v>1060</v>
       </c>
       <c r="E551" s="2" t="s">
-        <v>2116</v>
-[...3 lines deleted...]
-      </c>
+        <v>1061</v>
+      </c>
+      <c r="F551" s="2"/>
     </row>
     <row r="552" spans="1:6">
       <c r="A552" t="s">
-        <v>2020</v>
+        <v>1013</v>
       </c>
       <c r="B552" t="s">
-        <v>2021</v>
+        <v>1013</v>
       </c>
       <c r="C552" t="s">
-        <v>2118</v>
+        <v>1062</v>
       </c>
       <c r="D552" t="s">
-        <v>2119</v>
+        <v>1062</v>
       </c>
       <c r="E552" s="2" t="s">
-        <v>2120</v>
-[...3 lines deleted...]
-      </c>
+        <v>1063</v>
+      </c>
+      <c r="F552" s="2"/>
     </row>
     <row r="553" spans="1:6">
       <c r="A553" t="s">
-        <v>2020</v>
+        <v>1013</v>
       </c>
       <c r="B553" t="s">
-        <v>2021</v>
+        <v>1013</v>
       </c>
       <c r="C553" t="s">
-        <v>2122</v>
+        <v>1064</v>
       </c>
       <c r="D553" t="s">
-        <v>2123</v>
+        <v>1064</v>
       </c>
       <c r="E553" s="2" t="s">
-        <v>2124</v>
-[...3 lines deleted...]
-      </c>
+        <v>1065</v>
+      </c>
+      <c r="F553" s="2"/>
     </row>
     <row r="554" spans="1:6">
       <c r="A554" t="s">
-        <v>2020</v>
+        <v>1013</v>
       </c>
       <c r="B554" t="s">
-        <v>2021</v>
+        <v>1013</v>
       </c>
       <c r="C554" t="s">
-        <v>2126</v>
+        <v>1066</v>
       </c>
       <c r="D554" t="s">
-        <v>2127</v>
+        <v>1066</v>
       </c>
       <c r="E554" s="2" t="s">
-        <v>2128</v>
-[...3 lines deleted...]
-      </c>
+        <v>1067</v>
+      </c>
+      <c r="F554" s="2"/>
     </row>
     <row r="555" spans="1:6">
       <c r="A555" t="s">
-        <v>2020</v>
+        <v>1013</v>
       </c>
       <c r="B555" t="s">
-        <v>2021</v>
+        <v>1013</v>
       </c>
       <c r="C555" t="s">
-        <v>2130</v>
+        <v>1068</v>
       </c>
       <c r="D555" t="s">
-        <v>2131</v>
+        <v>1068</v>
       </c>
       <c r="E555" s="2" t="s">
-        <v>2132</v>
-[...3 lines deleted...]
-      </c>
+        <v>1069</v>
+      </c>
+      <c r="F555" s="2"/>
     </row>
     <row r="556" spans="1:6">
       <c r="A556" t="s">
-        <v>2020</v>
+        <v>1013</v>
       </c>
       <c r="B556" t="s">
-        <v>2021</v>
+        <v>1013</v>
       </c>
       <c r="C556" t="s">
-        <v>2134</v>
+        <v>1070</v>
       </c>
       <c r="D556" t="s">
-        <v>2135</v>
+        <v>1070</v>
       </c>
       <c r="E556" s="2" t="s">
-        <v>2136</v>
-[...3 lines deleted...]
-      </c>
+        <v>1071</v>
+      </c>
+      <c r="F556" s="2"/>
     </row>
     <row r="557" spans="1:6">
       <c r="A557" t="s">
-        <v>2020</v>
+        <v>1013</v>
       </c>
       <c r="B557" t="s">
-        <v>2021</v>
+        <v>1013</v>
       </c>
       <c r="C557" t="s">
-        <v>2138</v>
+        <v>1072</v>
       </c>
       <c r="D557" t="s">
-        <v>2139</v>
+        <v>1072</v>
       </c>
       <c r="E557" s="2" t="s">
-        <v>2140</v>
-[...3 lines deleted...]
-      </c>
+        <v>1073</v>
+      </c>
+      <c r="F557" s="2"/>
     </row>
     <row r="558" spans="1:6">
       <c r="A558" t="s">
-        <v>2020</v>
+        <v>1013</v>
       </c>
       <c r="B558" t="s">
-        <v>2021</v>
+        <v>1013</v>
       </c>
       <c r="C558" t="s">
-        <v>2142</v>
+        <v>1074</v>
       </c>
       <c r="D558" t="s">
-        <v>2143</v>
+        <v>1074</v>
       </c>
       <c r="E558" s="2" t="s">
-        <v>2144</v>
-[...3 lines deleted...]
-      </c>
+        <v>1075</v>
+      </c>
+      <c r="F558" s="2"/>
     </row>
     <row r="559" spans="1:6">
       <c r="A559" t="s">
-        <v>2020</v>
+        <v>1013</v>
       </c>
       <c r="B559" t="s">
-        <v>2021</v>
+        <v>1013</v>
       </c>
       <c r="C559" t="s">
-        <v>2146</v>
+        <v>1076</v>
       </c>
       <c r="D559" t="s">
-        <v>2147</v>
+        <v>1076</v>
       </c>
       <c r="E559" s="2" t="s">
-        <v>2148</v>
-[...3 lines deleted...]
-      </c>
+        <v>1077</v>
+      </c>
+      <c r="F559" s="2"/>
     </row>
     <row r="560" spans="1:6">
       <c r="A560" t="s">
-        <v>2020</v>
+        <v>1013</v>
       </c>
       <c r="B560" t="s">
-        <v>2021</v>
+        <v>1013</v>
       </c>
       <c r="C560" t="s">
-        <v>2150</v>
+        <v>1078</v>
       </c>
       <c r="D560" t="s">
-        <v>2151</v>
+        <v>1078</v>
       </c>
       <c r="E560" s="2" t="s">
-        <v>2152</v>
-[...3 lines deleted...]
-      </c>
+        <v>1079</v>
+      </c>
+      <c r="F560" s="2"/>
     </row>
     <row r="561" spans="1:6">
       <c r="A561" t="s">
-        <v>2020</v>
+        <v>1013</v>
       </c>
       <c r="B561" t="s">
-        <v>2021</v>
+        <v>1013</v>
       </c>
       <c r="C561" t="s">
-        <v>2154</v>
+        <v>1080</v>
       </c>
       <c r="D561" t="s">
-        <v>2155</v>
+        <v>1080</v>
       </c>
       <c r="E561" s="2" t="s">
-        <v>2156</v>
-[...3 lines deleted...]
-      </c>
+        <v>1081</v>
+      </c>
+      <c r="F561" s="2"/>
     </row>
     <row r="562" spans="1:6">
       <c r="A562" t="s">
-        <v>2020</v>
+        <v>1013</v>
       </c>
       <c r="B562" t="s">
-        <v>2021</v>
+        <v>1013</v>
       </c>
       <c r="C562" t="s">
-        <v>2158</v>
+        <v>1082</v>
       </c>
       <c r="D562" t="s">
-        <v>2159</v>
+        <v>1082</v>
       </c>
       <c r="E562" s="2" t="s">
-        <v>2160</v>
-[...3 lines deleted...]
-      </c>
+        <v>1083</v>
+      </c>
+      <c r="F562" s="2"/>
     </row>
     <row r="563" spans="1:6">
       <c r="A563" t="s">
-        <v>2020</v>
+        <v>1013</v>
       </c>
       <c r="B563" t="s">
-        <v>2021</v>
+        <v>1013</v>
       </c>
       <c r="C563" t="s">
-        <v>2162</v>
+        <v>1084</v>
       </c>
       <c r="D563" t="s">
-        <v>2163</v>
+        <v>1084</v>
       </c>
       <c r="E563" s="2" t="s">
-        <v>2164</v>
-[...3 lines deleted...]
-      </c>
+        <v>1085</v>
+      </c>
+      <c r="F563" s="2"/>
     </row>
     <row r="564" spans="1:6">
       <c r="A564" t="s">
-        <v>2020</v>
+        <v>1013</v>
       </c>
       <c r="B564" t="s">
-        <v>2021</v>
+        <v>1013</v>
       </c>
       <c r="C564" t="s">
-        <v>2166</v>
+        <v>1086</v>
       </c>
       <c r="D564" t="s">
-        <v>2167</v>
+        <v>1086</v>
       </c>
       <c r="E564" s="2" t="s">
-        <v>2168</v>
-[...3 lines deleted...]
-      </c>
+        <v>1087</v>
+      </c>
+      <c r="F564" s="2"/>
     </row>
     <row r="565" spans="1:6">
       <c r="A565" t="s">
-        <v>2020</v>
+        <v>1013</v>
       </c>
       <c r="B565" t="s">
-        <v>2021</v>
+        <v>1013</v>
       </c>
       <c r="C565" t="s">
-        <v>2170</v>
+        <v>1088</v>
       </c>
       <c r="D565" t="s">
-        <v>2171</v>
+        <v>1088</v>
       </c>
       <c r="E565" s="2" t="s">
-        <v>2172</v>
-[...3 lines deleted...]
-      </c>
+        <v>1089</v>
+      </c>
+      <c r="F565" s="2"/>
     </row>
     <row r="566" spans="1:6">
       <c r="A566" t="s">
-        <v>2020</v>
+        <v>1013</v>
       </c>
       <c r="B566" t="s">
-        <v>2021</v>
+        <v>1013</v>
       </c>
       <c r="C566" t="s">
-        <v>2174</v>
+        <v>1090</v>
       </c>
       <c r="D566" t="s">
-        <v>2175</v>
+        <v>1090</v>
       </c>
       <c r="E566" s="2" t="s">
-        <v>2176</v>
-[...3 lines deleted...]
-      </c>
+        <v>1091</v>
+      </c>
+      <c r="F566" s="2"/>
     </row>
     <row r="567" spans="1:6">
       <c r="A567" t="s">
-        <v>2020</v>
+        <v>1013</v>
       </c>
       <c r="B567" t="s">
-        <v>2021</v>
+        <v>1013</v>
       </c>
       <c r="C567" t="s">
-        <v>2178</v>
+        <v>1092</v>
       </c>
       <c r="D567" t="s">
-        <v>2179</v>
+        <v>1092</v>
       </c>
       <c r="E567" s="2" t="s">
-        <v>2180</v>
-[...3 lines deleted...]
-      </c>
+        <v>1093</v>
+      </c>
+      <c r="F567" s="2"/>
     </row>
     <row r="568" spans="1:6">
       <c r="A568" t="s">
-        <v>2020</v>
+        <v>1013</v>
       </c>
       <c r="B568" t="s">
-        <v>2021</v>
+        <v>1013</v>
       </c>
       <c r="C568" t="s">
-        <v>2182</v>
+        <v>1094</v>
       </c>
       <c r="D568" t="s">
-        <v>2183</v>
+        <v>1094</v>
       </c>
       <c r="E568" s="2" t="s">
-        <v>2184</v>
-[...3 lines deleted...]
-      </c>
+        <v>1095</v>
+      </c>
+      <c r="F568" s="2"/>
     </row>
     <row r="569" spans="1:6">
       <c r="A569" t="s">
-        <v>2020</v>
+        <v>1013</v>
       </c>
       <c r="B569" t="s">
-        <v>2021</v>
+        <v>1013</v>
       </c>
       <c r="C569" t="s">
-        <v>2186</v>
+        <v>1096</v>
       </c>
       <c r="D569" t="s">
-        <v>2187</v>
+        <v>1096</v>
       </c>
       <c r="E569" s="2" t="s">
-        <v>2188</v>
-[...3 lines deleted...]
-      </c>
+        <v>1097</v>
+      </c>
+      <c r="F569" s="2"/>
     </row>
     <row r="570" spans="1:6">
       <c r="A570" t="s">
-        <v>2020</v>
+        <v>1013</v>
       </c>
       <c r="B570" t="s">
-        <v>2021</v>
+        <v>1013</v>
       </c>
       <c r="C570" t="s">
-        <v>315</v>
+        <v>162</v>
       </c>
       <c r="D570" t="s">
-        <v>316</v>
+        <v>162</v>
       </c>
       <c r="E570" s="2" t="s">
-        <v>2190</v>
-[...3 lines deleted...]
-      </c>
+        <v>1098</v>
+      </c>
+      <c r="F570" s="2"/>
     </row>
     <row r="571" spans="1:6">
       <c r="A571" t="s">
-        <v>2020</v>
+        <v>1013</v>
       </c>
       <c r="B571" t="s">
-        <v>2021</v>
+        <v>1013</v>
       </c>
       <c r="C571" t="s">
-        <v>2192</v>
+        <v>1099</v>
       </c>
       <c r="D571" t="s">
-        <v>2193</v>
+        <v>1099</v>
       </c>
       <c r="E571" s="2" t="s">
-        <v>2194</v>
-[...3 lines deleted...]
-      </c>
+        <v>1100</v>
+      </c>
+      <c r="F571" s="2"/>
     </row>
     <row r="572" spans="1:6">
       <c r="A572" t="s">
-        <v>2020</v>
+        <v>1013</v>
       </c>
       <c r="B572" t="s">
-        <v>2021</v>
+        <v>1013</v>
       </c>
       <c r="C572" t="s">
-        <v>2196</v>
+        <v>1101</v>
       </c>
       <c r="D572" t="s">
-        <v>2197</v>
+        <v>1101</v>
       </c>
       <c r="E572" s="2" t="s">
-        <v>2198</v>
-[...3 lines deleted...]
-      </c>
+        <v>1102</v>
+      </c>
+      <c r="F572" s="2"/>
     </row>
     <row r="573" spans="1:6">
       <c r="A573" t="s">
-        <v>2020</v>
+        <v>1013</v>
       </c>
       <c r="B573" t="s">
-        <v>2021</v>
+        <v>1013</v>
       </c>
       <c r="C573" t="s">
-        <v>2200</v>
+        <v>1103</v>
       </c>
       <c r="D573" t="s">
-        <v>2201</v>
+        <v>1103</v>
       </c>
       <c r="E573" s="2" t="s">
-        <v>2202</v>
-[...3 lines deleted...]
-      </c>
+        <v>1104</v>
+      </c>
+      <c r="F573" s="2"/>
     </row>
     <row r="574" spans="1:6">
       <c r="A574" t="s">
-        <v>2020</v>
+        <v>1013</v>
       </c>
       <c r="B574" t="s">
-        <v>2021</v>
+        <v>1013</v>
       </c>
       <c r="C574" t="s">
-        <v>2204</v>
+        <v>1105</v>
       </c>
       <c r="D574" t="s">
-        <v>2205</v>
+        <v>1105</v>
       </c>
       <c r="E574" s="2" t="s">
-        <v>2206</v>
-[...3 lines deleted...]
-      </c>
+        <v>1106</v>
+      </c>
+      <c r="F574" s="2"/>
     </row>
     <row r="575" spans="1:6">
       <c r="A575" t="s">
-        <v>2020</v>
+        <v>1013</v>
       </c>
       <c r="B575" t="s">
-        <v>2021</v>
+        <v>1013</v>
       </c>
       <c r="C575" t="s">
-        <v>2208</v>
+        <v>1107</v>
       </c>
       <c r="D575" t="s">
-        <v>2209</v>
+        <v>1107</v>
       </c>
       <c r="E575" s="2" t="s">
-        <v>2210</v>
-[...3 lines deleted...]
-      </c>
+        <v>1108</v>
+      </c>
+      <c r="F575" s="2"/>
     </row>
     <row r="576" spans="1:6">
       <c r="A576" t="s">
-        <v>2020</v>
+        <v>1013</v>
       </c>
       <c r="B576" t="s">
-        <v>2021</v>
+        <v>1013</v>
       </c>
       <c r="C576" t="s">
-        <v>2212</v>
+        <v>1109</v>
       </c>
       <c r="D576" t="s">
-        <v>2213</v>
+        <v>1109</v>
       </c>
       <c r="E576" s="2" t="s">
-        <v>2214</v>
-[...3 lines deleted...]
-      </c>
+        <v>1110</v>
+      </c>
+      <c r="F576" s="2"/>
     </row>
     <row r="577" spans="1:6">
       <c r="A577" t="s">
-        <v>2020</v>
+        <v>1013</v>
       </c>
       <c r="B577" t="s">
-        <v>2021</v>
+        <v>1013</v>
       </c>
       <c r="C577" t="s">
-        <v>2216</v>
+        <v>1111</v>
       </c>
       <c r="D577" t="s">
-        <v>2217</v>
+        <v>1111</v>
       </c>
       <c r="E577" s="2" t="s">
-        <v>2218</v>
-[...3 lines deleted...]
-      </c>
+        <v>1112</v>
+      </c>
+      <c r="F577" s="2"/>
     </row>
     <row r="578" spans="1:6">
       <c r="A578" t="s">
-        <v>2020</v>
+        <v>1013</v>
       </c>
       <c r="B578" t="s">
-        <v>2021</v>
+        <v>1013</v>
       </c>
       <c r="C578" t="s">
-        <v>2220</v>
+        <v>1113</v>
       </c>
       <c r="D578" t="s">
-        <v>2221</v>
+        <v>1113</v>
       </c>
       <c r="E578" s="2" t="s">
-        <v>2222</v>
-[...3 lines deleted...]
-      </c>
+        <v>1114</v>
+      </c>
+      <c r="F578" s="2"/>
     </row>
     <row r="579" spans="1:6">
       <c r="A579" t="s">
-        <v>2020</v>
+        <v>1013</v>
       </c>
       <c r="B579" t="s">
-        <v>2021</v>
+        <v>1013</v>
       </c>
       <c r="C579" t="s">
-        <v>2224</v>
+        <v>1115</v>
       </c>
       <c r="D579" t="s">
-        <v>2225</v>
+        <v>1115</v>
       </c>
       <c r="E579" s="2" t="s">
-        <v>2226</v>
-[...3 lines deleted...]
-      </c>
+        <v>1116</v>
+      </c>
+      <c r="F579" s="2"/>
     </row>
     <row r="580" spans="1:6">
       <c r="A580" t="s">
-        <v>2020</v>
+        <v>1013</v>
       </c>
       <c r="B580" t="s">
-        <v>2021</v>
+        <v>1013</v>
       </c>
       <c r="C580" t="s">
-        <v>2228</v>
+        <v>1117</v>
       </c>
       <c r="D580" t="s">
-        <v>2229</v>
+        <v>1117</v>
       </c>
       <c r="E580" s="2" t="s">
-        <v>2230</v>
-[...3 lines deleted...]
-      </c>
+        <v>1118</v>
+      </c>
+      <c r="F580" s="2"/>
     </row>
     <row r="581" spans="1:6">
       <c r="A581" t="s">
-        <v>2020</v>
+        <v>1013</v>
       </c>
       <c r="B581" t="s">
-        <v>2021</v>
+        <v>1013</v>
       </c>
       <c r="C581" t="s">
-        <v>2232</v>
+        <v>1119</v>
       </c>
       <c r="D581" t="s">
-        <v>2233</v>
+        <v>1119</v>
       </c>
       <c r="E581" s="2" t="s">
-        <v>2234</v>
-[...3 lines deleted...]
-      </c>
+        <v>1120</v>
+      </c>
+      <c r="F581" s="2"/>
     </row>
     <row r="582" spans="1:6">
       <c r="A582" t="s">
-        <v>2020</v>
+        <v>1013</v>
       </c>
       <c r="B582" t="s">
-        <v>2021</v>
+        <v>1013</v>
       </c>
       <c r="C582" t="s">
-        <v>2236</v>
+        <v>1121</v>
       </c>
       <c r="D582" t="s">
-        <v>2237</v>
+        <v>1121</v>
       </c>
       <c r="E582" s="2" t="s">
-        <v>2238</v>
-[...3 lines deleted...]
-      </c>
+        <v>1122</v>
+      </c>
+      <c r="F582" s="2"/>
     </row>
     <row r="583" spans="1:6">
       <c r="A583" t="s">
-        <v>2020</v>
+        <v>1013</v>
       </c>
       <c r="B583" t="s">
-        <v>2021</v>
+        <v>1013</v>
       </c>
       <c r="C583" t="s">
-        <v>2240</v>
+        <v>1123</v>
       </c>
       <c r="D583" t="s">
-        <v>2241</v>
+        <v>1123</v>
       </c>
       <c r="E583" s="2" t="s">
-        <v>2242</v>
-[...3 lines deleted...]
-      </c>
+        <v>1124</v>
+      </c>
+      <c r="F583" s="2"/>
     </row>
     <row r="584" spans="1:6">
       <c r="A584" t="s">
-        <v>2020</v>
+        <v>1013</v>
       </c>
       <c r="B584" t="s">
-        <v>2021</v>
+        <v>1013</v>
       </c>
       <c r="C584" t="s">
-        <v>2244</v>
+        <v>1125</v>
       </c>
       <c r="D584" t="s">
-        <v>2245</v>
+        <v>1125</v>
       </c>
       <c r="E584" s="2" t="s">
-        <v>2246</v>
-[...3 lines deleted...]
-      </c>
+        <v>1126</v>
+      </c>
+      <c r="F584" s="2"/>
     </row>
     <row r="585" spans="1:6">
       <c r="A585" t="s">
-        <v>2248</v>
+        <v>1127</v>
       </c>
       <c r="B585" t="s">
-        <v>2249</v>
+        <v>1127</v>
       </c>
       <c r="C585" t="s">
-        <v>2250</v>
+        <v>1128</v>
       </c>
       <c r="D585" t="s">
-        <v>2251</v>
+        <v>1128</v>
       </c>
       <c r="E585" s="2" t="s">
-        <v>2252</v>
-[...3 lines deleted...]
-      </c>
+        <v>1129</v>
+      </c>
+      <c r="F585" s="2"/>
     </row>
     <row r="586" spans="1:6">
       <c r="A586" t="s">
-        <v>2248</v>
+        <v>1127</v>
       </c>
       <c r="B586" t="s">
-        <v>2249</v>
+        <v>1127</v>
       </c>
       <c r="C586" t="s">
-        <v>2254</v>
+        <v>1130</v>
       </c>
       <c r="D586" t="s">
-        <v>2255</v>
+        <v>1130</v>
       </c>
       <c r="E586" s="2" t="s">
-        <v>2256</v>
-[...3 lines deleted...]
-      </c>
+        <v>1131</v>
+      </c>
+      <c r="F586" s="2"/>
     </row>
     <row r="587" spans="1:6">
       <c r="A587" t="s">
-        <v>2248</v>
+        <v>1127</v>
       </c>
       <c r="B587" t="s">
-        <v>2249</v>
+        <v>1127</v>
       </c>
       <c r="C587" t="s">
-        <v>2258</v>
+        <v>1132</v>
       </c>
       <c r="D587" t="s">
-        <v>2259</v>
+        <v>1132</v>
       </c>
       <c r="E587" s="2" t="s">
-        <v>2260</v>
-[...3 lines deleted...]
-      </c>
+        <v>1133</v>
+      </c>
+      <c r="F587" s="2"/>
     </row>
     <row r="588" spans="1:6">
       <c r="A588" t="s">
-        <v>2248</v>
+        <v>1127</v>
       </c>
       <c r="B588" t="s">
-        <v>2249</v>
+        <v>1127</v>
       </c>
       <c r="C588" t="s">
-        <v>2262</v>
+        <v>1134</v>
       </c>
       <c r="D588" t="s">
-        <v>2263</v>
+        <v>1134</v>
       </c>
       <c r="E588" s="2" t="s">
-        <v>2264</v>
-[...3 lines deleted...]
-      </c>
+        <v>1135</v>
+      </c>
+      <c r="F588" s="2"/>
     </row>
     <row r="589" spans="1:6">
       <c r="A589" t="s">
-        <v>2248</v>
+        <v>1127</v>
       </c>
       <c r="B589" t="s">
-        <v>2249</v>
+        <v>1127</v>
       </c>
       <c r="C589" t="s">
-        <v>2266</v>
+        <v>1136</v>
       </c>
       <c r="D589" t="s">
-        <v>2267</v>
+        <v>1136</v>
       </c>
       <c r="E589" s="2" t="s">
-        <v>2268</v>
-[...3 lines deleted...]
-      </c>
+        <v>1137</v>
+      </c>
+      <c r="F589" s="2"/>
     </row>
     <row r="590" spans="1:6">
       <c r="A590" t="s">
-        <v>2248</v>
+        <v>1127</v>
       </c>
       <c r="B590" t="s">
-        <v>2249</v>
+        <v>1127</v>
       </c>
       <c r="C590" t="s">
-        <v>2270</v>
+        <v>1138</v>
       </c>
       <c r="D590" t="s">
-        <v>2271</v>
+        <v>1138</v>
       </c>
       <c r="E590" s="2" t="s">
-        <v>2272</v>
-[...3 lines deleted...]
-      </c>
+        <v>1139</v>
+      </c>
+      <c r="F590" s="2"/>
     </row>
     <row r="591" spans="1:6">
       <c r="A591" t="s">
-        <v>2248</v>
+        <v>1127</v>
       </c>
       <c r="B591" t="s">
-        <v>2249</v>
+        <v>1127</v>
       </c>
       <c r="C591" t="s">
-        <v>2274</v>
+        <v>1140</v>
       </c>
       <c r="D591" t="s">
-        <v>2275</v>
+        <v>1140</v>
       </c>
       <c r="E591" s="2" t="s">
-        <v>2276</v>
-[...3 lines deleted...]
-      </c>
+        <v>1141</v>
+      </c>
+      <c r="F591" s="2"/>
     </row>
     <row r="592" spans="1:6">
       <c r="A592" t="s">
-        <v>2278</v>
+        <v>1142</v>
       </c>
       <c r="B592" t="s">
-        <v>2279</v>
+        <v>1142</v>
       </c>
       <c r="C592" t="s">
-        <v>2280</v>
+        <v>1143</v>
       </c>
       <c r="D592" t="s">
-        <v>2281</v>
+        <v>1143</v>
       </c>
       <c r="E592" s="2" t="s">
-        <v>2282</v>
-[...3 lines deleted...]
-      </c>
+        <v>1144</v>
+      </c>
+      <c r="F592" s="2"/>
     </row>
     <row r="593" spans="1:6">
       <c r="A593" t="s">
-        <v>2278</v>
+        <v>1142</v>
       </c>
       <c r="B593" t="s">
-        <v>2279</v>
+        <v>1142</v>
       </c>
       <c r="C593" t="s">
-        <v>2054</v>
+        <v>1030</v>
       </c>
       <c r="D593" t="s">
-        <v>2055</v>
+        <v>1030</v>
       </c>
       <c r="E593" s="2" t="s">
-        <v>2284</v>
-[...3 lines deleted...]
-      </c>
+        <v>1145</v>
+      </c>
+      <c r="F593" s="2"/>
     </row>
     <row r="594" spans="1:6">
       <c r="A594" t="s">
-        <v>2278</v>
+        <v>1142</v>
       </c>
       <c r="B594" t="s">
-        <v>2279</v>
+        <v>1142</v>
       </c>
       <c r="C594" t="s">
-        <v>2286</v>
+        <v>1146</v>
       </c>
       <c r="D594" t="s">
-        <v>2287</v>
+        <v>1146</v>
       </c>
       <c r="E594" s="2" t="s">
-        <v>2288</v>
-[...3 lines deleted...]
-      </c>
+        <v>1147</v>
+      </c>
+      <c r="F594" s="2"/>
     </row>
     <row r="595" spans="1:6">
       <c r="A595" t="s">
-        <v>2278</v>
+        <v>1142</v>
       </c>
       <c r="B595" t="s">
-        <v>2279</v>
+        <v>1142</v>
       </c>
       <c r="C595" t="s">
-        <v>2290</v>
+        <v>1148</v>
       </c>
       <c r="D595" t="s">
-        <v>2291</v>
+        <v>1148</v>
       </c>
       <c r="E595" s="2" t="s">
-        <v>2292</v>
-[...3 lines deleted...]
-      </c>
+        <v>1149</v>
+      </c>
+      <c r="F595" s="2"/>
     </row>
     <row r="596" spans="1:6">
       <c r="A596" t="s">
-        <v>2278</v>
+        <v>1142</v>
       </c>
       <c r="B596" t="s">
-        <v>2279</v>
+        <v>1142</v>
       </c>
       <c r="C596" t="s">
-        <v>2106</v>
+        <v>1056</v>
       </c>
       <c r="D596" t="s">
-        <v>2107</v>
+        <v>1056</v>
       </c>
       <c r="E596" s="2" t="s">
-        <v>2294</v>
-[...3 lines deleted...]
-      </c>
+        <v>1150</v>
+      </c>
+      <c r="F596" s="2"/>
     </row>
     <row r="597" spans="1:6">
       <c r="A597" t="s">
-        <v>2278</v>
+        <v>1142</v>
       </c>
       <c r="B597" t="s">
-        <v>2279</v>
+        <v>1142</v>
       </c>
       <c r="C597" t="s">
-        <v>2134</v>
+        <v>1070</v>
       </c>
       <c r="D597" t="s">
-        <v>2135</v>
+        <v>1070</v>
       </c>
       <c r="E597" s="2" t="s">
-        <v>2296</v>
-[...3 lines deleted...]
-      </c>
+        <v>1151</v>
+      </c>
+      <c r="F597" s="2"/>
     </row>
     <row r="598" spans="1:6">
       <c r="A598" t="s">
-        <v>2278</v>
+        <v>1142</v>
       </c>
       <c r="B598" t="s">
-        <v>2279</v>
+        <v>1142</v>
       </c>
       <c r="C598" t="s">
-        <v>2170</v>
+        <v>1088</v>
       </c>
       <c r="D598" t="s">
-        <v>2171</v>
+        <v>1088</v>
       </c>
       <c r="E598" s="2" t="s">
-        <v>2298</v>
-[...3 lines deleted...]
-      </c>
+        <v>1152</v>
+      </c>
+      <c r="F598" s="2"/>
     </row>
     <row r="599" spans="1:6">
       <c r="A599" t="s">
-        <v>2278</v>
+        <v>1142</v>
       </c>
       <c r="B599" t="s">
-        <v>2279</v>
+        <v>1142</v>
       </c>
       <c r="C599" t="s">
-        <v>2300</v>
+        <v>1153</v>
       </c>
       <c r="D599" t="s">
-        <v>2301</v>
+        <v>1153</v>
       </c>
       <c r="E599" s="2" t="s">
-        <v>2302</v>
-[...3 lines deleted...]
-      </c>
+        <v>1154</v>
+      </c>
+      <c r="F599" s="2"/>
     </row>
     <row r="600" spans="1:6">
       <c r="A600" t="s">
-        <v>2278</v>
+        <v>1142</v>
       </c>
       <c r="B600" t="s">
-        <v>2279</v>
+        <v>1142</v>
       </c>
       <c r="C600" t="s">
-        <v>2174</v>
+        <v>1090</v>
       </c>
       <c r="D600" t="s">
-        <v>2175</v>
+        <v>1090</v>
       </c>
       <c r="E600" s="2" t="s">
-        <v>2304</v>
-[...3 lines deleted...]
-      </c>
+        <v>1155</v>
+      </c>
+      <c r="F600" s="2"/>
     </row>
     <row r="601" spans="1:6">
       <c r="A601" t="s">
-        <v>2278</v>
+        <v>1142</v>
       </c>
       <c r="B601" t="s">
-        <v>2279</v>
+        <v>1142</v>
       </c>
       <c r="C601" t="s">
-        <v>2306</v>
+        <v>1156</v>
       </c>
       <c r="D601" t="s">
-        <v>2307</v>
+        <v>1156</v>
       </c>
       <c r="E601" s="2" t="s">
-        <v>2308</v>
-[...3 lines deleted...]
-      </c>
+        <v>1157</v>
+      </c>
+      <c r="F601" s="2"/>
     </row>
     <row r="602" spans="1:6">
       <c r="A602" t="s">
-        <v>2278</v>
+        <v>1142</v>
       </c>
       <c r="B602" t="s">
-        <v>2279</v>
+        <v>1142</v>
       </c>
       <c r="C602" t="s">
-        <v>2204</v>
+        <v>1105</v>
       </c>
       <c r="D602" t="s">
-        <v>2205</v>
+        <v>1105</v>
       </c>
       <c r="E602" s="2" t="s">
-        <v>2206</v>
-[...3 lines deleted...]
-      </c>
+        <v>1106</v>
+      </c>
+      <c r="F602" s="2"/>
     </row>
     <row r="603" spans="1:6">
       <c r="A603" t="s">
-        <v>2278</v>
+        <v>1142</v>
       </c>
       <c r="B603" t="s">
-        <v>2279</v>
+        <v>1142</v>
       </c>
       <c r="C603" t="s">
-        <v>2208</v>
+        <v>1107</v>
       </c>
       <c r="D603" t="s">
-        <v>2209</v>
+        <v>1107</v>
       </c>
       <c r="E603" s="2" t="s">
-        <v>2210</v>
-[...3 lines deleted...]
-      </c>
+        <v>1108</v>
+      </c>
+      <c r="F603" s="2"/>
     </row>
     <row r="604" spans="1:6">
       <c r="A604" t="s">
-        <v>2312</v>
+        <v>1158</v>
       </c>
       <c r="B604" t="s">
-        <v>2313</v>
+        <v>1158</v>
       </c>
       <c r="C604" t="s">
-        <v>612</v>
+        <v>310</v>
       </c>
       <c r="D604" t="s">
-        <v>613</v>
+        <v>310</v>
       </c>
       <c r="E604" s="2" t="s">
-        <v>2314</v>
-[...3 lines deleted...]
-      </c>
+        <v>1159</v>
+      </c>
+      <c r="F604" s="2"/>
     </row>
     <row r="605" spans="1:6">
       <c r="A605" t="s">
-        <v>2312</v>
+        <v>1158</v>
       </c>
       <c r="B605" t="s">
-        <v>2313</v>
+        <v>1158</v>
       </c>
       <c r="C605" t="s">
-        <v>624</v>
+        <v>316</v>
       </c>
       <c r="D605" t="s">
-        <v>625</v>
+        <v>316</v>
       </c>
       <c r="E605" s="2" t="s">
-        <v>1947</v>
-[...3 lines deleted...]
-      </c>
+        <v>979</v>
+      </c>
+      <c r="F605" s="2"/>
     </row>
     <row r="606" spans="1:6">
       <c r="A606" t="s">
-        <v>2312</v>
+        <v>1158</v>
       </c>
       <c r="B606" t="s">
-        <v>2313</v>
+        <v>1158</v>
       </c>
       <c r="C606" t="s">
-        <v>2317</v>
+        <v>1160</v>
       </c>
       <c r="D606" t="s">
-        <v>2318</v>
+        <v>1160</v>
       </c>
       <c r="E606" s="2" t="s">
-        <v>2319</v>
-[...3 lines deleted...]
-      </c>
+        <v>1161</v>
+      </c>
+      <c r="F606" s="2"/>
     </row>
     <row r="607" spans="1:6">
       <c r="A607" t="s">
-        <v>2312</v>
+        <v>1158</v>
       </c>
       <c r="B607" t="s">
-        <v>2313</v>
+        <v>1158</v>
       </c>
       <c r="C607" t="s">
-        <v>2321</v>
+        <v>1162</v>
       </c>
       <c r="D607" t="s">
-        <v>2322</v>
+        <v>1162</v>
       </c>
       <c r="E607" s="2" t="s">
-        <v>2323</v>
-[...3 lines deleted...]
-      </c>
+        <v>1163</v>
+      </c>
+      <c r="F607" s="2"/>
     </row>
     <row r="608" spans="1:6">
       <c r="A608" t="s">
-        <v>2312</v>
+        <v>1158</v>
       </c>
       <c r="B608" t="s">
-        <v>2313</v>
+        <v>1158</v>
       </c>
       <c r="C608" t="s">
-        <v>2325</v>
+        <v>1164</v>
       </c>
       <c r="D608" t="s">
-        <v>2326</v>
+        <v>1164</v>
       </c>
       <c r="E608" s="2" t="s">
-        <v>2327</v>
-[...3 lines deleted...]
-      </c>
+        <v>1165</v>
+      </c>
+      <c r="F608" s="2"/>
     </row>
     <row r="609" spans="1:6">
       <c r="A609" t="s">
-        <v>2312</v>
+        <v>1158</v>
       </c>
       <c r="B609" t="s">
-        <v>2313</v>
+        <v>1158</v>
       </c>
       <c r="C609" t="s">
-        <v>1107</v>
+        <v>559</v>
       </c>
       <c r="D609" t="s">
-        <v>1108</v>
+        <v>559</v>
       </c>
       <c r="E609" s="2" t="s">
-        <v>2329</v>
-[...3 lines deleted...]
-      </c>
+        <v>1166</v>
+      </c>
+      <c r="F609" s="2"/>
     </row>
     <row r="610" spans="1:6">
       <c r="A610" t="s">
-        <v>2312</v>
+        <v>1158</v>
       </c>
       <c r="B610" t="s">
-        <v>2313</v>
+        <v>1158</v>
       </c>
       <c r="C610" t="s">
-        <v>365</v>
+        <v>187</v>
       </c>
       <c r="D610" t="s">
-        <v>366</v>
+        <v>187</v>
       </c>
       <c r="E610" s="2" t="s">
-        <v>2331</v>
-[...3 lines deleted...]
-      </c>
+        <v>1167</v>
+      </c>
+      <c r="F610" s="2"/>
     </row>
     <row r="611" spans="1:6">
       <c r="A611" t="s">
-        <v>2312</v>
+        <v>1158</v>
       </c>
       <c r="B611" t="s">
-        <v>2313</v>
+        <v>1158</v>
       </c>
       <c r="C611" t="s">
-        <v>2333</v>
+        <v>1168</v>
       </c>
       <c r="D611" t="s">
-        <v>2334</v>
+        <v>1168</v>
       </c>
       <c r="E611" s="2" t="s">
-        <v>2335</v>
-[...3 lines deleted...]
-      </c>
+        <v>1169</v>
+      </c>
+      <c r="F611" s="2"/>
     </row>
     <row r="612" spans="1:6">
       <c r="A612" t="s">
-        <v>2312</v>
+        <v>1158</v>
       </c>
       <c r="B612" t="s">
-        <v>2313</v>
+        <v>1158</v>
       </c>
       <c r="C612" t="s">
-        <v>369</v>
+        <v>189</v>
       </c>
       <c r="D612" t="s">
-        <v>370</v>
+        <v>189</v>
       </c>
       <c r="E612" s="2" t="s">
-        <v>371</v>
-[...3 lines deleted...]
-      </c>
+        <v>190</v>
+      </c>
+      <c r="F612" s="2"/>
     </row>
     <row r="613" spans="1:6">
       <c r="A613" t="s">
-        <v>2312</v>
+        <v>1158</v>
       </c>
       <c r="B613" t="s">
-        <v>2313</v>
+        <v>1158</v>
       </c>
       <c r="C613" t="s">
-        <v>1978</v>
+        <v>994</v>
       </c>
       <c r="D613" t="s">
-        <v>1979</v>
+        <v>994</v>
       </c>
       <c r="E613" s="2" t="s">
-        <v>2338</v>
-[...3 lines deleted...]
-      </c>
+        <v>1170</v>
+      </c>
+      <c r="F613" s="2"/>
     </row>
     <row r="614" spans="1:6">
       <c r="A614" t="s">
-        <v>2312</v>
+        <v>1158</v>
       </c>
       <c r="B614" t="s">
-        <v>2313</v>
+        <v>1158</v>
       </c>
       <c r="C614" t="s">
-        <v>2340</v>
+        <v>1171</v>
       </c>
       <c r="D614" t="s">
-        <v>2341</v>
+        <v>1171</v>
       </c>
       <c r="E614" s="2" t="s">
-        <v>2342</v>
-[...3 lines deleted...]
-      </c>
+        <v>1172</v>
+      </c>
+      <c r="F614" s="2"/>
     </row>
     <row r="615" spans="1:6">
       <c r="A615" t="s">
-        <v>2312</v>
+        <v>1158</v>
       </c>
       <c r="B615" t="s">
-        <v>2313</v>
+        <v>1158</v>
       </c>
       <c r="C615" t="s">
-        <v>1986</v>
+        <v>998</v>
       </c>
       <c r="D615" t="s">
-        <v>1987</v>
+        <v>998</v>
       </c>
       <c r="E615" s="2" t="s">
-        <v>2344</v>
-[...3 lines deleted...]
-      </c>
+        <v>1173</v>
+      </c>
+      <c r="F615" s="2"/>
     </row>
     <row r="616" spans="1:6">
       <c r="A616" t="s">
-        <v>2312</v>
+        <v>1158</v>
       </c>
       <c r="B616" t="s">
-        <v>2313</v>
+        <v>1158</v>
       </c>
       <c r="C616" t="s">
-        <v>2346</v>
+        <v>1174</v>
       </c>
       <c r="D616" t="s">
-        <v>2347</v>
+        <v>1174</v>
       </c>
       <c r="E616" s="2" t="s">
-        <v>2348</v>
-[...3 lines deleted...]
-      </c>
+        <v>1175</v>
+      </c>
+      <c r="F616" s="2"/>
     </row>
     <row r="617" spans="1:6">
       <c r="A617" t="s">
-        <v>2312</v>
+        <v>1158</v>
       </c>
       <c r="B617" t="s">
-        <v>2313</v>
+        <v>1158</v>
       </c>
       <c r="C617" t="s">
-        <v>377</v>
+        <v>193</v>
       </c>
       <c r="D617" t="s">
-        <v>378</v>
+        <v>193</v>
       </c>
       <c r="E617" s="2" t="s">
-        <v>379</v>
-[...3 lines deleted...]
-      </c>
+        <v>194</v>
+      </c>
+      <c r="F617" s="2"/>
     </row>
     <row r="618" spans="1:6">
       <c r="A618" t="s">
-        <v>2312</v>
+        <v>1158</v>
       </c>
       <c r="B618" t="s">
-        <v>2313</v>
+        <v>1158</v>
       </c>
       <c r="C618" t="s">
-        <v>315</v>
+        <v>162</v>
       </c>
       <c r="D618" t="s">
-        <v>316</v>
+        <v>162</v>
       </c>
       <c r="E618" s="2" t="s">
-        <v>2351</v>
-[...3 lines deleted...]
-      </c>
+        <v>1176</v>
+      </c>
+      <c r="F618" s="2"/>
     </row>
     <row r="619" spans="1:6">
       <c r="A619" t="s">
-        <v>2312</v>
+        <v>1158</v>
       </c>
       <c r="B619" t="s">
-        <v>2313</v>
+        <v>1158</v>
       </c>
       <c r="C619" t="s">
-        <v>1993</v>
+        <v>1001</v>
       </c>
       <c r="D619" t="s">
-        <v>1994</v>
+        <v>1001</v>
       </c>
       <c r="E619" s="2" t="s">
-        <v>2353</v>
-[...3 lines deleted...]
-      </c>
+        <v>1177</v>
+      </c>
+      <c r="F619" s="2"/>
     </row>
     <row r="620" spans="1:6">
       <c r="A620" t="s">
-        <v>2312</v>
+        <v>1158</v>
       </c>
       <c r="B620" t="s">
-        <v>2313</v>
+        <v>1158</v>
       </c>
       <c r="C620" t="s">
-        <v>2355</v>
+        <v>1178</v>
       </c>
       <c r="D620" t="s">
-        <v>2356</v>
+        <v>1178</v>
       </c>
       <c r="E620" s="2" t="s">
-        <v>2357</v>
-[...3 lines deleted...]
-      </c>
+        <v>1179</v>
+      </c>
+      <c r="F620" s="2"/>
     </row>
     <row r="621" spans="1:6">
       <c r="A621" t="s">
-        <v>2312</v>
+        <v>1158</v>
       </c>
       <c r="B621" t="s">
-        <v>2313</v>
+        <v>1158</v>
       </c>
       <c r="C621" t="s">
-        <v>381</v>
+        <v>195</v>
       </c>
       <c r="D621" t="s">
-        <v>382</v>
+        <v>195</v>
       </c>
       <c r="E621" s="2" t="s">
-        <v>383</v>
-[...3 lines deleted...]
-      </c>
+        <v>196</v>
+      </c>
+      <c r="F621" s="2"/>
     </row>
     <row r="622" spans="1:6">
       <c r="A622" t="s">
-        <v>2312</v>
+        <v>1158</v>
       </c>
       <c r="B622" t="s">
-        <v>2313</v>
+        <v>1158</v>
       </c>
       <c r="C622" t="s">
-        <v>1068</v>
+        <v>539</v>
       </c>
       <c r="D622" t="s">
-        <v>1069</v>
+        <v>539</v>
       </c>
       <c r="E622" s="2" t="s">
-        <v>1394</v>
-[...3 lines deleted...]
-      </c>
+        <v>704</v>
+      </c>
+      <c r="F622" s="2"/>
     </row>
     <row r="623" spans="1:6">
       <c r="A623" t="s">
-        <v>2312</v>
+        <v>1158</v>
       </c>
       <c r="B623" t="s">
-        <v>2313</v>
+        <v>1158</v>
       </c>
       <c r="C623" t="s">
-        <v>1072</v>
+        <v>541</v>
       </c>
       <c r="D623" t="s">
-        <v>1073</v>
+        <v>541</v>
       </c>
       <c r="E623" s="2" t="s">
-        <v>2360</v>
-[...3 lines deleted...]
-      </c>
+        <v>1180</v>
+      </c>
+      <c r="F623" s="2"/>
     </row>
     <row r="624" spans="1:6">
       <c r="A624" t="s">
-        <v>2312</v>
+        <v>1158</v>
       </c>
       <c r="B624" t="s">
-        <v>2313</v>
+        <v>1158</v>
       </c>
       <c r="C624" t="s">
-        <v>389</v>
+        <v>199</v>
       </c>
       <c r="D624" t="s">
-        <v>390</v>
+        <v>199</v>
       </c>
       <c r="E624" s="2" t="s">
-        <v>391</v>
-[...3 lines deleted...]
-      </c>
+        <v>200</v>
+      </c>
+      <c r="F624" s="2"/>
     </row>
     <row r="625" spans="1:6">
       <c r="A625" t="s">
-        <v>2312</v>
+        <v>1158</v>
       </c>
       <c r="B625" t="s">
-        <v>2313</v>
+        <v>1158</v>
       </c>
       <c r="C625" t="s">
-        <v>2363</v>
+        <v>1181</v>
       </c>
       <c r="D625" t="s">
-        <v>2364</v>
+        <v>1181</v>
       </c>
       <c r="E625" s="2" t="s">
-        <v>2365</v>
-[...3 lines deleted...]
-      </c>
+        <v>1182</v>
+      </c>
+      <c r="F625" s="2"/>
     </row>
     <row r="626" spans="1:6">
       <c r="A626" t="s">
-        <v>2312</v>
+        <v>1158</v>
       </c>
       <c r="B626" t="s">
-        <v>2313</v>
+        <v>1158</v>
       </c>
       <c r="C626" t="s">
-        <v>397</v>
+        <v>203</v>
       </c>
       <c r="D626" t="s">
-        <v>398</v>
+        <v>203</v>
       </c>
       <c r="E626" s="2" t="s">
-        <v>399</v>
-[...3 lines deleted...]
-      </c>
+        <v>204</v>
+      </c>
+      <c r="F626" s="2"/>
     </row>
     <row r="627" spans="1:6">
       <c r="A627" t="s">
-        <v>2368</v>
+        <v>1183</v>
       </c>
       <c r="B627" t="s">
-        <v>2369</v>
+        <v>1183</v>
       </c>
       <c r="C627" t="s">
-        <v>2370</v>
+        <v>1184</v>
       </c>
       <c r="D627" t="s">
-        <v>2371</v>
+        <v>1184</v>
       </c>
       <c r="E627" s="2" t="s">
-        <v>2372</v>
-[...3 lines deleted...]
-      </c>
+        <v>1185</v>
+      </c>
+      <c r="F627" s="2"/>
     </row>
     <row r="628" spans="1:6">
       <c r="A628" t="s">
-        <v>2368</v>
+        <v>1183</v>
       </c>
       <c r="B628" t="s">
-        <v>2369</v>
+        <v>1183</v>
       </c>
       <c r="C628" t="s">
-        <v>2374</v>
+        <v>1186</v>
       </c>
       <c r="D628" t="s">
-        <v>2375</v>
+        <v>1186</v>
       </c>
       <c r="E628" s="2" t="s">
-        <v>2376</v>
-[...3 lines deleted...]
-      </c>
+        <v>1187</v>
+      </c>
+      <c r="F628" s="2"/>
     </row>
     <row r="629" spans="1:6">
       <c r="A629" t="s">
-        <v>2368</v>
+        <v>1183</v>
       </c>
       <c r="B629" t="s">
-        <v>2369</v>
+        <v>1183</v>
       </c>
       <c r="C629" t="s">
-        <v>2378</v>
+        <v>1188</v>
       </c>
       <c r="D629" t="s">
-        <v>2379</v>
+        <v>1188</v>
       </c>
       <c r="E629" s="2" t="s">
-        <v>2380</v>
-[...3 lines deleted...]
-      </c>
+        <v>1189</v>
+      </c>
+      <c r="F629" s="2"/>
     </row>
     <row r="630" spans="1:6">
       <c r="A630" t="s">
-        <v>2368</v>
+        <v>1183</v>
       </c>
       <c r="B630" t="s">
-        <v>2369</v>
+        <v>1183</v>
       </c>
       <c r="C630" t="s">
-        <v>2382</v>
+        <v>1190</v>
       </c>
       <c r="D630" t="s">
-        <v>2383</v>
+        <v>1190</v>
       </c>
       <c r="E630" s="2" t="s">
-        <v>2384</v>
-[...3 lines deleted...]
-      </c>
+        <v>1191</v>
+      </c>
+      <c r="F630" s="2"/>
     </row>
     <row r="631" spans="1:6">
       <c r="A631" t="s">
-        <v>2368</v>
+        <v>1183</v>
       </c>
       <c r="B631" t="s">
-        <v>2369</v>
+        <v>1183</v>
       </c>
       <c r="C631" t="s">
-        <v>2386</v>
+        <v>1192</v>
       </c>
       <c r="D631" t="s">
-        <v>2387</v>
+        <v>1192</v>
       </c>
       <c r="E631" s="2" t="s">
-        <v>2388</v>
-[...3 lines deleted...]
-      </c>
+        <v>1193</v>
+      </c>
+      <c r="F631" s="2"/>
     </row>
     <row r="632" spans="1:6">
       <c r="A632" t="s">
-        <v>2368</v>
+        <v>1183</v>
       </c>
       <c r="B632" t="s">
-        <v>2369</v>
+        <v>1183</v>
       </c>
       <c r="C632" t="s">
-        <v>2390</v>
+        <v>1194</v>
       </c>
       <c r="D632" t="s">
-        <v>2391</v>
+        <v>1194</v>
       </c>
       <c r="E632" s="2" t="s">
-        <v>2392</v>
-[...3 lines deleted...]
-      </c>
+        <v>1195</v>
+      </c>
+      <c r="F632" s="2"/>
     </row>
     <row r="633" spans="1:6">
       <c r="A633" t="s">
-        <v>2368</v>
+        <v>1183</v>
       </c>
       <c r="B633" t="s">
-        <v>2369</v>
+        <v>1183</v>
       </c>
       <c r="C633" t="s">
-        <v>2394</v>
+        <v>1196</v>
       </c>
       <c r="D633" t="s">
-        <v>2395</v>
+        <v>1196</v>
       </c>
       <c r="E633" s="2" t="s">
-        <v>2396</v>
-[...3 lines deleted...]
-      </c>
+        <v>1197</v>
+      </c>
+      <c r="F633" s="2"/>
     </row>
     <row r="634" spans="1:6">
       <c r="A634" t="s">
-        <v>2368</v>
+        <v>1183</v>
       </c>
       <c r="B634" t="s">
-        <v>2369</v>
+        <v>1183</v>
       </c>
       <c r="C634" t="s">
-        <v>2398</v>
+        <v>1198</v>
       </c>
       <c r="D634" t="s">
-        <v>2399</v>
+        <v>1198</v>
       </c>
       <c r="E634" s="2" t="s">
-        <v>2400</v>
-[...3 lines deleted...]
-      </c>
+        <v>1199</v>
+      </c>
+      <c r="F634" s="2"/>
     </row>
     <row r="635" spans="1:6">
       <c r="A635" t="s">
-        <v>2368</v>
+        <v>1183</v>
       </c>
       <c r="B635" t="s">
-        <v>2369</v>
+        <v>1183</v>
       </c>
       <c r="C635" t="s">
-        <v>2402</v>
+        <v>1200</v>
       </c>
       <c r="D635" t="s">
-        <v>2403</v>
+        <v>1200</v>
       </c>
       <c r="E635" s="2" t="s">
-        <v>2404</v>
-[...3 lines deleted...]
-      </c>
+        <v>1201</v>
+      </c>
+      <c r="F635" s="2"/>
     </row>
     <row r="636" spans="1:6">
       <c r="A636" t="s">
-        <v>2368</v>
+        <v>1183</v>
       </c>
       <c r="B636" t="s">
-        <v>2369</v>
+        <v>1183</v>
       </c>
       <c r="C636" t="s">
-        <v>2406</v>
+        <v>1202</v>
       </c>
       <c r="D636" t="s">
-        <v>2407</v>
+        <v>1202</v>
       </c>
       <c r="E636" s="2" t="s">
-        <v>2408</v>
-[...3 lines deleted...]
-      </c>
+        <v>1203</v>
+      </c>
+      <c r="F636" s="2"/>
     </row>
     <row r="637" spans="1:6">
       <c r="A637" t="s">
-        <v>2368</v>
+        <v>1183</v>
       </c>
       <c r="B637" t="s">
-        <v>2369</v>
+        <v>1183</v>
       </c>
       <c r="C637" t="s">
-        <v>2410</v>
+        <v>1204</v>
       </c>
       <c r="D637" t="s">
-        <v>2411</v>
+        <v>1204</v>
       </c>
       <c r="E637" s="2" t="s">
-        <v>2412</v>
-[...3 lines deleted...]
-      </c>
+        <v>1205</v>
+      </c>
+      <c r="F637" s="2"/>
     </row>
     <row r="638" spans="1:6">
       <c r="A638" t="s">
-        <v>2368</v>
+        <v>1183</v>
       </c>
       <c r="B638" t="s">
-        <v>2369</v>
+        <v>1183</v>
       </c>
       <c r="C638" t="s">
-        <v>2414</v>
+        <v>1206</v>
       </c>
       <c r="D638" t="s">
-        <v>2415</v>
+        <v>1206</v>
       </c>
       <c r="E638" s="2" t="s">
-        <v>2416</v>
-[...3 lines deleted...]
-      </c>
+        <v>1207</v>
+      </c>
+      <c r="F638" s="2"/>
     </row>
     <row r="639" spans="1:6">
       <c r="A639" t="s">
-        <v>2368</v>
+        <v>1183</v>
       </c>
       <c r="B639" t="s">
-        <v>2369</v>
+        <v>1183</v>
       </c>
       <c r="C639" t="s">
-        <v>2418</v>
+        <v>1208</v>
       </c>
       <c r="D639" t="s">
-        <v>2418</v>
+        <v>1208</v>
       </c>
       <c r="E639" s="2" t="s">
-        <v>2419</v>
-[...3 lines deleted...]
-      </c>
+        <v>1209</v>
+      </c>
+      <c r="F639" s="2"/>
     </row>
     <row r="640" spans="1:6">
       <c r="A640" t="s">
-        <v>2368</v>
+        <v>1183</v>
       </c>
       <c r="B640" t="s">
-        <v>2369</v>
+        <v>1183</v>
       </c>
       <c r="C640" t="s">
-        <v>2421</v>
+        <v>1210</v>
       </c>
       <c r="D640" t="s">
-        <v>2422</v>
+        <v>1210</v>
       </c>
       <c r="E640" s="2" t="s">
-        <v>2423</v>
-[...3 lines deleted...]
-      </c>
+        <v>1211</v>
+      </c>
+      <c r="F640" s="2"/>
     </row>
     <row r="641" spans="1:6">
       <c r="A641" t="s">
-        <v>2368</v>
+        <v>1183</v>
       </c>
       <c r="B641" t="s">
-        <v>2369</v>
+        <v>1183</v>
       </c>
       <c r="C641" t="s">
-        <v>78</v>
+        <v>43</v>
       </c>
       <c r="D641" t="s">
-        <v>2425</v>
+        <v>43</v>
       </c>
       <c r="E641" s="2" t="s">
-        <v>2426</v>
-[...3 lines deleted...]
-      </c>
+        <v>1212</v>
+      </c>
+      <c r="F641" s="2"/>
     </row>
     <row r="642" spans="1:6">
       <c r="A642" t="s">
-        <v>2368</v>
+        <v>1183</v>
       </c>
       <c r="B642" t="s">
-        <v>2369</v>
+        <v>1183</v>
       </c>
       <c r="C642" t="s">
-        <v>2428</v>
+        <v>1213</v>
       </c>
       <c r="D642" t="s">
-        <v>2429</v>
+        <v>1213</v>
       </c>
       <c r="E642" s="2" t="s">
-        <v>2430</v>
-[...3 lines deleted...]
-      </c>
+        <v>1214</v>
+      </c>
+      <c r="F642" s="2"/>
     </row>
     <row r="643" spans="1:6">
       <c r="A643" t="s">
-        <v>2368</v>
+        <v>1183</v>
       </c>
       <c r="B643" t="s">
-        <v>2369</v>
+        <v>1183</v>
       </c>
       <c r="C643" t="s">
-        <v>2432</v>
+        <v>1215</v>
       </c>
       <c r="D643" t="s">
-        <v>2433</v>
+        <v>1215</v>
       </c>
       <c r="E643" s="2" t="s">
-        <v>2434</v>
-[...3 lines deleted...]
-      </c>
+        <v>1216</v>
+      </c>
+      <c r="F643" s="2"/>
     </row>
     <row r="644" spans="1:6">
       <c r="A644" t="s">
-        <v>2368</v>
+        <v>1183</v>
       </c>
       <c r="B644" t="s">
-        <v>2369</v>
+        <v>1183</v>
       </c>
       <c r="C644" t="s">
-        <v>2436</v>
+        <v>1217</v>
       </c>
       <c r="D644" t="s">
-        <v>2437</v>
+        <v>1217</v>
       </c>
       <c r="E644" s="2" t="s">
-        <v>2438</v>
-[...3 lines deleted...]
-      </c>
+        <v>1218</v>
+      </c>
+      <c r="F644" s="2"/>
     </row>
     <row r="645" spans="1:6">
       <c r="A645" t="s">
-        <v>2368</v>
+        <v>1183</v>
       </c>
       <c r="B645" t="s">
-        <v>2369</v>
+        <v>1183</v>
       </c>
       <c r="C645" t="s">
-        <v>2440</v>
+        <v>1219</v>
       </c>
       <c r="D645" t="s">
-        <v>2441</v>
+        <v>1219</v>
       </c>
       <c r="E645" s="2" t="s">
-        <v>2442</v>
-[...3 lines deleted...]
-      </c>
+        <v>1220</v>
+      </c>
+      <c r="F645" s="2"/>
     </row>
     <row r="646" spans="1:6">
       <c r="A646" t="s">
-        <v>2444</v>
+        <v>1221</v>
       </c>
       <c r="B646" t="s">
-        <v>2445</v>
+        <v>1221</v>
       </c>
       <c r="C646" t="s">
-        <v>2446</v>
+        <v>1222</v>
       </c>
       <c r="D646" t="s">
-        <v>2447</v>
+        <v>1222</v>
       </c>
       <c r="E646" s="2" t="s">
-        <v>2448</v>
-[...3 lines deleted...]
-      </c>
+        <v>1223</v>
+      </c>
+      <c r="F646" s="2"/>
     </row>
     <row r="647" spans="1:6">
       <c r="A647" t="s">
-        <v>2444</v>
+        <v>1221</v>
       </c>
       <c r="B647" t="s">
-        <v>2445</v>
+        <v>1221</v>
       </c>
       <c r="C647" t="s">
-        <v>2450</v>
+        <v>1224</v>
       </c>
       <c r="D647" t="s">
-        <v>2451</v>
+        <v>1224</v>
       </c>
       <c r="E647" s="2" t="s">
-        <v>2452</v>
-[...3 lines deleted...]
-      </c>
+        <v>1225</v>
+      </c>
+      <c r="F647" s="2"/>
     </row>
     <row r="648" spans="1:6">
       <c r="A648" t="s">
-        <v>2444</v>
+        <v>1221</v>
       </c>
       <c r="B648" t="s">
-        <v>2445</v>
+        <v>1221</v>
       </c>
       <c r="C648" t="s">
-        <v>381</v>
+        <v>195</v>
       </c>
       <c r="D648" t="s">
-        <v>382</v>
+        <v>195</v>
       </c>
       <c r="E648" s="2" t="s">
-        <v>2454</v>
-[...3 lines deleted...]
-      </c>
+        <v>1226</v>
+      </c>
+      <c r="F648" s="2"/>
     </row>
     <row r="649" spans="1:6">
       <c r="A649" t="s">
-        <v>2444</v>
+        <v>1221</v>
       </c>
       <c r="B649" t="s">
-        <v>2445</v>
+        <v>1221</v>
       </c>
       <c r="C649" t="s">
-        <v>2456</v>
+        <v>1227</v>
       </c>
       <c r="D649" t="s">
-        <v>2457</v>
+        <v>1227</v>
       </c>
       <c r="E649" s="2" t="s">
-        <v>2458</v>
-[...3 lines deleted...]
-      </c>
+        <v>1228</v>
+      </c>
+      <c r="F649" s="2"/>
     </row>
     <row r="650" spans="1:6">
       <c r="A650" t="s">
-        <v>2460</v>
+        <v>1229</v>
       </c>
       <c r="B650" t="s">
-        <v>2461</v>
+        <v>1229</v>
       </c>
       <c r="C650" t="s">
-        <v>2462</v>
+        <v>1230</v>
       </c>
       <c r="D650" t="s">
-        <v>2463</v>
+        <v>1230</v>
       </c>
       <c r="E650" s="2" t="s">
-        <v>2464</v>
-[...3 lines deleted...]
-      </c>
+        <v>1231</v>
+      </c>
+      <c r="F650" s="2"/>
     </row>
     <row r="651" spans="1:6">
       <c r="A651" t="s">
-        <v>2460</v>
+        <v>1229</v>
       </c>
       <c r="B651" t="s">
-        <v>2461</v>
+        <v>1229</v>
       </c>
       <c r="C651" t="s">
-        <v>2466</v>
+        <v>1232</v>
       </c>
       <c r="D651" t="s">
-        <v>2467</v>
+        <v>1232</v>
       </c>
       <c r="E651" s="2" t="s">
-        <v>2468</v>
-[...3 lines deleted...]
-      </c>
+        <v>1233</v>
+      </c>
+      <c r="F651" s="2"/>
     </row>
     <row r="652" spans="1:6">
       <c r="A652" t="s">
-        <v>2460</v>
+        <v>1229</v>
       </c>
       <c r="B652" t="s">
-        <v>2461</v>
+        <v>1229</v>
       </c>
       <c r="C652" t="s">
-        <v>2470</v>
+        <v>1234</v>
       </c>
       <c r="D652" t="s">
-        <v>2471</v>
+        <v>1234</v>
       </c>
       <c r="E652" s="2" t="s">
-        <v>2472</v>
-[...3 lines deleted...]
-      </c>
+        <v>1235</v>
+      </c>
+      <c r="F652" s="2"/>
     </row>
     <row r="653" spans="1:6">
       <c r="A653" t="s">
-        <v>2460</v>
+        <v>1229</v>
       </c>
       <c r="B653" t="s">
-        <v>2461</v>
+        <v>1229</v>
       </c>
       <c r="C653" t="s">
-        <v>2474</v>
+        <v>1236</v>
       </c>
       <c r="D653" t="s">
-        <v>2475</v>
+        <v>1236</v>
       </c>
       <c r="E653" s="2" t="s">
-        <v>2476</v>
-[...3 lines deleted...]
-      </c>
+        <v>1237</v>
+      </c>
+      <c r="F653" s="2"/>
     </row>
     <row r="654" spans="1:6">
       <c r="A654" t="s">
-        <v>2460</v>
+        <v>1229</v>
       </c>
       <c r="B654" t="s">
-        <v>2461</v>
+        <v>1229</v>
       </c>
       <c r="C654" t="s">
-        <v>2478</v>
+        <v>1238</v>
       </c>
       <c r="D654" t="s">
-        <v>2479</v>
+        <v>1238</v>
       </c>
       <c r="E654" s="2" t="s">
-        <v>2480</v>
-[...3 lines deleted...]
-      </c>
+        <v>1239</v>
+      </c>
+      <c r="F654" s="2"/>
     </row>
     <row r="655" spans="1:6">
       <c r="A655" t="s">
-        <v>2460</v>
+        <v>1229</v>
       </c>
       <c r="B655" t="s">
-        <v>2461</v>
+        <v>1229</v>
       </c>
       <c r="C655" t="s">
-        <v>2482</v>
+        <v>1240</v>
       </c>
       <c r="D655" t="s">
-        <v>2483</v>
+        <v>1240</v>
       </c>
       <c r="E655" s="2" t="s">
-        <v>2484</v>
-[...3 lines deleted...]
-      </c>
+        <v>1241</v>
+      </c>
+      <c r="F655" s="2"/>
     </row>
     <row r="656" spans="1:6">
       <c r="A656" t="s">
-        <v>2460</v>
+        <v>1229</v>
       </c>
       <c r="B656" t="s">
-        <v>2461</v>
+        <v>1229</v>
       </c>
       <c r="C656" t="s">
-        <v>2486</v>
+        <v>1242</v>
       </c>
       <c r="D656" t="s">
-        <v>2487</v>
+        <v>1242</v>
       </c>
       <c r="E656" s="2" t="s">
-        <v>2488</v>
-[...3 lines deleted...]
-      </c>
+        <v>1243</v>
+      </c>
+      <c r="F656" s="2"/>
     </row>
     <row r="657" spans="1:6">
       <c r="A657" t="s">
-        <v>2460</v>
+        <v>1229</v>
       </c>
       <c r="B657" t="s">
-        <v>2461</v>
+        <v>1229</v>
       </c>
       <c r="C657" t="s">
-        <v>2490</v>
+        <v>1244</v>
       </c>
       <c r="D657" t="s">
-        <v>2491</v>
+        <v>1244</v>
       </c>
       <c r="E657" s="2" t="s">
-        <v>2492</v>
-[...3 lines deleted...]
-      </c>
+        <v>1245</v>
+      </c>
+      <c r="F657" s="2"/>
     </row>
     <row r="658" spans="1:6">
       <c r="A658" t="s">
-        <v>2460</v>
+        <v>1229</v>
       </c>
       <c r="B658" t="s">
-        <v>2461</v>
+        <v>1229</v>
       </c>
       <c r="C658" t="s">
-        <v>2494</v>
+        <v>1246</v>
       </c>
       <c r="D658" t="s">
-        <v>2495</v>
+        <v>1246</v>
       </c>
       <c r="E658" s="2" t="s">
-        <v>2496</v>
-[...3 lines deleted...]
-      </c>
+        <v>1247</v>
+      </c>
+      <c r="F658" s="2"/>
     </row>
     <row r="659" spans="1:6">
       <c r="A659" t="s">
-        <v>2460</v>
+        <v>1229</v>
       </c>
       <c r="B659" t="s">
-        <v>2461</v>
+        <v>1229</v>
       </c>
       <c r="C659" t="s">
-        <v>2498</v>
+        <v>1248</v>
       </c>
       <c r="D659" t="s">
-        <v>2499</v>
+        <v>1248</v>
       </c>
       <c r="E659" s="2" t="s">
-        <v>2500</v>
-[...3 lines deleted...]
-      </c>
+        <v>1249</v>
+      </c>
+      <c r="F659" s="2"/>
     </row>
     <row r="660" spans="1:6">
       <c r="A660" t="s">
-        <v>2460</v>
+        <v>1229</v>
       </c>
       <c r="B660" t="s">
-        <v>2461</v>
+        <v>1229</v>
       </c>
       <c r="C660" t="s">
-        <v>2502</v>
+        <v>1250</v>
       </c>
       <c r="D660" t="s">
-        <v>2503</v>
+        <v>1250</v>
       </c>
       <c r="E660" s="2" t="s">
-        <v>2504</v>
-[...3 lines deleted...]
-      </c>
+        <v>1251</v>
+      </c>
+      <c r="F660" s="2"/>
     </row>
     <row r="661" spans="1:6">
       <c r="A661" t="s">
-        <v>2506</v>
+        <v>1252</v>
       </c>
       <c r="B661" t="s">
-        <v>2507</v>
+        <v>1252</v>
       </c>
       <c r="C661" t="s">
-        <v>2508</v>
+        <v>1253</v>
       </c>
       <c r="D661" t="s">
-        <v>2509</v>
+        <v>1253</v>
       </c>
       <c r="E661" s="2" t="s">
-        <v>2510</v>
-[...3 lines deleted...]
-      </c>
+        <v>1254</v>
+      </c>
+      <c r="F661" s="2"/>
     </row>
     <row r="662" spans="1:6">
       <c r="A662" t="s">
-        <v>2506</v>
+        <v>1252</v>
       </c>
       <c r="B662" t="s">
-        <v>2507</v>
+        <v>1252</v>
       </c>
       <c r="C662" t="s">
-        <v>2512</v>
+        <v>1255</v>
       </c>
       <c r="D662" t="s">
-        <v>2513</v>
+        <v>1255</v>
       </c>
       <c r="E662" s="2" t="s">
-        <v>2514</v>
-[...3 lines deleted...]
-      </c>
+        <v>1256</v>
+      </c>
+      <c r="F662" s="2"/>
     </row>
     <row r="663" spans="1:6">
       <c r="A663" t="s">
-        <v>2506</v>
+        <v>1252</v>
       </c>
       <c r="B663" t="s">
-        <v>2507</v>
+        <v>1252</v>
       </c>
       <c r="C663" t="s">
-        <v>2516</v>
+        <v>1257</v>
       </c>
       <c r="D663" t="s">
-        <v>2517</v>
+        <v>1257</v>
       </c>
       <c r="E663" s="2" t="s">
-        <v>2518</v>
-[...3 lines deleted...]
-      </c>
+        <v>1258</v>
+      </c>
+      <c r="F663" s="2"/>
     </row>
     <row r="664" spans="1:6">
       <c r="A664" t="s">
-        <v>2506</v>
+        <v>1252</v>
       </c>
       <c r="B664" t="s">
-        <v>2507</v>
+        <v>1252</v>
       </c>
       <c r="C664" t="s">
-        <v>2520</v>
+        <v>1259</v>
       </c>
       <c r="D664" t="s">
-        <v>2521</v>
+        <v>1259</v>
       </c>
       <c r="E664" s="2" t="s">
-        <v>2522</v>
-[...3 lines deleted...]
-      </c>
+        <v>1260</v>
+      </c>
+      <c r="F664" s="2"/>
     </row>
     <row r="665" spans="1:6">
       <c r="A665" t="s">
-        <v>2506</v>
+        <v>1252</v>
       </c>
       <c r="B665" t="s">
-        <v>2507</v>
+        <v>1252</v>
       </c>
       <c r="C665" t="s">
-        <v>2524</v>
+        <v>1261</v>
       </c>
       <c r="D665" t="s">
-        <v>2525</v>
+        <v>1261</v>
       </c>
       <c r="E665" s="2" t="s">
-        <v>2526</v>
-[...3 lines deleted...]
-      </c>
+        <v>1262</v>
+      </c>
+      <c r="F665" s="2"/>
     </row>
     <row r="666" spans="1:6">
       <c r="A666" t="s">
-        <v>2506</v>
+        <v>1252</v>
       </c>
       <c r="B666" t="s">
-        <v>2507</v>
+        <v>1252</v>
       </c>
       <c r="C666" t="s">
-        <v>2528</v>
+        <v>1263</v>
       </c>
       <c r="D666" t="s">
-        <v>2529</v>
+        <v>1263</v>
       </c>
       <c r="E666" s="2" t="s">
-        <v>2530</v>
-[...3 lines deleted...]
-      </c>
+        <v>1264</v>
+      </c>
+      <c r="F666" s="2"/>
     </row>
     <row r="667" spans="1:6">
       <c r="A667" t="s">
-        <v>2506</v>
+        <v>1252</v>
       </c>
       <c r="B667" t="s">
-        <v>2507</v>
+        <v>1252</v>
       </c>
       <c r="C667" t="s">
-        <v>2532</v>
+        <v>1265</v>
       </c>
       <c r="D667" t="s">
-        <v>2533</v>
+        <v>1265</v>
       </c>
       <c r="E667" s="2" t="s">
-        <v>2534</v>
-[...3 lines deleted...]
-      </c>
+        <v>1266</v>
+      </c>
+      <c r="F667" s="2"/>
     </row>
     <row r="668" spans="1:6">
       <c r="A668" t="s">
-        <v>2506</v>
+        <v>1252</v>
       </c>
       <c r="B668" t="s">
-        <v>2507</v>
+        <v>1252</v>
       </c>
       <c r="C668" t="s">
-        <v>2536</v>
+        <v>1267</v>
       </c>
       <c r="D668" t="s">
-        <v>2537</v>
+        <v>1267</v>
       </c>
       <c r="E668" s="2" t="s">
-        <v>2538</v>
-[...3 lines deleted...]
-      </c>
+        <v>1268</v>
+      </c>
+      <c r="F668" s="2"/>
     </row>
     <row r="669" spans="1:6">
       <c r="A669" t="s">
-        <v>2506</v>
+        <v>1252</v>
       </c>
       <c r="B669" t="s">
-        <v>2507</v>
+        <v>1252</v>
       </c>
       <c r="C669" t="s">
-        <v>2540</v>
+        <v>1269</v>
       </c>
       <c r="D669" t="s">
-        <v>2541</v>
+        <v>1269</v>
       </c>
       <c r="E669" s="2" t="s">
-        <v>2542</v>
-[...3 lines deleted...]
-      </c>
+        <v>1270</v>
+      </c>
+      <c r="F669" s="2"/>
     </row>
     <row r="670" spans="1:6">
       <c r="A670" t="s">
-        <v>2506</v>
+        <v>1252</v>
       </c>
       <c r="B670" t="s">
-        <v>2507</v>
+        <v>1252</v>
       </c>
       <c r="C670" t="s">
-        <v>2544</v>
+        <v>1271</v>
       </c>
       <c r="D670" t="s">
-        <v>2545</v>
+        <v>1271</v>
       </c>
       <c r="E670" s="2" t="s">
-        <v>2546</v>
-[...3 lines deleted...]
-      </c>
+        <v>1272</v>
+      </c>
+      <c r="F670" s="2"/>
     </row>
     <row r="671" spans="1:6">
       <c r="A671" t="s">
-        <v>2506</v>
+        <v>1252</v>
       </c>
       <c r="B671" t="s">
-        <v>2507</v>
+        <v>1252</v>
       </c>
       <c r="C671" t="s">
-        <v>2548</v>
+        <v>1273</v>
       </c>
       <c r="D671" t="s">
-        <v>2549</v>
+        <v>1273</v>
       </c>
       <c r="E671" s="2" t="s">
-        <v>2550</v>
-[...3 lines deleted...]
-      </c>
+        <v>1274</v>
+      </c>
+      <c r="F671" s="2"/>
     </row>
     <row r="672" spans="1:6">
       <c r="A672" t="s">
-        <v>2506</v>
+        <v>1252</v>
       </c>
       <c r="B672" t="s">
-        <v>2507</v>
+        <v>1252</v>
       </c>
       <c r="C672" t="s">
-        <v>660</v>
+        <v>334</v>
       </c>
       <c r="D672" t="s">
-        <v>661</v>
+        <v>334</v>
       </c>
       <c r="E672" s="2" t="s">
-        <v>2552</v>
-[...3 lines deleted...]
-      </c>
+        <v>1275</v>
+      </c>
+      <c r="F672" s="2"/>
     </row>
     <row r="673" spans="1:6">
       <c r="A673" t="s">
-        <v>2506</v>
+        <v>1252</v>
       </c>
       <c r="B673" t="s">
-        <v>2507</v>
+        <v>1252</v>
       </c>
       <c r="C673" t="s">
-        <v>2554</v>
+        <v>1276</v>
       </c>
       <c r="D673" t="s">
-        <v>2555</v>
+        <v>1276</v>
       </c>
       <c r="E673" s="2" t="s">
-        <v>2556</v>
-[...3 lines deleted...]
-      </c>
+        <v>1277</v>
+      </c>
+      <c r="F673" s="2"/>
     </row>
     <row r="674" spans="1:6">
       <c r="A674" t="s">
-        <v>2506</v>
+        <v>1252</v>
       </c>
       <c r="B674" t="s">
-        <v>2507</v>
+        <v>1252</v>
       </c>
       <c r="C674" t="s">
-        <v>2558</v>
+        <v>1278</v>
       </c>
       <c r="D674" t="s">
-        <v>2559</v>
+        <v>1278</v>
       </c>
       <c r="E674" s="2" t="s">
-        <v>2560</v>
-[...3 lines deleted...]
-      </c>
+        <v>1279</v>
+      </c>
+      <c r="F674" s="2"/>
     </row>
     <row r="675" spans="1:6">
       <c r="A675" t="s">
-        <v>2506</v>
+        <v>1252</v>
       </c>
       <c r="B675" t="s">
-        <v>2507</v>
+        <v>1252</v>
       </c>
       <c r="C675" t="s">
-        <v>2562</v>
+        <v>1280</v>
       </c>
       <c r="D675" t="s">
-        <v>2563</v>
+        <v>1280</v>
       </c>
       <c r="E675" s="2" t="s">
-        <v>2564</v>
-[...3 lines deleted...]
-      </c>
+        <v>1281</v>
+      </c>
+      <c r="F675" s="2"/>
     </row>
     <row r="676" spans="1:6">
       <c r="A676" t="s">
-        <v>2506</v>
+        <v>1252</v>
       </c>
       <c r="B676" t="s">
-        <v>2507</v>
+        <v>1252</v>
       </c>
       <c r="C676" t="s">
-        <v>2566</v>
+        <v>1282</v>
       </c>
       <c r="D676" t="s">
-        <v>2567</v>
+        <v>1282</v>
       </c>
       <c r="E676" s="2" t="s">
-        <v>2568</v>
-[...3 lines deleted...]
-      </c>
+        <v>1283</v>
+      </c>
+      <c r="F676" s="2"/>
     </row>
     <row r="677" spans="1:6">
       <c r="A677" t="s">
-        <v>2506</v>
+        <v>1252</v>
       </c>
       <c r="B677" t="s">
-        <v>2507</v>
+        <v>1252</v>
       </c>
       <c r="C677" t="s">
-        <v>2570</v>
+        <v>1284</v>
       </c>
       <c r="D677" t="s">
-        <v>2571</v>
+        <v>1284</v>
       </c>
       <c r="E677" s="2" t="s">
-        <v>2572</v>
-[...3 lines deleted...]
-      </c>
+        <v>1285</v>
+      </c>
+      <c r="F677" s="2"/>
     </row>
     <row r="678" spans="1:6">
       <c r="A678" t="s">
-        <v>2506</v>
+        <v>1252</v>
       </c>
       <c r="B678" t="s">
-        <v>2507</v>
+        <v>1252</v>
       </c>
       <c r="C678" t="s">
-        <v>1072</v>
+        <v>541</v>
       </c>
       <c r="D678" t="s">
-        <v>1073</v>
+        <v>541</v>
       </c>
       <c r="E678" s="2" t="s">
-        <v>2574</v>
-[...3 lines deleted...]
-      </c>
+        <v>1286</v>
+      </c>
+      <c r="F678" s="2"/>
     </row>
     <row r="679" spans="1:6">
       <c r="A679" t="s">
-        <v>2506</v>
+        <v>1252</v>
       </c>
       <c r="B679" t="s">
-        <v>2507</v>
+        <v>1252</v>
       </c>
       <c r="C679" t="s">
-        <v>2576</v>
+        <v>1287</v>
       </c>
       <c r="D679" t="s">
-        <v>2577</v>
+        <v>1287</v>
       </c>
       <c r="E679" s="2" t="s">
-        <v>2578</v>
-[...3 lines deleted...]
-      </c>
+        <v>1288</v>
+      </c>
+      <c r="F679" s="2"/>
     </row>
     <row r="680" spans="1:6">
       <c r="A680" t="s">
-        <v>2580</v>
+        <v>1289</v>
       </c>
       <c r="B680" t="s">
-        <v>2581</v>
+        <v>1289</v>
       </c>
       <c r="C680" t="s">
-        <v>2582</v>
+        <v>1290</v>
       </c>
       <c r="D680" t="s">
-        <v>2583</v>
+        <v>1290</v>
       </c>
       <c r="E680" s="2" t="s">
-        <v>2584</v>
-[...3 lines deleted...]
-      </c>
+        <v>1291</v>
+      </c>
+      <c r="F680" s="2"/>
     </row>
     <row r="681" spans="1:6">
       <c r="A681" t="s">
-        <v>2580</v>
+        <v>1289</v>
       </c>
       <c r="B681" t="s">
-        <v>2581</v>
+        <v>1289</v>
       </c>
       <c r="C681" t="s">
-        <v>2586</v>
+        <v>1292</v>
       </c>
       <c r="D681" t="s">
-        <v>2587</v>
+        <v>1292</v>
       </c>
       <c r="E681" s="2" t="s">
-        <v>2588</v>
-[...3 lines deleted...]
-      </c>
+        <v>1293</v>
+      </c>
+      <c r="F681" s="2"/>
     </row>
     <row r="682" spans="1:6">
       <c r="A682" t="s">
-        <v>2580</v>
+        <v>1289</v>
       </c>
       <c r="B682" t="s">
-        <v>2581</v>
+        <v>1289</v>
       </c>
       <c r="C682" t="s">
-        <v>377</v>
+        <v>193</v>
       </c>
       <c r="D682" t="s">
-        <v>378</v>
+        <v>193</v>
       </c>
       <c r="E682" s="2" t="s">
-        <v>379</v>
-[...3 lines deleted...]
-      </c>
+        <v>194</v>
+      </c>
+      <c r="F682" s="2"/>
     </row>
     <row r="683" spans="1:6">
       <c r="A683" t="s">
-        <v>2580</v>
+        <v>1289</v>
       </c>
       <c r="B683" t="s">
-        <v>2581</v>
+        <v>1289</v>
       </c>
       <c r="C683" t="s">
-        <v>1826</v>
+        <v>919</v>
       </c>
       <c r="D683" t="s">
-        <v>1827</v>
+        <v>919</v>
       </c>
       <c r="E683" s="2" t="s">
-        <v>2591</v>
-[...3 lines deleted...]
-      </c>
+        <v>1294</v>
+      </c>
+      <c r="F683" s="2"/>
     </row>
     <row r="684" spans="1:6">
       <c r="A684" t="s">
-        <v>2580</v>
+        <v>1289</v>
       </c>
       <c r="B684" t="s">
-        <v>2581</v>
+        <v>1289</v>
       </c>
       <c r="C684" t="s">
-        <v>2593</v>
+        <v>1295</v>
       </c>
       <c r="D684" t="s">
-        <v>2594</v>
+        <v>1295</v>
       </c>
       <c r="E684" s="2" t="s">
-        <v>2595</v>
-[...3 lines deleted...]
-      </c>
+        <v>1296</v>
+      </c>
+      <c r="F684" s="2"/>
     </row>
     <row r="685" spans="1:6">
       <c r="A685" t="s">
-        <v>2597</v>
+        <v>1297</v>
       </c>
       <c r="B685" t="s">
-        <v>2598</v>
+        <v>1297</v>
       </c>
       <c r="C685" t="s">
-        <v>2599</v>
+        <v>1298</v>
       </c>
       <c r="D685" t="s">
-        <v>2600</v>
+        <v>1298</v>
       </c>
       <c r="E685" s="2" t="s">
-        <v>2601</v>
-[...3 lines deleted...]
-      </c>
+        <v>1299</v>
+      </c>
+      <c r="F685" s="2"/>
     </row>
     <row r="686" spans="1:6">
       <c r="A686" t="s">
-        <v>2597</v>
+        <v>1297</v>
       </c>
       <c r="B686" t="s">
-        <v>2598</v>
+        <v>1297</v>
       </c>
       <c r="C686" t="s">
-        <v>624</v>
+        <v>316</v>
       </c>
       <c r="D686" t="s">
-        <v>625</v>
+        <v>316</v>
       </c>
       <c r="E686" s="2" t="s">
-        <v>2603</v>
-[...3 lines deleted...]
-      </c>
+        <v>1300</v>
+      </c>
+      <c r="F686" s="2"/>
     </row>
     <row r="687" spans="1:6">
       <c r="A687" t="s">
-        <v>2597</v>
+        <v>1297</v>
       </c>
       <c r="B687" t="s">
-        <v>2598</v>
+        <v>1297</v>
       </c>
       <c r="C687" t="s">
-        <v>2605</v>
+        <v>1301</v>
       </c>
       <c r="D687" t="s">
-        <v>1268</v>
+        <v>1301</v>
       </c>
       <c r="E687" s="2" t="s">
-        <v>2606</v>
-[...3 lines deleted...]
-      </c>
+        <v>1302</v>
+      </c>
+      <c r="F687" s="2"/>
     </row>
     <row r="688" spans="1:6">
       <c r="A688" t="s">
-        <v>2597</v>
+        <v>1297</v>
       </c>
       <c r="B688" t="s">
-        <v>2598</v>
+        <v>1297</v>
       </c>
       <c r="C688" t="s">
-        <v>2608</v>
+        <v>1303</v>
       </c>
       <c r="D688" t="s">
-        <v>2609</v>
+        <v>1303</v>
       </c>
       <c r="E688" s="2" t="s">
-        <v>2610</v>
-[...3 lines deleted...]
-      </c>
+        <v>1304</v>
+      </c>
+      <c r="F688" s="2"/>
     </row>
     <row r="689" spans="1:6">
       <c r="A689" t="s">
-        <v>2597</v>
+        <v>1297</v>
       </c>
       <c r="B689" t="s">
-        <v>2598</v>
+        <v>1297</v>
       </c>
       <c r="C689" t="s">
-        <v>2612</v>
+        <v>1305</v>
       </c>
       <c r="D689" t="s">
-        <v>2613</v>
+        <v>1305</v>
       </c>
       <c r="E689" s="2" t="s">
-        <v>2614</v>
-[...3 lines deleted...]
-      </c>
+        <v>1306</v>
+      </c>
+      <c r="F689" s="2"/>
     </row>
     <row r="690" spans="1:6">
       <c r="A690" t="s">
-        <v>2597</v>
+        <v>1297</v>
       </c>
       <c r="B690" t="s">
-        <v>2598</v>
+        <v>1297</v>
       </c>
       <c r="C690" t="s">
-        <v>2616</v>
+        <v>1307</v>
       </c>
       <c r="D690" t="s">
-        <v>2617</v>
+        <v>1307</v>
       </c>
       <c r="E690" s="2" t="s">
-        <v>2618</v>
-[...3 lines deleted...]
-      </c>
+        <v>1308</v>
+      </c>
+      <c r="F690" s="2"/>
     </row>
     <row r="691" spans="1:6">
       <c r="A691" t="s">
-        <v>2597</v>
+        <v>1297</v>
       </c>
       <c r="B691" t="s">
-        <v>2598</v>
+        <v>1297</v>
       </c>
       <c r="C691" t="s">
-        <v>2620</v>
+        <v>1309</v>
       </c>
       <c r="D691" t="s">
-        <v>2621</v>
+        <v>1309</v>
       </c>
       <c r="E691" s="2" t="s">
-        <v>2622</v>
-[...3 lines deleted...]
-      </c>
+        <v>1310</v>
+      </c>
+      <c r="F691" s="2"/>
     </row>
     <row r="692" spans="1:6">
       <c r="A692" t="s">
-        <v>2597</v>
+        <v>1297</v>
       </c>
       <c r="B692" t="s">
-        <v>2598</v>
+        <v>1297</v>
       </c>
       <c r="C692" t="s">
-        <v>2624</v>
+        <v>1311</v>
       </c>
       <c r="D692" t="s">
-        <v>2625</v>
+        <v>1311</v>
       </c>
       <c r="E692" s="2" t="s">
-        <v>2626</v>
-[...3 lines deleted...]
-      </c>
+        <v>1312</v>
+      </c>
+      <c r="F692" s="2"/>
     </row>
     <row r="693" spans="1:6">
       <c r="A693" t="s">
-        <v>2597</v>
+        <v>1297</v>
       </c>
       <c r="B693" t="s">
-        <v>2598</v>
+        <v>1297</v>
       </c>
       <c r="C693" t="s">
-        <v>2628</v>
+        <v>1313</v>
       </c>
       <c r="D693" t="s">
-        <v>2629</v>
+        <v>1313</v>
       </c>
       <c r="E693" s="2" t="s">
-        <v>2630</v>
-[...3 lines deleted...]
-      </c>
+        <v>1314</v>
+      </c>
+      <c r="F693" s="2"/>
     </row>
     <row r="694" spans="1:6">
       <c r="A694" t="s">
-        <v>2597</v>
+        <v>1297</v>
       </c>
       <c r="B694" t="s">
-        <v>2598</v>
+        <v>1297</v>
       </c>
       <c r="C694" t="s">
-        <v>2632</v>
+        <v>1315</v>
       </c>
       <c r="D694" t="s">
-        <v>2633</v>
+        <v>1315</v>
       </c>
       <c r="E694" s="2" t="s">
-        <v>2634</v>
-[...3 lines deleted...]
-      </c>
+        <v>1316</v>
+      </c>
+      <c r="F694" s="2"/>
     </row>
     <row r="695" spans="1:6">
       <c r="A695" t="s">
-        <v>2597</v>
+        <v>1297</v>
       </c>
       <c r="B695" t="s">
-        <v>2598</v>
+        <v>1297</v>
       </c>
       <c r="C695" t="s">
-        <v>2636</v>
+        <v>1317</v>
       </c>
       <c r="D695" t="s">
-        <v>2637</v>
+        <v>1317</v>
       </c>
       <c r="E695" s="2" t="s">
-        <v>2638</v>
-[...3 lines deleted...]
-      </c>
+        <v>1318</v>
+      </c>
+      <c r="F695" s="2"/>
     </row>
     <row r="696" spans="1:6">
       <c r="A696" t="s">
-        <v>2597</v>
+        <v>1297</v>
       </c>
       <c r="B696" t="s">
-        <v>2598</v>
+        <v>1297</v>
       </c>
       <c r="C696" t="s">
-        <v>2640</v>
+        <v>1319</v>
       </c>
       <c r="D696" t="s">
-        <v>2641</v>
+        <v>1319</v>
       </c>
       <c r="E696" s="2" t="s">
-        <v>2642</v>
-[...3 lines deleted...]
-      </c>
+        <v>1320</v>
+      </c>
+      <c r="F696" s="2"/>
     </row>
     <row r="697" spans="1:6">
       <c r="A697" t="s">
-        <v>2597</v>
+        <v>1297</v>
       </c>
       <c r="B697" t="s">
-        <v>2598</v>
+        <v>1297</v>
       </c>
       <c r="C697" t="s">
-        <v>2644</v>
+        <v>1321</v>
       </c>
       <c r="D697" t="s">
-        <v>2645</v>
+        <v>1321</v>
       </c>
       <c r="E697" s="2" t="s">
-        <v>2646</v>
-[...3 lines deleted...]
-      </c>
+        <v>1322</v>
+      </c>
+      <c r="F697" s="2"/>
     </row>
     <row r="698" spans="1:6">
       <c r="A698" t="s">
-        <v>2597</v>
+        <v>1297</v>
       </c>
       <c r="B698" t="s">
-        <v>2598</v>
+        <v>1297</v>
       </c>
       <c r="C698" t="s">
-        <v>2593</v>
+        <v>1295</v>
       </c>
       <c r="D698" t="s">
-        <v>2594</v>
+        <v>1295</v>
       </c>
       <c r="E698" s="2" t="s">
-        <v>2648</v>
-[...3 lines deleted...]
-      </c>
+        <v>1323</v>
+      </c>
+      <c r="F698" s="2"/>
     </row>
     <row r="699" spans="1:6">
       <c r="A699" t="s">
-        <v>2597</v>
+        <v>1297</v>
       </c>
       <c r="B699" t="s">
-        <v>2598</v>
+        <v>1297</v>
       </c>
       <c r="C699" t="s">
-        <v>1076</v>
+        <v>543</v>
       </c>
       <c r="D699" t="s">
-        <v>1077</v>
+        <v>543</v>
       </c>
       <c r="E699" s="2" t="s">
-        <v>2650</v>
-[...3 lines deleted...]
-      </c>
+        <v>1324</v>
+      </c>
+      <c r="F699" s="2"/>
     </row>
     <row r="700" spans="1:6">
       <c r="A700" t="s">
-        <v>2597</v>
+        <v>1297</v>
       </c>
       <c r="B700" t="s">
-        <v>2598</v>
+        <v>1297</v>
       </c>
       <c r="C700" t="s">
-        <v>2652</v>
+        <v>1325</v>
       </c>
       <c r="D700" t="s">
-        <v>2653</v>
+        <v>1325</v>
       </c>
       <c r="E700" s="2" t="s">
-        <v>2654</v>
-[...3 lines deleted...]
-      </c>
+        <v>1326</v>
+      </c>
+      <c r="F700" s="2"/>
     </row>
     <row r="701" spans="1:6">
       <c r="A701" t="s">
-        <v>2597</v>
+        <v>1297</v>
       </c>
       <c r="B701" t="s">
-        <v>2598</v>
+        <v>1297</v>
       </c>
       <c r="C701" t="s">
-        <v>2656</v>
+        <v>1327</v>
       </c>
       <c r="D701" t="s">
-        <v>2657</v>
+        <v>1327</v>
       </c>
       <c r="E701" s="2" t="s">
-        <v>2658</v>
-[...3 lines deleted...]
-      </c>
+        <v>1328</v>
+      </c>
+      <c r="F701" s="2"/>
     </row>
     <row r="702" spans="1:6">
       <c r="A702" t="s">
-        <v>2597</v>
+        <v>1297</v>
       </c>
       <c r="B702" t="s">
-        <v>2598</v>
+        <v>1297</v>
       </c>
       <c r="C702" t="s">
-        <v>2660</v>
+        <v>1329</v>
       </c>
       <c r="D702" t="s">
-        <v>2661</v>
+        <v>1329</v>
       </c>
       <c r="E702" s="2" t="s">
-        <v>2662</v>
-[...3 lines deleted...]
-      </c>
+        <v>1330</v>
+      </c>
+      <c r="F702" s="2"/>
     </row>
     <row r="703" spans="1:6">
       <c r="A703" t="s">
-        <v>2597</v>
+        <v>1297</v>
       </c>
       <c r="B703" t="s">
-        <v>2598</v>
+        <v>1297</v>
       </c>
       <c r="C703" t="s">
-        <v>2664</v>
+        <v>1331</v>
       </c>
       <c r="D703" t="s">
-        <v>2665</v>
+        <v>1331</v>
       </c>
       <c r="E703" s="2" t="s">
-        <v>2666</v>
-[...3 lines deleted...]
-      </c>
+        <v>1332</v>
+      </c>
+      <c r="F703" s="2"/>
     </row>
     <row r="704" spans="1:6">
       <c r="A704" t="s">
-        <v>2597</v>
+        <v>1297</v>
       </c>
       <c r="B704" t="s">
-        <v>2598</v>
+        <v>1297</v>
       </c>
       <c r="C704" t="s">
-        <v>2668</v>
+        <v>1333</v>
       </c>
       <c r="D704" t="s">
-        <v>2669</v>
+        <v>1333</v>
       </c>
       <c r="E704" s="2" t="s">
-        <v>2670</v>
-[...3 lines deleted...]
-      </c>
+        <v>1334</v>
+      </c>
+      <c r="F704" s="2"/>
     </row>
     <row r="705" spans="1:6">
       <c r="A705" t="s">
-        <v>2672</v>
+        <v>1335</v>
       </c>
       <c r="B705" t="s">
-        <v>2673</v>
+        <v>1335</v>
       </c>
       <c r="C705" t="s">
-        <v>2674</v>
+        <v>1336</v>
       </c>
       <c r="D705" t="s">
-        <v>2675</v>
+        <v>1336</v>
       </c>
       <c r="E705" s="2" t="s">
-        <v>2676</v>
-[...3 lines deleted...]
-      </c>
+        <v>1337</v>
+      </c>
+      <c r="F705" s="2"/>
     </row>
     <row r="706" spans="1:6">
       <c r="A706" t="s">
-        <v>2672</v>
+        <v>1335</v>
       </c>
       <c r="B706" t="s">
-        <v>2673</v>
+        <v>1335</v>
       </c>
       <c r="C706" t="s">
-        <v>2678</v>
+        <v>1338</v>
       </c>
       <c r="D706" t="s">
-        <v>2679</v>
+        <v>1338</v>
       </c>
       <c r="E706" s="2" t="s">
-        <v>2680</v>
-[...3 lines deleted...]
-      </c>
+        <v>1339</v>
+      </c>
+      <c r="F706" s="2"/>
     </row>
     <row r="707" spans="1:6">
       <c r="A707" t="s">
-        <v>2672</v>
+        <v>1335</v>
       </c>
       <c r="B707" t="s">
-        <v>2673</v>
+        <v>1335</v>
       </c>
       <c r="C707" t="s">
-        <v>2682</v>
+        <v>1340</v>
       </c>
       <c r="D707" t="s">
-        <v>2683</v>
+        <v>1340</v>
       </c>
       <c r="E707" s="2" t="s">
-        <v>2684</v>
-[...3 lines deleted...]
-      </c>
+        <v>1341</v>
+      </c>
+      <c r="F707" s="2"/>
     </row>
     <row r="708" spans="1:6">
       <c r="A708" t="s">
-        <v>2672</v>
+        <v>1335</v>
       </c>
       <c r="B708" t="s">
-        <v>2673</v>
+        <v>1335</v>
       </c>
       <c r="C708" t="s">
-        <v>2686</v>
+        <v>1342</v>
       </c>
       <c r="D708" t="s">
-        <v>2687</v>
+        <v>1342</v>
       </c>
       <c r="E708" s="2" t="s">
-        <v>2688</v>
-[...3 lines deleted...]
-      </c>
+        <v>1343</v>
+      </c>
+      <c r="F708" s="2"/>
     </row>
     <row r="709" spans="1:6">
       <c r="A709" t="s">
-        <v>2672</v>
+        <v>1335</v>
       </c>
       <c r="B709" t="s">
-        <v>2673</v>
+        <v>1335</v>
       </c>
       <c r="C709" t="s">
-        <v>365</v>
+        <v>187</v>
       </c>
       <c r="D709" t="s">
-        <v>366</v>
+        <v>187</v>
       </c>
       <c r="E709" s="2" t="s">
-        <v>2690</v>
-[...3 lines deleted...]
-      </c>
+        <v>1344</v>
+      </c>
+      <c r="F709" s="2"/>
     </row>
     <row r="710" spans="1:6">
       <c r="A710" t="s">
-        <v>2672</v>
+        <v>1335</v>
       </c>
       <c r="B710" t="s">
-        <v>2673</v>
+        <v>1335</v>
       </c>
       <c r="C710" t="s">
-        <v>2692</v>
+        <v>1345</v>
       </c>
       <c r="D710" t="s">
-        <v>2693</v>
+        <v>1345</v>
       </c>
       <c r="E710" s="2" t="s">
-        <v>2694</v>
-[...3 lines deleted...]
-      </c>
+        <v>1346</v>
+      </c>
+      <c r="F710" s="2"/>
     </row>
     <row r="711" spans="1:6">
       <c r="A711" t="s">
-        <v>2672</v>
+        <v>1335</v>
       </c>
       <c r="B711" t="s">
-        <v>2673</v>
+        <v>1335</v>
       </c>
       <c r="C711" t="s">
-        <v>2696</v>
+        <v>1347</v>
       </c>
       <c r="D711" t="s">
-        <v>2697</v>
+        <v>1347</v>
       </c>
       <c r="E711" s="2" t="s">
-        <v>2698</v>
-[...3 lines deleted...]
-      </c>
+        <v>1348</v>
+      </c>
+      <c r="F711" s="2"/>
     </row>
     <row r="712" spans="1:6">
       <c r="A712" t="s">
-        <v>2700</v>
+        <v>1349</v>
       </c>
       <c r="B712" t="s">
-        <v>2701</v>
+        <v>1349</v>
       </c>
       <c r="C712" t="s">
-        <v>243</v>
+        <v>126</v>
       </c>
       <c r="D712" t="s">
-        <v>244</v>
+        <v>126</v>
       </c>
       <c r="E712" s="2" t="s">
-        <v>2702</v>
-[...3 lines deleted...]
-      </c>
+        <v>1350</v>
+      </c>
+      <c r="F712" s="2"/>
     </row>
     <row r="713" spans="1:6">
       <c r="A713" t="s">
-        <v>2700</v>
+        <v>1349</v>
       </c>
       <c r="B713" t="s">
-        <v>2701</v>
+        <v>1349</v>
       </c>
       <c r="C713" t="s">
-        <v>2704</v>
+        <v>1351</v>
       </c>
       <c r="D713" t="s">
-        <v>2705</v>
+        <v>1351</v>
       </c>
       <c r="E713" s="2" t="s">
-        <v>2706</v>
-[...3 lines deleted...]
-      </c>
+        <v>1352</v>
+      </c>
+      <c r="F713" s="2"/>
     </row>
     <row r="714" spans="1:6">
       <c r="A714" t="s">
-        <v>2700</v>
+        <v>1349</v>
       </c>
       <c r="B714" t="s">
-        <v>2701</v>
+        <v>1349</v>
       </c>
       <c r="C714" t="s">
-        <v>2708</v>
+        <v>1353</v>
       </c>
       <c r="D714" t="s">
-        <v>2709</v>
+        <v>1353</v>
       </c>
       <c r="E714" s="2" t="s">
-        <v>2710</v>
-[...3 lines deleted...]
-      </c>
+        <v>1354</v>
+      </c>
+      <c r="F714" s="2"/>
     </row>
     <row r="715" spans="1:6">
       <c r="A715" t="s">
-        <v>2700</v>
+        <v>1349</v>
       </c>
       <c r="B715" t="s">
-        <v>2701</v>
+        <v>1349</v>
       </c>
       <c r="C715" t="s">
-        <v>2712</v>
+        <v>1355</v>
       </c>
       <c r="D715" t="s">
-        <v>2713</v>
+        <v>1355</v>
       </c>
       <c r="E715" s="2" t="s">
-        <v>2714</v>
-[...3 lines deleted...]
-      </c>
+        <v>1356</v>
+      </c>
+      <c r="F715" s="2"/>
     </row>
     <row r="716" spans="1:6">
       <c r="A716" t="s">
-        <v>2700</v>
+        <v>1349</v>
       </c>
       <c r="B716" t="s">
-        <v>2701</v>
+        <v>1349</v>
       </c>
       <c r="C716" t="s">
-        <v>2716</v>
+        <v>1357</v>
       </c>
       <c r="D716" t="s">
-        <v>2717</v>
+        <v>1357</v>
       </c>
       <c r="E716" s="2" t="s">
-        <v>2718</v>
-[...3 lines deleted...]
-      </c>
+        <v>1358</v>
+      </c>
+      <c r="F716" s="2"/>
     </row>
     <row r="717" spans="1:6">
       <c r="A717" t="s">
-        <v>2700</v>
+        <v>1349</v>
       </c>
       <c r="B717" t="s">
-        <v>2701</v>
+        <v>1349</v>
       </c>
       <c r="C717" t="s">
-        <v>2720</v>
+        <v>1359</v>
       </c>
       <c r="D717" t="s">
-        <v>2721</v>
+        <v>1359</v>
       </c>
       <c r="E717" s="2" t="s">
-        <v>2722</v>
-[...3 lines deleted...]
-      </c>
+        <v>1360</v>
+      </c>
+      <c r="F717" s="2"/>
     </row>
     <row r="718" spans="1:6">
       <c r="A718" t="s">
-        <v>2700</v>
+        <v>1349</v>
       </c>
       <c r="B718" t="s">
-        <v>2701</v>
+        <v>1349</v>
       </c>
       <c r="C718" t="s">
-        <v>2724</v>
+        <v>1361</v>
       </c>
       <c r="D718" t="s">
-        <v>1742</v>
+        <v>1361</v>
       </c>
       <c r="E718" s="2" t="s">
-        <v>2725</v>
-[...3 lines deleted...]
-      </c>
+        <v>1362</v>
+      </c>
+      <c r="F718" s="2"/>
     </row>
     <row r="719" spans="1:6">
       <c r="A719" t="s">
-        <v>2700</v>
+        <v>1349</v>
       </c>
       <c r="B719" t="s">
-        <v>2701</v>
+        <v>1349</v>
       </c>
       <c r="C719" t="s">
-        <v>2727</v>
+        <v>1363</v>
       </c>
       <c r="D719" t="s">
-        <v>2728</v>
+        <v>1363</v>
       </c>
       <c r="E719" s="2" t="s">
-        <v>2729</v>
-[...3 lines deleted...]
-      </c>
+        <v>1364</v>
+      </c>
+      <c r="F719" s="2"/>
     </row>
     <row r="720" spans="1:6">
       <c r="A720" t="s">
-        <v>2700</v>
+        <v>1349</v>
       </c>
       <c r="B720" t="s">
-        <v>2701</v>
+        <v>1349</v>
       </c>
       <c r="C720" t="s">
-        <v>2731</v>
+        <v>1365</v>
       </c>
       <c r="D720" t="s">
-        <v>1750</v>
+        <v>1365</v>
       </c>
       <c r="E720" s="2" t="s">
-        <v>2732</v>
-[...3 lines deleted...]
-      </c>
+        <v>1366</v>
+      </c>
+      <c r="F720" s="2"/>
     </row>
     <row r="721" spans="1:6">
       <c r="A721" t="s">
-        <v>2700</v>
+        <v>1349</v>
       </c>
       <c r="B721" t="s">
-        <v>2701</v>
+        <v>1349</v>
       </c>
       <c r="C721" t="s">
-        <v>2734</v>
+        <v>1367</v>
       </c>
       <c r="D721" t="s">
-        <v>2735</v>
+        <v>1367</v>
       </c>
       <c r="E721" s="2" t="s">
-        <v>2736</v>
-[...3 lines deleted...]
-      </c>
+        <v>1368</v>
+      </c>
+      <c r="F721" s="2"/>
     </row>
     <row r="722" spans="1:6">
       <c r="A722" t="s">
-        <v>2700</v>
+        <v>1349</v>
       </c>
       <c r="B722" t="s">
-        <v>2701</v>
+        <v>1349</v>
       </c>
       <c r="C722" t="s">
-        <v>2738</v>
+        <v>1369</v>
       </c>
       <c r="D722" t="s">
-        <v>1758</v>
+        <v>1369</v>
       </c>
       <c r="E722" s="2" t="s">
-        <v>2739</v>
-[...3 lines deleted...]
-      </c>
+        <v>1370</v>
+      </c>
+      <c r="F722" s="2"/>
     </row>
     <row r="723" spans="1:6">
       <c r="A723" t="s">
-        <v>2700</v>
+        <v>1349</v>
       </c>
       <c r="B723" t="s">
-        <v>2701</v>
+        <v>1349</v>
       </c>
       <c r="C723" t="s">
-        <v>2118</v>
+        <v>1062</v>
       </c>
       <c r="D723" t="s">
-        <v>2119</v>
+        <v>1062</v>
       </c>
       <c r="E723" s="2" t="s">
-        <v>2741</v>
-[...3 lines deleted...]
-      </c>
+        <v>1371</v>
+      </c>
+      <c r="F723" s="2"/>
     </row>
     <row r="724" spans="1:6">
       <c r="A724" t="s">
-        <v>2700</v>
+        <v>1349</v>
       </c>
       <c r="B724" t="s">
-        <v>2701</v>
+        <v>1349</v>
       </c>
       <c r="C724" t="s">
-        <v>2743</v>
+        <v>1372</v>
       </c>
       <c r="D724" t="s">
-        <v>2744</v>
+        <v>1372</v>
       </c>
       <c r="E724" s="2" t="s">
-        <v>2745</v>
-[...3 lines deleted...]
-      </c>
+        <v>1373</v>
+      </c>
+      <c r="F724" s="2"/>
     </row>
     <row r="725" spans="1:6">
       <c r="A725" t="s">
-        <v>2700</v>
+        <v>1349</v>
       </c>
       <c r="B725" t="s">
-        <v>2701</v>
+        <v>1349</v>
       </c>
       <c r="C725" t="s">
-        <v>2747</v>
+        <v>1374</v>
       </c>
       <c r="D725" t="s">
-        <v>2748</v>
+        <v>1374</v>
       </c>
       <c r="E725" s="2" t="s">
-        <v>2749</v>
-[...3 lines deleted...]
-      </c>
+        <v>1375</v>
+      </c>
+      <c r="F725" s="2"/>
     </row>
     <row r="726" spans="1:6">
       <c r="A726" t="s">
-        <v>2700</v>
+        <v>1349</v>
       </c>
       <c r="B726" t="s">
-        <v>2701</v>
+        <v>1349</v>
       </c>
       <c r="C726" t="s">
-        <v>2751</v>
+        <v>1376</v>
       </c>
       <c r="D726" t="s">
-        <v>2752</v>
+        <v>1376</v>
       </c>
       <c r="E726" s="2" t="s">
-        <v>2753</v>
-[...3 lines deleted...]
-      </c>
+        <v>1377</v>
+      </c>
+      <c r="F726" s="2"/>
     </row>
     <row r="727" spans="1:6">
       <c r="A727" t="s">
-        <v>2700</v>
+        <v>1349</v>
       </c>
       <c r="B727" t="s">
-        <v>2701</v>
+        <v>1349</v>
       </c>
       <c r="C727" t="s">
-        <v>2755</v>
+        <v>1378</v>
       </c>
       <c r="D727" t="s">
-        <v>2756</v>
+        <v>1378</v>
       </c>
       <c r="E727" s="2" t="s">
-        <v>2757</v>
-[...3 lines deleted...]
-      </c>
+        <v>1379</v>
+      </c>
+      <c r="F727" s="2"/>
     </row>
     <row r="728" spans="1:6">
       <c r="A728" t="s">
-        <v>2700</v>
+        <v>1349</v>
       </c>
       <c r="B728" t="s">
-        <v>2701</v>
+        <v>1349</v>
       </c>
       <c r="C728" t="s">
-        <v>1567</v>
+        <v>791</v>
       </c>
       <c r="D728" t="s">
-        <v>1568</v>
+        <v>791</v>
       </c>
       <c r="E728" s="2" t="s">
-        <v>2759</v>
-[...3 lines deleted...]
-      </c>
+        <v>1380</v>
+      </c>
+      <c r="F728" s="2"/>
     </row>
     <row r="729" spans="1:6">
       <c r="A729" t="s">
-        <v>2700</v>
+        <v>1349</v>
       </c>
       <c r="B729" t="s">
-        <v>2701</v>
+        <v>1349</v>
       </c>
       <c r="C729" t="s">
-        <v>2761</v>
+        <v>1381</v>
       </c>
       <c r="D729" t="s">
-        <v>2762</v>
+        <v>1381</v>
       </c>
       <c r="E729" s="2" t="s">
-        <v>2763</v>
-[...3 lines deleted...]
-      </c>
+        <v>1382</v>
+      </c>
+      <c r="F729" s="2"/>
     </row>
     <row r="730" spans="1:6">
       <c r="A730" t="s">
-        <v>2700</v>
+        <v>1349</v>
       </c>
       <c r="B730" t="s">
-        <v>2701</v>
+        <v>1349</v>
       </c>
       <c r="C730" t="s">
-        <v>2765</v>
+        <v>1383</v>
       </c>
       <c r="D730" t="s">
-        <v>2766</v>
+        <v>1383</v>
       </c>
       <c r="E730" s="2" t="s">
-        <v>2767</v>
-[...3 lines deleted...]
-      </c>
+        <v>1384</v>
+      </c>
+      <c r="F730" s="2"/>
     </row>
     <row r="731" spans="1:6">
       <c r="A731" t="s">
-        <v>2700</v>
+        <v>1349</v>
       </c>
       <c r="B731" t="s">
-        <v>2701</v>
+        <v>1349</v>
       </c>
       <c r="C731" t="s">
-        <v>2769</v>
+        <v>1385</v>
       </c>
       <c r="D731" t="s">
-        <v>1807</v>
+        <v>1385</v>
       </c>
       <c r="E731" s="2" t="s">
-        <v>2770</v>
-[...3 lines deleted...]
-      </c>
+        <v>1386</v>
+      </c>
+      <c r="F731" s="2"/>
     </row>
     <row r="732" spans="1:6">
       <c r="A732" t="s">
-        <v>2700</v>
+        <v>1349</v>
       </c>
       <c r="B732" t="s">
-        <v>2701</v>
+        <v>1349</v>
       </c>
       <c r="C732" t="s">
-        <v>986</v>
+        <v>498</v>
       </c>
       <c r="D732" t="s">
-        <v>987</v>
+        <v>498</v>
       </c>
       <c r="E732" s="2" t="s">
-        <v>2772</v>
-[...3 lines deleted...]
-      </c>
+        <v>1387</v>
+      </c>
+      <c r="F732" s="2"/>
     </row>
     <row r="733" spans="1:6">
       <c r="A733" t="s">
-        <v>2700</v>
+        <v>1349</v>
       </c>
       <c r="B733" t="s">
-        <v>2701</v>
+        <v>1349</v>
       </c>
       <c r="C733" t="s">
-        <v>2494</v>
+        <v>1246</v>
       </c>
       <c r="D733" t="s">
-        <v>2495</v>
+        <v>1246</v>
       </c>
       <c r="E733" s="2" t="s">
-        <v>2774</v>
-[...3 lines deleted...]
-      </c>
+        <v>1388</v>
+      </c>
+      <c r="F733" s="2"/>
     </row>
     <row r="734" spans="1:6">
       <c r="A734" t="s">
-        <v>2700</v>
+        <v>1349</v>
       </c>
       <c r="B734" t="s">
-        <v>2701</v>
+        <v>1349</v>
       </c>
       <c r="C734" t="s">
-        <v>2776</v>
+        <v>1389</v>
       </c>
       <c r="D734" t="s">
-        <v>2777</v>
+        <v>1389</v>
       </c>
       <c r="E734" s="2" t="s">
-        <v>2778</v>
-[...3 lines deleted...]
-      </c>
+        <v>1390</v>
+      </c>
+      <c r="F734" s="2"/>
     </row>
     <row r="735" spans="1:6">
       <c r="A735" t="s">
-        <v>2780</v>
+        <v>1391</v>
       </c>
       <c r="B735" t="s">
-        <v>2781</v>
+        <v>1391</v>
       </c>
       <c r="C735" t="s">
-        <v>2782</v>
+        <v>1392</v>
       </c>
       <c r="D735" t="s">
-        <v>2783</v>
+        <v>1392</v>
       </c>
       <c r="E735" s="2" t="s">
-        <v>2784</v>
-[...3 lines deleted...]
-      </c>
+        <v>1393</v>
+      </c>
+      <c r="F735" s="2"/>
     </row>
     <row r="736" spans="1:6">
       <c r="A736" t="s">
-        <v>2780</v>
+        <v>1391</v>
       </c>
       <c r="B736" t="s">
-        <v>2781</v>
+        <v>1391</v>
       </c>
       <c r="C736" t="s">
-        <v>2786</v>
+        <v>1394</v>
       </c>
       <c r="D736" t="s">
-        <v>2787</v>
+        <v>1394</v>
       </c>
       <c r="E736" s="2" t="s">
-        <v>2788</v>
-[...3 lines deleted...]
-      </c>
+        <v>1395</v>
+      </c>
+      <c r="F736" s="2"/>
     </row>
     <row r="737" spans="1:6">
       <c r="A737" t="s">
-        <v>2780</v>
+        <v>1391</v>
       </c>
       <c r="B737" t="s">
-        <v>2781</v>
+        <v>1391</v>
       </c>
       <c r="C737" t="s">
-        <v>2790</v>
+        <v>1396</v>
       </c>
       <c r="D737" t="s">
-        <v>2791</v>
+        <v>1396</v>
       </c>
       <c r="E737" s="2" t="s">
-        <v>2792</v>
-[...3 lines deleted...]
-      </c>
+        <v>1397</v>
+      </c>
+      <c r="F737" s="2"/>
     </row>
     <row r="738" spans="1:6">
       <c r="A738" t="s">
-        <v>2780</v>
+        <v>1391</v>
       </c>
       <c r="B738" t="s">
-        <v>2781</v>
+        <v>1391</v>
       </c>
       <c r="C738" t="s">
-        <v>2794</v>
+        <v>1398</v>
       </c>
       <c r="D738" t="s">
-        <v>2795</v>
+        <v>1398</v>
       </c>
       <c r="E738" s="2" t="s">
-        <v>2796</v>
-[...3 lines deleted...]
-      </c>
+        <v>1399</v>
+      </c>
+      <c r="F738" s="2"/>
     </row>
     <row r="739" spans="1:6">
       <c r="A739" t="s">
-        <v>2780</v>
+        <v>1391</v>
       </c>
       <c r="B739" t="s">
-        <v>2781</v>
+        <v>1391</v>
       </c>
       <c r="C739" t="s">
-        <v>2798</v>
+        <v>1400</v>
       </c>
       <c r="D739" t="s">
-        <v>2799</v>
+        <v>1400</v>
       </c>
       <c r="E739" s="2" t="s">
-        <v>2800</v>
-[...3 lines deleted...]
-      </c>
+        <v>1401</v>
+      </c>
+      <c r="F739" s="2"/>
     </row>
     <row r="740" spans="1:6">
       <c r="A740" t="s">
-        <v>2780</v>
+        <v>1391</v>
       </c>
       <c r="B740" t="s">
-        <v>2781</v>
+        <v>1391</v>
       </c>
       <c r="C740" t="s">
-        <v>2802</v>
+        <v>1402</v>
       </c>
       <c r="D740" t="s">
-        <v>2803</v>
+        <v>1402</v>
       </c>
       <c r="E740" s="2" t="s">
-        <v>2804</v>
-[...3 lines deleted...]
-      </c>
+        <v>1403</v>
+      </c>
+      <c r="F740" s="2"/>
     </row>
     <row r="741" spans="1:6">
       <c r="A741" t="s">
-        <v>2780</v>
+        <v>1391</v>
       </c>
       <c r="B741" t="s">
-        <v>2781</v>
+        <v>1391</v>
       </c>
       <c r="C741" t="s">
-        <v>2806</v>
+        <v>1404</v>
       </c>
       <c r="D741" t="s">
-        <v>2807</v>
+        <v>1404</v>
       </c>
       <c r="E741" s="2" t="s">
-        <v>2808</v>
-[...3 lines deleted...]
-      </c>
+        <v>1405</v>
+      </c>
+      <c r="F741" s="2"/>
     </row>
     <row r="742" spans="1:6">
       <c r="A742" t="s">
-        <v>2780</v>
+        <v>1391</v>
       </c>
       <c r="B742" t="s">
-        <v>2781</v>
+        <v>1391</v>
       </c>
       <c r="C742" t="s">
-        <v>2810</v>
+        <v>1406</v>
       </c>
       <c r="D742" t="s">
-        <v>2811</v>
+        <v>1406</v>
       </c>
       <c r="E742" s="2" t="s">
-        <v>2812</v>
-[...3 lines deleted...]
-      </c>
+        <v>1407</v>
+      </c>
+      <c r="F742" s="2"/>
     </row>
     <row r="743" spans="1:6">
       <c r="A743" t="s">
-        <v>2780</v>
+        <v>1391</v>
       </c>
       <c r="B743" t="s">
-        <v>2781</v>
+        <v>1391</v>
       </c>
       <c r="C743" t="s">
-        <v>2814</v>
+        <v>1408</v>
       </c>
       <c r="D743" t="s">
-        <v>2815</v>
+        <v>1408</v>
       </c>
       <c r="E743" s="2" t="s">
-        <v>2816</v>
-[...3 lines deleted...]
-      </c>
+        <v>1409</v>
+      </c>
+      <c r="F743" s="2"/>
     </row>
     <row r="744" spans="1:6">
       <c r="A744" t="s">
-        <v>2780</v>
+        <v>1391</v>
       </c>
       <c r="B744" t="s">
-        <v>2781</v>
+        <v>1391</v>
       </c>
       <c r="C744" t="s">
-        <v>2818</v>
+        <v>1410</v>
       </c>
       <c r="D744" t="s">
-        <v>2819</v>
+        <v>1410</v>
       </c>
       <c r="E744" s="2" t="s">
-        <v>2820</v>
-[...3 lines deleted...]
-      </c>
+        <v>1411</v>
+      </c>
+      <c r="F744" s="2"/>
     </row>
     <row r="745" spans="1:6">
       <c r="A745" t="s">
-        <v>2780</v>
+        <v>1391</v>
       </c>
       <c r="B745" t="s">
-        <v>2781</v>
+        <v>1391</v>
       </c>
       <c r="C745" t="s">
-        <v>2822</v>
+        <v>1412</v>
       </c>
       <c r="D745" t="s">
-        <v>2823</v>
+        <v>1412</v>
       </c>
       <c r="E745" s="2" t="s">
-        <v>2824</v>
-[...3 lines deleted...]
-      </c>
+        <v>1413</v>
+      </c>
+      <c r="F745" s="2"/>
     </row>
     <row r="746" spans="1:6">
       <c r="A746" t="s">
-        <v>2780</v>
+        <v>1391</v>
       </c>
       <c r="B746" t="s">
-        <v>2781</v>
+        <v>1391</v>
       </c>
       <c r="C746" t="s">
-        <v>2826</v>
+        <v>1414</v>
       </c>
       <c r="D746" t="s">
-        <v>2827</v>
+        <v>1414</v>
       </c>
       <c r="E746" s="2" t="s">
-        <v>2828</v>
-[...3 lines deleted...]
-      </c>
+        <v>1415</v>
+      </c>
+      <c r="F746" s="2"/>
     </row>
     <row r="747" spans="1:6">
       <c r="A747" t="s">
-        <v>2780</v>
+        <v>1391</v>
       </c>
       <c r="B747" t="s">
-        <v>2781</v>
+        <v>1391</v>
       </c>
       <c r="C747" t="s">
-        <v>2830</v>
+        <v>1416</v>
       </c>
       <c r="D747" t="s">
-        <v>2831</v>
+        <v>1416</v>
       </c>
       <c r="E747" s="2" t="s">
-        <v>2832</v>
-[...3 lines deleted...]
-      </c>
+        <v>1417</v>
+      </c>
+      <c r="F747" s="2"/>
     </row>
     <row r="748" spans="1:6">
       <c r="A748" t="s">
-        <v>2780</v>
+        <v>1391</v>
       </c>
       <c r="B748" t="s">
-        <v>2781</v>
+        <v>1391</v>
       </c>
       <c r="C748" t="s">
-        <v>2834</v>
+        <v>1418</v>
       </c>
       <c r="D748" t="s">
-        <v>2835</v>
+        <v>1418</v>
       </c>
       <c r="E748" s="2" t="s">
-        <v>2836</v>
-[...3 lines deleted...]
-      </c>
+        <v>1419</v>
+      </c>
+      <c r="F748" s="2"/>
     </row>
     <row r="749" spans="1:6">
       <c r="A749" t="s">
-        <v>2780</v>
+        <v>1391</v>
       </c>
       <c r="B749" t="s">
-        <v>2781</v>
+        <v>1391</v>
       </c>
       <c r="C749" t="s">
-        <v>2838</v>
+        <v>1420</v>
       </c>
       <c r="D749" t="s">
-        <v>2839</v>
+        <v>1420</v>
       </c>
       <c r="E749" s="2" t="s">
-        <v>2840</v>
-[...3 lines deleted...]
-      </c>
+        <v>1421</v>
+      </c>
+      <c r="F749" s="2"/>
     </row>
     <row r="750" spans="1:6">
       <c r="A750" t="s">
-        <v>2780</v>
+        <v>1391</v>
       </c>
       <c r="B750" t="s">
-        <v>2781</v>
+        <v>1391</v>
       </c>
       <c r="C750" t="s">
-        <v>2842</v>
+        <v>1422</v>
       </c>
       <c r="D750" t="s">
-        <v>2843</v>
+        <v>1422</v>
       </c>
       <c r="E750" s="2" t="s">
-        <v>2844</v>
-[...3 lines deleted...]
-      </c>
+        <v>1423</v>
+      </c>
+      <c r="F750" s="2"/>
     </row>
     <row r="751" spans="1:6">
       <c r="A751" t="s">
-        <v>2780</v>
+        <v>1391</v>
       </c>
       <c r="B751" t="s">
-        <v>2781</v>
+        <v>1391</v>
       </c>
       <c r="C751" t="s">
-        <v>2846</v>
+        <v>1424</v>
       </c>
       <c r="D751" t="s">
-        <v>2846</v>
+        <v>1424</v>
       </c>
       <c r="E751" s="2" t="s">
-        <v>2847</v>
-[...3 lines deleted...]
-      </c>
+        <v>1425</v>
+      </c>
+      <c r="F751" s="2"/>
     </row>
     <row r="752" spans="1:6">
       <c r="A752" t="s">
-        <v>2780</v>
+        <v>1391</v>
       </c>
       <c r="B752" t="s">
-        <v>2781</v>
+        <v>1391</v>
       </c>
       <c r="C752" t="s">
-        <v>2849</v>
+        <v>1426</v>
       </c>
       <c r="D752" t="s">
-        <v>2850</v>
+        <v>1426</v>
       </c>
       <c r="E752" s="2" t="s">
-        <v>2851</v>
-[...3 lines deleted...]
-      </c>
+        <v>1427</v>
+      </c>
+      <c r="F752" s="2"/>
     </row>
     <row r="753" spans="1:6">
       <c r="A753" t="s">
-        <v>2780</v>
+        <v>1391</v>
       </c>
       <c r="B753" t="s">
-        <v>2781</v>
+        <v>1391</v>
       </c>
       <c r="C753" t="s">
-        <v>2853</v>
+        <v>1428</v>
       </c>
       <c r="D753" t="s">
-        <v>2854</v>
+        <v>1428</v>
       </c>
       <c r="E753" s="2" t="s">
-        <v>2855</v>
-[...3 lines deleted...]
-      </c>
+        <v>1429</v>
+      </c>
+      <c r="F753" s="2"/>
     </row>
     <row r="754" spans="1:6">
       <c r="A754" t="s">
-        <v>2780</v>
+        <v>1391</v>
       </c>
       <c r="B754" t="s">
-        <v>2781</v>
+        <v>1391</v>
       </c>
       <c r="C754" t="s">
-        <v>1986</v>
+        <v>998</v>
       </c>
       <c r="D754" t="s">
-        <v>1987</v>
+        <v>998</v>
       </c>
       <c r="E754" s="2" t="s">
-        <v>2857</v>
-[...3 lines deleted...]
-      </c>
+        <v>1430</v>
+      </c>
+      <c r="F754" s="2"/>
     </row>
     <row r="755" spans="1:6">
       <c r="A755" t="s">
-        <v>2780</v>
+        <v>1391</v>
       </c>
       <c r="B755" t="s">
-        <v>2781</v>
+        <v>1391</v>
       </c>
       <c r="C755" t="s">
-        <v>2859</v>
+        <v>1431</v>
       </c>
       <c r="D755" t="s">
-        <v>2860</v>
+        <v>1431</v>
       </c>
       <c r="E755" s="2" t="s">
-        <v>2861</v>
-[...3 lines deleted...]
-      </c>
+        <v>1432</v>
+      </c>
+      <c r="F755" s="2"/>
     </row>
     <row r="756" spans="1:6">
       <c r="A756" t="s">
-        <v>2780</v>
+        <v>1391</v>
       </c>
       <c r="B756" t="s">
-        <v>2781</v>
+        <v>1391</v>
       </c>
       <c r="C756" t="s">
-        <v>70</v>
+        <v>39</v>
       </c>
       <c r="D756" t="s">
-        <v>71</v>
+        <v>39</v>
       </c>
       <c r="E756" s="2" t="s">
-        <v>2863</v>
-[...3 lines deleted...]
-      </c>
+        <v>1433</v>
+      </c>
+      <c r="F756" s="2"/>
     </row>
     <row r="757" spans="1:6">
       <c r="A757" t="s">
-        <v>2780</v>
+        <v>1391</v>
       </c>
       <c r="B757" t="s">
-        <v>2781</v>
+        <v>1391</v>
       </c>
       <c r="C757" t="s">
-        <v>2865</v>
+        <v>1434</v>
       </c>
       <c r="D757" t="s">
-        <v>2866</v>
+        <v>1434</v>
       </c>
       <c r="E757" s="2" t="s">
-        <v>2867</v>
-[...3 lines deleted...]
-      </c>
+        <v>1435</v>
+      </c>
+      <c r="F757" s="2"/>
     </row>
     <row r="758" spans="1:6">
       <c r="A758" t="s">
-        <v>2780</v>
+        <v>1391</v>
       </c>
       <c r="B758" t="s">
-        <v>2781</v>
+        <v>1391</v>
       </c>
       <c r="C758" t="s">
-        <v>500</v>
+        <v>254</v>
       </c>
       <c r="D758" t="s">
-        <v>501</v>
+        <v>254</v>
       </c>
       <c r="E758" s="2" t="s">
-        <v>2869</v>
-[...3 lines deleted...]
-      </c>
+        <v>1436</v>
+      </c>
+      <c r="F758" s="2"/>
     </row>
     <row r="759" spans="1:6">
       <c r="A759" t="s">
-        <v>2780</v>
+        <v>1391</v>
       </c>
       <c r="B759" t="s">
-        <v>2781</v>
+        <v>1391</v>
       </c>
       <c r="C759" t="s">
-        <v>2871</v>
+        <v>1437</v>
       </c>
       <c r="D759" t="s">
-        <v>2872</v>
+        <v>1437</v>
       </c>
       <c r="E759" s="2" t="s">
-        <v>2873</v>
-[...3 lines deleted...]
-      </c>
+        <v>1438</v>
+      </c>
+      <c r="F759" s="2"/>
     </row>
     <row r="760" spans="1:6">
       <c r="A760" t="s">
-        <v>2780</v>
+        <v>1391</v>
       </c>
       <c r="B760" t="s">
-        <v>2781</v>
+        <v>1391</v>
       </c>
       <c r="C760" t="s">
-        <v>2875</v>
+        <v>1439</v>
       </c>
       <c r="D760" t="s">
-        <v>2875</v>
+        <v>1439</v>
       </c>
       <c r="E760" s="2" t="s">
-        <v>2876</v>
-[...3 lines deleted...]
-      </c>
+        <v>1440</v>
+      </c>
+      <c r="F760" s="2"/>
     </row>
     <row r="761" spans="1:6">
       <c r="A761" t="s">
-        <v>2780</v>
+        <v>1391</v>
       </c>
       <c r="B761" t="s">
-        <v>2781</v>
+        <v>1391</v>
       </c>
       <c r="C761" t="s">
-        <v>2878</v>
+        <v>1441</v>
       </c>
       <c r="D761" t="s">
-        <v>2879</v>
+        <v>1441</v>
       </c>
       <c r="E761" s="2" t="s">
-        <v>2880</v>
-[...3 lines deleted...]
-      </c>
+        <v>1442</v>
+      </c>
+      <c r="F761" s="2"/>
     </row>
     <row r="762" spans="1:6">
       <c r="A762" t="s">
-        <v>2780</v>
+        <v>1391</v>
       </c>
       <c r="B762" t="s">
-        <v>2781</v>
+        <v>1391</v>
       </c>
       <c r="C762" t="s">
-        <v>2882</v>
+        <v>1443</v>
       </c>
       <c r="D762" t="s">
-        <v>2883</v>
+        <v>1443</v>
       </c>
       <c r="E762" s="2" t="s">
-        <v>2884</v>
-[...3 lines deleted...]
-      </c>
+        <v>1444</v>
+      </c>
+      <c r="F762" s="2"/>
     </row>
     <row r="763" spans="1:6">
       <c r="A763" t="s">
-        <v>2780</v>
+        <v>1391</v>
       </c>
       <c r="B763" t="s">
-        <v>2781</v>
+        <v>1391</v>
       </c>
       <c r="C763" t="s">
-        <v>2886</v>
+        <v>1445</v>
       </c>
       <c r="D763" t="s">
-        <v>2887</v>
+        <v>1445</v>
       </c>
       <c r="E763" s="2" t="s">
-        <v>2888</v>
-[...3 lines deleted...]
-      </c>
+        <v>1446</v>
+      </c>
+      <c r="F763" s="2"/>
     </row>
     <row r="764" spans="1:6">
       <c r="A764" t="s">
-        <v>2780</v>
+        <v>1391</v>
       </c>
       <c r="B764" t="s">
-        <v>2781</v>
+        <v>1391</v>
       </c>
       <c r="C764" t="s">
-        <v>2890</v>
+        <v>1447</v>
       </c>
       <c r="D764" t="s">
-        <v>2891</v>
+        <v>1447</v>
       </c>
       <c r="E764" s="2" t="s">
-        <v>2892</v>
-[...3 lines deleted...]
-      </c>
+        <v>1448</v>
+      </c>
+      <c r="F764" s="2"/>
     </row>
     <row r="765" spans="1:6">
       <c r="A765" t="s">
-        <v>2894</v>
+        <v>1449</v>
       </c>
       <c r="B765" t="s">
-        <v>2895</v>
+        <v>1449</v>
       </c>
       <c r="C765" t="s">
-        <v>2896</v>
+        <v>1450</v>
       </c>
       <c r="D765" t="s">
-        <v>2897</v>
+        <v>1450</v>
       </c>
       <c r="E765" s="2" t="s">
-        <v>2898</v>
-[...3 lines deleted...]
-      </c>
+        <v>1451</v>
+      </c>
+      <c r="F765" s="2"/>
     </row>
     <row r="766" spans="1:6">
       <c r="A766" t="s">
-        <v>2894</v>
+        <v>1449</v>
       </c>
       <c r="B766" t="s">
-        <v>2895</v>
+        <v>1449</v>
       </c>
       <c r="C766" t="s">
-        <v>1563</v>
+        <v>789</v>
       </c>
       <c r="D766" t="s">
-        <v>1564</v>
+        <v>789</v>
       </c>
       <c r="E766" s="2" t="s">
-        <v>2900</v>
-[...3 lines deleted...]
-      </c>
+        <v>1452</v>
+      </c>
+      <c r="F766" s="2"/>
     </row>
     <row r="767" spans="1:6">
       <c r="A767" t="s">
-        <v>2894</v>
+        <v>1449</v>
       </c>
       <c r="B767" t="s">
-        <v>2895</v>
+        <v>1449</v>
       </c>
       <c r="C767" t="s">
-        <v>2902</v>
+        <v>1453</v>
       </c>
       <c r="D767" t="s">
-        <v>2903</v>
+        <v>1453</v>
       </c>
       <c r="E767" s="2" t="s">
-        <v>2904</v>
-[...3 lines deleted...]
-      </c>
+        <v>1454</v>
+      </c>
+      <c r="F767" s="2"/>
     </row>
     <row r="768" spans="1:6">
       <c r="A768" t="s">
-        <v>2906</v>
+        <v>1455</v>
       </c>
       <c r="B768" t="s">
-        <v>2907</v>
+        <v>1455</v>
       </c>
       <c r="C768" t="s">
-        <v>2908</v>
+        <v>1456</v>
       </c>
       <c r="D768" t="s">
-        <v>2909</v>
+        <v>1456</v>
       </c>
       <c r="E768" s="2" t="s">
-        <v>2910</v>
-[...3 lines deleted...]
-      </c>
+        <v>1457</v>
+      </c>
+      <c r="F768" s="2"/>
     </row>
     <row r="769" spans="1:6">
       <c r="A769" t="s">
-        <v>2906</v>
+        <v>1455</v>
       </c>
       <c r="B769" t="s">
-        <v>2907</v>
+        <v>1455</v>
       </c>
       <c r="C769" t="s">
-        <v>2912</v>
+        <v>1458</v>
       </c>
       <c r="D769" t="s">
-        <v>2913</v>
+        <v>1458</v>
       </c>
       <c r="E769" s="2" t="s">
-        <v>2914</v>
-[...3 lines deleted...]
-      </c>
+        <v>1459</v>
+      </c>
+      <c r="F769" s="2"/>
     </row>
     <row r="770" spans="1:6">
       <c r="A770" t="s">
-        <v>2906</v>
+        <v>1455</v>
       </c>
       <c r="B770" t="s">
-        <v>2907</v>
+        <v>1455</v>
       </c>
       <c r="C770" t="s">
-        <v>2916</v>
+        <v>1460</v>
       </c>
       <c r="D770" t="s">
-        <v>2917</v>
+        <v>1460</v>
       </c>
       <c r="E770" s="2" t="s">
-        <v>2918</v>
-[...3 lines deleted...]
-      </c>
+        <v>1461</v>
+      </c>
+      <c r="F770" s="2"/>
     </row>
     <row r="771" spans="1:6">
       <c r="A771" t="s">
-        <v>2906</v>
+        <v>1455</v>
       </c>
       <c r="B771" t="s">
-        <v>2907</v>
+        <v>1455</v>
       </c>
       <c r="C771" t="s">
-        <v>2920</v>
+        <v>1462</v>
       </c>
       <c r="D771" t="s">
-        <v>2921</v>
+        <v>1462</v>
       </c>
       <c r="E771" s="2" t="s">
-        <v>2922</v>
-[...3 lines deleted...]
-      </c>
+        <v>1463</v>
+      </c>
+      <c r="F771" s="2"/>
     </row>
     <row r="772" spans="1:6">
       <c r="A772" t="s">
-        <v>2906</v>
+        <v>1455</v>
       </c>
       <c r="B772" t="s">
-        <v>2907</v>
+        <v>1455</v>
       </c>
       <c r="C772" t="s">
-        <v>2924</v>
+        <v>1464</v>
       </c>
       <c r="D772" t="s">
-        <v>2925</v>
+        <v>1464</v>
       </c>
       <c r="E772" s="2" t="s">
-        <v>2926</v>
-[...3 lines deleted...]
-      </c>
+        <v>1465</v>
+      </c>
+      <c r="F772" s="2"/>
     </row>
     <row r="773" spans="1:6">
       <c r="A773" t="s">
-        <v>2906</v>
+        <v>1455</v>
       </c>
       <c r="B773" t="s">
-        <v>2907</v>
+        <v>1455</v>
       </c>
       <c r="C773" t="s">
-        <v>2928</v>
+        <v>1466</v>
       </c>
       <c r="D773" t="s">
-        <v>2929</v>
+        <v>1466</v>
       </c>
       <c r="E773" s="2" t="s">
-        <v>2930</v>
-[...3 lines deleted...]
-      </c>
+        <v>1467</v>
+      </c>
+      <c r="F773" s="2"/>
     </row>
     <row r="774" spans="1:6">
       <c r="A774" t="s">
-        <v>2906</v>
+        <v>1455</v>
       </c>
       <c r="B774" t="s">
-        <v>2907</v>
+        <v>1455</v>
       </c>
       <c r="C774" t="s">
-        <v>2932</v>
+        <v>1468</v>
       </c>
       <c r="D774" t="s">
-        <v>2933</v>
+        <v>1468</v>
       </c>
       <c r="E774" s="2" t="s">
-        <v>2934</v>
-[...3 lines deleted...]
-      </c>
+        <v>1469</v>
+      </c>
+      <c r="F774" s="2"/>
     </row>
     <row r="775" spans="1:6">
       <c r="A775" t="s">
-        <v>2906</v>
+        <v>1455</v>
       </c>
       <c r="B775" t="s">
-        <v>2907</v>
+        <v>1455</v>
       </c>
       <c r="C775" t="s">
-        <v>2936</v>
+        <v>1470</v>
       </c>
       <c r="D775" t="s">
-        <v>2937</v>
+        <v>1470</v>
       </c>
       <c r="E775" s="2" t="s">
-        <v>2938</v>
-[...3 lines deleted...]
-      </c>
+        <v>1471</v>
+      </c>
+      <c r="F775" s="2"/>
     </row>
     <row r="776" spans="1:6">
       <c r="A776" t="s">
-        <v>2906</v>
+        <v>1455</v>
       </c>
       <c r="B776" t="s">
-        <v>2907</v>
+        <v>1455</v>
       </c>
       <c r="C776" t="s">
-        <v>2940</v>
+        <v>1472</v>
       </c>
       <c r="D776" t="s">
-        <v>2941</v>
+        <v>1472</v>
       </c>
       <c r="E776" s="2" t="s">
-        <v>2942</v>
-[...3 lines deleted...]
-      </c>
+        <v>1473</v>
+      </c>
+      <c r="F776" s="2"/>
     </row>
     <row r="777" spans="1:6">
       <c r="A777" t="s">
-        <v>2906</v>
+        <v>1455</v>
       </c>
       <c r="B777" t="s">
-        <v>2907</v>
+        <v>1455</v>
       </c>
       <c r="C777" t="s">
-        <v>2944</v>
+        <v>1474</v>
       </c>
       <c r="D777" t="s">
-        <v>2945</v>
+        <v>1474</v>
       </c>
       <c r="E777" s="2" t="s">
-        <v>2946</v>
-[...3 lines deleted...]
-      </c>
+        <v>1475</v>
+      </c>
+      <c r="F777" s="2"/>
     </row>
     <row r="778" spans="1:6">
       <c r="A778" t="s">
-        <v>2906</v>
+        <v>1455</v>
       </c>
       <c r="B778" t="s">
-        <v>2907</v>
+        <v>1455</v>
       </c>
       <c r="C778" t="s">
-        <v>462</v>
+        <v>235</v>
       </c>
       <c r="D778" t="s">
-        <v>463</v>
+        <v>235</v>
       </c>
       <c r="E778" s="2" t="s">
-        <v>2948</v>
-[...3 lines deleted...]
-      </c>
+        <v>1476</v>
+      </c>
+      <c r="F778" s="2"/>
     </row>
     <row r="779" spans="1:6">
       <c r="A779" t="s">
-        <v>2906</v>
+        <v>1455</v>
       </c>
       <c r="B779" t="s">
-        <v>2907</v>
+        <v>1455</v>
       </c>
       <c r="C779" t="s">
-        <v>2950</v>
+        <v>1477</v>
       </c>
       <c r="D779" t="s">
-        <v>2951</v>
+        <v>1477</v>
       </c>
       <c r="E779" s="2" t="s">
-        <v>2952</v>
-[...3 lines deleted...]
-      </c>
+        <v>1478</v>
+      </c>
+      <c r="F779" s="2"/>
     </row>
     <row r="780" spans="1:6">
       <c r="A780" t="s">
-        <v>2906</v>
+        <v>1455</v>
       </c>
       <c r="B780" t="s">
-        <v>2907</v>
+        <v>1455</v>
       </c>
       <c r="C780" t="s">
-        <v>2954</v>
+        <v>1479</v>
       </c>
       <c r="D780" t="s">
-        <v>665</v>
+        <v>1479</v>
       </c>
       <c r="E780" s="2" t="s">
-        <v>2955</v>
-[...3 lines deleted...]
-      </c>
+        <v>1480</v>
+      </c>
+      <c r="F780" s="2"/>
     </row>
     <row r="781" spans="1:6">
       <c r="A781" t="s">
-        <v>2906</v>
+        <v>1455</v>
       </c>
       <c r="B781" t="s">
-        <v>2907</v>
+        <v>1455</v>
       </c>
       <c r="C781" t="s">
-        <v>2957</v>
+        <v>1481</v>
       </c>
       <c r="D781" t="s">
-        <v>2958</v>
+        <v>1481</v>
       </c>
       <c r="E781" s="2" t="s">
-        <v>2959</v>
-[...3 lines deleted...]
-      </c>
+        <v>1482</v>
+      </c>
+      <c r="F781" s="2"/>
     </row>
     <row r="782" spans="1:6">
       <c r="A782" t="s">
-        <v>2906</v>
+        <v>1455</v>
       </c>
       <c r="B782" t="s">
-        <v>2907</v>
+        <v>1455</v>
       </c>
       <c r="C782" t="s">
-        <v>2961</v>
+        <v>1483</v>
       </c>
       <c r="D782" t="s">
-        <v>2962</v>
+        <v>1483</v>
       </c>
       <c r="E782" s="2" t="s">
-        <v>2963</v>
-[...3 lines deleted...]
-      </c>
+        <v>1484</v>
+      </c>
+      <c r="F782" s="2"/>
     </row>
     <row r="783" spans="1:6">
       <c r="A783" t="s">
-        <v>2906</v>
+        <v>1455</v>
       </c>
       <c r="B783" t="s">
-        <v>2907</v>
+        <v>1455</v>
       </c>
       <c r="C783" t="s">
-        <v>2965</v>
+        <v>1485</v>
       </c>
       <c r="D783" t="s">
-        <v>2966</v>
+        <v>1485</v>
       </c>
       <c r="E783" s="2" t="s">
-        <v>2967</v>
-[...3 lines deleted...]
-      </c>
+        <v>1486</v>
+      </c>
+      <c r="F783" s="2"/>
     </row>
     <row r="784" spans="1:6">
       <c r="A784" t="s">
-        <v>2906</v>
+        <v>1455</v>
       </c>
       <c r="B784" t="s">
-        <v>2907</v>
+        <v>1455</v>
       </c>
       <c r="C784" t="s">
-        <v>2969</v>
+        <v>1487</v>
       </c>
       <c r="D784" t="s">
-        <v>2970</v>
+        <v>1487</v>
       </c>
       <c r="E784" s="2" t="s">
-        <v>2971</v>
-[...3 lines deleted...]
-      </c>
+        <v>1488</v>
+      </c>
+      <c r="F784" s="2"/>
     </row>
     <row r="785" spans="1:6">
       <c r="A785" t="s">
-        <v>2906</v>
+        <v>1455</v>
       </c>
       <c r="B785" t="s">
-        <v>2907</v>
+        <v>1455</v>
       </c>
       <c r="C785" t="s">
-        <v>2973</v>
+        <v>1489</v>
       </c>
       <c r="D785" t="s">
-        <v>2974</v>
+        <v>1489</v>
       </c>
       <c r="E785" s="2" t="s">
-        <v>2975</v>
-[...3 lines deleted...]
-      </c>
+        <v>1490</v>
+      </c>
+      <c r="F785" s="2"/>
     </row>
     <row r="786" spans="1:6">
       <c r="A786" t="s">
-        <v>2906</v>
+        <v>1455</v>
       </c>
       <c r="B786" t="s">
-        <v>2907</v>
+        <v>1455</v>
       </c>
       <c r="C786" t="s">
-        <v>2977</v>
+        <v>1491</v>
       </c>
       <c r="D786" t="s">
-        <v>2978</v>
+        <v>1491</v>
       </c>
       <c r="E786" s="2" t="s">
-        <v>2979</v>
-[...3 lines deleted...]
-      </c>
+        <v>1492</v>
+      </c>
+      <c r="F786" s="2"/>
     </row>
     <row r="787" spans="1:6">
       <c r="A787" t="s">
-        <v>2906</v>
+        <v>1455</v>
       </c>
       <c r="B787" t="s">
-        <v>2907</v>
+        <v>1455</v>
       </c>
       <c r="C787" t="s">
-        <v>2981</v>
+        <v>1493</v>
       </c>
       <c r="D787" t="s">
-        <v>2982</v>
+        <v>1493</v>
       </c>
       <c r="E787" s="2" t="s">
-        <v>2983</v>
-[...3 lines deleted...]
-      </c>
+        <v>1494</v>
+      </c>
+      <c r="F787" s="2"/>
     </row>
     <row r="788" spans="1:6">
       <c r="A788" t="s">
-        <v>2906</v>
+        <v>1455</v>
       </c>
       <c r="B788" t="s">
-        <v>2907</v>
+        <v>1455</v>
       </c>
       <c r="C788" t="s">
-        <v>2985</v>
+        <v>1495</v>
       </c>
       <c r="D788" t="s">
-        <v>2986</v>
+        <v>1495</v>
       </c>
       <c r="E788" s="2" t="s">
-        <v>2987</v>
-[...3 lines deleted...]
-      </c>
+        <v>1496</v>
+      </c>
+      <c r="F788" s="2"/>
     </row>
     <row r="789" spans="1:6">
       <c r="A789" t="s">
-        <v>2906</v>
+        <v>1455</v>
       </c>
       <c r="B789" t="s">
-        <v>2907</v>
+        <v>1455</v>
       </c>
       <c r="C789" t="s">
-        <v>2989</v>
+        <v>1497</v>
       </c>
       <c r="D789" t="s">
-        <v>2990</v>
+        <v>1497</v>
       </c>
       <c r="E789" s="2" t="s">
-        <v>2991</v>
-[...3 lines deleted...]
-      </c>
+        <v>1498</v>
+      </c>
+      <c r="F789" s="2"/>
     </row>
     <row r="790" spans="1:6">
       <c r="A790" t="s">
-        <v>2906</v>
+        <v>1455</v>
       </c>
       <c r="B790" t="s">
-        <v>2907</v>
+        <v>1455</v>
       </c>
       <c r="C790" t="s">
-        <v>2993</v>
+        <v>1499</v>
       </c>
       <c r="D790" t="s">
-        <v>2994</v>
+        <v>1499</v>
       </c>
       <c r="E790" s="2" t="s">
-        <v>2995</v>
-[...3 lines deleted...]
-      </c>
+        <v>1500</v>
+      </c>
+      <c r="F790" s="2"/>
     </row>
     <row r="791" spans="1:6">
       <c r="A791" t="s">
-        <v>2906</v>
+        <v>1455</v>
       </c>
       <c r="B791" t="s">
-        <v>2907</v>
+        <v>1455</v>
       </c>
       <c r="C791" t="s">
-        <v>2628</v>
+        <v>1313</v>
       </c>
       <c r="D791" t="s">
-        <v>2629</v>
+        <v>1313</v>
       </c>
       <c r="E791" s="2" t="s">
-        <v>2997</v>
-[...3 lines deleted...]
-      </c>
+        <v>1501</v>
+      </c>
+      <c r="F791" s="2"/>
     </row>
     <row r="792" spans="1:6">
       <c r="A792" t="s">
-        <v>2906</v>
+        <v>1455</v>
       </c>
       <c r="B792" t="s">
-        <v>2907</v>
+        <v>1455</v>
       </c>
       <c r="C792" t="s">
-        <v>2999</v>
+        <v>1502</v>
       </c>
       <c r="D792" t="s">
-        <v>3000</v>
+        <v>1502</v>
       </c>
       <c r="E792" s="2" t="s">
-        <v>3001</v>
-[...3 lines deleted...]
-      </c>
+        <v>1503</v>
+      </c>
+      <c r="F792" s="2"/>
     </row>
     <row r="793" spans="1:6">
       <c r="A793" t="s">
-        <v>2906</v>
+        <v>1455</v>
       </c>
       <c r="B793" t="s">
-        <v>2907</v>
+        <v>1455</v>
       </c>
       <c r="C793" t="s">
-        <v>688</v>
+        <v>348</v>
       </c>
       <c r="D793" t="s">
-        <v>689</v>
+        <v>348</v>
       </c>
       <c r="E793" s="2" t="s">
-        <v>3003</v>
-[...3 lines deleted...]
-      </c>
+        <v>1504</v>
+      </c>
+      <c r="F793" s="2"/>
     </row>
     <row r="794" spans="1:6">
       <c r="A794" t="s">
-        <v>2906</v>
+        <v>1455</v>
       </c>
       <c r="B794" t="s">
-        <v>2907</v>
+        <v>1455</v>
       </c>
       <c r="C794" t="s">
-        <v>1781</v>
+        <v>897</v>
       </c>
       <c r="D794" t="s">
-        <v>1782</v>
+        <v>897</v>
       </c>
       <c r="E794" s="2" t="s">
-        <v>3005</v>
-[...3 lines deleted...]
-      </c>
+        <v>1505</v>
+      </c>
+      <c r="F794" s="2"/>
     </row>
     <row r="795" spans="1:6">
       <c r="A795" t="s">
-        <v>2906</v>
+        <v>1455</v>
       </c>
       <c r="B795" t="s">
-        <v>2907</v>
+        <v>1455</v>
       </c>
       <c r="C795" t="s">
-        <v>3007</v>
+        <v>1506</v>
       </c>
       <c r="D795" t="s">
-        <v>3008</v>
+        <v>1506</v>
       </c>
       <c r="E795" s="2" t="s">
-        <v>3009</v>
-[...3 lines deleted...]
-      </c>
+        <v>1507</v>
+      </c>
+      <c r="F795" s="2"/>
     </row>
     <row r="796" spans="1:6">
       <c r="A796" t="s">
-        <v>2906</v>
+        <v>1455</v>
       </c>
       <c r="B796" t="s">
-        <v>2907</v>
+        <v>1455</v>
       </c>
       <c r="C796" t="s">
-        <v>3011</v>
+        <v>1508</v>
       </c>
       <c r="D796" t="s">
-        <v>3012</v>
+        <v>1508</v>
       </c>
       <c r="E796" s="2" t="s">
-        <v>3013</v>
-[...3 lines deleted...]
-      </c>
+        <v>1509</v>
+      </c>
+      <c r="F796" s="2"/>
     </row>
     <row r="797" spans="1:6">
       <c r="A797" t="s">
-        <v>2906</v>
+        <v>1455</v>
       </c>
       <c r="B797" t="s">
-        <v>2907</v>
+        <v>1455</v>
       </c>
       <c r="C797" t="s">
-        <v>1806</v>
+        <v>909</v>
       </c>
       <c r="D797" t="s">
-        <v>1807</v>
+        <v>909</v>
       </c>
       <c r="E797" s="2" t="s">
-        <v>3015</v>
-[...3 lines deleted...]
-      </c>
+        <v>1510</v>
+      </c>
+      <c r="F797" s="2"/>
     </row>
     <row r="798" spans="1:6">
       <c r="A798" t="s">
-        <v>2906</v>
+        <v>1455</v>
       </c>
       <c r="B798" t="s">
-        <v>2907</v>
+        <v>1455</v>
       </c>
       <c r="C798" t="s">
-        <v>3017</v>
+        <v>1511</v>
       </c>
       <c r="D798" t="s">
-        <v>3017</v>
+        <v>1511</v>
       </c>
       <c r="E798" s="2" t="s">
-        <v>3018</v>
-[...3 lines deleted...]
-      </c>
+        <v>1512</v>
+      </c>
+      <c r="F798" s="2"/>
     </row>
     <row r="799" spans="1:6">
       <c r="A799" t="s">
-        <v>2906</v>
+        <v>1455</v>
       </c>
       <c r="B799" t="s">
-        <v>2907</v>
+        <v>1455</v>
       </c>
       <c r="C799" t="s">
-        <v>3020</v>
+        <v>1513</v>
       </c>
       <c r="D799" t="s">
-        <v>3021</v>
+        <v>1513</v>
       </c>
       <c r="E799" s="2" t="s">
-        <v>3022</v>
-[...3 lines deleted...]
-      </c>
+        <v>1514</v>
+      </c>
+      <c r="F799" s="2"/>
     </row>
     <row r="800" spans="1:6">
       <c r="A800" t="s">
-        <v>2906</v>
+        <v>1455</v>
       </c>
       <c r="B800" t="s">
-        <v>2907</v>
+        <v>1455</v>
       </c>
       <c r="C800" t="s">
-        <v>3024</v>
+        <v>1515</v>
       </c>
       <c r="D800" t="s">
-        <v>3025</v>
+        <v>1515</v>
       </c>
       <c r="E800" s="2" t="s">
-        <v>3026</v>
-[...3 lines deleted...]
-      </c>
+        <v>1516</v>
+      </c>
+      <c r="F800" s="2"/>
     </row>
     <row r="801" spans="1:6">
       <c r="A801" t="s">
-        <v>2906</v>
+        <v>1455</v>
       </c>
       <c r="B801" t="s">
-        <v>2907</v>
+        <v>1455</v>
       </c>
       <c r="C801" t="s">
-        <v>3028</v>
+        <v>1517</v>
       </c>
       <c r="D801" t="s">
-        <v>3029</v>
+        <v>1517</v>
       </c>
       <c r="E801" s="2" t="s">
-        <v>3030</v>
-[...3 lines deleted...]
-      </c>
+        <v>1518</v>
+      </c>
+      <c r="F801" s="2"/>
     </row>
     <row r="802" spans="1:6">
       <c r="A802" t="s">
-        <v>2906</v>
+        <v>1455</v>
       </c>
       <c r="B802" t="s">
-        <v>2907</v>
+        <v>1455</v>
       </c>
       <c r="C802" t="s">
-        <v>3032</v>
+        <v>1519</v>
       </c>
       <c r="D802" t="s">
-        <v>3033</v>
+        <v>1519</v>
       </c>
       <c r="E802" s="2" t="s">
-        <v>3034</v>
-[...3 lines deleted...]
-      </c>
+        <v>1520</v>
+      </c>
+      <c r="F802" s="2"/>
     </row>
     <row r="803" spans="1:6">
       <c r="A803" t="s">
-        <v>2906</v>
+        <v>1455</v>
       </c>
       <c r="B803" t="s">
-        <v>2907</v>
+        <v>1455</v>
       </c>
       <c r="C803" t="s">
-        <v>3036</v>
+        <v>1521</v>
       </c>
       <c r="D803" t="s">
-        <v>3037</v>
+        <v>1521</v>
       </c>
       <c r="E803" s="2" t="s">
-        <v>3038</v>
-[...3 lines deleted...]
-      </c>
+        <v>1522</v>
+      </c>
+      <c r="F803" s="2"/>
     </row>
     <row r="804" spans="1:6">
       <c r="A804" t="s">
-        <v>2906</v>
+        <v>1455</v>
       </c>
       <c r="B804" t="s">
-        <v>2907</v>
+        <v>1455</v>
       </c>
       <c r="C804" t="s">
-        <v>3040</v>
+        <v>1523</v>
       </c>
       <c r="D804" t="s">
-        <v>3041</v>
+        <v>1523</v>
       </c>
       <c r="E804" s="2" t="s">
-        <v>3042</v>
-[...3 lines deleted...]
-      </c>
+        <v>1524</v>
+      </c>
+      <c r="F804" s="2"/>
     </row>
     <row r="805" spans="1:6">
       <c r="A805" t="s">
-        <v>2906</v>
+        <v>1455</v>
       </c>
       <c r="B805" t="s">
-        <v>2907</v>
+        <v>1455</v>
       </c>
       <c r="C805" t="s">
-        <v>3044</v>
+        <v>1525</v>
       </c>
       <c r="D805" t="s">
-        <v>3045</v>
+        <v>1525</v>
       </c>
       <c r="E805" s="2" t="s">
-        <v>3046</v>
-[...3 lines deleted...]
-      </c>
+        <v>1526</v>
+      </c>
+      <c r="F805" s="2"/>
     </row>
     <row r="806" spans="1:6">
       <c r="A806" t="s">
-        <v>2906</v>
+        <v>1455</v>
       </c>
       <c r="B806" t="s">
-        <v>2907</v>
+        <v>1455</v>
       </c>
       <c r="C806" t="s">
-        <v>3048</v>
+        <v>1527</v>
       </c>
       <c r="D806" t="s">
-        <v>3049</v>
+        <v>1527</v>
       </c>
       <c r="E806" s="2" t="s">
-        <v>3050</v>
-[...3 lines deleted...]
-      </c>
+        <v>1528</v>
+      </c>
+      <c r="F806" s="2"/>
     </row>
     <row r="807" spans="1:6">
       <c r="A807" t="s">
-        <v>2906</v>
+        <v>1455</v>
       </c>
       <c r="B807" t="s">
-        <v>2907</v>
+        <v>1455</v>
       </c>
       <c r="C807" t="s">
-        <v>3052</v>
+        <v>1529</v>
       </c>
       <c r="D807" t="s">
-        <v>3053</v>
+        <v>1529</v>
       </c>
       <c r="E807" s="2" t="s">
-        <v>3054</v>
-[...3 lines deleted...]
-      </c>
+        <v>1530</v>
+      </c>
+      <c r="F807" s="2"/>
     </row>
     <row r="808" spans="1:6">
       <c r="A808" t="s">
-        <v>2906</v>
+        <v>1455</v>
       </c>
       <c r="B808" t="s">
-        <v>2907</v>
+        <v>1455</v>
       </c>
       <c r="C808" t="s">
-        <v>3056</v>
+        <v>1531</v>
       </c>
       <c r="D808" t="s">
-        <v>3057</v>
+        <v>1531</v>
       </c>
       <c r="E808" s="2" t="s">
-        <v>3058</v>
-[...3 lines deleted...]
-      </c>
+        <v>1532</v>
+      </c>
+      <c r="F808" s="2"/>
     </row>
     <row r="809" spans="1:6">
       <c r="A809" t="s">
-        <v>3060</v>
+        <v>1533</v>
       </c>
       <c r="B809" t="s">
-        <v>3061</v>
+        <v>1533</v>
       </c>
       <c r="C809" t="s">
-        <v>3062</v>
+        <v>1534</v>
       </c>
       <c r="D809" t="s">
-        <v>3063</v>
+        <v>1534</v>
       </c>
       <c r="E809" s="2" t="s">
-        <v>3064</v>
-[...3 lines deleted...]
-      </c>
+        <v>1535</v>
+      </c>
+      <c r="F809" s="2"/>
     </row>
     <row r="810" spans="1:6">
       <c r="A810" t="s">
-        <v>3060</v>
+        <v>1533</v>
       </c>
       <c r="B810" t="s">
-        <v>3061</v>
+        <v>1533</v>
       </c>
       <c r="C810" t="s">
-        <v>3066</v>
+        <v>1536</v>
       </c>
       <c r="D810" t="s">
-        <v>3067</v>
+        <v>1536</v>
       </c>
       <c r="E810" s="2" t="s">
-        <v>3068</v>
-[...3 lines deleted...]
-      </c>
+        <v>1537</v>
+      </c>
+      <c r="F810" s="2"/>
     </row>
     <row r="811" spans="1:6">
       <c r="A811" t="s">
-        <v>3060</v>
+        <v>1533</v>
       </c>
       <c r="B811" t="s">
-        <v>3061</v>
+        <v>1533</v>
       </c>
       <c r="C811" t="s">
-        <v>3070</v>
+        <v>1538</v>
       </c>
       <c r="D811" t="s">
-        <v>3071</v>
+        <v>1538</v>
       </c>
       <c r="E811" s="2" t="s">
-        <v>3072</v>
-[...3 lines deleted...]
-      </c>
+        <v>1539</v>
+      </c>
+      <c r="F811" s="2"/>
     </row>
     <row r="812" spans="1:6">
       <c r="A812" t="s">
-        <v>3060</v>
+        <v>1533</v>
       </c>
       <c r="B812" t="s">
-        <v>3061</v>
+        <v>1533</v>
       </c>
       <c r="C812" t="s">
-        <v>3074</v>
+        <v>1540</v>
       </c>
       <c r="D812" t="s">
-        <v>3075</v>
+        <v>1540</v>
       </c>
       <c r="E812" s="2" t="s">
-        <v>3076</v>
-[...3 lines deleted...]
-      </c>
+        <v>1541</v>
+      </c>
+      <c r="F812" s="2"/>
     </row>
     <row r="813" spans="1:6">
       <c r="A813" t="s">
-        <v>3060</v>
+        <v>1533</v>
       </c>
       <c r="B813" t="s">
-        <v>3061</v>
+        <v>1533</v>
       </c>
       <c r="C813" t="s">
-        <v>3078</v>
+        <v>1542</v>
       </c>
       <c r="D813" t="s">
-        <v>3079</v>
+        <v>1542</v>
       </c>
       <c r="E813" s="2" t="s">
-        <v>3080</v>
-[...3 lines deleted...]
-      </c>
+        <v>1543</v>
+      </c>
+      <c r="F813" s="2"/>
     </row>
     <row r="814" spans="1:6">
       <c r="A814" t="s">
-        <v>3060</v>
+        <v>1533</v>
       </c>
       <c r="B814" t="s">
-        <v>3061</v>
+        <v>1533</v>
       </c>
       <c r="C814" t="s">
-        <v>3082</v>
+        <v>1544</v>
       </c>
       <c r="D814" t="s">
-        <v>3083</v>
+        <v>1544</v>
       </c>
       <c r="E814" s="2" t="s">
-        <v>3084</v>
-[...3 lines deleted...]
-      </c>
+        <v>1545</v>
+      </c>
+      <c r="F814" s="2"/>
     </row>
     <row r="815" spans="1:6">
       <c r="A815" t="s">
-        <v>3060</v>
+        <v>1533</v>
       </c>
       <c r="B815" t="s">
-        <v>3061</v>
+        <v>1533</v>
       </c>
       <c r="C815" t="s">
-        <v>3086</v>
+        <v>1546</v>
       </c>
       <c r="D815" t="s">
-        <v>3087</v>
+        <v>1546</v>
       </c>
       <c r="E815" s="2" t="s">
-        <v>3088</v>
-[...3 lines deleted...]
-      </c>
+        <v>1547</v>
+      </c>
+      <c r="F815" s="2"/>
     </row>
     <row r="816" spans="1:6">
       <c r="A816" t="s">
-        <v>3060</v>
+        <v>1533</v>
       </c>
       <c r="B816" t="s">
-        <v>3061</v>
+        <v>1533</v>
       </c>
       <c r="C816" t="s">
-        <v>3090</v>
+        <v>1548</v>
       </c>
       <c r="D816" t="s">
-        <v>3091</v>
+        <v>1548</v>
       </c>
       <c r="E816" s="2" t="s">
-        <v>3092</v>
-[...3 lines deleted...]
-      </c>
+        <v>1549</v>
+      </c>
+      <c r="F816" s="2"/>
     </row>
     <row r="817" spans="1:6">
       <c r="A817" t="s">
-        <v>3060</v>
+        <v>1533</v>
       </c>
       <c r="B817" t="s">
-        <v>3061</v>
+        <v>1533</v>
       </c>
       <c r="C817" t="s">
-        <v>3094</v>
+        <v>1550</v>
       </c>
       <c r="D817" t="s">
-        <v>3095</v>
+        <v>1550</v>
       </c>
       <c r="E817" s="2" t="s">
-        <v>3096</v>
-[...3 lines deleted...]
-      </c>
+        <v>1551</v>
+      </c>
+      <c r="F817" s="2"/>
     </row>
     <row r="818" spans="1:6">
       <c r="A818" t="s">
-        <v>3060</v>
+        <v>1533</v>
       </c>
       <c r="B818" t="s">
-        <v>3061</v>
+        <v>1533</v>
       </c>
       <c r="C818" t="s">
-        <v>3098</v>
+        <v>1552</v>
       </c>
       <c r="D818" t="s">
-        <v>3099</v>
+        <v>1552</v>
       </c>
       <c r="E818" s="2" t="s">
-        <v>3100</v>
-[...3 lines deleted...]
-      </c>
+        <v>1553</v>
+      </c>
+      <c r="F818" s="2"/>
     </row>
     <row r="819" spans="1:6">
       <c r="A819" t="s">
-        <v>3060</v>
+        <v>1533</v>
       </c>
       <c r="B819" t="s">
-        <v>3061</v>
+        <v>1533</v>
       </c>
       <c r="C819" t="s">
-        <v>3102</v>
+        <v>1554</v>
       </c>
       <c r="D819" t="s">
-        <v>3103</v>
+        <v>1554</v>
       </c>
       <c r="E819" s="2" t="s">
-        <v>3104</v>
-[...3 lines deleted...]
-      </c>
+        <v>1555</v>
+      </c>
+      <c r="F819" s="2"/>
     </row>
     <row r="820" spans="1:6">
       <c r="A820" t="s">
-        <v>3060</v>
+        <v>1533</v>
       </c>
       <c r="B820" t="s">
-        <v>3061</v>
+        <v>1533</v>
       </c>
       <c r="C820" t="s">
-        <v>3106</v>
+        <v>1556</v>
       </c>
       <c r="D820" t="s">
-        <v>3107</v>
+        <v>1556</v>
       </c>
       <c r="E820" s="2" t="s">
-        <v>3108</v>
-[...3 lines deleted...]
-      </c>
+        <v>1557</v>
+      </c>
+      <c r="F820" s="2"/>
     </row>
     <row r="821" spans="1:6">
       <c r="A821" t="s">
-        <v>3110</v>
+        <v>1558</v>
       </c>
       <c r="B821" t="s">
-        <v>3111</v>
+        <v>1558</v>
       </c>
       <c r="C821" t="s">
-        <v>3112</v>
+        <v>1559</v>
       </c>
       <c r="D821" t="s">
-        <v>3113</v>
+        <v>1559</v>
       </c>
       <c r="E821" s="2" t="s">
-        <v>3114</v>
-[...3 lines deleted...]
-      </c>
+        <v>1560</v>
+      </c>
+      <c r="F821" s="2"/>
     </row>
     <row r="822" spans="1:6">
       <c r="A822" t="s">
-        <v>3110</v>
+        <v>1558</v>
       </c>
       <c r="B822" t="s">
-        <v>3111</v>
+        <v>1558</v>
       </c>
       <c r="C822" t="s">
-        <v>353</v>
+        <v>181</v>
       </c>
       <c r="D822" t="s">
-        <v>354</v>
+        <v>181</v>
       </c>
       <c r="E822" s="2" t="s">
-        <v>3116</v>
-[...3 lines deleted...]
-      </c>
+        <v>1561</v>
+      </c>
+      <c r="F822" s="2"/>
     </row>
     <row r="823" spans="1:6">
       <c r="A823" t="s">
-        <v>3110</v>
+        <v>1558</v>
       </c>
       <c r="B823" t="s">
-        <v>3111</v>
+        <v>1558</v>
       </c>
       <c r="C823" t="s">
-        <v>3118</v>
+        <v>1562</v>
       </c>
       <c r="D823" t="s">
-        <v>587</v>
+        <v>1562</v>
       </c>
       <c r="E823" s="2" t="s">
-        <v>3119</v>
-[...3 lines deleted...]
-      </c>
+        <v>1563</v>
+      </c>
+      <c r="F823" s="2"/>
     </row>
     <row r="824" spans="1:6">
       <c r="A824" t="s">
-        <v>3110</v>
+        <v>1558</v>
       </c>
       <c r="B824" t="s">
-        <v>3111</v>
+        <v>1558</v>
       </c>
       <c r="C824" t="s">
-        <v>3121</v>
+        <v>1564</v>
       </c>
       <c r="D824" t="s">
-        <v>3122</v>
+        <v>1564</v>
       </c>
       <c r="E824" s="2" t="s">
-        <v>3123</v>
-[...3 lines deleted...]
-      </c>
+        <v>1565</v>
+      </c>
+      <c r="F824" s="2"/>
     </row>
     <row r="825" spans="1:6">
       <c r="A825" t="s">
-        <v>3110</v>
+        <v>1558</v>
       </c>
       <c r="B825" t="s">
-        <v>3111</v>
+        <v>1558</v>
       </c>
       <c r="C825" t="s">
-        <v>365</v>
+        <v>187</v>
       </c>
       <c r="D825" t="s">
-        <v>366</v>
+        <v>187</v>
       </c>
       <c r="E825" s="2" t="s">
-        <v>3125</v>
-[...3 lines deleted...]
-      </c>
+        <v>1566</v>
+      </c>
+      <c r="F825" s="2"/>
     </row>
     <row r="826" spans="1:6">
       <c r="A826" t="s">
-        <v>3110</v>
+        <v>1558</v>
       </c>
       <c r="B826" t="s">
-        <v>3111</v>
+        <v>1558</v>
       </c>
       <c r="C826" t="s">
-        <v>3127</v>
+        <v>1567</v>
       </c>
       <c r="D826" t="s">
-        <v>3128</v>
+        <v>1567</v>
       </c>
       <c r="E826" s="2" t="s">
-        <v>3129</v>
-[...3 lines deleted...]
-      </c>
+        <v>1568</v>
+      </c>
+      <c r="F826" s="2"/>
     </row>
     <row r="827" spans="1:6">
       <c r="A827" t="s">
-        <v>3110</v>
+        <v>1558</v>
       </c>
       <c r="B827" t="s">
-        <v>3111</v>
+        <v>1558</v>
       </c>
       <c r="C827" t="s">
-        <v>3131</v>
+        <v>1569</v>
       </c>
       <c r="D827" t="s">
-        <v>3132</v>
+        <v>1569</v>
       </c>
       <c r="E827" s="2" t="s">
-        <v>3133</v>
-[...3 lines deleted...]
-      </c>
+        <v>1570</v>
+      </c>
+      <c r="F827" s="2"/>
     </row>
     <row r="828" spans="1:6">
       <c r="A828" t="s">
-        <v>3110</v>
+        <v>1558</v>
       </c>
       <c r="B828" t="s">
-        <v>3111</v>
+        <v>1558</v>
       </c>
       <c r="C828" t="s">
-        <v>3135</v>
+        <v>1571</v>
       </c>
       <c r="D828" t="s">
-        <v>3136</v>
+        <v>1571</v>
       </c>
       <c r="E828" s="2" t="s">
-        <v>3137</v>
-[...3 lines deleted...]
-      </c>
+        <v>1572</v>
+      </c>
+      <c r="F828" s="2"/>
     </row>
     <row r="829" spans="1:6">
       <c r="A829" t="s">
-        <v>3110</v>
+        <v>1558</v>
       </c>
       <c r="B829" t="s">
-        <v>3111</v>
+        <v>1558</v>
       </c>
       <c r="C829" t="s">
-        <v>3139</v>
+        <v>1573</v>
       </c>
       <c r="D829" t="s">
-        <v>3140</v>
+        <v>1573</v>
       </c>
       <c r="E829" s="2" t="s">
-        <v>3141</v>
-[...3 lines deleted...]
-      </c>
+        <v>1574</v>
+      </c>
+      <c r="F829" s="2"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="landscape" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter>&amp;R&amp;13&amp;K6E6E6E &amp;F &amp;D &amp;T</oddFooter>
     <evenHeader/>
     <evenFooter>&amp;R&amp;13&amp;K6E6E6E &amp;F &amp;D &amp;T</evenFooter>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>