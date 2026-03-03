--- v5 (2026-02-04)
+++ v6 (2026-03-03)
@@ -23,51 +23,51 @@
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1575">
   <si>
     <t>List of job positions in the salary survey</t>
   </si>
   <si>
     <t>www.paylab.com</t>
   </si>
   <si>
     <t>Updated in</t>
   </si>
   <si>
-    <t>02/2026</t>
+    <t>03/2026</t>
   </si>
   <si>
     <t>Number of positions</t>
   </si>
   <si>
     <t>category_name_en</t>
   </si>
   <si>
     <t>position_name_en</t>
   </si>
   <si>
     <t>job_description_en</t>
   </si>
   <si>
     <t>Administration</t>
   </si>
   <si>
     <t>Administrative Worker</t>
   </si>
   <si>
     <t>* Transcribing documents using computers.
 * Recording of incoming and outgoing correspondence.
 * Handling corporate correspondence, email, and phone calls.
 * Operating copier and fax equipment.
 * Filing and locating documents.
@@ -123,75 +123,75 @@
 * Handling incoming and outgoing phone calls in local as well as a foreign language.
 * Training new recruits.
 * Solving non-standard situations.</t>
   </si>
   <si>
     <t>Contract administrator</t>
   </si>
   <si>
     <t>* Preparing sales and purchase contracts
 * Negotiating contract terms with internal and external partners
 * Reviewing and updating existing contracts</t>
   </si>
   <si>
     <t>CSR specialist</t>
   </si>
   <si>
     <t>* Management of corporate social responsibility (CSR) projects.
 * Preparation of press releases and cooperation with the media and organizing press conferences
 * Content preparation for company websites, digital media and social networks (Facebook, Instagram, YouTube)
 * Procurement and care of company materials (brochures, POS materials, posters, brochures)
 * Design and implementation of company events
 * Taking care of editing and translating company materials
 * Various administrative tasks such as planning, monitoring results, reporting, budgeting, etc.</t>
   </si>
   <si>
-    <t>Data Entry Operator</t>
-[...10 lines deleted...]
-  <si>
     <t>Data entry operator</t>
   </si>
   <si>
     <t>* Inputting and updating data into computer systems accurately and efficiently.
 * Verifying and correcting data to ensure accuracy and completeness.
 * Maintaining organized records and files for easy retrieval of information.
 * Assisting in the preparation of reports and documents as required.
 * Collaborating with team members to ensure data integrity and consistency.
 * Responding to inquiries related to data entry and assisting with troubleshooting issues.
 * Performing regular backups of data to prevent loss of information.
 * Managing and prioritizing multiple tasks to meet deadlines effectively.
 * Ensuring compliance with data protection regulations and company policies.
 * Supporting administrative tasks as needed to enhance overall office productivity.</t>
+  </si>
+  <si>
+    <t>Data Entry Operator</t>
+  </si>
+  <si>
+    <t>* Processing payroll by using ADP software. 
+* Maintaining all employee payroll records. 
+* Entering payroll information for all employees.
+* Recording tax withholding information.
+* Making appropriate changes in compliance with internal policies and external local, state and federal income tax regulations. 
+* Creating paper checks as well as direct deposits.
+* Creating reports to ensure accuracy of payroll processing.</t>
   </si>
   <si>
     <t>Diversity, Equity and Inclusion Manager</t>
   </si>
   <si>
     <t>* Works with managers at various levels to assess the current state of diversity, equity and inclusion, identify potential solutions and influence steps for specific action planning.
 * Collaborates with other components to develop and execute short- and long-term business strategies for Diversity, Equity and Inclusion (DEI).
 * Develop and implement DEI capability development programs and initiatives in support of corporate strategies and individual support needs.
 * Conducts equality and inclusion audits of corporate and team initiatives.
 * Monitor progress on DEI corporate commitments.
 * Manages communication of DEI principles, plans, progress, and supplemental CR stories.
 * Collaborates with partners and leaders to influence policies and identify resources needed to create an inclusive environment.</t>
   </si>
   <si>
     <t>Office Manager</t>
   </si>
   <si>
     <t>* Responsibility for department operations and the management of assigned tasks.
 * Administrative and organisational support for company management.
 * Coordination of subordinate staff and the delegation of tasks.
 * Management and supervision to ensure deadlines are met by the members of management.
 * Recording minutes from meetings and preparing materials for the members of management.
 * Communication with authorities, suppliers, and other institutions.
 * Responsibility for purchasing office supplies, refreshments, and office equipment.
 * Securing a repair service for moveable and real estate assets.