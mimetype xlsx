--- v6 (2026-03-03)
+++ v7 (2026-03-25)
@@ -608,50 +608,63 @@
 * Providing routine repairs and maintenance of lighting fixtures.</t>
   </si>
   <si>
     <t>Make-Up Artist, Wigmaker</t>
   </si>
   <si>
     <t>* Applying makeup to film and theatre actors, extras, and other performers in films and theatre plays.
 * Styling men's and women's hair according to the scenario.
 * Creating special effects (ageing, bruises, wounds, etc.) using makeup.
 * Making wigs and similar products.
 * Making plaster casts of faces and/or heads.
 * Making latex and silicone masks from casts of faces and/or heads.</t>
   </si>
   <si>
     <t>Model</t>
   </si>
   <si>
     <t xml:space="preserve">* Posing in front of the lenses of photographers, following their instructions. 
 * Viewing of clothes, products etc.
 * Performing in TV adverts.
 * Cooperation with visagists, hair dressers and clothes stylists.
 * Transferring to castings and places of photographing.
 </t>
   </si>
   <si>
+    <t>Museum Specialist</t>
+  </si>
+  <si>
+    <t>Management, registration, and protection of collection items.
+Professional processing and cataloguing of artefacts.
+Creation and implementation of exhibition projects.
+Scientific research activities in the relevant field.
+Preparation of educational and outreach materials and lectures.
+Methodological guidance in acquiring new collections.
+Collaboration with professional institutions.
+Supervision of storage conditions and conservation processes.</t>
+  </si>
+  <si>
     <t>Photographer</t>
   </si>
   <si>
     <t>* Photographing people, animals, objects, landscapes etc.
 * Using analogue and digital cameras, lenses, lighting equipment, filters, conversion lenses, etc.
 * Instructing people during photo shoots.
 * Editing photographs using computer technology.
 * Developing cine films, printing photographs.</t>
   </si>
   <si>
     <t>Restorer/Conservator</t>
   </si>
   <si>
     <t>* Restoring furniture, sculptures, books, paintings, etc.
 * Assessing the condition of artifacts through visual and scientific examinations.
 * Determining whether objects need repair and choosing the safest and most effective method of repair.
 * Preparing estimates of restoration costs and timescales.
 * Developing and utilizing preservation techniques.
 * Maintaining appropriate environmental conditions.
 * Keeping visual/written records.</t>
   </si>
   <si>
     <t>Sound Engineer</t>
   </si>
   <si>
@@ -692,127 +705,80 @@
 * Testing and evaluating visual effects before final production.
 * Presenting work to clients and team members.</t>
   </si>
   <si>
     <t>Wardrobe Assistant</t>
   </si>
   <si>
     <t>* purchases, modifications, repairs of costumes
 * helping to dress the performers
 * storing, taking records and transport of costumes</t>
   </si>
   <si>
     <t>Window Dresser, Decorator</t>
   </si>
   <si>
     <t>* Window-dressing of shops, travel agencies, financial institutions, etc.
 * Moving and arranging objects, creating aesthetic decorations.
 * Placing price tags and labels on the goods.
 * Adjusting the decoration of displays to the current season and to ongoing events.
 * Dressing, undressing and changing mannequins’ clothes.</t>
   </si>
   <si>
     <t>Banking</t>
   </si>
   <si>
-    <t>Account Manager</t>
-[...13 lines deleted...]
-  <si>
     <t>Anti-Money Laundering Specialist</t>
   </si>
   <si>
     <t>* Implementation, enforcement and control of money laundering and / or terrorist financing prevention measures in the company;
 * Checking new customers, reviewing documents, risk analysis of new customers;
 * Monitoring of existing customers according to established procedures;
 * Monitoring of suspicious transactions, customer activities, collection and analysis of data on such transactions, investigation of suspicious transactions;
 * Organization of the company's internal legal acts related to KYC, AML, customer risk, compliance control, organization of their change and renewal.</t>
   </si>
   <si>
     <t>Back Office Specialist</t>
   </si>
   <si>
     <t>* Processing of all types of client requests.
 * Entering and updating the information in the bank information system.
 * Drawing up and processing of contracts and contract amendments for individual banking products.
 * Archiving documents in compliance with the internal regulations.
 * Mastering internal regulations, general business terms and conditions, and business conditions for individual banking products.
 * Communicating with internal and external clients.</t>
   </si>
   <si>
-    <t>Branch Director</t>
-[...13 lines deleted...]
-  <si>
     <t>Card Services Clerk</t>
   </si>
   <si>
     <t>* Processing applications for the issuance of credit and debit cards.
 * Communicating with companies issuing credit cards and bank branches.
 * Participating in the creation and updating of internal regulations.
 * Cooperating with project managers on new projects.
 * Solving complaints.
 * Assessing the suitability of motives on credit cards in your own design.</t>
-  </si>
-[...15 lines deleted...]
-* Promoting bank products and services to customers to enhance their banking experience.</t>
   </si>
   <si>
     <t>Claims Administrator</t>
   </si>
   <si>
     <t>* Recovering overdue receivables from the customers of a leasing company.
 * Registering and controlling overdue receivables.
 * Processing and sending written and e-mail reminders.
 * Communicating with debtors and other departments within the company.
 * Planning repayment schedules in the event of the insolvency of debtors.
 * Registering and checking payments in the system.
 * Preparing materials for the legal department.</t>
   </si>
   <si>
     <t>Client officer</t>
   </si>
   <si>
     <t xml:space="preserve">* Active sale of bank products and of services to retail clients.
 * Opening and closing of bank accounts.
 * Realization of domestic and international wire transfers.
 * Accepting and issuing of cash in domestic and foreign currency.
 * Providing clients with counseling and information.
 * Carrying out administrative tasks connected with the provided services.
 * Fulfilling of the set business and acquisition plans. </t>
   </si>
@@ -824,63 +790,50 @@
 * Monitoring the legislative standards and requirements of organs of supervision that are valid in the place of the bank's activity.
 * Identifying the risks in the legislation and/or internal procedures.
 * Point out the potential risks to the superiors.</t>
   </si>
   <si>
     <t>Custody Specialist</t>
   </si>
   <si>
     <t>* Securing the administration and custody of securities for clients.
 * Keeping clients informed about corporate shares concerning the administrated securities.
 * Carrying out operations with securities on the basis of clients' orders.
 * Calculation and control of the current value of securities in the administration of the bank.
 * Paying returns from securities.
 * Representing clients and their interests at general assemblies.</t>
   </si>
   <si>
     <t>Dealer/Trader</t>
   </si>
   <si>
     <t xml:space="preserve">* Purchase, keeping and sale of securities, commodities and foreign currencies in the currency of the clients and/or on the account of the bank.
 * Monitoring and verifying prices of the financial tools at the security exchange.
 * Following and analyzing the development on financial markets.
 * Exchanging information with colleagues and clients.
 * Preparing financial reports.
 </t>
-  </si>
-[...11 lines deleted...]
-* Preparing weekly and monthly reports.</t>
   </si>
   <si>
     <t>Financial Advisor</t>
   </si>
   <si>
     <t>* Providing personalized financial advice to clients based on their individual financial situations and goals.
 * Analyzing clients' financial information to develop tailored investment strategies and plans.
 * Educating clients on various financial products and services, including investments, insurance, and retirement planning.
 * Monitoring clients' portfolios and making recommendations for adjustments as needed to optimize performance.
 * Building and maintaining strong relationships with clients to ensure high levels of satisfaction and trust.
 * Staying up-to-date with market trends, economic developments, and changes in financial regulations to provide informed advice.
 * Preparing and presenting financial plans and reports to clients in a clear and understandable manner.
 * Collaborating with other financial professionals, such as accountants and tax advisors, to provide comprehensive services.
 * Conducting regular reviews with clients to assess their financial goals and progress.
 * Actively seeking new clients through networking, referrals, and marketing efforts to grow the business.</t>
   </si>
   <si>
     <t>Financial Analyst</t>
   </si>
   <si>
     <t>* Preparing regular and ad hoc financial analysis.
 * Preparing statistics.
 * Developing weekly and monthly reports.
 * Taking part in developing financial plans.
 * Taking part in developing and improving controlling mechanisms.
@@ -946,65 +899,50 @@
 * Fulfilling of the set personal business plan.
 * Taking part in fulfilling the financial and campaign plan.</t>
   </si>
   <si>
     <t>Private Banker</t>
   </si>
   <si>
     <t>* Managing liquid assets, stocks, bonds and real estate of highly creditworthy bank clients.
 * Seeking out potential clients and their acquisition within their area of operation.
 * Detecting the individual requirements and objectives of clients with the intention to propose the optimal investment solution for the appreciation of their property.
 * Communicating with experts in asset management, real estate, lawyers etc.
 * Providing advice in the investment and real estate area.
 * Handling the special requirements of clients (e.g. booking tickets for an event, providing private jet transportation, etc.).</t>
   </si>
   <si>
     <t>Product Manager - Specialist</t>
   </si>
   <si>
     <t>* Developing the new and innovating the existing bank products and services.
 * Monitoring and analyzing the competitive environment.
 * Following the fulfilling of goals in the area of product profitability.
 * Taking part in creating and setting the processes connected with products.
 * Directing and training new employees.
 * Analyzing and solving arisen operating problems.
 * Cooperating with other departments of the bank.</t>
-  </si>
-[...13 lines deleted...]
-* Stay updated on industry trends and regulatory changes affecting banking products to ensure compliance and competitiveness.</t>
   </si>
   <si>
     <t>Relationship Manager</t>
   </si>
   <si>
     <t xml:space="preserve">* Presenting and selling banking products and services to company clients.
 * Monitoring the market and competitors' activities within the assigned region.
 * Finding new clients.
 * Creating and developing business relationships with company clients.
 * Performing one's prescribed personal business plan.
 * Participating in performing financial and campaign plans.
 * Keeping records and the database of clients. </t>
   </si>
   <si>
     <t>Risk Specialist</t>
   </si>
   <si>
     <t>* Identifying credit, market, operational, strategic and liquidity risks potentially threatening the assets and cash flow of the bank.
 * Developing methodology for measuring individual types of risks.
 * Designing and analysing measures to prevent risks.
 * Designing solutions to cover damage in case of risks.
 * Using external registers (e.g. credit register, register of Social Security debtors, etc.) in assessing risks.
 * Cooperating with product and project managers, underwriters and other bank departments.</t>
   </si>
   <si>
@@ -1105,65 +1043,50 @@
 * Planning and ordering repairs of motor vehicles.
 * Communicating with clients throughout the course of the repairs.
 * Assigning and controlling the work of subordinate staff.
 * Ordering, receiving, and issuing parts from the warehouse.
 * Administrative processing of orders and issuing invoices for the repairs made.
 * Handing over the repaired vehicle to the client.
 * Assessing complaints and claims.</t>
   </si>
   <si>
     <t>Electrical Engineering Technician</t>
   </si>
   <si>
     <t>* Assisting in the design, development, and testing of electrical systems and components for automotive applications.
 * Conducting diagnostics and troubleshooting of electrical issues in vehicles.
 * Collaborating with engineers to implement electrical solutions and improvements.
 * Utilizing specialized software and tools for circuit design and analysis.
 * Performing routine maintenance and inspection of electrical systems in vehicles.
 * Ensuring compliance with safety standards and regulations in all electrical work.
 * Documenting technical specifications, test results, and maintenance records.
 * Supporting the assembly and installation of electrical components in vehicles.
 * Participating in research and development projects to innovate new electrical technologies for automotive applications.
 * Providing technical support and training to other team members and departments as needed.
 * Staying updated with advancements in automotive electrical engineering and technologies.</t>
   </si>
   <si>
-    <t>Machine Operator</t>
-[...13 lines deleted...]
-  <si>
     <t>Maintenance Engineer</t>
   </si>
   <si>
     <t>* Providing preventive and operational maintenance of machinery and equipment.
 * Managing, coordinating, motivating and evaluating subordinate employees.
 * Developing and updating maintenance plans.
 * Identifying worn parts.
 * Ordering spare parts.
 * Analysing the causes of downtime and taking measures to eliminate them.
 * Monitoring and controlling maintenance costs.
 * Communicating with shift masters, process engineers and suppliers of machinery and equipment.</t>
   </si>
   <si>
     <t>Mechatronics Technician</t>
   </si>
   <si>
     <t>* Assembling and testing mechatronic systems and components in accordance with specifications.
 * Diagnosing and troubleshooting mechanical, electrical, and software issues in automotive systems.
 * Collaborating with engineers to design and improve mechatronic systems for enhanced vehicle performance.
 * Conducting routine maintenance and repairs on automated equipment and machinery.
 * Utilizing diagnostic tools and software to analyze system performance and implement necessary adjustments.
 * Ensuring compliance with safety standards and regulations throughout all processes.
 * Documenting repair and maintenance activities in accordance with company policies.
 * Participating in the development of technical documentation and user manuals for mechatronic systems.
 * Training and mentoring junior technicians on best practices and new technologies.
@@ -1278,148 +1201,128 @@
   </si>
   <si>
     <t>Chemical Lab Technician</t>
   </si>
   <si>
     <t>* Performing inspections on the chemical and microbiological indicators of input materials, intermediates (bulks), and finished products.
 * Reviewing documents related to input materials by means of comparison and the assessment of the parameters.
 * Inspecting the quality of parameters by means of comparison with the standards and specification of the product.
 * Recording the results from inspections into the internal system.
 * Reporting any discovered variances to responsible management staff.
 * Responsibility for the proper use and calibration of mechanical and electrical measuring instruments.
 * Participating in resolving non-standard situations occurring during the production of bulks.
 * Archiving samples required by the legislation.</t>
   </si>
   <si>
     <t>Chemist</t>
   </si>
   <si>
     <t>* Examining, measuring and recording chemical composition, density, acidity, particle size and form of a wide range of substances, compounds and materials.
 * Conducting experiments and tests by mixing two or more chemicals together.
 * Recording the findings.
 * Producing new products and improving sensory characteristics of existing products.
 * Controlling and coordinating activities of directly subordinate laboratory workers.</t>
   </si>
   <si>
-    <t>* Operating and monitoring machinery and equipment in the chemical production process.
-[...12 lines deleted...]
-  <si>
     <t>Commerce</t>
+  </si>
+  <si>
+    <t>Account Manager</t>
   </si>
   <si>
     <t>* Responsibility for the sale and presentation of products or services of the company.
 * Market research and monitoring of competitive activities.
 * Reaching out to potential clients with business offers and creating new business contacts.
 * Providing guidance in selecting the appropriate solution according to defined, individual client requirements and needs.
 * Maintaining regular telephone and e-mail communication with clients.
 * Organising and conducting business meetings.
 * Submitting price offers and negotiating the final form of contract terms and conditions.
 * Responsibility for meeting defined business plans and targets.</t>
   </si>
   <si>
     <t>Betting Clerk</t>
   </si>
   <si>
     <t>* Conducting betting transactions and managing cash handling procedures.
 * Assisting customers with placing bets and providing information on betting options.
 * Communicating effectively with clients to enhance customer experience and address inquiries.
 * Maintaining cleanliness and organization of the betting area and equipment.
 * Monitoring and reporting any irregularities or discrepancies in betting operations.
 * Ensuring compliance with relevant regulations and company policies.
 * Processing payments and managing cash registers accurately.
 * Providing support during promotional events and special betting occasions.
 * Collaborating with team members to achieve operational goals and improve service quality.
 * Keeping up-to-date with sports events and betting trends to inform clients.</t>
   </si>
   <si>
     <t>Bookmaker</t>
   </si>
   <si>
     <t>* Creating, announcing and suspending betting opportunities.
 * Editing the announced rates when necessary.</t>
-  </si>
-[...10 lines deleted...]
-* Prepare and present regular reports on branch performance, progress, and challenges to senior management.</t>
   </si>
   <si>
     <t>Business Analyst</t>
   </si>
   <si>
     <t>* Gathering information about the market and analysing the needs of customers.
 * Reporting analysis results to your superior.
 * Defining the fields of prospective production and business activities on the basis of market research.
 * Evaluating the results of analyses, designing market segments, short-term and long-term plans.
 * Providing recommendations for the future strategy.</t>
   </si>
   <si>
     <t>Buying Agent</t>
   </si>
   <si>
     <t>* Responsibility for selecting, the composition, and the final price of ordered goods and services.
 * Monitoring the market, current trends, and competitors' activities.
 * Searching and contacting new suppliers, obtaining preliminary information on the quality, price, and possible delivered quantities.
 * Managing sales negotiations with potential suppliers, negotiation, and agreement on contractual terms and conditions.
 * Analysing price offers, concluding supplier contracts, and placing orders.
 * Preparing flyers and similar activities aimed at supporting sales.
 * Securing the settlement of claims.</t>
   </si>
   <si>
     <t>Car salesman</t>
   </si>
   <si>
     <t>* Engaging with customers to understand their automotive needs and preferences.
 * Demonstrating vehicle features and benefits to potential buyers.
 * Providing information on financing options, warranties, and after-sales services.
 * Building and maintaining relationships with customers to encourage repeat business.
 * Negotiating sales agreements and closing deals effectively.
 * Keeping up-to-date with industry trends, product knowledge, and market conditions.
 * Collaborating with the sales team to meet and exceed sales targets.
 * Conducting follow-up calls and emails to ensure customer satisfaction post-sale.
 * Maintaining accurate records of sales activities and customer interactions.
 * Participating in promotional events and marketing campaigns to attract new customers.
 * Ensuring compliance with company policies and legal regulations in all sales transactions.
 * Handling customer inquiries and resolving issues in a timely and professional manner.</t>
+  </si>
+  <si>
+    <t>Cashier</t>
   </si>
   <si>
     <t>* Recording of shopping items in the cash register.
 * Cancellation of incorrectly charged items.
 * Checking the price and nature of charged items.
 * Accepting cash in domestic and foreign currency, meal tickets, shopping vouchers and payment cards; issuing cash for the purchase made.
 * Selling complementary goods in the vicinity of the cash desk.
 * Performing sensory control of received banknotes and vouchers, complying with internal guidelines and safety procedures.
 * Responsibility for the cash in the cash register, recounting and delivering of the daily receipts.
 * Maintaining a clean and tidy workplace.</t>
   </si>
   <si>
     <t>Complaints Department Clerk</t>
   </si>
   <si>
     <t>* Handling complaints from customers to their general satisfaction.
 * Issuing goods under complaint to customers.
 * Carrying responsibility for goods returned by customers.
 * Informing customers about their complaint rights.
 * Communicating with suppliers.
 * Analysing causes of complaints.
 * Keeping records of complaints received and handled.</t>
   </si>
   <si>
     <t>Customer Relationship Manager</t>
@@ -1535,50 +1438,53 @@
 * Maintaining up-to-date knowledge of current trends in kitchen design and technology.
 * Building and nurturing relationships with clients to encourage repeat business and referrals.
 * Conducting follow-ups with clients post-installation to ensure satisfaction and address any concerns.
 * Assisting in the showroom by displaying products effectively and maintaining an inviting atmosphere.
 * Training and mentoring junior design staff in best practices and customer service techniques.</t>
   </si>
   <si>
     <t>Online shop administrator</t>
   </si>
   <si>
     <t>* Overseeing the daily operations of the online shop, ensuring a smooth customer experience.
 * Managing product listings, including adding new products, updating descriptions, and optimizing images.
 * Monitoring inventory levels and coordinating with suppliers to restock items as needed.
 * Processing customer orders and ensuring timely fulfillment and shipping.
 * Handling customer inquiries and resolving issues via email, chat, and phone in a professional manner.
 * Implementing promotional strategies and marketing campaigns to drive online sales.
 * Analyzing sales data and website traffic to identify trends and improve performance.
 * Collaborating with the marketing team to enhance the online presence of the shop.
 * Maintaining accurate records of sales, returns, and customer interactions.
 * Ensuring compliance with e-commerce regulations and standards for online sales.
 * Utilizing e-commerce platforms and software to streamline operations and improve efficiency.
 * Providing regular reports on performance metrics and suggesting improvements.
 * Assisting with the development and maintenance of the online shop’s user interface for optimal customer engagement.</t>
   </si>
   <si>
+    <t>Product Manager</t>
+  </si>
+  <si>
     <t>* Creating business solutions, processes and business models.
 * Processing technical and price proposals.
 * Designing and implementing measures for development.
 * Promoting the sale of products with respect to technical and procedural aspects and relations with suppliers.
 * Managing the relative technical and commercial documentation.
 * Analysing market conditions, processing the results of market analysis, providing regular reports on the results and their presentation.
 * Cooperating with business and technical section of the company.
 * Representing the company in meetings with business partners and other entities.</t>
   </si>
   <si>
     <t>Promotional Assistant</t>
   </si>
   <si>
     <t>* Conducting daily product promotions, including events in shopping centers, sponsorships, and various activities such as music and sports events.
 * Engaging with potential customers to inform them about products and services.
 * Presenting and demonstrating products to enhance customer understanding and interest.
 * Collaborating with team members to strategize on effective promotional techniques and approaches.
 * Collecting feedback from customers to improve promotional strategies and product offerings.
 * Maintaining a professional appearance and demeanor while representing the brand at promotional events.
 * Assisting in the organization and execution of promotional events and campaigns.
 * Tracking and reporting on promotional activities and outcomes to management.
 * Building and maintaining relationships with customers and event organizers to foster brand loyalty.
 * Adhering to company policies and procedures while ensuring a positive customer experience.</t>
   </si>
   <si>
@@ -1777,139 +1683,139 @@
 * Collaborating with the marketing team to create visually appealing displays that align with brand identity and seasonal promotions.
 * Analyzing customer behavior and sales data to optimize product placement and presentation within the store.
 * Designing and constructing in-store displays, signage, and promotional materials to attract customer attention and encourage purchases.
 * Conducting regular store visits to assess the effectiveness of visual merchandising efforts and make necessary adjustments.
 * Training and guiding store staff on visual merchandising standards and best practices to ensure consistency across locations.
 * Maintaining an organized inventory of visual merchandising materials and coordinating the procurement of necessary supplies.
 * Staying updated on industry trends and competitor activities to continually innovate and enhance visual merchandising strategies.
 * Collaborating with cross-functional teams, including product development and sales, to ensure cohesive branding and messaging.
 * Monitoring and reporting on the performance of visual merchandising initiatives, providing insights and recommendations for improvement.</t>
   </si>
   <si>
     <t>Construction &amp; Real Estate</t>
   </si>
   <si>
     <t>Architect</t>
   </si>
   <si>
     <t>* Preparing construction plans for public works, investment plans, architectural and urban studies, local plan surveys, and analyses.
 *Developing architectural designs and documentation concerning the placement of constructions and their alternations, project documentation of constructions and their alternations, including their interior as well as exterior, reconstruction and modernisation of buildings and restoration of architectural monuments.
 * Project management and coordination of subprojects developed by engineers, landscapers, and other specialists as well as professional author's supervision regarding the construction work in accordance with the approved project documentation and construction supervision.
 * Architectural works in graphic and model form, including the development of specifications and technical documentation.
 * Providing architectural guidance to investors and real estate owners and investor representation during the preparation and provision of construction works.
 * Preparing expert opinions and estimates.</t>
   </si>
   <si>
-    <t>Bidding engineer</t>
+    <t>Bricklayer</t>
+  </si>
+  <si>
+    <t>* Reading technical and project documentation.
+* Preparing mortar, cement, skim coats, and plasters.
+* Cutting bricks to the required shapes and sizes.
+* Work on bearing, dividing, and non-bearing walls, columns, arches, chimneys, and fireplaces.
+* Checking walls for levelness using a bricklayer straightedge with a bubble level.
+* Insulating building facades, insulation against groundwater and noise.
+* Completing and repairing outdoor and indoor plaster work.
+* Setting up and taking down bricklayer scaffolding.</t>
+  </si>
+  <si>
+    <t>Building Control Surveyor</t>
+  </si>
+  <si>
+    <t>* Monitoring the method and process of completing construction projects in accordance with occupational health and safety standards.
+* Responsibility for proper installation and operation of technical equipment on the construction site.
+* Responsibility for professional storage and suitability of construction products, materials, machinery and equipment.
+* Supervising the daily management of the building journal.
+* Ensuring the compliance of the spatial position with the construction documentation as well as compliance with general technical requirements for construction.
+* Shared responsibility for the compliance with the conditions of decisions issued for the construction of the building.
+* Ensuring the elimination of identified deficiencies, informing the building authority in case of defects that cannot be removed in the course of construction supervision.</t>
+  </si>
+  <si>
+    <t>Building Technician</t>
+  </si>
+  <si>
+    <t>* Coordinating and managing activities concerning repairs and maintenance of objects and devices
+* Securing data to develop budgets and calculation
+* Communication with customers, dealing with complaints and technical problems
+* Troubleshooting</t>
+  </si>
+  <si>
+    <t>CAD Specialist</t>
+  </si>
+  <si>
+    <t>* Preparing detailed drawings and plans using CAD software for construction and real estate projects.
+* Collaborating with architects, engineers, and project managers to understand project requirements and specifications.
+* Ensuring accuracy and compliance with industry standards and regulations in all CAD designs.
+* Modifying existing designs based on feedback from team members or clients.
+* Creating 3D models and visualizations to aid in project presentations and stakeholder discussions.
+* Conducting regular quality checks on drawings and models to maintain high standards of precision.
+* Maintaining organized digital files and documentation of all CAD work for easy retrieval and reference.
+* Assisting in the preparation of project proposals and cost estimates through detailed drawings.
+* Staying updated with the latest CAD technologies and software advancements to improve efficiency.
+* Providing technical support and guidance to team members on CAD-related issues.</t>
+  </si>
+  <si>
+    <t>Carpenter</t>
+  </si>
+  <si>
+    <t>* Fabricating, altering, repairing, building and assembling the formwork, foundations, lintels, pillars and ceilings.
+* Cutting and shaping wood parts.
+* Establishment of structures and carpentry constructions according to planimetric and as-built drawings.
+* Fulfilling the tasks involved in the establishment of structures.</t>
+  </si>
+  <si>
+    <t>Civil Engineer</t>
+  </si>
+  <si>
+    <t>* Completing preparatory, technical, project and other construction and construction-technical documentation for the authorisation of constructions, their alterations, and maintenance work.
+* Completing partial documentation for territorial plans.
+* Completing documentation for the assessment of the impact of construction work on the environment.
+* Providing the technical and economic consulting services (expert opinions, surveys, estimates, etc.).
+* Performing construction measurements and construction diagnostics.
+* Providing professional author's supervision regarding the construction work in accordance with the approved project documentation.
+* Representation investor during the preparation and provision of construction works.</t>
+  </si>
+  <si>
+    <t>Civil Engineer for Public Procurement</t>
   </si>
   <si>
     <t>* Preparing and submitting competitive bids for construction projects.
 * Analyzing project requirements and specifications to determine bid scope.
 * Collaborating with project managers, engineers, and other stakeholders to gather necessary information.
 * Conducting cost analysis and estimating project expenses to create accurate bid proposals.
 * Researching and identifying potential subcontractors and suppliers for project needs.
 * Ensuring compliance with legal and regulatory requirements in bid submissions.
 * Presenting bids to clients and addressing any inquiries or concerns.
 * Maintaining records of bids submitted and outcomes for future reference.
 * Monitoring industry trends and competitor activities to enhance bidding strategies.
 * Participating in negotiations with clients and stakeholders to secure contracts.
 * Assisting in the development of project schedules and resource allocation.
 * Providing support during the project execution phase to ensure adherence to bid specifications.
 * Contributing to the continuous improvement of bidding processes and methodologies.
 * Attending industry conferences and networking events to promote the company and gather insights.</t>
   </si>
   <si>
-    <t>Bricklayer</t>
-[...68 lines deleted...]
-  <si>
     <t>Construction Manager</t>
   </si>
   <si>
     <t>* Coordinating and organising the staff according to the site manager’s instructions.
 * Monitoring the construction processes and procedures while maintaining safety and health at work.
 * Supervising the performance of construction works in accordance with the work schedule.
 * Performing the activities according to construction documentation and their recording in the site diary.
 * Responsibility for the proper management of the company’s wealth.</t>
   </si>
   <si>
     <t>Construction Plant Operator</t>
   </si>
   <si>
     <t>* Operating various construction machines, such as excavators, loaders, rollers, or bulldozers. The task is to accurately and safely operate these machines during various construction works, such as digging foundations, demolishing buildings, or leveling terrain.
 * Regularly checking the condition of machines and performing their basic maintenance. Ensuring that machines are in good technical condition and ready for use, which helps prevent breakdowns and unnecessary downtime on the construction site.
 * Strictly adhering to all safety measures when working with construction machines. This includes the proper use of protective equipment and respecting safety rules on the construction site.
 * Close cooperation with other workers on the construction site, including site managers and technicians. Ensuring that work is coordinated and proceeds according to plan, which requires constant communication and collaboration.
 * Using construction machines to perform various specific tasks, such as digging, moving materials, or modifying terrain. Each task requires precise machine operation and strict adherence to the assignment.</t>
   </si>
   <si>
     <t>Construction worker</t>
   </si>
   <si>
     <t>* Assisting in the construction and maintenance of buildings and infrastructure.
 * Performing tasks such as digging, loading, and unloading materials.
@@ -2149,65 +2055,50 @@
   <si>
     <t>* reading isometric drawings
 * assembling switching systems according to plans
 * bending the pipes
 * repairing and maintanance of pipe systems
 * assembling sewers, water and gas supply pipes</t>
   </si>
   <si>
     <t>Planning assistant</t>
   </si>
   <si>
     <t>* Assisting in the development and implementation of project plans and schedules.
 * Coordinating with project managers and team members to gather and analyze relevant data.
 * Supporting the preparation of project documentation, including reports and presentations.
 * Monitoring project progress and ensuring adherence to timelines and budgets.
 * Assisting in the identification and resolution of project-related issues.
 * Maintaining and updating project schedules, resource allocations, and budgets.
 * Collaborating with various stakeholders, including subcontractors and suppliers, to ensure project objectives are met.
 * Organizing project meetings, preparing agendas, and documenting meeting minutes.
 * Conducting site visits to monitor construction progress and compliance with plans.
 * Assisting in the procurement of materials and services required for construction projects.
 * Providing administrative support to the planning team, including filing and data entry.
 * Ensuring compliance with safety regulations and quality standards throughout the project lifecycle.</t>
   </si>
   <si>
-    <t>Production Manager</t>
-[...13 lines deleted...]
-  <si>
     <t>Project Manager</t>
   </si>
   <si>
     <t>* Planning, managing, and coordinating construction projects.
 * Responsibility for compliance with the agreed deadlines and budget.
 * Inspecting the quality of completed work.
 * Cooperating with construction designers and construction supervisors.
 * Sending price inquiries to potential suppliers.
 * Conducting negotiations with suppliers and selecting suppliers in co-operation with investors.
 * Completing weekly and monthly reports.
 * Cooperating in receiving the construction works.</t>
   </si>
   <si>
     <t>Property Manager</t>
   </si>
   <si>
     <t>* Managing of residential and non-residential space from a technical aspect.
 * Reviewing the technical condition of buildings and the surrounding area.
 * Responsibility for a continuous supply of energy carriers.
 * Performing regular reviews and inspections of distributions and equipment.
 * Ensuring the cleanliness of the building, removal of municipal waste and recyclable resources.
 * Planning and coordinating alternations and general overhauls of buildings.
 * Communicating with suppliers and national institutions.
 * Responsibility for managing all the required documentation.</t>
   </si>
@@ -2253,74 +2144,59 @@
 * Communicating effectively with tenants and property management regarding maintenance issues.
 * Providing exceptional customer service to enhance tenant satisfaction and property value.
 * Collaborating with team members to improve maintenance processes and efficiency.
 * Staying updated on industry trends and best practices in property maintenance.</t>
   </si>
   <si>
     <t>Refrigeration Mechanic</t>
   </si>
   <si>
     <t>* Performing the calculations that are necessary for designing simpler refrigeration and air conditioning equipment.
 * Mounting, dismantling, and completing refrigeration and air conditioning equipment.
 * Detecting defects and determining the procedures that are necessary for their removal.
 * Connecting automatic control components to refrigeration and air conditioning equipment.
 * Assessing facilities in terms of meeting standards and regulations.</t>
   </si>
   <si>
     <t>Roofer</t>
   </si>
   <si>
     <t>* Calculating, plotting and fabricating sheet metal products.
 * Cutting the sheet metal plates into the required dimensions.
 * Laying a soft and hard roof covering.
 * Covering roofs, terraces, balconies, loggias, parapets, cornices, window sills, etc. with sheet metal.</t>
   </si>
   <si>
-    <t>Scaffolder</t>
+    <t>Scaffolder worker</t>
   </si>
   <si>
     <t xml:space="preserve">* Putting up scaffoldings while considering the load-carrying capacity of the bed.
 * Putting up scaffoldings along the frontage of the buildings.
 * Putting up protective railings, protective nets, ladders, floors and blocks that prevent objects from falling down from the scaffolding.
 * Being responsible for building the right foundations of a scaffolding, for the correct anchoring and putting up of the scaffolding .
 * Taking apart the scaffolding and protective nets after finishing the building process.
 </t>
-  </si>
-[...13 lines deleted...]
-* Liaising with professionals and organizations such as suppliers, manufacturers, quantity surveyors and architects.</t>
   </si>
   <si>
     <t>Stonemason</t>
   </si>
   <si>
     <t>* Selecting suitable stone blocks that are required to implement the contract.
 * Cutting stone blocks to the required dimensions.
 * Engraving and polishing stone plates.
 * Hewing, sandblasting, gilding and silvering letters.
 * Mounting and fixing tombstones in cemeteries.</t>
   </si>
   <si>
     <t>Structural Engineer</t>
   </si>
   <si>
     <t>* Identifying locations in buildings to which the load is imposed.
 * Designing building structures with an emphasis placed on their safety, economy as well as the requirements from investor, architect and public bodies.
 * Completing static and dynamic calculations.
 * Completing expert opinions for new buildings, bridges, tunnels etc.
 * Conducting sightings of buildings damaged by natural disasters, explosions; issuing expert opinions on their further habitability/uninhabitability (in case of residential premises).</t>
   </si>
   <si>
     <t>Tile man</t>
   </si>
   <si>
@@ -2450,51 +2326,51 @@
   </si>
   <si>
     <t>* Assisting the Financial Controller in managing financial operations and reporting.
 * Preparing and analyzing financial statements, budgets, and forecasts.
 * Supporting the month-end and year-end closing processes.
 * Ensuring compliance with financial regulations and internal controls.
 * Conducting variance analysis and identifying trends in financial performance.
 * Collaborating with various departments to gather financial data and insights.
 * Assisting in the preparation of financial reports for management and stakeholders.
 * Maintaining accurate financial records and documentation.
 * Participating in audits and ensuring timely responses to audit inquiries.
 * Supporting the implementation of financial policies and procedures.
 * Assisting in cash flow management and monitoring of financial transactions.
 * Providing administrative support to the finance team as needed.
 * Contributing to process improvement initiatives within the finance department.
 * Engaging in professional development to stay current with industry trends and regulations.</t>
   </si>
   <si>
     <t>Assistant of Auditor</t>
   </si>
   <si>
     <t>* Performing economic activities (with the exception of signing a written report on the results of provided audit services) under the direction of a certified auditor.
 * Checking financial statements of customers.
 * Managing audit documentation.
 * Managing the auditor’s assistant labour book.
-* Providing co-operation to the Slovak Chamber of Auditors in case of a quality audit concerning the performance of auditing services.</t>
+* Providing co-operation to the Chamber of Auditors in case of a quality audit concerning the performance of auditing services.</t>
   </si>
   <si>
     <t>Assistant to a Tax Advisor</t>
   </si>
   <si>
     <t>* Performing economic activities under the guidance of a certified tax consultant.
 * Preparing tax opinions in the Slovak and/or a foreign language.
 * Calculating the income tax of natural and legal persons.
 * Preparing tax returns for the income tax of natural and legal persons, VAT, property tax, car tax and excise duty.
 * Registering taxpayers at the relevant tax authorities.
 * Communicating with the clients of the company and representatives of the tax administration.</t>
   </si>
   <si>
     <t>Auditor</t>
   </si>
   <si>
     <t>* Verifying financial statements and annual reports of the external clients.
 * Checking for compliance with the legislation and accounting standards.
 * Communicating with accountants or other employees of the company in case of discrepancies.
 * Completing reports and recommendations based on the findings from an audit.
 * Notifying as to the potential risks, and proposing solutions to prevent them.</t>
   </si>
   <si>
     <t>Billing Clerk</t>
   </si>
@@ -3082,65 +2958,50 @@
 * Recording of the findings and their interpretation in the form of conclusions.
 * Developing medicines, vaccines, cosmetics, chemicals, etc.
 * Leading lectures and attending national and international conferences and symposia.
 * Publishing scientific findings, personal views, and theories in the professional literature.</t>
   </si>
   <si>
     <t>School Canteen Manager</t>
   </si>
   <si>
     <t>* Managing the operation of a school canteen.
 * Responsibility for observing hygiene and food culture in a school canteen.
 * Managing and supervising the work of subordinate staff.
 * Ensuring compliance with the nutrient values in the meals served.
 * Compiling a weekly menu.
 * Ensuring the economical management of the assigned funds.</t>
   </si>
   <si>
     <t>School Caretaker</t>
   </si>
   <si>
     <t>* Performing simple repairs and general maintenance activities as regards school property and premises.
 * Maintaining cleanliness and order on the school premises.
 * Ordering and receiving works from specialised companies.
 * Clearing snow and ice from pavements, stairs, and roads during the winter.
 * Boiler room operating.</t>
-  </si>
-[...13 lines deleted...]
-* Act as a representative of the school in the community, promoting the institution's values and mission.</t>
   </si>
   <si>
     <t>Secondary School Teacher</t>
   </si>
   <si>
     <t>* Teaching professional, natural sciences and general education subjects.
 * Keeping attendance records and records of the lessons given in the classroom. 
 * Explaining new lessons to students, dictation of notes.
 * Testing the students’ knowledge in the form of verbal answers and written tests, including assessment using marks.
 * Issuing written warnings to students who breach school regulations.
 * Preparing educational aids to support the educational process.</t>
   </si>
   <si>
     <t>Special Needs Teacher</t>
   </si>
   <si>
     <t>* Participating in drawing up individual education plans for a child and in their upbringing and education.
 * Providing individual special educational, therapeutic and rehabilitation services.
 * Providing consulting services to legal representatives in connection with an individual education plan for a child.
 * Providing consultations and professional consulting services and methodical assistance to teachers.
 * Providing information and communication with advisory bodies.
 * Submitting proposals and suggestions to improve and streamline educational work with disabled children and children with special educational needs.</t>
   </si>
   <si>
     <t>Sports Coach</t>
@@ -3504,62 +3365,50 @@
 * Staying updated on labor market trends and employment opportunities to provide relevant information to clients.
 * Collaborating with educational institutions and employers to connect clients with job openings and internships.
 * Utilizing assessment tools to help clients identify their strengths and areas for improvement.
 * Maintaining accurate records of client interactions and progress for follow-up and reporting purposes.
 * Promoting a positive and supportive environment that encourages clients to pursue their career aspirations.</t>
   </si>
   <si>
     <t>Coach</t>
   </si>
   <si>
     <t>* Supporting clients in solving problems through structured questions, reflections, suggestions and feedback.
 * Providing consultations on alternative procedures and their consequences.
 * Aiding the implementation of defined plans and intentions.
 * Supporting development and learning.</t>
   </si>
   <si>
     <t>Compensation &amp; Benefit Specialist</t>
   </si>
   <si>
     <t xml:space="preserve">* Participating in the setting of reward strategies within the company.
 * Planning of personal costs.
 * Watching withdrawals from the funds earmarked for the remuneration of employees.
 * Reevaluating the height of salaries and provided benefits.
 * Solving problems connected with remuneration.
 </t>
-  </si>
-[...10 lines deleted...]
-* Staying informed about industry trends and best practices to enhance departmental effectiveness.</t>
   </si>
   <si>
     <t>Education Specialist</t>
   </si>
   <si>
     <t>* Responsibility for the drawing up a plan of training activities.
 * Determining the training needs and communication with senior staff in developing a training plan.
 * Preparing the group and individual training plans.
 * Introducing the new training systems and new projects.
 * Cooperating in the implementation of professional career system and in creating a system of further education.
 * Creating and implementing the professional career system of employees and creating the processes to ensure the further professional development of employees.
 * Conducting organisation development projects.
 * Independent completing, recording and revising the proposals of training activities (internal and external).
 * Creating and managing the catalogue of training activities.
 * Providing advice on creating training proposals.
 * Preparing and organising internal trainings, preparing technical equipment and the ensuring suitable classrooms.
 * Tracking feedback from conducted training in order to improve the service provided for the necessary staff development.
 * Providing training activities through external training companies.
 * Participating in defining the requirements and specifications for choosing a supplier of training activities.
 * Communicating with the external suppliers of trainings.
 * Covering the current qualification needs.
 * Providing advice to managers and employees concerning the arrangements for further education.
 * Independent developing, designing and documenting trainings and seminars for employees.
 * Conducting or moderating seminars, conferences, group works, case studies, planning and model situations.
 * Performing one´s own training activities.
@@ -3674,50 +3523,62 @@
   <si>
     <t>.NET Programmer</t>
   </si>
   <si>
     <t>* Developing websites in the .NET environment.
 * Analysing customer requirements and assessing the potential risks and related technical issues.
 * Participating in the creation of technical specifications.
 * Handing over completed work to clients/testers for testing purposes.
 * Determining and correcting functional and security errors in the source code.
 * Handing over completed software applications to clients, project managers, etc.
 * Providing technical support to clients.</t>
   </si>
   <si>
     <t>ABAP Programmer</t>
   </si>
   <si>
     <t>* Developing complex computer applications and/or separate modules in the ABAP programming language.
 * Analysing customer requirements and assessing the potential risks and related technical issues.
 * Participating in the creation of technical specifications.
 * Handing over completed work to clients/testers for testing purposes.
 * Determining and correcting functional and security errors in the source code.
 * Handing over completed software applications to clients, project managers, etc.
 * Providing technical support to clients.</t>
   </si>
   <si>
+    <t>Agile Coach</t>
+  </si>
+  <si>
+    <t>Implementing agile principles within teams and the organization.
+Coaching Scrum Masters, Product Owners, and development teams.
+Facilitating retrospectives, workshops, and agile ceremonies.
+Assessing team maturity and proposing improvements.
+Removing obstacles that hinder agile ways of working.
+Educating teams on agile frameworks (Scrum, Kanban, SAFe).
+Supporting a culture of continuous improvement.</t>
+  </si>
+  <si>
     <t>AI Engineer</t>
   </si>
   <si>
     <t>* Design, development and implementation of artificial intelligence and machine learning models.
 * Data processing and analysis, including dataset preparation, cleaning and annotation.
 * Development of algorithms for prediction, classification, image/speech recognition or natural language processing (NLP).
 * Integration of AI solutions into existing products, systems or cloud infrastructure.
 * Optimization of models in terms of performance, accuracy and computational resource requirements.
 * Collaboration with data analysts, software developers and business teams in defining requirements and goals.
 * Monitoring AI/ML trends and innovations and applying them in practice.
 * Documentation of procedures, solutions and experiment results.</t>
   </si>
   <si>
     <t>Android Developer</t>
   </si>
   <si>
     <t>* Developing and maintaining mobile applications for the Android platform.
 * Collaborating with cross-functional teams to define, design, and ship new features.
 * Ensuring the performance, quality, and responsiveness of applications.
 * Identifying and fixing bugs and performance bottlenecks.
 * Writing clean, maintainable, and efficient code.
 * Participating in code reviews and providing constructive feedback to peers.
 * Staying up-to-date with the latest industry trends and technologies to enhance development processes.
 * Integrating third-party libraries and APIs to enhance application functionality.
 * Assisting in the preparation of technical documentation and specifications.
@@ -4225,50 +4086,62 @@
 * Write, test, and debug code for microcontroller applications in various programming languages.
 * Collaborate with hardware engineers to integrate software with hardware components.
 * Analyze system requirements and design microcontroller architecture to meet project specifications.
 * Optimize existing code for performance and efficiency in embedded systems.
 * Conduct unit testing and validation of microcontroller programs to ensure reliability and functionality.
 * Document software designs, code, and test results for future reference and compliance.
 * Stay updated with the latest industry trends and advancements in microcontroller technology.
 * Troubleshoot and resolve software and hardware issues related to microcontroller applications.
 * Participate in project meetings and provide technical insights related to microcontroller programming.
 * Assist in the development of technical specifications and project timelines.
 * Mentor junior programmers and provide guidance on best practices in microcontroller programming.</t>
   </si>
   <si>
     <t>Objective-C Programmer</t>
   </si>
   <si>
     <t>* Developing mobile applications for the iOS platform and for devices with the iOS operating system (iPhone, iPad etc.).
 * Analysing customer requirements and assessing the potential risks and related technical issues.
 * Participating in the creation of technical specifications.
 * Handing over completed work to clients/testers for testing purposes.
 * Determining and correcting functional and security errors in the source code.
 * Handing over completed software applications to clients, project managers, etc.
 * Providing technical support to clients.</t>
   </si>
   <si>
+    <t>Online Casino Technician</t>
+  </si>
+  <si>
+    <t>Managing and monitoring online gaming systems.
+Resolving incidents related to gaming software.
+Deploying updates and game configurations.
+Testing the functionality of game modules.
+Communicating with developers and game providers.
+Ensuring operational stability and performance.
+Documenting technical interventions.</t>
+  </si>
+  <si>
     <t>Oracle Programmer</t>
   </si>
   <si>
     <t>* Developing computer applications and connecting them with the Oracle database system.
 * Analysing customer requirements and assessing the potential risks and related technical issues.
 * Participating in the creation of technical specifications.
 * Handing over completed work to clients/testers for testing purposes.
 * Determining and correcting functional and security errors in the source code.
 * Handing over completed software applications to clients, project managers, etc.
 * Providing technical support to clients.</t>
   </si>
   <si>
     <t>PC Technician</t>
   </si>
   <si>
     <t>* Providing technical support and troubleshooting for PC hardware and software issues.
 * Installing, configuring, and maintaining computer systems and peripherals.
 * Assisting users with setup, installation, and usage of applications and operating systems.
 * Diagnosing and resolving technical issues related to computer networks and connectivity.
 * Performing regular maintenance and updates on computer systems.
 * Ensuring data backup and recovery procedures are in place and functioning effectively.
 * Collaborating with IT teams to implement new technologies and upgrades.
 * Documenting technical processes and user manuals for reference.
 * Training users on best practices for computer usage and security.
 * Maintaining inventory of IT equipment and supplies.
@@ -4325,63 +4198,87 @@
   <si>
     <t>* Developing computer, mobile, and Internet applications in the Python programming language.
 * Analysing customer requirements and assessing the potential risks and related technical issues.
 * Participating in the creation of technical specifications.
 * Handing over completed work to clients/testers for testing purposes.
 * Determining and correcting functional and security errors in the source code.
 * Handing over completed software applications to clients, project managers, etc.
 * Providing technical support to clients.</t>
   </si>
   <si>
     <t>R programmer</t>
   </si>
   <si>
     <t>* Developing and maintaining statistical software and tools using R programming language.
 * Analyzing complex datasets to extract meaningful insights and drive data-informed decision-making.
 * Collaborating with cross-functional teams to understand data requirements and deliver actionable solutions.
 * Creating data visualizations and reports to communicate findings effectively to stakeholders.
 * Writing clean, efficient, and well-documented code to ensure maintainability and scalability of projects.
 * Conducting data cleaning and preprocessing to ensure data quality and reliability.
 * Participating in code reviews and contributing to best practices in software development.
 * Staying updated with the latest advancements in R programming and data science methodologies.
 * Troubleshooting and debugging existing R applications to enhance functionality and performance.
 * Providing training and support to team members and stakeholders on R tools and techniques.</t>
   </si>
   <si>
+    <t>RPA engineer</t>
+  </si>
+  <si>
+    <t>Automating processes using RPA tools (UiPath, BluePrism, Automation Anywhere).
+Modeling process flows and analyzing steps suitable for automation.
+Developing, testing, and deploying robotic scripts.
+Ensuring proper operation of RPA robots in production.
+Optimizing existing automations and resolving incidents.
+Documenting solutions and process procedures.
+Collaborating with process analysts, IT, and business departments.</t>
+  </si>
+  <si>
     <t>Ruby Developer/Programmer</t>
   </si>
   <si>
     <t>* Collaborating with cross-functional teams to define, design, and ship new features in Ruby applications.
 * Writing clean, maintainable, and efficient code while following best practices and development standards.
 * Debugging and resolving issues in existing applications to ensure optimal performance and user experience.
 * Participating in code reviews to provide constructive feedback and improve team productivity.
 * Staying updated with emerging technologies and industry trends to enhance development processes.
 * Developing and maintaining documentation for code, processes, and applications.
 * Integrating user-facing elements with server-side logic to create seamless applications.
 * Ensuring the security and scalability of applications through rigorous testing and optimization.
 * Contributing to the continuous improvement of the development process and team collaboration.
 * Mentoring junior developers and sharing knowledge to foster a culture of learning within the team.</t>
+  </si>
+  <si>
+    <t>SAP consultant</t>
+  </si>
+  <si>
+    <t>Analyzing business processes and designing solutions within SAP modules.
+Configuring the SAP system according to client requirements.
+Testing, documenting, and supporting deployment activities.
+Training users and providing expert support.
+Collaborating on data migration and integrations with other systems.
+Resolving incidents and optimizing SAP configurations.
+Supporting the development of SAP architecture and processes.</t>
   </si>
   <si>
     <t>SAP specialist</t>
   </si>
   <si>
     <t>* Provide adequate user support, receive and resolve bug reports and problems.
 * Monitor the system and take measures to ensure trouble-free operation.
 * Manage assigned modules according to agreed internal standards.
 * Communicate with other departments to provide appropriate support for SAP users.
 * Contribute to the development of operational methodologies and development plans.
 * Take over new innovations as well as professional decommissioning of obsolete information systems.</t>
   </si>
   <si>
     <t>Scrum Master</t>
   </si>
   <si>
     <t>* Manages the scope and timeline of each project.
 * Coordinate sprints, retrospectives and daily stand-ups.
 * Facilitates internal communication and effective team collaboration.
 * Is the point of contact for external communication (e.g. from customers or interested parties).
 * Collaborates with product owners or product managers to resolve backlogs and new requirements.
 * Resolves conflicts and removes obstacles that arise.
 * Helps teams implement changes effectively.
 * Ensures deliverables meet quality standards at the end of each sprint.
 * Helps build a productive environment where team members "own" the product and enjoy working on it.</t>
@@ -4406,50 +4303,79 @@
     <t>Software consultant</t>
   </si>
   <si>
     <t>* Consulting during the introduction of new information systems.
 * Expert support for business partners.
 * Participation in creating SW products according to the specific requirements of customers.
 * Analysis of weaknesses, imperfections, and errors of the IT solutions provided.
 * Testing and checking software.
 * Active communication with customers and suppliers.
 * Responsibility for reaching set targets.
 * Ensuring the implementation of the clients' requirements.
 * Co-operation with IT specialists and programmers on drafting possible solutions.
 * Training in using new information software.
 * Creating quality customer service and technical support.</t>
   </si>
   <si>
     <t>Software Engineer</t>
   </si>
   <si>
     <t>* Using computer and mathematical knowledge in designing, developing, and testing software.
 * Analysing customer requirements and proposing technical solutions.
 * Creating and maintaining technical documentation.
 * Developing software according to customer requirements.
 * Testing software and repairing errors.
 * Providing technical support to clients.</t>
+  </si>
+  <si>
+    <t>Solution architect</t>
+  </si>
+  <si>
+    <t>Analyzing business requirements and translating them into technical solution designs.
+Designing system architectures, integrations, data flows, and technical components.
+Preparing architectural documentation, models, and diagrams.
+Selecting technologies and defining technical standards and best practices.
+Collaborating with developers, testers, business analysts, and the infrastructure team during implementation.
+Consulting design proposals with stakeholders and presenting architecture to both technical and non-technical audiences.
+Overseeing solution implementation and performing technical reviews.
+Addressing security, performance, scalability, and availability considerations.
+Designing integration interfaces (APIs) and system interconnection logic.
+Ensuring solution alignment with enterprise architecture and IT strategy.
+Supporting roadmap planning and effort estimation.</t>
+  </si>
+  <si>
+    <t>SRE – Site Reliability Engineer</t>
+  </si>
+  <si>
+    <t>Monitoring system availability and performance.
+Incident response — resolving outages and restoring services quickly.
+Automating operational tasks and deployments.
+Capacity planning and infrastructure scaling.
+Building and maintaining monitoring, alerting, and metrics.
+Collaborating with developers to improve application reliability.
+Post‑incident analysis and implementation of preventive measures.
+Ensuring system security and compliance with standards.</t>
   </si>
   <si>
     <t>Systems Administrator</t>
   </si>
   <si>
     <t>* Installation and administration of computer servers and workstations.
 * Installing, reinstalling and updating licensed software; keeping records on purchased licences.
 * Performing regular system and software audits.
 * Analysing system logs and identifying possible irregularities.
 * Optimising the system operation and performance.
 * Managing the rights of access to the computer network with an emphasis on safeguarding of sensitive data from unauthorised access.
 * Responsibility for the controlled access to the Internet and securing of incoming and outgoing data.
 * Carrying out regular back-ups of electronic data.
 * Providing methodological support to employees regarding the software and hardware equipment usage.
 * Solving technical problems.</t>
   </si>
   <si>
     <t>Systems Engineer</t>
   </si>
   <si>
     <t>* Communicating with clients in order to become familiar with their requirements concerning the computer system.
 * Designing computer systems.
 * Communicating with hardware and software vendors.
 * Selecting the optimal hardware and software for the designed computer system.
 * Installing and configuring computer systems.</t>
@@ -4519,78 +4445,50 @@
 * Recording and processing settlement benefits in the information system.
 * Verifying compliance with the contractual terms and conditions regarding the reporting of healthcare by healthcare providers.
 * Printing the associated protocols and sending them to healthcare providers.
 * Preparing accounting documents for archiving.
 * Providing information, consultation, and handling complaints from healthcare providers regarding the settlement of health care.</t>
   </si>
   <si>
     <t>Actuary</t>
   </si>
   <si>
     <t>* Monitoring the insurance market, developing new products and proposing changes of existing products.
 * Formulating insurance contracts, insurance conditions and special arrangements.
 * Determining premium tariffs, the amount of technical provisions in life insurance and supplementary insurance.
 * Preparing and updating technical business plans and manuals.
 * Preparing documents for the implementation of changes related to product innovation in the information system.
 * Creating and updating computer programs for distribution networks, pricing, taxation and technical changes in life insurance.
 * Testing the profitability of products.
 * Preparing personalised insurance offers.
 * Preparing documents for the assessment of non-standard changes in life insurance.
 * Performing and ensuring activities related to financial funds in investment life insurance.
 * Preparing documentation and participating in conducting methodological trainings for distribution networks.
 * Preparing documentation for accounting, the National Bank of Slovakia, auditors, shareholders and other entities, preparing periodic reports for the reinsurer.
 * Providing expert consultation on life insurance products to other units of the company.</t>
   </si>
   <si>
-    <t>* Overseeing the overall operations and strategic direction of the branch.
-[...26 lines deleted...]
-  <si>
     <t>Health Care Purchasing Specialist</t>
   </si>
   <si>
     <t>* Checking the administration and updating of the register of healthcare providers (HCP).
 * Checking the completeness and veracity of contracts concluded with HCP.
 * Taking part in the implementation of consultation procedures regarding the contractual terms.
 * Processing the accepted comments regarding the contractual terms and ensuring their incorporation into contractual relations.
 * Cooperating in the preparation of proposals for the company’s health programmes.
 * Assessing material and technical equipment regarding the contractual terms of HCP in relation to their payment.
 * Working with analyses and creating secondary analyses in the area of price conditions as set out in the contracts with HCP on the basis of the company’s requests and needs.
 * Preparing statistical overviews of the impact of price adjustments of the terms for HCP on the company’s budget.
 * Issuing opinions and processing requests addressed to the Healthcare Surveillance Authority, the Ministry of Health of the Slovak Republic and other institutions, if their request is factually appropriate for the department.</t>
   </si>
   <si>
     <t>Health Program Development Specialist</t>
   </si>
   <si>
     <t>* Analysing the needs of the target groups of policyholders in individual regions.
 * Designing health programmes and their implementation mechanisms.
 * Designing ways of using policyholder benefits in the scope of health programmes.
 * Coordinating the implementation of health programmes.
 * Monitoring and evaluating the development of health programmes in order to innovate health programme concepts.</t>
   </si>
   <si>
     <t>Insurance administrator</t>
@@ -4836,65 +4734,50 @@
 * Writing and preparing reports, reportages, commentaries, reviews, interviews, glosses, feuilletons etc.
 * Searching for and selecting images suitable for the articles.
 * Publishing information in mass media.</t>
   </si>
   <si>
     <t>Junior Graphic Designer</t>
   </si>
   <si>
     <t>* Creating a wide range of graphic concepts on the basis of detailed assignments from clients.
 * Incorporating clients’ comments into graphic designs.
 * Transferring drawings from paper to electronic form using a scanner.
 * Setting the final style and colours of drawings in a graphics program.
 * Exporting graphic designs in the desired format.</t>
   </si>
   <si>
     <t>Managing Editor</t>
   </si>
   <si>
     <t>* Responsibility for the content of the entrusted periodical.
 * Coordinating the activities of editors in the publishing house.
 * Editing articles.
 * Creating the appearance of the pages in the periodical.
 * Writing editorials.</t>
   </si>
   <si>
-    <t>Organizer</t>
-[...13 lines deleted...]
-  <si>
     <t>Photo Editor</t>
   </si>
   <si>
     <t>* Searching for photographs, illustrations, and flash animations in online databases.
 * Assigning tasks to photographers.
 * Selecting suitable photographs and illustrations for the covers of periodicals, articles, websites, etc.
 * Archiving purchased photographs.
 * Communicating with editors and the issue manager, etc.</t>
   </si>
   <si>
     <t>Printer</t>
   </si>
   <si>
     <t>* Producing printed material with the help of printing presses.
 * Preparing and controlling the printing forms.
 * Securing production of a new printing form in case of its bad quality.
 * Adjusting printing presses.
 * Being responsible for keeping the correct technological procedure.
 * Controlling the quality of the press.
 * Keeping the printing presses in operation mode.</t>
   </si>
   <si>
     <t>Printing Technician</t>
   </si>
   <si>
@@ -4987,51 +4870,51 @@
   <si>
     <t>Senior Graphic Designer</t>
   </si>
   <si>
     <t>* Self-reliant production of a wide range of creative graphic concepts without detailed assignments from clients.
 * Incorporating clients’ comments into graphic designs.
 * Transferring drawings from paper to electronic form using a scanner.
 * Setting the final style and colours of drawings in a graphics program.
 * Exporting graphic designs in the desired format.</t>
   </si>
   <si>
     <t>* Setting up and operating audio equipment for live events, recordings, and broadcasts.
 * Collaborating with producers, directors, and other team members to achieve desired sound quality.
 * Mixing and editing audio tracks to ensure clarity and balance.
 * Conducting regular maintenance and troubleshooting of audio equipment.
 * Ensuring compliance with safety standards and regulations in audio production.
 * Recording sound effects, voiceovers, and music for various media projects.
 * Monitoring audio levels during recordings and live performances to ensure optimal sound.
 * Creating and maintaining audio archives for future reference and use.
 * Staying updated with the latest audio technology and techniques to enhance production quality.
 * Assisting in the planning and execution of sound design for multimedia projects.
 * Providing technical support and guidance to other team members during productions.
 * Managing audio budgets and resources effectively to optimize production costs.</t>
   </si>
   <si>
-    <t>TV Presenter</t>
+    <t>TV Host and Announcer</t>
   </si>
   <si>
     <t>* Presenting and announcing various segments within electronic media, including radio and television programs.
 * Introducing daily programming, including shows, musical performances, and guest appearances.
 * Reading news articles and other texts in spoken format, ensuring clear and engaging delivery.
 * Conducting interviews with guests and experts to provide insightful commentary and discussion.
 * Engaging with the audience through interactive segments and social media platforms.
 * Collaborating with production teams to develop content and improve program quality.
 * Preparing for broadcasts by researching topics and gathering relevant information.
 * Delivering promotional messages and advertisements in a professional manner.
 * Adapting to live broadcasting situations with poise and professionalism.
 * Upholding the standards of journalistic integrity and accuracy in all communications.</t>
   </si>
   <si>
     <t>TV/Film Production Assistant</t>
   </si>
   <si>
     <t>* Assisting in the preparation and organization of film and television productions.
 * Coordinating schedules and logistics for cast and crew members.
 * Supporting the production team in various tasks including set preparation and equipment setup.
 * Managing communication between departments to ensure smooth operation during filming.
 * Assisting with the handling of production paperwork, including contracts and release forms.
 * Contributing to the maintenance of production budgets and tracking expenses.
 * Helping to organize and facilitate auditions and casting calls.
 * Assisting in the post-production process, including editing and reviewing footage.
@@ -5123,65 +5006,50 @@
   <si>
     <t xml:space="preserve">* To conduct legal analysis and research on various legal matters of the client or the organization
 * To provide advice on different legal issues and assist in drafting legal opinions, memoranda and other briefing documents
 * To be actively involved in preparing and drafting of different acts and legal submissions and draft the authoritative legal opinions as well
 * To conduct legal research by utilizing various resources and selecting the relevant material to analyze the legal information
 * To assist in reviewing the legal material and any other relevant documents and to identify the most important issues that need to be sorted out on a priority basis
 * To draw up formalities regarding the settlement of disputes and monitor the implementation of the legal clauses
 </t>
   </si>
   <si>
     <t>Notary</t>
   </si>
   <si>
     <t>* Certifying and drafting private and public documents, including signature verification.
 * Attending board meetings of commercial companies, taking minutes, and preparing contracts.
 * Performing non-contentious legal work, such as managing inheritance proceedings and resolving legal matters that are not in dispute.
 * Advising clients on legal rights and obligations related to notarial acts.
 * Ensuring compliance with relevant laws and regulations in all notarial activities.
 * Maintaining accurate records of all notarial services rendered and safeguarding client confidentiality.
 * Collaborating with other legal professionals to facilitate the execution of documents and transactions.
 * Providing guidance on the preparation of documents necessary for various legal processes.
 * Engaging in continuous professional development to stay updated on changes in legislation and notarial practices.
 * Representing the notary office in legal proceedings when necessary and assisting clients in understanding the implications of legal documents.</t>
   </si>
   <si>
-    <t>Notary Associate</t>
-[...13 lines deleted...]
-  <si>
     <t>Paralegal - law student</t>
   </si>
   <si>
     <t xml:space="preserve">* preparing legal filings in judicial proceedings and distraint orders
 * administration and record of legal agenda
 * communication with courts, executory and notarial offices
 * monitoring legal directives
 * taking care of the legal department's agenda, basic legal support
 * administrative support of the legal department
 </t>
   </si>
   <si>
     <t>Prosecutor</t>
   </si>
   <si>
     <t>* Representing the state in criminal prosecutions and legal proceedings.
 * Conducting thorough investigations and gathering evidence to support cases.
 * Analyzing legal issues and developing case strategies.
 * Preparing and presenting cases in court, including opening and closing statements.
 * Collaborating with law enforcement and other agencies to ensure effective case management.
 * Interviewing witnesses and victims to gather testimony and information.
 * Reviewing and approving charges, indictments, and other legal documents.
 * Ensuring compliance with legal standards and ethical guidelines throughout the prosecution process.
 * Engaging in plea negotiations and settlement discussions when appropriate.
 * Keeping up-to-date with changes in laws and legal precedents relevant to prosecutorial work.
@@ -5270,50 +5138,62 @@
 * Proposing possible solutions based on customer wishes and requirements.
 * Reviewing the budget and responsibility for its effective use.</t>
   </si>
   <si>
     <t>Art Director</t>
   </si>
   <si>
     <t>* Create creative and visual concepts of advertising campaigns.
 * Cooperating with the creative team on design concepts and finalising them.
 * Communicating with clients throughout the preparatory phase of the concept.
 * Presenting final proposals to clients.
 * Responsibility for the meaning and creative communication of advertising campaigns.</t>
   </si>
   <si>
     <t>Auto Repair Shop Manager</t>
   </si>
   <si>
     <t>* Planning the receipt and organising of the repair processes with respect to the efficient use of personnel, means of production and material.
 * Managing, coordinating and motivating employees.
 * Assigning tasks to employees and monitoring their fulfilment.
 * Recording and evaluating the time worked and workers' performance.
 * Assisting in diagnosing the complex defects and determining the repair procedures.
 * Handling complaints and claims from customers.</t>
   </si>
   <si>
+    <t>Betting Sector Manager</t>
+  </si>
+  <si>
+    <t>Managing the portfolio of sports and odds‑based betting products.
+Collaborating with trading, risk management, and marketing teams.
+Optimizing the offer and monitoring market performance.
+Creating promotional campaigns and player engagement activities.
+Ensuring regulatory and compliance adherence.
+Proposing product innovations.
+Monitoring competitors and industry trends.</t>
+  </si>
+  <si>
     <t>Brand Manager</t>
   </si>
   <si>
     <t>* Responsibility for the management of assigned brands.
 * Monitoring the market, consumer preferences and competitive activities.
 * Designing and implementing the brand marketing strategy.
 * Planning the marketing budget, controlling its spending and responsibility for its effective use.
 * Building a brand´s position in the market in accordance with the marketing strategy.
 * Managing and supervising advertising campaigns.
 * Communicating with partners and external suppliers.
 * Cooperating with other departments in the company.</t>
   </si>
   <si>
     <t>Business Development Manager</t>
   </si>
   <si>
     <t>* Develop and implement strategic business development plans to achieve company goals.
 * Identify and pursue new business opportunities through market research and networking.
 * Build and maintain strong relationships with clients, partners, and stakeholders.
 * Conduct presentations and product demonstrations to potential clients.
 * Collaborate with cross-functional teams to ensure alignment of business strategies.
 * Analyze market trends and competitor activities to inform business decisions.
 * Prepare and present regular reports on business development activities and outcomes.
 * Negotiate contracts and agreements with clients and partners.
 * Monitor and evaluate the effectiveness of business development initiatives.
@@ -5332,50 +5212,63 @@
 * Responsibility for the accomplished results of the team members and the implementation of business plans.</t>
   </si>
   <si>
     <t>Call Centre Manager</t>
   </si>
   <si>
     <t>* Responsibility for recruiting and selecting new employees.
 * Scheduling work shifts of supervisors and call centre operators.
 * Managing, coordinating, checking and motivating subordinate employees.
 * Setting up key performance indicators (KPIs) of the team.
 * Proposing changes of procedures, processes, etc.</t>
   </si>
   <si>
     <t>Car Fleet Manager</t>
   </si>
   <si>
     <t>* Responsibility for the good standing of the traffic situation and the efficient use of motor vehicles.
 * Planning, ensuring and performing the required service inspections of motor vehicles.
 * Communicating with insurance companies, leasing companies and public bodies.
 * Monitoring and evaluating fuel consumption.
 * Keeping records of the drivers, and preparing contracts on entrusting vehicles to individual workers.
 * Submitting financial plans for vehicle repairs.
 * Cooperating in investment planning in the company.</t>
   </si>
   <si>
+    <t>Department Manager</t>
+  </si>
+  <si>
+    <t>* Ensuring the smooth running of the department within the company.
+* Managing, coordinating, motivating and evaluating subordinate staff.
+* Training of new recruits.
+* Finding and proposing trainings and courses for subordinate employees.
+* Checking the attendance of subordinate employees.
+* Solving non-standard situations at the workplace.
+* Participation in the selection and dismissal of employees.
+* Preparing weekly and monthly reports.</t>
+  </si>
+  <si>
     <t>Design manager</t>
   </si>
   <si>
     <t>* Lead and manage the design team to ensure the delivery of high-quality design projects.
 * Collaborate with cross-functional teams including marketing, product development, and engineering to align design strategies with business goals.
 * Oversee the design process from conceptualization to final execution, ensuring consistency and adherence to brand guidelines.
 * Develop and implement innovative design solutions that enhance user experience and drive customer engagement.
 * Mentor and guide junior designers, fostering a creative and collaborative work environment.
 * Conduct regular design reviews and provide constructive feedback to improve design quality and efficiency.
 * Stay updated with the latest design trends, tools, and technologies to maintain a competitive edge.
 * Manage project timelines, budgets, and resources effectively to ensure timely and cost-effective delivery of design projects.
 * Communicate design concepts and strategies clearly to stakeholders and clients, ensuring understanding and buy-in.
 * Evaluate and select external design vendors and manage relationships to ensure quality and consistency.</t>
   </si>
   <si>
     <t>Editor-In-Chief</t>
   </si>
   <si>
     <t>* Responsibility for the content and the visual aspect of newspapers, magazines, websites and other periodicals.
 * Responsibility for the accuracy and completeness of the information published.
 * Managing the editorial team and editorial board.
 * Approving ideas and suggestions of subordinates.
 * Writing leading articles (editorials), columns, etc.</t>
   </si>
   <si>
@@ -5408,98 +5301,125 @@
   </si>
   <si>
     <t>Facility Manager</t>
   </si>
   <si>
     <t>* Responsibility for the operation, maintenance and management of buildings, land, equipment and related devices.
 * Completing tenders, searching for potential suppliers.
 * Conducting meetings with suppliers, negotiating terms of contracts.
 * Communicating with tenants, public authorities and institutions.
 * Responding to emergencies and crisis situations.
 * Performing regular inspection of entrusted property.</t>
   </si>
   <si>
     <t>Finance Manager</t>
   </si>
   <si>
     <t>* Managing, coordinating, motivating, and assessing subordinate employees.
 * Ensuring strategic financial planning.
 * Preparing and processing of financial statements of the company.
 * Analysing the financial situation of the company.
 * Planning, managing, and monitoring of cash flow.
 * Communicating with financial institutions and external partners of the company.
 * Reporting results to the members of senior management.</t>
   </si>
   <si>
+    <t>Gaming Club Manager</t>
+  </si>
+  <si>
+    <t>Managing gaming venue operations and supervising staff.
+Ensuring compliance with rules and legislation.
+Maintaining customer satisfaction.
+Optimizing performance of gaming devices.
+Handling incidents and risk situations.
+Organizing staff schedules and training.
+Overseeing financial and security aspects of the venue.</t>
+  </si>
+  <si>
+    <t>Gaming Machines Manager</t>
+  </si>
+  <si>
+    <t>Managing the operation of gaming machines and technical equipment.
+Planning placement, performance, and rotation of machines.
+Communicating with technicians, suppliers, and venue operators.
+Monitoring revenues and device performance.
+Ensuring compliance with legislation.
+Overseeing maintenance and service interventions.
+Optimizing the game portfolio.</t>
+  </si>
+  <si>
     <t>Head of controlling</t>
   </si>
   <si>
     <t>* Management and development of the controlling team.
 * Ensuring accurate and timely reporting, analysis and financial forecasts.
 * Compiling budgets and plans and monitoring their fulfillment.
 * Analysis and evaluation of financial results and recommendations for improvement.
 * Cooperation on strategic planning and decision-making.
 * Communication with internal and external partners, including presentation of results and strategies.</t>
   </si>
   <si>
     <t>Head of Customer Support</t>
   </si>
   <si>
     <t>* Responsibility for leading the customer support team
 * Strategy creation, customer support direction and subsequent implementation,
 * Support, team coaching, solving demanding customers
 * Track the resolution of customer issues from receipt to resolution
 * Improving services, increasing customer engagement and facilitating organic growth
 * Resolving complaints and creating reports
 * Providing information to the company's customers, telephone and e-mail communication
 * Improving the efficiency of customer support and creating methodological guidelines for contact with customers</t>
   </si>
   <si>
     <t>Head of product development</t>
   </si>
   <si>
     <t>* Define and drive the product development strategy aligned with the company's overall goals and market trends.
 *Lead and mentor a diverse team of product managers, designers, engineers, and other specialists to ensure collaboration, creativity, and efficient project execution.
 * Foster a culture of innovation by encouraging the generation of new product ideas, features, and improvements based on customer feedback and industry insights.
 * Develop and maintain a comprehensive product roadmap that outlines key milestones, timelines, and resource allocation for the entire product development lifecycle.
 * Collaborate closely with marketing, sales, operations, and other departments to gather input, align strategies, and ensure successful product launches.
 * Oversee the quality control process, ensuring that products meet or exceed customer expectations and adhere to relevant quality standards.
 * Identify potential risks and challenges in product development, implementing mitigation strategies to minimize disruptions and delays.
 * Stay informed about market trends, competitive landscape, and customer preferences to inform product strategies and enhance market positioning.
 * Manage the product development budget, making informed decisions to optimize resource allocation and maximize return on investment.
 * Establish and track key performance indicators (KPIs) related to product development, using data-driven insights to continuously improve processes and outcomes.</t>
   </si>
   <si>
     <t>Head of the Legal Department</t>
   </si>
   <si>
     <t>* Managing, leading, motivating and evaluating subordinate staff.
 * Providing legal support, analyses and consulting to the company management.
 * Drafting, commenting and editing contracts.
 * Monitoring legislative changes at the national and European levels.
 * Cooperating with state authorities.
 * Representing the company in litigation and administrative proceedings.</t>
+  </si>
+  <si>
+    <t>Head of Vehicle Technical Inspection</t>
   </si>
   <si>
     <t>Hotel manager</t>
   </si>
   <si>
     <t>* Managing a hotel, a group of hotels
 * Overseeing all departments, plants and resorts
 * Responsibility for preparation and execution of the business plan, the investment and financial plan of the hotel
 * Responsibility for the readiness of the hotel to provide services
 * Responsibility for securing sufficient number of qualified employees
 * Participation in the choice of and approving new employees, making decisions about termination of employment
 * Overseeing the operation of the hotel, checking daily reports and monthly statements of operation
 * Securing PR of the hotel
 * Overseeing satisfaction of the guests and the quality of provided services
 * Taking part in exhibitions, meetings, workshops.
 * Cooperating in creating business strategies and putting them into practice</t>
   </si>
   <si>
     <t>HR Manager</t>
   </si>
   <si>
     <t>* Managing the personnel department in the company.
 * Recruiting and dismissing employees.
 * Completing organisation and working regulations, remuneration system, job descriptions, and their submission to the superior.
 * Completing wage regulations and their submission to the superior.
@@ -5544,95 +5464,110 @@
   <si>
     <t>Maintenance Supervisor</t>
   </si>
   <si>
     <t>* Coordination of work and supervision of supply organizations, physical maintenance on managed devices, including facilities.
 * Checking work safety and technological safety and the use of assigned personal protection working tools at the workplace.
 * Processing plans for repairs and maintenance of different devices and the use of replacement parts.
 * Entering purchase requirements for replacement parts, tools, etc.
 * Providing and supervising maintenance performed by the supplier.
 * Providing removal of detected faults after revisions.
 * Providing installation of production lines according to the production schedule and instructions for technical preperation of production.
 * Responsibility for an economical use of material, energy, tools and personal protection tools. Prevention of unauthorized use.</t>
   </si>
   <si>
     <t>Marketing Manager</t>
   </si>
   <si>
     <t>* Development of short-time and long-time marketing strategy.
 *Strengthening the awareness and position of the brand on the market.
 * Analysing the market, monitoring trends and activities of competitors.
 * Proposing marketing budget, deciding on the use of funds and supervising their ongoing use.
 * Preparing and coordinating the course of marketing campaigns and supporting activities.
 * Monitoring the effectiveness of marketing campaigns and supporting activities.
 * Evaluating the successfulness of marketing campaigns and supporting activities.
 * Leadership, motivation and assignment of tasks to subordinate staff.</t>
+  </si>
+  <si>
+    <t>Online Casino Manager</t>
+  </si>
+  <si>
+    <t>Managing online casino operations and product performance.
+Coordinating teams (support, risk, marketing, tech).
+Optimizing player offerings and promotional campaigns.
+Monitoring KPIs, game performance, and player behavior.
+Handling risk situations and compliance requirements.
+Overseeing security, AML, and responsible gaming.
+Proposing improvements to products and user experience.</t>
   </si>
   <si>
     <t>Postmaster</t>
   </si>
   <si>
     <t>* Managing, supervising and organising activities within the post office.
 * Monitoring the stock level of operational material, forms and goods in storage, ordering and allocation of material to employees.
 * Addressing and eliminating the problems, failures and shortcomings.
 * Performing administrative tasks associated with the position of post office manager.</t>
   </si>
   <si>
     <t>Process Manager</t>
   </si>
   <si>
     <t>* Oversee and optimize organizational processes to enhance efficiency and productivity.
 * Analyze current operational procedures to identify areas for improvement.
 * Develop and implement strategies to streamline processes and reduce costs.
 * Collaborate with cross-functional teams to ensure alignment and effective communication.
 * Monitor process performance metrics and prepare detailed reports for management review.
 * Lead process improvement projects using methodologies such as Lean or Six Sigma.
 * Train and mentor team members on process management best practices.
 * Ensure compliance with industry standards and regulatory requirements.
 * Coordinate with stakeholders to gather feedback and drive continuous improvement initiatives.
 * Manage resources effectively to achieve project goals within set timelines.
 * Facilitate workshops and meetings to foster a culture of process excellence.
 * Stay updated with industry trends and advancements to incorporate innovative solutions.
 * Build strong relationships with internal and external partners to support organizational objectives.
 * Provide leadership and guidance to ensure successful implementation of process changes.</t>
   </si>
   <si>
     <t>Product owner</t>
   </si>
   <si>
     <t>* Strategy and Vision: Develop and communicate a clear product vision and strategy to the development team, stakeholders, and senior management.
 * Product Backlog Management: Create, prioritize, and manage the product backlog, ensuring that it is well-groomed, refined, and ready for development.
 * Requirement Gathering: Collaborate with stakeholders, customers, and users to understand their needs and gather requirements, translating them into clear user stories and acceptance criteria.
 * Agile Planning and Execution: Participate in agile ceremonies such as sprint planning, backlog grooming, and daily stand-ups, ensuring that the team is working efficiently and delivering value in each sprint.
 * Release Management: Coordinate and manage the release process, ensuring that product increments are delivered on time and meet quality standards.
 * Cross-functional Collaboration: Work closely with development teams, UX/UI designers, quality assurance, and other stakeholders to define and deliver high-quality products that align with business objectives.
 * Stakeholder Management: Engage and manage relationships with internal and external stakeholders, addressing their concerns, gathering feedback, and keeping them informed about the product's progress.
 * Product Documentation: Create and maintain product documentation, including user guides, release notes, and other relevant materials to support the product's adoption and usage.
 * Market and Competitive Analysis: Conduct market research and competitive analysis to identify trends, opportunities, and potential product enhancements that can give the organization a competitive edge.
 * Continuous Improvement: Actively seek feedback from users and stakeholders, monitor product performance and metrics, and identify areas for improvement, driving continuous product enhancements and optimization.</t>
   </si>
   <si>
+    <t>Production Manager</t>
+  </si>
+  <si>
     <t>* Planning, managing and coordinating the existing production, production processes and capacities.
 * Responsibility for creating production plans, budgets and production analysis.
 * Implementing improvements and optimising resource utilisation.
 * Coordinating, managing, assessing and motivating the production team.
 * Checking team performance and other indicators.
 * Monitoring production efficiency, securing technical support for production.
 * Technical change management, implementing new technologies and procedures to increase competitiveness.
 * Responsibility for following safety standards and quality standards, e.g. ISO 9001 and ISO 14001.
 * 
 * Co-operation with other departments in the company.</t>
   </si>
   <si>
     <t>Production Supervisor</t>
   </si>
   <si>
     <t>* Management and organisation of the production process within the assigned shift.
 * Responsibility for the assignment of tasks, achievement of daily production target and improvement of the quality and quantity of products.
 * Leadership, motivation and evaluation of the performance of subordinate staff.
 * Checking compliance with technological processes, security, fire and sanitary regulations.
 * Responsibility for the training of new employees.
 * Solving of problem situations, adoption and implementation of corrective measures to eliminate them.
 * Checking and recording attendance.
 * Management of operational documentation.</t>
   </si>
   <si>
@@ -5666,50 +5601,62 @@
 * Assigning tasks and managing a team of testers/internal auditors.</t>
   </si>
   <si>
     <t>Regional / Area Manager</t>
   </si>
   <si>
     <t>* management of activities at regional / provincial level
 * management and control of offices in the entrusted region
 * planning business strategies of the company
 * responsibility for selecting heads of regional branches in the entrusted region</t>
   </si>
   <si>
     <t>Restaurant manager</t>
   </si>
   <si>
     <t>* Overseeing daily operations of the restaurant to ensure a high standard of service and guest satisfaction.
 * Managing staff recruitment, training, and performance evaluations to build a competent team.
 * Developing and implementing effective marketing strategies to promote the restaurant and increase customer engagement.
 * Monitoring financial performance, including budgeting, forecasting, and cost control to maximize profitability.
 * Ensuring compliance with health and safety regulations, as well as maintaining cleanliness and hygiene standards.
 * Collaborating with kitchen staff to create and update menus that meet customer preferences and seasonal availability.
 * Handling customer inquiries, complaints, and feedback to enhance the dining experience and foster loyalty.
 * Maintaining relationships with suppliers and vendors to ensure timely delivery of quality products.
 * Analyzing market trends and competitor activities to identify opportunities for growth and improvement.
 * Planning and organizing special events and promotions to attract new customers and retain existing ones.</t>
+  </si>
+  <si>
+    <t>Retail Betting Operations Manager</t>
+  </si>
+  <si>
+    <t>Managing the network of retail betting shops.
+Responsible for performance, revenue, and operational management.
+Organizing staff schedules and employee training.
+Ensuring compliance with legislation and internal policies.
+Handling complaints and customer‑related situations.
+Optimizing processes and operational costs.
+Collaborating with headquarters and marketing.</t>
   </si>
   <si>
     <t>Returns Department Manager</t>
   </si>
   <si>
     <t>* Managing and controlling employees at the complaints department.
 * Handling difficult customer complaints to their general satisfaction.
 * Preparation of documents for a possible attempt at conciliation and litigation with customers or suppliers.
 * Analysing the causes of difficult complaints.
 * Proposing appropriate measures to avoid complaints.</t>
   </si>
   <si>
     <t>Sales Manager</t>
   </si>
   <si>
     <t>* Leading a team of sales representatives with the goal of securing their development, coaching, motivation, and continuous growth.
 * Actively seek out and contact important customers.
 * Develop and close large sales opportunities.
 * Maintain sales contacts and care for key customers.
 * Responsibility for achieving the company’s sales goals.
 * Planning sales goals.
 * Presenting complex services and solutions to customers.
 * Concluding co-operation contracts and subsequent care for key customers.</t>
   </si>
   <si>
@@ -5915,67 +5862,50 @@
     <t>Graphic Designer</t>
   </si>
   <si>
     <t>* Designing advertising and promotional materials based on client requirements.</t>
   </si>
   <si>
     <t>Internal Communication Specialist</t>
   </si>
   <si>
     <t>* Writing and editing a wide range of corporate articles, documents, speeches, newsletters etc.
 * Participating in the development and implementation of an internal communication strategy.
 * Providing advice on the adoption and use of internal communication culture.
 * Updating the company website and intranet.
 * Evaluating the effectiveness of communication.</t>
   </si>
   <si>
     <t>Marketing Analyst</t>
   </si>
   <si>
     <t>* Collecting opinions, attitudes and preferences of consumers using targeted questionnaires, telephone surveys, etc.
 * Processing acquired data and its interpretation in the form of written analyses.
 * Proposing recommendations regarding products and/or services, their distribution and prices.
 * Cooperating with research agencies and the management of the company.</t>
   </si>
   <si>
-    <t>Marketing assistant</t>
-[...15 lines deleted...]
-  <si>
     <t>Marketing Officer</t>
   </si>
   <si>
     <t>* Monitoring the market and activities of competitors.
 * Organising and coordinating support marketing activities, exhibitions etc.
 * Analysing and evaluating the success of marketing activities.
 * Developing and streamlining of marketing activities.
 * Participating in launching new products.
 * Communicating with suppliers providing services.</t>
   </si>
   <si>
     <t>Marketing Specialist</t>
   </si>
   <si>
     <t>* Designing, coordinating, implementing and evaluating marketing campaigns in cooperation with the supervisor.
 * Selecting appropriate communication channels for each marketing activity.
 * Market monitoring at local, regional, national and international level.
 * Taking part in creating a marketing plan and budget.
 * Preparing and updating company presentations.
 * Communicating with service providers and advertising agencies; negotiating terms and conditions.
 * Updating the content of the company`s Intranet and Internet sites.</t>
   </si>
   <si>
     <t>Media Buyer</t>
   </si>
@@ -6132,100 +6062,70 @@
 * Carrying out simple repairs and the maintenance of machinery and equipment.</t>
   </si>
   <si>
     <t xml:space="preserve">* Designing new products and devices. Choosing materials for their production, often also defining the technology of their production.
 * Completing construction documentation for the production - drawings, 3d data. 
 * Looking up suppliers of the parts that are to be purchased, dealing with sales representatives of the suppliers, defining parameters of the purchased semi-finished products or finished products. Often also negotiating the price.
 * Checking the completeness of the supplied parts, compliance with the documentation, quality. 
 * Supervising the assembly of devices that were designed by him and taking part in putting them into operation. Often in this phase he makes minor modifications and improvements. He determines the range and intervals of maintenance.
 </t>
   </si>
   <si>
     <t>* Elaborating technical documentation for the components, machines, automatic equipment, tools and systems with the help of specialized software.
 * Consulting the completed technical documentation with clients.
 * Cooperating with mechanical engineers, constructors and other members of the projection team.
 * Incorporating observations into the technical documentation.
 * Taking part in preparing the cost estimation.</t>
   </si>
   <si>
     <t>* Reading technical documentation.
 * Mounting machinery units and/or their parts according to technical documentation.
 * Testing the functionality of machine units and/or their parts after assembly.
 * Removing detected anomalies.
 * Handing over machine units and/or their parts after assembly.</t>
   </si>
   <si>
-    <t>Foundry worker</t>
-[...16 lines deleted...]
-  <si>
     <t>Lathe operator</t>
   </si>
   <si>
     <t>* Reading drawings.
 * Setting up lathes.
 * Processing of semifinished lathe products with an emphasis on maintaining of the desired shape, dimensions and tolerances.
 * Simple surface finish treatment of semifinished products.
 * Carrying out simple repairs and maintenance of machinery and equipment.</t>
   </si>
   <si>
     <t>Machine Fitter</t>
   </si>
   <si>
     <t>* Using technical documents.
 * Processing sketches to complement the technological process of locksmithing.
 * Manual processing of machine components by filing, sawing, cutting, evening, bending, drilling and reaming.
 * Assembling parts of machinery and equipment.
 * Diagnosing and troubleshooting machine malfunctions.
 * Scraping, grinding, balancing, adjusting, connecting with bolts and rivets, soldering and welding machine parts.
 * Assembling machinery and equipment.</t>
-  </si>
-[...10 lines deleted...]
-* Participating in continuous improvement initiatives to enhance production quality and efficiency.</t>
   </si>
   <si>
     <t>* Operating construction machines and mechanisms.
 * Performing construction work according to master builder’s instructions.
 * Checking the technical condition of entrusted construction machines and mechanisms.
 * Performing simple repairs and maintenance activities on entrusted construction machines and mechanisms.
 * Fuelling entrusted construction machines and mechanisms.</t>
   </si>
   <si>
     <t>Mechanical Design Engineer – Automation</t>
   </si>
   <si>
     <t>* Design of technical solutions for automated machines, equipment, and production lines.
 * Creation of 3D models and technical drawings using CAD software (e.g., SolidWorks, AutoCAD, CATIA).
 * Collaboration with the project team in preparing concepts, quotations, and risk analyses.
 * Support for manufacturing, assembly, and commissioning of designed equipment.
 * Testing and verification of designs, ensuring compliance with technical standards and regulations.
 * Communication with suppliers and customers, technical support during product implementation.
 * Optimization of existing solutions and design of new components according to specific client requirements.</t>
   </si>
   <si>
     <t>Mechanical Engineer</t>
   </si>
   <si>
     <t>* Designing components, machinery, equipment, automated equipment, tools and systems with the use of specialised software.
@@ -6257,165 +6157,119 @@
     <t>Metalworker</t>
   </si>
   <si>
     <t>* Fabricating and assembling metal structures and components according to specifications and engineering drawings.
 * Operating various metalworking machines, including lathes, milling machines, and welding equipment.
 * Performing quality control checks to ensure that finished products meet industry standards and customer requirements.
 * Interpreting technical documents, blueprints, and schematics to carry out production tasks accurately.
 * Maintaining tools and equipment to ensure optimal performance and safety.
 * Collaborating with team members to improve production processes and efficiency.
 * Adhering to safety protocols and regulations to create a safe working environment.
 * Troubleshooting and resolving issues that arise during the manufacturing process.
 * Keeping detailed records of production activities, including materials used and time spent on each task.
 * Participating in training and development programs to enhance skills and knowledge in metalworking techniques and technologies.</t>
   </si>
   <si>
     <t>Milling-Machine Operator</t>
   </si>
   <si>
     <t>* Reading drawings.
 * Setting up the cutter.
 * Processing semifinished products using a cutter with an emphasis placed on maintaining the desired shape, dimensions and tolerances.
 * Simple surface finish treatment of semifinished products.
 * Carrying out the simple repairs and maintenance of machinery and equipment.</t>
   </si>
   <si>
-    <t>Operations Supervisor</t>
-[...28 lines deleted...]
-  <si>
     <t>Production Planner</t>
   </si>
   <si>
     <t>* Develop and maintain production schedules to ensure timely delivery of products.
 * Collaborate with various departments, including procurement, manufacturing, and logistics, to align production plans with company goals.
 * Analyze production data to identify trends, forecast demand, and optimize resource allocation.
 * Monitor inventory levels and coordinate with suppliers to ensure the availability of materials.
 * Adjust production schedules in response to changes in demand, supply chain disruptions, or equipment failures.
 * Communicate regularly with team members to provide updates on production status and address any potential issues.
 * Implement continuous improvement initiatives to enhance production efficiency and reduce costs.
 * Prepare reports on production performance, inventory levels, and capacity utilization for management review.
 * Ensure compliance with safety and quality standards throughout the production process.
 * Participate in cross-functional meetings to support strategic planning and operational excellence.</t>
   </si>
   <si>
     <t>Qualified Mechanical Engineer</t>
   </si>
   <si>
     <t>* Reading and interpreting blueprints, technical drawings, schematics, and computer-generated reports.
 * Conferring with engineers and other personnel to implement operating procedures, resolve system malfunctions, and provide technical information.
 * Researching and analyzing customer design proposals, specifications, manuals, and other data to evaluate the feasibility, cost, and maintenance requirements of designs or applications.
 * Researching, designing, evaluating, installing, operating, and maintaining mechanical products, equipment, systems and processes to meet requirements while applying knowledge of engineering principles.
 * Providing feedback to design engineers on customer problems and needs.
 * Overseeing installation, operation, maintenance, and repair to ensure that machines and equipment are installed and functioning according to specifications.</t>
   </si>
   <si>
     <t>Smith</t>
   </si>
   <si>
     <t>* Fabricating artistic, craft and commercial products of daily needs made of iron, steel, copper and other metals.
 * Heating the steel and iron in a blacksmith’s furnace to the desired temperature.
 * Forming iron and steel with hand tools and machinery.
 * Cooling the finished product in water.
 * Fabricating horseshoes, shoeing horses.</t>
   </si>
   <si>
-    <t>Superintendent</t>
-[...15 lines deleted...]
-  <si>
     <t>Technical product engineer</t>
   </si>
   <si>
     <t>* Collaborating with cross-functional teams to develop and enhance mechanical products.
 * Conducting detailed analysis and simulations to validate product designs and performance.
 * Creating and maintaining technical documentation, including specifications, drawings, and user manuals.
 * Assisting in the testing and evaluation of prototypes to ensure compliance with industry standards.
 * Identifying and resolving engineering issues throughout the product lifecycle.
 * Providing technical support and guidance to production teams during manufacturing processes.
 * Participating in product development meetings to contribute insights and recommendations based on engineering principles.
 * Staying updated on industry trends and advancements in mechanical engineering to inform product innovation.
 * Ensuring adherence to safety regulations and quality assurance protocols.
 * Collaborating with suppliers to source materials and components necessary for product development.</t>
   </si>
   <si>
     <t>* Making machines, machinery and appliances operational in engineering production.
 * Analysing faults in order to identify the reasons why they originated.
 * Performing repairs of machines, machinery and appliances by replacing faulty components with new ones, or by modifying software.
 * Managing and checking technical documentation and keeping it up to date.
 * Ensuring technical support of processes and products in engineering production.</t>
   </si>
   <si>
-    <t>* Preparing surfaces for varnishing by cleaning, sanding, and priming as necessary.
-[...8 lines deleted...]
-* Staying updated on new varnishing techniques and materials to enhance skills and improve work quality.</t>
+    <t>Welding technologist</t>
+  </si>
+  <si>
+    <t>Creating welding procedure specifications (WPS).
+Setting welding parameters for various materials.
+Inspecting weld quality and ensuring compliance with procedures.
+Responsibility for certification of welding processes and welders.
+Implementing new welding technologies and tools.
+Cooperating with production to resolve deviations.
+Analyzing weld defects and proposing corrective actions.
+Reviewing documentation and performing audit activities.</t>
   </si>
   <si>
     <t>Medicine &amp; Social Care</t>
   </si>
   <si>
     <t>Ambulance Driver</t>
   </si>
   <si>
     <t>* Driving ambulances or assisting ambulance drivers in transporting sick, injured, or convalescent persons. 
 * Removing and replacing soiled linens and equipment in order to maintain sanitary conditions. 
 * Placing patients on stretchers, and loading stretchers into ambulances, usually with assistance from other attendants. 
 * Accompanying and assisting emergency medical technicians on calls. 
 * Earning and maintaining appropriate certifications. 
 * Replacing supplies and disposable items on ambulances. 
 * Reporting facts concerning accidents or emergencies to hospital personnel or law enforcement officials. 
 * Administering first aid such as bandaging, splinting, and administering oxygen. 
 * Restraining or shackling violent patients.</t>
   </si>
   <si>
     <t>Ambulance Paramedic</t>
   </si>
   <si>
     <t>* Assisting in reducing the health consequences in emergency conditions, contingencies, and rescue operations.
 * Communicating with the emergency service despatched.
 * Monitoring patient’s vital signs.
@@ -6586,77 +6440,103 @@
     <t>Doctor</t>
   </si>
   <si>
     <t>* Diagnosing acute and chronic illnesses within general medicine with subsequent therapy and recommendations for therapy and diagnostic procedures.
 * Close co-operation with other specialist doctors.
 * Collecting samples for haematology and biochemical tests, swabs for cultivation.
 * Recording the results of exams into a patient's health card, keeping ambulatory care records along with nurses.
 * Assigning points and recording individual health procedures for contracted health insurers.</t>
   </si>
   <si>
     <t>Doctor apprentice</t>
   </si>
   <si>
     <t>* Assisting experienced doctors in diagnosing and treating patients under supervision.
 * Participating in patient consultations and examinations to gain practical experience.
 * Conducting medical research and literature reviews to support clinical decision-making.
 * Attending medical training sessions, workshops, and seminars to enhance knowledge and skills.
 * Documenting patient histories, symptoms, and treatment plans in medical records.
 * Collaborating with healthcare teams to ensure comprehensive patient care.
 * Learning to perform basic medical procedures and techniques in a clinical setting.
 * Observing and adhering to medical ethics and patient confidentiality regulations.
 * Engaging in continuous professional development and staying updated on medical advancements.
 * Providing support in administrative tasks related to patient care and clinic operations.</t>
   </si>
   <si>
+    <t>Gynecologist</t>
+  </si>
+  <si>
+    <t>Diagnosis and treatment of gynecological conditions.
+Pregnancy management and prenatal care.
+Preventive gynecological examinations.
+Performing minor gynecological procedures.
+Consultations regarding contraception and reproductive health.
+Evaluating ultrasound and laboratory test results.
+Postoperative care for patients.
+Maintaining documentation and recommending further examinations.</t>
+  </si>
+  <si>
     <t>Head Nurse</t>
   </si>
   <si>
     <t xml:space="preserve">* Participating in planning the staffing budget and recruitment
 * Ensure that nursing care meets regulatory standards
 * Review and approve nursing policies and procedures
 * Evaluate nursing staff performance
 * Collaborate with nursing staff, upper management and external agencies in the coordination of patient care
 * Train nursing management staff and coordinate educational programs for patients and their families
 * Facilitate meetings with medical staff from other departments
 * Ensure that nursing care medical services are meeting patient needs
 * Implement quality assurance systems
 * Participating in development of new patient care programs
 </t>
   </si>
   <si>
     <t>Health Care Assistant</t>
   </si>
   <si>
     <t>* Providing basic nursing care under the guidance of a nurse.
 * Administering and applying medicines, poultices, wraps, enemas, warm and cold procedures, healing sitz baths, etc.
 * Serving food and drinks to patients, monitoring the state of their body fluids.
 * Measurement and monitoring of patients' vital signs.
 * Taking samples of biological material for biochemical analysis.
 * Exchange of used and soiled bed linen.
 * Work with the information system of the medical facility.
 * Recording of performed performances in documentation, reporting of activities for the needs of health insurance companies and statistics.</t>
+  </si>
+  <si>
+    <t>Internist</t>
+  </si>
+  <si>
+    <t>Diagnosis and treatment of diseases of internal organs.
+Comprehensive management of chronic conditions (diabetes, hypertension, etc.).
+Interpretation of laboratory and imaging tests.
+Adjusting pharmacotherapy and monitoring treatment effects.
+Preventive check‑ups and patient education.
+Consultations for other specialists and general practitioners.
+Inpatient care depending on the workplace setting.
+Maintaining medical documentation and deciding on further examinations.</t>
   </si>
   <si>
     <t>Kinetotherapist</t>
   </si>
   <si>
     <t>* Assessing patients' physical abilities and limitations through various tests and evaluations.
 * Developing individualized treatment plans based on patients' needs and goals.
 * Implementing therapeutic exercises and activities to improve patients' mobility and function.
 * Educating patients and their families on treatment protocols and self-management strategies.
 * Monitoring and documenting patients' progress throughout the therapy process.
 * Collaborating with healthcare professionals, including physicians and occupational therapists, to ensure comprehensive care.
 * Utilizing specialized equipment and techniques to aid in rehabilitation.
 * Providing support and encouragement to motivate patients during their recovery journey.
 * Staying updated on advancements in kinesiology and rehabilitation practices.
 * Participating in professional development activities to enhance skills and knowledge in the field.</t>
   </si>
   <si>
     <t>Masseur</t>
   </si>
   <si>
     <t>* Performing simple massages focusing on muscles, tendons, ligaments, joints, spine, and neck.
 * Performing sports massage and different types of wraps.
 * Performing reflexology massage and manual lymphatic drainage under the guidance of a certified physical therapist.
 * Providing advice concerning different types of exercises.</t>
   </si>
@@ -6797,50 +6677,63 @@
 * Keeping and supporting the optimum health condition of new and expectant mothers.
 * Leading a physiological birth, cooperating with a doctor in case of complications.
 * Educating new and expectant mothers regarding the care for newborns.
 * Preparing new and expectant mothers for breastfeeding.
 * Visiting women with gynaecological problems.
 * Managing medical records.</t>
   </si>
   <si>
     <t>Nanny</t>
   </si>
   <si>
     <t>* Providing attentive and nurturing care for children in a home setting.
 * Creating a safe, stimulating, and engaging environment for child development.
 * Planning and supervising age-appropriate activities, including educational games and outings.
 * Assisting with daily routines such as meals, bathing, dressing, and bedtime.
 * Supporting children's emotional and social development through positive reinforcement and guidance.
 * Communicating effectively with parents regarding children's progress, behavior, and any concerns.
 * Maintaining a clean and organized environment, including tidying up play areas and children's rooms.
 * Administering basic first aid and medication as needed, following parents' instructions.
 * Collaborating with parents to establish and adhere to family routines and rules.
 * Adapting care techniques to meet the individual needs and preferences of each child.
 * Ensuring compliance with safety regulations and guidelines to protect children at all times.
 * Providing transportation for children to and from activities, school, or appointments as required.</t>
   </si>
   <si>
+    <t>Neurologist</t>
+  </si>
+  <si>
+    <t>Diagnosis of disorders of the nervous system (brain, spinal cord, peripheral nerves).
+Performing neurological examinations.
+Ordering EMG, EEG, MRI, and other diagnostic tests.
+Treatment of acute and chronic neurological conditions.
+Long‑term follow‑up of patients with progressive diseases.
+Collaboration with rehabilitation and neurosurgery.
+Maintaining medical records.
+Educating patients and families on disease management.</t>
+  </si>
+  <si>
     <t>Nurse</t>
   </si>
   <si>
     <t>* Providing assistance during specialised medical procedures and examinations.
 * Measuring and monitoring patient vital signs and functions.
 * Administering injections and prescribed medications to patients.
 * Collecting samples of biological materials.
 * Ordering preventative check-ups and examinations for patients.
 * Administering health records and documentation.
 * Washing, disinfecting, and sterilising medical instruments and aids.
 * Providing first aid in an emergency.</t>
   </si>
   <si>
     <t>Nutrition Assistant</t>
   </si>
   <si>
     <t>* Compiling menus, depending on the type of diet.
 * Cooperating with doctors in the area of diet therapy.
 * Providing counselling and consultations in the area of healthy nutrition.
 * Leading discussions on the principles of proper nutrition, beneficial and harmful foods, their nutritional value, etc.
 * Keeping the compulsory medical documentation.</t>
   </si>
   <si>
     <t>Occupational health nurse</t>
   </si>
@@ -6855,50 +6748,63 @@
 * Coordinating with external healthcare providers and specialists as necessary for employee referrals and treatments.
 * Participating in health promotion activities and initiatives to foster a healthier workplace culture.
 * Staying updated on industry trends and best practices in occupational health to continuously improve services.</t>
   </si>
   <si>
     <t>Optometrist</t>
   </si>
   <si>
     <t>* Communicating with clients in order to become familiar with their health condition, previous eye problems, their profession, etc.
 * Operating ophthalmic instruments.
 * Examining of clients’ eyesight, identifying the power of dioptres.
 * Fabricating, repairing and customising the corrective devices.
 * Providing advice concerning the selection of contact lenses, spectacle frames, etc.</t>
   </si>
   <si>
     <t>Orthopedic Technician</t>
   </si>
   <si>
     <t>* Checking prosthetic products and semi-products.
 * Processing leather (rawhide) and lining materials manually and using machinery.
 * Making orthopaedic devices using machinery.
 * Joining orthopaedic materials by hand and machine sewing, riveting (solid bonding with metal components), etc.
 * Adjusting orthopaedic parts made from wood, leather, plastics, and other natural materials.
 * Making soft bandages and combined orthopaedic inserts.
 * Making orthopaedic shoes on the basis of prescriptions.</t>
+  </si>
+  <si>
+    <t>Pediatrician</t>
+  </si>
+  <si>
+    <t>Diagnosis and treatment of illnesses in children from birth to adolescence.
+Preventive check‑ups and monitoring of child growth and development.
+Vaccination and management of vaccination records.
+Prescribing treatment and monitoring its effectiveness.
+Consulting with parents on children’s health and nutrition.
+Identifying developmental disorders and referring to specialists.
+Maintaining medical documentation.
+Cooperating with hospitals and specialists in comprehensive care.</t>
   </si>
   <si>
     <t>Pharmaceutical Laboratory Technician</t>
   </si>
   <si>
     <t>* Preparing medications according to standard prescriptions.
 * Weighing substances used in the preparation of medications, without participating in the formulation process according to the physician's instructions.
 * Maintaining laboratory equipment and ensuring cleanliness.
 * Conducting various physical-chemical and biological analyses and measurements using laboratory apparatus.
 * Assisting in the preparation of production and overseeing technological phases in the manufacturing of pharmaceutical and cosmetic products.
 * Collaborating with pharmacists and other healthcare professionals to ensure accurate medication preparation.
 * Adhering to safety and quality standards in all laboratory and production processes.
 * Documenting and reporting any discrepancies or issues encountered during the preparation and analysis processes.
 * Participating in training and continuous education to stay updated on new pharmaceutical practices and technologies.
 * Supporting the research and development of new pharmaceutical formulations and products.</t>
   </si>
   <si>
     <t>Pharmacist</t>
   </si>
   <si>
     <t>* Preparing medications according to physician prescriptions.
 * Providing information to patients regarding the purpose and application of medications.
 * Addressing customer inquiries about prescribed medications, including potential side effects and interactions with other drugs or conditions.
 * Responding to questions about over-the-counter medications and substances used for the prevention of certain conditions.
 * Compounding medications by mixing ingredients in the forms of powders, tablets, capsules, and solutions.
@@ -6930,246 +6836,226 @@
 * Identifying and addressing health issues and concerns among students.
 * Ensuring compliance with health regulations and school policies.
 * Organizing and participating in health screenings and immunization programs.
 * Developing and implementing health promotion activities and programs in the school environment.
 * Responding to medical emergencies and providing first aid as needed.
 * Maintaining a safe and healthy school environment by promoting hygiene and disease prevention.
 * Serving as a resource for students, parents, and staff regarding health-related issues.
 * Keeping up-to-date with developments in pediatric nursing and school health practices.</t>
   </si>
   <si>
     <t>Priest</t>
   </si>
   <si>
     <t>* Providing spiritual guidance and support to individuals and families within the community.
 * Leading religious services, including worship, sacraments, and ceremonies.
 * Offering counseling and emotional support to congregants during times of crisis and personal challenges.
 * Engaging in community outreach initiatives to promote social welfare and spiritual development.
 * Collaborating with other religious and community organizations to address social issues and provide assistance.
 * Conducting educational programs, such as Bible studies and religious education for all age groups.
 * Visiting the sick, elderly, and those in need to provide comfort and companionship.
 * Maintaining accurate records of church activities, membership, and financial contributions.
 * Upholding the values and teachings of the faith while fostering a welcoming environment for all.
 * Encouraging volunteerism and participation in church activities and community service projects.</t>
   </si>
   <si>
-    <t>* Develop and implement effective marketing strategies for healthcare products and services.
-[...8 lines deleted...]
-* Stay updated on regulatory requirements and industry standards to ensure compliance in all marketing activities.</t>
+    <t>Psychiatrist</t>
+  </si>
+  <si>
+    <t>Diagnosis of mental disorders.
+Prescribing psychopharmaceuticals and monitoring effectiveness.
+Crisis intervention and management of acute conditions.
+Long‑term care of patients with chronic psychiatric diagnoses.
+Collaboration with psychologists and therapists.
+Inpatient care depending on the workplace setting.
+Preparation of expert reports and medical assessments.
+Maintaining documentation and planning treatment.</t>
   </si>
   <si>
     <t>Public Health Administrator</t>
   </si>
   <si>
     <t>* Performing expert activities in the area of primary prevention, protection, support, and strengthening of public health.
 * Performing state health supervision in the field of environment and working environment, occupational health, the creation and protection of healthy living and working conditions of children and youth, and on workplaces with ionising radiation.
 * Monitoring and statistical analysis of environmental factors and health characteristics.
 * Performing specialised tasks within the public health surveillance.
 * Performing activities in the area of health counselling and education.</t>
   </si>
   <si>
     <t>Radiographer</t>
   </si>
   <si>
     <t>* Performing diagnostic imaging examinations using X-ray equipment to assist in the diagnosis and treatment of patients.
 * Collaborating with physicians and healthcare professionals to determine appropriate imaging techniques and protocols.
 * Preparing patients for radiographic procedures by explaining the process, addressing concerns, and ensuring comfort.
 * Positioning patients correctly to obtain high-quality images while minimizing exposure to radiation.
 * Maintaining and operating radiographic equipment, ensuring compliance with safety and quality standards.
 * Analyzing images for technical quality and assisting in the interpretation of findings.
 * Keeping accurate patient records and documenting procedures performed and results obtained.
 * Ensuring the cleanliness and organization of the radiography department and equipment.
 * Staying updated with advancements in radiographic technology and techniques through continuous education and training.
 * Adhering to all regulatory and safety guidelines to ensure a safe environment for patients and staff.</t>
   </si>
   <si>
+    <t>Radiologist</t>
+  </si>
+  <si>
+    <t>Performing and evaluating imaging examinations (X‑ray, ultrasound, CT, MRI).
+Providing findings and diagnostic recommendations.
+Collaborating with clinical physicians during diagnostics.
+Supervising the technical quality of imaging procedures.
+Ensuring radiation protection and compliance with legislation.
+Documenting and archiving imaging material.
+Recommending additional examinations when needed.
+Consulting results with other specialists.</t>
+  </si>
+  <si>
     <t>Radiology Assistant</t>
   </si>
   <si>
     <t>* Independent specialised professional work during standard skiagraphic and skiascopic examinations.
 * Assisting with non-standard radiological operations using complex instrumentation.
 * Developing and processing of film material in the darkroom.
 * Performing CT and MR examinations and assisting in CT-guided intervention (biopsy and drainage).
 * Processing CT and MR image documentation and its recording on electronic media.
 * Informing the patient about the nature, preparation, duration, and potential risks of examination as well as the time of receiving the results.</t>
   </si>
   <si>
     <t>Regulatory Affairs Manager</t>
   </si>
   <si>
     <t>* Preparing, submitting, and implementing registration documents of pharmaceutical products.
 * Ensuring the correct translation and comprehensibility of technical texts shown on the packaging and package inserts of medicines.
 * Negotiation with the company’s internal clients.
 * Communicating with regulatory authorities, state institutions (National Institute for Drug Control, Ministry of Health of the Slovak Republic) and the company's headquarters.
 * Preparing, submitting, and detailed processing of requests for the authorisation of clinical trials.</t>
   </si>
   <si>
     <t>Regulatory Affairs Specialist</t>
   </si>
   <si>
     <t>* Preparing documents for product registration by the State Institute for Drug Control (SIDC).
 * Updating the registration database and archiving documentation.
 * Updating and reviewing registration documentation on the basis of comments.
 * Monitoring legislative changes at the national and European levels.
 * Ensuring compliance and implementation of the legislative requirements.
 * Checking product documentation, advertising materials, and texts.
 * Ensuring the preparation and evaluation of analyses.
 * Communicating with regulatory authorities, state institutions, and other departments within the company.</t>
   </si>
   <si>
     <t>Research Physician</t>
   </si>
   <si>
     <t>* Performs screening assessments including physical examinations, medical history review; reviews results of diagnostic studies; evaluates subjects with regard to suitability for protocols
 * Counsels subjects with regard to abnormal and/or exclusionary diagnostic results, as necessary 
 * Accurately completes source documents and data input
 * Provides medical care and emergency care for study subjects, as necessary
 * Performs duties accurately and within timelines to avoid unnecessary wastage of valuable resources 
 * Responsible for the study design, documentation and reports of all medical aspects to insure that the safety and medical execution is secured</t>
-  </si>
-[...28 lines deleted...]
-* Monitoring and evaluating the effectiveness of intervention plans and making adjustments as necessary.</t>
   </si>
   <si>
     <t>Social rehabilitation specialist</t>
   </si>
   <si>
     <t>* Assessing the needs and capabilities of individuals requiring social rehabilitation services.
 * Developing and implementing personalized rehabilitation plans in collaboration with clients and interdisciplinary teams.
 * Providing guidance and support to clients in developing life skills, social skills, and coping strategies.
 * Facilitating group therapy sessions and workshops to promote social interaction and community integration.
 * Monitoring client progress and adjusting rehabilitation plans as necessary to ensure optimal outcomes.
 * Collaborating with healthcare professionals, social workers, and community organizations to coordinate services and resources.
 * Educating clients and their families about available social services and support systems.
 * Advocating for clients' rights and needs within various social service frameworks.
 * Maintaining accurate records and documentation of client interactions, progress, and outcomes.
 * Staying informed about best practices and developments in the field of social rehabilitation and related areas.</t>
   </si>
   <si>
     <t>Speech Therapist</t>
   </si>
   <si>
     <t>* Assessing, diagnosing, and treating speech, language, and communication disorders in individuals of all ages.
 * Developing personalized treatment plans tailored to the specific needs of each client.
 * Conducting therapy sessions to improve speech clarity, language skills, and communication abilities.
 * Collaborating with other healthcare professionals, educators, and families to support clients' overall development.
 * Utilizing evidence-based practices and therapeutic techniques to enhance client outcomes.
 * Monitoring and documenting clients’ progress and adjusting treatment plans as necessary.
 * Providing guidance and support to families regarding communication strategies and resources.
 * Educating clients and their families about speech and language disorders and the therapeutic process.
 * Participating in continuing education and professional development to stay current with best practices in the field.
 * Maintaining confidentiality and adhering to ethical standards in all aspects of practice.</t>
   </si>
   <si>
+    <t>Surgeon</t>
+  </si>
+  <si>
+    <t>Diagnosis and indication of surgical procedures.
+Performing surgical operations.
+Pre‑ and postoperative patient care.
+Assessing surgical risks and informing the patient.
+Monitoring wound healing and preventing complications.
+Collaboration with anesthesiology and other specialties.
+Reviewing outcomes and planning follow‑up treatment.
+Maintaining surgical documentation.</t>
+  </si>
+  <si>
     <t>Veterinarian</t>
   </si>
   <si>
     <t>* Examining the health of animals, determining diagnoses.
 * Examining and removing tissues and biological materials.
 * Prescribing and administering drugs to animals.
 * Performing minor and major surgeries.
 * Vaccinating animals against diseases, treating them for parasites.
 * Sterilising animals.
 * Euthanising animals.
 * Providing advice to owners and keepers of animals regarding proper nutrition.</t>
   </si>
   <si>
     <t>Veterinary Technician</t>
   </si>
   <si>
     <t>* Assisting or performing treatments, diagnostics and monitoring.
 * Collecting, preparing and running or submitting samples for requested tests.
 * Providing specialised nursing care.
 * Preparing animals, instruments and equipment for surgery.
 * Preparing prescriptions, dispensed medications and medication refills.
 * Assisting with with inventory control.</t>
   </si>
   <si>
     <t>Ward domestic</t>
   </si>
   <si>
     <t>* Maintaining cleanliness and hygiene standards within the ward environment.
 * Assisting healthcare staff with the preparation of patient rooms and facilities.
 * Supporting patients with daily living activities, ensuring their comfort and dignity.
 * Distributing meals and snacks to patients, ensuring dietary requirements are met.
 * Collecting and disposing of waste materials in accordance with health regulations.
 * Reporting any safety hazards or maintenance issues to the appropriate personnel.
 * Assisting in the transportation of patients within the facility when needed.
 * Collaborating with nursing staff to ensure a safe and supportive environment for patients.
 * Participating in training and development programs to enhance skills and knowledge.
 * Upholding confidentiality and respecting patient privacy at all times.</t>
-  </si>
-[...15 lines deleted...]
-* Ensuring compliance with relevant policies, procedures, and best practices in youth services.</t>
   </si>
   <si>
     <t>Mining, Metallurgy</t>
   </si>
   <si>
     <t>Iron founder</t>
   </si>
   <si>
     <t>* Fabricating models serving as a model for the production of castings.
 * Fabricating one-time and permanent founding forms.
 * Operating smelting machines and equipment in order to melt the metal to the desired temperature.
 * Fabricating components with complex shapes and semi-finished products by casting molten metal into sand, ceramic and metal moulds.
 * Removing the rough castings from moulds after cooling.
 * Removing the residues of moulding material from the surface of rough castings.
 * Grinding, sanding or other processing of rough castings.</t>
   </si>
   <si>
     <t>Metallurgist</t>
   </si>
   <si>
     <t>* Producing pig iron, steel and nonferrous metals.
 * Operating machinery and equipment preparing ore for further processing.
 * Compiling batches and their charging into the smelter.
 * Operating equipment for the production of pig iron, steel and nonferrous metals.
 * Reviewing the course of the melting process.
@@ -7339,174 +7225,151 @@
 * Inspecting the quality of medicines and receiving medicines and raw materials into the stock records.
 * Checking the accuracy of the placement and storage of medicines and medical goods.
 * Coordinating the work of pharmacy technicians.</t>
   </si>
   <si>
     <t>Pharmacist assistant</t>
   </si>
   <si>
     <t>* Assisting pharmacists in preparing and dispensing medications to patients.
 * Providing information to patients regarding prescription medications and over-the-counter products.
 * Maintaining accurate records of prescriptions and inventory management.
 * Ensuring compliance with health and safety regulations in the pharmacy.
 * Assisting in the management of pharmacy stock and placing orders for medications and supplies.
 * Conducting medication reviews and providing support in medication therapy management.
 * Educating patients on the proper use of medications and potential side effects.
 * Collaborating with healthcare professionals to ensure optimal patient care.
 * Handling customer inquiries and resolving issues related to prescriptions and services.
 * Maintaining a clean and organized work environment to promote efficiency and safety.
 * Participating in continuing education and training to stay updated on pharmaceutical practices and regulations.
 * Supporting the pharmacist in administrative tasks and daily operations of the pharmacy.</t>
   </si>
   <si>
     <t>Production</t>
   </si>
   <si>
-    <t>* Collaborating with engineers and product managers to develop designs for new products.
-[...15 lines deleted...]
-  <si>
     <t>Foreman</t>
   </si>
   <si>
     <t>* Managing a small group of workers
 * Planning and allocating work to individual team members
 * Supervising workers</t>
   </si>
   <si>
     <t>Glassmaker</t>
   </si>
   <si>
     <t>* Melting and mixing raw materials for glass production in a furnace.
 * Shaping molten glass by blowing into a blowpipe or by pressing, rolling and casting.
 * Cooling the molten glass to the required temperature.
 * Decorated the glass by grinding, cutting, engraving, etching, painting, gilding, silvering etc.</t>
   </si>
   <si>
     <t>Industrial painter</t>
   </si>
   <si>
     <t>* Preparing surfaces for painting by cleaning, sanding, and applying primers as needed.
 * Mixing paints and coatings to achieve desired colors and finishes.
 * Applying paint using various techniques, including spray, brush, and roller methods.
 * Ensuring a high-quality finish by inspecting work and making necessary adjustments.
 * Adhering to safety protocols and using personal protective equipment to minimize risks.
 * Collaborating with other team members to meet production deadlines and quality standards.
 * Maintaining tools and equipment in good working condition and reporting any issues.
 * Keeping work areas tidy and organized to ensure efficiency and safety.
 * Following industry standards and regulations regarding environmental impact and waste disposal.
 * Providing input on process improvements to enhance productivity and quality.</t>
   </si>
   <si>
     <t>* Performing a wide range of professional tasks and supporting work depending on the specialisation of the production company.
 * Responsibility for following technical procedures, quality and quantity of produced or finished products and semi-finished goods.
 * Operating machinery, instruments, and equipment.
 * Following safety, fire prevention, and internal regulations.
 * Providing proper notice regarding any problems related to occupational health and safety.</t>
+  </si>
+  <si>
+    <t>Machine Operator</t>
   </si>
   <si>
     <t>* Operating and monitoring the operation of one or more pieces of equipment on the production line.
 * Adding materials to pieces of equipment as needed and removing such materials if there is any excess.
 * Checking the in-process and finished products using measurement instruments.
 * Halting the production line operation in case of insufficient quality products.
 * Producing finished products, finishing in-process products.</t>
   </si>
   <si>
     <t>Machine Setter</t>
   </si>
   <si>
     <t>* Identification of causes of problems and their subsequent removal
 * Sorting of production machines and devices
 * Setting parameters of the devices in the automatic production
 * Maintenance and regular check-up of machines, including both the mechanic and the robotic aspects 
 * Taking care of entrusted machines</t>
   </si>
   <si>
     <t>* Setting up and operating metalworking machines, such as lathes, milling machines, and grinders.
 * Interpreting technical drawings and blueprints to produce precise metal components.
 * Selecting appropriate materials and tools for various metal fabrication tasks.
 * Performing quality control checks to ensure that finished products meet specified standards.
 * Conducting routine maintenance and troubleshooting on metalworking equipment.
 * Collaborating with engineering and design teams to optimize production processes.
 * Ensuring a safe and organized work environment by adhering to health and safety regulations.
 * Assisting in the development of new metalworking techniques and processes.
 * Training and mentoring junior metalworkers in best practices and machine operation.
 * Keeping accurate records of production output and machine performance.
 * Participating in continuous improvement initiatives to enhance productivity and efficiency.
 * Maintaining inventory of raw materials and supplies necessary for production.</t>
   </si>
   <si>
     <t>Metrologist</t>
   </si>
   <si>
     <t>* Measuring parts and components in a metrological laboratory.
 * Detecting and recording possible deviations detected during the measurement.
 * Performing internal and external calibration of measuring equipment.
 * Responsibility for recording, storing and issuing instruments.
 * Responsibility for the technical condition of measuring instruments and reference standards.
 * Maintaining, archiving and reading technical documentation.</t>
   </si>
   <si>
+    <t>Operations Supervisor</t>
+  </si>
+  <si>
     <t>* Creating a production plan and monitoring its compliance.
 * Monitoring the department`s effectiveness.
 * Monitoring the activities of the employees and their monthly evaluation.
 * Planning and purchasing of subcomponents required for production.
 * Monitoring the compliance with safety regulations in the operation.
 * Ensuring the provision of technical equipment in the operation.</t>
   </si>
   <si>
     <t>Packer</t>
   </si>
   <si>
     <t>* Sorting products by size, weight, colour, content, etc.
 * Sticking information labels and stickers on product packaging.
 * Packing products in boxes.</t>
-  </si>
-[...10 lines deleted...]
-* Staying informed about industry developments and emerging trends to maintain competitive advantage.</t>
   </si>
   <si>
     <t>* Planning the production process on the basis of received orders, calculating production capacities.
 * Drawing up daily, weekly and monthly production plans.
 * Ensuring timely supplies of material.
 * Adjusting production plans based on stock levels and production capacities.
 * Ensuring the smooth running of the production process.
 * Monitoring compliance with the production deadlines in accordance with the production plan.
 * Proposing measures to optimise the production process.
 * Analysing production downtime and bottlenecks in the planning process.
 * Cooperating with other departments in the company.</t>
   </si>
   <si>
     <t>Production Standard Setter</t>
   </si>
   <si>
     <t>* Conducting and evaluating time studies to determine how much time, labour, and machinery is needed to carry out individual work tasks.
 * Determining the amount of time, labour, and machinery needed to carry out various work tasks.
 * Creating work standards and norms.
 * Detecting inefficiencies in the production process and taking measures to eliminate them in the future.
 * Creating new work standards and norms, leading to increased work productivity.
 * Analysing the implementation of labour standards.</t>
   </si>
   <si>
     <t>* Providing after-sale services for sold products.
@@ -8046,50 +7909,62 @@
     <t>Florist</t>
   </si>
   <si>
     <t>* Selling flowers, bouquets, wreaths and complementary goods.
 * Cutting live, dried and artificial flowers.
 * Binding and arranging flowers, bouquets and wreaths, depending on the occasion and requirements of clients.
 * Designing floral decoration for interior and exterior areas.
 * Providing advice on growing and caring for purchased plants.</t>
   </si>
   <si>
     <t>Funeral service worker</t>
   </si>
   <si>
     <t>* Assisting families in planning and organizing funeral services in a compassionate and respectful manner.
 * Providing guidance on funeral arrangements, including casket selection, transportation, and memorial services.
 * Coordinating with various service providers, such as cemeteries, crematories, and florists.
 * Preparing and filing necessary legal documents, such as death certificates and permits.
 * Ensuring the proper care and preparation of the deceased, including embalming and dressing.
 * Managing logistics for the funeral service, including setting up the venue and overseeing the service proceedings.
 * Offering emotional support and counseling to grieving families throughout the planning process.
 * Maintaining a clean and respectful environment in the funeral home and associated facilities.
 * Adhering to health and safety regulations and ethical standards in all aspects of the job.
 * Participating in ongoing professional development and training to stay current with industry practices and regulations.</t>
   </si>
   <si>
+    <t>Gaming / Casino Operator</t>
+  </si>
+  <si>
+    <t>Serving guests in a gaming room or casino.
+Supervising the operation of gaming devices.
+Providing information about games and rules.
+Handling basic technical and operational issues.
+Checking player age and eligibility.
+Complying with internal and legal regulations.
+Maintaining cleanliness and order in the venue.</t>
+  </si>
+  <si>
     <t>Gardener</t>
   </si>
   <si>
     <t>* Caring for flower beds, lawns, trees and shrubs in gardens, orchards and public parks.
 * Hoeing and fertilising the soil, pulling weeds.
 * Planting and irrigating decorative plants, shrubs, trees and hedges.
 * Seeding, watering and mowing lawns.
 * Protecting vegetation from pests and diseases using chemical agents.
 * Harvesting and storing fruit and vegetables.
 * Repairing garden tools.</t>
   </si>
   <si>
     <t>Goldsmith, Jeweller</t>
   </si>
   <si>
     <t>* Preparing material, work tools, equipment, and devices.
 * Making jewellery from ferrous, non-ferrous, precious metals, and their alloys.
 * Cutting, encasing, and polishing natural, synthetic and precious stones.
 * Engraving text, symbols, and ornaments into jewellery.
 * Repairing and adjusting jewellery according to customers’ requirements.
 * Selling jewellery to customers, providing advice.</t>
   </si>
   <si>
     <t>Hairdresser</t>
   </si>
@@ -8188,79 +8063,78 @@
 * Responsibility for cash in hand, counting and turning over the daily receipts.
 * Adhering to strict safety and fire regulations and measures.</t>
   </si>
   <si>
     <t>Plumber</t>
   </si>
   <si>
     <t>* Preparing the work environment before work.
 * Reading technical documentation for obtaining information on installation design and the method of securing and connecting different devices.
 * Cutting and digging openings in walls and floors.
 * Adjusting pipes by cutting, bending, welding, and carving threads.
 * Mounting, dismantling, and servicing water supply, sewage, gas, and heating pipeline distribution systems and equipment.
 * Performing leak and pressure tests in accordance with the valid standards.</t>
   </si>
   <si>
     <t>Refuse Collector</t>
   </si>
   <si>
     <t>* Driving and operating a special vehicle for collecting municipal waste.
 * Manipulating containers for collecting municipal waste and moving them to the vehicle.
 * Emptying rubbish bins into the vehicle.
 * Returning dustbins to their original place.
 * Emptying the contents of the vehicle at disposal sites.</t>
   </si>
   <si>
-    <t>* Installing, maintaining, and repairing equipment and machinery in various industrial settings.
-[...11 lines deleted...]
-  <si>
     <t>Stoker, Boiler Attendant</t>
   </si>
   <si>
     <t>* Operating and maintaining boilers, ensuring they function efficiently and safely.
 * Monitoring boiler pressure, temperature, and water levels to maintain optimal performance.
 * Conducting routine inspections and performing necessary maintenance on boiler systems.
 * Responding to alarms and safety alerts, taking appropriate action to resolve issues.
 * Maintaining accurate records of boiler operations, maintenance activities, and safety checks.
 * Collaborating with engineering and maintenance teams to troubleshoot and repair boiler-related issues.
 * Ensuring compliance with safety regulations and industry standards in boiler operations.
 * Managing fuel supply and ensuring proper combustion for efficient energy production.
 * Assisting in the training of new staff on boiler operation and safety procedures.
 * Performing emergency shutdown procedures when necessary and ensuring safe operation at all times.</t>
   </si>
   <si>
     <t>Technology, Development</t>
+  </si>
+  <si>
+    <t>Gaming Machines Service Technician</t>
+  </si>
+  <si>
+    <t>Installing, configuring, and servicing gaming machines.
+Diagnosing and repairing technical faults.
+Performing regular maintenance of gaming devices.
+Ensuring technical safety and operational functionality.
+Documenting interventions and reporting defects.
+Cooperating with operations managers.
+Testing new devices and components.</t>
   </si>
   <si>
     <t>Geographic Information Systems Engineer</t>
   </si>
   <si>
     <t>* Develop and maintain Geographic Information Systems (GIS) applications and tools to support spatial data analysis and visualization.
 * Collaborate with cross-functional teams to gather requirements and translate them into technical specifications for GIS projects.
 * Conduct spatial data collection, processing, and analysis to support decision-making processes in various sectors.
 * Ensure the accuracy and integrity of GIS data through regular audits and updates.
 * Create and maintain detailed documentation of GIS processes, methodologies, and data sources.
 * Provide technical support and training to end-users on GIS software and tools.
 * Stay updated on the latest GIS technologies and trends to enhance system capabilities and performance.
 * Assist in the development of GIS-based solutions for urban planning, environmental management, and resource allocation.
 * Participate in project planning and execution, ensuring timely delivery of GIS projects within budget constraints.
 * Communicate effectively with stakeholders to present findings and recommendations based on spatial analysis.</t>
   </si>
   <si>
     <t>Head of Technical Department</t>
   </si>
   <si>
     <t>* Organizing production based on monthly and annual production plans submitted to company management.
 * Developing plans in alignment with the company's business strategy.
 * Ensuring the implementation of plans by overseeing specific production facilities or subordinate technical services, including quality control, development, maintenance, and occupational safety, by delegating tasks to individual team members.
 * Organizing the flow of production documentation and proposing, implementing, and monitoring compliance with organizational regulations.
 * Addressing ongoing technical issues to ensure the facility operates continuously, safely, and efficiently.
@@ -8291,62 +8165,50 @@
   <si>
     <t>* Assisting in the development and implementation of technical solutions to meet organizational needs.
 * Conducting research and analysis to identify trends and advancements in technology relevant to the company.
 * Collaborating with cross-functional teams to design, test, and refine technical products and services.
 * Providing technical support and troubleshooting assistance to staff and clients.
 * Maintaining and updating technical documentation, including user manuals and system specifications.
 * Participating in project planning and execution, ensuring adherence to timelines and budgets.
 * Monitoring system performance and implementing improvements as necessary.
 * Training staff on new technologies and systems to enhance operational efficiency.
 * Ensuring compliance with industry standards and regulations in all technical processes.
 * Contributing to continuous improvement initiatives by providing insights and recommendations based on technical expertise.</t>
   </si>
   <si>
     <t>Telecommunications</t>
   </si>
   <si>
     <t>Data Station Testing Specialist</t>
   </si>
   <si>
     <t>* Analyzing and complex testing of products with focus on DSL, Active Ethernet, GPON, VoIP and routre technologies.
 * Cooperating on projects.
 * Preparing and coordinating of technical designs for pilot operation of new technologies, product innovations and company solutions.
 * Processing technical specifications for acquiring and innovation of products.</t>
   </si>
   <si>
-    <t>* Assembling and fitting telecommunications equipment and systems according to specifications and technical drawings.
-[...10 lines deleted...]
-  <si>
     <t>ICT Specialist</t>
   </si>
   <si>
     <t>* Installing, configuring and launching components (HW and SW) ICT solutions and services, including pilot operation.
 * Removing defects of 2nd level, including supporting executive components (NW and IT) at localization and removing of defects.
 * Executing system configurations ICT solutions and services.
 * Managing safety elements ICT solutions and services.
 * Communicating with technical support of suppliers, customers and getting involved in acceptation tests.
 * Getting involved in developing ICT services and solutions at putting them in operation.</t>
   </si>
   <si>
     <t>Mobile Network Development Specialist</t>
   </si>
   <si>
     <t>* Develop and optimize mobile network infrastructure to enhance performance and coverage.
 * Collaborate with cross-functional teams to design and implement network solutions that meet business requirements.
 * Conduct site surveys and assessments to identify opportunities for network expansion and improvement.
 * Analyze network performance data and generate reports to inform strategic decisions.
 * Ensure compliance with industry standards and regulations in all network development activities.
 * Coordinate with vendors and service providers to procure necessary equipment and services.
 * Troubleshoot and resolve network issues in a timely manner to minimize downtime.
 * Participate in the planning and execution of network deployment projects, ensuring timely delivery.
 * Stay updated on emerging technologies and trends in mobile telecommunications to drive innovation.
 * Provide technical support and guidance to internal teams and stakeholders regarding mobile network capabilities and enhancements.</t>
   </si>
@@ -8434,62 +8296,50 @@
 * Designing aerial systems and their parameters.
 * Assigning, assessing and analysing specific measurements of the radio network.
 * Updating databases.
 * Dealing with customers' complaints.</t>
   </si>
   <si>
     <t>Roaming Specialist</t>
   </si>
   <si>
     <t>* Preparing plans and coordinating roaming coverage.
 * Administration of the roaming database and documentation.
 * Coordinating exchanges and use of testing SIM cards.</t>
   </si>
   <si>
     <t>Switching Network Development Specialist</t>
   </si>
   <si>
     <t>* Planning hardware and software.
 * Implementation and optimization of connection systems, their mutual interconnection, interconnection with other nets and net elements.
 * Preparing, testing and implementation of technical system data, software functions and hardware connection systems.
 * Preparing the testing procedures for verification of functionality of hardware and software for the connection systems.
 * Processing of the statistics data of the connection systems.
 * Cooperating with suppliers in the area of adjusting dimensions of connection systems, their development, including also the development in the area of their software functions.
 * Preparing regular reports concerning productivity and utility of singular connection systems.
 * Cooperating on implementation of the roaming partners.</t>
-  </si>
-[...10 lines deleted...]
-* Keeping abreast of technological advancements in the telecommunications field to enhance service delivery.</t>
   </si>
   <si>
     <t>* Carrying out measurements of the access networks.
 * Setting up and moving telecommunication services.
 * Installing and configuring the terminals.
 * Installing and configuring the communication software.
 * Removing the incurred malfunctions.</t>
   </si>
   <si>
     <t>Telecommunication Specialist</t>
   </si>
   <si>
     <t>* Designing, implementing, and maintaining telecommunication systems and networks.
 * Analyzing system performance and identifying areas for improvement.
 * Collaborating with engineering teams to develop innovative communication solutions.
 * Conducting site surveys and feasibility studies for new installations.
 * Ensuring compliance with industry standards and regulations related to telecommunications.
 * Providing technical support and troubleshooting for telecommunication equipment and services.
 * Managing projects related to telecommunication infrastructure upgrades and expansions.
 * Developing and maintaining documentation for systems, processes, and procedures.
 * Training staff and end-users on new telecommunication technologies and systems.
 * Coordinating with vendors and service providers to ensure quality service delivery.
 * Evaluating emerging technologies and recommending upgrades to existing systems.
 * Monitoring network traffic and performance to ensure optimal operation.
 * Preparing reports and presentations on telecommunication projects and performance metrics.
@@ -8580,86 +8430,77 @@
     <t>Fabric Cutter</t>
   </si>
   <si>
     <t>* Taking customer measurements using a tape measure (for sewing garments on request). 
 * Taking notes on distinctive figure imperfections (e.g. bulging belly, butt, curvy legs etc.).
 * Providing advice on the selection of a suitable fabric, cut etc.
 * Tracing designs on textiles, leather, imitation leather etc. by use of tailor’s chalk.
 * Cutting out individual garments from the fabrics and other materials.
 * Handing over the cut garments to tailors for sewing.
 * Marking the clothes’ alterations with pins during testing.
 * Handing over the marked clothes to tailors for finishing.</t>
   </si>
   <si>
     <t>Fashion Designer, Pattern Cutter</t>
   </si>
   <si>
     <t>* Fabricating one’s own designs and designs according to individual customer requirements.
 * Monitoring new fashion trends, materials and technological processes.
 * Designing cuts in basic or showroom size.
 * Stepping up the basic cut to other sizes according to size charts.
 * Producing the design cuts according to size chart.
 * Creating a size chart according to individual sizes.
 * Checking the design dimensions of the product according to the size chart.</t>
   </si>
   <si>
-    <t>* Operate and monitor textile machinery and equipment to ensure efficient production processes.
-[...10 lines deleted...]
-  <si>
     <t>Seamstress</t>
   </si>
   <si>
     <t>* Separating and adjusting parts of the product (cutting, punching, etc.). 
 * Creating, altering, and repairing products with the use of basic and specialised sewing machines.
 * Intermediate and final ironing, adjusting by ironing, and ironing out.
 * Manufacturing, decorating, shaping, and other adjusting the final appearance of the products.
 * Simple setting of machines, changing threads, needles, and other accessories.
 * Checking the correct functioning of the machine.</t>
   </si>
   <si>
     <t>Tailor</t>
   </si>
   <si>
     <t>* Taking measurements of the clients with the help of a tape measure.
 * Recording of the taken measurements.
 * Consulting used materials and cuts with the customers.
 * Making clothes for individual customers with the help of a sewing machine.
 * Adjusting clothes according to the customers' requests.
 * Mending damaged clothes.
 * Doing simple maintenance of the sewing machines (exchanging threads, needles etc.).</t>
   </si>
   <si>
     <t>Top Management</t>
+  </si>
+  <si>
+    <t>Branch Director</t>
   </si>
   <si>
     <t>* Responsibility for the implementation of the branch business plan.
 * Setting the business strategy.
 * Taking care of key clients and maintaining good relationships with them.
 * Managing, coordinating, motivating and evaluating subordinate staff.
 * Managing business negotiations.
 * Preparation of regular reports and statistics.</t>
   </si>
   <si>
     <t>Call Centre Director</t>
   </si>
   <si>
     <t>* Oversee and manage the daily operations of the call centre, ensuring efficient and effective service delivery.
 * Develop and implement strategic plans to enhance customer service, operational efficiency, and overall performance of the call centre.
 * Lead, mentor, and develop a high-performing team of call centre managers and staff to achieve organizational goals and objectives.
 * Establish and monitor key performance indicators (KPIs) to assess the effectiveness and quality of call centre operations.
 * Collaborate with other departments to align call centre activities with broader company objectives and strategies.
 * Drive continuous improvement initiatives to optimize processes, technology, and customer interactions.
 * Manage budgetary planning and control to ensure cost-effectiveness and financial efficiency of the call centre operations.
 * Ensure compliance with industry regulations and company policies, maintaining high standards of customer service and data protection.
 * Analyze and report on call centre performance metrics, providing insights and recommendations to senior management.
 * Foster a positive and motivating work environment that encourages teamwork, innovation, and professional development.
 * Handle escalated customer issues and complaints, ensuring satisfactory resolution and customer satisfaction.</t>
   </si>
@@ -8860,50 +8701,53 @@
   </si>
   <si>
     <t>Regional Manager</t>
   </si>
   <si>
     <t>* Overseeing the operations and performance of multiple branches within a designated region.
 * Developing and implementing strategic plans to achieve sales targets and enhance market presence.
 * Leading and mentoring regional sales teams to drive performance and foster professional development.
 * Analyzing market trends and competitor activities to identify opportunities for growth.
 * Establishing and maintaining strong relationships with key clients and stakeholders.
 * Collaborating with cross-functional teams to ensure alignment on business objectives and initiatives.
 * Monitoring and reporting on regional performance metrics and KPIs to senior management.
 * Ensuring compliance with company policies, procedures, and regulatory requirements.
 * Conducting regular market visits to assess branch performance and customer satisfaction.
 * Managing budgets and resource allocation effectively to optimize operational efficiency.</t>
   </si>
   <si>
     <t>Sales Director</t>
   </si>
   <si>
     <t>* Organising the work of the sales team.
 * Visiting strategic customers, conducting business negotiations.
 * Strategic planning of costs and revenues (creation, analysis, prediction).
 * Management of receivables and inventory.
 * Upgrading and improving the company processes.</t>
+  </si>
+  <si>
+    <t>School Principal</t>
   </si>
   <si>
     <t>* Responsibility for the educational and professional quality of work at school.
 * Managing and inspecting the work of all school staff in accordance with the working regulations.
 * Assessing the work of all school staff.
 * Responsibility for the further education of employees. 
 * Influencing out-of-class, extra-curricular, and extra-work activities of the school.
 * Responsibility for adequate personnel and material conditions for work at school.
 * Helping school employees to address their social and legal problems.
 * Calling, managing, and leading teaching staff meetings and formulating the obtained conclusions.
 * Drawing up relevant work plans and internal school regulations. 
 * Submitting the required statistic data and oral or written reporting to superior authorities.
 * Paying attention to the purposeful use of financial means of the school.
 * Managing and monitoring educational activities at school and responsibility for the results of the educational work of the school.
 * Determining the principles of the internal regulations of the school.</t>
   </si>
   <si>
     <t>* Responsibility for the smooth operation of private security services.
 * Finding and acquiring clients and maintaining good relationships with them.
 * Communicating with clients in order to determine their individual needs.
 * Identifying, analysing and assessing the potential safety risks and threats related to the protection of persons and property.
 * Specifying, designing and implementing complex solutions regarding the security and legal protection of persons and property.
 * Managing, coordinating, motivating and evaluating subordinate staff.
 * Designing the organisational structure within the private security services.
 * Monitoring new trends in the protection of persons and property, and their implementation.</t>
@@ -9126,63 +8970,50 @@
   </si>
   <si>
     <t>Kitchen Helper</t>
   </si>
   <si>
     <t>* Assisting in the preparation of food items according to established recipes and standards.
 * Maintaining cleanliness and organization of the kitchen area, including washing dishes, utensils, and equipment.
 * Supporting chefs and kitchen staff in various tasks, including food preparation and plating.
 * Ensuring proper storage of food items and adherence to food safety and sanitation guidelines.
 * Assisting with inventory management by tracking supplies and notifying supervisors of low stock levels.
 * Helping with the setup and breakdown of kitchen stations before and after service.
 * Participating in the cleaning and maintenance of kitchen appliances and work areas.
 * Collaborating with team members to ensure efficient kitchen operations and timely service.
 * Following all health and safety regulations to ensure a safe working environment.
 * Being flexible and ready to take on additional tasks as needed to support the kitchen team.</t>
   </si>
   <si>
     <t>Lifeguard, Swimming Instructor</t>
   </si>
   <si>
     <t>* Saving drowning visitors of swimming pools, water parks, beaches and similar facilities.
 * Supervising compliance with the rules of swimming facilities.
 * Providing first aid to visitors of the swimming facilities.</t>
   </si>
   <si>
-    <t>* Overseeing daily operations of the establishment to ensure smooth functioning and high-quality service delivery.
-[...11 lines deleted...]
-  <si>
     <t>Pizza Cook</t>
   </si>
   <si>
     <t>* Preparing pizza and pizza products in a special wood-burning oven 
 * Preparation and cleaning within the kitchen.</t>
   </si>
   <si>
     <t>* Welcoming and checking in the guests by means of their presented identity card.
 * Assigning rooms according to customer requirements and current availability in accommodation facility.
 * Providing information and assistance in solving problems and complaints.
 * Providing foreign currency exchange services.
 * Providing telephone and e-mail reservations.
 * Providing specialised services on request.
 * Sale of supplementary consumer goods.
 * Issuing receipts for accommodation services.
 * Accepting payments in local and foreign currency and operating a payment terminal.</t>
   </si>
   <si>
     <t>Restaurant worker</t>
   </si>
   <si>
     <t>* Providing excellent customer service to ensure a positive dining experience for guests.
 * Taking and processing customer orders accurately and efficiently.
 * Assisting in menu selection and offering recommendations based on customer preferences.
 * Preparing tables for dining by setting up utensils, glassware, and condiments.
@@ -9459,65 +9290,50 @@
   </si>
   <si>
     <t xml:space="preserve">* Operating forklifts, pallet trucks, picking and system trucks, retractors etc.
 * Loading and offloading pallets with freight onto/off vehicle beds.
 * Accepting and delivering goods to and from the warehouse.
 * Supplying the production line with material.
 * Scanning of pallet labels.
 * Performing routine maintenance of the vehicle.
 * Cooperation at stocktaking.
 </t>
   </si>
   <si>
     <t>Forwarder</t>
   </si>
   <si>
     <t>* Ensuring the national and international transport of goods.
 * Seeking and contacting new customers.
 * Receiving and completing pricing inquiries and orders for shipment.
 * Negotiating the terms and conditions and contracting with carriers.
 * Monitoring the availability of vehicles and ensuring their occupancy.
 * Entering data into the information system.
 * Preparing documents for billing.
 * Monitoring the payment discipline of customers.
 * Communicating with customers and carriers.
 * Resolving claims.</t>
-  </si>
-[...13 lines deleted...]
-* Leading initiatives to promote a culture of safety and compliance within the organization.</t>
   </si>
   <si>
     <t>Import/Export Officer</t>
   </si>
   <si>
     <t>* Checking figures, postings, and documents for correct entry, mathematical accuracy, and proper codes. 
 * Operating computers programmed with accounting software to record, store, and analyze information. 
 * Classifying, recording, and summarizing numerical and financial data to compile and keep financial records, using journals and ledgers or computers. 
 * Compiling statistical, financial, accounting or auditing reports and tables pertaining to such matters as cash receipts, expenditures, accounts payable and receivable, and profits and losses. 
 * Calculating, preparing, and issuing bills, invoices, account statements, and other financial statements according to established procedures. 
 * Preparing bank deposits by compiling data from cashiers, verifying and balancing receipts, and sending cash, checks, or other forms of payment to banks. 
 * Compiling budget data and documents, based on estimated revenues and expenses and previous budgets. 
 * Preparing purchase orders and expense reports. 
 * Transferring details from separate journals to general ledgers or data processing sheets. 
 * Completing and submitting tax forms and returns, workers' compensation forms, pension contribution forms, and other government documents.</t>
   </si>
   <si>
     <t>Logistics Clerk</t>
   </si>
   <si>
     <t>* Ensuring the continuous supply of materials for the production department.
 * Monitoring material levels in storage in the information system.
 * Communicating with suppliers regarding the method and time of material delivery.
 * Communicating with the warehousers concerning the optimal storage of pallets with material in storage areas.
 * Communicating with the production department with regard to ensuring a sufficient supply of the materials that are necessary for the smooth operation of production.
@@ -10024,62 +9840,50 @@
 * Staying updated on industry trends, materials, and technologies to enhance design capabilities.
 * Participating in project meetings and providing technical support to stakeholders.
 * Ensuring adherence to environmental regulations and promoting sustainable practices in design processes.
 * Documenting design processes and maintaining accurate records of project developments.
 * Training and mentoring junior design staff and interns in best practices and design methodologies.</t>
   </si>
   <si>
     <t>Joiner</t>
   </si>
   <si>
     <t>* Reading technical drawings, projection, and marking materials on drawings.
 * Completing furniture, structures, and other products made from wood.
 * Completing simple glass work, completing and installing accessories and interior furnishings.
 * Assessing and inspecting the quality of produced products and work pieces.
 * Following and applying work and technical procedures for products, installation, occupational health and safety principles, occupational hygiene and fire prevention.</t>
   </si>
   <si>
     <t>Lumberjack</t>
   </si>
   <si>
     <t>* Sawing trees and shrubs in forests using a motor or a hand saw.
 * Sawing and cutting logs to planks, boards, beams, joists, laths, strips, etc.
 * Replenishing a mixture of petrol and oil in the chainsaw.
 * Sharpening blunt chains with round and flat files.
 * Performing routine maintenance associated with the use of the chainsaw.</t>
-  </si>
-[...10 lines deleted...]
-* Participating in continuous improvement initiatives to enhance efficiency and productivity.</t>
   </si>
   <si>
     <t>Saw filer</t>
   </si>
   <si>
     <t>* Operating and maintaining sawmill machinery to ensure efficient cutting of timber.
 * Inspecting and adjusting saw blades for optimal performance and precision.
 * Performing routine maintenance and repairs on saws and other equipment to minimize downtime.
 * Monitoring the quality of cut wood and making necessary adjustments to meet specifications.
 * Collaborating with team members to coordinate production schedules and workflow.
 * Ensuring compliance with safety regulations and promoting a safe working environment.
 * Keeping accurate records of production output and equipment maintenance.
 * Troubleshooting issues with machinery and implementing solutions to improve efficiency.
 * Training new employees on proper saw filing techniques and safety protocols.
 * Assisting in the inventory management of raw materials and finished products.
 * Participating in continuous improvement initiatives to enhance operational effectiveness.</t>
   </si>
   <si>
     <t>Timber Engineer</t>
   </si>
   <si>
     <t>* Managing and coordinating the technical preparation of production.
 * Analysing the input and output data related to the work task.
 * Testing new production processes.
 * Cooperating in the implementation of technological changes.
@@ -10440,88 +10244,88 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:F829"/>
+  <dimension ref="A1:F815"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="E6" sqref="E6:F829"/>
+      <selection activeCell="E6" sqref="E6:F815"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="37.7051" customWidth="true" style="0"/>
     <col min="2" max="2" width="37.7051" customWidth="true" style="0"/>
     <col min="3" max="3" width="37.7051" customWidth="true" style="0"/>
     <col min="4" max="4" width="37.7051" customWidth="true" style="0"/>
     <col min="5" max="5" width="53.844" customWidth="true" style="0"/>
     <col min="6" max="6" width="53.844" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="A2" t="s">
         <v>2</v>
       </c>
       <c r="B2" s="1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" t="s">
         <v>4</v>
       </c>
       <c r="B3" s="1">
-        <v>824</v>
+        <v>810</v>
       </c>
     </row>
     <row r="5" spans="1:6">
       <c r="A5" t="s">
         <v>5</v>
       </c>
       <c r="B5" t="s">
         <v>5</v>
       </c>
       <c r="C5" t="s">
         <v>6</v>
       </c>
       <c r="D5" t="s">
         <v>6</v>
       </c>
       <c r="E5" t="s">
         <v>7</v>
       </c>
       <c r="F5" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" t="s">
         <v>8</v>
@@ -11474,13907 +11278,13653 @@
       <c r="E58" s="2" t="s">
         <v>116</v>
       </c>
       <c r="F58" s="2"/>
     </row>
     <row r="59" spans="1:6">
       <c r="A59" t="s">
         <v>80</v>
       </c>
       <c r="B59" t="s">
         <v>80</v>
       </c>
       <c r="C59" t="s">
         <v>117</v>
       </c>
       <c r="D59" t="s">
         <v>117</v>
       </c>
       <c r="E59" s="2" t="s">
         <v>118</v>
       </c>
       <c r="F59" s="2"/>
     </row>
     <row r="60" spans="1:6">
       <c r="A60" t="s">
+        <v>80</v>
+      </c>
+      <c r="B60" t="s">
+        <v>80</v>
+      </c>
+      <c r="C60" t="s">
         <v>119</v>
       </c>
-      <c r="B60" t="s">
+      <c r="D60" t="s">
         <v>119</v>
       </c>
-      <c r="C60" t="s">
+      <c r="E60" s="2" t="s">
         <v>120</v>
-      </c>
-[...4 lines deleted...]
-        <v>121</v>
       </c>
       <c r="F60" s="2"/>
     </row>
     <row r="61" spans="1:6">
       <c r="A61" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="B61" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="C61" t="s">
         <v>122</v>
       </c>
       <c r="D61" t="s">
         <v>122</v>
       </c>
       <c r="E61" s="2" t="s">
         <v>123</v>
       </c>
       <c r="F61" s="2"/>
     </row>
     <row r="62" spans="1:6">
       <c r="A62" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="B62" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="C62" t="s">
         <v>124</v>
       </c>
       <c r="D62" t="s">
         <v>124</v>
       </c>
       <c r="E62" s="2" t="s">
         <v>125</v>
       </c>
       <c r="F62" s="2"/>
     </row>
     <row r="63" spans="1:6">
       <c r="A63" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="B63" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="C63" t="s">
         <v>126</v>
       </c>
       <c r="D63" t="s">
         <v>126</v>
       </c>
       <c r="E63" s="2" t="s">
         <v>127</v>
       </c>
       <c r="F63" s="2"/>
     </row>
     <row r="64" spans="1:6">
       <c r="A64" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="B64" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="C64" t="s">
         <v>128</v>
       </c>
       <c r="D64" t="s">
         <v>128</v>
       </c>
       <c r="E64" s="2" t="s">
         <v>129</v>
       </c>
       <c r="F64" s="2"/>
     </row>
     <row r="65" spans="1:6">
       <c r="A65" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="B65" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="C65" t="s">
         <v>130</v>
       </c>
       <c r="D65" t="s">
         <v>130</v>
       </c>
       <c r="E65" s="2" t="s">
         <v>131</v>
       </c>
       <c r="F65" s="2"/>
     </row>
     <row r="66" spans="1:6">
       <c r="A66" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="B66" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="C66" t="s">
         <v>132</v>
       </c>
       <c r="D66" t="s">
         <v>132</v>
       </c>
       <c r="E66" s="2" t="s">
         <v>133</v>
       </c>
       <c r="F66" s="2"/>
     </row>
     <row r="67" spans="1:6">
       <c r="A67" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="B67" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="C67" t="s">
         <v>134</v>
       </c>
       <c r="D67" t="s">
         <v>134</v>
       </c>
       <c r="E67" s="2" t="s">
         <v>135</v>
       </c>
       <c r="F67" s="2"/>
     </row>
     <row r="68" spans="1:6">
       <c r="A68" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="B68" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="C68" t="s">
         <v>136</v>
       </c>
       <c r="D68" t="s">
         <v>136</v>
       </c>
       <c r="E68" s="2" t="s">
         <v>137</v>
       </c>
       <c r="F68" s="2"/>
     </row>
     <row r="69" spans="1:6">
       <c r="A69" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="B69" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="C69" t="s">
         <v>138</v>
       </c>
       <c r="D69" t="s">
         <v>138</v>
       </c>
       <c r="E69" s="2" t="s">
         <v>139</v>
       </c>
       <c r="F69" s="2"/>
     </row>
     <row r="70" spans="1:6">
       <c r="A70" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="B70" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="C70" t="s">
         <v>140</v>
       </c>
       <c r="D70" t="s">
         <v>140</v>
       </c>
       <c r="E70" s="2" t="s">
         <v>141</v>
       </c>
       <c r="F70" s="2"/>
     </row>
     <row r="71" spans="1:6">
       <c r="A71" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="B71" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="C71" t="s">
         <v>142</v>
       </c>
       <c r="D71" t="s">
         <v>142</v>
       </c>
       <c r="E71" s="2" t="s">
         <v>143</v>
       </c>
       <c r="F71" s="2"/>
     </row>
     <row r="72" spans="1:6">
       <c r="A72" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="B72" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="C72" t="s">
         <v>144</v>
       </c>
       <c r="D72" t="s">
         <v>144</v>
       </c>
       <c r="E72" s="2" t="s">
         <v>145</v>
       </c>
       <c r="F72" s="2"/>
     </row>
     <row r="73" spans="1:6">
       <c r="A73" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="B73" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="C73" t="s">
         <v>146</v>
       </c>
       <c r="D73" t="s">
         <v>146</v>
       </c>
       <c r="E73" s="2" t="s">
         <v>147</v>
       </c>
       <c r="F73" s="2"/>
     </row>
     <row r="74" spans="1:6">
       <c r="A74" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="B74" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="C74" t="s">
         <v>148</v>
       </c>
       <c r="D74" t="s">
         <v>148</v>
       </c>
       <c r="E74" s="2" t="s">
         <v>149</v>
       </c>
       <c r="F74" s="2"/>
     </row>
     <row r="75" spans="1:6">
       <c r="A75" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="B75" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="C75" t="s">
         <v>150</v>
       </c>
       <c r="D75" t="s">
         <v>150</v>
       </c>
       <c r="E75" s="2" t="s">
         <v>151</v>
       </c>
       <c r="F75" s="2"/>
     </row>
     <row r="76" spans="1:6">
       <c r="A76" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="B76" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="C76" t="s">
         <v>152</v>
       </c>
       <c r="D76" t="s">
         <v>152</v>
       </c>
       <c r="E76" s="2" t="s">
         <v>153</v>
       </c>
       <c r="F76" s="2"/>
     </row>
     <row r="77" spans="1:6">
       <c r="A77" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="B77" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="C77" t="s">
         <v>154</v>
       </c>
       <c r="D77" t="s">
         <v>154</v>
       </c>
       <c r="E77" s="2" t="s">
         <v>155</v>
       </c>
       <c r="F77" s="2"/>
     </row>
     <row r="78" spans="1:6">
       <c r="A78" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="B78" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="C78" t="s">
         <v>156</v>
       </c>
       <c r="D78" t="s">
         <v>156</v>
       </c>
       <c r="E78" s="2" t="s">
         <v>157</v>
       </c>
       <c r="F78" s="2"/>
     </row>
     <row r="79" spans="1:6">
       <c r="A79" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="B79" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="C79" t="s">
         <v>158</v>
       </c>
       <c r="D79" t="s">
         <v>158</v>
       </c>
       <c r="E79" s="2" t="s">
         <v>159</v>
       </c>
       <c r="F79" s="2"/>
     </row>
     <row r="80" spans="1:6">
       <c r="A80" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="B80" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="C80" t="s">
         <v>160</v>
       </c>
       <c r="D80" t="s">
         <v>160</v>
       </c>
       <c r="E80" s="2" t="s">
         <v>161</v>
       </c>
       <c r="F80" s="2"/>
     </row>
     <row r="81" spans="1:6">
       <c r="A81" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="B81" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="C81" t="s">
         <v>162</v>
       </c>
       <c r="D81" t="s">
         <v>162</v>
       </c>
       <c r="E81" s="2" t="s">
         <v>163</v>
       </c>
       <c r="F81" s="2"/>
     </row>
     <row r="82" spans="1:6">
       <c r="A82" t="s">
-        <v>119</v>
+        <v>164</v>
       </c>
       <c r="B82" t="s">
-        <v>119</v>
+        <v>164</v>
       </c>
       <c r="C82" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="D82" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="E82" s="2" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="F82" s="2"/>
     </row>
     <row r="83" spans="1:6">
       <c r="A83" t="s">
-        <v>119</v>
+        <v>164</v>
       </c>
       <c r="B83" t="s">
-        <v>119</v>
+        <v>164</v>
       </c>
       <c r="C83" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="D83" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="E83" s="2" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="F83" s="2"/>
     </row>
     <row r="84" spans="1:6">
       <c r="A84" t="s">
-        <v>119</v>
+        <v>164</v>
       </c>
       <c r="B84" t="s">
-        <v>119</v>
+        <v>164</v>
       </c>
       <c r="C84" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="D84" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="E84" s="2" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="F84" s="2"/>
     </row>
     <row r="85" spans="1:6">
       <c r="A85" t="s">
-        <v>119</v>
+        <v>164</v>
       </c>
       <c r="B85" t="s">
-        <v>119</v>
+        <v>164</v>
       </c>
       <c r="C85" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="D85" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="E85" s="2" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="F85" s="2"/>
     </row>
     <row r="86" spans="1:6">
       <c r="A86" t="s">
-        <v>172</v>
+        <v>164</v>
       </c>
       <c r="B86" t="s">
-        <v>172</v>
+        <v>164</v>
       </c>
       <c r="C86" t="s">
         <v>173</v>
       </c>
       <c r="D86" t="s">
         <v>173</v>
       </c>
       <c r="E86" s="2" t="s">
         <v>174</v>
       </c>
       <c r="F86" s="2"/>
     </row>
     <row r="87" spans="1:6">
       <c r="A87" t="s">
-        <v>172</v>
+        <v>164</v>
       </c>
       <c r="B87" t="s">
-        <v>172</v>
+        <v>164</v>
       </c>
       <c r="C87" t="s">
         <v>175</v>
       </c>
       <c r="D87" t="s">
         <v>175</v>
       </c>
       <c r="E87" s="2" t="s">
         <v>176</v>
       </c>
       <c r="F87" s="2"/>
     </row>
     <row r="88" spans="1:6">
       <c r="A88" t="s">
-        <v>172</v>
+        <v>164</v>
       </c>
       <c r="B88" t="s">
-        <v>172</v>
+        <v>164</v>
       </c>
       <c r="C88" t="s">
         <v>177</v>
       </c>
       <c r="D88" t="s">
         <v>177</v>
       </c>
       <c r="E88" s="2" t="s">
         <v>178</v>
       </c>
       <c r="F88" s="2"/>
     </row>
     <row r="89" spans="1:6">
       <c r="A89" t="s">
-        <v>172</v>
+        <v>164</v>
       </c>
       <c r="B89" t="s">
-        <v>172</v>
+        <v>164</v>
       </c>
       <c r="C89" t="s">
         <v>179</v>
       </c>
       <c r="D89" t="s">
         <v>179</v>
       </c>
       <c r="E89" s="2" t="s">
         <v>180</v>
       </c>
       <c r="F89" s="2"/>
     </row>
     <row r="90" spans="1:6">
       <c r="A90" t="s">
-        <v>172</v>
+        <v>164</v>
       </c>
       <c r="B90" t="s">
-        <v>172</v>
+        <v>164</v>
       </c>
       <c r="C90" t="s">
         <v>181</v>
       </c>
       <c r="D90" t="s">
         <v>181</v>
       </c>
       <c r="E90" s="2" t="s">
         <v>182</v>
       </c>
       <c r="F90" s="2"/>
     </row>
     <row r="91" spans="1:6">
       <c r="A91" t="s">
-        <v>172</v>
+        <v>164</v>
       </c>
       <c r="B91" t="s">
-        <v>172</v>
+        <v>164</v>
       </c>
       <c r="C91" t="s">
         <v>183</v>
       </c>
       <c r="D91" t="s">
         <v>183</v>
       </c>
       <c r="E91" s="2" t="s">
         <v>184</v>
       </c>
       <c r="F91" s="2"/>
     </row>
     <row r="92" spans="1:6">
       <c r="A92" t="s">
-        <v>172</v>
+        <v>164</v>
       </c>
       <c r="B92" t="s">
-        <v>172</v>
+        <v>164</v>
       </c>
       <c r="C92" t="s">
         <v>185</v>
       </c>
       <c r="D92" t="s">
         <v>185</v>
       </c>
       <c r="E92" s="2" t="s">
         <v>186</v>
       </c>
       <c r="F92" s="2"/>
     </row>
     <row r="93" spans="1:6">
       <c r="A93" t="s">
-        <v>172</v>
+        <v>164</v>
       </c>
       <c r="B93" t="s">
-        <v>172</v>
+        <v>164</v>
       </c>
       <c r="C93" t="s">
         <v>187</v>
       </c>
       <c r="D93" t="s">
         <v>187</v>
       </c>
       <c r="E93" s="2" t="s">
         <v>188</v>
       </c>
       <c r="F93" s="2"/>
     </row>
     <row r="94" spans="1:6">
       <c r="A94" t="s">
-        <v>172</v>
+        <v>164</v>
       </c>
       <c r="B94" t="s">
-        <v>172</v>
+        <v>164</v>
       </c>
       <c r="C94" t="s">
         <v>189</v>
       </c>
       <c r="D94" t="s">
         <v>189</v>
       </c>
       <c r="E94" s="2" t="s">
         <v>190</v>
       </c>
       <c r="F94" s="2"/>
     </row>
     <row r="95" spans="1:6">
       <c r="A95" t="s">
-        <v>172</v>
+        <v>164</v>
       </c>
       <c r="B95" t="s">
-        <v>172</v>
+        <v>164</v>
       </c>
       <c r="C95" t="s">
         <v>191</v>
       </c>
       <c r="D95" t="s">
         <v>191</v>
       </c>
       <c r="E95" s="2" t="s">
         <v>192</v>
       </c>
       <c r="F95" s="2"/>
     </row>
     <row r="96" spans="1:6">
       <c r="A96" t="s">
-        <v>172</v>
+        <v>164</v>
       </c>
       <c r="B96" t="s">
-        <v>172</v>
+        <v>164</v>
       </c>
       <c r="C96" t="s">
         <v>193</v>
       </c>
       <c r="D96" t="s">
         <v>193</v>
       </c>
       <c r="E96" s="2" t="s">
         <v>194</v>
       </c>
       <c r="F96" s="2"/>
     </row>
     <row r="97" spans="1:6">
       <c r="A97" t="s">
-        <v>172</v>
+        <v>164</v>
       </c>
       <c r="B97" t="s">
-        <v>172</v>
+        <v>164</v>
       </c>
       <c r="C97" t="s">
         <v>195</v>
       </c>
       <c r="D97" t="s">
         <v>195</v>
       </c>
       <c r="E97" s="2" t="s">
         <v>196</v>
       </c>
       <c r="F97" s="2"/>
     </row>
     <row r="98" spans="1:6">
       <c r="A98" t="s">
-        <v>172</v>
+        <v>197</v>
       </c>
       <c r="B98" t="s">
-        <v>172</v>
+        <v>197</v>
       </c>
       <c r="C98" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="D98" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="E98" s="2" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="F98" s="2"/>
     </row>
     <row r="99" spans="1:6">
       <c r="A99" t="s">
-        <v>172</v>
+        <v>197</v>
       </c>
       <c r="B99" t="s">
-        <v>172</v>
+        <v>197</v>
       </c>
       <c r="C99" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="D99" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="E99" s="2" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="F99" s="2"/>
     </row>
     <row r="100" spans="1:6">
       <c r="A100" t="s">
-        <v>172</v>
+        <v>197</v>
       </c>
       <c r="B100" t="s">
-        <v>172</v>
+        <v>197</v>
       </c>
       <c r="C100" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="D100" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="E100" s="2" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="F100" s="2"/>
     </row>
     <row r="101" spans="1:6">
       <c r="A101" t="s">
-        <v>172</v>
+        <v>197</v>
       </c>
       <c r="B101" t="s">
-        <v>172</v>
+        <v>197</v>
       </c>
       <c r="C101" t="s">
-        <v>203</v>
+        <v>189</v>
       </c>
       <c r="D101" t="s">
-        <v>203</v>
+        <v>189</v>
       </c>
       <c r="E101" s="2" t="s">
-        <v>204</v>
+        <v>190</v>
       </c>
       <c r="F101" s="2"/>
     </row>
     <row r="102" spans="1:6">
       <c r="A102" t="s">
-        <v>172</v>
+        <v>204</v>
       </c>
       <c r="B102" t="s">
-        <v>172</v>
+        <v>204</v>
       </c>
       <c r="C102" t="s">
         <v>205</v>
       </c>
       <c r="D102" t="s">
         <v>205</v>
       </c>
       <c r="E102" s="2" t="s">
         <v>206</v>
       </c>
       <c r="F102" s="2"/>
     </row>
     <row r="103" spans="1:6">
       <c r="A103" t="s">
+        <v>204</v>
+      </c>
+      <c r="B103" t="s">
+        <v>204</v>
+      </c>
+      <c r="C103" t="s">
         <v>207</v>
       </c>
-      <c r="B103" t="s">
+      <c r="D103" t="s">
         <v>207</v>
       </c>
-      <c r="C103" t="s">
+      <c r="E103" s="2" t="s">
         <v>208</v>
-      </c>
-[...4 lines deleted...]
-        <v>209</v>
       </c>
       <c r="F103" s="2"/>
     </row>
     <row r="104" spans="1:6">
       <c r="A104" t="s">
-        <v>207</v>
+        <v>204</v>
       </c>
       <c r="B104" t="s">
-        <v>207</v>
+        <v>204</v>
       </c>
       <c r="C104" t="s">
+        <v>209</v>
+      </c>
+      <c r="D104" t="s">
+        <v>209</v>
+      </c>
+      <c r="E104" s="2" t="s">
         <v>210</v>
-      </c>
-[...4 lines deleted...]
-        <v>211</v>
       </c>
       <c r="F104" s="2"/>
     </row>
     <row r="105" spans="1:6">
       <c r="A105" t="s">
-        <v>207</v>
+        <v>204</v>
       </c>
       <c r="B105" t="s">
-        <v>207</v>
+        <v>204</v>
       </c>
       <c r="C105" t="s">
+        <v>211</v>
+      </c>
+      <c r="D105" t="s">
+        <v>211</v>
+      </c>
+      <c r="E105" s="2" t="s">
         <v>212</v>
-      </c>
-[...4 lines deleted...]
-        <v>213</v>
       </c>
       <c r="F105" s="2"/>
     </row>
     <row r="106" spans="1:6">
       <c r="A106" t="s">
-        <v>207</v>
+        <v>204</v>
       </c>
       <c r="B106" t="s">
-        <v>207</v>
+        <v>204</v>
       </c>
       <c r="C106" t="s">
-        <v>187</v>
+        <v>213</v>
       </c>
       <c r="D106" t="s">
-        <v>187</v>
+        <v>213</v>
       </c>
       <c r="E106" s="2" t="s">
         <v>214</v>
       </c>
       <c r="F106" s="2"/>
     </row>
     <row r="107" spans="1:6">
       <c r="A107" t="s">
-        <v>207</v>
+        <v>204</v>
       </c>
       <c r="B107" t="s">
-        <v>207</v>
+        <v>204</v>
       </c>
       <c r="C107" t="s">
-        <v>199</v>
+        <v>215</v>
       </c>
       <c r="D107" t="s">
-        <v>199</v>
+        <v>215</v>
       </c>
       <c r="E107" s="2" t="s">
-        <v>200</v>
+        <v>216</v>
       </c>
       <c r="F107" s="2"/>
     </row>
     <row r="108" spans="1:6">
       <c r="A108" t="s">
-        <v>215</v>
+        <v>204</v>
       </c>
       <c r="B108" t="s">
-        <v>215</v>
+        <v>204</v>
       </c>
       <c r="C108" t="s">
-        <v>120</v>
+        <v>217</v>
       </c>
       <c r="D108" t="s">
-        <v>120</v>
+        <v>217</v>
       </c>
       <c r="E108" s="2" t="s">
-        <v>216</v>
+        <v>218</v>
       </c>
       <c r="F108" s="2"/>
     </row>
     <row r="109" spans="1:6">
       <c r="A109" t="s">
-        <v>215</v>
+        <v>204</v>
       </c>
       <c r="B109" t="s">
-        <v>215</v>
+        <v>204</v>
       </c>
       <c r="C109" t="s">
-        <v>217</v>
+        <v>219</v>
       </c>
       <c r="D109" t="s">
-        <v>217</v>
+        <v>219</v>
       </c>
       <c r="E109" s="2" t="s">
-        <v>218</v>
+        <v>220</v>
       </c>
       <c r="F109" s="2"/>
     </row>
     <row r="110" spans="1:6">
       <c r="A110" t="s">
-        <v>215</v>
+        <v>204</v>
       </c>
       <c r="B110" t="s">
-        <v>215</v>
+        <v>204</v>
       </c>
       <c r="C110" t="s">
-        <v>219</v>
+        <v>221</v>
       </c>
       <c r="D110" t="s">
-        <v>219</v>
+        <v>221</v>
       </c>
       <c r="E110" s="2" t="s">
-        <v>220</v>
+        <v>222</v>
       </c>
       <c r="F110" s="2"/>
     </row>
     <row r="111" spans="1:6">
       <c r="A111" t="s">
-        <v>215</v>
+        <v>204</v>
       </c>
       <c r="B111" t="s">
-        <v>215</v>
+        <v>204</v>
       </c>
       <c r="C111" t="s">
-        <v>126</v>
+        <v>223</v>
       </c>
       <c r="D111" t="s">
-        <v>126</v>
+        <v>223</v>
       </c>
       <c r="E111" s="2" t="s">
-        <v>221</v>
+        <v>224</v>
       </c>
       <c r="F111" s="2"/>
     </row>
     <row r="112" spans="1:6">
       <c r="A112" t="s">
-        <v>215</v>
+        <v>204</v>
       </c>
       <c r="B112" t="s">
-        <v>215</v>
+        <v>204</v>
       </c>
       <c r="C112" t="s">
-        <v>222</v>
+        <v>225</v>
       </c>
       <c r="D112" t="s">
-        <v>222</v>
+        <v>225</v>
       </c>
       <c r="E112" s="2" t="s">
-        <v>223</v>
+        <v>226</v>
       </c>
       <c r="F112" s="2"/>
     </row>
     <row r="113" spans="1:6">
       <c r="A113" t="s">
-        <v>215</v>
+        <v>204</v>
       </c>
       <c r="B113" t="s">
-        <v>215</v>
+        <v>204</v>
       </c>
       <c r="C113" t="s">
-        <v>224</v>
+        <v>227</v>
       </c>
       <c r="D113" t="s">
-        <v>224</v>
+        <v>227</v>
       </c>
       <c r="E113" s="2" t="s">
-        <v>225</v>
+        <v>228</v>
       </c>
       <c r="F113" s="2"/>
     </row>
     <row r="114" spans="1:6">
       <c r="A114" t="s">
-        <v>215</v>
+        <v>204</v>
       </c>
       <c r="B114" t="s">
-        <v>215</v>
+        <v>204</v>
       </c>
       <c r="C114" t="s">
-        <v>226</v>
+        <v>229</v>
       </c>
       <c r="D114" t="s">
-        <v>226</v>
+        <v>229</v>
       </c>
       <c r="E114" s="2" t="s">
-        <v>227</v>
+        <v>230</v>
       </c>
       <c r="F114" s="2"/>
     </row>
     <row r="115" spans="1:6">
       <c r="A115" t="s">
-        <v>215</v>
+        <v>204</v>
       </c>
       <c r="B115" t="s">
-        <v>215</v>
+        <v>204</v>
       </c>
       <c r="C115" t="s">
-        <v>130</v>
+        <v>231</v>
       </c>
       <c r="D115" t="s">
-        <v>130</v>
+        <v>231</v>
       </c>
       <c r="E115" s="2" t="s">
-        <v>228</v>
+        <v>232</v>
       </c>
       <c r="F115" s="2"/>
     </row>
     <row r="116" spans="1:6">
       <c r="A116" t="s">
-        <v>215</v>
+        <v>204</v>
       </c>
       <c r="B116" t="s">
-        <v>215</v>
+        <v>204</v>
       </c>
       <c r="C116" t="s">
-        <v>229</v>
+        <v>233</v>
       </c>
       <c r="D116" t="s">
-        <v>229</v>
+        <v>233</v>
       </c>
       <c r="E116" s="2" t="s">
-        <v>230</v>
+        <v>234</v>
       </c>
       <c r="F116" s="2"/>
     </row>
     <row r="117" spans="1:6">
       <c r="A117" t="s">
-        <v>215</v>
+        <v>204</v>
       </c>
       <c r="B117" t="s">
-        <v>215</v>
+        <v>204</v>
       </c>
       <c r="C117" t="s">
-        <v>231</v>
+        <v>235</v>
       </c>
       <c r="D117" t="s">
-        <v>231</v>
+        <v>235</v>
       </c>
       <c r="E117" s="2" t="s">
-        <v>232</v>
+        <v>236</v>
       </c>
       <c r="F117" s="2"/>
     </row>
     <row r="118" spans="1:6">
       <c r="A118" t="s">
-        <v>215</v>
+        <v>204</v>
       </c>
       <c r="B118" t="s">
-        <v>215</v>
+        <v>204</v>
       </c>
       <c r="C118" t="s">
-        <v>233</v>
+        <v>237</v>
       </c>
       <c r="D118" t="s">
-        <v>233</v>
+        <v>237</v>
       </c>
       <c r="E118" s="2" t="s">
-        <v>234</v>
+        <v>238</v>
       </c>
       <c r="F118" s="2"/>
     </row>
     <row r="119" spans="1:6">
       <c r="A119" t="s">
-        <v>215</v>
+        <v>204</v>
       </c>
       <c r="B119" t="s">
-        <v>215</v>
+        <v>204</v>
       </c>
       <c r="C119" t="s">
-        <v>235</v>
+        <v>239</v>
       </c>
       <c r="D119" t="s">
-        <v>235</v>
+        <v>239</v>
       </c>
       <c r="E119" s="2" t="s">
-        <v>236</v>
+        <v>240</v>
       </c>
       <c r="F119" s="2"/>
     </row>
     <row r="120" spans="1:6">
       <c r="A120" t="s">
-        <v>215</v>
+        <v>204</v>
       </c>
       <c r="B120" t="s">
-        <v>215</v>
+        <v>204</v>
       </c>
       <c r="C120" t="s">
-        <v>237</v>
+        <v>241</v>
       </c>
       <c r="D120" t="s">
-        <v>237</v>
+        <v>241</v>
       </c>
       <c r="E120" s="2" t="s">
-        <v>238</v>
+        <v>242</v>
       </c>
       <c r="F120" s="2"/>
     </row>
     <row r="121" spans="1:6">
       <c r="A121" t="s">
-        <v>215</v>
+        <v>204</v>
       </c>
       <c r="B121" t="s">
-        <v>215</v>
+        <v>204</v>
       </c>
       <c r="C121" t="s">
-        <v>239</v>
+        <v>243</v>
       </c>
       <c r="D121" t="s">
-        <v>239</v>
+        <v>243</v>
       </c>
       <c r="E121" s="2" t="s">
-        <v>240</v>
+        <v>244</v>
       </c>
       <c r="F121" s="2"/>
     </row>
     <row r="122" spans="1:6">
       <c r="A122" t="s">
-        <v>215</v>
+        <v>204</v>
       </c>
       <c r="B122" t="s">
-        <v>215</v>
+        <v>204</v>
       </c>
       <c r="C122" t="s">
-        <v>241</v>
+        <v>245</v>
       </c>
       <c r="D122" t="s">
-        <v>241</v>
+        <v>245</v>
       </c>
       <c r="E122" s="2" t="s">
-        <v>242</v>
+        <v>246</v>
       </c>
       <c r="F122" s="2"/>
     </row>
     <row r="123" spans="1:6">
       <c r="A123" t="s">
-        <v>215</v>
+        <v>204</v>
       </c>
       <c r="B123" t="s">
-        <v>215</v>
+        <v>204</v>
       </c>
       <c r="C123" t="s">
-        <v>243</v>
+        <v>247</v>
       </c>
       <c r="D123" t="s">
-        <v>243</v>
+        <v>247</v>
       </c>
       <c r="E123" s="2" t="s">
-        <v>244</v>
+        <v>248</v>
       </c>
       <c r="F123" s="2"/>
     </row>
     <row r="124" spans="1:6">
       <c r="A124" t="s">
-        <v>215</v>
+        <v>204</v>
       </c>
       <c r="B124" t="s">
-        <v>215</v>
+        <v>204</v>
       </c>
       <c r="C124" t="s">
-        <v>245</v>
+        <v>249</v>
       </c>
       <c r="D124" t="s">
-        <v>245</v>
+        <v>249</v>
       </c>
       <c r="E124" s="2" t="s">
-        <v>246</v>
+        <v>250</v>
       </c>
       <c r="F124" s="2"/>
     </row>
     <row r="125" spans="1:6">
       <c r="A125" t="s">
-        <v>215</v>
+        <v>204</v>
       </c>
       <c r="B125" t="s">
-        <v>215</v>
+        <v>204</v>
       </c>
       <c r="C125" t="s">
-        <v>247</v>
+        <v>251</v>
       </c>
       <c r="D125" t="s">
-        <v>247</v>
+        <v>251</v>
       </c>
       <c r="E125" s="2" t="s">
-        <v>248</v>
+        <v>252</v>
       </c>
       <c r="F125" s="2"/>
     </row>
     <row r="126" spans="1:6">
       <c r="A126" t="s">
-        <v>215</v>
+        <v>204</v>
       </c>
       <c r="B126" t="s">
-        <v>215</v>
+        <v>204</v>
       </c>
       <c r="C126" t="s">
-        <v>249</v>
+        <v>253</v>
       </c>
       <c r="D126" t="s">
-        <v>249</v>
+        <v>253</v>
       </c>
       <c r="E126" s="2" t="s">
-        <v>250</v>
+        <v>254</v>
       </c>
       <c r="F126" s="2"/>
     </row>
     <row r="127" spans="1:6">
       <c r="A127" t="s">
-        <v>215</v>
+        <v>204</v>
       </c>
       <c r="B127" t="s">
-        <v>215</v>
+        <v>204</v>
       </c>
       <c r="C127" t="s">
-        <v>162</v>
+        <v>255</v>
       </c>
       <c r="D127" t="s">
-        <v>162</v>
+        <v>255</v>
       </c>
       <c r="E127" s="2" t="s">
-        <v>251</v>
+        <v>256</v>
       </c>
       <c r="F127" s="2"/>
     </row>
     <row r="128" spans="1:6">
       <c r="A128" t="s">
-        <v>215</v>
+        <v>204</v>
       </c>
       <c r="B128" t="s">
-        <v>215</v>
+        <v>204</v>
       </c>
       <c r="C128" t="s">
-        <v>252</v>
+        <v>257</v>
       </c>
       <c r="D128" t="s">
-        <v>252</v>
+        <v>257</v>
       </c>
       <c r="E128" s="2" t="s">
-        <v>253</v>
+        <v>258</v>
       </c>
       <c r="F128" s="2"/>
     </row>
     <row r="129" spans="1:6">
       <c r="A129" t="s">
-        <v>215</v>
+        <v>204</v>
       </c>
       <c r="B129" t="s">
-        <v>215</v>
+        <v>204</v>
       </c>
       <c r="C129" t="s">
-        <v>254</v>
+        <v>259</v>
       </c>
       <c r="D129" t="s">
-        <v>254</v>
+        <v>259</v>
       </c>
       <c r="E129" s="2" t="s">
-        <v>255</v>
+        <v>260</v>
       </c>
       <c r="F129" s="2"/>
     </row>
     <row r="130" spans="1:6">
       <c r="A130" t="s">
-        <v>215</v>
+        <v>204</v>
       </c>
       <c r="B130" t="s">
-        <v>215</v>
+        <v>204</v>
       </c>
       <c r="C130" t="s">
-        <v>256</v>
+        <v>261</v>
       </c>
       <c r="D130" t="s">
-        <v>256</v>
+        <v>261</v>
       </c>
       <c r="E130" s="2" t="s">
-        <v>257</v>
+        <v>262</v>
       </c>
       <c r="F130" s="2"/>
     </row>
     <row r="131" spans="1:6">
       <c r="A131" t="s">
-        <v>215</v>
+        <v>204</v>
       </c>
       <c r="B131" t="s">
-        <v>215</v>
+        <v>204</v>
       </c>
       <c r="C131" t="s">
-        <v>258</v>
+        <v>263</v>
       </c>
       <c r="D131" t="s">
-        <v>258</v>
+        <v>263</v>
       </c>
       <c r="E131" s="2" t="s">
-        <v>259</v>
+        <v>264</v>
       </c>
       <c r="F131" s="2"/>
     </row>
     <row r="132" spans="1:6">
       <c r="A132" t="s">
-        <v>215</v>
+        <v>204</v>
       </c>
       <c r="B132" t="s">
-        <v>215</v>
+        <v>204</v>
       </c>
       <c r="C132" t="s">
-        <v>260</v>
+        <v>265</v>
       </c>
       <c r="D132" t="s">
-        <v>260</v>
+        <v>265</v>
       </c>
       <c r="E132" s="2" t="s">
-        <v>261</v>
+        <v>266</v>
       </c>
       <c r="F132" s="2"/>
     </row>
     <row r="133" spans="1:6">
       <c r="A133" t="s">
-        <v>215</v>
+        <v>204</v>
       </c>
       <c r="B133" t="s">
-        <v>215</v>
+        <v>204</v>
       </c>
       <c r="C133" t="s">
-        <v>262</v>
+        <v>267</v>
       </c>
       <c r="D133" t="s">
-        <v>262</v>
+        <v>267</v>
       </c>
       <c r="E133" s="2" t="s">
-        <v>263</v>
+        <v>268</v>
       </c>
       <c r="F133" s="2"/>
     </row>
     <row r="134" spans="1:6">
       <c r="A134" t="s">
-        <v>215</v>
+        <v>204</v>
       </c>
       <c r="B134" t="s">
-        <v>215</v>
+        <v>204</v>
       </c>
       <c r="C134" t="s">
-        <v>264</v>
+        <v>269</v>
       </c>
       <c r="D134" t="s">
-        <v>264</v>
+        <v>269</v>
       </c>
       <c r="E134" s="2" t="s">
-        <v>265</v>
+        <v>270</v>
       </c>
       <c r="F134" s="2"/>
     </row>
     <row r="135" spans="1:6">
       <c r="A135" t="s">
-        <v>215</v>
+        <v>204</v>
       </c>
       <c r="B135" t="s">
-        <v>215</v>
+        <v>204</v>
       </c>
       <c r="C135" t="s">
-        <v>266</v>
+        <v>271</v>
       </c>
       <c r="D135" t="s">
-        <v>266</v>
+        <v>271</v>
       </c>
       <c r="E135" s="2" t="s">
-        <v>267</v>
+        <v>272</v>
       </c>
       <c r="F135" s="2"/>
     </row>
     <row r="136" spans="1:6">
       <c r="A136" t="s">
-        <v>215</v>
+        <v>204</v>
       </c>
       <c r="B136" t="s">
-        <v>215</v>
+        <v>204</v>
       </c>
       <c r="C136" t="s">
-        <v>268</v>
+        <v>273</v>
       </c>
       <c r="D136" t="s">
-        <v>268</v>
+        <v>273</v>
       </c>
       <c r="E136" s="2" t="s">
-        <v>269</v>
+        <v>274</v>
       </c>
       <c r="F136" s="2"/>
     </row>
     <row r="137" spans="1:6">
       <c r="A137" t="s">
-        <v>215</v>
+        <v>275</v>
       </c>
       <c r="B137" t="s">
-        <v>215</v>
+        <v>275</v>
       </c>
       <c r="C137" t="s">
-        <v>270</v>
+        <v>276</v>
       </c>
       <c r="D137" t="s">
-        <v>270</v>
+        <v>276</v>
       </c>
       <c r="E137" s="2" t="s">
-        <v>271</v>
+        <v>277</v>
       </c>
       <c r="F137" s="2"/>
     </row>
     <row r="138" spans="1:6">
       <c r="A138" t="s">
-        <v>215</v>
+        <v>275</v>
       </c>
       <c r="B138" t="s">
-        <v>215</v>
+        <v>275</v>
       </c>
       <c r="C138" t="s">
-        <v>272</v>
+        <v>278</v>
       </c>
       <c r="D138" t="s">
-        <v>272</v>
+        <v>278</v>
       </c>
       <c r="E138" s="2" t="s">
-        <v>273</v>
+        <v>279</v>
       </c>
       <c r="F138" s="2"/>
     </row>
     <row r="139" spans="1:6">
       <c r="A139" t="s">
-        <v>215</v>
+        <v>275</v>
       </c>
       <c r="B139" t="s">
-        <v>215</v>
+        <v>275</v>
       </c>
       <c r="C139" t="s">
-        <v>274</v>
+        <v>280</v>
       </c>
       <c r="D139" t="s">
-        <v>274</v>
+        <v>280</v>
       </c>
       <c r="E139" s="2" t="s">
-        <v>275</v>
+        <v>281</v>
       </c>
       <c r="F139" s="2"/>
     </row>
     <row r="140" spans="1:6">
       <c r="A140" t="s">
-        <v>215</v>
+        <v>275</v>
       </c>
       <c r="B140" t="s">
-        <v>215</v>
+        <v>275</v>
       </c>
       <c r="C140" t="s">
-        <v>276</v>
+        <v>282</v>
       </c>
       <c r="D140" t="s">
-        <v>276</v>
+        <v>282</v>
       </c>
       <c r="E140" s="2" t="s">
-        <v>277</v>
+        <v>283</v>
       </c>
       <c r="F140" s="2"/>
     </row>
     <row r="141" spans="1:6">
       <c r="A141" t="s">
-        <v>215</v>
+        <v>275</v>
       </c>
       <c r="B141" t="s">
-        <v>215</v>
+        <v>275</v>
       </c>
       <c r="C141" t="s">
-        <v>278</v>
+        <v>284</v>
       </c>
       <c r="D141" t="s">
-        <v>278</v>
+        <v>284</v>
       </c>
       <c r="E141" s="2" t="s">
-        <v>279</v>
+        <v>285</v>
       </c>
       <c r="F141" s="2"/>
     </row>
     <row r="142" spans="1:6">
       <c r="A142" t="s">
-        <v>215</v>
+        <v>275</v>
       </c>
       <c r="B142" t="s">
-        <v>215</v>
+        <v>275</v>
       </c>
       <c r="C142" t="s">
-        <v>280</v>
+        <v>286</v>
       </c>
       <c r="D142" t="s">
-        <v>280</v>
+        <v>286</v>
       </c>
       <c r="E142" s="2" t="s">
-        <v>281</v>
+        <v>287</v>
       </c>
       <c r="F142" s="2"/>
     </row>
     <row r="143" spans="1:6">
       <c r="A143" t="s">
-        <v>215</v>
+        <v>275</v>
       </c>
       <c r="B143" t="s">
-        <v>215</v>
+        <v>275</v>
       </c>
       <c r="C143" t="s">
-        <v>282</v>
+        <v>288</v>
       </c>
       <c r="D143" t="s">
-        <v>282</v>
+        <v>288</v>
       </c>
       <c r="E143" s="2" t="s">
-        <v>283</v>
+        <v>289</v>
       </c>
       <c r="F143" s="2"/>
     </row>
     <row r="144" spans="1:6">
       <c r="A144" t="s">
-        <v>284</v>
+        <v>275</v>
       </c>
       <c r="B144" t="s">
-        <v>284</v>
+        <v>275</v>
       </c>
       <c r="C144" t="s">
-        <v>285</v>
+        <v>290</v>
       </c>
       <c r="D144" t="s">
-        <v>285</v>
+        <v>290</v>
       </c>
       <c r="E144" s="2" t="s">
-        <v>286</v>
+        <v>291</v>
       </c>
       <c r="F144" s="2"/>
     </row>
     <row r="145" spans="1:6">
       <c r="A145" t="s">
-        <v>284</v>
+        <v>275</v>
       </c>
       <c r="B145" t="s">
-        <v>284</v>
+        <v>275</v>
       </c>
       <c r="C145" t="s">
-        <v>287</v>
+        <v>292</v>
       </c>
       <c r="D145" t="s">
-        <v>287</v>
+        <v>292</v>
       </c>
       <c r="E145" s="2" t="s">
-        <v>288</v>
+        <v>293</v>
       </c>
       <c r="F145" s="2"/>
     </row>
     <row r="146" spans="1:6">
       <c r="A146" t="s">
-        <v>284</v>
+        <v>275</v>
       </c>
       <c r="B146" t="s">
-        <v>284</v>
+        <v>275</v>
       </c>
       <c r="C146" t="s">
-        <v>289</v>
+        <v>294</v>
       </c>
       <c r="D146" t="s">
-        <v>289</v>
+        <v>294</v>
       </c>
       <c r="E146" s="2" t="s">
-        <v>290</v>
+        <v>295</v>
       </c>
       <c r="F146" s="2"/>
     </row>
     <row r="147" spans="1:6">
       <c r="A147" t="s">
-        <v>284</v>
+        <v>275</v>
       </c>
       <c r="B147" t="s">
-        <v>284</v>
+        <v>275</v>
       </c>
       <c r="C147" t="s">
-        <v>291</v>
+        <v>296</v>
       </c>
       <c r="D147" t="s">
-        <v>291</v>
+        <v>296</v>
       </c>
       <c r="E147" s="2" t="s">
-        <v>292</v>
+        <v>297</v>
       </c>
       <c r="F147" s="2"/>
     </row>
     <row r="148" spans="1:6">
       <c r="A148" t="s">
-        <v>284</v>
+        <v>275</v>
       </c>
       <c r="B148" t="s">
-        <v>284</v>
+        <v>275</v>
       </c>
       <c r="C148" t="s">
-        <v>293</v>
+        <v>298</v>
       </c>
       <c r="D148" t="s">
-        <v>293</v>
+        <v>298</v>
       </c>
       <c r="E148" s="2" t="s">
-        <v>294</v>
+        <v>299</v>
       </c>
       <c r="F148" s="2"/>
     </row>
     <row r="149" spans="1:6">
       <c r="A149" t="s">
-        <v>284</v>
+        <v>275</v>
       </c>
       <c r="B149" t="s">
-        <v>284</v>
+        <v>275</v>
       </c>
       <c r="C149" t="s">
-        <v>295</v>
+        <v>173</v>
       </c>
       <c r="D149" t="s">
-        <v>295</v>
+        <v>173</v>
       </c>
       <c r="E149" s="2" t="s">
-        <v>296</v>
+        <v>300</v>
       </c>
       <c r="F149" s="2"/>
     </row>
     <row r="150" spans="1:6">
       <c r="A150" t="s">
-        <v>284</v>
+        <v>275</v>
       </c>
       <c r="B150" t="s">
-        <v>284</v>
+        <v>275</v>
       </c>
       <c r="C150" t="s">
-        <v>297</v>
+        <v>301</v>
       </c>
       <c r="D150" t="s">
-        <v>297</v>
+        <v>301</v>
       </c>
       <c r="E150" s="2" t="s">
-        <v>298</v>
+        <v>302</v>
       </c>
       <c r="F150" s="2"/>
     </row>
     <row r="151" spans="1:6">
       <c r="A151" t="s">
-        <v>284</v>
+        <v>275</v>
       </c>
       <c r="B151" t="s">
-        <v>284</v>
+        <v>275</v>
       </c>
       <c r="C151" t="s">
-        <v>299</v>
+        <v>303</v>
       </c>
       <c r="D151" t="s">
-        <v>299</v>
+        <v>303</v>
       </c>
       <c r="E151" s="2" t="s">
-        <v>300</v>
+        <v>304</v>
       </c>
       <c r="F151" s="2"/>
     </row>
     <row r="152" spans="1:6">
       <c r="A152" t="s">
-        <v>284</v>
+        <v>275</v>
       </c>
       <c r="B152" t="s">
-        <v>284</v>
+        <v>275</v>
       </c>
       <c r="C152" t="s">
-        <v>301</v>
+        <v>305</v>
       </c>
       <c r="D152" t="s">
-        <v>301</v>
+        <v>305</v>
       </c>
       <c r="E152" s="2" t="s">
-        <v>302</v>
+        <v>306</v>
       </c>
       <c r="F152" s="2"/>
     </row>
     <row r="153" spans="1:6">
       <c r="A153" t="s">
-        <v>284</v>
+        <v>275</v>
       </c>
       <c r="B153" t="s">
-        <v>284</v>
+        <v>275</v>
       </c>
       <c r="C153" t="s">
-        <v>303</v>
+        <v>307</v>
       </c>
       <c r="D153" t="s">
-        <v>303</v>
+        <v>307</v>
       </c>
       <c r="E153" s="2" t="s">
-        <v>304</v>
+        <v>308</v>
       </c>
       <c r="F153" s="2"/>
     </row>
     <row r="154" spans="1:6">
       <c r="A154" t="s">
-        <v>284</v>
+        <v>275</v>
       </c>
       <c r="B154" t="s">
-        <v>284</v>
+        <v>275</v>
       </c>
       <c r="C154" t="s">
-        <v>305</v>
+        <v>309</v>
       </c>
       <c r="D154" t="s">
-        <v>305</v>
+        <v>309</v>
       </c>
       <c r="E154" s="2" t="s">
-        <v>306</v>
+        <v>310</v>
       </c>
       <c r="F154" s="2"/>
     </row>
     <row r="155" spans="1:6">
       <c r="A155" t="s">
-        <v>284</v>
+        <v>275</v>
       </c>
       <c r="B155" t="s">
-        <v>284</v>
+        <v>275</v>
       </c>
       <c r="C155" t="s">
-        <v>307</v>
+        <v>311</v>
       </c>
       <c r="D155" t="s">
-        <v>307</v>
+        <v>311</v>
       </c>
       <c r="E155" s="2" t="s">
-        <v>308</v>
+        <v>312</v>
       </c>
       <c r="F155" s="2"/>
     </row>
     <row r="156" spans="1:6">
       <c r="A156" t="s">
-        <v>284</v>
+        <v>275</v>
       </c>
       <c r="B156" t="s">
-        <v>284</v>
+        <v>275</v>
       </c>
       <c r="C156" t="s">
-        <v>181</v>
+        <v>313</v>
       </c>
       <c r="D156" t="s">
-        <v>181</v>
+        <v>313</v>
       </c>
       <c r="E156" s="2" t="s">
-        <v>309</v>
+        <v>314</v>
       </c>
       <c r="F156" s="2"/>
     </row>
     <row r="157" spans="1:6">
       <c r="A157" t="s">
-        <v>284</v>
+        <v>275</v>
       </c>
       <c r="B157" t="s">
-        <v>284</v>
+        <v>275</v>
       </c>
       <c r="C157" t="s">
-        <v>310</v>
+        <v>315</v>
       </c>
       <c r="D157" t="s">
-        <v>310</v>
+        <v>315</v>
       </c>
       <c r="E157" s="2" t="s">
-        <v>311</v>
+        <v>316</v>
       </c>
       <c r="F157" s="2"/>
     </row>
     <row r="158" spans="1:6">
       <c r="A158" t="s">
-        <v>284</v>
+        <v>275</v>
       </c>
       <c r="B158" t="s">
-        <v>284</v>
+        <v>275</v>
       </c>
       <c r="C158" t="s">
-        <v>312</v>
+        <v>317</v>
       </c>
       <c r="D158" t="s">
-        <v>312</v>
+        <v>317</v>
       </c>
       <c r="E158" s="2" t="s">
-        <v>313</v>
+        <v>318</v>
       </c>
       <c r="F158" s="2"/>
     </row>
     <row r="159" spans="1:6">
       <c r="A159" t="s">
-        <v>284</v>
+        <v>275</v>
       </c>
       <c r="B159" t="s">
-        <v>284</v>
+        <v>275</v>
       </c>
       <c r="C159" t="s">
-        <v>314</v>
+        <v>319</v>
       </c>
       <c r="D159" t="s">
-        <v>314</v>
+        <v>319</v>
       </c>
       <c r="E159" s="2" t="s">
-        <v>315</v>
+        <v>320</v>
       </c>
       <c r="F159" s="2"/>
     </row>
     <row r="160" spans="1:6">
       <c r="A160" t="s">
-        <v>284</v>
+        <v>275</v>
       </c>
       <c r="B160" t="s">
-        <v>284</v>
+        <v>275</v>
       </c>
       <c r="C160" t="s">
-        <v>316</v>
+        <v>321</v>
       </c>
       <c r="D160" t="s">
-        <v>316</v>
+        <v>321</v>
       </c>
       <c r="E160" s="2" t="s">
-        <v>317</v>
+        <v>322</v>
       </c>
       <c r="F160" s="2"/>
     </row>
     <row r="161" spans="1:6">
       <c r="A161" t="s">
-        <v>284</v>
+        <v>275</v>
       </c>
       <c r="B161" t="s">
-        <v>284</v>
+        <v>275</v>
       </c>
       <c r="C161" t="s">
-        <v>318</v>
+        <v>323</v>
       </c>
       <c r="D161" t="s">
-        <v>318</v>
+        <v>323</v>
       </c>
       <c r="E161" s="2" t="s">
-        <v>319</v>
+        <v>324</v>
       </c>
       <c r="F161" s="2"/>
     </row>
     <row r="162" spans="1:6">
       <c r="A162" t="s">
-        <v>284</v>
+        <v>275</v>
       </c>
       <c r="B162" t="s">
-        <v>284</v>
+        <v>275</v>
       </c>
       <c r="C162" t="s">
-        <v>320</v>
+        <v>325</v>
       </c>
       <c r="D162" t="s">
-        <v>320</v>
+        <v>325</v>
       </c>
       <c r="E162" s="2" t="s">
-        <v>321</v>
+        <v>326</v>
       </c>
       <c r="F162" s="2"/>
     </row>
     <row r="163" spans="1:6">
       <c r="A163" t="s">
-        <v>284</v>
+        <v>275</v>
       </c>
       <c r="B163" t="s">
-        <v>284</v>
+        <v>275</v>
       </c>
       <c r="C163" t="s">
-        <v>322</v>
+        <v>327</v>
       </c>
       <c r="D163" t="s">
-        <v>322</v>
+        <v>327</v>
       </c>
       <c r="E163" s="2" t="s">
-        <v>323</v>
+        <v>328</v>
       </c>
       <c r="F163" s="2"/>
     </row>
     <row r="164" spans="1:6">
       <c r="A164" t="s">
-        <v>284</v>
+        <v>275</v>
       </c>
       <c r="B164" t="s">
-        <v>284</v>
+        <v>275</v>
       </c>
       <c r="C164" t="s">
-        <v>324</v>
+        <v>329</v>
       </c>
       <c r="D164" t="s">
-        <v>324</v>
+        <v>329</v>
       </c>
       <c r="E164" s="2" t="s">
-        <v>325</v>
+        <v>330</v>
       </c>
       <c r="F164" s="2"/>
     </row>
     <row r="165" spans="1:6">
       <c r="A165" t="s">
-        <v>284</v>
+        <v>275</v>
       </c>
       <c r="B165" t="s">
-        <v>284</v>
+        <v>275</v>
       </c>
       <c r="C165" t="s">
-        <v>326</v>
+        <v>331</v>
       </c>
       <c r="D165" t="s">
-        <v>326</v>
+        <v>331</v>
       </c>
       <c r="E165" s="2" t="s">
-        <v>327</v>
+        <v>332</v>
       </c>
       <c r="F165" s="2"/>
     </row>
     <row r="166" spans="1:6">
       <c r="A166" t="s">
-        <v>284</v>
+        <v>275</v>
       </c>
       <c r="B166" t="s">
-        <v>284</v>
+        <v>275</v>
       </c>
       <c r="C166" t="s">
-        <v>328</v>
+        <v>333</v>
       </c>
       <c r="D166" t="s">
-        <v>328</v>
+        <v>333</v>
       </c>
       <c r="E166" s="2" t="s">
-        <v>329</v>
+        <v>334</v>
       </c>
       <c r="F166" s="2"/>
     </row>
     <row r="167" spans="1:6">
       <c r="A167" t="s">
-        <v>284</v>
+        <v>275</v>
       </c>
       <c r="B167" t="s">
-        <v>284</v>
+        <v>275</v>
       </c>
       <c r="C167" t="s">
-        <v>330</v>
+        <v>335</v>
       </c>
       <c r="D167" t="s">
-        <v>330</v>
+        <v>335</v>
       </c>
       <c r="E167" s="2" t="s">
-        <v>331</v>
+        <v>336</v>
       </c>
       <c r="F167" s="2"/>
     </row>
     <row r="168" spans="1:6">
       <c r="A168" t="s">
-        <v>284</v>
+        <v>275</v>
       </c>
       <c r="B168" t="s">
-        <v>284</v>
+        <v>275</v>
       </c>
       <c r="C168" t="s">
-        <v>332</v>
+        <v>337</v>
       </c>
       <c r="D168" t="s">
-        <v>332</v>
+        <v>337</v>
       </c>
       <c r="E168" s="2" t="s">
-        <v>333</v>
+        <v>338</v>
       </c>
       <c r="F168" s="2"/>
     </row>
     <row r="169" spans="1:6">
       <c r="A169" t="s">
-        <v>284</v>
+        <v>275</v>
       </c>
       <c r="B169" t="s">
-        <v>284</v>
+        <v>275</v>
       </c>
       <c r="C169" t="s">
-        <v>334</v>
+        <v>339</v>
       </c>
       <c r="D169" t="s">
-        <v>334</v>
+        <v>339</v>
       </c>
       <c r="E169" s="2" t="s">
-        <v>335</v>
+        <v>340</v>
       </c>
       <c r="F169" s="2"/>
     </row>
     <row r="170" spans="1:6">
       <c r="A170" t="s">
-        <v>284</v>
+        <v>275</v>
       </c>
       <c r="B170" t="s">
-        <v>284</v>
+        <v>275</v>
       </c>
       <c r="C170" t="s">
-        <v>336</v>
+        <v>341</v>
       </c>
       <c r="D170" t="s">
-        <v>336</v>
+        <v>341</v>
       </c>
       <c r="E170" s="2" t="s">
-        <v>337</v>
+        <v>342</v>
       </c>
       <c r="F170" s="2"/>
     </row>
     <row r="171" spans="1:6">
       <c r="A171" t="s">
-        <v>284</v>
+        <v>275</v>
       </c>
       <c r="B171" t="s">
-        <v>284</v>
+        <v>275</v>
       </c>
       <c r="C171" t="s">
-        <v>338</v>
+        <v>343</v>
       </c>
       <c r="D171" t="s">
-        <v>338</v>
+        <v>343</v>
       </c>
       <c r="E171" s="2" t="s">
-        <v>339</v>
+        <v>344</v>
       </c>
       <c r="F171" s="2"/>
     </row>
     <row r="172" spans="1:6">
       <c r="A172" t="s">
-        <v>284</v>
+        <v>275</v>
       </c>
       <c r="B172" t="s">
-        <v>284</v>
+        <v>275</v>
       </c>
       <c r="C172" t="s">
-        <v>340</v>
+        <v>345</v>
       </c>
       <c r="D172" t="s">
-        <v>340</v>
+        <v>345</v>
       </c>
       <c r="E172" s="2" t="s">
-        <v>341</v>
+        <v>346</v>
       </c>
       <c r="F172" s="2"/>
     </row>
     <row r="173" spans="1:6">
       <c r="A173" t="s">
-        <v>284</v>
+        <v>275</v>
       </c>
       <c r="B173" t="s">
-        <v>284</v>
+        <v>275</v>
       </c>
       <c r="C173" t="s">
-        <v>342</v>
+        <v>347</v>
       </c>
       <c r="D173" t="s">
-        <v>342</v>
+        <v>347</v>
       </c>
       <c r="E173" s="2" t="s">
-        <v>343</v>
+        <v>348</v>
       </c>
       <c r="F173" s="2"/>
     </row>
     <row r="174" spans="1:6">
       <c r="A174" t="s">
-        <v>284</v>
+        <v>275</v>
       </c>
       <c r="B174" t="s">
-        <v>284</v>
+        <v>275</v>
       </c>
       <c r="C174" t="s">
-        <v>344</v>
+        <v>349</v>
       </c>
       <c r="D174" t="s">
-        <v>344</v>
+        <v>349</v>
       </c>
       <c r="E174" s="2" t="s">
-        <v>345</v>
+        <v>350</v>
       </c>
       <c r="F174" s="2"/>
     </row>
     <row r="175" spans="1:6">
       <c r="A175" t="s">
-        <v>284</v>
+        <v>275</v>
       </c>
       <c r="B175" t="s">
-        <v>284</v>
+        <v>275</v>
       </c>
       <c r="C175" t="s">
-        <v>346</v>
+        <v>351</v>
       </c>
       <c r="D175" t="s">
-        <v>346</v>
+        <v>351</v>
       </c>
       <c r="E175" s="2" t="s">
-        <v>347</v>
+        <v>352</v>
       </c>
       <c r="F175" s="2"/>
     </row>
     <row r="176" spans="1:6">
       <c r="A176" t="s">
-        <v>284</v>
+        <v>275</v>
       </c>
       <c r="B176" t="s">
-        <v>284</v>
+        <v>275</v>
       </c>
       <c r="C176" t="s">
-        <v>348</v>
+        <v>353</v>
       </c>
       <c r="D176" t="s">
-        <v>348</v>
+        <v>353</v>
       </c>
       <c r="E176" s="2" t="s">
-        <v>349</v>
+        <v>354</v>
       </c>
       <c r="F176" s="2"/>
     </row>
     <row r="177" spans="1:6">
       <c r="A177" t="s">
-        <v>284</v>
+        <v>275</v>
       </c>
       <c r="B177" t="s">
-        <v>284</v>
+        <v>275</v>
       </c>
       <c r="C177" t="s">
-        <v>350</v>
+        <v>355</v>
       </c>
       <c r="D177" t="s">
-        <v>350</v>
+        <v>355</v>
       </c>
       <c r="E177" s="2" t="s">
-        <v>351</v>
+        <v>356</v>
       </c>
       <c r="F177" s="2"/>
     </row>
     <row r="178" spans="1:6">
       <c r="A178" t="s">
-        <v>284</v>
+        <v>275</v>
       </c>
       <c r="B178" t="s">
-        <v>284</v>
+        <v>275</v>
       </c>
       <c r="C178" t="s">
-        <v>352</v>
+        <v>357</v>
       </c>
       <c r="D178" t="s">
-        <v>352</v>
+        <v>357</v>
       </c>
       <c r="E178" s="2" t="s">
-        <v>353</v>
+        <v>358</v>
       </c>
       <c r="F178" s="2"/>
     </row>
     <row r="179" spans="1:6">
       <c r="A179" t="s">
-        <v>284</v>
+        <v>275</v>
       </c>
       <c r="B179" t="s">
-        <v>284</v>
+        <v>275</v>
       </c>
       <c r="C179" t="s">
-        <v>354</v>
+        <v>359</v>
       </c>
       <c r="D179" t="s">
-        <v>354</v>
+        <v>359</v>
       </c>
       <c r="E179" s="2" t="s">
-        <v>355</v>
+        <v>360</v>
       </c>
       <c r="F179" s="2"/>
     </row>
     <row r="180" spans="1:6">
       <c r="A180" t="s">
-        <v>284</v>
+        <v>361</v>
       </c>
       <c r="B180" t="s">
-        <v>284</v>
+        <v>361</v>
       </c>
       <c r="C180" t="s">
-        <v>356</v>
+        <v>362</v>
       </c>
       <c r="D180" t="s">
-        <v>356</v>
+        <v>362</v>
       </c>
       <c r="E180" s="2" t="s">
-        <v>357</v>
+        <v>363</v>
       </c>
       <c r="F180" s="2"/>
     </row>
     <row r="181" spans="1:6">
       <c r="A181" t="s">
-        <v>284</v>
+        <v>361</v>
       </c>
       <c r="B181" t="s">
-        <v>284</v>
+        <v>361</v>
       </c>
       <c r="C181" t="s">
-        <v>358</v>
+        <v>15</v>
       </c>
       <c r="D181" t="s">
-        <v>358</v>
+        <v>15</v>
       </c>
       <c r="E181" s="2" t="s">
-        <v>359</v>
+        <v>364</v>
       </c>
       <c r="F181" s="2"/>
     </row>
     <row r="182" spans="1:6">
       <c r="A182" t="s">
-        <v>284</v>
+        <v>361</v>
       </c>
       <c r="B182" t="s">
-        <v>284</v>
+        <v>361</v>
       </c>
       <c r="C182" t="s">
-        <v>360</v>
+        <v>365</v>
       </c>
       <c r="D182" t="s">
-        <v>360</v>
+        <v>365</v>
       </c>
       <c r="E182" s="2" t="s">
-        <v>361</v>
+        <v>366</v>
       </c>
       <c r="F182" s="2"/>
     </row>
     <row r="183" spans="1:6">
       <c r="A183" t="s">
-        <v>284</v>
+        <v>361</v>
       </c>
       <c r="B183" t="s">
-        <v>284</v>
+        <v>361</v>
       </c>
       <c r="C183" t="s">
-        <v>362</v>
+        <v>367</v>
       </c>
       <c r="D183" t="s">
-        <v>362</v>
+        <v>367</v>
       </c>
       <c r="E183" s="2" t="s">
-        <v>363</v>
+        <v>368</v>
       </c>
       <c r="F183" s="2"/>
     </row>
     <row r="184" spans="1:6">
       <c r="A184" t="s">
-        <v>284</v>
+        <v>361</v>
       </c>
       <c r="B184" t="s">
-        <v>284</v>
+        <v>361</v>
       </c>
       <c r="C184" t="s">
-        <v>364</v>
+        <v>369</v>
       </c>
       <c r="D184" t="s">
-        <v>364</v>
+        <v>369</v>
       </c>
       <c r="E184" s="2" t="s">
-        <v>365</v>
+        <v>370</v>
       </c>
       <c r="F184" s="2"/>
     </row>
     <row r="185" spans="1:6">
       <c r="A185" t="s">
-        <v>284</v>
+        <v>361</v>
       </c>
       <c r="B185" t="s">
-        <v>284</v>
+        <v>361</v>
       </c>
       <c r="C185" t="s">
-        <v>366</v>
+        <v>371</v>
       </c>
       <c r="D185" t="s">
-        <v>366</v>
+        <v>371</v>
       </c>
       <c r="E185" s="2" t="s">
-        <v>367</v>
+        <v>372</v>
       </c>
       <c r="F185" s="2"/>
     </row>
     <row r="186" spans="1:6">
       <c r="A186" t="s">
-        <v>284</v>
+        <v>373</v>
       </c>
       <c r="B186" t="s">
-        <v>284</v>
+        <v>373</v>
       </c>
       <c r="C186" t="s">
-        <v>368</v>
+        <v>374</v>
       </c>
       <c r="D186" t="s">
-        <v>368</v>
+        <v>374</v>
       </c>
       <c r="E186" s="2" t="s">
-        <v>369</v>
+        <v>375</v>
       </c>
       <c r="F186" s="2"/>
     </row>
     <row r="187" spans="1:6">
       <c r="A187" t="s">
-        <v>284</v>
+        <v>373</v>
       </c>
       <c r="B187" t="s">
-        <v>284</v>
+        <v>373</v>
       </c>
       <c r="C187" t="s">
-        <v>370</v>
+        <v>376</v>
       </c>
       <c r="D187" t="s">
-        <v>370</v>
+        <v>376</v>
       </c>
       <c r="E187" s="2" t="s">
-        <v>371</v>
+        <v>377</v>
       </c>
       <c r="F187" s="2"/>
     </row>
     <row r="188" spans="1:6">
       <c r="A188" t="s">
-        <v>284</v>
+        <v>373</v>
       </c>
       <c r="B188" t="s">
-        <v>284</v>
+        <v>373</v>
       </c>
       <c r="C188" t="s">
-        <v>372</v>
+        <v>378</v>
       </c>
       <c r="D188" t="s">
-        <v>372</v>
+        <v>378</v>
       </c>
       <c r="E188" s="2" t="s">
-        <v>373</v>
+        <v>379</v>
       </c>
       <c r="F188" s="2"/>
     </row>
     <row r="189" spans="1:6">
       <c r="A189" t="s">
-        <v>374</v>
+        <v>373</v>
       </c>
       <c r="B189" t="s">
-        <v>374</v>
+        <v>373</v>
       </c>
       <c r="C189" t="s">
-        <v>375</v>
+        <v>380</v>
       </c>
       <c r="D189" t="s">
-        <v>375</v>
+        <v>380</v>
       </c>
       <c r="E189" s="2" t="s">
-        <v>376</v>
+        <v>381</v>
       </c>
       <c r="F189" s="2"/>
     </row>
     <row r="190" spans="1:6">
       <c r="A190" t="s">
-        <v>374</v>
+        <v>373</v>
       </c>
       <c r="B190" t="s">
-        <v>374</v>
+        <v>373</v>
       </c>
       <c r="C190" t="s">
-        <v>15</v>
+        <v>382</v>
       </c>
       <c r="D190" t="s">
-        <v>15</v>
+        <v>382</v>
       </c>
       <c r="E190" s="2" t="s">
-        <v>377</v>
+        <v>383</v>
       </c>
       <c r="F190" s="2"/>
     </row>
     <row r="191" spans="1:6">
       <c r="A191" t="s">
-        <v>374</v>
+        <v>373</v>
       </c>
       <c r="B191" t="s">
-        <v>374</v>
+        <v>373</v>
       </c>
       <c r="C191" t="s">
-        <v>378</v>
+        <v>384</v>
       </c>
       <c r="D191" t="s">
-        <v>378</v>
+        <v>384</v>
       </c>
       <c r="E191" s="2" t="s">
-        <v>379</v>
+        <v>385</v>
       </c>
       <c r="F191" s="2"/>
     </row>
     <row r="192" spans="1:6">
       <c r="A192" t="s">
-        <v>374</v>
+        <v>373</v>
       </c>
       <c r="B192" t="s">
-        <v>374</v>
+        <v>373</v>
       </c>
       <c r="C192" t="s">
-        <v>380</v>
+        <v>386</v>
       </c>
       <c r="D192" t="s">
-        <v>380</v>
+        <v>386</v>
       </c>
       <c r="E192" s="2" t="s">
-        <v>381</v>
+        <v>387</v>
       </c>
       <c r="F192" s="2"/>
     </row>
     <row r="193" spans="1:6">
       <c r="A193" t="s">
-        <v>374</v>
+        <v>373</v>
       </c>
       <c r="B193" t="s">
-        <v>374</v>
+        <v>373</v>
       </c>
       <c r="C193" t="s">
-        <v>382</v>
+        <v>217</v>
       </c>
       <c r="D193" t="s">
-        <v>382</v>
+        <v>217</v>
       </c>
       <c r="E193" s="2" t="s">
-        <v>383</v>
+        <v>388</v>
       </c>
       <c r="F193" s="2"/>
     </row>
     <row r="194" spans="1:6">
       <c r="A194" t="s">
-        <v>374</v>
+        <v>373</v>
       </c>
       <c r="B194" t="s">
-        <v>374</v>
+        <v>373</v>
       </c>
       <c r="C194" t="s">
-        <v>384</v>
+        <v>389</v>
       </c>
       <c r="D194" t="s">
-        <v>384</v>
+        <v>389</v>
       </c>
       <c r="E194" s="2" t="s">
-        <v>385</v>
+        <v>390</v>
       </c>
       <c r="F194" s="2"/>
     </row>
     <row r="195" spans="1:6">
       <c r="A195" t="s">
-        <v>386</v>
+        <v>373</v>
       </c>
       <c r="B195" t="s">
-        <v>386</v>
+        <v>373</v>
       </c>
       <c r="C195" t="s">
-        <v>387</v>
+        <v>391</v>
       </c>
       <c r="D195" t="s">
-        <v>387</v>
+        <v>391</v>
       </c>
       <c r="E195" s="2" t="s">
-        <v>388</v>
+        <v>392</v>
       </c>
       <c r="F195" s="2"/>
     </row>
     <row r="196" spans="1:6">
       <c r="A196" t="s">
-        <v>386</v>
+        <v>373</v>
       </c>
       <c r="B196" t="s">
-        <v>386</v>
+        <v>373</v>
       </c>
       <c r="C196" t="s">
-        <v>389</v>
+        <v>393</v>
       </c>
       <c r="D196" t="s">
-        <v>389</v>
+        <v>393</v>
       </c>
       <c r="E196" s="2" t="s">
-        <v>390</v>
+        <v>394</v>
       </c>
       <c r="F196" s="2"/>
     </row>
     <row r="197" spans="1:6">
       <c r="A197" t="s">
-        <v>386</v>
+        <v>373</v>
       </c>
       <c r="B197" t="s">
-        <v>386</v>
+        <v>373</v>
       </c>
       <c r="C197" t="s">
-        <v>391</v>
+        <v>395</v>
       </c>
       <c r="D197" t="s">
-        <v>391</v>
+        <v>395</v>
       </c>
       <c r="E197" s="2" t="s">
-        <v>392</v>
+        <v>396</v>
       </c>
       <c r="F197" s="2"/>
     </row>
     <row r="198" spans="1:6">
       <c r="A198" t="s">
-        <v>386</v>
+        <v>373</v>
       </c>
       <c r="B198" t="s">
-        <v>386</v>
+        <v>373</v>
       </c>
       <c r="C198" t="s">
-        <v>393</v>
+        <v>397</v>
       </c>
       <c r="D198" t="s">
-        <v>393</v>
+        <v>397</v>
       </c>
       <c r="E198" s="2" t="s">
-        <v>394</v>
+        <v>398</v>
       </c>
       <c r="F198" s="2"/>
     </row>
     <row r="199" spans="1:6">
       <c r="A199" t="s">
-        <v>386</v>
+        <v>373</v>
       </c>
       <c r="B199" t="s">
-        <v>386</v>
+        <v>373</v>
       </c>
       <c r="C199" t="s">
-        <v>395</v>
+        <v>399</v>
       </c>
       <c r="D199" t="s">
-        <v>395</v>
+        <v>399</v>
       </c>
       <c r="E199" s="2" t="s">
-        <v>396</v>
+        <v>400</v>
       </c>
       <c r="F199" s="2"/>
     </row>
     <row r="200" spans="1:6">
       <c r="A200" t="s">
-        <v>386</v>
+        <v>373</v>
       </c>
       <c r="B200" t="s">
-        <v>386</v>
+        <v>373</v>
       </c>
       <c r="C200" t="s">
-        <v>397</v>
+        <v>401</v>
       </c>
       <c r="D200" t="s">
-        <v>397</v>
+        <v>401</v>
       </c>
       <c r="E200" s="2" t="s">
-        <v>398</v>
+        <v>402</v>
       </c>
       <c r="F200" s="2"/>
     </row>
     <row r="201" spans="1:6">
       <c r="A201" t="s">
-        <v>386</v>
+        <v>373</v>
       </c>
       <c r="B201" t="s">
-        <v>386</v>
+        <v>373</v>
       </c>
       <c r="C201" t="s">
-        <v>399</v>
+        <v>403</v>
       </c>
       <c r="D201" t="s">
-        <v>399</v>
+        <v>403</v>
       </c>
       <c r="E201" s="2" t="s">
-        <v>400</v>
+        <v>404</v>
       </c>
       <c r="F201" s="2"/>
     </row>
     <row r="202" spans="1:6">
       <c r="A202" t="s">
-        <v>386</v>
+        <v>373</v>
       </c>
       <c r="B202" t="s">
-        <v>386</v>
+        <v>373</v>
       </c>
       <c r="C202" t="s">
-        <v>130</v>
+        <v>405</v>
       </c>
       <c r="D202" t="s">
-        <v>130</v>
+        <v>405</v>
       </c>
       <c r="E202" s="2" t="s">
-        <v>401</v>
+        <v>406</v>
       </c>
       <c r="F202" s="2"/>
     </row>
     <row r="203" spans="1:6">
       <c r="A203" t="s">
-        <v>386</v>
+        <v>373</v>
       </c>
       <c r="B203" t="s">
-        <v>386</v>
+        <v>373</v>
       </c>
       <c r="C203" t="s">
-        <v>402</v>
+        <v>407</v>
       </c>
       <c r="D203" t="s">
-        <v>402</v>
+        <v>407</v>
       </c>
       <c r="E203" s="2" t="s">
-        <v>403</v>
+        <v>408</v>
       </c>
       <c r="F203" s="2"/>
     </row>
     <row r="204" spans="1:6">
       <c r="A204" t="s">
-        <v>386</v>
+        <v>373</v>
       </c>
       <c r="B204" t="s">
-        <v>386</v>
+        <v>373</v>
       </c>
       <c r="C204" t="s">
-        <v>404</v>
+        <v>138</v>
       </c>
       <c r="D204" t="s">
-        <v>404</v>
+        <v>138</v>
       </c>
       <c r="E204" s="2" t="s">
-        <v>405</v>
+        <v>409</v>
       </c>
       <c r="F204" s="2"/>
     </row>
     <row r="205" spans="1:6">
       <c r="A205" t="s">
-        <v>386</v>
+        <v>373</v>
       </c>
       <c r="B205" t="s">
-        <v>386</v>
+        <v>373</v>
       </c>
       <c r="C205" t="s">
-        <v>406</v>
+        <v>410</v>
       </c>
       <c r="D205" t="s">
-        <v>406</v>
+        <v>410</v>
       </c>
       <c r="E205" s="2" t="s">
-        <v>407</v>
+        <v>411</v>
       </c>
       <c r="F205" s="2"/>
     </row>
     <row r="206" spans="1:6">
       <c r="A206" t="s">
-        <v>386</v>
+        <v>373</v>
       </c>
       <c r="B206" t="s">
-        <v>386</v>
+        <v>373</v>
       </c>
       <c r="C206" t="s">
-        <v>408</v>
+        <v>140</v>
       </c>
       <c r="D206" t="s">
-        <v>408</v>
+        <v>140</v>
       </c>
       <c r="E206" s="2" t="s">
-        <v>409</v>
+        <v>412</v>
       </c>
       <c r="F206" s="2"/>
     </row>
     <row r="207" spans="1:6">
       <c r="A207" t="s">
-        <v>386</v>
+        <v>373</v>
       </c>
       <c r="B207" t="s">
-        <v>386</v>
+        <v>373</v>
       </c>
       <c r="C207" t="s">
-        <v>410</v>
+        <v>413</v>
       </c>
       <c r="D207" t="s">
-        <v>410</v>
+        <v>413</v>
       </c>
       <c r="E207" s="2" t="s">
-        <v>411</v>
+        <v>414</v>
       </c>
       <c r="F207" s="2"/>
     </row>
     <row r="208" spans="1:6">
       <c r="A208" t="s">
-        <v>386</v>
+        <v>373</v>
       </c>
       <c r="B208" t="s">
-        <v>386</v>
+        <v>373</v>
       </c>
       <c r="C208" t="s">
-        <v>412</v>
+        <v>415</v>
       </c>
       <c r="D208" t="s">
-        <v>412</v>
+        <v>415</v>
       </c>
       <c r="E208" s="2" t="s">
-        <v>413</v>
+        <v>416</v>
       </c>
       <c r="F208" s="2"/>
     </row>
     <row r="209" spans="1:6">
       <c r="A209" t="s">
-        <v>386</v>
+        <v>373</v>
       </c>
       <c r="B209" t="s">
-        <v>386</v>
+        <v>373</v>
       </c>
       <c r="C209" t="s">
-        <v>414</v>
+        <v>417</v>
       </c>
       <c r="D209" t="s">
-        <v>414</v>
+        <v>417</v>
       </c>
       <c r="E209" s="2" t="s">
-        <v>415</v>
+        <v>418</v>
       </c>
       <c r="F209" s="2"/>
     </row>
     <row r="210" spans="1:6">
       <c r="A210" t="s">
-        <v>386</v>
+        <v>373</v>
       </c>
       <c r="B210" t="s">
-        <v>386</v>
+        <v>373</v>
       </c>
       <c r="C210" t="s">
-        <v>416</v>
+        <v>419</v>
       </c>
       <c r="D210" t="s">
-        <v>416</v>
+        <v>419</v>
       </c>
       <c r="E210" s="2" t="s">
-        <v>417</v>
+        <v>420</v>
       </c>
       <c r="F210" s="2"/>
     </row>
     <row r="211" spans="1:6">
       <c r="A211" t="s">
-        <v>386</v>
+        <v>373</v>
       </c>
       <c r="B211" t="s">
-        <v>386</v>
+        <v>373</v>
       </c>
       <c r="C211" t="s">
-        <v>418</v>
+        <v>421</v>
       </c>
       <c r="D211" t="s">
-        <v>418</v>
+        <v>421</v>
       </c>
       <c r="E211" s="2" t="s">
-        <v>419</v>
+        <v>422</v>
       </c>
       <c r="F211" s="2"/>
     </row>
     <row r="212" spans="1:6">
       <c r="A212" t="s">
-        <v>386</v>
+        <v>373</v>
       </c>
       <c r="B212" t="s">
-        <v>386</v>
+        <v>373</v>
       </c>
       <c r="C212" t="s">
-        <v>420</v>
+        <v>423</v>
       </c>
       <c r="D212" t="s">
-        <v>420</v>
+        <v>423</v>
       </c>
       <c r="E212" s="2" t="s">
-        <v>421</v>
+        <v>424</v>
       </c>
       <c r="F212" s="2"/>
     </row>
     <row r="213" spans="1:6">
       <c r="A213" t="s">
-        <v>386</v>
+        <v>373</v>
       </c>
       <c r="B213" t="s">
-        <v>386</v>
+        <v>373</v>
       </c>
       <c r="C213" t="s">
-        <v>144</v>
+        <v>425</v>
       </c>
       <c r="D213" t="s">
-        <v>144</v>
+        <v>425</v>
       </c>
       <c r="E213" s="2" t="s">
-        <v>422</v>
+        <v>426</v>
       </c>
       <c r="F213" s="2"/>
     </row>
     <row r="214" spans="1:6">
       <c r="A214" t="s">
-        <v>386</v>
+        <v>373</v>
       </c>
       <c r="B214" t="s">
-        <v>386</v>
+        <v>373</v>
       </c>
       <c r="C214" t="s">
-        <v>423</v>
+        <v>427</v>
       </c>
       <c r="D214" t="s">
-        <v>423</v>
+        <v>427</v>
       </c>
       <c r="E214" s="2" t="s">
-        <v>424</v>
+        <v>428</v>
       </c>
       <c r="F214" s="2"/>
     </row>
     <row r="215" spans="1:6">
       <c r="A215" t="s">
-        <v>386</v>
+        <v>373</v>
       </c>
       <c r="B215" t="s">
-        <v>386</v>
+        <v>373</v>
       </c>
       <c r="C215" t="s">
-        <v>146</v>
+        <v>429</v>
       </c>
       <c r="D215" t="s">
-        <v>146</v>
+        <v>429</v>
       </c>
       <c r="E215" s="2" t="s">
-        <v>425</v>
+        <v>430</v>
       </c>
       <c r="F215" s="2"/>
     </row>
     <row r="216" spans="1:6">
       <c r="A216" t="s">
-        <v>386</v>
+        <v>373</v>
       </c>
       <c r="B216" t="s">
-        <v>386</v>
+        <v>373</v>
       </c>
       <c r="C216" t="s">
-        <v>426</v>
+        <v>431</v>
       </c>
       <c r="D216" t="s">
-        <v>426</v>
+        <v>431</v>
       </c>
       <c r="E216" s="2" t="s">
-        <v>427</v>
+        <v>432</v>
       </c>
       <c r="F216" s="2"/>
     </row>
     <row r="217" spans="1:6">
       <c r="A217" t="s">
-        <v>386</v>
+        <v>373</v>
       </c>
       <c r="B217" t="s">
-        <v>386</v>
+        <v>373</v>
       </c>
       <c r="C217" t="s">
-        <v>428</v>
+        <v>433</v>
       </c>
       <c r="D217" t="s">
-        <v>428</v>
+        <v>433</v>
       </c>
       <c r="E217" s="2" t="s">
-        <v>429</v>
+        <v>434</v>
       </c>
       <c r="F217" s="2"/>
     </row>
     <row r="218" spans="1:6">
       <c r="A218" t="s">
-        <v>386</v>
+        <v>373</v>
       </c>
       <c r="B218" t="s">
-        <v>386</v>
+        <v>373</v>
       </c>
       <c r="C218" t="s">
-        <v>430</v>
+        <v>435</v>
       </c>
       <c r="D218" t="s">
-        <v>430</v>
+        <v>435</v>
       </c>
       <c r="E218" s="2" t="s">
-        <v>431</v>
+        <v>436</v>
       </c>
       <c r="F218" s="2"/>
     </row>
     <row r="219" spans="1:6">
       <c r="A219" t="s">
-        <v>386</v>
+        <v>437</v>
       </c>
       <c r="B219" t="s">
-        <v>386</v>
+        <v>437</v>
       </c>
       <c r="C219" t="s">
-        <v>432</v>
+        <v>83</v>
       </c>
       <c r="D219" t="s">
-        <v>432</v>
+        <v>83</v>
       </c>
       <c r="E219" s="2" t="s">
-        <v>433</v>
+        <v>438</v>
       </c>
       <c r="F219" s="2"/>
     </row>
     <row r="220" spans="1:6">
       <c r="A220" t="s">
-        <v>386</v>
+        <v>437</v>
       </c>
       <c r="B220" t="s">
-        <v>386</v>
+        <v>437</v>
       </c>
       <c r="C220" t="s">
-        <v>434</v>
+        <v>439</v>
       </c>
       <c r="D220" t="s">
-        <v>434</v>
+        <v>439</v>
       </c>
       <c r="E220" s="2" t="s">
-        <v>435</v>
+        <v>440</v>
       </c>
       <c r="F220" s="2"/>
     </row>
     <row r="221" spans="1:6">
       <c r="A221" t="s">
-        <v>386</v>
+        <v>437</v>
       </c>
       <c r="B221" t="s">
-        <v>386</v>
+        <v>437</v>
       </c>
       <c r="C221" t="s">
-        <v>436</v>
+        <v>441</v>
       </c>
       <c r="D221" t="s">
-        <v>436</v>
+        <v>441</v>
       </c>
       <c r="E221" s="2" t="s">
-        <v>437</v>
+        <v>442</v>
       </c>
       <c r="F221" s="2"/>
     </row>
     <row r="222" spans="1:6">
       <c r="A222" t="s">
-        <v>386</v>
+        <v>437</v>
       </c>
       <c r="B222" t="s">
-        <v>386</v>
+        <v>437</v>
       </c>
       <c r="C222" t="s">
-        <v>438</v>
+        <v>443</v>
       </c>
       <c r="D222" t="s">
-        <v>438</v>
+        <v>443</v>
       </c>
       <c r="E222" s="2" t="s">
-        <v>439</v>
+        <v>444</v>
       </c>
       <c r="F222" s="2"/>
     </row>
     <row r="223" spans="1:6">
       <c r="A223" t="s">
-        <v>386</v>
+        <v>437</v>
       </c>
       <c r="B223" t="s">
-        <v>386</v>
+        <v>437</v>
       </c>
       <c r="C223" t="s">
-        <v>440</v>
+        <v>445</v>
       </c>
       <c r="D223" t="s">
-        <v>440</v>
+        <v>445</v>
       </c>
       <c r="E223" s="2" t="s">
-        <v>441</v>
+        <v>446</v>
       </c>
       <c r="F223" s="2"/>
     </row>
     <row r="224" spans="1:6">
       <c r="A224" t="s">
-        <v>386</v>
+        <v>437</v>
       </c>
       <c r="B224" t="s">
-        <v>386</v>
+        <v>437</v>
       </c>
       <c r="C224" t="s">
-        <v>442</v>
+        <v>447</v>
       </c>
       <c r="D224" t="s">
-        <v>442</v>
+        <v>447</v>
       </c>
       <c r="E224" s="2" t="s">
-        <v>443</v>
+        <v>448</v>
       </c>
       <c r="F224" s="2"/>
     </row>
     <row r="225" spans="1:6">
       <c r="A225" t="s">
-        <v>386</v>
+        <v>437</v>
       </c>
       <c r="B225" t="s">
-        <v>386</v>
+        <v>437</v>
       </c>
       <c r="C225" t="s">
-        <v>444</v>
+        <v>449</v>
       </c>
       <c r="D225" t="s">
-        <v>444</v>
+        <v>449</v>
       </c>
       <c r="E225" s="2" t="s">
-        <v>445</v>
+        <v>450</v>
       </c>
       <c r="F225" s="2"/>
     </row>
     <row r="226" spans="1:6">
       <c r="A226" t="s">
-        <v>386</v>
+        <v>437</v>
       </c>
       <c r="B226" t="s">
-        <v>386</v>
+        <v>437</v>
       </c>
       <c r="C226" t="s">
-        <v>446</v>
+        <v>451</v>
       </c>
       <c r="D226" t="s">
-        <v>446</v>
+        <v>451</v>
       </c>
       <c r="E226" s="2" t="s">
-        <v>447</v>
+        <v>452</v>
       </c>
       <c r="F226" s="2"/>
     </row>
     <row r="227" spans="1:6">
       <c r="A227" t="s">
-        <v>386</v>
+        <v>437</v>
       </c>
       <c r="B227" t="s">
-        <v>386</v>
+        <v>437</v>
       </c>
       <c r="C227" t="s">
-        <v>448</v>
+        <v>453</v>
       </c>
       <c r="D227" t="s">
-        <v>448</v>
+        <v>453</v>
       </c>
       <c r="E227" s="2" t="s">
-        <v>449</v>
+        <v>454</v>
       </c>
       <c r="F227" s="2"/>
     </row>
     <row r="228" spans="1:6">
       <c r="A228" t="s">
-        <v>450</v>
+        <v>437</v>
       </c>
       <c r="B228" t="s">
-        <v>450</v>
+        <v>437</v>
       </c>
       <c r="C228" t="s">
-        <v>83</v>
+        <v>455</v>
       </c>
       <c r="D228" t="s">
-        <v>83</v>
+        <v>455</v>
       </c>
       <c r="E228" s="2" t="s">
-        <v>451</v>
+        <v>456</v>
       </c>
       <c r="F228" s="2"/>
     </row>
     <row r="229" spans="1:6">
       <c r="A229" t="s">
-        <v>450</v>
+        <v>437</v>
       </c>
       <c r="B229" t="s">
-        <v>450</v>
+        <v>437</v>
       </c>
       <c r="C229" t="s">
-        <v>452</v>
+        <v>457</v>
       </c>
       <c r="D229" t="s">
-        <v>452</v>
+        <v>457</v>
       </c>
       <c r="E229" s="2" t="s">
-        <v>453</v>
+        <v>458</v>
       </c>
       <c r="F229" s="2"/>
     </row>
     <row r="230" spans="1:6">
       <c r="A230" t="s">
-        <v>450</v>
+        <v>437</v>
       </c>
       <c r="B230" t="s">
-        <v>450</v>
+        <v>437</v>
       </c>
       <c r="C230" t="s">
-        <v>454</v>
+        <v>459</v>
       </c>
       <c r="D230" t="s">
-        <v>454</v>
+        <v>459</v>
       </c>
       <c r="E230" s="2" t="s">
-        <v>455</v>
+        <v>460</v>
       </c>
       <c r="F230" s="2"/>
     </row>
     <row r="231" spans="1:6">
       <c r="A231" t="s">
-        <v>450</v>
+        <v>437</v>
       </c>
       <c r="B231" t="s">
-        <v>450</v>
+        <v>437</v>
       </c>
       <c r="C231" t="s">
-        <v>456</v>
+        <v>461</v>
       </c>
       <c r="D231" t="s">
-        <v>456</v>
+        <v>461</v>
       </c>
       <c r="E231" s="2" t="s">
-        <v>457</v>
+        <v>462</v>
       </c>
       <c r="F231" s="2"/>
     </row>
     <row r="232" spans="1:6">
       <c r="A232" t="s">
-        <v>450</v>
+        <v>437</v>
       </c>
       <c r="B232" t="s">
-        <v>450</v>
+        <v>437</v>
       </c>
       <c r="C232" t="s">
-        <v>458</v>
+        <v>463</v>
       </c>
       <c r="D232" t="s">
-        <v>458</v>
+        <v>463</v>
       </c>
       <c r="E232" s="2" t="s">
-        <v>459</v>
+        <v>464</v>
       </c>
       <c r="F232" s="2"/>
     </row>
     <row r="233" spans="1:6">
       <c r="A233" t="s">
-        <v>450</v>
+        <v>437</v>
       </c>
       <c r="B233" t="s">
-        <v>450</v>
+        <v>437</v>
       </c>
       <c r="C233" t="s">
-        <v>460</v>
+        <v>465</v>
       </c>
       <c r="D233" t="s">
-        <v>460</v>
+        <v>465</v>
       </c>
       <c r="E233" s="2" t="s">
-        <v>461</v>
+        <v>466</v>
       </c>
       <c r="F233" s="2"/>
     </row>
     <row r="234" spans="1:6">
       <c r="A234" t="s">
-        <v>450</v>
+        <v>437</v>
       </c>
       <c r="B234" t="s">
-        <v>450</v>
+        <v>437</v>
       </c>
       <c r="C234" t="s">
-        <v>462</v>
+        <v>467</v>
       </c>
       <c r="D234" t="s">
-        <v>462</v>
+        <v>467</v>
       </c>
       <c r="E234" s="2" t="s">
-        <v>463</v>
+        <v>468</v>
       </c>
       <c r="F234" s="2"/>
     </row>
     <row r="235" spans="1:6">
       <c r="A235" t="s">
-        <v>450</v>
+        <v>437</v>
       </c>
       <c r="B235" t="s">
-        <v>450</v>
+        <v>437</v>
       </c>
       <c r="C235" t="s">
-        <v>464</v>
+        <v>469</v>
       </c>
       <c r="D235" t="s">
-        <v>464</v>
+        <v>469</v>
       </c>
       <c r="E235" s="2" t="s">
-        <v>465</v>
+        <v>470</v>
       </c>
       <c r="F235" s="2"/>
     </row>
     <row r="236" spans="1:6">
       <c r="A236" t="s">
-        <v>450</v>
+        <v>437</v>
       </c>
       <c r="B236" t="s">
-        <v>450</v>
+        <v>437</v>
       </c>
       <c r="C236" t="s">
-        <v>466</v>
+        <v>471</v>
       </c>
       <c r="D236" t="s">
-        <v>466</v>
+        <v>471</v>
       </c>
       <c r="E236" s="2" t="s">
-        <v>467</v>
+        <v>472</v>
       </c>
       <c r="F236" s="2"/>
     </row>
     <row r="237" spans="1:6">
       <c r="A237" t="s">
-        <v>450</v>
+        <v>437</v>
       </c>
       <c r="B237" t="s">
-        <v>450</v>
+        <v>437</v>
       </c>
       <c r="C237" t="s">
-        <v>468</v>
+        <v>473</v>
       </c>
       <c r="D237" t="s">
-        <v>468</v>
+        <v>473</v>
       </c>
       <c r="E237" s="2" t="s">
-        <v>469</v>
+        <v>474</v>
       </c>
       <c r="F237" s="2"/>
     </row>
     <row r="238" spans="1:6">
       <c r="A238" t="s">
-        <v>450</v>
+        <v>437</v>
       </c>
       <c r="B238" t="s">
-        <v>450</v>
+        <v>437</v>
       </c>
       <c r="C238" t="s">
-        <v>470</v>
+        <v>475</v>
       </c>
       <c r="D238" t="s">
-        <v>470</v>
+        <v>475</v>
       </c>
       <c r="E238" s="2" t="s">
-        <v>471</v>
+        <v>476</v>
       </c>
       <c r="F238" s="2"/>
     </row>
     <row r="239" spans="1:6">
       <c r="A239" t="s">
-        <v>450</v>
+        <v>437</v>
       </c>
       <c r="B239" t="s">
-        <v>450</v>
+        <v>437</v>
       </c>
       <c r="C239" t="s">
-        <v>472</v>
+        <v>477</v>
       </c>
       <c r="D239" t="s">
-        <v>472</v>
+        <v>477</v>
       </c>
       <c r="E239" s="2" t="s">
-        <v>473</v>
+        <v>478</v>
       </c>
       <c r="F239" s="2"/>
     </row>
     <row r="240" spans="1:6">
       <c r="A240" t="s">
-        <v>450</v>
+        <v>437</v>
       </c>
       <c r="B240" t="s">
-        <v>450</v>
+        <v>437</v>
       </c>
       <c r="C240" t="s">
-        <v>474</v>
+        <v>479</v>
       </c>
       <c r="D240" t="s">
-        <v>474</v>
+        <v>479</v>
       </c>
       <c r="E240" s="2" t="s">
-        <v>475</v>
+        <v>480</v>
       </c>
       <c r="F240" s="2"/>
     </row>
     <row r="241" spans="1:6">
       <c r="A241" t="s">
-        <v>450</v>
+        <v>437</v>
       </c>
       <c r="B241" t="s">
-        <v>450</v>
+        <v>437</v>
       </c>
       <c r="C241" t="s">
-        <v>476</v>
+        <v>481</v>
       </c>
       <c r="D241" t="s">
-        <v>476</v>
+        <v>481</v>
       </c>
       <c r="E241" s="2" t="s">
-        <v>477</v>
+        <v>482</v>
       </c>
       <c r="F241" s="2"/>
     </row>
     <row r="242" spans="1:6">
       <c r="A242" t="s">
-        <v>450</v>
+        <v>437</v>
       </c>
       <c r="B242" t="s">
-        <v>450</v>
+        <v>437</v>
       </c>
       <c r="C242" t="s">
-        <v>478</v>
+        <v>483</v>
       </c>
       <c r="D242" t="s">
-        <v>478</v>
+        <v>483</v>
       </c>
       <c r="E242" s="2" t="s">
-        <v>479</v>
+        <v>484</v>
       </c>
       <c r="F242" s="2"/>
     </row>
     <row r="243" spans="1:6">
       <c r="A243" t="s">
-        <v>450</v>
+        <v>437</v>
       </c>
       <c r="B243" t="s">
-        <v>450</v>
+        <v>437</v>
       </c>
       <c r="C243" t="s">
-        <v>480</v>
+        <v>485</v>
       </c>
       <c r="D243" t="s">
-        <v>480</v>
+        <v>485</v>
       </c>
       <c r="E243" s="2" t="s">
-        <v>481</v>
+        <v>486</v>
       </c>
       <c r="F243" s="2"/>
     </row>
     <row r="244" spans="1:6">
       <c r="A244" t="s">
-        <v>450</v>
+        <v>437</v>
       </c>
       <c r="B244" t="s">
-        <v>450</v>
+        <v>437</v>
       </c>
       <c r="C244" t="s">
-        <v>482</v>
+        <v>487</v>
       </c>
       <c r="D244" t="s">
-        <v>482</v>
+        <v>487</v>
       </c>
       <c r="E244" s="2" t="s">
-        <v>483</v>
+        <v>488</v>
       </c>
       <c r="F244" s="2"/>
     </row>
     <row r="245" spans="1:6">
       <c r="A245" t="s">
-        <v>450</v>
+        <v>437</v>
       </c>
       <c r="B245" t="s">
-        <v>450</v>
+        <v>437</v>
       </c>
       <c r="C245" t="s">
-        <v>484</v>
+        <v>489</v>
       </c>
       <c r="D245" t="s">
-        <v>484</v>
+        <v>489</v>
       </c>
       <c r="E245" s="2" t="s">
-        <v>485</v>
+        <v>490</v>
       </c>
       <c r="F245" s="2"/>
     </row>
     <row r="246" spans="1:6">
       <c r="A246" t="s">
-        <v>450</v>
+        <v>437</v>
       </c>
       <c r="B246" t="s">
-        <v>450</v>
+        <v>437</v>
       </c>
       <c r="C246" t="s">
-        <v>486</v>
+        <v>491</v>
       </c>
       <c r="D246" t="s">
-        <v>486</v>
+        <v>491</v>
       </c>
       <c r="E246" s="2" t="s">
-        <v>487</v>
+        <v>492</v>
       </c>
       <c r="F246" s="2"/>
     </row>
     <row r="247" spans="1:6">
       <c r="A247" t="s">
-        <v>450</v>
+        <v>437</v>
       </c>
       <c r="B247" t="s">
-        <v>450</v>
+        <v>437</v>
       </c>
       <c r="C247" t="s">
-        <v>488</v>
+        <v>493</v>
       </c>
       <c r="D247" t="s">
-        <v>488</v>
+        <v>493</v>
       </c>
       <c r="E247" s="2" t="s">
-        <v>489</v>
+        <v>494</v>
       </c>
       <c r="F247" s="2"/>
     </row>
     <row r="248" spans="1:6">
       <c r="A248" t="s">
-        <v>450</v>
+        <v>437</v>
       </c>
       <c r="B248" t="s">
-        <v>450</v>
+        <v>437</v>
       </c>
       <c r="C248" t="s">
-        <v>490</v>
+        <v>495</v>
       </c>
       <c r="D248" t="s">
-        <v>490</v>
+        <v>495</v>
       </c>
       <c r="E248" s="2" t="s">
-        <v>491</v>
+        <v>496</v>
       </c>
       <c r="F248" s="2"/>
     </row>
     <row r="249" spans="1:6">
       <c r="A249" t="s">
-        <v>450</v>
+        <v>437</v>
       </c>
       <c r="B249" t="s">
-        <v>450</v>
+        <v>437</v>
       </c>
       <c r="C249" t="s">
-        <v>492</v>
+        <v>497</v>
       </c>
       <c r="D249" t="s">
-        <v>492</v>
+        <v>497</v>
       </c>
       <c r="E249" s="2" t="s">
-        <v>493</v>
+        <v>498</v>
       </c>
       <c r="F249" s="2"/>
     </row>
     <row r="250" spans="1:6">
       <c r="A250" t="s">
-        <v>450</v>
+        <v>437</v>
       </c>
       <c r="B250" t="s">
-        <v>450</v>
+        <v>437</v>
       </c>
       <c r="C250" t="s">
-        <v>494</v>
+        <v>499</v>
       </c>
       <c r="D250" t="s">
-        <v>494</v>
+        <v>499</v>
       </c>
       <c r="E250" s="2" t="s">
-        <v>495</v>
+        <v>500</v>
       </c>
       <c r="F250" s="2"/>
     </row>
     <row r="251" spans="1:6">
       <c r="A251" t="s">
-        <v>450</v>
+        <v>501</v>
       </c>
       <c r="B251" t="s">
-        <v>450</v>
+        <v>501</v>
       </c>
       <c r="C251" t="s">
-        <v>496</v>
+        <v>173</v>
       </c>
       <c r="D251" t="s">
-        <v>496</v>
+        <v>173</v>
       </c>
       <c r="E251" s="2" t="s">
-        <v>497</v>
+        <v>502</v>
       </c>
       <c r="F251" s="2"/>
     </row>
     <row r="252" spans="1:6">
       <c r="A252" t="s">
-        <v>450</v>
+        <v>501</v>
       </c>
       <c r="B252" t="s">
-        <v>450</v>
+        <v>501</v>
       </c>
       <c r="C252" t="s">
-        <v>498</v>
+        <v>301</v>
       </c>
       <c r="D252" t="s">
-        <v>498</v>
+        <v>301</v>
       </c>
       <c r="E252" s="2" t="s">
-        <v>499</v>
+        <v>503</v>
       </c>
       <c r="F252" s="2"/>
     </row>
     <row r="253" spans="1:6">
       <c r="A253" t="s">
-        <v>450</v>
+        <v>501</v>
       </c>
       <c r="B253" t="s">
-        <v>450</v>
+        <v>501</v>
       </c>
       <c r="C253" t="s">
-        <v>500</v>
+        <v>504</v>
       </c>
       <c r="D253" t="s">
-        <v>500</v>
+        <v>504</v>
       </c>
       <c r="E253" s="2" t="s">
-        <v>501</v>
+        <v>505</v>
       </c>
       <c r="F253" s="2"/>
     </row>
     <row r="254" spans="1:6">
       <c r="A254" t="s">
-        <v>450</v>
+        <v>501</v>
       </c>
       <c r="B254" t="s">
-        <v>450</v>
+        <v>501</v>
       </c>
       <c r="C254" t="s">
-        <v>502</v>
+        <v>177</v>
       </c>
       <c r="D254" t="s">
-        <v>502</v>
+        <v>177</v>
       </c>
       <c r="E254" s="2" t="s">
-        <v>503</v>
+        <v>506</v>
       </c>
       <c r="F254" s="2"/>
     </row>
     <row r="255" spans="1:6">
       <c r="A255" t="s">
-        <v>450</v>
+        <v>501</v>
       </c>
       <c r="B255" t="s">
-        <v>450</v>
+        <v>501</v>
       </c>
       <c r="C255" t="s">
-        <v>504</v>
+        <v>507</v>
       </c>
       <c r="D255" t="s">
-        <v>504</v>
+        <v>507</v>
       </c>
       <c r="E255" s="2" t="s">
-        <v>505</v>
+        <v>508</v>
       </c>
       <c r="F255" s="2"/>
     </row>
     <row r="256" spans="1:6">
       <c r="A256" t="s">
-        <v>450</v>
+        <v>501</v>
       </c>
       <c r="B256" t="s">
-        <v>450</v>
+        <v>501</v>
       </c>
       <c r="C256" t="s">
-        <v>506</v>
+        <v>509</v>
       </c>
       <c r="D256" t="s">
-        <v>506</v>
+        <v>509</v>
       </c>
       <c r="E256" s="2" t="s">
-        <v>507</v>
+        <v>510</v>
       </c>
       <c r="F256" s="2"/>
     </row>
     <row r="257" spans="1:6">
       <c r="A257" t="s">
-        <v>450</v>
+        <v>501</v>
       </c>
       <c r="B257" t="s">
-        <v>450</v>
+        <v>501</v>
       </c>
       <c r="C257" t="s">
-        <v>508</v>
+        <v>511</v>
       </c>
       <c r="D257" t="s">
-        <v>508</v>
+        <v>511</v>
       </c>
       <c r="E257" s="2" t="s">
-        <v>509</v>
+        <v>512</v>
       </c>
       <c r="F257" s="2"/>
     </row>
     <row r="258" spans="1:6">
       <c r="A258" t="s">
-        <v>450</v>
+        <v>501</v>
       </c>
       <c r="B258" t="s">
-        <v>450</v>
+        <v>501</v>
       </c>
       <c r="C258" t="s">
-        <v>510</v>
+        <v>513</v>
       </c>
       <c r="D258" t="s">
-        <v>510</v>
+        <v>513</v>
       </c>
       <c r="E258" s="2" t="s">
-        <v>511</v>
+        <v>514</v>
       </c>
       <c r="F258" s="2"/>
     </row>
     <row r="259" spans="1:6">
       <c r="A259" t="s">
-        <v>450</v>
+        <v>501</v>
       </c>
       <c r="B259" t="s">
-        <v>450</v>
+        <v>501</v>
       </c>
       <c r="C259" t="s">
-        <v>512</v>
+        <v>515</v>
       </c>
       <c r="D259" t="s">
-        <v>512</v>
+        <v>515</v>
       </c>
       <c r="E259" s="2" t="s">
-        <v>513</v>
+        <v>516</v>
       </c>
       <c r="F259" s="2"/>
     </row>
     <row r="260" spans="1:6">
       <c r="A260" t="s">
-        <v>450</v>
+        <v>501</v>
       </c>
       <c r="B260" t="s">
-        <v>450</v>
+        <v>501</v>
       </c>
       <c r="C260" t="s">
-        <v>514</v>
+        <v>179</v>
       </c>
       <c r="D260" t="s">
-        <v>514</v>
+        <v>179</v>
       </c>
       <c r="E260" s="2" t="s">
-        <v>515</v>
+        <v>180</v>
       </c>
       <c r="F260" s="2"/>
     </row>
     <row r="261" spans="1:6">
       <c r="A261" t="s">
-        <v>516</v>
+        <v>501</v>
       </c>
       <c r="B261" t="s">
-        <v>516</v>
+        <v>501</v>
       </c>
       <c r="C261" t="s">
-        <v>181</v>
+        <v>517</v>
       </c>
       <c r="D261" t="s">
-        <v>181</v>
+        <v>517</v>
       </c>
       <c r="E261" s="2" t="s">
-        <v>517</v>
+        <v>518</v>
       </c>
       <c r="F261" s="2"/>
     </row>
     <row r="262" spans="1:6">
       <c r="A262" t="s">
-        <v>516</v>
+        <v>501</v>
       </c>
       <c r="B262" t="s">
-        <v>516</v>
+        <v>501</v>
       </c>
       <c r="C262" t="s">
-        <v>310</v>
+        <v>519</v>
       </c>
       <c r="D262" t="s">
-        <v>310</v>
+        <v>519</v>
       </c>
       <c r="E262" s="2" t="s">
-        <v>518</v>
+        <v>520</v>
       </c>
       <c r="F262" s="2"/>
     </row>
     <row r="263" spans="1:6">
       <c r="A263" t="s">
-        <v>516</v>
+        <v>501</v>
       </c>
       <c r="B263" t="s">
-        <v>516</v>
+        <v>501</v>
       </c>
       <c r="C263" t="s">
-        <v>519</v>
+        <v>521</v>
       </c>
       <c r="D263" t="s">
-        <v>519</v>
+        <v>521</v>
       </c>
       <c r="E263" s="2" t="s">
-        <v>520</v>
+        <v>522</v>
       </c>
       <c r="F263" s="2"/>
     </row>
     <row r="264" spans="1:6">
       <c r="A264" t="s">
-        <v>516</v>
+        <v>501</v>
       </c>
       <c r="B264" t="s">
-        <v>516</v>
+        <v>501</v>
       </c>
       <c r="C264" t="s">
-        <v>185</v>
+        <v>183</v>
       </c>
       <c r="D264" t="s">
-        <v>185</v>
+        <v>183</v>
       </c>
       <c r="E264" s="2" t="s">
-        <v>521</v>
+        <v>184</v>
       </c>
       <c r="F264" s="2"/>
     </row>
     <row r="265" spans="1:6">
       <c r="A265" t="s">
-        <v>516</v>
+        <v>501</v>
       </c>
       <c r="B265" t="s">
-        <v>516</v>
+        <v>501</v>
       </c>
       <c r="C265" t="s">
-        <v>522</v>
+        <v>187</v>
       </c>
       <c r="D265" t="s">
-        <v>522</v>
+        <v>187</v>
       </c>
       <c r="E265" s="2" t="s">
         <v>523</v>
       </c>
       <c r="F265" s="2"/>
     </row>
     <row r="266" spans="1:6">
       <c r="A266" t="s">
-        <v>516</v>
+        <v>501</v>
       </c>
       <c r="B266" t="s">
-        <v>516</v>
+        <v>501</v>
       </c>
       <c r="C266" t="s">
         <v>524</v>
       </c>
       <c r="D266" t="s">
         <v>524</v>
       </c>
       <c r="E266" s="2" t="s">
         <v>525</v>
       </c>
       <c r="F266" s="2"/>
     </row>
     <row r="267" spans="1:6">
       <c r="A267" t="s">
-        <v>516</v>
+        <v>501</v>
       </c>
       <c r="B267" t="s">
-        <v>516</v>
+        <v>501</v>
       </c>
       <c r="C267" t="s">
         <v>526</v>
       </c>
       <c r="D267" t="s">
         <v>526</v>
       </c>
       <c r="E267" s="2" t="s">
         <v>527</v>
       </c>
       <c r="F267" s="2"/>
     </row>
     <row r="268" spans="1:6">
       <c r="A268" t="s">
-        <v>516</v>
+        <v>501</v>
       </c>
       <c r="B268" t="s">
-        <v>516</v>
+        <v>501</v>
       </c>
       <c r="C268" t="s">
         <v>528</v>
       </c>
       <c r="D268" t="s">
         <v>528</v>
       </c>
       <c r="E268" s="2" t="s">
         <v>529</v>
       </c>
       <c r="F268" s="2"/>
     </row>
     <row r="269" spans="1:6">
       <c r="A269" t="s">
-        <v>516</v>
+        <v>501</v>
       </c>
       <c r="B269" t="s">
-        <v>516</v>
+        <v>501</v>
       </c>
       <c r="C269" t="s">
+        <v>189</v>
+      </c>
+      <c r="D269" t="s">
+        <v>189</v>
+      </c>
+      <c r="E269" s="2" t="s">
         <v>530</v>
-      </c>
-[...4 lines deleted...]
-        <v>531</v>
       </c>
       <c r="F269" s="2"/>
     </row>
     <row r="270" spans="1:6">
       <c r="A270" t="s">
-        <v>516</v>
+        <v>501</v>
       </c>
       <c r="B270" t="s">
-        <v>516</v>
+        <v>501</v>
       </c>
       <c r="C270" t="s">
-        <v>189</v>
+        <v>531</v>
       </c>
       <c r="D270" t="s">
-        <v>189</v>
+        <v>531</v>
       </c>
       <c r="E270" s="2" t="s">
-        <v>190</v>
+        <v>532</v>
       </c>
       <c r="F270" s="2"/>
     </row>
     <row r="271" spans="1:6">
       <c r="A271" t="s">
-        <v>516</v>
+        <v>533</v>
       </c>
       <c r="B271" t="s">
-        <v>516</v>
+        <v>533</v>
       </c>
       <c r="C271" t="s">
-        <v>532</v>
+        <v>534</v>
       </c>
       <c r="D271" t="s">
-        <v>532</v>
+        <v>534</v>
       </c>
       <c r="E271" s="2" t="s">
-        <v>533</v>
+        <v>535</v>
       </c>
       <c r="F271" s="2"/>
     </row>
     <row r="272" spans="1:6">
       <c r="A272" t="s">
-        <v>516</v>
+        <v>533</v>
       </c>
       <c r="B272" t="s">
-        <v>516</v>
+        <v>533</v>
       </c>
       <c r="C272" t="s">
-        <v>534</v>
+        <v>536</v>
       </c>
       <c r="D272" t="s">
-        <v>534</v>
+        <v>536</v>
       </c>
       <c r="E272" s="2" t="s">
-        <v>535</v>
+        <v>537</v>
       </c>
       <c r="F272" s="2"/>
     </row>
     <row r="273" spans="1:6">
       <c r="A273" t="s">
-        <v>516</v>
+        <v>533</v>
       </c>
       <c r="B273" t="s">
-        <v>516</v>
+        <v>533</v>
       </c>
       <c r="C273" t="s">
-        <v>536</v>
+        <v>538</v>
       </c>
       <c r="D273" t="s">
-        <v>536</v>
+        <v>538</v>
       </c>
       <c r="E273" s="2" t="s">
-        <v>537</v>
+        <v>539</v>
       </c>
       <c r="F273" s="2"/>
     </row>
     <row r="274" spans="1:6">
       <c r="A274" t="s">
-        <v>516</v>
+        <v>533</v>
       </c>
       <c r="B274" t="s">
-        <v>516</v>
+        <v>533</v>
       </c>
       <c r="C274" t="s">
-        <v>193</v>
+        <v>540</v>
       </c>
       <c r="D274" t="s">
-        <v>193</v>
+        <v>540</v>
       </c>
       <c r="E274" s="2" t="s">
-        <v>194</v>
+        <v>541</v>
       </c>
       <c r="F274" s="2"/>
     </row>
     <row r="275" spans="1:6">
       <c r="A275" t="s">
-        <v>516</v>
+        <v>533</v>
       </c>
       <c r="B275" t="s">
-        <v>516</v>
+        <v>533</v>
       </c>
       <c r="C275" t="s">
-        <v>197</v>
+        <v>542</v>
       </c>
       <c r="D275" t="s">
-        <v>197</v>
+        <v>542</v>
       </c>
       <c r="E275" s="2" t="s">
-        <v>538</v>
+        <v>543</v>
       </c>
       <c r="F275" s="2"/>
     </row>
     <row r="276" spans="1:6">
       <c r="A276" t="s">
-        <v>516</v>
+        <v>533</v>
       </c>
       <c r="B276" t="s">
-        <v>516</v>
+        <v>533</v>
       </c>
       <c r="C276" t="s">
-        <v>539</v>
+        <v>544</v>
       </c>
       <c r="D276" t="s">
-        <v>539</v>
+        <v>544</v>
       </c>
       <c r="E276" s="2" t="s">
-        <v>540</v>
+        <v>545</v>
       </c>
       <c r="F276" s="2"/>
     </row>
     <row r="277" spans="1:6">
       <c r="A277" t="s">
-        <v>516</v>
+        <v>533</v>
       </c>
       <c r="B277" t="s">
-        <v>516</v>
+        <v>533</v>
       </c>
       <c r="C277" t="s">
-        <v>541</v>
+        <v>546</v>
       </c>
       <c r="D277" t="s">
-        <v>541</v>
+        <v>546</v>
       </c>
       <c r="E277" s="2" t="s">
-        <v>542</v>
+        <v>547</v>
       </c>
       <c r="F277" s="2"/>
     </row>
     <row r="278" spans="1:6">
       <c r="A278" t="s">
-        <v>516</v>
+        <v>533</v>
       </c>
       <c r="B278" t="s">
-        <v>516</v>
+        <v>533</v>
       </c>
       <c r="C278" t="s">
-        <v>543</v>
+        <v>548</v>
       </c>
       <c r="D278" t="s">
-        <v>543</v>
+        <v>548</v>
       </c>
       <c r="E278" s="2" t="s">
-        <v>544</v>
+        <v>549</v>
       </c>
       <c r="F278" s="2"/>
     </row>
     <row r="279" spans="1:6">
       <c r="A279" t="s">
-        <v>516</v>
+        <v>550</v>
       </c>
       <c r="B279" t="s">
-        <v>516</v>
+        <v>550</v>
       </c>
       <c r="C279" t="s">
-        <v>199</v>
+        <v>551</v>
       </c>
       <c r="D279" t="s">
-        <v>199</v>
+        <v>551</v>
       </c>
       <c r="E279" s="2" t="s">
-        <v>545</v>
+        <v>552</v>
       </c>
       <c r="F279" s="2"/>
     </row>
     <row r="280" spans="1:6">
       <c r="A280" t="s">
-        <v>516</v>
+        <v>550</v>
       </c>
       <c r="B280" t="s">
-        <v>516</v>
+        <v>550</v>
       </c>
       <c r="C280" t="s">
-        <v>546</v>
+        <v>553</v>
       </c>
       <c r="D280" t="s">
-        <v>546</v>
+        <v>553</v>
       </c>
       <c r="E280" s="2" t="s">
-        <v>547</v>
+        <v>554</v>
       </c>
       <c r="F280" s="2"/>
     </row>
     <row r="281" spans="1:6">
       <c r="A281" t="s">
-        <v>548</v>
+        <v>550</v>
       </c>
       <c r="B281" t="s">
-        <v>548</v>
+        <v>550</v>
       </c>
       <c r="C281" t="s">
-        <v>549</v>
+        <v>555</v>
       </c>
       <c r="D281" t="s">
-        <v>549</v>
+        <v>555</v>
       </c>
       <c r="E281" s="2" t="s">
-        <v>550</v>
+        <v>556</v>
       </c>
       <c r="F281" s="2"/>
     </row>
     <row r="282" spans="1:6">
       <c r="A282" t="s">
-        <v>548</v>
+        <v>550</v>
       </c>
       <c r="B282" t="s">
-        <v>548</v>
+        <v>550</v>
       </c>
       <c r="C282" t="s">
-        <v>551</v>
+        <v>557</v>
       </c>
       <c r="D282" t="s">
-        <v>551</v>
+        <v>557</v>
       </c>
       <c r="E282" s="2" t="s">
-        <v>552</v>
+        <v>558</v>
       </c>
       <c r="F282" s="2"/>
     </row>
     <row r="283" spans="1:6">
       <c r="A283" t="s">
-        <v>548</v>
+        <v>550</v>
       </c>
       <c r="B283" t="s">
-        <v>548</v>
+        <v>550</v>
       </c>
       <c r="C283" t="s">
-        <v>553</v>
+        <v>559</v>
       </c>
       <c r="D283" t="s">
-        <v>553</v>
+        <v>559</v>
       </c>
       <c r="E283" s="2" t="s">
-        <v>554</v>
+        <v>560</v>
       </c>
       <c r="F283" s="2"/>
     </row>
     <row r="284" spans="1:6">
       <c r="A284" t="s">
-        <v>548</v>
+        <v>550</v>
       </c>
       <c r="B284" t="s">
-        <v>548</v>
+        <v>550</v>
       </c>
       <c r="C284" t="s">
-        <v>555</v>
+        <v>561</v>
       </c>
       <c r="D284" t="s">
-        <v>555</v>
+        <v>561</v>
       </c>
       <c r="E284" s="2" t="s">
-        <v>556</v>
+        <v>562</v>
       </c>
       <c r="F284" s="2"/>
     </row>
     <row r="285" spans="1:6">
       <c r="A285" t="s">
-        <v>548</v>
+        <v>550</v>
       </c>
       <c r="B285" t="s">
-        <v>548</v>
+        <v>550</v>
       </c>
       <c r="C285" t="s">
-        <v>557</v>
+        <v>563</v>
       </c>
       <c r="D285" t="s">
-        <v>557</v>
+        <v>563</v>
       </c>
       <c r="E285" s="2" t="s">
-        <v>558</v>
+        <v>564</v>
       </c>
       <c r="F285" s="2"/>
     </row>
     <row r="286" spans="1:6">
       <c r="A286" t="s">
-        <v>548</v>
+        <v>550</v>
       </c>
       <c r="B286" t="s">
-        <v>548</v>
+        <v>550</v>
       </c>
       <c r="C286" t="s">
-        <v>559</v>
+        <v>565</v>
       </c>
       <c r="D286" t="s">
-        <v>559</v>
+        <v>565</v>
       </c>
       <c r="E286" s="2" t="s">
-        <v>560</v>
+        <v>566</v>
       </c>
       <c r="F286" s="2"/>
     </row>
     <row r="287" spans="1:6">
       <c r="A287" t="s">
-        <v>548</v>
+        <v>550</v>
       </c>
       <c r="B287" t="s">
-        <v>548</v>
+        <v>550</v>
       </c>
       <c r="C287" t="s">
-        <v>561</v>
+        <v>567</v>
       </c>
       <c r="D287" t="s">
-        <v>561</v>
+        <v>567</v>
       </c>
       <c r="E287" s="2" t="s">
-        <v>562</v>
+        <v>568</v>
       </c>
       <c r="F287" s="2"/>
     </row>
     <row r="288" spans="1:6">
       <c r="A288" t="s">
-        <v>548</v>
+        <v>550</v>
       </c>
       <c r="B288" t="s">
-        <v>548</v>
+        <v>550</v>
       </c>
       <c r="C288" t="s">
-        <v>563</v>
+        <v>569</v>
       </c>
       <c r="D288" t="s">
-        <v>563</v>
+        <v>569</v>
       </c>
       <c r="E288" s="2" t="s">
-        <v>564</v>
+        <v>570</v>
       </c>
       <c r="F288" s="2"/>
     </row>
     <row r="289" spans="1:6">
       <c r="A289" t="s">
-        <v>565</v>
+        <v>550</v>
       </c>
       <c r="B289" t="s">
-        <v>565</v>
+        <v>550</v>
       </c>
       <c r="C289" t="s">
-        <v>566</v>
+        <v>571</v>
       </c>
       <c r="D289" t="s">
-        <v>566</v>
+        <v>571</v>
       </c>
       <c r="E289" s="2" t="s">
-        <v>567</v>
+        <v>572</v>
       </c>
       <c r="F289" s="2"/>
     </row>
     <row r="290" spans="1:6">
       <c r="A290" t="s">
-        <v>565</v>
+        <v>550</v>
       </c>
       <c r="B290" t="s">
-        <v>565</v>
+        <v>550</v>
       </c>
       <c r="C290" t="s">
-        <v>568</v>
+        <v>573</v>
       </c>
       <c r="D290" t="s">
-        <v>568</v>
+        <v>573</v>
       </c>
       <c r="E290" s="2" t="s">
-        <v>569</v>
+        <v>574</v>
       </c>
       <c r="F290" s="2"/>
     </row>
     <row r="291" spans="1:6">
       <c r="A291" t="s">
-        <v>565</v>
+        <v>550</v>
       </c>
       <c r="B291" t="s">
-        <v>565</v>
+        <v>550</v>
       </c>
       <c r="C291" t="s">
-        <v>570</v>
+        <v>575</v>
       </c>
       <c r="D291" t="s">
-        <v>570</v>
+        <v>575</v>
       </c>
       <c r="E291" s="2" t="s">
-        <v>571</v>
+        <v>576</v>
       </c>
       <c r="F291" s="2"/>
     </row>
     <row r="292" spans="1:6">
       <c r="A292" t="s">
-        <v>565</v>
+        <v>577</v>
       </c>
       <c r="B292" t="s">
-        <v>565</v>
+        <v>577</v>
       </c>
       <c r="C292" t="s">
-        <v>142</v>
+        <v>578</v>
       </c>
       <c r="D292" t="s">
-        <v>142</v>
+        <v>578</v>
       </c>
       <c r="E292" s="2" t="s">
-        <v>572</v>
+        <v>579</v>
       </c>
       <c r="F292" s="2"/>
     </row>
     <row r="293" spans="1:6">
       <c r="A293" t="s">
-        <v>565</v>
+        <v>577</v>
       </c>
       <c r="B293" t="s">
-        <v>565</v>
+        <v>577</v>
       </c>
       <c r="C293" t="s">
-        <v>573</v>
+        <v>580</v>
       </c>
       <c r="D293" t="s">
-        <v>573</v>
+        <v>580</v>
       </c>
       <c r="E293" s="2" t="s">
-        <v>574</v>
+        <v>581</v>
       </c>
       <c r="F293" s="2"/>
     </row>
     <row r="294" spans="1:6">
       <c r="A294" t="s">
-        <v>565</v>
+        <v>577</v>
       </c>
       <c r="B294" t="s">
-        <v>565</v>
+        <v>577</v>
       </c>
       <c r="C294" t="s">
-        <v>575</v>
+        <v>582</v>
       </c>
       <c r="D294" t="s">
-        <v>575</v>
+        <v>582</v>
       </c>
       <c r="E294" s="2" t="s">
-        <v>576</v>
+        <v>583</v>
       </c>
       <c r="F294" s="2"/>
     </row>
     <row r="295" spans="1:6">
       <c r="A295" t="s">
-        <v>565</v>
+        <v>577</v>
       </c>
       <c r="B295" t="s">
-        <v>565</v>
+        <v>577</v>
       </c>
       <c r="C295" t="s">
-        <v>577</v>
+        <v>584</v>
       </c>
       <c r="D295" t="s">
-        <v>577</v>
+        <v>584</v>
       </c>
       <c r="E295" s="2" t="s">
-        <v>578</v>
+        <v>585</v>
       </c>
       <c r="F295" s="2"/>
     </row>
     <row r="296" spans="1:6">
       <c r="A296" t="s">
-        <v>565</v>
+        <v>577</v>
       </c>
       <c r="B296" t="s">
-        <v>565</v>
+        <v>577</v>
       </c>
       <c r="C296" t="s">
-        <v>579</v>
+        <v>586</v>
       </c>
       <c r="D296" t="s">
-        <v>579</v>
+        <v>586</v>
       </c>
       <c r="E296" s="2" t="s">
-        <v>580</v>
+        <v>587</v>
       </c>
       <c r="F296" s="2"/>
     </row>
     <row r="297" spans="1:6">
       <c r="A297" t="s">
-        <v>565</v>
+        <v>577</v>
       </c>
       <c r="B297" t="s">
-        <v>565</v>
+        <v>577</v>
       </c>
       <c r="C297" t="s">
-        <v>581</v>
+        <v>588</v>
       </c>
       <c r="D297" t="s">
-        <v>581</v>
+        <v>588</v>
       </c>
       <c r="E297" s="2" t="s">
-        <v>582</v>
+        <v>589</v>
       </c>
       <c r="F297" s="2"/>
     </row>
     <row r="298" spans="1:6">
       <c r="A298" t="s">
-        <v>565</v>
+        <v>577</v>
       </c>
       <c r="B298" t="s">
-        <v>565</v>
+        <v>577</v>
       </c>
       <c r="C298" t="s">
-        <v>583</v>
+        <v>590</v>
       </c>
       <c r="D298" t="s">
-        <v>583</v>
+        <v>590</v>
       </c>
       <c r="E298" s="2" t="s">
-        <v>584</v>
+        <v>591</v>
       </c>
       <c r="F298" s="2"/>
     </row>
     <row r="299" spans="1:6">
       <c r="A299" t="s">
-        <v>565</v>
+        <v>577</v>
       </c>
       <c r="B299" t="s">
-        <v>565</v>
+        <v>577</v>
       </c>
       <c r="C299" t="s">
-        <v>585</v>
+        <v>592</v>
       </c>
       <c r="D299" t="s">
-        <v>585</v>
+        <v>592</v>
       </c>
       <c r="E299" s="2" t="s">
-        <v>586</v>
+        <v>593</v>
       </c>
       <c r="F299" s="2"/>
     </row>
     <row r="300" spans="1:6">
       <c r="A300" t="s">
-        <v>565</v>
+        <v>577</v>
       </c>
       <c r="B300" t="s">
-        <v>565</v>
+        <v>577</v>
       </c>
       <c r="C300" t="s">
-        <v>587</v>
+        <v>594</v>
       </c>
       <c r="D300" t="s">
-        <v>587</v>
+        <v>594</v>
       </c>
       <c r="E300" s="2" t="s">
-        <v>588</v>
+        <v>595</v>
       </c>
       <c r="F300" s="2"/>
     </row>
     <row r="301" spans="1:6">
       <c r="A301" t="s">
-        <v>565</v>
+        <v>577</v>
       </c>
       <c r="B301" t="s">
-        <v>565</v>
+        <v>577</v>
       </c>
       <c r="C301" t="s">
-        <v>589</v>
+        <v>596</v>
       </c>
       <c r="D301" t="s">
-        <v>589</v>
+        <v>596</v>
       </c>
       <c r="E301" s="2" t="s">
-        <v>590</v>
+        <v>597</v>
       </c>
       <c r="F301" s="2"/>
     </row>
     <row r="302" spans="1:6">
       <c r="A302" t="s">
-        <v>565</v>
+        <v>577</v>
       </c>
       <c r="B302" t="s">
-        <v>565</v>
+        <v>577</v>
       </c>
       <c r="C302" t="s">
-        <v>591</v>
+        <v>598</v>
       </c>
       <c r="D302" t="s">
-        <v>591</v>
+        <v>598</v>
       </c>
       <c r="E302" s="2" t="s">
-        <v>592</v>
+        <v>599</v>
       </c>
       <c r="F302" s="2"/>
     </row>
     <row r="303" spans="1:6">
       <c r="A303" t="s">
-        <v>593</v>
+        <v>577</v>
       </c>
       <c r="B303" t="s">
-        <v>593</v>
+        <v>577</v>
       </c>
       <c r="C303" t="s">
-        <v>594</v>
+        <v>600</v>
       </c>
       <c r="D303" t="s">
-        <v>594</v>
+        <v>600</v>
       </c>
       <c r="E303" s="2" t="s">
-        <v>595</v>
+        <v>601</v>
       </c>
       <c r="F303" s="2"/>
     </row>
     <row r="304" spans="1:6">
       <c r="A304" t="s">
-        <v>593</v>
+        <v>577</v>
       </c>
       <c r="B304" t="s">
-        <v>593</v>
+        <v>577</v>
       </c>
       <c r="C304" t="s">
-        <v>596</v>
+        <v>602</v>
       </c>
       <c r="D304" t="s">
-        <v>596</v>
+        <v>602</v>
       </c>
       <c r="E304" s="2" t="s">
-        <v>597</v>
+        <v>603</v>
       </c>
       <c r="F304" s="2"/>
     </row>
     <row r="305" spans="1:6">
       <c r="A305" t="s">
-        <v>593</v>
+        <v>577</v>
       </c>
       <c r="B305" t="s">
-        <v>593</v>
+        <v>577</v>
       </c>
       <c r="C305" t="s">
-        <v>598</v>
+        <v>604</v>
       </c>
       <c r="D305" t="s">
-        <v>598</v>
+        <v>604</v>
       </c>
       <c r="E305" s="2" t="s">
-        <v>599</v>
+        <v>605</v>
       </c>
       <c r="F305" s="2"/>
     </row>
     <row r="306" spans="1:6">
       <c r="A306" t="s">
-        <v>593</v>
+        <v>577</v>
       </c>
       <c r="B306" t="s">
-        <v>593</v>
+        <v>577</v>
       </c>
       <c r="C306" t="s">
-        <v>600</v>
+        <v>606</v>
       </c>
       <c r="D306" t="s">
-        <v>600</v>
+        <v>606</v>
       </c>
       <c r="E306" s="2" t="s">
-        <v>601</v>
+        <v>607</v>
       </c>
       <c r="F306" s="2"/>
     </row>
     <row r="307" spans="1:6">
       <c r="A307" t="s">
-        <v>593</v>
+        <v>577</v>
       </c>
       <c r="B307" t="s">
-        <v>593</v>
+        <v>577</v>
       </c>
       <c r="C307" t="s">
-        <v>602</v>
+        <v>608</v>
       </c>
       <c r="D307" t="s">
-        <v>602</v>
+        <v>608</v>
       </c>
       <c r="E307" s="2" t="s">
-        <v>603</v>
+        <v>609</v>
       </c>
       <c r="F307" s="2"/>
     </row>
     <row r="308" spans="1:6">
       <c r="A308" t="s">
-        <v>593</v>
+        <v>577</v>
       </c>
       <c r="B308" t="s">
-        <v>593</v>
+        <v>577</v>
       </c>
       <c r="C308" t="s">
-        <v>604</v>
+        <v>610</v>
       </c>
       <c r="D308" t="s">
-        <v>604</v>
+        <v>610</v>
       </c>
       <c r="E308" s="2" t="s">
-        <v>605</v>
+        <v>611</v>
       </c>
       <c r="F308" s="2"/>
     </row>
     <row r="309" spans="1:6">
       <c r="A309" t="s">
-        <v>593</v>
+        <v>577</v>
       </c>
       <c r="B309" t="s">
-        <v>593</v>
+        <v>577</v>
       </c>
       <c r="C309" t="s">
-        <v>606</v>
+        <v>612</v>
       </c>
       <c r="D309" t="s">
-        <v>606</v>
+        <v>612</v>
       </c>
       <c r="E309" s="2" t="s">
-        <v>607</v>
+        <v>613</v>
       </c>
       <c r="F309" s="2"/>
     </row>
     <row r="310" spans="1:6">
       <c r="A310" t="s">
-        <v>593</v>
+        <v>577</v>
       </c>
       <c r="B310" t="s">
-        <v>593</v>
+        <v>577</v>
       </c>
       <c r="C310" t="s">
-        <v>608</v>
+        <v>614</v>
       </c>
       <c r="D310" t="s">
-        <v>608</v>
+        <v>614</v>
       </c>
       <c r="E310" s="2" t="s">
-        <v>609</v>
+        <v>615</v>
       </c>
       <c r="F310" s="2"/>
     </row>
     <row r="311" spans="1:6">
       <c r="A311" t="s">
-        <v>593</v>
+        <v>577</v>
       </c>
       <c r="B311" t="s">
-        <v>593</v>
+        <v>577</v>
       </c>
       <c r="C311" t="s">
-        <v>610</v>
+        <v>616</v>
       </c>
       <c r="D311" t="s">
-        <v>610</v>
+        <v>616</v>
       </c>
       <c r="E311" s="2" t="s">
-        <v>611</v>
+        <v>617</v>
       </c>
       <c r="F311" s="2"/>
     </row>
     <row r="312" spans="1:6">
       <c r="A312" t="s">
-        <v>593</v>
+        <v>577</v>
       </c>
       <c r="B312" t="s">
-        <v>593</v>
+        <v>577</v>
       </c>
       <c r="C312" t="s">
-        <v>612</v>
+        <v>618</v>
       </c>
       <c r="D312" t="s">
-        <v>612</v>
+        <v>618</v>
       </c>
       <c r="E312" s="2" t="s">
-        <v>613</v>
+        <v>619</v>
       </c>
       <c r="F312" s="2"/>
     </row>
     <row r="313" spans="1:6">
       <c r="A313" t="s">
-        <v>593</v>
+        <v>577</v>
       </c>
       <c r="B313" t="s">
-        <v>593</v>
+        <v>577</v>
       </c>
       <c r="C313" t="s">
-        <v>614</v>
+        <v>620</v>
       </c>
       <c r="D313" t="s">
-        <v>614</v>
+        <v>620</v>
       </c>
       <c r="E313" s="2" t="s">
-        <v>615</v>
+        <v>621</v>
       </c>
       <c r="F313" s="2"/>
     </row>
     <row r="314" spans="1:6">
       <c r="A314" t="s">
-        <v>593</v>
+        <v>577</v>
       </c>
       <c r="B314" t="s">
-        <v>593</v>
+        <v>577</v>
       </c>
       <c r="C314" t="s">
-        <v>616</v>
+        <v>622</v>
       </c>
       <c r="D314" t="s">
-        <v>616</v>
+        <v>622</v>
       </c>
       <c r="E314" s="2" t="s">
-        <v>617</v>
+        <v>623</v>
       </c>
       <c r="F314" s="2"/>
     </row>
     <row r="315" spans="1:6">
       <c r="A315" t="s">
-        <v>593</v>
+        <v>577</v>
       </c>
       <c r="B315" t="s">
-        <v>593</v>
+        <v>577</v>
       </c>
       <c r="C315" t="s">
-        <v>618</v>
+        <v>624</v>
       </c>
       <c r="D315" t="s">
-        <v>618</v>
+        <v>624</v>
       </c>
       <c r="E315" s="2" t="s">
-        <v>619</v>
+        <v>625</v>
       </c>
       <c r="F315" s="2"/>
     </row>
     <row r="316" spans="1:6">
       <c r="A316" t="s">
-        <v>593</v>
+        <v>577</v>
       </c>
       <c r="B316" t="s">
-        <v>593</v>
+        <v>577</v>
       </c>
       <c r="C316" t="s">
-        <v>620</v>
+        <v>626</v>
       </c>
       <c r="D316" t="s">
-        <v>620</v>
+        <v>626</v>
       </c>
       <c r="E316" s="2" t="s">
-        <v>621</v>
+        <v>627</v>
       </c>
       <c r="F316" s="2"/>
     </row>
     <row r="317" spans="1:6">
       <c r="A317" t="s">
-        <v>593</v>
+        <v>577</v>
       </c>
       <c r="B317" t="s">
-        <v>593</v>
+        <v>577</v>
       </c>
       <c r="C317" t="s">
-        <v>622</v>
+        <v>628</v>
       </c>
       <c r="D317" t="s">
-        <v>622</v>
+        <v>628</v>
       </c>
       <c r="E317" s="2" t="s">
-        <v>623</v>
+        <v>629</v>
       </c>
       <c r="F317" s="2"/>
     </row>
     <row r="318" spans="1:6">
       <c r="A318" t="s">
-        <v>593</v>
+        <v>577</v>
       </c>
       <c r="B318" t="s">
-        <v>593</v>
+        <v>577</v>
       </c>
       <c r="C318" t="s">
-        <v>624</v>
+        <v>630</v>
       </c>
       <c r="D318" t="s">
-        <v>624</v>
+        <v>630</v>
       </c>
       <c r="E318" s="2" t="s">
-        <v>625</v>
+        <v>631</v>
       </c>
       <c r="F318" s="2"/>
     </row>
     <row r="319" spans="1:6">
       <c r="A319" t="s">
-        <v>593</v>
+        <v>577</v>
       </c>
       <c r="B319" t="s">
-        <v>593</v>
+        <v>577</v>
       </c>
       <c r="C319" t="s">
-        <v>626</v>
+        <v>632</v>
       </c>
       <c r="D319" t="s">
-        <v>626</v>
+        <v>632</v>
       </c>
       <c r="E319" s="2" t="s">
-        <v>627</v>
+        <v>633</v>
       </c>
       <c r="F319" s="2"/>
     </row>
     <row r="320" spans="1:6">
       <c r="A320" t="s">
-        <v>593</v>
+        <v>577</v>
       </c>
       <c r="B320" t="s">
-        <v>593</v>
+        <v>577</v>
       </c>
       <c r="C320" t="s">
-        <v>628</v>
+        <v>634</v>
       </c>
       <c r="D320" t="s">
-        <v>628</v>
+        <v>634</v>
       </c>
       <c r="E320" s="2" t="s">
-        <v>629</v>
+        <v>635</v>
       </c>
       <c r="F320" s="2"/>
     </row>
     <row r="321" spans="1:6">
       <c r="A321" t="s">
-        <v>593</v>
+        <v>577</v>
       </c>
       <c r="B321" t="s">
-        <v>593</v>
+        <v>577</v>
       </c>
       <c r="C321" t="s">
-        <v>630</v>
+        <v>636</v>
       </c>
       <c r="D321" t="s">
-        <v>630</v>
+        <v>636</v>
       </c>
       <c r="E321" s="2" t="s">
-        <v>631</v>
+        <v>637</v>
       </c>
       <c r="F321" s="2"/>
     </row>
     <row r="322" spans="1:6">
       <c r="A322" t="s">
-        <v>593</v>
+        <v>577</v>
       </c>
       <c r="B322" t="s">
-        <v>593</v>
+        <v>577</v>
       </c>
       <c r="C322" t="s">
-        <v>632</v>
+        <v>638</v>
       </c>
       <c r="D322" t="s">
-        <v>632</v>
+        <v>638</v>
       </c>
       <c r="E322" s="2" t="s">
-        <v>633</v>
+        <v>639</v>
       </c>
       <c r="F322" s="2"/>
     </row>
     <row r="323" spans="1:6">
       <c r="A323" t="s">
-        <v>593</v>
+        <v>577</v>
       </c>
       <c r="B323" t="s">
-        <v>593</v>
+        <v>577</v>
       </c>
       <c r="C323" t="s">
-        <v>634</v>
+        <v>640</v>
       </c>
       <c r="D323" t="s">
-        <v>634</v>
+        <v>640</v>
       </c>
       <c r="E323" s="2" t="s">
-        <v>635</v>
+        <v>641</v>
       </c>
       <c r="F323" s="2"/>
     </row>
     <row r="324" spans="1:6">
       <c r="A324" t="s">
-        <v>593</v>
+        <v>577</v>
       </c>
       <c r="B324" t="s">
-        <v>593</v>
+        <v>577</v>
       </c>
       <c r="C324" t="s">
-        <v>636</v>
+        <v>642</v>
       </c>
       <c r="D324" t="s">
-        <v>636</v>
+        <v>642</v>
       </c>
       <c r="E324" s="2" t="s">
-        <v>637</v>
+        <v>643</v>
       </c>
       <c r="F324" s="2"/>
     </row>
     <row r="325" spans="1:6">
       <c r="A325" t="s">
-        <v>593</v>
+        <v>577</v>
       </c>
       <c r="B325" t="s">
-        <v>593</v>
+        <v>577</v>
       </c>
       <c r="C325" t="s">
-        <v>638</v>
+        <v>644</v>
       </c>
       <c r="D325" t="s">
-        <v>638</v>
+        <v>644</v>
       </c>
       <c r="E325" s="2" t="s">
-        <v>639</v>
+        <v>645</v>
       </c>
       <c r="F325" s="2"/>
     </row>
     <row r="326" spans="1:6">
       <c r="A326" t="s">
-        <v>593</v>
+        <v>577</v>
       </c>
       <c r="B326" t="s">
-        <v>593</v>
+        <v>577</v>
       </c>
       <c r="C326" t="s">
-        <v>640</v>
+        <v>646</v>
       </c>
       <c r="D326" t="s">
-        <v>640</v>
+        <v>646</v>
       </c>
       <c r="E326" s="2" t="s">
-        <v>641</v>
+        <v>647</v>
       </c>
       <c r="F326" s="2"/>
     </row>
     <row r="327" spans="1:6">
       <c r="A327" t="s">
-        <v>593</v>
+        <v>577</v>
       </c>
       <c r="B327" t="s">
-        <v>593</v>
+        <v>577</v>
       </c>
       <c r="C327" t="s">
-        <v>642</v>
+        <v>648</v>
       </c>
       <c r="D327" t="s">
-        <v>642</v>
+        <v>648</v>
       </c>
       <c r="E327" s="2" t="s">
-        <v>643</v>
+        <v>649</v>
       </c>
       <c r="F327" s="2"/>
     </row>
     <row r="328" spans="1:6">
       <c r="A328" t="s">
-        <v>593</v>
+        <v>577</v>
       </c>
       <c r="B328" t="s">
-        <v>593</v>
+        <v>577</v>
       </c>
       <c r="C328" t="s">
-        <v>644</v>
+        <v>650</v>
       </c>
       <c r="D328" t="s">
-        <v>644</v>
+        <v>650</v>
       </c>
       <c r="E328" s="2" t="s">
-        <v>645</v>
+        <v>651</v>
       </c>
       <c r="F328" s="2"/>
     </row>
     <row r="329" spans="1:6">
       <c r="A329" t="s">
-        <v>593</v>
+        <v>577</v>
       </c>
       <c r="B329" t="s">
-        <v>593</v>
+        <v>577</v>
       </c>
       <c r="C329" t="s">
-        <v>646</v>
+        <v>652</v>
       </c>
       <c r="D329" t="s">
-        <v>646</v>
+        <v>652</v>
       </c>
       <c r="E329" s="2" t="s">
-        <v>647</v>
+        <v>653</v>
       </c>
       <c r="F329" s="2"/>
     </row>
     <row r="330" spans="1:6">
       <c r="A330" t="s">
-        <v>593</v>
+        <v>577</v>
       </c>
       <c r="B330" t="s">
-        <v>593</v>
+        <v>577</v>
       </c>
       <c r="C330" t="s">
-        <v>648</v>
+        <v>654</v>
       </c>
       <c r="D330" t="s">
-        <v>648</v>
+        <v>654</v>
       </c>
       <c r="E330" s="2" t="s">
-        <v>649</v>
+        <v>655</v>
       </c>
       <c r="F330" s="2"/>
     </row>
     <row r="331" spans="1:6">
       <c r="A331" t="s">
-        <v>593</v>
+        <v>577</v>
       </c>
       <c r="B331" t="s">
-        <v>593</v>
+        <v>577</v>
       </c>
       <c r="C331" t="s">
-        <v>650</v>
+        <v>656</v>
       </c>
       <c r="D331" t="s">
-        <v>650</v>
+        <v>656</v>
       </c>
       <c r="E331" s="2" t="s">
-        <v>651</v>
+        <v>657</v>
       </c>
       <c r="F331" s="2"/>
     </row>
     <row r="332" spans="1:6">
       <c r="A332" t="s">
-        <v>593</v>
+        <v>577</v>
       </c>
       <c r="B332" t="s">
-        <v>593</v>
+        <v>577</v>
       </c>
       <c r="C332" t="s">
-        <v>652</v>
+        <v>658</v>
       </c>
       <c r="D332" t="s">
-        <v>652</v>
+        <v>658</v>
       </c>
       <c r="E332" s="2" t="s">
-        <v>653</v>
+        <v>659</v>
       </c>
       <c r="F332" s="2"/>
     </row>
     <row r="333" spans="1:6">
       <c r="A333" t="s">
-        <v>593</v>
+        <v>577</v>
       </c>
       <c r="B333" t="s">
-        <v>593</v>
+        <v>577</v>
       </c>
       <c r="C333" t="s">
-        <v>654</v>
+        <v>660</v>
       </c>
       <c r="D333" t="s">
-        <v>654</v>
+        <v>660</v>
       </c>
       <c r="E333" s="2" t="s">
-        <v>655</v>
+        <v>661</v>
       </c>
       <c r="F333" s="2"/>
     </row>
     <row r="334" spans="1:6">
       <c r="A334" t="s">
-        <v>593</v>
+        <v>577</v>
       </c>
       <c r="B334" t="s">
-        <v>593</v>
+        <v>577</v>
       </c>
       <c r="C334" t="s">
-        <v>656</v>
+        <v>662</v>
       </c>
       <c r="D334" t="s">
-        <v>656</v>
+        <v>662</v>
       </c>
       <c r="E334" s="2" t="s">
-        <v>657</v>
+        <v>663</v>
       </c>
       <c r="F334" s="2"/>
     </row>
     <row r="335" spans="1:6">
       <c r="A335" t="s">
-        <v>593</v>
+        <v>577</v>
       </c>
       <c r="B335" t="s">
-        <v>593</v>
+        <v>577</v>
       </c>
       <c r="C335" t="s">
-        <v>658</v>
+        <v>664</v>
       </c>
       <c r="D335" t="s">
-        <v>658</v>
+        <v>664</v>
       </c>
       <c r="E335" s="2" t="s">
-        <v>659</v>
+        <v>665</v>
       </c>
       <c r="F335" s="2"/>
     </row>
     <row r="336" spans="1:6">
       <c r="A336" t="s">
-        <v>593</v>
+        <v>577</v>
       </c>
       <c r="B336" t="s">
-        <v>593</v>
+        <v>577</v>
       </c>
       <c r="C336" t="s">
-        <v>660</v>
+        <v>666</v>
       </c>
       <c r="D336" t="s">
-        <v>660</v>
+        <v>666</v>
       </c>
       <c r="E336" s="2" t="s">
-        <v>661</v>
+        <v>667</v>
       </c>
       <c r="F336" s="2"/>
     </row>
     <row r="337" spans="1:6">
       <c r="A337" t="s">
-        <v>593</v>
+        <v>577</v>
       </c>
       <c r="B337" t="s">
-        <v>593</v>
+        <v>577</v>
       </c>
       <c r="C337" t="s">
-        <v>662</v>
+        <v>668</v>
       </c>
       <c r="D337" t="s">
-        <v>662</v>
+        <v>668</v>
       </c>
       <c r="E337" s="2" t="s">
-        <v>663</v>
+        <v>669</v>
       </c>
       <c r="F337" s="2"/>
     </row>
     <row r="338" spans="1:6">
       <c r="A338" t="s">
-        <v>593</v>
+        <v>577</v>
       </c>
       <c r="B338" t="s">
-        <v>593</v>
+        <v>577</v>
       </c>
       <c r="C338" t="s">
-        <v>664</v>
+        <v>670</v>
       </c>
       <c r="D338" t="s">
-        <v>664</v>
+        <v>670</v>
       </c>
       <c r="E338" s="2" t="s">
-        <v>665</v>
+        <v>671</v>
       </c>
       <c r="F338" s="2"/>
     </row>
     <row r="339" spans="1:6">
       <c r="A339" t="s">
-        <v>593</v>
+        <v>577</v>
       </c>
       <c r="B339" t="s">
-        <v>593</v>
+        <v>577</v>
       </c>
       <c r="C339" t="s">
-        <v>666</v>
+        <v>672</v>
       </c>
       <c r="D339" t="s">
-        <v>666</v>
+        <v>672</v>
       </c>
       <c r="E339" s="2" t="s">
-        <v>667</v>
+        <v>673</v>
       </c>
       <c r="F339" s="2"/>
     </row>
     <row r="340" spans="1:6">
       <c r="A340" t="s">
-        <v>593</v>
+        <v>577</v>
       </c>
       <c r="B340" t="s">
-        <v>593</v>
+        <v>577</v>
       </c>
       <c r="C340" t="s">
-        <v>668</v>
+        <v>674</v>
       </c>
       <c r="D340" t="s">
-        <v>668</v>
+        <v>674</v>
       </c>
       <c r="E340" s="2" t="s">
-        <v>669</v>
+        <v>675</v>
       </c>
       <c r="F340" s="2"/>
     </row>
     <row r="341" spans="1:6">
       <c r="A341" t="s">
-        <v>593</v>
+        <v>577</v>
       </c>
       <c r="B341" t="s">
-        <v>593</v>
+        <v>577</v>
       </c>
       <c r="C341" t="s">
-        <v>670</v>
+        <v>676</v>
       </c>
       <c r="D341" t="s">
-        <v>670</v>
+        <v>676</v>
       </c>
       <c r="E341" s="2" t="s">
-        <v>671</v>
+        <v>677</v>
       </c>
       <c r="F341" s="2"/>
     </row>
     <row r="342" spans="1:6">
       <c r="A342" t="s">
-        <v>593</v>
+        <v>577</v>
       </c>
       <c r="B342" t="s">
-        <v>593</v>
+        <v>577</v>
       </c>
       <c r="C342" t="s">
-        <v>672</v>
+        <v>678</v>
       </c>
       <c r="D342" t="s">
-        <v>672</v>
+        <v>678</v>
       </c>
       <c r="E342" s="2" t="s">
-        <v>673</v>
+        <v>679</v>
       </c>
       <c r="F342" s="2"/>
     </row>
     <row r="343" spans="1:6">
       <c r="A343" t="s">
-        <v>593</v>
+        <v>577</v>
       </c>
       <c r="B343" t="s">
-        <v>593</v>
+        <v>577</v>
       </c>
       <c r="C343" t="s">
-        <v>674</v>
+        <v>680</v>
       </c>
       <c r="D343" t="s">
-        <v>674</v>
+        <v>680</v>
       </c>
       <c r="E343" s="2" t="s">
-        <v>675</v>
+        <v>681</v>
       </c>
       <c r="F343" s="2"/>
     </row>
     <row r="344" spans="1:6">
       <c r="A344" t="s">
-        <v>593</v>
+        <v>577</v>
       </c>
       <c r="B344" t="s">
-        <v>593</v>
+        <v>577</v>
       </c>
       <c r="C344" t="s">
-        <v>676</v>
+        <v>682</v>
       </c>
       <c r="D344" t="s">
-        <v>676</v>
+        <v>682</v>
       </c>
       <c r="E344" s="2" t="s">
-        <v>677</v>
+        <v>683</v>
       </c>
       <c r="F344" s="2"/>
     </row>
     <row r="345" spans="1:6">
       <c r="A345" t="s">
-        <v>593</v>
+        <v>577</v>
       </c>
       <c r="B345" t="s">
-        <v>593</v>
+        <v>577</v>
       </c>
       <c r="C345" t="s">
-        <v>678</v>
+        <v>684</v>
       </c>
       <c r="D345" t="s">
-        <v>678</v>
+        <v>684</v>
       </c>
       <c r="E345" s="2" t="s">
-        <v>679</v>
+        <v>685</v>
       </c>
       <c r="F345" s="2"/>
     </row>
     <row r="346" spans="1:6">
       <c r="A346" t="s">
-        <v>593</v>
+        <v>577</v>
       </c>
       <c r="B346" t="s">
-        <v>593</v>
+        <v>577</v>
       </c>
       <c r="C346" t="s">
-        <v>680</v>
+        <v>686</v>
       </c>
       <c r="D346" t="s">
-        <v>680</v>
+        <v>686</v>
       </c>
       <c r="E346" s="2" t="s">
-        <v>681</v>
+        <v>687</v>
       </c>
       <c r="F346" s="2"/>
     </row>
     <row r="347" spans="1:6">
       <c r="A347" t="s">
-        <v>593</v>
+        <v>577</v>
       </c>
       <c r="B347" t="s">
-        <v>593</v>
+        <v>577</v>
       </c>
       <c r="C347" t="s">
-        <v>682</v>
+        <v>688</v>
       </c>
       <c r="D347" t="s">
-        <v>682</v>
+        <v>688</v>
       </c>
       <c r="E347" s="2" t="s">
-        <v>683</v>
+        <v>689</v>
       </c>
       <c r="F347" s="2"/>
     </row>
     <row r="348" spans="1:6">
       <c r="A348" t="s">
-        <v>593</v>
+        <v>577</v>
       </c>
       <c r="B348" t="s">
-        <v>593</v>
+        <v>577</v>
       </c>
       <c r="C348" t="s">
-        <v>684</v>
+        <v>690</v>
       </c>
       <c r="D348" t="s">
-        <v>684</v>
+        <v>690</v>
       </c>
       <c r="E348" s="2" t="s">
-        <v>685</v>
+        <v>691</v>
       </c>
       <c r="F348" s="2"/>
     </row>
     <row r="349" spans="1:6">
       <c r="A349" t="s">
-        <v>593</v>
+        <v>577</v>
       </c>
       <c r="B349" t="s">
-        <v>593</v>
+        <v>577</v>
       </c>
       <c r="C349" t="s">
-        <v>686</v>
+        <v>692</v>
       </c>
       <c r="D349" t="s">
-        <v>686</v>
+        <v>692</v>
       </c>
       <c r="E349" s="2" t="s">
-        <v>687</v>
+        <v>693</v>
       </c>
       <c r="F349" s="2"/>
     </row>
     <row r="350" spans="1:6">
       <c r="A350" t="s">
-        <v>593</v>
+        <v>577</v>
       </c>
       <c r="B350" t="s">
-        <v>593</v>
+        <v>577</v>
       </c>
       <c r="C350" t="s">
-        <v>688</v>
+        <v>694</v>
       </c>
       <c r="D350" t="s">
-        <v>688</v>
+        <v>694</v>
       </c>
       <c r="E350" s="2" t="s">
-        <v>689</v>
+        <v>695</v>
       </c>
       <c r="F350" s="2"/>
     </row>
     <row r="351" spans="1:6">
       <c r="A351" t="s">
-        <v>593</v>
+        <v>577</v>
       </c>
       <c r="B351" t="s">
-        <v>593</v>
+        <v>577</v>
       </c>
       <c r="C351" t="s">
-        <v>690</v>
+        <v>524</v>
       </c>
       <c r="D351" t="s">
-        <v>690</v>
+        <v>524</v>
       </c>
       <c r="E351" s="2" t="s">
-        <v>691</v>
+        <v>696</v>
       </c>
       <c r="F351" s="2"/>
     </row>
     <row r="352" spans="1:6">
       <c r="A352" t="s">
-        <v>593</v>
+        <v>577</v>
       </c>
       <c r="B352" t="s">
-        <v>593</v>
+        <v>577</v>
       </c>
       <c r="C352" t="s">
-        <v>692</v>
+        <v>526</v>
       </c>
       <c r="D352" t="s">
-        <v>692</v>
+        <v>526</v>
       </c>
       <c r="E352" s="2" t="s">
-        <v>693</v>
+        <v>697</v>
       </c>
       <c r="F352" s="2"/>
     </row>
     <row r="353" spans="1:6">
       <c r="A353" t="s">
-        <v>593</v>
+        <v>577</v>
       </c>
       <c r="B353" t="s">
-        <v>593</v>
+        <v>577</v>
       </c>
       <c r="C353" t="s">
-        <v>694</v>
+        <v>698</v>
       </c>
       <c r="D353" t="s">
-        <v>694</v>
+        <v>698</v>
       </c>
       <c r="E353" s="2" t="s">
-        <v>695</v>
+        <v>699</v>
       </c>
       <c r="F353" s="2"/>
     </row>
     <row r="354" spans="1:6">
       <c r="A354" t="s">
-        <v>593</v>
+        <v>577</v>
       </c>
       <c r="B354" t="s">
-        <v>593</v>
+        <v>577</v>
       </c>
       <c r="C354" t="s">
-        <v>696</v>
+        <v>700</v>
       </c>
       <c r="D354" t="s">
-        <v>696</v>
+        <v>700</v>
       </c>
       <c r="E354" s="2" t="s">
-        <v>697</v>
+        <v>701</v>
       </c>
       <c r="F354" s="2"/>
     </row>
     <row r="355" spans="1:6">
       <c r="A355" t="s">
-        <v>593</v>
+        <v>577</v>
       </c>
       <c r="B355" t="s">
-        <v>593</v>
+        <v>577</v>
       </c>
       <c r="C355" t="s">
-        <v>698</v>
+        <v>702</v>
       </c>
       <c r="D355" t="s">
-        <v>698</v>
+        <v>702</v>
       </c>
       <c r="E355" s="2" t="s">
-        <v>699</v>
+        <v>703</v>
       </c>
       <c r="F355" s="2"/>
     </row>
     <row r="356" spans="1:6">
       <c r="A356" t="s">
-        <v>593</v>
+        <v>577</v>
       </c>
       <c r="B356" t="s">
-        <v>593</v>
+        <v>577</v>
       </c>
       <c r="C356" t="s">
-        <v>700</v>
+        <v>704</v>
       </c>
       <c r="D356" t="s">
-        <v>700</v>
+        <v>704</v>
       </c>
       <c r="E356" s="2" t="s">
-        <v>701</v>
+        <v>705</v>
       </c>
       <c r="F356" s="2"/>
     </row>
     <row r="357" spans="1:6">
       <c r="A357" t="s">
-        <v>593</v>
+        <v>577</v>
       </c>
       <c r="B357" t="s">
-        <v>593</v>
+        <v>577</v>
       </c>
       <c r="C357" t="s">
-        <v>702</v>
+        <v>706</v>
       </c>
       <c r="D357" t="s">
-        <v>702</v>
+        <v>706</v>
       </c>
       <c r="E357" s="2" t="s">
-        <v>703</v>
+        <v>707</v>
       </c>
       <c r="F357" s="2"/>
     </row>
     <row r="358" spans="1:6">
       <c r="A358" t="s">
-        <v>593</v>
+        <v>577</v>
       </c>
       <c r="B358" t="s">
-        <v>593</v>
+        <v>577</v>
       </c>
       <c r="C358" t="s">
-        <v>539</v>
+        <v>708</v>
       </c>
       <c r="D358" t="s">
-        <v>539</v>
+        <v>708</v>
       </c>
       <c r="E358" s="2" t="s">
-        <v>704</v>
+        <v>709</v>
       </c>
       <c r="F358" s="2"/>
     </row>
     <row r="359" spans="1:6">
       <c r="A359" t="s">
-        <v>593</v>
+        <v>577</v>
       </c>
       <c r="B359" t="s">
-        <v>593</v>
+        <v>577</v>
       </c>
       <c r="C359" t="s">
-        <v>541</v>
+        <v>710</v>
       </c>
       <c r="D359" t="s">
-        <v>541</v>
+        <v>710</v>
       </c>
       <c r="E359" s="2" t="s">
-        <v>705</v>
+        <v>711</v>
       </c>
       <c r="F359" s="2"/>
     </row>
     <row r="360" spans="1:6">
       <c r="A360" t="s">
-        <v>593</v>
+        <v>577</v>
       </c>
       <c r="B360" t="s">
-        <v>593</v>
+        <v>577</v>
       </c>
       <c r="C360" t="s">
-        <v>706</v>
+        <v>712</v>
       </c>
       <c r="D360" t="s">
-        <v>706</v>
+        <v>712</v>
       </c>
       <c r="E360" s="2" t="s">
-        <v>707</v>
+        <v>713</v>
       </c>
       <c r="F360" s="2"/>
     </row>
     <row r="361" spans="1:6">
       <c r="A361" t="s">
-        <v>593</v>
+        <v>577</v>
       </c>
       <c r="B361" t="s">
-        <v>593</v>
+        <v>577</v>
       </c>
       <c r="C361" t="s">
-        <v>708</v>
+        <v>714</v>
       </c>
       <c r="D361" t="s">
-        <v>708</v>
+        <v>714</v>
       </c>
       <c r="E361" s="2" t="s">
-        <v>709</v>
+        <v>715</v>
       </c>
       <c r="F361" s="2"/>
     </row>
     <row r="362" spans="1:6">
       <c r="A362" t="s">
-        <v>593</v>
+        <v>577</v>
       </c>
       <c r="B362" t="s">
-        <v>593</v>
+        <v>577</v>
       </c>
       <c r="C362" t="s">
-        <v>710</v>
+        <v>716</v>
       </c>
       <c r="D362" t="s">
-        <v>710</v>
+        <v>716</v>
       </c>
       <c r="E362" s="2" t="s">
-        <v>711</v>
+        <v>717</v>
       </c>
       <c r="F362" s="2"/>
     </row>
     <row r="363" spans="1:6">
       <c r="A363" t="s">
-        <v>593</v>
+        <v>577</v>
       </c>
       <c r="B363" t="s">
-        <v>593</v>
+        <v>577</v>
       </c>
       <c r="C363" t="s">
-        <v>712</v>
+        <v>718</v>
       </c>
       <c r="D363" t="s">
-        <v>712</v>
+        <v>718</v>
       </c>
       <c r="E363" s="2" t="s">
-        <v>713</v>
+        <v>719</v>
       </c>
       <c r="F363" s="2"/>
     </row>
     <row r="364" spans="1:6">
       <c r="A364" t="s">
-        <v>593</v>
+        <v>720</v>
       </c>
       <c r="B364" t="s">
-        <v>593</v>
+        <v>720</v>
       </c>
       <c r="C364" t="s">
-        <v>714</v>
+        <v>721</v>
       </c>
       <c r="D364" t="s">
-        <v>714</v>
+        <v>721</v>
       </c>
       <c r="E364" s="2" t="s">
-        <v>715</v>
+        <v>722</v>
       </c>
       <c r="F364" s="2"/>
     </row>
     <row r="365" spans="1:6">
       <c r="A365" t="s">
-        <v>593</v>
+        <v>720</v>
       </c>
       <c r="B365" t="s">
-        <v>593</v>
+        <v>720</v>
       </c>
       <c r="C365" t="s">
-        <v>716</v>
+        <v>723</v>
       </c>
       <c r="D365" t="s">
-        <v>716</v>
+        <v>723</v>
       </c>
       <c r="E365" s="2" t="s">
-        <v>717</v>
+        <v>724</v>
       </c>
       <c r="F365" s="2"/>
     </row>
     <row r="366" spans="1:6">
       <c r="A366" t="s">
-        <v>593</v>
+        <v>720</v>
       </c>
       <c r="B366" t="s">
-        <v>593</v>
+        <v>720</v>
       </c>
       <c r="C366" t="s">
-        <v>718</v>
+        <v>725</v>
       </c>
       <c r="D366" t="s">
-        <v>718</v>
+        <v>725</v>
       </c>
       <c r="E366" s="2" t="s">
-        <v>719</v>
+        <v>726</v>
       </c>
       <c r="F366" s="2"/>
     </row>
     <row r="367" spans="1:6">
       <c r="A367" t="s">
-        <v>593</v>
+        <v>720</v>
       </c>
       <c r="B367" t="s">
-        <v>593</v>
+        <v>720</v>
       </c>
       <c r="C367" t="s">
-        <v>720</v>
+        <v>727</v>
       </c>
       <c r="D367" t="s">
-        <v>720</v>
+        <v>727</v>
       </c>
       <c r="E367" s="2" t="s">
-        <v>721</v>
+        <v>728</v>
       </c>
       <c r="F367" s="2"/>
     </row>
     <row r="368" spans="1:6">
       <c r="A368" t="s">
-        <v>593</v>
+        <v>720</v>
       </c>
       <c r="B368" t="s">
-        <v>593</v>
+        <v>720</v>
       </c>
       <c r="C368" t="s">
-        <v>722</v>
+        <v>729</v>
       </c>
       <c r="D368" t="s">
-        <v>722</v>
+        <v>729</v>
       </c>
       <c r="E368" s="2" t="s">
-        <v>723</v>
+        <v>730</v>
       </c>
       <c r="F368" s="2"/>
     </row>
     <row r="369" spans="1:6">
       <c r="A369" t="s">
-        <v>724</v>
+        <v>720</v>
       </c>
       <c r="B369" t="s">
-        <v>724</v>
+        <v>720</v>
       </c>
       <c r="C369" t="s">
-        <v>725</v>
+        <v>731</v>
       </c>
       <c r="D369" t="s">
-        <v>725</v>
+        <v>731</v>
       </c>
       <c r="E369" s="2" t="s">
-        <v>726</v>
+        <v>732</v>
       </c>
       <c r="F369" s="2"/>
     </row>
     <row r="370" spans="1:6">
       <c r="A370" t="s">
-        <v>724</v>
+        <v>720</v>
       </c>
       <c r="B370" t="s">
-        <v>724</v>
+        <v>720</v>
       </c>
       <c r="C370" t="s">
-        <v>727</v>
+        <v>733</v>
       </c>
       <c r="D370" t="s">
-        <v>727</v>
+        <v>733</v>
       </c>
       <c r="E370" s="2" t="s">
-        <v>728</v>
+        <v>734</v>
       </c>
       <c r="F370" s="2"/>
     </row>
     <row r="371" spans="1:6">
       <c r="A371" t="s">
-        <v>724</v>
+        <v>720</v>
       </c>
       <c r="B371" t="s">
-        <v>724</v>
+        <v>720</v>
       </c>
       <c r="C371" t="s">
-        <v>126</v>
+        <v>735</v>
       </c>
       <c r="D371" t="s">
-        <v>126</v>
+        <v>735</v>
       </c>
       <c r="E371" s="2" t="s">
-        <v>729</v>
+        <v>736</v>
       </c>
       <c r="F371" s="2"/>
     </row>
     <row r="372" spans="1:6">
       <c r="A372" t="s">
-        <v>724</v>
+        <v>720</v>
       </c>
       <c r="B372" t="s">
-        <v>724</v>
+        <v>720</v>
       </c>
       <c r="C372" t="s">
-        <v>142</v>
+        <v>737</v>
       </c>
       <c r="D372" t="s">
-        <v>142</v>
+        <v>737</v>
       </c>
       <c r="E372" s="2" t="s">
-        <v>730</v>
+        <v>738</v>
       </c>
       <c r="F372" s="2"/>
     </row>
     <row r="373" spans="1:6">
       <c r="A373" t="s">
-        <v>724</v>
+        <v>720</v>
       </c>
       <c r="B373" t="s">
-        <v>724</v>
+        <v>720</v>
       </c>
       <c r="C373" t="s">
-        <v>731</v>
+        <v>739</v>
       </c>
       <c r="D373" t="s">
-        <v>731</v>
+        <v>739</v>
       </c>
       <c r="E373" s="2" t="s">
-        <v>732</v>
+        <v>740</v>
       </c>
       <c r="F373" s="2"/>
     </row>
     <row r="374" spans="1:6">
       <c r="A374" t="s">
-        <v>724</v>
+        <v>720</v>
       </c>
       <c r="B374" t="s">
-        <v>724</v>
+        <v>720</v>
       </c>
       <c r="C374" t="s">
-        <v>733</v>
+        <v>741</v>
       </c>
       <c r="D374" t="s">
-        <v>733</v>
+        <v>741</v>
       </c>
       <c r="E374" s="2" t="s">
-        <v>734</v>
+        <v>742</v>
       </c>
       <c r="F374" s="2"/>
     </row>
     <row r="375" spans="1:6">
       <c r="A375" t="s">
-        <v>724</v>
+        <v>720</v>
       </c>
       <c r="B375" t="s">
-        <v>724</v>
+        <v>720</v>
       </c>
       <c r="C375" t="s">
-        <v>735</v>
+        <v>743</v>
       </c>
       <c r="D375" t="s">
-        <v>735</v>
+        <v>743</v>
       </c>
       <c r="E375" s="2" t="s">
-        <v>736</v>
+        <v>744</v>
       </c>
       <c r="F375" s="2"/>
     </row>
     <row r="376" spans="1:6">
       <c r="A376" t="s">
-        <v>724</v>
+        <v>720</v>
       </c>
       <c r="B376" t="s">
-        <v>724</v>
+        <v>720</v>
       </c>
       <c r="C376" t="s">
-        <v>737</v>
+        <v>745</v>
       </c>
       <c r="D376" t="s">
-        <v>737</v>
+        <v>745</v>
       </c>
       <c r="E376" s="2" t="s">
-        <v>738</v>
+        <v>746</v>
       </c>
       <c r="F376" s="2"/>
     </row>
     <row r="377" spans="1:6">
       <c r="A377" t="s">
-        <v>724</v>
+        <v>747</v>
       </c>
       <c r="B377" t="s">
-        <v>724</v>
+        <v>747</v>
       </c>
       <c r="C377" t="s">
-        <v>739</v>
+        <v>748</v>
       </c>
       <c r="D377" t="s">
-        <v>739</v>
+        <v>748</v>
       </c>
       <c r="E377" s="2" t="s">
-        <v>740</v>
+        <v>749</v>
       </c>
       <c r="F377" s="2"/>
     </row>
     <row r="378" spans="1:6">
       <c r="A378" t="s">
-        <v>724</v>
+        <v>747</v>
       </c>
       <c r="B378" t="s">
-        <v>724</v>
+        <v>747</v>
       </c>
       <c r="C378" t="s">
-        <v>741</v>
+        <v>750</v>
       </c>
       <c r="D378" t="s">
-        <v>741</v>
+        <v>750</v>
       </c>
       <c r="E378" s="2" t="s">
-        <v>742</v>
+        <v>751</v>
       </c>
       <c r="F378" s="2"/>
     </row>
     <row r="379" spans="1:6">
       <c r="A379" t="s">
-        <v>724</v>
+        <v>747</v>
       </c>
       <c r="B379" t="s">
-        <v>724</v>
+        <v>747</v>
       </c>
       <c r="C379" t="s">
-        <v>743</v>
+        <v>752</v>
       </c>
       <c r="D379" t="s">
-        <v>743</v>
+        <v>752</v>
       </c>
       <c r="E379" s="2" t="s">
-        <v>744</v>
+        <v>753</v>
       </c>
       <c r="F379" s="2"/>
     </row>
     <row r="380" spans="1:6">
       <c r="A380" t="s">
-        <v>724</v>
+        <v>747</v>
       </c>
       <c r="B380" t="s">
-        <v>724</v>
+        <v>747</v>
       </c>
       <c r="C380" t="s">
-        <v>745</v>
+        <v>754</v>
       </c>
       <c r="D380" t="s">
-        <v>745</v>
+        <v>754</v>
       </c>
       <c r="E380" s="2" t="s">
-        <v>746</v>
+        <v>755</v>
       </c>
       <c r="F380" s="2"/>
     </row>
     <row r="381" spans="1:6">
       <c r="A381" t="s">
-        <v>724</v>
+        <v>747</v>
       </c>
       <c r="B381" t="s">
-        <v>724</v>
+        <v>747</v>
       </c>
       <c r="C381" t="s">
-        <v>747</v>
+        <v>756</v>
       </c>
       <c r="D381" t="s">
-        <v>747</v>
+        <v>756</v>
       </c>
       <c r="E381" s="2" t="s">
-        <v>748</v>
+        <v>757</v>
       </c>
       <c r="F381" s="2"/>
     </row>
     <row r="382" spans="1:6">
       <c r="A382" t="s">
-        <v>724</v>
+        <v>747</v>
       </c>
       <c r="B382" t="s">
-        <v>724</v>
+        <v>747</v>
       </c>
       <c r="C382" t="s">
-        <v>749</v>
+        <v>758</v>
       </c>
       <c r="D382" t="s">
-        <v>749</v>
+        <v>758</v>
       </c>
       <c r="E382" s="2" t="s">
-        <v>750</v>
+        <v>759</v>
       </c>
       <c r="F382" s="2"/>
     </row>
     <row r="383" spans="1:6">
       <c r="A383" t="s">
-        <v>724</v>
+        <v>747</v>
       </c>
       <c r="B383" t="s">
-        <v>724</v>
+        <v>747</v>
       </c>
       <c r="C383" t="s">
-        <v>751</v>
+        <v>760</v>
       </c>
       <c r="D383" t="s">
-        <v>751</v>
+        <v>760</v>
       </c>
       <c r="E383" s="2" t="s">
-        <v>752</v>
+        <v>761</v>
       </c>
       <c r="F383" s="2"/>
     </row>
     <row r="384" spans="1:6">
       <c r="A384" t="s">
-        <v>753</v>
+        <v>747</v>
       </c>
       <c r="B384" t="s">
-        <v>753</v>
+        <v>747</v>
       </c>
       <c r="C384" t="s">
-        <v>754</v>
+        <v>762</v>
       </c>
       <c r="D384" t="s">
-        <v>754</v>
+        <v>762</v>
       </c>
       <c r="E384" s="2" t="s">
-        <v>755</v>
+        <v>763</v>
       </c>
       <c r="F384" s="2"/>
     </row>
     <row r="385" spans="1:6">
       <c r="A385" t="s">
-        <v>753</v>
+        <v>747</v>
       </c>
       <c r="B385" t="s">
-        <v>753</v>
+        <v>747</v>
       </c>
       <c r="C385" t="s">
-        <v>756</v>
+        <v>95</v>
       </c>
       <c r="D385" t="s">
-        <v>756</v>
+        <v>95</v>
       </c>
       <c r="E385" s="2" t="s">
-        <v>757</v>
+        <v>764</v>
       </c>
       <c r="F385" s="2"/>
     </row>
     <row r="386" spans="1:6">
       <c r="A386" t="s">
-        <v>753</v>
+        <v>747</v>
       </c>
       <c r="B386" t="s">
-        <v>753</v>
+        <v>747</v>
       </c>
       <c r="C386" t="s">
-        <v>758</v>
+        <v>765</v>
       </c>
       <c r="D386" t="s">
-        <v>758</v>
+        <v>765</v>
       </c>
       <c r="E386" s="2" t="s">
-        <v>759</v>
+        <v>766</v>
       </c>
       <c r="F386" s="2"/>
     </row>
     <row r="387" spans="1:6">
       <c r="A387" t="s">
-        <v>753</v>
+        <v>747</v>
       </c>
       <c r="B387" t="s">
-        <v>753</v>
+        <v>747</v>
       </c>
       <c r="C387" t="s">
-        <v>760</v>
+        <v>767</v>
       </c>
       <c r="D387" t="s">
-        <v>760</v>
+        <v>767</v>
       </c>
       <c r="E387" s="2" t="s">
-        <v>761</v>
+        <v>768</v>
       </c>
       <c r="F387" s="2"/>
     </row>
     <row r="388" spans="1:6">
       <c r="A388" t="s">
-        <v>753</v>
+        <v>747</v>
       </c>
       <c r="B388" t="s">
-        <v>753</v>
+        <v>747</v>
       </c>
       <c r="C388" t="s">
-        <v>762</v>
+        <v>769</v>
       </c>
       <c r="D388" t="s">
-        <v>762</v>
+        <v>769</v>
       </c>
       <c r="E388" s="2" t="s">
-        <v>763</v>
+        <v>770</v>
       </c>
       <c r="F388" s="2"/>
     </row>
     <row r="389" spans="1:6">
       <c r="A389" t="s">
-        <v>753</v>
+        <v>747</v>
       </c>
       <c r="B389" t="s">
-        <v>753</v>
+        <v>747</v>
       </c>
       <c r="C389" t="s">
-        <v>764</v>
+        <v>771</v>
       </c>
       <c r="D389" t="s">
-        <v>764</v>
+        <v>771</v>
       </c>
       <c r="E389" s="2" t="s">
-        <v>765</v>
+        <v>772</v>
       </c>
       <c r="F389" s="2"/>
     </row>
     <row r="390" spans="1:6">
       <c r="A390" t="s">
-        <v>753</v>
+        <v>747</v>
       </c>
       <c r="B390" t="s">
-        <v>753</v>
+        <v>747</v>
       </c>
       <c r="C390" t="s">
-        <v>766</v>
+        <v>773</v>
       </c>
       <c r="D390" t="s">
-        <v>766</v>
+        <v>773</v>
       </c>
       <c r="E390" s="2" t="s">
-        <v>767</v>
+        <v>774</v>
       </c>
       <c r="F390" s="2"/>
     </row>
     <row r="391" spans="1:6">
       <c r="A391" t="s">
-        <v>753</v>
+        <v>747</v>
       </c>
       <c r="B391" t="s">
-        <v>753</v>
+        <v>747</v>
       </c>
       <c r="C391" t="s">
-        <v>768</v>
+        <v>775</v>
       </c>
       <c r="D391" t="s">
-        <v>768</v>
+        <v>775</v>
       </c>
       <c r="E391" s="2" t="s">
-        <v>769</v>
+        <v>776</v>
       </c>
       <c r="F391" s="2"/>
     </row>
     <row r="392" spans="1:6">
       <c r="A392" t="s">
-        <v>753</v>
+        <v>747</v>
       </c>
       <c r="B392" t="s">
-        <v>753</v>
+        <v>747</v>
       </c>
       <c r="C392" t="s">
-        <v>95</v>
+        <v>777</v>
       </c>
       <c r="D392" t="s">
-        <v>95</v>
+        <v>777</v>
       </c>
       <c r="E392" s="2" t="s">
-        <v>770</v>
+        <v>778</v>
       </c>
       <c r="F392" s="2"/>
     </row>
     <row r="393" spans="1:6">
       <c r="A393" t="s">
-        <v>753</v>
+        <v>747</v>
       </c>
       <c r="B393" t="s">
-        <v>753</v>
+        <v>747</v>
       </c>
       <c r="C393" t="s">
-        <v>771</v>
+        <v>779</v>
       </c>
       <c r="D393" t="s">
-        <v>771</v>
+        <v>779</v>
       </c>
       <c r="E393" s="2" t="s">
-        <v>772</v>
+        <v>780</v>
       </c>
       <c r="F393" s="2"/>
     </row>
     <row r="394" spans="1:6">
       <c r="A394" t="s">
-        <v>753</v>
+        <v>747</v>
       </c>
       <c r="B394" t="s">
-        <v>753</v>
+        <v>747</v>
       </c>
       <c r="C394" t="s">
-        <v>773</v>
+        <v>781</v>
       </c>
       <c r="D394" t="s">
-        <v>773</v>
+        <v>781</v>
       </c>
       <c r="E394" s="2" t="s">
-        <v>774</v>
+        <v>782</v>
       </c>
       <c r="F394" s="2"/>
     </row>
     <row r="395" spans="1:6">
       <c r="A395" t="s">
-        <v>753</v>
+        <v>747</v>
       </c>
       <c r="B395" t="s">
-        <v>753</v>
+        <v>747</v>
       </c>
       <c r="C395" t="s">
-        <v>775</v>
+        <v>783</v>
       </c>
       <c r="D395" t="s">
-        <v>775</v>
+        <v>783</v>
       </c>
       <c r="E395" s="2" t="s">
-        <v>776</v>
+        <v>784</v>
       </c>
       <c r="F395" s="2"/>
     </row>
     <row r="396" spans="1:6">
       <c r="A396" t="s">
-        <v>753</v>
+        <v>747</v>
       </c>
       <c r="B396" t="s">
-        <v>753</v>
+        <v>747</v>
       </c>
       <c r="C396" t="s">
-        <v>777</v>
+        <v>785</v>
       </c>
       <c r="D396" t="s">
-        <v>777</v>
+        <v>785</v>
       </c>
       <c r="E396" s="2" t="s">
-        <v>778</v>
+        <v>786</v>
       </c>
       <c r="F396" s="2"/>
     </row>
     <row r="397" spans="1:6">
       <c r="A397" t="s">
-        <v>753</v>
+        <v>747</v>
       </c>
       <c r="B397" t="s">
-        <v>753</v>
+        <v>747</v>
       </c>
       <c r="C397" t="s">
-        <v>779</v>
+        <v>787</v>
       </c>
       <c r="D397" t="s">
-        <v>779</v>
+        <v>787</v>
       </c>
       <c r="E397" s="2" t="s">
-        <v>780</v>
+        <v>788</v>
       </c>
       <c r="F397" s="2"/>
     </row>
     <row r="398" spans="1:6">
       <c r="A398" t="s">
-        <v>753</v>
+        <v>747</v>
       </c>
       <c r="B398" t="s">
-        <v>753</v>
+        <v>747</v>
       </c>
       <c r="C398" t="s">
-        <v>781</v>
+        <v>789</v>
       </c>
       <c r="D398" t="s">
-        <v>781</v>
+        <v>789</v>
       </c>
       <c r="E398" s="2" t="s">
-        <v>782</v>
+        <v>790</v>
       </c>
       <c r="F398" s="2"/>
     </row>
     <row r="399" spans="1:6">
       <c r="A399" t="s">
-        <v>753</v>
+        <v>747</v>
       </c>
       <c r="B399" t="s">
-        <v>753</v>
+        <v>747</v>
       </c>
       <c r="C399" t="s">
-        <v>783</v>
+        <v>111</v>
       </c>
       <c r="D399" t="s">
-        <v>783</v>
+        <v>111</v>
       </c>
       <c r="E399" s="2" t="s">
-        <v>784</v>
+        <v>791</v>
       </c>
       <c r="F399" s="2"/>
     </row>
     <row r="400" spans="1:6">
       <c r="A400" t="s">
-        <v>753</v>
+        <v>747</v>
       </c>
       <c r="B400" t="s">
-        <v>753</v>
+        <v>747</v>
       </c>
       <c r="C400" t="s">
-        <v>785</v>
+        <v>792</v>
       </c>
       <c r="D400" t="s">
-        <v>785</v>
+        <v>792</v>
       </c>
       <c r="E400" s="2" t="s">
-        <v>786</v>
+        <v>793</v>
       </c>
       <c r="F400" s="2"/>
     </row>
     <row r="401" spans="1:6">
       <c r="A401" t="s">
-        <v>753</v>
+        <v>747</v>
       </c>
       <c r="B401" t="s">
-        <v>753</v>
+        <v>747</v>
       </c>
       <c r="C401" t="s">
-        <v>787</v>
+        <v>794</v>
       </c>
       <c r="D401" t="s">
-        <v>787</v>
+        <v>794</v>
       </c>
       <c r="E401" s="2" t="s">
-        <v>788</v>
+        <v>795</v>
       </c>
       <c r="F401" s="2"/>
     </row>
     <row r="402" spans="1:6">
       <c r="A402" t="s">
-        <v>753</v>
+        <v>796</v>
       </c>
       <c r="B402" t="s">
-        <v>753</v>
+        <v>796</v>
       </c>
       <c r="C402" t="s">
-        <v>789</v>
+        <v>797</v>
       </c>
       <c r="D402" t="s">
-        <v>789</v>
+        <v>797</v>
       </c>
       <c r="E402" s="2" t="s">
-        <v>790</v>
+        <v>798</v>
       </c>
       <c r="F402" s="2"/>
     </row>
     <row r="403" spans="1:6">
       <c r="A403" t="s">
-        <v>753</v>
+        <v>796</v>
       </c>
       <c r="B403" t="s">
-        <v>753</v>
+        <v>796</v>
       </c>
       <c r="C403" t="s">
-        <v>791</v>
+        <v>799</v>
       </c>
       <c r="D403" t="s">
-        <v>791</v>
+        <v>799</v>
       </c>
       <c r="E403" s="2" t="s">
-        <v>792</v>
+        <v>800</v>
       </c>
       <c r="F403" s="2"/>
     </row>
     <row r="404" spans="1:6">
       <c r="A404" t="s">
-        <v>753</v>
+        <v>796</v>
       </c>
       <c r="B404" t="s">
-        <v>753</v>
+        <v>796</v>
       </c>
       <c r="C404" t="s">
-        <v>793</v>
+        <v>801</v>
       </c>
       <c r="D404" t="s">
-        <v>793</v>
+        <v>801</v>
       </c>
       <c r="E404" s="2" t="s">
-        <v>794</v>
+        <v>802</v>
       </c>
       <c r="F404" s="2"/>
     </row>
     <row r="405" spans="1:6">
       <c r="A405" t="s">
-        <v>753</v>
+        <v>796</v>
       </c>
       <c r="B405" t="s">
-        <v>753</v>
+        <v>796</v>
       </c>
       <c r="C405" t="s">
-        <v>795</v>
+        <v>803</v>
       </c>
       <c r="D405" t="s">
-        <v>795</v>
+        <v>803</v>
       </c>
       <c r="E405" s="2" t="s">
-        <v>796</v>
+        <v>804</v>
       </c>
       <c r="F405" s="2"/>
     </row>
     <row r="406" spans="1:6">
       <c r="A406" t="s">
-        <v>753</v>
+        <v>796</v>
       </c>
       <c r="B406" t="s">
-        <v>753</v>
+        <v>796</v>
       </c>
       <c r="C406" t="s">
-        <v>797</v>
+        <v>805</v>
       </c>
       <c r="D406" t="s">
-        <v>797</v>
+        <v>805</v>
       </c>
       <c r="E406" s="2" t="s">
-        <v>798</v>
+        <v>806</v>
       </c>
       <c r="F406" s="2"/>
     </row>
     <row r="407" spans="1:6">
       <c r="A407" t="s">
-        <v>753</v>
+        <v>796</v>
       </c>
       <c r="B407" t="s">
-        <v>753</v>
+        <v>796</v>
       </c>
       <c r="C407" t="s">
-        <v>109</v>
+        <v>807</v>
       </c>
       <c r="D407" t="s">
-        <v>109</v>
+        <v>807</v>
       </c>
       <c r="E407" s="2" t="s">
-        <v>799</v>
+        <v>808</v>
       </c>
       <c r="F407" s="2"/>
     </row>
     <row r="408" spans="1:6">
       <c r="A408" t="s">
-        <v>753</v>
+        <v>796</v>
       </c>
       <c r="B408" t="s">
-        <v>753</v>
+        <v>796</v>
       </c>
       <c r="C408" t="s">
-        <v>800</v>
+        <v>809</v>
       </c>
       <c r="D408" t="s">
-        <v>800</v>
+        <v>809</v>
       </c>
       <c r="E408" s="2" t="s">
-        <v>801</v>
+        <v>810</v>
       </c>
       <c r="F408" s="2"/>
     </row>
     <row r="409" spans="1:6">
       <c r="A409" t="s">
-        <v>753</v>
+        <v>796</v>
       </c>
       <c r="B409" t="s">
-        <v>753</v>
+        <v>796</v>
       </c>
       <c r="C409" t="s">
-        <v>802</v>
+        <v>811</v>
       </c>
       <c r="D409" t="s">
-        <v>802</v>
+        <v>811</v>
       </c>
       <c r="E409" s="2" t="s">
-        <v>803</v>
+        <v>812</v>
       </c>
       <c r="F409" s="2"/>
     </row>
     <row r="410" spans="1:6">
       <c r="A410" t="s">
-        <v>804</v>
+        <v>796</v>
       </c>
       <c r="B410" t="s">
-        <v>804</v>
+        <v>796</v>
       </c>
       <c r="C410" t="s">
-        <v>805</v>
+        <v>813</v>
       </c>
       <c r="D410" t="s">
-        <v>805</v>
+        <v>813</v>
       </c>
       <c r="E410" s="2" t="s">
-        <v>806</v>
+        <v>814</v>
       </c>
       <c r="F410" s="2"/>
     </row>
     <row r="411" spans="1:6">
       <c r="A411" t="s">
-        <v>804</v>
+        <v>796</v>
       </c>
       <c r="B411" t="s">
-        <v>804</v>
+        <v>796</v>
       </c>
       <c r="C411" t="s">
-        <v>807</v>
+        <v>815</v>
       </c>
       <c r="D411" t="s">
-        <v>807</v>
+        <v>815</v>
       </c>
       <c r="E411" s="2" t="s">
-        <v>808</v>
+        <v>816</v>
       </c>
       <c r="F411" s="2"/>
     </row>
     <row r="412" spans="1:6">
       <c r="A412" t="s">
-        <v>804</v>
+        <v>796</v>
       </c>
       <c r="B412" t="s">
-        <v>804</v>
+        <v>796</v>
       </c>
       <c r="C412" t="s">
-        <v>809</v>
+        <v>817</v>
       </c>
       <c r="D412" t="s">
-        <v>809</v>
+        <v>817</v>
       </c>
       <c r="E412" s="2" t="s">
-        <v>810</v>
+        <v>818</v>
       </c>
       <c r="F412" s="2"/>
     </row>
     <row r="413" spans="1:6">
       <c r="A413" t="s">
-        <v>804</v>
+        <v>819</v>
       </c>
       <c r="B413" t="s">
-        <v>804</v>
+        <v>819</v>
       </c>
       <c r="C413" t="s">
-        <v>811</v>
+        <v>128</v>
       </c>
       <c r="D413" t="s">
-        <v>811</v>
+        <v>128</v>
       </c>
       <c r="E413" s="2" t="s">
-        <v>812</v>
+        <v>129</v>
       </c>
       <c r="F413" s="2"/>
     </row>
     <row r="414" spans="1:6">
       <c r="A414" t="s">
-        <v>804</v>
+        <v>819</v>
       </c>
       <c r="B414" t="s">
-        <v>804</v>
+        <v>819</v>
       </c>
       <c r="C414" t="s">
-        <v>813</v>
+        <v>820</v>
       </c>
       <c r="D414" t="s">
-        <v>813</v>
+        <v>820</v>
       </c>
       <c r="E414" s="2" t="s">
-        <v>814</v>
+        <v>821</v>
       </c>
       <c r="F414" s="2"/>
     </row>
     <row r="415" spans="1:6">
       <c r="A415" t="s">
-        <v>804</v>
+        <v>819</v>
       </c>
       <c r="B415" t="s">
-        <v>804</v>
+        <v>819</v>
       </c>
       <c r="C415" t="s">
-        <v>815</v>
+        <v>822</v>
       </c>
       <c r="D415" t="s">
-        <v>815</v>
+        <v>822</v>
       </c>
       <c r="E415" s="2" t="s">
-        <v>816</v>
+        <v>823</v>
       </c>
       <c r="F415" s="2"/>
     </row>
     <row r="416" spans="1:6">
       <c r="A416" t="s">
-        <v>804</v>
+        <v>819</v>
       </c>
       <c r="B416" t="s">
-        <v>804</v>
+        <v>819</v>
       </c>
       <c r="C416" t="s">
-        <v>817</v>
+        <v>824</v>
       </c>
       <c r="D416" t="s">
-        <v>817</v>
+        <v>824</v>
       </c>
       <c r="E416" s="2" t="s">
-        <v>818</v>
+        <v>825</v>
       </c>
       <c r="F416" s="2"/>
     </row>
     <row r="417" spans="1:6">
       <c r="A417" t="s">
-        <v>804</v>
+        <v>826</v>
       </c>
       <c r="B417" t="s">
-        <v>804</v>
+        <v>826</v>
       </c>
       <c r="C417" t="s">
-        <v>819</v>
+        <v>827</v>
       </c>
       <c r="D417" t="s">
-        <v>819</v>
+        <v>827</v>
       </c>
       <c r="E417" s="2" t="s">
-        <v>820</v>
+        <v>828</v>
       </c>
       <c r="F417" s="2"/>
     </row>
     <row r="418" spans="1:6">
       <c r="A418" t="s">
-        <v>804</v>
+        <v>826</v>
       </c>
       <c r="B418" t="s">
-        <v>804</v>
+        <v>826</v>
       </c>
       <c r="C418" t="s">
-        <v>821</v>
+        <v>829</v>
       </c>
       <c r="D418" t="s">
-        <v>821</v>
+        <v>829</v>
       </c>
       <c r="E418" s="2" t="s">
-        <v>822</v>
+        <v>830</v>
       </c>
       <c r="F418" s="2"/>
     </row>
     <row r="419" spans="1:6">
       <c r="A419" t="s">
-        <v>804</v>
+        <v>826</v>
       </c>
       <c r="B419" t="s">
-        <v>804</v>
+        <v>826</v>
       </c>
       <c r="C419" t="s">
-        <v>823</v>
+        <v>831</v>
       </c>
       <c r="D419" t="s">
-        <v>823</v>
+        <v>831</v>
       </c>
       <c r="E419" s="2" t="s">
-        <v>824</v>
+        <v>832</v>
       </c>
       <c r="F419" s="2"/>
     </row>
     <row r="420" spans="1:6">
       <c r="A420" t="s">
-        <v>804</v>
+        <v>826</v>
       </c>
       <c r="B420" t="s">
-        <v>804</v>
+        <v>826</v>
       </c>
       <c r="C420" t="s">
-        <v>825</v>
+        <v>833</v>
       </c>
       <c r="D420" t="s">
-        <v>825</v>
+        <v>833</v>
       </c>
       <c r="E420" s="2" t="s">
-        <v>826</v>
+        <v>834</v>
       </c>
       <c r="F420" s="2"/>
     </row>
     <row r="421" spans="1:6">
       <c r="A421" t="s">
-        <v>804</v>
+        <v>826</v>
       </c>
       <c r="B421" t="s">
-        <v>804</v>
+        <v>826</v>
       </c>
       <c r="C421" t="s">
-        <v>827</v>
+        <v>835</v>
       </c>
       <c r="D421" t="s">
-        <v>827</v>
+        <v>835</v>
       </c>
       <c r="E421" s="2" t="s">
-        <v>828</v>
+        <v>836</v>
       </c>
       <c r="F421" s="2"/>
     </row>
     <row r="422" spans="1:6">
       <c r="A422" t="s">
-        <v>829</v>
+        <v>826</v>
       </c>
       <c r="B422" t="s">
-        <v>829</v>
+        <v>826</v>
       </c>
       <c r="C422" t="s">
-        <v>132</v>
+        <v>837</v>
       </c>
       <c r="D422" t="s">
-        <v>132</v>
+        <v>837</v>
       </c>
       <c r="E422" s="2" t="s">
-        <v>133</v>
+        <v>838</v>
       </c>
       <c r="F422" s="2"/>
     </row>
     <row r="423" spans="1:6">
       <c r="A423" t="s">
-        <v>829</v>
+        <v>826</v>
       </c>
       <c r="B423" t="s">
-        <v>829</v>
+        <v>826</v>
       </c>
       <c r="C423" t="s">
-        <v>830</v>
+        <v>839</v>
       </c>
       <c r="D423" t="s">
-        <v>830</v>
+        <v>839</v>
       </c>
       <c r="E423" s="2" t="s">
-        <v>831</v>
+        <v>840</v>
       </c>
       <c r="F423" s="2"/>
     </row>
     <row r="424" spans="1:6">
       <c r="A424" t="s">
-        <v>829</v>
+        <v>826</v>
       </c>
       <c r="B424" t="s">
-        <v>829</v>
+        <v>826</v>
       </c>
       <c r="C424" t="s">
-        <v>832</v>
+        <v>841</v>
       </c>
       <c r="D424" t="s">
-        <v>832</v>
+        <v>841</v>
       </c>
       <c r="E424" s="2" t="s">
-        <v>833</v>
+        <v>842</v>
       </c>
       <c r="F424" s="2"/>
     </row>
     <row r="425" spans="1:6">
       <c r="A425" t="s">
-        <v>829</v>
+        <v>826</v>
       </c>
       <c r="B425" t="s">
-        <v>829</v>
+        <v>826</v>
       </c>
       <c r="C425" t="s">
-        <v>834</v>
+        <v>843</v>
       </c>
       <c r="D425" t="s">
-        <v>834</v>
+        <v>843</v>
       </c>
       <c r="E425" s="2" t="s">
-        <v>835</v>
+        <v>844</v>
       </c>
       <c r="F425" s="2"/>
     </row>
     <row r="426" spans="1:6">
       <c r="A426" t="s">
-        <v>836</v>
+        <v>826</v>
       </c>
       <c r="B426" t="s">
-        <v>836</v>
+        <v>826</v>
       </c>
       <c r="C426" t="s">
-        <v>837</v>
+        <v>845</v>
       </c>
       <c r="D426" t="s">
-        <v>837</v>
+        <v>845</v>
       </c>
       <c r="E426" s="2" t="s">
-        <v>838</v>
+        <v>846</v>
       </c>
       <c r="F426" s="2"/>
     </row>
     <row r="427" spans="1:6">
       <c r="A427" t="s">
-        <v>836</v>
+        <v>826</v>
       </c>
       <c r="B427" t="s">
-        <v>836</v>
+        <v>826</v>
       </c>
       <c r="C427" t="s">
-        <v>839</v>
+        <v>847</v>
       </c>
       <c r="D427" t="s">
-        <v>839</v>
+        <v>847</v>
       </c>
       <c r="E427" s="2" t="s">
-        <v>840</v>
+        <v>848</v>
       </c>
       <c r="F427" s="2"/>
     </row>
     <row r="428" spans="1:6">
       <c r="A428" t="s">
-        <v>836</v>
+        <v>826</v>
       </c>
       <c r="B428" t="s">
-        <v>836</v>
+        <v>826</v>
       </c>
       <c r="C428" t="s">
-        <v>841</v>
+        <v>849</v>
       </c>
       <c r="D428" t="s">
-        <v>841</v>
+        <v>849</v>
       </c>
       <c r="E428" s="2" t="s">
-        <v>842</v>
+        <v>850</v>
       </c>
       <c r="F428" s="2"/>
     </row>
     <row r="429" spans="1:6">
       <c r="A429" t="s">
-        <v>836</v>
+        <v>826</v>
       </c>
       <c r="B429" t="s">
-        <v>836</v>
+        <v>826</v>
       </c>
       <c r="C429" t="s">
-        <v>843</v>
+        <v>851</v>
       </c>
       <c r="D429" t="s">
-        <v>843</v>
+        <v>851</v>
       </c>
       <c r="E429" s="2" t="s">
-        <v>844</v>
+        <v>852</v>
       </c>
       <c r="F429" s="2"/>
     </row>
     <row r="430" spans="1:6">
       <c r="A430" t="s">
-        <v>836</v>
+        <v>826</v>
       </c>
       <c r="B430" t="s">
-        <v>836</v>
+        <v>826</v>
       </c>
       <c r="C430" t="s">
-        <v>845</v>
+        <v>853</v>
       </c>
       <c r="D430" t="s">
-        <v>845</v>
+        <v>853</v>
       </c>
       <c r="E430" s="2" t="s">
-        <v>846</v>
+        <v>854</v>
       </c>
       <c r="F430" s="2"/>
     </row>
     <row r="431" spans="1:6">
       <c r="A431" t="s">
-        <v>836</v>
+        <v>826</v>
       </c>
       <c r="B431" t="s">
-        <v>836</v>
+        <v>826</v>
       </c>
       <c r="C431" t="s">
-        <v>847</v>
+        <v>855</v>
       </c>
       <c r="D431" t="s">
-        <v>847</v>
+        <v>855</v>
       </c>
       <c r="E431" s="2" t="s">
-        <v>848</v>
+        <v>856</v>
       </c>
       <c r="F431" s="2"/>
     </row>
     <row r="432" spans="1:6">
       <c r="A432" t="s">
-        <v>836</v>
+        <v>826</v>
       </c>
       <c r="B432" t="s">
-        <v>836</v>
+        <v>826</v>
       </c>
       <c r="C432" t="s">
-        <v>849</v>
+        <v>857</v>
       </c>
       <c r="D432" t="s">
-        <v>849</v>
+        <v>857</v>
       </c>
       <c r="E432" s="2" t="s">
-        <v>850</v>
+        <v>858</v>
       </c>
       <c r="F432" s="2"/>
     </row>
     <row r="433" spans="1:6">
       <c r="A433" t="s">
-        <v>836</v>
+        <v>826</v>
       </c>
       <c r="B433" t="s">
-        <v>836</v>
+        <v>826</v>
       </c>
       <c r="C433" t="s">
-        <v>851</v>
+        <v>859</v>
       </c>
       <c r="D433" t="s">
-        <v>851</v>
+        <v>859</v>
       </c>
       <c r="E433" s="2" t="s">
-        <v>852</v>
+        <v>860</v>
       </c>
       <c r="F433" s="2"/>
     </row>
     <row r="434" spans="1:6">
       <c r="A434" t="s">
-        <v>836</v>
+        <v>826</v>
       </c>
       <c r="B434" t="s">
-        <v>836</v>
+        <v>826</v>
       </c>
       <c r="C434" t="s">
-        <v>142</v>
+        <v>861</v>
       </c>
       <c r="D434" t="s">
-        <v>142</v>
+        <v>861</v>
       </c>
       <c r="E434" s="2" t="s">
-        <v>143</v>
+        <v>862</v>
       </c>
       <c r="F434" s="2"/>
     </row>
     <row r="435" spans="1:6">
       <c r="A435" t="s">
-        <v>836</v>
+        <v>826</v>
       </c>
       <c r="B435" t="s">
-        <v>836</v>
+        <v>826</v>
       </c>
       <c r="C435" t="s">
-        <v>853</v>
+        <v>863</v>
       </c>
       <c r="D435" t="s">
-        <v>853</v>
+        <v>863</v>
       </c>
       <c r="E435" s="2" t="s">
-        <v>854</v>
+        <v>864</v>
       </c>
       <c r="F435" s="2"/>
     </row>
     <row r="436" spans="1:6">
       <c r="A436" t="s">
-        <v>836</v>
+        <v>826</v>
       </c>
       <c r="B436" t="s">
-        <v>836</v>
+        <v>826</v>
       </c>
       <c r="C436" t="s">
-        <v>855</v>
+        <v>865</v>
       </c>
       <c r="D436" t="s">
-        <v>855</v>
+        <v>865</v>
       </c>
       <c r="E436" s="2" t="s">
-        <v>856</v>
+        <v>866</v>
       </c>
       <c r="F436" s="2"/>
     </row>
     <row r="437" spans="1:6">
       <c r="A437" t="s">
-        <v>836</v>
+        <v>826</v>
       </c>
       <c r="B437" t="s">
-        <v>836</v>
+        <v>826</v>
       </c>
       <c r="C437" t="s">
-        <v>857</v>
+        <v>867</v>
       </c>
       <c r="D437" t="s">
-        <v>857</v>
+        <v>867</v>
       </c>
       <c r="E437" s="2" t="s">
-        <v>858</v>
+        <v>868</v>
       </c>
       <c r="F437" s="2"/>
     </row>
     <row r="438" spans="1:6">
       <c r="A438" t="s">
-        <v>836</v>
+        <v>826</v>
       </c>
       <c r="B438" t="s">
-        <v>836</v>
+        <v>826</v>
       </c>
       <c r="C438" t="s">
-        <v>859</v>
+        <v>869</v>
       </c>
       <c r="D438" t="s">
-        <v>859</v>
+        <v>869</v>
       </c>
       <c r="E438" s="2" t="s">
-        <v>860</v>
+        <v>870</v>
       </c>
       <c r="F438" s="2"/>
     </row>
     <row r="439" spans="1:6">
       <c r="A439" t="s">
-        <v>836</v>
+        <v>826</v>
       </c>
       <c r="B439" t="s">
-        <v>836</v>
+        <v>826</v>
       </c>
       <c r="C439" t="s">
-        <v>861</v>
+        <v>871</v>
       </c>
       <c r="D439" t="s">
-        <v>861</v>
-[...3 lines deleted...]
-      </c>
+        <v>871</v>
+      </c>
+      <c r="E439" s="2"/>
       <c r="F439" s="2"/>
     </row>
     <row r="440" spans="1:6">
       <c r="A440" t="s">
-        <v>836</v>
+        <v>826</v>
       </c>
       <c r="B440" t="s">
-        <v>836</v>
+        <v>826</v>
       </c>
       <c r="C440" t="s">
-        <v>863</v>
+        <v>872</v>
       </c>
       <c r="D440" t="s">
-        <v>863</v>
+        <v>872</v>
       </c>
       <c r="E440" s="2" t="s">
-        <v>864</v>
+        <v>873</v>
       </c>
       <c r="F440" s="2"/>
     </row>
     <row r="441" spans="1:6">
       <c r="A441" t="s">
-        <v>836</v>
+        <v>826</v>
       </c>
       <c r="B441" t="s">
-        <v>836</v>
+        <v>826</v>
       </c>
       <c r="C441" t="s">
-        <v>865</v>
+        <v>874</v>
       </c>
       <c r="D441" t="s">
-        <v>865</v>
+        <v>874</v>
       </c>
       <c r="E441" s="2" t="s">
-        <v>866</v>
+        <v>875</v>
       </c>
       <c r="F441" s="2"/>
     </row>
     <row r="442" spans="1:6">
       <c r="A442" t="s">
-        <v>836</v>
+        <v>826</v>
       </c>
       <c r="B442" t="s">
-        <v>836</v>
+        <v>826</v>
       </c>
       <c r="C442" t="s">
-        <v>867</v>
+        <v>876</v>
       </c>
       <c r="D442" t="s">
-        <v>867</v>
+        <v>876</v>
       </c>
       <c r="E442" s="2" t="s">
-        <v>868</v>
+        <v>877</v>
       </c>
       <c r="F442" s="2"/>
     </row>
     <row r="443" spans="1:6">
       <c r="A443" t="s">
-        <v>836</v>
+        <v>826</v>
       </c>
       <c r="B443" t="s">
-        <v>836</v>
+        <v>826</v>
       </c>
       <c r="C443" t="s">
-        <v>869</v>
+        <v>878</v>
       </c>
       <c r="D443" t="s">
-        <v>869</v>
+        <v>878</v>
       </c>
       <c r="E443" s="2" t="s">
-        <v>870</v>
+        <v>879</v>
       </c>
       <c r="F443" s="2"/>
     </row>
     <row r="444" spans="1:6">
       <c r="A444" t="s">
-        <v>836</v>
+        <v>826</v>
       </c>
       <c r="B444" t="s">
-        <v>836</v>
+        <v>826</v>
       </c>
       <c r="C444" t="s">
-        <v>871</v>
+        <v>880</v>
       </c>
       <c r="D444" t="s">
-        <v>871</v>
+        <v>880</v>
       </c>
       <c r="E444" s="2" t="s">
-        <v>872</v>
+        <v>881</v>
       </c>
       <c r="F444" s="2"/>
     </row>
     <row r="445" spans="1:6">
       <c r="A445" t="s">
-        <v>836</v>
+        <v>826</v>
       </c>
       <c r="B445" t="s">
-        <v>836</v>
+        <v>826</v>
       </c>
       <c r="C445" t="s">
-        <v>873</v>
+        <v>882</v>
       </c>
       <c r="D445" t="s">
-        <v>873</v>
+        <v>882</v>
       </c>
       <c r="E445" s="2" t="s">
-        <v>874</v>
+        <v>883</v>
       </c>
       <c r="F445" s="2"/>
     </row>
     <row r="446" spans="1:6">
       <c r="A446" t="s">
-        <v>836</v>
+        <v>826</v>
       </c>
       <c r="B446" t="s">
-        <v>836</v>
+        <v>826</v>
       </c>
       <c r="C446" t="s">
-        <v>875</v>
+        <v>884</v>
       </c>
       <c r="D446" t="s">
-        <v>875</v>
+        <v>884</v>
       </c>
       <c r="E446" s="2" t="s">
-        <v>876</v>
+        <v>885</v>
       </c>
       <c r="F446" s="2"/>
     </row>
     <row r="447" spans="1:6">
       <c r="A447" t="s">
-        <v>836</v>
+        <v>826</v>
       </c>
       <c r="B447" t="s">
-        <v>836</v>
+        <v>826</v>
       </c>
       <c r="C447" t="s">
-        <v>877</v>
+        <v>886</v>
       </c>
       <c r="D447" t="s">
-        <v>877</v>
+        <v>886</v>
       </c>
       <c r="E447" s="2" t="s">
-        <v>878</v>
+        <v>887</v>
       </c>
       <c r="F447" s="2"/>
     </row>
     <row r="448" spans="1:6">
       <c r="A448" t="s">
-        <v>836</v>
+        <v>826</v>
       </c>
       <c r="B448" t="s">
-        <v>836</v>
+        <v>826</v>
       </c>
       <c r="C448" t="s">
-        <v>879</v>
+        <v>888</v>
       </c>
       <c r="D448" t="s">
-        <v>879</v>
+        <v>888</v>
       </c>
       <c r="E448" s="2" t="s">
-        <v>880</v>
+        <v>889</v>
       </c>
       <c r="F448" s="2"/>
     </row>
     <row r="449" spans="1:6">
       <c r="A449" t="s">
-        <v>836</v>
+        <v>826</v>
       </c>
       <c r="B449" t="s">
-        <v>836</v>
+        <v>826</v>
       </c>
       <c r="C449" t="s">
-        <v>881</v>
+        <v>890</v>
       </c>
       <c r="D449" t="s">
-        <v>881</v>
+        <v>890</v>
       </c>
       <c r="E449" s="2" t="s">
-        <v>882</v>
+        <v>891</v>
       </c>
       <c r="F449" s="2"/>
     </row>
     <row r="450" spans="1:6">
       <c r="A450" t="s">
-        <v>836</v>
+        <v>826</v>
       </c>
       <c r="B450" t="s">
-        <v>836</v>
+        <v>826</v>
       </c>
       <c r="C450" t="s">
-        <v>883</v>
+        <v>892</v>
       </c>
       <c r="D450" t="s">
-        <v>883</v>
+        <v>892</v>
       </c>
       <c r="E450" s="2" t="s">
-        <v>884</v>
+        <v>893</v>
       </c>
       <c r="F450" s="2"/>
     </row>
     <row r="451" spans="1:6">
       <c r="A451" t="s">
-        <v>836</v>
+        <v>826</v>
       </c>
       <c r="B451" t="s">
-        <v>836</v>
+        <v>826</v>
       </c>
       <c r="C451" t="s">
-        <v>885</v>
+        <v>894</v>
       </c>
       <c r="D451" t="s">
-        <v>885</v>
+        <v>894</v>
       </c>
       <c r="E451" s="2" t="s">
-        <v>886</v>
+        <v>895</v>
       </c>
       <c r="F451" s="2"/>
     </row>
     <row r="452" spans="1:6">
       <c r="A452" t="s">
-        <v>836</v>
+        <v>826</v>
       </c>
       <c r="B452" t="s">
-        <v>836</v>
+        <v>826</v>
       </c>
       <c r="C452" t="s">
-        <v>887</v>
+        <v>896</v>
       </c>
       <c r="D452" t="s">
-        <v>887</v>
+        <v>896</v>
       </c>
       <c r="E452" s="2" t="s">
-        <v>888</v>
+        <v>897</v>
       </c>
       <c r="F452" s="2"/>
     </row>
     <row r="453" spans="1:6">
       <c r="A453" t="s">
-        <v>836</v>
+        <v>826</v>
       </c>
       <c r="B453" t="s">
-        <v>836</v>
+        <v>826</v>
       </c>
       <c r="C453" t="s">
-        <v>889</v>
+        <v>337</v>
       </c>
       <c r="D453" t="s">
-        <v>889</v>
+        <v>337</v>
       </c>
       <c r="E453" s="2" t="s">
-        <v>890</v>
+        <v>898</v>
       </c>
       <c r="F453" s="2"/>
     </row>
     <row r="454" spans="1:6">
       <c r="A454" t="s">
-        <v>836</v>
+        <v>826</v>
       </c>
       <c r="B454" t="s">
-        <v>836</v>
+        <v>826</v>
       </c>
       <c r="C454" t="s">
-        <v>891</v>
+        <v>899</v>
       </c>
       <c r="D454" t="s">
-        <v>891</v>
+        <v>899</v>
       </c>
       <c r="E454" s="2" t="s">
-        <v>892</v>
+        <v>900</v>
       </c>
       <c r="F454" s="2"/>
     </row>
     <row r="455" spans="1:6">
       <c r="A455" t="s">
-        <v>836</v>
+        <v>826</v>
       </c>
       <c r="B455" t="s">
-        <v>836</v>
+        <v>826</v>
       </c>
       <c r="C455" t="s">
-        <v>346</v>
+        <v>901</v>
       </c>
       <c r="D455" t="s">
-        <v>346</v>
+        <v>901</v>
       </c>
       <c r="E455" s="2" t="s">
-        <v>893</v>
+        <v>902</v>
       </c>
       <c r="F455" s="2"/>
     </row>
     <row r="456" spans="1:6">
       <c r="A456" t="s">
-        <v>836</v>
+        <v>826</v>
       </c>
       <c r="B456" t="s">
-        <v>836</v>
+        <v>826</v>
       </c>
       <c r="C456" t="s">
-        <v>894</v>
+        <v>903</v>
       </c>
       <c r="D456" t="s">
-        <v>894</v>
+        <v>903</v>
       </c>
       <c r="E456" s="2" t="s">
-        <v>895</v>
+        <v>904</v>
       </c>
       <c r="F456" s="2"/>
     </row>
     <row r="457" spans="1:6">
       <c r="A457" t="s">
-        <v>836</v>
+        <v>826</v>
       </c>
       <c r="B457" t="s">
-        <v>836</v>
+        <v>826</v>
       </c>
       <c r="C457" t="s">
-        <v>348</v>
+        <v>905</v>
       </c>
       <c r="D457" t="s">
-        <v>348</v>
+        <v>905</v>
       </c>
       <c r="E457" s="2" t="s">
-        <v>896</v>
+        <v>906</v>
       </c>
       <c r="F457" s="2"/>
     </row>
     <row r="458" spans="1:6">
       <c r="A458" t="s">
-        <v>836</v>
+        <v>826</v>
       </c>
       <c r="B458" t="s">
-        <v>836</v>
+        <v>826</v>
       </c>
       <c r="C458" t="s">
-        <v>897</v>
+        <v>907</v>
       </c>
       <c r="D458" t="s">
-        <v>897</v>
+        <v>907</v>
       </c>
       <c r="E458" s="2" t="s">
-        <v>898</v>
+        <v>908</v>
       </c>
       <c r="F458" s="2"/>
     </row>
     <row r="459" spans="1:6">
       <c r="A459" t="s">
-        <v>836</v>
+        <v>826</v>
       </c>
       <c r="B459" t="s">
-        <v>836</v>
+        <v>826</v>
       </c>
       <c r="C459" t="s">
-        <v>899</v>
+        <v>909</v>
       </c>
       <c r="D459" t="s">
-        <v>899</v>
+        <v>909</v>
       </c>
       <c r="E459" s="2" t="s">
-        <v>900</v>
+        <v>910</v>
       </c>
       <c r="F459" s="2"/>
     </row>
     <row r="460" spans="1:6">
       <c r="A460" t="s">
-        <v>836</v>
+        <v>826</v>
       </c>
       <c r="B460" t="s">
-        <v>836</v>
+        <v>826</v>
       </c>
       <c r="C460" t="s">
-        <v>901</v>
+        <v>824</v>
       </c>
       <c r="D460" t="s">
-        <v>901</v>
+        <v>824</v>
       </c>
       <c r="E460" s="2" t="s">
-        <v>902</v>
+        <v>825</v>
       </c>
       <c r="F460" s="2"/>
     </row>
     <row r="461" spans="1:6">
       <c r="A461" t="s">
-        <v>836</v>
+        <v>826</v>
       </c>
       <c r="B461" t="s">
-        <v>836</v>
+        <v>826</v>
       </c>
       <c r="C461" t="s">
-        <v>903</v>
+        <v>911</v>
       </c>
       <c r="D461" t="s">
-        <v>903</v>
+        <v>911</v>
       </c>
       <c r="E461" s="2" t="s">
-        <v>904</v>
+        <v>912</v>
       </c>
       <c r="F461" s="2"/>
     </row>
     <row r="462" spans="1:6">
       <c r="A462" t="s">
-        <v>836</v>
+        <v>826</v>
       </c>
       <c r="B462" t="s">
-        <v>836</v>
+        <v>826</v>
       </c>
       <c r="C462" t="s">
-        <v>905</v>
+        <v>913</v>
       </c>
       <c r="D462" t="s">
-        <v>905</v>
+        <v>913</v>
       </c>
       <c r="E462" s="2" t="s">
-        <v>906</v>
+        <v>914</v>
       </c>
       <c r="F462" s="2"/>
     </row>
     <row r="463" spans="1:6">
       <c r="A463" t="s">
-        <v>836</v>
+        <v>826</v>
       </c>
       <c r="B463" t="s">
-        <v>836</v>
+        <v>826</v>
       </c>
       <c r="C463" t="s">
-        <v>834</v>
+        <v>915</v>
       </c>
       <c r="D463" t="s">
-        <v>834</v>
+        <v>915</v>
       </c>
       <c r="E463" s="2" t="s">
-        <v>835</v>
+        <v>916</v>
       </c>
       <c r="F463" s="2"/>
     </row>
     <row r="464" spans="1:6">
       <c r="A464" t="s">
-        <v>836</v>
+        <v>826</v>
       </c>
       <c r="B464" t="s">
-        <v>836</v>
+        <v>826</v>
       </c>
       <c r="C464" t="s">
-        <v>907</v>
+        <v>917</v>
       </c>
       <c r="D464" t="s">
-        <v>907</v>
+        <v>917</v>
       </c>
       <c r="E464" s="2" t="s">
-        <v>908</v>
+        <v>918</v>
       </c>
       <c r="F464" s="2"/>
     </row>
     <row r="465" spans="1:6">
       <c r="A465" t="s">
-        <v>836</v>
+        <v>826</v>
       </c>
       <c r="B465" t="s">
-        <v>836</v>
+        <v>826</v>
       </c>
       <c r="C465" t="s">
-        <v>909</v>
+        <v>919</v>
       </c>
       <c r="D465" t="s">
-        <v>909</v>
+        <v>919</v>
       </c>
       <c r="E465" s="2" t="s">
-        <v>910</v>
+        <v>920</v>
       </c>
       <c r="F465" s="2"/>
     </row>
     <row r="466" spans="1:6">
       <c r="A466" t="s">
-        <v>836</v>
+        <v>826</v>
       </c>
       <c r="B466" t="s">
-        <v>836</v>
+        <v>826</v>
       </c>
       <c r="C466" t="s">
-        <v>911</v>
+        <v>921</v>
       </c>
       <c r="D466" t="s">
-        <v>911</v>
+        <v>921</v>
       </c>
       <c r="E466" s="2" t="s">
-        <v>912</v>
+        <v>922</v>
       </c>
       <c r="F466" s="2"/>
     </row>
     <row r="467" spans="1:6">
       <c r="A467" t="s">
-        <v>836</v>
+        <v>826</v>
       </c>
       <c r="B467" t="s">
-        <v>836</v>
+        <v>826</v>
       </c>
       <c r="C467" t="s">
-        <v>913</v>
+        <v>923</v>
       </c>
       <c r="D467" t="s">
-        <v>913</v>
+        <v>923</v>
       </c>
       <c r="E467" s="2" t="s">
-        <v>914</v>
+        <v>924</v>
       </c>
       <c r="F467" s="2"/>
     </row>
     <row r="468" spans="1:6">
       <c r="A468" t="s">
-        <v>836</v>
+        <v>826</v>
       </c>
       <c r="B468" t="s">
-        <v>836</v>
+        <v>826</v>
       </c>
       <c r="C468" t="s">
-        <v>915</v>
+        <v>925</v>
       </c>
       <c r="D468" t="s">
-        <v>915</v>
+        <v>925</v>
       </c>
       <c r="E468" s="2" t="s">
-        <v>916</v>
+        <v>926</v>
       </c>
       <c r="F468" s="2"/>
     </row>
     <row r="469" spans="1:6">
       <c r="A469" t="s">
-        <v>836</v>
+        <v>826</v>
       </c>
       <c r="B469" t="s">
-        <v>836</v>
+        <v>826</v>
       </c>
       <c r="C469" t="s">
-        <v>917</v>
+        <v>927</v>
       </c>
       <c r="D469" t="s">
-        <v>917</v>
+        <v>927</v>
       </c>
       <c r="E469" s="2" t="s">
-        <v>918</v>
+        <v>928</v>
       </c>
       <c r="F469" s="2"/>
     </row>
     <row r="470" spans="1:6">
       <c r="A470" t="s">
-        <v>836</v>
+        <v>826</v>
       </c>
       <c r="B470" t="s">
-        <v>836</v>
+        <v>826</v>
       </c>
       <c r="C470" t="s">
-        <v>919</v>
+        <v>929</v>
       </c>
       <c r="D470" t="s">
-        <v>919</v>
+        <v>929</v>
       </c>
       <c r="E470" s="2" t="s">
-        <v>920</v>
+        <v>930</v>
       </c>
       <c r="F470" s="2"/>
     </row>
     <row r="471" spans="1:6">
       <c r="A471" t="s">
-        <v>836</v>
+        <v>931</v>
       </c>
       <c r="B471" t="s">
-        <v>836</v>
+        <v>931</v>
       </c>
       <c r="C471" t="s">
-        <v>921</v>
+        <v>932</v>
       </c>
       <c r="D471" t="s">
-        <v>921</v>
+        <v>932</v>
       </c>
       <c r="E471" s="2" t="s">
-        <v>922</v>
+        <v>933</v>
       </c>
       <c r="F471" s="2"/>
     </row>
     <row r="472" spans="1:6">
       <c r="A472" t="s">
-        <v>836</v>
+        <v>931</v>
       </c>
       <c r="B472" t="s">
-        <v>836</v>
+        <v>931</v>
       </c>
       <c r="C472" t="s">
-        <v>923</v>
+        <v>205</v>
       </c>
       <c r="D472" t="s">
-        <v>923</v>
+        <v>205</v>
       </c>
       <c r="E472" s="2" t="s">
-        <v>924</v>
+        <v>934</v>
       </c>
       <c r="F472" s="2"/>
     </row>
     <row r="473" spans="1:6">
       <c r="A473" t="s">
-        <v>836</v>
+        <v>931</v>
       </c>
       <c r="B473" t="s">
-        <v>836</v>
+        <v>931</v>
       </c>
       <c r="C473" t="s">
-        <v>925</v>
+        <v>935</v>
       </c>
       <c r="D473" t="s">
-        <v>925</v>
+        <v>935</v>
       </c>
       <c r="E473" s="2" t="s">
-        <v>926</v>
+        <v>936</v>
       </c>
       <c r="F473" s="2"/>
     </row>
     <row r="474" spans="1:6">
       <c r="A474" t="s">
-        <v>927</v>
+        <v>931</v>
       </c>
       <c r="B474" t="s">
-        <v>927</v>
+        <v>931</v>
       </c>
       <c r="C474" t="s">
-        <v>928</v>
+        <v>937</v>
       </c>
       <c r="D474" t="s">
-        <v>928</v>
+        <v>937</v>
       </c>
       <c r="E474" s="2" t="s">
-        <v>929</v>
+        <v>938</v>
       </c>
       <c r="F474" s="2"/>
     </row>
     <row r="475" spans="1:6">
       <c r="A475" t="s">
-        <v>927</v>
+        <v>931</v>
       </c>
       <c r="B475" t="s">
-        <v>927</v>
+        <v>931</v>
       </c>
       <c r="C475" t="s">
-        <v>120</v>
+        <v>939</v>
       </c>
       <c r="D475" t="s">
-        <v>120</v>
+        <v>939</v>
       </c>
       <c r="E475" s="2" t="s">
-        <v>930</v>
+        <v>940</v>
       </c>
       <c r="F475" s="2"/>
     </row>
     <row r="476" spans="1:6">
       <c r="A476" t="s">
-        <v>927</v>
+        <v>931</v>
       </c>
       <c r="B476" t="s">
-        <v>927</v>
+        <v>931</v>
       </c>
       <c r="C476" t="s">
-        <v>931</v>
+        <v>941</v>
       </c>
       <c r="D476" t="s">
-        <v>931</v>
+        <v>941</v>
       </c>
       <c r="E476" s="2" t="s">
-        <v>932</v>
+        <v>942</v>
       </c>
       <c r="F476" s="2"/>
     </row>
     <row r="477" spans="1:6">
       <c r="A477" t="s">
-        <v>927</v>
+        <v>931</v>
       </c>
       <c r="B477" t="s">
-        <v>927</v>
+        <v>931</v>
       </c>
       <c r="C477" t="s">
-        <v>933</v>
+        <v>760</v>
       </c>
       <c r="D477" t="s">
-        <v>933</v>
+        <v>760</v>
       </c>
       <c r="E477" s="2" t="s">
-        <v>934</v>
+        <v>943</v>
       </c>
       <c r="F477" s="2"/>
     </row>
     <row r="478" spans="1:6">
       <c r="A478" t="s">
-        <v>927</v>
+        <v>931</v>
       </c>
       <c r="B478" t="s">
-        <v>927</v>
+        <v>931</v>
       </c>
       <c r="C478" t="s">
-        <v>935</v>
+        <v>944</v>
       </c>
       <c r="D478" t="s">
-        <v>935</v>
+        <v>944</v>
       </c>
       <c r="E478" s="2" t="s">
-        <v>936</v>
+        <v>945</v>
       </c>
       <c r="F478" s="2"/>
     </row>
     <row r="479" spans="1:6">
       <c r="A479" t="s">
-        <v>927</v>
+        <v>931</v>
       </c>
       <c r="B479" t="s">
-        <v>927</v>
+        <v>931</v>
       </c>
       <c r="C479" t="s">
-        <v>937</v>
+        <v>946</v>
       </c>
       <c r="D479" t="s">
-        <v>937</v>
+        <v>946</v>
       </c>
       <c r="E479" s="2" t="s">
-        <v>938</v>
+        <v>947</v>
       </c>
       <c r="F479" s="2"/>
     </row>
     <row r="480" spans="1:6">
       <c r="A480" t="s">
-        <v>927</v>
+        <v>931</v>
       </c>
       <c r="B480" t="s">
-        <v>927</v>
+        <v>931</v>
       </c>
       <c r="C480" t="s">
-        <v>766</v>
+        <v>948</v>
       </c>
       <c r="D480" t="s">
-        <v>766</v>
+        <v>948</v>
       </c>
       <c r="E480" s="2" t="s">
-        <v>939</v>
+        <v>949</v>
       </c>
       <c r="F480" s="2"/>
     </row>
     <row r="481" spans="1:6">
       <c r="A481" t="s">
-        <v>927</v>
+        <v>931</v>
       </c>
       <c r="B481" t="s">
-        <v>927</v>
+        <v>931</v>
       </c>
       <c r="C481" t="s">
-        <v>940</v>
+        <v>950</v>
       </c>
       <c r="D481" t="s">
-        <v>940</v>
+        <v>950</v>
       </c>
       <c r="E481" s="2" t="s">
-        <v>941</v>
+        <v>951</v>
       </c>
       <c r="F481" s="2"/>
     </row>
     <row r="482" spans="1:6">
       <c r="A482" t="s">
-        <v>927</v>
+        <v>931</v>
       </c>
       <c r="B482" t="s">
-        <v>927</v>
+        <v>931</v>
       </c>
       <c r="C482" t="s">
-        <v>942</v>
+        <v>952</v>
       </c>
       <c r="D482" t="s">
-        <v>942</v>
+        <v>952</v>
       </c>
       <c r="E482" s="2" t="s">
-        <v>943</v>
+        <v>953</v>
       </c>
       <c r="F482" s="2"/>
     </row>
     <row r="483" spans="1:6">
       <c r="A483" t="s">
-        <v>927</v>
+        <v>931</v>
       </c>
       <c r="B483" t="s">
-        <v>927</v>
+        <v>931</v>
       </c>
       <c r="C483" t="s">
-        <v>944</v>
+        <v>954</v>
       </c>
       <c r="D483" t="s">
-        <v>944</v>
+        <v>954</v>
       </c>
       <c r="E483" s="2" t="s">
-        <v>945</v>
+        <v>955</v>
       </c>
       <c r="F483" s="2"/>
     </row>
     <row r="484" spans="1:6">
       <c r="A484" t="s">
-        <v>927</v>
+        <v>931</v>
       </c>
       <c r="B484" t="s">
-        <v>927</v>
+        <v>931</v>
       </c>
       <c r="C484" t="s">
-        <v>946</v>
+        <v>956</v>
       </c>
       <c r="D484" t="s">
-        <v>946</v>
+        <v>956</v>
       </c>
       <c r="E484" s="2" t="s">
-        <v>947</v>
+        <v>957</v>
       </c>
       <c r="F484" s="2"/>
     </row>
     <row r="485" spans="1:6">
       <c r="A485" t="s">
-        <v>927</v>
+        <v>931</v>
       </c>
       <c r="B485" t="s">
-        <v>927</v>
+        <v>931</v>
       </c>
       <c r="C485" t="s">
-        <v>948</v>
+        <v>958</v>
       </c>
       <c r="D485" t="s">
-        <v>948</v>
+        <v>958</v>
       </c>
       <c r="E485" s="2" t="s">
-        <v>949</v>
+        <v>959</v>
       </c>
       <c r="F485" s="2"/>
     </row>
     <row r="486" spans="1:6">
       <c r="A486" t="s">
-        <v>927</v>
+        <v>931</v>
       </c>
       <c r="B486" t="s">
-        <v>927</v>
+        <v>931</v>
       </c>
       <c r="C486" t="s">
-        <v>950</v>
+        <v>960</v>
       </c>
       <c r="D486" t="s">
-        <v>950</v>
+        <v>960</v>
       </c>
       <c r="E486" s="2" t="s">
-        <v>951</v>
+        <v>961</v>
       </c>
       <c r="F486" s="2"/>
     </row>
     <row r="487" spans="1:6">
       <c r="A487" t="s">
-        <v>927</v>
+        <v>931</v>
       </c>
       <c r="B487" t="s">
-        <v>927</v>
+        <v>931</v>
       </c>
       <c r="C487" t="s">
-        <v>952</v>
+        <v>243</v>
       </c>
       <c r="D487" t="s">
-        <v>952</v>
+        <v>243</v>
       </c>
       <c r="E487" s="2" t="s">
-        <v>953</v>
+        <v>962</v>
       </c>
       <c r="F487" s="2"/>
     </row>
     <row r="488" spans="1:6">
       <c r="A488" t="s">
-        <v>927</v>
+        <v>931</v>
       </c>
       <c r="B488" t="s">
-        <v>927</v>
+        <v>931</v>
       </c>
       <c r="C488" t="s">
-        <v>954</v>
+        <v>963</v>
       </c>
       <c r="D488" t="s">
-        <v>954</v>
+        <v>963</v>
       </c>
       <c r="E488" s="2" t="s">
-        <v>955</v>
+        <v>964</v>
       </c>
       <c r="F488" s="2"/>
     </row>
     <row r="489" spans="1:6">
       <c r="A489" t="s">
-        <v>927</v>
+        <v>931</v>
       </c>
       <c r="B489" t="s">
-        <v>927</v>
+        <v>931</v>
       </c>
       <c r="C489" t="s">
-        <v>956</v>
+        <v>965</v>
       </c>
       <c r="D489" t="s">
-        <v>956</v>
+        <v>965</v>
       </c>
       <c r="E489" s="2" t="s">
-        <v>957</v>
+        <v>966</v>
       </c>
       <c r="F489" s="2"/>
     </row>
     <row r="490" spans="1:6">
       <c r="A490" t="s">
-        <v>927</v>
+        <v>931</v>
       </c>
       <c r="B490" t="s">
-        <v>927</v>
+        <v>931</v>
       </c>
       <c r="C490" t="s">
-        <v>958</v>
+        <v>716</v>
       </c>
       <c r="D490" t="s">
-        <v>958</v>
+        <v>716</v>
       </c>
       <c r="E490" s="2" t="s">
-        <v>959</v>
+        <v>967</v>
       </c>
       <c r="F490" s="2"/>
     </row>
     <row r="491" spans="1:6">
       <c r="A491" t="s">
-        <v>927</v>
+        <v>968</v>
       </c>
       <c r="B491" t="s">
-        <v>927</v>
+        <v>968</v>
       </c>
       <c r="C491" t="s">
-        <v>162</v>
+        <v>969</v>
       </c>
       <c r="D491" t="s">
-        <v>162</v>
+        <v>969</v>
       </c>
       <c r="E491" s="2" t="s">
-        <v>251</v>
+        <v>970</v>
       </c>
       <c r="F491" s="2"/>
     </row>
     <row r="492" spans="1:6">
       <c r="A492" t="s">
-        <v>927</v>
+        <v>968</v>
       </c>
       <c r="B492" t="s">
-        <v>927</v>
+        <v>968</v>
       </c>
       <c r="C492" t="s">
-        <v>252</v>
+        <v>971</v>
       </c>
       <c r="D492" t="s">
-        <v>252</v>
+        <v>971</v>
       </c>
       <c r="E492" s="2" t="s">
-        <v>960</v>
+        <v>972</v>
       </c>
       <c r="F492" s="2"/>
     </row>
     <row r="493" spans="1:6">
       <c r="A493" t="s">
-        <v>927</v>
+        <v>968</v>
       </c>
       <c r="B493" t="s">
-        <v>927</v>
+        <v>968</v>
       </c>
       <c r="C493" t="s">
-        <v>961</v>
+        <v>973</v>
       </c>
       <c r="D493" t="s">
-        <v>961</v>
+        <v>973</v>
       </c>
       <c r="E493" s="2" t="s">
-        <v>962</v>
+        <v>974</v>
       </c>
       <c r="F493" s="2"/>
     </row>
     <row r="494" spans="1:6">
       <c r="A494" t="s">
-        <v>927</v>
+        <v>968</v>
       </c>
       <c r="B494" t="s">
-        <v>927</v>
+        <v>968</v>
       </c>
       <c r="C494" t="s">
-        <v>963</v>
+        <v>975</v>
       </c>
       <c r="D494" t="s">
-        <v>963</v>
+        <v>975</v>
       </c>
       <c r="E494" s="2" t="s">
-        <v>964</v>
+        <v>976</v>
       </c>
       <c r="F494" s="2"/>
     </row>
     <row r="495" spans="1:6">
       <c r="A495" t="s">
-        <v>927</v>
+        <v>968</v>
       </c>
       <c r="B495" t="s">
-        <v>927</v>
+        <v>968</v>
       </c>
       <c r="C495" t="s">
-        <v>720</v>
+        <v>977</v>
       </c>
       <c r="D495" t="s">
-        <v>720</v>
+        <v>977</v>
       </c>
       <c r="E495" s="2" t="s">
-        <v>965</v>
+        <v>978</v>
       </c>
       <c r="F495" s="2"/>
     </row>
     <row r="496" spans="1:6">
       <c r="A496" t="s">
-        <v>966</v>
+        <v>968</v>
       </c>
       <c r="B496" t="s">
-        <v>966</v>
+        <v>968</v>
       </c>
       <c r="C496" t="s">
-        <v>967</v>
+        <v>173</v>
       </c>
       <c r="D496" t="s">
-        <v>967</v>
+        <v>173</v>
       </c>
       <c r="E496" s="2" t="s">
-        <v>968</v>
+        <v>979</v>
       </c>
       <c r="F496" s="2"/>
     </row>
     <row r="497" spans="1:6">
       <c r="A497" t="s">
-        <v>966</v>
+        <v>968</v>
       </c>
       <c r="B497" t="s">
-        <v>966</v>
+        <v>968</v>
       </c>
       <c r="C497" t="s">
-        <v>969</v>
+        <v>301</v>
       </c>
       <c r="D497" t="s">
-        <v>969</v>
+        <v>301</v>
       </c>
       <c r="E497" s="2" t="s">
-        <v>970</v>
+        <v>980</v>
       </c>
       <c r="F497" s="2"/>
     </row>
     <row r="498" spans="1:6">
       <c r="A498" t="s">
-        <v>966</v>
+        <v>968</v>
       </c>
       <c r="B498" t="s">
-        <v>966</v>
+        <v>968</v>
       </c>
       <c r="C498" t="s">
-        <v>971</v>
+        <v>307</v>
       </c>
       <c r="D498" t="s">
-        <v>971</v>
+        <v>307</v>
       </c>
       <c r="E498" s="2" t="s">
-        <v>972</v>
+        <v>981</v>
       </c>
       <c r="F498" s="2"/>
     </row>
     <row r="499" spans="1:6">
       <c r="A499" t="s">
-        <v>966</v>
+        <v>968</v>
       </c>
       <c r="B499" t="s">
-        <v>966</v>
+        <v>968</v>
       </c>
       <c r="C499" t="s">
-        <v>973</v>
+        <v>982</v>
       </c>
       <c r="D499" t="s">
-        <v>973</v>
+        <v>982</v>
       </c>
       <c r="E499" s="2" t="s">
-        <v>974</v>
+        <v>983</v>
       </c>
       <c r="F499" s="2"/>
     </row>
     <row r="500" spans="1:6">
       <c r="A500" t="s">
-        <v>966</v>
+        <v>968</v>
       </c>
       <c r="B500" t="s">
-        <v>966</v>
+        <v>968</v>
       </c>
       <c r="C500" t="s">
-        <v>975</v>
+        <v>984</v>
       </c>
       <c r="D500" t="s">
-        <v>975</v>
+        <v>984</v>
       </c>
       <c r="E500" s="2" t="s">
-        <v>976</v>
+        <v>985</v>
       </c>
       <c r="F500" s="2"/>
     </row>
     <row r="501" spans="1:6">
       <c r="A501" t="s">
-        <v>966</v>
+        <v>968</v>
       </c>
       <c r="B501" t="s">
-        <v>966</v>
+        <v>968</v>
       </c>
       <c r="C501" t="s">
-        <v>181</v>
+        <v>327</v>
       </c>
       <c r="D501" t="s">
-        <v>181</v>
+        <v>327</v>
       </c>
       <c r="E501" s="2" t="s">
-        <v>977</v>
+        <v>986</v>
       </c>
       <c r="F501" s="2"/>
     </row>
     <row r="502" spans="1:6">
       <c r="A502" t="s">
-        <v>966</v>
+        <v>968</v>
       </c>
       <c r="B502" t="s">
-        <v>966</v>
+        <v>968</v>
       </c>
       <c r="C502" t="s">
-        <v>310</v>
+        <v>179</v>
       </c>
       <c r="D502" t="s">
-        <v>310</v>
+        <v>179</v>
       </c>
       <c r="E502" s="2" t="s">
-        <v>978</v>
+        <v>180</v>
       </c>
       <c r="F502" s="2"/>
     </row>
     <row r="503" spans="1:6">
       <c r="A503" t="s">
-        <v>966</v>
+        <v>968</v>
       </c>
       <c r="B503" t="s">
-        <v>966</v>
+        <v>968</v>
       </c>
       <c r="C503" t="s">
-        <v>316</v>
+        <v>987</v>
       </c>
       <c r="D503" t="s">
-        <v>316</v>
+        <v>987</v>
       </c>
       <c r="E503" s="2" t="s">
-        <v>979</v>
+        <v>988</v>
       </c>
       <c r="F503" s="2"/>
     </row>
     <row r="504" spans="1:6">
       <c r="A504" t="s">
-        <v>966</v>
+        <v>968</v>
       </c>
       <c r="B504" t="s">
-        <v>966</v>
+        <v>968</v>
       </c>
       <c r="C504" t="s">
-        <v>980</v>
+        <v>989</v>
       </c>
       <c r="D504" t="s">
-        <v>980</v>
+        <v>989</v>
       </c>
       <c r="E504" s="2" t="s">
-        <v>981</v>
+        <v>990</v>
       </c>
       <c r="F504" s="2"/>
     </row>
     <row r="505" spans="1:6">
       <c r="A505" t="s">
-        <v>966</v>
+        <v>968</v>
       </c>
       <c r="B505" t="s">
-        <v>966</v>
+        <v>968</v>
       </c>
       <c r="C505" t="s">
-        <v>982</v>
+        <v>991</v>
       </c>
       <c r="D505" t="s">
-        <v>982</v>
+        <v>991</v>
       </c>
       <c r="E505" s="2" t="s">
-        <v>983</v>
+        <v>992</v>
       </c>
       <c r="F505" s="2"/>
     </row>
     <row r="506" spans="1:6">
       <c r="A506" t="s">
-        <v>966</v>
+        <v>968</v>
       </c>
       <c r="B506" t="s">
-        <v>966</v>
+        <v>968</v>
       </c>
       <c r="C506" t="s">
-        <v>984</v>
+        <v>993</v>
       </c>
       <c r="D506" t="s">
-        <v>984</v>
+        <v>993</v>
       </c>
       <c r="E506" s="2" t="s">
-        <v>985</v>
+        <v>994</v>
       </c>
       <c r="F506" s="2"/>
     </row>
     <row r="507" spans="1:6">
       <c r="A507" t="s">
-        <v>966</v>
+        <v>968</v>
       </c>
       <c r="B507" t="s">
-        <v>966</v>
+        <v>968</v>
       </c>
       <c r="C507" t="s">
-        <v>187</v>
+        <v>995</v>
       </c>
       <c r="D507" t="s">
-        <v>187</v>
+        <v>995</v>
       </c>
       <c r="E507" s="2" t="s">
-        <v>986</v>
+        <v>996</v>
       </c>
       <c r="F507" s="2"/>
     </row>
     <row r="508" spans="1:6">
       <c r="A508" t="s">
-        <v>966</v>
+        <v>968</v>
       </c>
       <c r="B508" t="s">
-        <v>966</v>
+        <v>968</v>
       </c>
       <c r="C508" t="s">
-        <v>336</v>
+        <v>183</v>
       </c>
       <c r="D508" t="s">
-        <v>336</v>
+        <v>183</v>
       </c>
       <c r="E508" s="2" t="s">
-        <v>987</v>
+        <v>184</v>
       </c>
       <c r="F508" s="2"/>
     </row>
     <row r="509" spans="1:6">
       <c r="A509" t="s">
-        <v>966</v>
+        <v>968</v>
       </c>
       <c r="B509" t="s">
-        <v>966</v>
+        <v>968</v>
       </c>
       <c r="C509" t="s">
-        <v>189</v>
+        <v>997</v>
       </c>
       <c r="D509" t="s">
-        <v>189</v>
+        <v>997</v>
       </c>
       <c r="E509" s="2" t="s">
-        <v>190</v>
+        <v>998</v>
       </c>
       <c r="F509" s="2"/>
     </row>
     <row r="510" spans="1:6">
       <c r="A510" t="s">
-        <v>966</v>
+        <v>968</v>
       </c>
       <c r="B510" t="s">
-        <v>966</v>
+        <v>968</v>
       </c>
       <c r="C510" t="s">
-        <v>988</v>
+        <v>999</v>
       </c>
       <c r="D510" t="s">
-        <v>988</v>
+        <v>999</v>
       </c>
       <c r="E510" s="2" t="s">
-        <v>989</v>
+        <v>1000</v>
       </c>
       <c r="F510" s="2"/>
     </row>
     <row r="511" spans="1:6">
       <c r="A511" t="s">
-        <v>966</v>
+        <v>968</v>
       </c>
       <c r="B511" t="s">
-        <v>966</v>
+        <v>968</v>
       </c>
       <c r="C511" t="s">
-        <v>990</v>
+        <v>524</v>
       </c>
       <c r="D511" t="s">
-        <v>990</v>
+        <v>524</v>
       </c>
       <c r="E511" s="2" t="s">
-        <v>991</v>
+        <v>696</v>
       </c>
       <c r="F511" s="2"/>
     </row>
     <row r="512" spans="1:6">
       <c r="A512" t="s">
-        <v>966</v>
+        <v>968</v>
       </c>
       <c r="B512" t="s">
-        <v>966</v>
+        <v>968</v>
       </c>
       <c r="C512" t="s">
-        <v>992</v>
+        <v>1001</v>
       </c>
       <c r="D512" t="s">
-        <v>992</v>
+        <v>1001</v>
       </c>
       <c r="E512" s="2" t="s">
-        <v>993</v>
+        <v>1002</v>
       </c>
       <c r="F512" s="2"/>
     </row>
     <row r="513" spans="1:6">
       <c r="A513" t="s">
-        <v>966</v>
+        <v>968</v>
       </c>
       <c r="B513" t="s">
-        <v>966</v>
+        <v>968</v>
       </c>
       <c r="C513" t="s">
-        <v>994</v>
+        <v>1003</v>
       </c>
       <c r="D513" t="s">
-        <v>994</v>
+        <v>1003</v>
       </c>
       <c r="E513" s="2" t="s">
-        <v>995</v>
+        <v>1004</v>
       </c>
       <c r="F513" s="2"/>
     </row>
     <row r="514" spans="1:6">
       <c r="A514" t="s">
-        <v>966</v>
+        <v>968</v>
       </c>
       <c r="B514" t="s">
-        <v>966</v>
+        <v>968</v>
       </c>
       <c r="C514" t="s">
-        <v>996</v>
+        <v>528</v>
       </c>
       <c r="D514" t="s">
-        <v>996</v>
+        <v>528</v>
       </c>
       <c r="E514" s="2" t="s">
-        <v>997</v>
+        <v>1005</v>
       </c>
       <c r="F514" s="2"/>
     </row>
     <row r="515" spans="1:6">
       <c r="A515" t="s">
-        <v>966</v>
+        <v>968</v>
       </c>
       <c r="B515" t="s">
-        <v>966</v>
+        <v>968</v>
       </c>
       <c r="C515" t="s">
-        <v>998</v>
+        <v>189</v>
       </c>
       <c r="D515" t="s">
-        <v>998</v>
+        <v>189</v>
       </c>
       <c r="E515" s="2" t="s">
-        <v>999</v>
+        <v>190</v>
       </c>
       <c r="F515" s="2"/>
     </row>
     <row r="516" spans="1:6">
       <c r="A516" t="s">
-        <v>966</v>
+        <v>968</v>
       </c>
       <c r="B516" t="s">
-        <v>966</v>
+        <v>968</v>
       </c>
       <c r="C516" t="s">
-        <v>193</v>
+        <v>359</v>
       </c>
       <c r="D516" t="s">
-        <v>193</v>
+        <v>359</v>
       </c>
       <c r="E516" s="2" t="s">
-        <v>194</v>
+        <v>360</v>
       </c>
       <c r="F516" s="2"/>
     </row>
     <row r="517" spans="1:6">
       <c r="A517" t="s">
-        <v>966</v>
+        <v>968</v>
       </c>
       <c r="B517" t="s">
-        <v>966</v>
+        <v>968</v>
       </c>
       <c r="C517" t="s">
-        <v>346</v>
+        <v>1006</v>
       </c>
       <c r="D517" t="s">
-        <v>346</v>
+        <v>1006</v>
       </c>
       <c r="E517" s="2" t="s">
-        <v>1000</v>
+        <v>1007</v>
       </c>
       <c r="F517" s="2"/>
     </row>
     <row r="518" spans="1:6">
       <c r="A518" t="s">
-        <v>966</v>
+        <v>1008</v>
       </c>
       <c r="B518" t="s">
-        <v>966</v>
+        <v>1008</v>
       </c>
       <c r="C518" t="s">
-        <v>1001</v>
+        <v>1009</v>
       </c>
       <c r="D518" t="s">
-        <v>1001</v>
+        <v>1009</v>
       </c>
       <c r="E518" s="2" t="s">
-        <v>1002</v>
+        <v>1010</v>
       </c>
       <c r="F518" s="2"/>
     </row>
     <row r="519" spans="1:6">
       <c r="A519" t="s">
-        <v>966</v>
+        <v>1008</v>
       </c>
       <c r="B519" t="s">
-        <v>966</v>
+        <v>1008</v>
       </c>
       <c r="C519" t="s">
-        <v>1003</v>
+        <v>1011</v>
       </c>
       <c r="D519" t="s">
-        <v>1003</v>
+        <v>1011</v>
       </c>
       <c r="E519" s="2" t="s">
-        <v>1004</v>
+        <v>1012</v>
       </c>
       <c r="F519" s="2"/>
     </row>
     <row r="520" spans="1:6">
       <c r="A520" t="s">
-        <v>966</v>
+        <v>1008</v>
       </c>
       <c r="B520" t="s">
-        <v>966</v>
+        <v>1008</v>
       </c>
       <c r="C520" t="s">
-        <v>539</v>
+        <v>1013</v>
       </c>
       <c r="D520" t="s">
-        <v>539</v>
+        <v>1013</v>
       </c>
       <c r="E520" s="2" t="s">
-        <v>704</v>
+        <v>1014</v>
       </c>
       <c r="F520" s="2"/>
     </row>
     <row r="521" spans="1:6">
       <c r="A521" t="s">
-        <v>966</v>
+        <v>1008</v>
       </c>
       <c r="B521" t="s">
-        <v>966</v>
+        <v>1008</v>
       </c>
       <c r="C521" t="s">
-        <v>1005</v>
+        <v>1015</v>
       </c>
       <c r="D521" t="s">
-        <v>1005</v>
+        <v>1015</v>
       </c>
       <c r="E521" s="2" t="s">
-        <v>1006</v>
+        <v>1016</v>
       </c>
       <c r="F521" s="2"/>
     </row>
     <row r="522" spans="1:6">
       <c r="A522" t="s">
-        <v>966</v>
+        <v>1008</v>
       </c>
       <c r="B522" t="s">
-        <v>966</v>
+        <v>1008</v>
       </c>
       <c r="C522" t="s">
-        <v>1007</v>
+        <v>1017</v>
       </c>
       <c r="D522" t="s">
-        <v>1007</v>
+        <v>1017</v>
       </c>
       <c r="E522" s="2" t="s">
-        <v>1008</v>
+        <v>1018</v>
       </c>
       <c r="F522" s="2"/>
     </row>
     <row r="523" spans="1:6">
       <c r="A523" t="s">
-        <v>966</v>
+        <v>1008</v>
       </c>
       <c r="B523" t="s">
-        <v>966</v>
+        <v>1008</v>
       </c>
       <c r="C523" t="s">
-        <v>1009</v>
+        <v>1019</v>
       </c>
       <c r="D523" t="s">
-        <v>1009</v>
+        <v>1019</v>
       </c>
       <c r="E523" s="2" t="s">
-        <v>1010</v>
+        <v>1020</v>
       </c>
       <c r="F523" s="2"/>
     </row>
     <row r="524" spans="1:6">
       <c r="A524" t="s">
-        <v>966</v>
+        <v>1008</v>
       </c>
       <c r="B524" t="s">
-        <v>966</v>
+        <v>1008</v>
       </c>
       <c r="C524" t="s">
-        <v>543</v>
+        <v>1021</v>
       </c>
       <c r="D524" t="s">
-        <v>543</v>
+        <v>1021</v>
       </c>
       <c r="E524" s="2" t="s">
-        <v>1011</v>
+        <v>1022</v>
       </c>
       <c r="F524" s="2"/>
     </row>
     <row r="525" spans="1:6">
       <c r="A525" t="s">
-        <v>966</v>
+        <v>1008</v>
       </c>
       <c r="B525" t="s">
-        <v>966</v>
+        <v>1008</v>
       </c>
       <c r="C525" t="s">
-        <v>199</v>
+        <v>1023</v>
       </c>
       <c r="D525" t="s">
-        <v>199</v>
+        <v>1023</v>
       </c>
       <c r="E525" s="2" t="s">
-        <v>200</v>
+        <v>1024</v>
       </c>
       <c r="F525" s="2"/>
     </row>
     <row r="526" spans="1:6">
       <c r="A526" t="s">
-        <v>966</v>
+        <v>1008</v>
       </c>
       <c r="B526" t="s">
-        <v>966</v>
+        <v>1008</v>
       </c>
       <c r="C526" t="s">
-        <v>203</v>
+        <v>1025</v>
       </c>
       <c r="D526" t="s">
-        <v>203</v>
+        <v>1025</v>
       </c>
       <c r="E526" s="2" t="s">
-        <v>1012</v>
+        <v>1026</v>
       </c>
       <c r="F526" s="2"/>
     </row>
     <row r="527" spans="1:6">
       <c r="A527" t="s">
-        <v>966</v>
+        <v>1008</v>
       </c>
       <c r="B527" t="s">
-        <v>966</v>
+        <v>1008</v>
       </c>
       <c r="C527" t="s">
-        <v>372</v>
+        <v>1027</v>
       </c>
       <c r="D527" t="s">
-        <v>372</v>
+        <v>1027</v>
       </c>
       <c r="E527" s="2" t="s">
-        <v>373</v>
+        <v>1028</v>
       </c>
       <c r="F527" s="2"/>
     </row>
     <row r="528" spans="1:6">
       <c r="A528" t="s">
-        <v>1013</v>
+        <v>1008</v>
       </c>
       <c r="B528" t="s">
-        <v>1013</v>
+        <v>1008</v>
       </c>
       <c r="C528" t="s">
-        <v>1014</v>
+        <v>1029</v>
       </c>
       <c r="D528" t="s">
-        <v>1014</v>
+        <v>1029</v>
       </c>
       <c r="E528" s="2" t="s">
-        <v>1015</v>
+        <v>1030</v>
       </c>
       <c r="F528" s="2"/>
     </row>
     <row r="529" spans="1:6">
       <c r="A529" t="s">
-        <v>1013</v>
+        <v>1008</v>
       </c>
       <c r="B529" t="s">
-        <v>1013</v>
+        <v>1008</v>
       </c>
       <c r="C529" t="s">
-        <v>1016</v>
+        <v>1031</v>
       </c>
       <c r="D529" t="s">
-        <v>1016</v>
+        <v>1031</v>
       </c>
       <c r="E529" s="2" t="s">
-        <v>1017</v>
+        <v>1032</v>
       </c>
       <c r="F529" s="2"/>
     </row>
     <row r="530" spans="1:6">
       <c r="A530" t="s">
-        <v>1013</v>
+        <v>1008</v>
       </c>
       <c r="B530" t="s">
-        <v>1013</v>
+        <v>1008</v>
       </c>
       <c r="C530" t="s">
-        <v>1018</v>
+        <v>1033</v>
       </c>
       <c r="D530" t="s">
-        <v>1018</v>
+        <v>1033</v>
       </c>
       <c r="E530" s="2" t="s">
-        <v>1019</v>
+        <v>1034</v>
       </c>
       <c r="F530" s="2"/>
     </row>
     <row r="531" spans="1:6">
       <c r="A531" t="s">
-        <v>1013</v>
+        <v>1008</v>
       </c>
       <c r="B531" t="s">
-        <v>1013</v>
+        <v>1008</v>
       </c>
       <c r="C531" t="s">
-        <v>1020</v>
+        <v>1035</v>
       </c>
       <c r="D531" t="s">
-        <v>1020</v>
+        <v>1035</v>
       </c>
       <c r="E531" s="2" t="s">
-        <v>1021</v>
+        <v>1036</v>
       </c>
       <c r="F531" s="2"/>
     </row>
     <row r="532" spans="1:6">
       <c r="A532" t="s">
-        <v>1013</v>
+        <v>1008</v>
       </c>
       <c r="B532" t="s">
-        <v>1013</v>
+        <v>1008</v>
       </c>
       <c r="C532" t="s">
-        <v>1022</v>
+        <v>1037</v>
       </c>
       <c r="D532" t="s">
-        <v>1022</v>
+        <v>1037</v>
       </c>
       <c r="E532" s="2" t="s">
-        <v>1023</v>
+        <v>1038</v>
       </c>
       <c r="F532" s="2"/>
     </row>
     <row r="533" spans="1:6">
       <c r="A533" t="s">
-        <v>1013</v>
+        <v>1008</v>
       </c>
       <c r="B533" t="s">
-        <v>1013</v>
+        <v>1008</v>
       </c>
       <c r="C533" t="s">
-        <v>1024</v>
+        <v>1039</v>
       </c>
       <c r="D533" t="s">
-        <v>1024</v>
+        <v>1039</v>
       </c>
       <c r="E533" s="2" t="s">
-        <v>1025</v>
+        <v>1040</v>
       </c>
       <c r="F533" s="2"/>
     </row>
     <row r="534" spans="1:6">
       <c r="A534" t="s">
-        <v>1013</v>
+        <v>1008</v>
       </c>
       <c r="B534" t="s">
-        <v>1013</v>
+        <v>1008</v>
       </c>
       <c r="C534" t="s">
-        <v>1026</v>
+        <v>1041</v>
       </c>
       <c r="D534" t="s">
-        <v>1026</v>
+        <v>1041</v>
       </c>
       <c r="E534" s="2" t="s">
-        <v>1027</v>
+        <v>1042</v>
       </c>
       <c r="F534" s="2"/>
     </row>
     <row r="535" spans="1:6">
       <c r="A535" t="s">
-        <v>1013</v>
+        <v>1008</v>
       </c>
       <c r="B535" t="s">
-        <v>1013</v>
+        <v>1008</v>
       </c>
       <c r="C535" t="s">
-        <v>1028</v>
+        <v>1043</v>
       </c>
       <c r="D535" t="s">
-        <v>1028</v>
+        <v>1043</v>
       </c>
       <c r="E535" s="2" t="s">
-        <v>1029</v>
+        <v>1044</v>
       </c>
       <c r="F535" s="2"/>
     </row>
     <row r="536" spans="1:6">
       <c r="A536" t="s">
-        <v>1013</v>
+        <v>1008</v>
       </c>
       <c r="B536" t="s">
-        <v>1013</v>
+        <v>1008</v>
       </c>
       <c r="C536" t="s">
-        <v>1030</v>
+        <v>1045</v>
       </c>
       <c r="D536" t="s">
-        <v>1030</v>
+        <v>1045</v>
       </c>
       <c r="E536" s="2" t="s">
-        <v>1031</v>
+        <v>1046</v>
       </c>
       <c r="F536" s="2"/>
     </row>
     <row r="537" spans="1:6">
       <c r="A537" t="s">
-        <v>1013</v>
+        <v>1008</v>
       </c>
       <c r="B537" t="s">
-        <v>1013</v>
+        <v>1008</v>
       </c>
       <c r="C537" t="s">
-        <v>1032</v>
+        <v>1047</v>
       </c>
       <c r="D537" t="s">
-        <v>1032</v>
+        <v>1047</v>
       </c>
       <c r="E537" s="2" t="s">
-        <v>1033</v>
+        <v>1048</v>
       </c>
       <c r="F537" s="2"/>
     </row>
     <row r="538" spans="1:6">
       <c r="A538" t="s">
-        <v>1013</v>
+        <v>1008</v>
       </c>
       <c r="B538" t="s">
-        <v>1013</v>
+        <v>1008</v>
       </c>
       <c r="C538" t="s">
-        <v>1034</v>
+        <v>1049</v>
       </c>
       <c r="D538" t="s">
-        <v>1034</v>
+        <v>1049</v>
       </c>
       <c r="E538" s="2" t="s">
-        <v>1035</v>
+        <v>1050</v>
       </c>
       <c r="F538" s="2"/>
     </row>
     <row r="539" spans="1:6">
       <c r="A539" t="s">
-        <v>1013</v>
+        <v>1008</v>
       </c>
       <c r="B539" t="s">
-        <v>1013</v>
+        <v>1008</v>
       </c>
       <c r="C539" t="s">
-        <v>1036</v>
+        <v>1051</v>
       </c>
       <c r="D539" t="s">
-        <v>1036</v>
+        <v>1051</v>
       </c>
       <c r="E539" s="2" t="s">
-        <v>1037</v>
+        <v>1052</v>
       </c>
       <c r="F539" s="2"/>
     </row>
     <row r="540" spans="1:6">
       <c r="A540" t="s">
-        <v>1013</v>
+        <v>1008</v>
       </c>
       <c r="B540" t="s">
-        <v>1013</v>
+        <v>1008</v>
       </c>
       <c r="C540" t="s">
-        <v>1038</v>
+        <v>1053</v>
       </c>
       <c r="D540" t="s">
-        <v>1038</v>
+        <v>1053</v>
       </c>
       <c r="E540" s="2" t="s">
-        <v>1039</v>
+        <v>1054</v>
       </c>
       <c r="F540" s="2"/>
     </row>
     <row r="541" spans="1:6">
       <c r="A541" t="s">
-        <v>1013</v>
+        <v>1008</v>
       </c>
       <c r="B541" t="s">
-        <v>1013</v>
+        <v>1008</v>
       </c>
       <c r="C541" t="s">
-        <v>1040</v>
+        <v>1055</v>
       </c>
       <c r="D541" t="s">
-        <v>1040</v>
+        <v>1055</v>
       </c>
       <c r="E541" s="2" t="s">
-        <v>1041</v>
+        <v>1056</v>
       </c>
       <c r="F541" s="2"/>
     </row>
     <row r="542" spans="1:6">
       <c r="A542" t="s">
-        <v>1013</v>
+        <v>1008</v>
       </c>
       <c r="B542" t="s">
-        <v>1013</v>
+        <v>1008</v>
       </c>
       <c r="C542" t="s">
-        <v>1042</v>
+        <v>1057</v>
       </c>
       <c r="D542" t="s">
-        <v>1042</v>
+        <v>1057</v>
       </c>
       <c r="E542" s="2" t="s">
-        <v>1043</v>
+        <v>1058</v>
       </c>
       <c r="F542" s="2"/>
     </row>
     <row r="543" spans="1:6">
       <c r="A543" t="s">
-        <v>1013</v>
+        <v>1008</v>
       </c>
       <c r="B543" t="s">
-        <v>1013</v>
+        <v>1008</v>
       </c>
       <c r="C543" t="s">
-        <v>1044</v>
+        <v>1059</v>
       </c>
       <c r="D543" t="s">
-        <v>1044</v>
+        <v>1059</v>
       </c>
       <c r="E543" s="2" t="s">
-        <v>1045</v>
+        <v>1060</v>
       </c>
       <c r="F543" s="2"/>
     </row>
     <row r="544" spans="1:6">
       <c r="A544" t="s">
-        <v>1013</v>
+        <v>1008</v>
       </c>
       <c r="B544" t="s">
-        <v>1013</v>
+        <v>1008</v>
       </c>
       <c r="C544" t="s">
-        <v>1046</v>
+        <v>1061</v>
       </c>
       <c r="D544" t="s">
-        <v>1046</v>
+        <v>1061</v>
       </c>
       <c r="E544" s="2" t="s">
-        <v>1047</v>
+        <v>1062</v>
       </c>
       <c r="F544" s="2"/>
     </row>
     <row r="545" spans="1:6">
       <c r="A545" t="s">
-        <v>1013</v>
+        <v>1008</v>
       </c>
       <c r="B545" t="s">
-        <v>1013</v>
+        <v>1008</v>
       </c>
       <c r="C545" t="s">
-        <v>1048</v>
+        <v>1063</v>
       </c>
       <c r="D545" t="s">
-        <v>1048</v>
+        <v>1063</v>
       </c>
       <c r="E545" s="2" t="s">
-        <v>1049</v>
+        <v>1064</v>
       </c>
       <c r="F545" s="2"/>
     </row>
     <row r="546" spans="1:6">
       <c r="A546" t="s">
-        <v>1013</v>
+        <v>1008</v>
       </c>
       <c r="B546" t="s">
-        <v>1013</v>
+        <v>1008</v>
       </c>
       <c r="C546" t="s">
-        <v>1050</v>
+        <v>1065</v>
       </c>
       <c r="D546" t="s">
-        <v>1050</v>
+        <v>1065</v>
       </c>
       <c r="E546" s="2" t="s">
-        <v>1051</v>
+        <v>1066</v>
       </c>
       <c r="F546" s="2"/>
     </row>
     <row r="547" spans="1:6">
       <c r="A547" t="s">
-        <v>1013</v>
+        <v>1008</v>
       </c>
       <c r="B547" t="s">
-        <v>1013</v>
+        <v>1008</v>
       </c>
       <c r="C547" t="s">
-        <v>1052</v>
+        <v>1067</v>
       </c>
       <c r="D547" t="s">
-        <v>1052</v>
+        <v>1067</v>
       </c>
       <c r="E547" s="2" t="s">
-        <v>1053</v>
+        <v>1068</v>
       </c>
       <c r="F547" s="2"/>
     </row>
     <row r="548" spans="1:6">
       <c r="A548" t="s">
-        <v>1013</v>
+        <v>1008</v>
       </c>
       <c r="B548" t="s">
-        <v>1013</v>
+        <v>1008</v>
       </c>
       <c r="C548" t="s">
-        <v>1054</v>
+        <v>1069</v>
       </c>
       <c r="D548" t="s">
-        <v>1054</v>
+        <v>1069</v>
       </c>
       <c r="E548" s="2" t="s">
-        <v>1055</v>
+        <v>1070</v>
       </c>
       <c r="F548" s="2"/>
     </row>
     <row r="549" spans="1:6">
       <c r="A549" t="s">
-        <v>1013</v>
+        <v>1008</v>
       </c>
       <c r="B549" t="s">
-        <v>1013</v>
+        <v>1008</v>
       </c>
       <c r="C549" t="s">
-        <v>1056</v>
+        <v>1071</v>
       </c>
       <c r="D549" t="s">
-        <v>1056</v>
+        <v>1071</v>
       </c>
       <c r="E549" s="2" t="s">
-        <v>1057</v>
+        <v>1072</v>
       </c>
       <c r="F549" s="2"/>
     </row>
     <row r="550" spans="1:6">
       <c r="A550" t="s">
-        <v>1013</v>
+        <v>1008</v>
       </c>
       <c r="B550" t="s">
-        <v>1013</v>
+        <v>1008</v>
       </c>
       <c r="C550" t="s">
-        <v>1058</v>
+        <v>1073</v>
       </c>
       <c r="D550" t="s">
-        <v>1058</v>
+        <v>1073</v>
       </c>
       <c r="E550" s="2" t="s">
-        <v>1059</v>
+        <v>1074</v>
       </c>
       <c r="F550" s="2"/>
     </row>
     <row r="551" spans="1:6">
       <c r="A551" t="s">
-        <v>1013</v>
+        <v>1008</v>
       </c>
       <c r="B551" t="s">
-        <v>1013</v>
+        <v>1008</v>
       </c>
       <c r="C551" t="s">
-        <v>1060</v>
+        <v>1075</v>
       </c>
       <c r="D551" t="s">
-        <v>1060</v>
+        <v>1075</v>
       </c>
       <c r="E551" s="2" t="s">
-        <v>1061</v>
+        <v>1076</v>
       </c>
       <c r="F551" s="2"/>
     </row>
     <row r="552" spans="1:6">
       <c r="A552" t="s">
-        <v>1013</v>
+        <v>1008</v>
       </c>
       <c r="B552" t="s">
-        <v>1013</v>
+        <v>1008</v>
       </c>
       <c r="C552" t="s">
-        <v>1062</v>
+        <v>1077</v>
       </c>
       <c r="D552" t="s">
-        <v>1062</v>
+        <v>1077</v>
       </c>
       <c r="E552" s="2" t="s">
-        <v>1063</v>
+        <v>1078</v>
       </c>
       <c r="F552" s="2"/>
     </row>
     <row r="553" spans="1:6">
       <c r="A553" t="s">
-        <v>1013</v>
+        <v>1008</v>
       </c>
       <c r="B553" t="s">
-        <v>1013</v>
+        <v>1008</v>
       </c>
       <c r="C553" t="s">
-        <v>1064</v>
+        <v>1079</v>
       </c>
       <c r="D553" t="s">
-        <v>1064</v>
+        <v>1079</v>
       </c>
       <c r="E553" s="2" t="s">
-        <v>1065</v>
+        <v>1080</v>
       </c>
       <c r="F553" s="2"/>
     </row>
     <row r="554" spans="1:6">
       <c r="A554" t="s">
-        <v>1013</v>
+        <v>1008</v>
       </c>
       <c r="B554" t="s">
-        <v>1013</v>
+        <v>1008</v>
       </c>
       <c r="C554" t="s">
-        <v>1066</v>
+        <v>1081</v>
       </c>
       <c r="D554" t="s">
-        <v>1066</v>
+        <v>1081</v>
       </c>
       <c r="E554" s="2" t="s">
-        <v>1067</v>
+        <v>1082</v>
       </c>
       <c r="F554" s="2"/>
     </row>
     <row r="555" spans="1:6">
       <c r="A555" t="s">
-        <v>1013</v>
+        <v>1008</v>
       </c>
       <c r="B555" t="s">
-        <v>1013</v>
+        <v>1008</v>
       </c>
       <c r="C555" t="s">
-        <v>1068</v>
+        <v>1083</v>
       </c>
       <c r="D555" t="s">
-        <v>1068</v>
+        <v>1083</v>
       </c>
       <c r="E555" s="2" t="s">
-        <v>1069</v>
+        <v>1084</v>
       </c>
       <c r="F555" s="2"/>
     </row>
     <row r="556" spans="1:6">
       <c r="A556" t="s">
-        <v>1013</v>
+        <v>1008</v>
       </c>
       <c r="B556" t="s">
-        <v>1013</v>
+        <v>1008</v>
       </c>
       <c r="C556" t="s">
-        <v>1070</v>
+        <v>1085</v>
       </c>
       <c r="D556" t="s">
-        <v>1070</v>
+        <v>1085</v>
       </c>
       <c r="E556" s="2" t="s">
-        <v>1071</v>
+        <v>1086</v>
       </c>
       <c r="F556" s="2"/>
     </row>
     <row r="557" spans="1:6">
       <c r="A557" t="s">
-        <v>1013</v>
+        <v>1008</v>
       </c>
       <c r="B557" t="s">
-        <v>1013</v>
+        <v>1008</v>
       </c>
       <c r="C557" t="s">
-        <v>1072</v>
+        <v>1087</v>
       </c>
       <c r="D557" t="s">
-        <v>1072</v>
+        <v>1087</v>
       </c>
       <c r="E557" s="2" t="s">
-        <v>1073</v>
+        <v>1088</v>
       </c>
       <c r="F557" s="2"/>
     </row>
     <row r="558" spans="1:6">
       <c r="A558" t="s">
-        <v>1013</v>
+        <v>1008</v>
       </c>
       <c r="B558" t="s">
-        <v>1013</v>
+        <v>1008</v>
       </c>
       <c r="C558" t="s">
-        <v>1074</v>
+        <v>1089</v>
       </c>
       <c r="D558" t="s">
-        <v>1074</v>
+        <v>1089</v>
       </c>
       <c r="E558" s="2" t="s">
-        <v>1075</v>
+        <v>1090</v>
       </c>
       <c r="F558" s="2"/>
     </row>
     <row r="559" spans="1:6">
       <c r="A559" t="s">
-        <v>1013</v>
+        <v>1008</v>
       </c>
       <c r="B559" t="s">
-        <v>1013</v>
+        <v>1008</v>
       </c>
       <c r="C559" t="s">
-        <v>1076</v>
+        <v>1091</v>
       </c>
       <c r="D559" t="s">
-        <v>1076</v>
+        <v>1091</v>
       </c>
       <c r="E559" s="2" t="s">
-        <v>1077</v>
+        <v>1092</v>
       </c>
       <c r="F559" s="2"/>
     </row>
     <row r="560" spans="1:6">
       <c r="A560" t="s">
-        <v>1013</v>
+        <v>1008</v>
       </c>
       <c r="B560" t="s">
-        <v>1013</v>
+        <v>1008</v>
       </c>
       <c r="C560" t="s">
-        <v>1078</v>
+        <v>1093</v>
       </c>
       <c r="D560" t="s">
-        <v>1078</v>
+        <v>1093</v>
       </c>
       <c r="E560" s="2" t="s">
-        <v>1079</v>
+        <v>1094</v>
       </c>
       <c r="F560" s="2"/>
     </row>
     <row r="561" spans="1:6">
       <c r="A561" t="s">
-        <v>1013</v>
+        <v>1008</v>
       </c>
       <c r="B561" t="s">
-        <v>1013</v>
+        <v>1008</v>
       </c>
       <c r="C561" t="s">
-        <v>1080</v>
+        <v>1095</v>
       </c>
       <c r="D561" t="s">
-        <v>1080</v>
+        <v>1095</v>
       </c>
       <c r="E561" s="2" t="s">
-        <v>1081</v>
+        <v>1096</v>
       </c>
       <c r="F561" s="2"/>
     </row>
     <row r="562" spans="1:6">
       <c r="A562" t="s">
-        <v>1013</v>
+        <v>1008</v>
       </c>
       <c r="B562" t="s">
-        <v>1013</v>
+        <v>1008</v>
       </c>
       <c r="C562" t="s">
-        <v>1082</v>
+        <v>1097</v>
       </c>
       <c r="D562" t="s">
-        <v>1082</v>
+        <v>1097</v>
       </c>
       <c r="E562" s="2" t="s">
-        <v>1083</v>
+        <v>1098</v>
       </c>
       <c r="F562" s="2"/>
     </row>
     <row r="563" spans="1:6">
       <c r="A563" t="s">
-        <v>1013</v>
+        <v>1008</v>
       </c>
       <c r="B563" t="s">
-        <v>1013</v>
+        <v>1008</v>
       </c>
       <c r="C563" t="s">
-        <v>1084</v>
+        <v>1099</v>
       </c>
       <c r="D563" t="s">
-        <v>1084</v>
+        <v>1099</v>
       </c>
       <c r="E563" s="2" t="s">
-        <v>1085</v>
+        <v>1100</v>
       </c>
       <c r="F563" s="2"/>
     </row>
     <row r="564" spans="1:6">
       <c r="A564" t="s">
-        <v>1013</v>
+        <v>1008</v>
       </c>
       <c r="B564" t="s">
-        <v>1013</v>
+        <v>1008</v>
       </c>
       <c r="C564" t="s">
-        <v>1086</v>
+        <v>1101</v>
       </c>
       <c r="D564" t="s">
-        <v>1086</v>
+        <v>1101</v>
       </c>
       <c r="E564" s="2" t="s">
-        <v>1087</v>
+        <v>1102</v>
       </c>
       <c r="F564" s="2"/>
     </row>
     <row r="565" spans="1:6">
       <c r="A565" t="s">
-        <v>1013</v>
+        <v>1008</v>
       </c>
       <c r="B565" t="s">
-        <v>1013</v>
+        <v>1008</v>
       </c>
       <c r="C565" t="s">
-        <v>1088</v>
+        <v>1103</v>
       </c>
       <c r="D565" t="s">
-        <v>1088</v>
+        <v>1103</v>
       </c>
       <c r="E565" s="2" t="s">
-        <v>1089</v>
+        <v>1104</v>
       </c>
       <c r="F565" s="2"/>
     </row>
     <row r="566" spans="1:6">
       <c r="A566" t="s">
-        <v>1013</v>
+        <v>1008</v>
       </c>
       <c r="B566" t="s">
-        <v>1013</v>
+        <v>1008</v>
       </c>
       <c r="C566" t="s">
-        <v>1090</v>
+        <v>1105</v>
       </c>
       <c r="D566" t="s">
-        <v>1090</v>
+        <v>1105</v>
       </c>
       <c r="E566" s="2" t="s">
-        <v>1091</v>
+        <v>1106</v>
       </c>
       <c r="F566" s="2"/>
     </row>
     <row r="567" spans="1:6">
       <c r="A567" t="s">
-        <v>1013</v>
+        <v>1008</v>
       </c>
       <c r="B567" t="s">
-        <v>1013</v>
+        <v>1008</v>
       </c>
       <c r="C567" t="s">
-        <v>1092</v>
+        <v>1107</v>
       </c>
       <c r="D567" t="s">
-        <v>1092</v>
+        <v>1107</v>
       </c>
       <c r="E567" s="2" t="s">
-        <v>1093</v>
+        <v>1108</v>
       </c>
       <c r="F567" s="2"/>
     </row>
     <row r="568" spans="1:6">
       <c r="A568" t="s">
-        <v>1013</v>
+        <v>1008</v>
       </c>
       <c r="B568" t="s">
-        <v>1013</v>
+        <v>1008</v>
       </c>
       <c r="C568" t="s">
-        <v>1094</v>
+        <v>1109</v>
       </c>
       <c r="D568" t="s">
-        <v>1094</v>
+        <v>1109</v>
       </c>
       <c r="E568" s="2" t="s">
-        <v>1095</v>
+        <v>1110</v>
       </c>
       <c r="F568" s="2"/>
     </row>
     <row r="569" spans="1:6">
       <c r="A569" t="s">
-        <v>1013</v>
+        <v>1008</v>
       </c>
       <c r="B569" t="s">
-        <v>1013</v>
+        <v>1008</v>
       </c>
       <c r="C569" t="s">
-        <v>1096</v>
+        <v>1111</v>
       </c>
       <c r="D569" t="s">
-        <v>1096</v>
+        <v>1111</v>
       </c>
       <c r="E569" s="2" t="s">
-        <v>1097</v>
+        <v>1112</v>
       </c>
       <c r="F569" s="2"/>
     </row>
     <row r="570" spans="1:6">
       <c r="A570" t="s">
-        <v>1013</v>
+        <v>1008</v>
       </c>
       <c r="B570" t="s">
-        <v>1013</v>
+        <v>1008</v>
       </c>
       <c r="C570" t="s">
-        <v>162</v>
+        <v>1113</v>
       </c>
       <c r="D570" t="s">
-        <v>162</v>
+        <v>1113</v>
       </c>
       <c r="E570" s="2" t="s">
-        <v>1098</v>
+        <v>1114</v>
       </c>
       <c r="F570" s="2"/>
     </row>
     <row r="571" spans="1:6">
       <c r="A571" t="s">
-        <v>1013</v>
+        <v>1008</v>
       </c>
       <c r="B571" t="s">
-        <v>1013</v>
+        <v>1008</v>
       </c>
       <c r="C571" t="s">
-        <v>1099</v>
+        <v>1115</v>
       </c>
       <c r="D571" t="s">
-        <v>1099</v>
+        <v>1115</v>
       </c>
       <c r="E571" s="2" t="s">
-        <v>1100</v>
+        <v>1116</v>
       </c>
       <c r="F571" s="2"/>
     </row>
     <row r="572" spans="1:6">
       <c r="A572" t="s">
-        <v>1013</v>
+        <v>1008</v>
       </c>
       <c r="B572" t="s">
-        <v>1013</v>
+        <v>1008</v>
       </c>
       <c r="C572" t="s">
-        <v>1101</v>
+        <v>1117</v>
       </c>
       <c r="D572" t="s">
-        <v>1101</v>
+        <v>1117</v>
       </c>
       <c r="E572" s="2" t="s">
-        <v>1102</v>
+        <v>1118</v>
       </c>
       <c r="F572" s="2"/>
     </row>
     <row r="573" spans="1:6">
       <c r="A573" t="s">
-        <v>1013</v>
+        <v>1008</v>
       </c>
       <c r="B573" t="s">
-        <v>1013</v>
+        <v>1008</v>
       </c>
       <c r="C573" t="s">
-        <v>1103</v>
+        <v>1119</v>
       </c>
       <c r="D573" t="s">
-        <v>1103</v>
+        <v>1119</v>
       </c>
       <c r="E573" s="2" t="s">
-        <v>1104</v>
+        <v>1120</v>
       </c>
       <c r="F573" s="2"/>
     </row>
     <row r="574" spans="1:6">
       <c r="A574" t="s">
-        <v>1013</v>
+        <v>1008</v>
       </c>
       <c r="B574" t="s">
-        <v>1013</v>
+        <v>1008</v>
       </c>
       <c r="C574" t="s">
-        <v>1105</v>
+        <v>1121</v>
       </c>
       <c r="D574" t="s">
-        <v>1105</v>
+        <v>1121</v>
       </c>
       <c r="E574" s="2" t="s">
-        <v>1106</v>
+        <v>1122</v>
       </c>
       <c r="F574" s="2"/>
     </row>
     <row r="575" spans="1:6">
       <c r="A575" t="s">
-        <v>1013</v>
+        <v>1008</v>
       </c>
       <c r="B575" t="s">
-        <v>1013</v>
+        <v>1008</v>
       </c>
       <c r="C575" t="s">
-        <v>1107</v>
+        <v>1123</v>
       </c>
       <c r="D575" t="s">
-        <v>1107</v>
+        <v>1123</v>
       </c>
       <c r="E575" s="2" t="s">
-        <v>1108</v>
+        <v>1124</v>
       </c>
       <c r="F575" s="2"/>
     </row>
     <row r="576" spans="1:6">
       <c r="A576" t="s">
-        <v>1013</v>
+        <v>1008</v>
       </c>
       <c r="B576" t="s">
-        <v>1013</v>
+        <v>1008</v>
       </c>
       <c r="C576" t="s">
-        <v>1109</v>
+        <v>1125</v>
       </c>
       <c r="D576" t="s">
-        <v>1109</v>
+        <v>1125</v>
       </c>
       <c r="E576" s="2" t="s">
-        <v>1110</v>
+        <v>1126</v>
       </c>
       <c r="F576" s="2"/>
     </row>
     <row r="577" spans="1:6">
       <c r="A577" t="s">
-        <v>1013</v>
+        <v>1008</v>
       </c>
       <c r="B577" t="s">
-        <v>1013</v>
+        <v>1008</v>
       </c>
       <c r="C577" t="s">
-        <v>1111</v>
+        <v>1127</v>
       </c>
       <c r="D577" t="s">
-        <v>1111</v>
+        <v>1127</v>
       </c>
       <c r="E577" s="2" t="s">
-        <v>1112</v>
+        <v>1128</v>
       </c>
       <c r="F577" s="2"/>
     </row>
     <row r="578" spans="1:6">
       <c r="A578" t="s">
-        <v>1013</v>
+        <v>1129</v>
       </c>
       <c r="B578" t="s">
-        <v>1013</v>
+        <v>1129</v>
       </c>
       <c r="C578" t="s">
-        <v>1113</v>
+        <v>1130</v>
       </c>
       <c r="D578" t="s">
-        <v>1113</v>
+        <v>1130</v>
       </c>
       <c r="E578" s="2" t="s">
-        <v>1114</v>
+        <v>1131</v>
       </c>
       <c r="F578" s="2"/>
     </row>
     <row r="579" spans="1:6">
       <c r="A579" t="s">
-        <v>1013</v>
+        <v>1129</v>
       </c>
       <c r="B579" t="s">
-        <v>1013</v>
+        <v>1129</v>
       </c>
       <c r="C579" t="s">
-        <v>1115</v>
+        <v>1132</v>
       </c>
       <c r="D579" t="s">
-        <v>1115</v>
+        <v>1132</v>
       </c>
       <c r="E579" s="2" t="s">
-        <v>1116</v>
+        <v>1133</v>
       </c>
       <c r="F579" s="2"/>
     </row>
     <row r="580" spans="1:6">
       <c r="A580" t="s">
-        <v>1013</v>
+        <v>1129</v>
       </c>
       <c r="B580" t="s">
-        <v>1013</v>
+        <v>1129</v>
       </c>
       <c r="C580" t="s">
-        <v>1117</v>
+        <v>1134</v>
       </c>
       <c r="D580" t="s">
-        <v>1117</v>
+        <v>1134</v>
       </c>
       <c r="E580" s="2" t="s">
-        <v>1118</v>
+        <v>1135</v>
       </c>
       <c r="F580" s="2"/>
     </row>
     <row r="581" spans="1:6">
       <c r="A581" t="s">
-        <v>1013</v>
+        <v>1129</v>
       </c>
       <c r="B581" t="s">
-        <v>1013</v>
+        <v>1129</v>
       </c>
       <c r="C581" t="s">
-        <v>1119</v>
+        <v>1136</v>
       </c>
       <c r="D581" t="s">
-        <v>1119</v>
+        <v>1136</v>
       </c>
       <c r="E581" s="2" t="s">
-        <v>1120</v>
+        <v>1137</v>
       </c>
       <c r="F581" s="2"/>
     </row>
     <row r="582" spans="1:6">
       <c r="A582" t="s">
-        <v>1013</v>
+        <v>1129</v>
       </c>
       <c r="B582" t="s">
-        <v>1013</v>
+        <v>1129</v>
       </c>
       <c r="C582" t="s">
-        <v>1121</v>
+        <v>1138</v>
       </c>
       <c r="D582" t="s">
-        <v>1121</v>
+        <v>1138</v>
       </c>
       <c r="E582" s="2" t="s">
-        <v>1122</v>
+        <v>1139</v>
       </c>
       <c r="F582" s="2"/>
     </row>
     <row r="583" spans="1:6">
       <c r="A583" t="s">
-        <v>1013</v>
+        <v>1129</v>
       </c>
       <c r="B583" t="s">
-        <v>1013</v>
+        <v>1129</v>
       </c>
       <c r="C583" t="s">
-        <v>1123</v>
+        <v>1140</v>
       </c>
       <c r="D583" t="s">
-        <v>1123</v>
+        <v>1140</v>
       </c>
       <c r="E583" s="2" t="s">
-        <v>1124</v>
+        <v>1141</v>
       </c>
       <c r="F583" s="2"/>
     </row>
     <row r="584" spans="1:6">
       <c r="A584" t="s">
-        <v>1013</v>
+        <v>1129</v>
       </c>
       <c r="B584" t="s">
-        <v>1013</v>
+        <v>1129</v>
       </c>
       <c r="C584" t="s">
-        <v>1125</v>
+        <v>1142</v>
       </c>
       <c r="D584" t="s">
-        <v>1125</v>
+        <v>1142</v>
       </c>
       <c r="E584" s="2" t="s">
-        <v>1126</v>
+        <v>1143</v>
       </c>
       <c r="F584" s="2"/>
     </row>
     <row r="585" spans="1:6">
       <c r="A585" t="s">
-        <v>1127</v>
+        <v>1144</v>
       </c>
       <c r="B585" t="s">
-        <v>1127</v>
+        <v>1144</v>
       </c>
       <c r="C585" t="s">
-        <v>1128</v>
+        <v>1145</v>
       </c>
       <c r="D585" t="s">
-        <v>1128</v>
+        <v>1145</v>
       </c>
       <c r="E585" s="2" t="s">
-        <v>1129</v>
+        <v>1146</v>
       </c>
       <c r="F585" s="2"/>
     </row>
     <row r="586" spans="1:6">
       <c r="A586" t="s">
-        <v>1127</v>
+        <v>1144</v>
       </c>
       <c r="B586" t="s">
-        <v>1127</v>
+        <v>1144</v>
       </c>
       <c r="C586" t="s">
-        <v>1130</v>
+        <v>1025</v>
       </c>
       <c r="D586" t="s">
-        <v>1130</v>
+        <v>1025</v>
       </c>
       <c r="E586" s="2" t="s">
-        <v>1131</v>
+        <v>1147</v>
       </c>
       <c r="F586" s="2"/>
     </row>
     <row r="587" spans="1:6">
       <c r="A587" t="s">
-        <v>1127</v>
+        <v>1144</v>
       </c>
       <c r="B587" t="s">
-        <v>1127</v>
+        <v>1144</v>
       </c>
       <c r="C587" t="s">
-        <v>1132</v>
+        <v>1148</v>
       </c>
       <c r="D587" t="s">
-        <v>1132</v>
+        <v>1148</v>
       </c>
       <c r="E587" s="2" t="s">
-        <v>1133</v>
+        <v>1149</v>
       </c>
       <c r="F587" s="2"/>
     </row>
     <row r="588" spans="1:6">
       <c r="A588" t="s">
-        <v>1127</v>
+        <v>1144</v>
       </c>
       <c r="B588" t="s">
-        <v>1127</v>
+        <v>1144</v>
       </c>
       <c r="C588" t="s">
-        <v>1134</v>
+        <v>1150</v>
       </c>
       <c r="D588" t="s">
-        <v>1134</v>
+        <v>1150</v>
       </c>
       <c r="E588" s="2" t="s">
-        <v>1135</v>
+        <v>1151</v>
       </c>
       <c r="F588" s="2"/>
     </row>
     <row r="589" spans="1:6">
       <c r="A589" t="s">
-        <v>1127</v>
+        <v>1144</v>
       </c>
       <c r="B589" t="s">
-        <v>1127</v>
+        <v>1144</v>
       </c>
       <c r="C589" t="s">
-        <v>1136</v>
+        <v>1055</v>
       </c>
       <c r="D589" t="s">
-        <v>1136</v>
+        <v>1055</v>
       </c>
       <c r="E589" s="2" t="s">
-        <v>1137</v>
+        <v>1152</v>
       </c>
       <c r="F589" s="2"/>
     </row>
     <row r="590" spans="1:6">
       <c r="A590" t="s">
-        <v>1127</v>
+        <v>1144</v>
       </c>
       <c r="B590" t="s">
-        <v>1127</v>
+        <v>1144</v>
       </c>
       <c r="C590" t="s">
-        <v>1138</v>
+        <v>1069</v>
       </c>
       <c r="D590" t="s">
-        <v>1138</v>
+        <v>1069</v>
       </c>
       <c r="E590" s="2" t="s">
-        <v>1139</v>
+        <v>1153</v>
       </c>
       <c r="F590" s="2"/>
     </row>
     <row r="591" spans="1:6">
       <c r="A591" t="s">
-        <v>1127</v>
+        <v>1144</v>
       </c>
       <c r="B591" t="s">
-        <v>1127</v>
+        <v>1144</v>
       </c>
       <c r="C591" t="s">
-        <v>1140</v>
+        <v>1091</v>
       </c>
       <c r="D591" t="s">
-        <v>1140</v>
+        <v>1091</v>
       </c>
       <c r="E591" s="2" t="s">
-        <v>1141</v>
+        <v>1154</v>
       </c>
       <c r="F591" s="2"/>
     </row>
     <row r="592" spans="1:6">
       <c r="A592" t="s">
-        <v>1142</v>
+        <v>1144</v>
       </c>
       <c r="B592" t="s">
-        <v>1142</v>
+        <v>1144</v>
       </c>
       <c r="C592" t="s">
-        <v>1143</v>
+        <v>1155</v>
       </c>
       <c r="D592" t="s">
-        <v>1143</v>
+        <v>1155</v>
       </c>
       <c r="E592" s="2" t="s">
-        <v>1144</v>
+        <v>1156</v>
       </c>
       <c r="F592" s="2"/>
     </row>
     <row r="593" spans="1:6">
       <c r="A593" t="s">
-        <v>1142</v>
+        <v>1144</v>
       </c>
       <c r="B593" t="s">
-        <v>1142</v>
+        <v>1144</v>
       </c>
       <c r="C593" t="s">
-        <v>1030</v>
+        <v>1093</v>
       </c>
       <c r="D593" t="s">
-        <v>1030</v>
+        <v>1093</v>
       </c>
       <c r="E593" s="2" t="s">
-        <v>1145</v>
+        <v>1157</v>
       </c>
       <c r="F593" s="2"/>
     </row>
     <row r="594" spans="1:6">
       <c r="A594" t="s">
-        <v>1142</v>
+        <v>1144</v>
       </c>
       <c r="B594" t="s">
-        <v>1142</v>
+        <v>1144</v>
       </c>
       <c r="C594" t="s">
-        <v>1146</v>
+        <v>1158</v>
       </c>
       <c r="D594" t="s">
-        <v>1146</v>
+        <v>1158</v>
       </c>
       <c r="E594" s="2" t="s">
-        <v>1147</v>
+        <v>1159</v>
       </c>
       <c r="F594" s="2"/>
     </row>
     <row r="595" spans="1:6">
       <c r="A595" t="s">
-        <v>1142</v>
+        <v>1144</v>
       </c>
       <c r="B595" t="s">
-        <v>1142</v>
+        <v>1144</v>
       </c>
       <c r="C595" t="s">
-        <v>1148</v>
+        <v>1111</v>
       </c>
       <c r="D595" t="s">
-        <v>1148</v>
+        <v>1111</v>
       </c>
       <c r="E595" s="2" t="s">
-        <v>1149</v>
+        <v>1112</v>
       </c>
       <c r="F595" s="2"/>
     </row>
     <row r="596" spans="1:6">
       <c r="A596" t="s">
-        <v>1142</v>
+        <v>1144</v>
       </c>
       <c r="B596" t="s">
-        <v>1142</v>
+        <v>1144</v>
       </c>
       <c r="C596" t="s">
-        <v>1056</v>
+        <v>1113</v>
       </c>
       <c r="D596" t="s">
-        <v>1056</v>
+        <v>1113</v>
       </c>
       <c r="E596" s="2" t="s">
-        <v>1150</v>
+        <v>1114</v>
       </c>
       <c r="F596" s="2"/>
     </row>
     <row r="597" spans="1:6">
       <c r="A597" t="s">
-        <v>1142</v>
+        <v>1160</v>
       </c>
       <c r="B597" t="s">
-        <v>1142</v>
+        <v>1160</v>
       </c>
       <c r="C597" t="s">
-        <v>1070</v>
+        <v>307</v>
       </c>
       <c r="D597" t="s">
-        <v>1070</v>
+        <v>307</v>
       </c>
       <c r="E597" s="2" t="s">
-        <v>1151</v>
+        <v>981</v>
       </c>
       <c r="F597" s="2"/>
     </row>
     <row r="598" spans="1:6">
       <c r="A598" t="s">
-        <v>1142</v>
+        <v>1160</v>
       </c>
       <c r="B598" t="s">
-        <v>1142</v>
+        <v>1160</v>
       </c>
       <c r="C598" t="s">
-        <v>1088</v>
+        <v>1161</v>
       </c>
       <c r="D598" t="s">
-        <v>1088</v>
+        <v>1161</v>
       </c>
       <c r="E598" s="2" t="s">
-        <v>1152</v>
+        <v>1162</v>
       </c>
       <c r="F598" s="2"/>
     </row>
     <row r="599" spans="1:6">
       <c r="A599" t="s">
-        <v>1142</v>
+        <v>1160</v>
       </c>
       <c r="B599" t="s">
-        <v>1142</v>
+        <v>1160</v>
       </c>
       <c r="C599" t="s">
-        <v>1153</v>
+        <v>1163</v>
       </c>
       <c r="D599" t="s">
-        <v>1153</v>
+        <v>1163</v>
       </c>
       <c r="E599" s="2" t="s">
-        <v>1154</v>
+        <v>1164</v>
       </c>
       <c r="F599" s="2"/>
     </row>
     <row r="600" spans="1:6">
       <c r="A600" t="s">
-        <v>1142</v>
+        <v>1160</v>
       </c>
       <c r="B600" t="s">
-        <v>1142</v>
+        <v>1160</v>
       </c>
       <c r="C600" t="s">
-        <v>1090</v>
+        <v>1165</v>
       </c>
       <c r="D600" t="s">
-        <v>1090</v>
+        <v>1165</v>
       </c>
       <c r="E600" s="2" t="s">
-        <v>1155</v>
+        <v>1166</v>
       </c>
       <c r="F600" s="2"/>
     </row>
     <row r="601" spans="1:6">
       <c r="A601" t="s">
-        <v>1142</v>
+        <v>1160</v>
       </c>
       <c r="B601" t="s">
-        <v>1142</v>
+        <v>1160</v>
       </c>
       <c r="C601" t="s">
-        <v>1156</v>
+        <v>544</v>
       </c>
       <c r="D601" t="s">
-        <v>1156</v>
+        <v>544</v>
       </c>
       <c r="E601" s="2" t="s">
-        <v>1157</v>
+        <v>1167</v>
       </c>
       <c r="F601" s="2"/>
     </row>
     <row r="602" spans="1:6">
       <c r="A602" t="s">
-        <v>1142</v>
+        <v>1160</v>
       </c>
       <c r="B602" t="s">
-        <v>1142</v>
+        <v>1160</v>
       </c>
       <c r="C602" t="s">
-        <v>1105</v>
+        <v>1168</v>
       </c>
       <c r="D602" t="s">
-        <v>1105</v>
+        <v>1168</v>
       </c>
       <c r="E602" s="2" t="s">
-        <v>1106</v>
+        <v>1169</v>
       </c>
       <c r="F602" s="2"/>
     </row>
     <row r="603" spans="1:6">
       <c r="A603" t="s">
-        <v>1142</v>
+        <v>1160</v>
       </c>
       <c r="B603" t="s">
-        <v>1142</v>
+        <v>1160</v>
       </c>
       <c r="C603" t="s">
-        <v>1107</v>
+        <v>1170</v>
       </c>
       <c r="D603" t="s">
-        <v>1107</v>
+        <v>1170</v>
       </c>
       <c r="E603" s="2" t="s">
-        <v>1108</v>
+        <v>1171</v>
       </c>
       <c r="F603" s="2"/>
     </row>
     <row r="604" spans="1:6">
       <c r="A604" t="s">
-        <v>1158</v>
+        <v>1160</v>
       </c>
       <c r="B604" t="s">
-        <v>1158</v>
+        <v>1160</v>
       </c>
       <c r="C604" t="s">
-        <v>310</v>
+        <v>179</v>
       </c>
       <c r="D604" t="s">
-        <v>310</v>
+        <v>179</v>
       </c>
       <c r="E604" s="2" t="s">
-        <v>1159</v>
+        <v>180</v>
       </c>
       <c r="F604" s="2"/>
     </row>
     <row r="605" spans="1:6">
       <c r="A605" t="s">
-        <v>1158</v>
+        <v>1160</v>
       </c>
       <c r="B605" t="s">
-        <v>1158</v>
+        <v>1160</v>
       </c>
       <c r="C605" t="s">
-        <v>316</v>
+        <v>993</v>
       </c>
       <c r="D605" t="s">
-        <v>316</v>
+        <v>993</v>
       </c>
       <c r="E605" s="2" t="s">
-        <v>979</v>
+        <v>1172</v>
       </c>
       <c r="F605" s="2"/>
     </row>
     <row r="606" spans="1:6">
       <c r="A606" t="s">
-        <v>1158</v>
+        <v>1160</v>
       </c>
       <c r="B606" t="s">
-        <v>1158</v>
+        <v>1160</v>
       </c>
       <c r="C606" t="s">
-        <v>1160</v>
+        <v>1173</v>
       </c>
       <c r="D606" t="s">
-        <v>1160</v>
+        <v>1173</v>
       </c>
       <c r="E606" s="2" t="s">
-        <v>1161</v>
+        <v>1174</v>
       </c>
       <c r="F606" s="2"/>
     </row>
     <row r="607" spans="1:6">
       <c r="A607" t="s">
-        <v>1158</v>
+        <v>1160</v>
       </c>
       <c r="B607" t="s">
-        <v>1158</v>
+        <v>1160</v>
       </c>
       <c r="C607" t="s">
-        <v>1162</v>
+        <v>1175</v>
       </c>
       <c r="D607" t="s">
-        <v>1162</v>
+        <v>1175</v>
       </c>
       <c r="E607" s="2" t="s">
-        <v>1163</v>
+        <v>1176</v>
       </c>
       <c r="F607" s="2"/>
     </row>
     <row r="608" spans="1:6">
       <c r="A608" t="s">
-        <v>1158</v>
+        <v>1160</v>
       </c>
       <c r="B608" t="s">
-        <v>1158</v>
+        <v>1160</v>
       </c>
       <c r="C608" t="s">
-        <v>1164</v>
+        <v>1177</v>
       </c>
       <c r="D608" t="s">
-        <v>1164</v>
+        <v>1177</v>
       </c>
       <c r="E608" s="2" t="s">
-        <v>1165</v>
+        <v>1178</v>
       </c>
       <c r="F608" s="2"/>
     </row>
     <row r="609" spans="1:6">
       <c r="A609" t="s">
-        <v>1158</v>
+        <v>1160</v>
       </c>
       <c r="B609" t="s">
-        <v>1158</v>
+        <v>1160</v>
       </c>
       <c r="C609" t="s">
-        <v>559</v>
+        <v>183</v>
       </c>
       <c r="D609" t="s">
-        <v>559</v>
+        <v>183</v>
       </c>
       <c r="E609" s="2" t="s">
-        <v>1166</v>
+        <v>184</v>
       </c>
       <c r="F609" s="2"/>
     </row>
     <row r="610" spans="1:6">
       <c r="A610" t="s">
-        <v>1158</v>
+        <v>1160</v>
       </c>
       <c r="B610" t="s">
-        <v>1158</v>
+        <v>1160</v>
       </c>
       <c r="C610" t="s">
-        <v>187</v>
+        <v>997</v>
       </c>
       <c r="D610" t="s">
-        <v>187</v>
+        <v>997</v>
       </c>
       <c r="E610" s="2" t="s">
-        <v>1167</v>
+        <v>1179</v>
       </c>
       <c r="F610" s="2"/>
     </row>
     <row r="611" spans="1:6">
       <c r="A611" t="s">
-        <v>1158</v>
+        <v>1160</v>
       </c>
       <c r="B611" t="s">
-        <v>1158</v>
+        <v>1160</v>
       </c>
       <c r="C611" t="s">
-        <v>1168</v>
+        <v>1180</v>
       </c>
       <c r="D611" t="s">
-        <v>1168</v>
+        <v>1180</v>
       </c>
       <c r="E611" s="2" t="s">
-        <v>1169</v>
+        <v>1181</v>
       </c>
       <c r="F611" s="2"/>
     </row>
     <row r="612" spans="1:6">
       <c r="A612" t="s">
-        <v>1158</v>
+        <v>1160</v>
       </c>
       <c r="B612" t="s">
-        <v>1158</v>
+        <v>1160</v>
       </c>
       <c r="C612" t="s">
-        <v>189</v>
+        <v>185</v>
       </c>
       <c r="D612" t="s">
-        <v>189</v>
+        <v>185</v>
       </c>
       <c r="E612" s="2" t="s">
-        <v>190</v>
+        <v>186</v>
       </c>
       <c r="F612" s="2"/>
     </row>
     <row r="613" spans="1:6">
       <c r="A613" t="s">
-        <v>1158</v>
+        <v>1160</v>
       </c>
       <c r="B613" t="s">
-        <v>1158</v>
+        <v>1160</v>
       </c>
       <c r="C613" t="s">
-        <v>994</v>
+        <v>524</v>
       </c>
       <c r="D613" t="s">
-        <v>994</v>
+        <v>524</v>
       </c>
       <c r="E613" s="2" t="s">
-        <v>1170</v>
+        <v>696</v>
       </c>
       <c r="F613" s="2"/>
     </row>
     <row r="614" spans="1:6">
       <c r="A614" t="s">
-        <v>1158</v>
+        <v>1160</v>
       </c>
       <c r="B614" t="s">
-        <v>1158</v>
+        <v>1160</v>
       </c>
       <c r="C614" t="s">
-        <v>1171</v>
+        <v>526</v>
       </c>
       <c r="D614" t="s">
-        <v>1171</v>
+        <v>526</v>
       </c>
       <c r="E614" s="2" t="s">
-        <v>1172</v>
+        <v>1182</v>
       </c>
       <c r="F614" s="2"/>
     </row>
     <row r="615" spans="1:6">
       <c r="A615" t="s">
-        <v>1158</v>
+        <v>1160</v>
       </c>
       <c r="B615" t="s">
-        <v>1158</v>
+        <v>1160</v>
       </c>
       <c r="C615" t="s">
-        <v>998</v>
+        <v>189</v>
       </c>
       <c r="D615" t="s">
-        <v>998</v>
+        <v>189</v>
       </c>
       <c r="E615" s="2" t="s">
-        <v>1173</v>
+        <v>190</v>
       </c>
       <c r="F615" s="2"/>
     </row>
     <row r="616" spans="1:6">
       <c r="A616" t="s">
-        <v>1158</v>
+        <v>1160</v>
       </c>
       <c r="B616" t="s">
-        <v>1158</v>
+        <v>1160</v>
       </c>
       <c r="C616" t="s">
-        <v>1174</v>
+        <v>1183</v>
       </c>
       <c r="D616" t="s">
-        <v>1174</v>
+        <v>1183</v>
       </c>
       <c r="E616" s="2" t="s">
-        <v>1175</v>
+        <v>1184</v>
       </c>
       <c r="F616" s="2"/>
     </row>
     <row r="617" spans="1:6">
       <c r="A617" t="s">
-        <v>1158</v>
+        <v>1160</v>
       </c>
       <c r="B617" t="s">
-        <v>1158</v>
+        <v>1160</v>
       </c>
       <c r="C617" t="s">
         <v>193</v>
       </c>
       <c r="D617" t="s">
         <v>193</v>
       </c>
       <c r="E617" s="2" t="s">
         <v>194</v>
       </c>
       <c r="F617" s="2"/>
     </row>
     <row r="618" spans="1:6">
       <c r="A618" t="s">
-        <v>1158</v>
+        <v>1185</v>
       </c>
       <c r="B618" t="s">
-        <v>1158</v>
+        <v>1185</v>
       </c>
       <c r="C618" t="s">
-        <v>162</v>
+        <v>1186</v>
       </c>
       <c r="D618" t="s">
-        <v>162</v>
+        <v>1186</v>
       </c>
       <c r="E618" s="2" t="s">
-        <v>1176</v>
+        <v>1187</v>
       </c>
       <c r="F618" s="2"/>
     </row>
     <row r="619" spans="1:6">
       <c r="A619" t="s">
-        <v>1158</v>
+        <v>1185</v>
       </c>
       <c r="B619" t="s">
-        <v>1158</v>
+        <v>1185</v>
       </c>
       <c r="C619" t="s">
-        <v>1001</v>
+        <v>1188</v>
       </c>
       <c r="D619" t="s">
-        <v>1001</v>
+        <v>1188</v>
       </c>
       <c r="E619" s="2" t="s">
-        <v>1177</v>
+        <v>1189</v>
       </c>
       <c r="F619" s="2"/>
     </row>
     <row r="620" spans="1:6">
       <c r="A620" t="s">
-        <v>1158</v>
+        <v>1185</v>
       </c>
       <c r="B620" t="s">
-        <v>1158</v>
+        <v>1185</v>
       </c>
       <c r="C620" t="s">
-        <v>1178</v>
+        <v>1190</v>
       </c>
       <c r="D620" t="s">
-        <v>1178</v>
+        <v>1190</v>
       </c>
       <c r="E620" s="2" t="s">
-        <v>1179</v>
+        <v>1191</v>
       </c>
       <c r="F620" s="2"/>
     </row>
     <row r="621" spans="1:6">
       <c r="A621" t="s">
-        <v>1158</v>
+        <v>1185</v>
       </c>
       <c r="B621" t="s">
-        <v>1158</v>
+        <v>1185</v>
       </c>
       <c r="C621" t="s">
-        <v>195</v>
+        <v>1192</v>
       </c>
       <c r="D621" t="s">
-        <v>195</v>
+        <v>1192</v>
       </c>
       <c r="E621" s="2" t="s">
-        <v>196</v>
+        <v>1193</v>
       </c>
       <c r="F621" s="2"/>
     </row>
     <row r="622" spans="1:6">
       <c r="A622" t="s">
-        <v>1158</v>
+        <v>1185</v>
       </c>
       <c r="B622" t="s">
-        <v>1158</v>
+        <v>1185</v>
       </c>
       <c r="C622" t="s">
-        <v>539</v>
+        <v>1194</v>
       </c>
       <c r="D622" t="s">
-        <v>539</v>
+        <v>1194</v>
       </c>
       <c r="E622" s="2" t="s">
-        <v>704</v>
+        <v>1195</v>
       </c>
       <c r="F622" s="2"/>
     </row>
     <row r="623" spans="1:6">
       <c r="A623" t="s">
-        <v>1158</v>
+        <v>1185</v>
       </c>
       <c r="B623" t="s">
-        <v>1158</v>
+        <v>1185</v>
       </c>
       <c r="C623" t="s">
-        <v>541</v>
+        <v>1196</v>
       </c>
       <c r="D623" t="s">
-        <v>541</v>
+        <v>1196</v>
       </c>
       <c r="E623" s="2" t="s">
-        <v>1180</v>
+        <v>1197</v>
       </c>
       <c r="F623" s="2"/>
     </row>
     <row r="624" spans="1:6">
       <c r="A624" t="s">
-        <v>1158</v>
+        <v>1185</v>
       </c>
       <c r="B624" t="s">
-        <v>1158</v>
+        <v>1185</v>
       </c>
       <c r="C624" t="s">
-        <v>199</v>
+        <v>1198</v>
       </c>
       <c r="D624" t="s">
-        <v>199</v>
+        <v>1198</v>
       </c>
       <c r="E624" s="2" t="s">
-        <v>200</v>
+        <v>1199</v>
       </c>
       <c r="F624" s="2"/>
     </row>
     <row r="625" spans="1:6">
       <c r="A625" t="s">
-        <v>1158</v>
+        <v>1185</v>
       </c>
       <c r="B625" t="s">
-        <v>1158</v>
+        <v>1185</v>
       </c>
       <c r="C625" t="s">
-        <v>1181</v>
+        <v>1200</v>
       </c>
       <c r="D625" t="s">
-        <v>1181</v>
+        <v>1200</v>
       </c>
       <c r="E625" s="2" t="s">
-        <v>1182</v>
+        <v>1201</v>
       </c>
       <c r="F625" s="2"/>
     </row>
     <row r="626" spans="1:6">
       <c r="A626" t="s">
-        <v>1158</v>
+        <v>1185</v>
       </c>
       <c r="B626" t="s">
-        <v>1158</v>
+        <v>1185</v>
       </c>
       <c r="C626" t="s">
-        <v>203</v>
+        <v>1202</v>
       </c>
       <c r="D626" t="s">
-        <v>203</v>
+        <v>1202</v>
       </c>
       <c r="E626" s="2" t="s">
-        <v>204</v>
+        <v>1203</v>
       </c>
       <c r="F626" s="2"/>
     </row>
     <row r="627" spans="1:6">
       <c r="A627" t="s">
-        <v>1183</v>
+        <v>1185</v>
       </c>
       <c r="B627" t="s">
-        <v>1183</v>
+        <v>1185</v>
       </c>
       <c r="C627" t="s">
-        <v>1184</v>
+        <v>1204</v>
       </c>
       <c r="D627" t="s">
-        <v>1184</v>
+        <v>1204</v>
       </c>
       <c r="E627" s="2" t="s">
-        <v>1185</v>
+        <v>1205</v>
       </c>
       <c r="F627" s="2"/>
     </row>
     <row r="628" spans="1:6">
       <c r="A628" t="s">
-        <v>1183</v>
+        <v>1185</v>
       </c>
       <c r="B628" t="s">
-        <v>1183</v>
+        <v>1185</v>
       </c>
       <c r="C628" t="s">
-        <v>1186</v>
+        <v>1206</v>
       </c>
       <c r="D628" t="s">
-        <v>1186</v>
+        <v>1206</v>
       </c>
       <c r="E628" s="2" t="s">
-        <v>1187</v>
+        <v>1207</v>
       </c>
       <c r="F628" s="2"/>
     </row>
     <row r="629" spans="1:6">
       <c r="A629" t="s">
-        <v>1183</v>
+        <v>1185</v>
       </c>
       <c r="B629" t="s">
-        <v>1183</v>
+        <v>1185</v>
       </c>
       <c r="C629" t="s">
-        <v>1188</v>
+        <v>1208</v>
       </c>
       <c r="D629" t="s">
-        <v>1188</v>
+        <v>1208</v>
       </c>
       <c r="E629" s="2" t="s">
-        <v>1189</v>
+        <v>1209</v>
       </c>
       <c r="F629" s="2"/>
     </row>
     <row r="630" spans="1:6">
       <c r="A630" t="s">
-        <v>1183</v>
+        <v>1185</v>
       </c>
       <c r="B630" t="s">
-        <v>1183</v>
+        <v>1185</v>
       </c>
       <c r="C630" t="s">
-        <v>1190</v>
+        <v>1210</v>
       </c>
       <c r="D630" t="s">
-        <v>1190</v>
+        <v>1210</v>
       </c>
       <c r="E630" s="2" t="s">
-        <v>1191</v>
+        <v>1211</v>
       </c>
       <c r="F630" s="2"/>
     </row>
     <row r="631" spans="1:6">
       <c r="A631" t="s">
-        <v>1183</v>
+        <v>1185</v>
       </c>
       <c r="B631" t="s">
-        <v>1183</v>
+        <v>1185</v>
       </c>
       <c r="C631" t="s">
-        <v>1192</v>
+        <v>1212</v>
       </c>
       <c r="D631" t="s">
-        <v>1192</v>
+        <v>1212</v>
       </c>
       <c r="E631" s="2" t="s">
-        <v>1193</v>
+        <v>1213</v>
       </c>
       <c r="F631" s="2"/>
     </row>
     <row r="632" spans="1:6">
       <c r="A632" t="s">
-        <v>1183</v>
+        <v>1185</v>
       </c>
       <c r="B632" t="s">
-        <v>1183</v>
+        <v>1185</v>
       </c>
       <c r="C632" t="s">
-        <v>1194</v>
+        <v>43</v>
       </c>
       <c r="D632" t="s">
-        <v>1194</v>
+        <v>43</v>
       </c>
       <c r="E632" s="2" t="s">
-        <v>1195</v>
+        <v>1214</v>
       </c>
       <c r="F632" s="2"/>
     </row>
     <row r="633" spans="1:6">
       <c r="A633" t="s">
-        <v>1183</v>
+        <v>1185</v>
       </c>
       <c r="B633" t="s">
-        <v>1183</v>
+        <v>1185</v>
       </c>
       <c r="C633" t="s">
-        <v>1196</v>
+        <v>1215</v>
       </c>
       <c r="D633" t="s">
-        <v>1196</v>
+        <v>1215</v>
       </c>
       <c r="E633" s="2" t="s">
-        <v>1197</v>
+        <v>1216</v>
       </c>
       <c r="F633" s="2"/>
     </row>
     <row r="634" spans="1:6">
       <c r="A634" t="s">
-        <v>1183</v>
+        <v>1185</v>
       </c>
       <c r="B634" t="s">
-        <v>1183</v>
+        <v>1185</v>
       </c>
       <c r="C634" t="s">
-        <v>1198</v>
+        <v>1217</v>
       </c>
       <c r="D634" t="s">
-        <v>1198</v>
+        <v>1217</v>
       </c>
       <c r="E634" s="2" t="s">
-        <v>1199</v>
+        <v>1218</v>
       </c>
       <c r="F634" s="2"/>
     </row>
     <row r="635" spans="1:6">
       <c r="A635" t="s">
-        <v>1183</v>
+        <v>1185</v>
       </c>
       <c r="B635" t="s">
-        <v>1183</v>
+        <v>1185</v>
       </c>
       <c r="C635" t="s">
-        <v>1200</v>
+        <v>1219</v>
       </c>
       <c r="D635" t="s">
-        <v>1200</v>
+        <v>1219</v>
       </c>
       <c r="E635" s="2" t="s">
-        <v>1201</v>
+        <v>1220</v>
       </c>
       <c r="F635" s="2"/>
     </row>
     <row r="636" spans="1:6">
       <c r="A636" t="s">
-        <v>1183</v>
+        <v>1185</v>
       </c>
       <c r="B636" t="s">
-        <v>1183</v>
+        <v>1185</v>
       </c>
       <c r="C636" t="s">
-        <v>1202</v>
+        <v>1221</v>
       </c>
       <c r="D636" t="s">
-        <v>1202</v>
+        <v>1221</v>
       </c>
       <c r="E636" s="2" t="s">
-        <v>1203</v>
+        <v>1222</v>
       </c>
       <c r="F636" s="2"/>
     </row>
     <row r="637" spans="1:6">
       <c r="A637" t="s">
-        <v>1183</v>
+        <v>1223</v>
       </c>
       <c r="B637" t="s">
-        <v>1183</v>
+        <v>1223</v>
       </c>
       <c r="C637" t="s">
-        <v>1204</v>
+        <v>1224</v>
       </c>
       <c r="D637" t="s">
-        <v>1204</v>
+        <v>1224</v>
       </c>
       <c r="E637" s="2" t="s">
-        <v>1205</v>
+        <v>1225</v>
       </c>
       <c r="F637" s="2"/>
     </row>
     <row r="638" spans="1:6">
       <c r="A638" t="s">
-        <v>1183</v>
+        <v>1223</v>
       </c>
       <c r="B638" t="s">
-        <v>1183</v>
+        <v>1223</v>
       </c>
       <c r="C638" t="s">
-        <v>1206</v>
+        <v>1226</v>
       </c>
       <c r="D638" t="s">
-        <v>1206</v>
+        <v>1226</v>
       </c>
       <c r="E638" s="2" t="s">
-        <v>1207</v>
+        <v>1227</v>
       </c>
       <c r="F638" s="2"/>
     </row>
     <row r="639" spans="1:6">
       <c r="A639" t="s">
-        <v>1183</v>
+        <v>1223</v>
       </c>
       <c r="B639" t="s">
-        <v>1183</v>
+        <v>1223</v>
       </c>
       <c r="C639" t="s">
-        <v>1208</v>
+        <v>185</v>
       </c>
       <c r="D639" t="s">
-        <v>1208</v>
+        <v>185</v>
       </c>
       <c r="E639" s="2" t="s">
-        <v>1209</v>
+        <v>1228</v>
       </c>
       <c r="F639" s="2"/>
     </row>
     <row r="640" spans="1:6">
       <c r="A640" t="s">
-        <v>1183</v>
+        <v>1223</v>
       </c>
       <c r="B640" t="s">
-        <v>1183</v>
+        <v>1223</v>
       </c>
       <c r="C640" t="s">
-        <v>1210</v>
+        <v>1229</v>
       </c>
       <c r="D640" t="s">
-        <v>1210</v>
+        <v>1229</v>
       </c>
       <c r="E640" s="2" t="s">
-        <v>1211</v>
+        <v>1230</v>
       </c>
       <c r="F640" s="2"/>
     </row>
     <row r="641" spans="1:6">
       <c r="A641" t="s">
-        <v>1183</v>
+        <v>1231</v>
       </c>
       <c r="B641" t="s">
-        <v>1183</v>
+        <v>1231</v>
       </c>
       <c r="C641" t="s">
-        <v>43</v>
+        <v>1232</v>
       </c>
       <c r="D641" t="s">
-        <v>43</v>
+        <v>1232</v>
       </c>
       <c r="E641" s="2" t="s">
-        <v>1212</v>
+        <v>1233</v>
       </c>
       <c r="F641" s="2"/>
     </row>
     <row r="642" spans="1:6">
       <c r="A642" t="s">
-        <v>1183</v>
+        <v>1231</v>
       </c>
       <c r="B642" t="s">
-        <v>1183</v>
+        <v>1231</v>
       </c>
       <c r="C642" t="s">
-        <v>1213</v>
+        <v>1234</v>
       </c>
       <c r="D642" t="s">
-        <v>1213</v>
+        <v>1234</v>
       </c>
       <c r="E642" s="2" t="s">
-        <v>1214</v>
+        <v>1235</v>
       </c>
       <c r="F642" s="2"/>
     </row>
     <row r="643" spans="1:6">
       <c r="A643" t="s">
-        <v>1183</v>
+        <v>1231</v>
       </c>
       <c r="B643" t="s">
-        <v>1183</v>
+        <v>1231</v>
       </c>
       <c r="C643" t="s">
-        <v>1215</v>
+        <v>1236</v>
       </c>
       <c r="D643" t="s">
-        <v>1215</v>
+        <v>1236</v>
       </c>
       <c r="E643" s="2" t="s">
-        <v>1216</v>
+        <v>1237</v>
       </c>
       <c r="F643" s="2"/>
     </row>
     <row r="644" spans="1:6">
       <c r="A644" t="s">
-        <v>1183</v>
+        <v>1231</v>
       </c>
       <c r="B644" t="s">
-        <v>1183</v>
+        <v>1231</v>
       </c>
       <c r="C644" t="s">
-        <v>1217</v>
+        <v>1238</v>
       </c>
       <c r="D644" t="s">
-        <v>1217</v>
+        <v>1238</v>
       </c>
       <c r="E644" s="2" t="s">
-        <v>1218</v>
+        <v>1239</v>
       </c>
       <c r="F644" s="2"/>
     </row>
     <row r="645" spans="1:6">
       <c r="A645" t="s">
-        <v>1183</v>
+        <v>1231</v>
       </c>
       <c r="B645" t="s">
-        <v>1183</v>
+        <v>1231</v>
       </c>
       <c r="C645" t="s">
-        <v>1219</v>
+        <v>1240</v>
       </c>
       <c r="D645" t="s">
-        <v>1219</v>
+        <v>1240</v>
       </c>
       <c r="E645" s="2" t="s">
-        <v>1220</v>
+        <v>1241</v>
       </c>
       <c r="F645" s="2"/>
     </row>
     <row r="646" spans="1:6">
       <c r="A646" t="s">
-        <v>1221</v>
+        <v>1231</v>
       </c>
       <c r="B646" t="s">
-        <v>1221</v>
+        <v>1231</v>
       </c>
       <c r="C646" t="s">
-        <v>1222</v>
+        <v>1242</v>
       </c>
       <c r="D646" t="s">
-        <v>1222</v>
+        <v>1242</v>
       </c>
       <c r="E646" s="2" t="s">
-        <v>1223</v>
+        <v>1243</v>
       </c>
       <c r="F646" s="2"/>
     </row>
     <row r="647" spans="1:6">
       <c r="A647" t="s">
-        <v>1221</v>
+        <v>1231</v>
       </c>
       <c r="B647" t="s">
-        <v>1221</v>
+        <v>1231</v>
       </c>
       <c r="C647" t="s">
-        <v>1224</v>
+        <v>1244</v>
       </c>
       <c r="D647" t="s">
-        <v>1224</v>
+        <v>1244</v>
       </c>
       <c r="E647" s="2" t="s">
-        <v>1225</v>
+        <v>1245</v>
       </c>
       <c r="F647" s="2"/>
     </row>
     <row r="648" spans="1:6">
       <c r="A648" t="s">
-        <v>1221</v>
+        <v>1231</v>
       </c>
       <c r="B648" t="s">
-        <v>1221</v>
+        <v>1231</v>
       </c>
       <c r="C648" t="s">
-        <v>195</v>
+        <v>1246</v>
       </c>
       <c r="D648" t="s">
-        <v>195</v>
+        <v>1246</v>
       </c>
       <c r="E648" s="2" t="s">
-        <v>1226</v>
+        <v>1247</v>
       </c>
       <c r="F648" s="2"/>
     </row>
     <row r="649" spans="1:6">
       <c r="A649" t="s">
-        <v>1221</v>
+        <v>1231</v>
       </c>
       <c r="B649" t="s">
-        <v>1221</v>
+        <v>1231</v>
       </c>
       <c r="C649" t="s">
-        <v>1227</v>
+        <v>1248</v>
       </c>
       <c r="D649" t="s">
-        <v>1227</v>
+        <v>1248</v>
       </c>
       <c r="E649" s="2" t="s">
-        <v>1228</v>
+        <v>1249</v>
       </c>
       <c r="F649" s="2"/>
     </row>
     <row r="650" spans="1:6">
       <c r="A650" t="s">
-        <v>1229</v>
+        <v>1231</v>
       </c>
       <c r="B650" t="s">
-        <v>1229</v>
+        <v>1231</v>
       </c>
       <c r="C650" t="s">
-        <v>1230</v>
+        <v>1250</v>
       </c>
       <c r="D650" t="s">
-        <v>1230</v>
+        <v>1250</v>
       </c>
       <c r="E650" s="2" t="s">
-        <v>1231</v>
+        <v>1251</v>
       </c>
       <c r="F650" s="2"/>
     </row>
     <row r="651" spans="1:6">
       <c r="A651" t="s">
-        <v>1229</v>
+        <v>1231</v>
       </c>
       <c r="B651" t="s">
-        <v>1229</v>
+        <v>1231</v>
       </c>
       <c r="C651" t="s">
-        <v>1232</v>
+        <v>1252</v>
       </c>
       <c r="D651" t="s">
-        <v>1232</v>
+        <v>1252</v>
       </c>
       <c r="E651" s="2" t="s">
-        <v>1233</v>
+        <v>1253</v>
       </c>
       <c r="F651" s="2"/>
     </row>
     <row r="652" spans="1:6">
       <c r="A652" t="s">
-        <v>1229</v>
+        <v>1254</v>
       </c>
       <c r="B652" t="s">
-        <v>1229</v>
+        <v>1254</v>
       </c>
       <c r="C652" t="s">
-        <v>1234</v>
+        <v>1255</v>
       </c>
       <c r="D652" t="s">
-        <v>1234</v>
+        <v>1255</v>
       </c>
       <c r="E652" s="2" t="s">
-        <v>1235</v>
+        <v>1256</v>
       </c>
       <c r="F652" s="2"/>
     </row>
     <row r="653" spans="1:6">
       <c r="A653" t="s">
-        <v>1229</v>
+        <v>1254</v>
       </c>
       <c r="B653" t="s">
-        <v>1229</v>
+        <v>1254</v>
       </c>
       <c r="C653" t="s">
-        <v>1236</v>
+        <v>1257</v>
       </c>
       <c r="D653" t="s">
-        <v>1236</v>
+        <v>1257</v>
       </c>
       <c r="E653" s="2" t="s">
-        <v>1237</v>
+        <v>1258</v>
       </c>
       <c r="F653" s="2"/>
     </row>
     <row r="654" spans="1:6">
       <c r="A654" t="s">
-        <v>1229</v>
+        <v>1254</v>
       </c>
       <c r="B654" t="s">
-        <v>1229</v>
+        <v>1254</v>
       </c>
       <c r="C654" t="s">
-        <v>1238</v>
+        <v>1259</v>
       </c>
       <c r="D654" t="s">
-        <v>1238</v>
+        <v>1259</v>
       </c>
       <c r="E654" s="2" t="s">
-        <v>1239</v>
+        <v>1260</v>
       </c>
       <c r="F654" s="2"/>
     </row>
     <row r="655" spans="1:6">
       <c r="A655" t="s">
-        <v>1229</v>
+        <v>1254</v>
       </c>
       <c r="B655" t="s">
-        <v>1229</v>
+        <v>1254</v>
       </c>
       <c r="C655" t="s">
-        <v>1240</v>
+        <v>1261</v>
       </c>
       <c r="D655" t="s">
-        <v>1240</v>
+        <v>1261</v>
       </c>
       <c r="E655" s="2" t="s">
-        <v>1241</v>
+        <v>1262</v>
       </c>
       <c r="F655" s="2"/>
     </row>
     <row r="656" spans="1:6">
       <c r="A656" t="s">
-        <v>1229</v>
+        <v>1254</v>
       </c>
       <c r="B656" t="s">
-        <v>1229</v>
+        <v>1254</v>
       </c>
       <c r="C656" t="s">
-        <v>1242</v>
+        <v>1263</v>
       </c>
       <c r="D656" t="s">
-        <v>1242</v>
+        <v>1263</v>
       </c>
       <c r="E656" s="2" t="s">
-        <v>1243</v>
+        <v>1264</v>
       </c>
       <c r="F656" s="2"/>
     </row>
     <row r="657" spans="1:6">
       <c r="A657" t="s">
-        <v>1229</v>
+        <v>1254</v>
       </c>
       <c r="B657" t="s">
-        <v>1229</v>
+        <v>1254</v>
       </c>
       <c r="C657" t="s">
-        <v>1244</v>
+        <v>1265</v>
       </c>
       <c r="D657" t="s">
-        <v>1244</v>
+        <v>1265</v>
       </c>
       <c r="E657" s="2" t="s">
-        <v>1245</v>
+        <v>1266</v>
       </c>
       <c r="F657" s="2"/>
     </row>
     <row r="658" spans="1:6">
       <c r="A658" t="s">
-        <v>1229</v>
+        <v>1254</v>
       </c>
       <c r="B658" t="s">
-        <v>1229</v>
+        <v>1254</v>
       </c>
       <c r="C658" t="s">
-        <v>1246</v>
+        <v>1267</v>
       </c>
       <c r="D658" t="s">
-        <v>1246</v>
+        <v>1267</v>
       </c>
       <c r="E658" s="2" t="s">
-        <v>1247</v>
+        <v>1268</v>
       </c>
       <c r="F658" s="2"/>
     </row>
     <row r="659" spans="1:6">
       <c r="A659" t="s">
-        <v>1229</v>
+        <v>1254</v>
       </c>
       <c r="B659" t="s">
-        <v>1229</v>
+        <v>1254</v>
       </c>
       <c r="C659" t="s">
-        <v>1248</v>
+        <v>1269</v>
       </c>
       <c r="D659" t="s">
-        <v>1248</v>
+        <v>1269</v>
       </c>
       <c r="E659" s="2" t="s">
-        <v>1249</v>
+        <v>1270</v>
       </c>
       <c r="F659" s="2"/>
     </row>
     <row r="660" spans="1:6">
       <c r="A660" t="s">
-        <v>1229</v>
+        <v>1254</v>
       </c>
       <c r="B660" t="s">
-        <v>1229</v>
+        <v>1254</v>
       </c>
       <c r="C660" t="s">
-        <v>1250</v>
+        <v>1271</v>
       </c>
       <c r="D660" t="s">
-        <v>1250</v>
+        <v>1271</v>
       </c>
       <c r="E660" s="2" t="s">
-        <v>1251</v>
+        <v>1272</v>
       </c>
       <c r="F660" s="2"/>
     </row>
     <row r="661" spans="1:6">
       <c r="A661" t="s">
-        <v>1252</v>
+        <v>1254</v>
       </c>
       <c r="B661" t="s">
-        <v>1252</v>
+        <v>1254</v>
       </c>
       <c r="C661" t="s">
-        <v>1253</v>
+        <v>1273</v>
       </c>
       <c r="D661" t="s">
-        <v>1253</v>
+        <v>1273</v>
       </c>
       <c r="E661" s="2" t="s">
-        <v>1254</v>
+        <v>1274</v>
       </c>
       <c r="F661" s="2"/>
     </row>
     <row r="662" spans="1:6">
       <c r="A662" t="s">
-        <v>1252</v>
+        <v>1254</v>
       </c>
       <c r="B662" t="s">
-        <v>1252</v>
+        <v>1254</v>
       </c>
       <c r="C662" t="s">
-        <v>1255</v>
+        <v>1275</v>
       </c>
       <c r="D662" t="s">
-        <v>1255</v>
+        <v>1275</v>
       </c>
       <c r="E662" s="2" t="s">
-        <v>1256</v>
+        <v>1276</v>
       </c>
       <c r="F662" s="2"/>
     </row>
     <row r="663" spans="1:6">
       <c r="A663" t="s">
-        <v>1252</v>
+        <v>1254</v>
       </c>
       <c r="B663" t="s">
-        <v>1252</v>
+        <v>1254</v>
       </c>
       <c r="C663" t="s">
-        <v>1257</v>
+        <v>1277</v>
       </c>
       <c r="D663" t="s">
-        <v>1257</v>
+        <v>1277</v>
       </c>
       <c r="E663" s="2" t="s">
-        <v>1258</v>
+        <v>1278</v>
       </c>
       <c r="F663" s="2"/>
     </row>
     <row r="664" spans="1:6">
       <c r="A664" t="s">
-        <v>1252</v>
+        <v>1254</v>
       </c>
       <c r="B664" t="s">
-        <v>1252</v>
+        <v>1254</v>
       </c>
       <c r="C664" t="s">
-        <v>1259</v>
+        <v>325</v>
       </c>
       <c r="D664" t="s">
-        <v>1259</v>
+        <v>325</v>
       </c>
       <c r="E664" s="2" t="s">
-        <v>1260</v>
+        <v>1279</v>
       </c>
       <c r="F664" s="2"/>
     </row>
     <row r="665" spans="1:6">
       <c r="A665" t="s">
-        <v>1252</v>
+        <v>1254</v>
       </c>
       <c r="B665" t="s">
-        <v>1252</v>
+        <v>1254</v>
       </c>
       <c r="C665" t="s">
-        <v>1261</v>
+        <v>1280</v>
       </c>
       <c r="D665" t="s">
-        <v>1261</v>
+        <v>1280</v>
       </c>
       <c r="E665" s="2" t="s">
-        <v>1262</v>
+        <v>1281</v>
       </c>
       <c r="F665" s="2"/>
     </row>
     <row r="666" spans="1:6">
       <c r="A666" t="s">
-        <v>1252</v>
+        <v>1254</v>
       </c>
       <c r="B666" t="s">
-        <v>1252</v>
+        <v>1254</v>
       </c>
       <c r="C666" t="s">
-        <v>1263</v>
+        <v>1282</v>
       </c>
       <c r="D666" t="s">
-        <v>1263</v>
+        <v>1282</v>
       </c>
       <c r="E666" s="2" t="s">
-        <v>1264</v>
+        <v>1283</v>
       </c>
       <c r="F666" s="2"/>
     </row>
     <row r="667" spans="1:6">
       <c r="A667" t="s">
-        <v>1252</v>
+        <v>1254</v>
       </c>
       <c r="B667" t="s">
-        <v>1252</v>
+        <v>1254</v>
       </c>
       <c r="C667" t="s">
-        <v>1265</v>
+        <v>1284</v>
       </c>
       <c r="D667" t="s">
-        <v>1265</v>
+        <v>1284</v>
       </c>
       <c r="E667" s="2" t="s">
-        <v>1266</v>
+        <v>1285</v>
       </c>
       <c r="F667" s="2"/>
     </row>
     <row r="668" spans="1:6">
       <c r="A668" t="s">
-        <v>1252</v>
+        <v>1254</v>
       </c>
       <c r="B668" t="s">
-        <v>1252</v>
+        <v>1254</v>
       </c>
       <c r="C668" t="s">
-        <v>1267</v>
+        <v>1286</v>
       </c>
       <c r="D668" t="s">
-        <v>1267</v>
+        <v>1286</v>
       </c>
       <c r="E668" s="2" t="s">
-        <v>1268</v>
+        <v>1287</v>
       </c>
       <c r="F668" s="2"/>
     </row>
     <row r="669" spans="1:6">
       <c r="A669" t="s">
-        <v>1252</v>
+        <v>1254</v>
       </c>
       <c r="B669" t="s">
-        <v>1252</v>
+        <v>1254</v>
       </c>
       <c r="C669" t="s">
-        <v>1269</v>
+        <v>1288</v>
       </c>
       <c r="D669" t="s">
-        <v>1269</v>
+        <v>1288</v>
       </c>
       <c r="E669" s="2" t="s">
-        <v>1270</v>
+        <v>1289</v>
       </c>
       <c r="F669" s="2"/>
     </row>
     <row r="670" spans="1:6">
       <c r="A670" t="s">
-        <v>1252</v>
+        <v>1254</v>
       </c>
       <c r="B670" t="s">
-        <v>1252</v>
+        <v>1254</v>
       </c>
       <c r="C670" t="s">
-        <v>1271</v>
+        <v>1290</v>
       </c>
       <c r="D670" t="s">
-        <v>1271</v>
+        <v>1290</v>
       </c>
       <c r="E670" s="2" t="s">
-        <v>1272</v>
+        <v>1291</v>
       </c>
       <c r="F670" s="2"/>
     </row>
     <row r="671" spans="1:6">
       <c r="A671" t="s">
-        <v>1252</v>
+        <v>1292</v>
       </c>
       <c r="B671" t="s">
-        <v>1252</v>
+        <v>1292</v>
       </c>
       <c r="C671" t="s">
-        <v>1273</v>
+        <v>1293</v>
       </c>
       <c r="D671" t="s">
-        <v>1273</v>
+        <v>1293</v>
       </c>
       <c r="E671" s="2" t="s">
-        <v>1274</v>
+        <v>1294</v>
       </c>
       <c r="F671" s="2"/>
     </row>
     <row r="672" spans="1:6">
       <c r="A672" t="s">
-        <v>1252</v>
+        <v>1292</v>
       </c>
       <c r="B672" t="s">
-        <v>1252</v>
+        <v>1292</v>
       </c>
       <c r="C672" t="s">
-        <v>334</v>
+        <v>1295</v>
       </c>
       <c r="D672" t="s">
-        <v>334</v>
+        <v>1295</v>
       </c>
       <c r="E672" s="2" t="s">
-        <v>1275</v>
+        <v>1296</v>
       </c>
       <c r="F672" s="2"/>
     </row>
     <row r="673" spans="1:6">
       <c r="A673" t="s">
-        <v>1252</v>
+        <v>1292</v>
       </c>
       <c r="B673" t="s">
-        <v>1252</v>
+        <v>1292</v>
       </c>
       <c r="C673" t="s">
-        <v>1276</v>
+        <v>1297</v>
       </c>
       <c r="D673" t="s">
-        <v>1276</v>
+        <v>1297</v>
       </c>
       <c r="E673" s="2" t="s">
-        <v>1277</v>
+        <v>1298</v>
       </c>
       <c r="F673" s="2"/>
     </row>
     <row r="674" spans="1:6">
       <c r="A674" t="s">
-        <v>1252</v>
+        <v>1292</v>
       </c>
       <c r="B674" t="s">
-        <v>1252</v>
+        <v>1292</v>
       </c>
       <c r="C674" t="s">
-        <v>1278</v>
+        <v>183</v>
       </c>
       <c r="D674" t="s">
-        <v>1278</v>
+        <v>183</v>
       </c>
       <c r="E674" s="2" t="s">
-        <v>1279</v>
+        <v>184</v>
       </c>
       <c r="F674" s="2"/>
     </row>
     <row r="675" spans="1:6">
       <c r="A675" t="s">
-        <v>1252</v>
+        <v>1292</v>
       </c>
       <c r="B675" t="s">
-        <v>1252</v>
+        <v>1292</v>
       </c>
       <c r="C675" t="s">
-        <v>1280</v>
+        <v>923</v>
       </c>
       <c r="D675" t="s">
-        <v>1280</v>
+        <v>923</v>
       </c>
       <c r="E675" s="2" t="s">
-        <v>1281</v>
+        <v>1299</v>
       </c>
       <c r="F675" s="2"/>
     </row>
     <row r="676" spans="1:6">
       <c r="A676" t="s">
-        <v>1252</v>
+        <v>1292</v>
       </c>
       <c r="B676" t="s">
-        <v>1252</v>
+        <v>1292</v>
       </c>
       <c r="C676" t="s">
-        <v>1282</v>
+        <v>1300</v>
       </c>
       <c r="D676" t="s">
-        <v>1282</v>
+        <v>1300</v>
       </c>
       <c r="E676" s="2" t="s">
-        <v>1283</v>
+        <v>1301</v>
       </c>
       <c r="F676" s="2"/>
     </row>
     <row r="677" spans="1:6">
       <c r="A677" t="s">
-        <v>1252</v>
+        <v>1302</v>
       </c>
       <c r="B677" t="s">
-        <v>1252</v>
+        <v>1302</v>
       </c>
       <c r="C677" t="s">
-        <v>1284</v>
+        <v>1303</v>
       </c>
       <c r="D677" t="s">
-        <v>1284</v>
+        <v>1303</v>
       </c>
       <c r="E677" s="2" t="s">
-        <v>1285</v>
+        <v>1304</v>
       </c>
       <c r="F677" s="2"/>
     </row>
     <row r="678" spans="1:6">
       <c r="A678" t="s">
-        <v>1252</v>
+        <v>1302</v>
       </c>
       <c r="B678" t="s">
-        <v>1252</v>
+        <v>1302</v>
       </c>
       <c r="C678" t="s">
-        <v>541</v>
+        <v>1305</v>
       </c>
       <c r="D678" t="s">
-        <v>541</v>
+        <v>1305</v>
       </c>
       <c r="E678" s="2" t="s">
-        <v>1286</v>
+        <v>1306</v>
       </c>
       <c r="F678" s="2"/>
     </row>
     <row r="679" spans="1:6">
       <c r="A679" t="s">
-        <v>1252</v>
+        <v>1302</v>
       </c>
       <c r="B679" t="s">
-        <v>1252</v>
+        <v>1302</v>
       </c>
       <c r="C679" t="s">
-        <v>1287</v>
+        <v>1307</v>
       </c>
       <c r="D679" t="s">
-        <v>1287</v>
+        <v>1307</v>
       </c>
       <c r="E679" s="2" t="s">
-        <v>1288</v>
+        <v>1308</v>
       </c>
       <c r="F679" s="2"/>
     </row>
     <row r="680" spans="1:6">
       <c r="A680" t="s">
-        <v>1289</v>
+        <v>1302</v>
       </c>
       <c r="B680" t="s">
-        <v>1289</v>
+        <v>1302</v>
       </c>
       <c r="C680" t="s">
-        <v>1290</v>
+        <v>1309</v>
       </c>
       <c r="D680" t="s">
-        <v>1290</v>
+        <v>1309</v>
       </c>
       <c r="E680" s="2" t="s">
-        <v>1291</v>
+        <v>1310</v>
       </c>
       <c r="F680" s="2"/>
     </row>
     <row r="681" spans="1:6">
       <c r="A681" t="s">
-        <v>1289</v>
+        <v>1302</v>
       </c>
       <c r="B681" t="s">
-        <v>1289</v>
+        <v>1302</v>
       </c>
       <c r="C681" t="s">
-        <v>1292</v>
+        <v>1311</v>
       </c>
       <c r="D681" t="s">
-        <v>1292</v>
+        <v>1311</v>
       </c>
       <c r="E681" s="2" t="s">
-        <v>1293</v>
+        <v>1312</v>
       </c>
       <c r="F681" s="2"/>
     </row>
     <row r="682" spans="1:6">
       <c r="A682" t="s">
-        <v>1289</v>
+        <v>1302</v>
       </c>
       <c r="B682" t="s">
-        <v>1289</v>
+        <v>1302</v>
       </c>
       <c r="C682" t="s">
-        <v>193</v>
+        <v>1313</v>
       </c>
       <c r="D682" t="s">
-        <v>193</v>
+        <v>1313</v>
       </c>
       <c r="E682" s="2" t="s">
-        <v>194</v>
+        <v>1314</v>
       </c>
       <c r="F682" s="2"/>
     </row>
     <row r="683" spans="1:6">
       <c r="A683" t="s">
-        <v>1289</v>
+        <v>1302</v>
       </c>
       <c r="B683" t="s">
-        <v>1289</v>
+        <v>1302</v>
       </c>
       <c r="C683" t="s">
-        <v>919</v>
+        <v>1315</v>
       </c>
       <c r="D683" t="s">
-        <v>919</v>
+        <v>1315</v>
       </c>
       <c r="E683" s="2" t="s">
-        <v>1294</v>
+        <v>1316</v>
       </c>
       <c r="F683" s="2"/>
     </row>
     <row r="684" spans="1:6">
       <c r="A684" t="s">
-        <v>1289</v>
+        <v>1302</v>
       </c>
       <c r="B684" t="s">
-        <v>1289</v>
+        <v>1302</v>
       </c>
       <c r="C684" t="s">
-        <v>1295</v>
+        <v>1317</v>
       </c>
       <c r="D684" t="s">
-        <v>1295</v>
+        <v>1317</v>
       </c>
       <c r="E684" s="2" t="s">
-        <v>1296</v>
+        <v>1318</v>
       </c>
       <c r="F684" s="2"/>
     </row>
     <row r="685" spans="1:6">
       <c r="A685" t="s">
-        <v>1297</v>
+        <v>1302</v>
       </c>
       <c r="B685" t="s">
-        <v>1297</v>
+        <v>1302</v>
       </c>
       <c r="C685" t="s">
-        <v>1298</v>
+        <v>1319</v>
       </c>
       <c r="D685" t="s">
-        <v>1298</v>
+        <v>1319</v>
       </c>
       <c r="E685" s="2" t="s">
-        <v>1299</v>
+        <v>1320</v>
       </c>
       <c r="F685" s="2"/>
     </row>
     <row r="686" spans="1:6">
       <c r="A686" t="s">
-        <v>1297</v>
+        <v>1302</v>
       </c>
       <c r="B686" t="s">
-        <v>1297</v>
+        <v>1302</v>
       </c>
       <c r="C686" t="s">
-        <v>316</v>
+        <v>1321</v>
       </c>
       <c r="D686" t="s">
-        <v>316</v>
+        <v>1321</v>
       </c>
       <c r="E686" s="2" t="s">
-        <v>1300</v>
+        <v>1322</v>
       </c>
       <c r="F686" s="2"/>
     </row>
     <row r="687" spans="1:6">
       <c r="A687" t="s">
-        <v>1297</v>
+        <v>1302</v>
       </c>
       <c r="B687" t="s">
-        <v>1297</v>
+        <v>1302</v>
       </c>
       <c r="C687" t="s">
-        <v>1301</v>
+        <v>1323</v>
       </c>
       <c r="D687" t="s">
-        <v>1301</v>
+        <v>1323</v>
       </c>
       <c r="E687" s="2" t="s">
-        <v>1302</v>
+        <v>1324</v>
       </c>
       <c r="F687" s="2"/>
     </row>
     <row r="688" spans="1:6">
       <c r="A688" t="s">
-        <v>1297</v>
+        <v>1302</v>
       </c>
       <c r="B688" t="s">
-        <v>1297</v>
+        <v>1302</v>
       </c>
       <c r="C688" t="s">
-        <v>1303</v>
+        <v>1325</v>
       </c>
       <c r="D688" t="s">
-        <v>1303</v>
+        <v>1325</v>
       </c>
       <c r="E688" s="2" t="s">
-        <v>1304</v>
+        <v>1326</v>
       </c>
       <c r="F688" s="2"/>
     </row>
     <row r="689" spans="1:6">
       <c r="A689" t="s">
-        <v>1297</v>
+        <v>1302</v>
       </c>
       <c r="B689" t="s">
-        <v>1297</v>
+        <v>1302</v>
       </c>
       <c r="C689" t="s">
-        <v>1305</v>
+        <v>528</v>
       </c>
       <c r="D689" t="s">
-        <v>1305</v>
+        <v>528</v>
       </c>
       <c r="E689" s="2" t="s">
-        <v>1306</v>
+        <v>1327</v>
       </c>
       <c r="F689" s="2"/>
     </row>
     <row r="690" spans="1:6">
       <c r="A690" t="s">
-        <v>1297</v>
+        <v>1302</v>
       </c>
       <c r="B690" t="s">
-        <v>1297</v>
+        <v>1302</v>
       </c>
       <c r="C690" t="s">
-        <v>1307</v>
+        <v>1328</v>
       </c>
       <c r="D690" t="s">
-        <v>1307</v>
+        <v>1328</v>
       </c>
       <c r="E690" s="2" t="s">
-        <v>1308</v>
+        <v>1329</v>
       </c>
       <c r="F690" s="2"/>
     </row>
     <row r="691" spans="1:6">
       <c r="A691" t="s">
-        <v>1297</v>
+        <v>1302</v>
       </c>
       <c r="B691" t="s">
-        <v>1297</v>
+        <v>1302</v>
       </c>
       <c r="C691" t="s">
-        <v>1309</v>
+        <v>1330</v>
       </c>
       <c r="D691" t="s">
-        <v>1309</v>
+        <v>1330</v>
       </c>
       <c r="E691" s="2" t="s">
-        <v>1310</v>
+        <v>1331</v>
       </c>
       <c r="F691" s="2"/>
     </row>
     <row r="692" spans="1:6">
       <c r="A692" t="s">
-        <v>1297</v>
+        <v>1302</v>
       </c>
       <c r="B692" t="s">
-        <v>1297</v>
+        <v>1302</v>
       </c>
       <c r="C692" t="s">
-        <v>1311</v>
+        <v>1332</v>
       </c>
       <c r="D692" t="s">
-        <v>1311</v>
+        <v>1332</v>
       </c>
       <c r="E692" s="2" t="s">
-        <v>1312</v>
+        <v>1333</v>
       </c>
       <c r="F692" s="2"/>
     </row>
     <row r="693" spans="1:6">
       <c r="A693" t="s">
-        <v>1297</v>
+        <v>1302</v>
       </c>
       <c r="B693" t="s">
-        <v>1297</v>
+        <v>1302</v>
       </c>
       <c r="C693" t="s">
-        <v>1313</v>
+        <v>1334</v>
       </c>
       <c r="D693" t="s">
-        <v>1313</v>
+        <v>1334</v>
       </c>
       <c r="E693" s="2" t="s">
-        <v>1314</v>
+        <v>1335</v>
       </c>
       <c r="F693" s="2"/>
     </row>
     <row r="694" spans="1:6">
       <c r="A694" t="s">
-        <v>1297</v>
+        <v>1302</v>
       </c>
       <c r="B694" t="s">
-        <v>1297</v>
+        <v>1302</v>
       </c>
       <c r="C694" t="s">
-        <v>1315</v>
+        <v>1336</v>
       </c>
       <c r="D694" t="s">
-        <v>1315</v>
+        <v>1336</v>
       </c>
       <c r="E694" s="2" t="s">
-        <v>1316</v>
+        <v>1337</v>
       </c>
       <c r="F694" s="2"/>
     </row>
     <row r="695" spans="1:6">
       <c r="A695" t="s">
-        <v>1297</v>
+        <v>1338</v>
       </c>
       <c r="B695" t="s">
-        <v>1297</v>
+        <v>1338</v>
       </c>
       <c r="C695" t="s">
-        <v>1317</v>
+        <v>1339</v>
       </c>
       <c r="D695" t="s">
-        <v>1317</v>
+        <v>1339</v>
       </c>
       <c r="E695" s="2" t="s">
-        <v>1318</v>
+        <v>1340</v>
       </c>
       <c r="F695" s="2"/>
     </row>
     <row r="696" spans="1:6">
       <c r="A696" t="s">
-        <v>1297</v>
+        <v>1338</v>
       </c>
       <c r="B696" t="s">
-        <v>1297</v>
+        <v>1338</v>
       </c>
       <c r="C696" t="s">
-        <v>1319</v>
+        <v>1341</v>
       </c>
       <c r="D696" t="s">
-        <v>1319</v>
+        <v>1341</v>
       </c>
       <c r="E696" s="2" t="s">
-        <v>1320</v>
+        <v>1342</v>
       </c>
       <c r="F696" s="2"/>
     </row>
     <row r="697" spans="1:6">
       <c r="A697" t="s">
-        <v>1297</v>
+        <v>1338</v>
       </c>
       <c r="B697" t="s">
-        <v>1297</v>
+        <v>1338</v>
       </c>
       <c r="C697" t="s">
-        <v>1321</v>
+        <v>1343</v>
       </c>
       <c r="D697" t="s">
-        <v>1321</v>
+        <v>1343</v>
       </c>
       <c r="E697" s="2" t="s">
-        <v>1322</v>
+        <v>1344</v>
       </c>
       <c r="F697" s="2"/>
     </row>
     <row r="698" spans="1:6">
       <c r="A698" t="s">
-        <v>1297</v>
+        <v>1338</v>
       </c>
       <c r="B698" t="s">
-        <v>1297</v>
+        <v>1338</v>
       </c>
       <c r="C698" t="s">
-        <v>1295</v>
+        <v>1345</v>
       </c>
       <c r="D698" t="s">
-        <v>1295</v>
+        <v>1345</v>
       </c>
       <c r="E698" s="2" t="s">
-        <v>1323</v>
+        <v>1346</v>
       </c>
       <c r="F698" s="2"/>
     </row>
     <row r="699" spans="1:6">
       <c r="A699" t="s">
-        <v>1297</v>
+        <v>1338</v>
       </c>
       <c r="B699" t="s">
-        <v>1297</v>
+        <v>1338</v>
       </c>
       <c r="C699" t="s">
-        <v>543</v>
+        <v>1347</v>
       </c>
       <c r="D699" t="s">
-        <v>543</v>
+        <v>1347</v>
       </c>
       <c r="E699" s="2" t="s">
-        <v>1324</v>
+        <v>1348</v>
       </c>
       <c r="F699" s="2"/>
     </row>
     <row r="700" spans="1:6">
       <c r="A700" t="s">
-        <v>1297</v>
+        <v>1338</v>
       </c>
       <c r="B700" t="s">
-        <v>1297</v>
+        <v>1338</v>
       </c>
       <c r="C700" t="s">
-        <v>1325</v>
+        <v>1349</v>
       </c>
       <c r="D700" t="s">
-        <v>1325</v>
+        <v>1349</v>
       </c>
       <c r="E700" s="2" t="s">
-        <v>1326</v>
+        <v>1350</v>
       </c>
       <c r="F700" s="2"/>
     </row>
     <row r="701" spans="1:6">
       <c r="A701" t="s">
-        <v>1297</v>
+        <v>1351</v>
       </c>
       <c r="B701" t="s">
-        <v>1297</v>
+        <v>1351</v>
       </c>
       <c r="C701" t="s">
-        <v>1327</v>
+        <v>1352</v>
       </c>
       <c r="D701" t="s">
-        <v>1327</v>
+        <v>1352</v>
       </c>
       <c r="E701" s="2" t="s">
-        <v>1328</v>
+        <v>1353</v>
       </c>
       <c r="F701" s="2"/>
     </row>
     <row r="702" spans="1:6">
       <c r="A702" t="s">
-        <v>1297</v>
+        <v>1351</v>
       </c>
       <c r="B702" t="s">
-        <v>1297</v>
+        <v>1351</v>
       </c>
       <c r="C702" t="s">
-        <v>1329</v>
+        <v>1354</v>
       </c>
       <c r="D702" t="s">
-        <v>1329</v>
+        <v>1354</v>
       </c>
       <c r="E702" s="2" t="s">
-        <v>1330</v>
+        <v>1355</v>
       </c>
       <c r="F702" s="2"/>
     </row>
     <row r="703" spans="1:6">
       <c r="A703" t="s">
-        <v>1297</v>
+        <v>1351</v>
       </c>
       <c r="B703" t="s">
-        <v>1297</v>
+        <v>1351</v>
       </c>
       <c r="C703" t="s">
-        <v>1331</v>
+        <v>1356</v>
       </c>
       <c r="D703" t="s">
-        <v>1331</v>
+        <v>1356</v>
       </c>
       <c r="E703" s="2" t="s">
-        <v>1332</v>
+        <v>1357</v>
       </c>
       <c r="F703" s="2"/>
     </row>
     <row r="704" spans="1:6">
       <c r="A704" t="s">
-        <v>1297</v>
+        <v>1351</v>
       </c>
       <c r="B704" t="s">
-        <v>1297</v>
+        <v>1351</v>
       </c>
       <c r="C704" t="s">
-        <v>1333</v>
+        <v>1358</v>
       </c>
       <c r="D704" t="s">
-        <v>1333</v>
+        <v>1358</v>
       </c>
       <c r="E704" s="2" t="s">
-        <v>1334</v>
+        <v>1359</v>
       </c>
       <c r="F704" s="2"/>
     </row>
     <row r="705" spans="1:6">
       <c r="A705" t="s">
-        <v>1335</v>
+        <v>1351</v>
       </c>
       <c r="B705" t="s">
-        <v>1335</v>
+        <v>1351</v>
       </c>
       <c r="C705" t="s">
-        <v>1336</v>
+        <v>1360</v>
       </c>
       <c r="D705" t="s">
-        <v>1336</v>
+        <v>1360</v>
       </c>
       <c r="E705" s="2" t="s">
-        <v>1337</v>
+        <v>1361</v>
       </c>
       <c r="F705" s="2"/>
     </row>
     <row r="706" spans="1:6">
       <c r="A706" t="s">
-        <v>1335</v>
+        <v>1351</v>
       </c>
       <c r="B706" t="s">
-        <v>1335</v>
+        <v>1351</v>
       </c>
       <c r="C706" t="s">
-        <v>1338</v>
+        <v>1362</v>
       </c>
       <c r="D706" t="s">
-        <v>1338</v>
+        <v>1362</v>
       </c>
       <c r="E706" s="2" t="s">
-        <v>1339</v>
+        <v>1363</v>
       </c>
       <c r="F706" s="2"/>
     </row>
     <row r="707" spans="1:6">
       <c r="A707" t="s">
-        <v>1335</v>
+        <v>1351</v>
       </c>
       <c r="B707" t="s">
-        <v>1335</v>
+        <v>1351</v>
       </c>
       <c r="C707" t="s">
-        <v>1340</v>
+        <v>1364</v>
       </c>
       <c r="D707" t="s">
-        <v>1340</v>
+        <v>1364</v>
       </c>
       <c r="E707" s="2" t="s">
-        <v>1341</v>
+        <v>1365</v>
       </c>
       <c r="F707" s="2"/>
     </row>
     <row r="708" spans="1:6">
       <c r="A708" t="s">
-        <v>1335</v>
+        <v>1351</v>
       </c>
       <c r="B708" t="s">
-        <v>1335</v>
+        <v>1351</v>
       </c>
       <c r="C708" t="s">
-        <v>1342</v>
+        <v>1366</v>
       </c>
       <c r="D708" t="s">
-        <v>1342</v>
+        <v>1366</v>
       </c>
       <c r="E708" s="2" t="s">
-        <v>1343</v>
+        <v>1367</v>
       </c>
       <c r="F708" s="2"/>
     </row>
     <row r="709" spans="1:6">
       <c r="A709" t="s">
-        <v>1335</v>
+        <v>1351</v>
       </c>
       <c r="B709" t="s">
-        <v>1335</v>
+        <v>1351</v>
       </c>
       <c r="C709" t="s">
-        <v>187</v>
+        <v>1368</v>
       </c>
       <c r="D709" t="s">
-        <v>187</v>
+        <v>1368</v>
       </c>
       <c r="E709" s="2" t="s">
-        <v>1344</v>
+        <v>1369</v>
       </c>
       <c r="F709" s="2"/>
     </row>
     <row r="710" spans="1:6">
       <c r="A710" t="s">
-        <v>1335</v>
+        <v>1351</v>
       </c>
       <c r="B710" t="s">
-        <v>1335</v>
+        <v>1351</v>
       </c>
       <c r="C710" t="s">
-        <v>1345</v>
+        <v>1370</v>
       </c>
       <c r="D710" t="s">
-        <v>1345</v>
+        <v>1370</v>
       </c>
       <c r="E710" s="2" t="s">
-        <v>1346</v>
+        <v>1371</v>
       </c>
       <c r="F710" s="2"/>
     </row>
     <row r="711" spans="1:6">
       <c r="A711" t="s">
-        <v>1335</v>
+        <v>1351</v>
       </c>
       <c r="B711" t="s">
-        <v>1335</v>
+        <v>1351</v>
       </c>
       <c r="C711" t="s">
-        <v>1347</v>
+        <v>1372</v>
       </c>
       <c r="D711" t="s">
-        <v>1347</v>
+        <v>1372</v>
       </c>
       <c r="E711" s="2" t="s">
-        <v>1348</v>
+        <v>1373</v>
       </c>
       <c r="F711" s="2"/>
     </row>
     <row r="712" spans="1:6">
       <c r="A712" t="s">
-        <v>1349</v>
+        <v>1351</v>
       </c>
       <c r="B712" t="s">
-        <v>1349</v>
+        <v>1351</v>
       </c>
       <c r="C712" t="s">
-        <v>126</v>
+        <v>1061</v>
       </c>
       <c r="D712" t="s">
-        <v>126</v>
+        <v>1061</v>
       </c>
       <c r="E712" s="2" t="s">
-        <v>1350</v>
+        <v>1374</v>
       </c>
       <c r="F712" s="2"/>
     </row>
     <row r="713" spans="1:6">
       <c r="A713" t="s">
-        <v>1349</v>
+        <v>1351</v>
       </c>
       <c r="B713" t="s">
-        <v>1349</v>
+        <v>1351</v>
       </c>
       <c r="C713" t="s">
-        <v>1351</v>
+        <v>1375</v>
       </c>
       <c r="D713" t="s">
-        <v>1351</v>
+        <v>1375</v>
       </c>
       <c r="E713" s="2" t="s">
-        <v>1352</v>
+        <v>1376</v>
       </c>
       <c r="F713" s="2"/>
     </row>
     <row r="714" spans="1:6">
       <c r="A714" t="s">
-        <v>1349</v>
+        <v>1351</v>
       </c>
       <c r="B714" t="s">
-        <v>1349</v>
+        <v>1351</v>
       </c>
       <c r="C714" t="s">
-        <v>1353</v>
+        <v>1377</v>
       </c>
       <c r="D714" t="s">
-        <v>1353</v>
+        <v>1377</v>
       </c>
       <c r="E714" s="2" t="s">
-        <v>1354</v>
+        <v>1378</v>
       </c>
       <c r="F714" s="2"/>
     </row>
     <row r="715" spans="1:6">
       <c r="A715" t="s">
-        <v>1349</v>
+        <v>1351</v>
       </c>
       <c r="B715" t="s">
-        <v>1349</v>
+        <v>1351</v>
       </c>
       <c r="C715" t="s">
-        <v>1355</v>
+        <v>1379</v>
       </c>
       <c r="D715" t="s">
-        <v>1355</v>
+        <v>1379</v>
       </c>
       <c r="E715" s="2" t="s">
-        <v>1356</v>
+        <v>1380</v>
       </c>
       <c r="F715" s="2"/>
     </row>
     <row r="716" spans="1:6">
       <c r="A716" t="s">
-        <v>1349</v>
+        <v>1351</v>
       </c>
       <c r="B716" t="s">
-        <v>1349</v>
+        <v>1351</v>
       </c>
       <c r="C716" t="s">
-        <v>1357</v>
+        <v>1381</v>
       </c>
       <c r="D716" t="s">
-        <v>1357</v>
+        <v>1381</v>
       </c>
       <c r="E716" s="2" t="s">
-        <v>1358</v>
+        <v>1382</v>
       </c>
       <c r="F716" s="2"/>
     </row>
     <row r="717" spans="1:6">
       <c r="A717" t="s">
-        <v>1349</v>
+        <v>1351</v>
       </c>
       <c r="B717" t="s">
-        <v>1349</v>
+        <v>1351</v>
       </c>
       <c r="C717" t="s">
-        <v>1359</v>
+        <v>783</v>
       </c>
       <c r="D717" t="s">
-        <v>1359</v>
+        <v>783</v>
       </c>
       <c r="E717" s="2" t="s">
-        <v>1360</v>
+        <v>1383</v>
       </c>
       <c r="F717" s="2"/>
     </row>
     <row r="718" spans="1:6">
       <c r="A718" t="s">
-        <v>1349</v>
+        <v>1351</v>
       </c>
       <c r="B718" t="s">
-        <v>1349</v>
+        <v>1351</v>
       </c>
       <c r="C718" t="s">
-        <v>1361</v>
+        <v>1384</v>
       </c>
       <c r="D718" t="s">
-        <v>1361</v>
+        <v>1384</v>
       </c>
       <c r="E718" s="2" t="s">
-        <v>1362</v>
+        <v>1385</v>
       </c>
       <c r="F718" s="2"/>
     </row>
     <row r="719" spans="1:6">
       <c r="A719" t="s">
-        <v>1349</v>
+        <v>1351</v>
       </c>
       <c r="B719" t="s">
-        <v>1349</v>
+        <v>1351</v>
       </c>
       <c r="C719" t="s">
-        <v>1363</v>
+        <v>1386</v>
       </c>
       <c r="D719" t="s">
-        <v>1363</v>
+        <v>1386</v>
       </c>
       <c r="E719" s="2" t="s">
-        <v>1364</v>
+        <v>1387</v>
       </c>
       <c r="F719" s="2"/>
     </row>
     <row r="720" spans="1:6">
       <c r="A720" t="s">
-        <v>1349</v>
+        <v>1351</v>
       </c>
       <c r="B720" t="s">
-        <v>1349</v>
+        <v>1351</v>
       </c>
       <c r="C720" t="s">
-        <v>1365</v>
+        <v>1388</v>
       </c>
       <c r="D720" t="s">
-        <v>1365</v>
+        <v>1388</v>
       </c>
       <c r="E720" s="2" t="s">
-        <v>1366</v>
+        <v>1389</v>
       </c>
       <c r="F720" s="2"/>
     </row>
     <row r="721" spans="1:6">
       <c r="A721" t="s">
-        <v>1349</v>
+        <v>1351</v>
       </c>
       <c r="B721" t="s">
-        <v>1349</v>
+        <v>1351</v>
       </c>
       <c r="C721" t="s">
-        <v>1367</v>
+        <v>1390</v>
       </c>
       <c r="D721" t="s">
-        <v>1367</v>
+        <v>1390</v>
       </c>
       <c r="E721" s="2" t="s">
-        <v>1368</v>
+        <v>1391</v>
       </c>
       <c r="F721" s="2"/>
     </row>
     <row r="722" spans="1:6">
       <c r="A722" t="s">
-        <v>1349</v>
+        <v>1351</v>
       </c>
       <c r="B722" t="s">
-        <v>1349</v>
+        <v>1351</v>
       </c>
       <c r="C722" t="s">
-        <v>1369</v>
+        <v>1248</v>
       </c>
       <c r="D722" t="s">
-        <v>1369</v>
+        <v>1248</v>
       </c>
       <c r="E722" s="2" t="s">
-        <v>1370</v>
+        <v>1392</v>
       </c>
       <c r="F722" s="2"/>
     </row>
     <row r="723" spans="1:6">
       <c r="A723" t="s">
-        <v>1349</v>
+        <v>1351</v>
       </c>
       <c r="B723" t="s">
-        <v>1349</v>
+        <v>1351</v>
       </c>
       <c r="C723" t="s">
-        <v>1062</v>
+        <v>1393</v>
       </c>
       <c r="D723" t="s">
-        <v>1062</v>
+        <v>1393</v>
       </c>
       <c r="E723" s="2" t="s">
-        <v>1371</v>
+        <v>1394</v>
       </c>
       <c r="F723" s="2"/>
     </row>
     <row r="724" spans="1:6">
       <c r="A724" t="s">
-        <v>1349</v>
+        <v>1395</v>
       </c>
       <c r="B724" t="s">
-        <v>1349</v>
+        <v>1395</v>
       </c>
       <c r="C724" t="s">
-        <v>1372</v>
+        <v>1396</v>
       </c>
       <c r="D724" t="s">
-        <v>1372</v>
+        <v>1396</v>
       </c>
       <c r="E724" s="2" t="s">
-        <v>1373</v>
+        <v>1397</v>
       </c>
       <c r="F724" s="2"/>
     </row>
     <row r="725" spans="1:6">
       <c r="A725" t="s">
-        <v>1349</v>
+        <v>1395</v>
       </c>
       <c r="B725" t="s">
-        <v>1349</v>
+        <v>1395</v>
       </c>
       <c r="C725" t="s">
-        <v>1374</v>
+        <v>1398</v>
       </c>
       <c r="D725" t="s">
-        <v>1374</v>
+        <v>1398</v>
       </c>
       <c r="E725" s="2" t="s">
-        <v>1375</v>
+        <v>1399</v>
       </c>
       <c r="F725" s="2"/>
     </row>
     <row r="726" spans="1:6">
       <c r="A726" t="s">
-        <v>1349</v>
+        <v>1395</v>
       </c>
       <c r="B726" t="s">
-        <v>1349</v>
+        <v>1395</v>
       </c>
       <c r="C726" t="s">
-        <v>1376</v>
+        <v>1400</v>
       </c>
       <c r="D726" t="s">
-        <v>1376</v>
+        <v>1400</v>
       </c>
       <c r="E726" s="2" t="s">
-        <v>1377</v>
+        <v>1401</v>
       </c>
       <c r="F726" s="2"/>
     </row>
     <row r="727" spans="1:6">
       <c r="A727" t="s">
-        <v>1349</v>
+        <v>1395</v>
       </c>
       <c r="B727" t="s">
-        <v>1349</v>
+        <v>1395</v>
       </c>
       <c r="C727" t="s">
-        <v>1378</v>
+        <v>1402</v>
       </c>
       <c r="D727" t="s">
-        <v>1378</v>
+        <v>1402</v>
       </c>
       <c r="E727" s="2" t="s">
-        <v>1379</v>
+        <v>1403</v>
       </c>
       <c r="F727" s="2"/>
     </row>
     <row r="728" spans="1:6">
       <c r="A728" t="s">
-        <v>1349</v>
+        <v>1395</v>
       </c>
       <c r="B728" t="s">
-        <v>1349</v>
+        <v>1395</v>
       </c>
       <c r="C728" t="s">
-        <v>791</v>
+        <v>1404</v>
       </c>
       <c r="D728" t="s">
-        <v>791</v>
+        <v>1404</v>
       </c>
       <c r="E728" s="2" t="s">
-        <v>1380</v>
+        <v>1405</v>
       </c>
       <c r="F728" s="2"/>
     </row>
     <row r="729" spans="1:6">
       <c r="A729" t="s">
-        <v>1349</v>
+        <v>1395</v>
       </c>
       <c r="B729" t="s">
-        <v>1349</v>
+        <v>1395</v>
       </c>
       <c r="C729" t="s">
-        <v>1381</v>
+        <v>1406</v>
       </c>
       <c r="D729" t="s">
-        <v>1381</v>
+        <v>1406</v>
       </c>
       <c r="E729" s="2" t="s">
-        <v>1382</v>
+        <v>1407</v>
       </c>
       <c r="F729" s="2"/>
     </row>
     <row r="730" spans="1:6">
       <c r="A730" t="s">
-        <v>1349</v>
+        <v>1395</v>
       </c>
       <c r="B730" t="s">
-        <v>1349</v>
+        <v>1395</v>
       </c>
       <c r="C730" t="s">
-        <v>1383</v>
+        <v>1408</v>
       </c>
       <c r="D730" t="s">
-        <v>1383</v>
+        <v>1408</v>
       </c>
       <c r="E730" s="2" t="s">
-        <v>1384</v>
+        <v>1409</v>
       </c>
       <c r="F730" s="2"/>
     </row>
     <row r="731" spans="1:6">
       <c r="A731" t="s">
-        <v>1349</v>
+        <v>1395</v>
       </c>
       <c r="B731" t="s">
-        <v>1349</v>
+        <v>1395</v>
       </c>
       <c r="C731" t="s">
-        <v>1385</v>
+        <v>1410</v>
       </c>
       <c r="D731" t="s">
-        <v>1385</v>
+        <v>1410</v>
       </c>
       <c r="E731" s="2" t="s">
-        <v>1386</v>
+        <v>1411</v>
       </c>
       <c r="F731" s="2"/>
     </row>
     <row r="732" spans="1:6">
       <c r="A732" t="s">
-        <v>1349</v>
+        <v>1395</v>
       </c>
       <c r="B732" t="s">
-        <v>1349</v>
+        <v>1395</v>
       </c>
       <c r="C732" t="s">
-        <v>498</v>
+        <v>1412</v>
       </c>
       <c r="D732" t="s">
-        <v>498</v>
+        <v>1412</v>
       </c>
       <c r="E732" s="2" t="s">
-        <v>1387</v>
+        <v>1413</v>
       </c>
       <c r="F732" s="2"/>
     </row>
     <row r="733" spans="1:6">
       <c r="A733" t="s">
-        <v>1349</v>
+        <v>1395</v>
       </c>
       <c r="B733" t="s">
-        <v>1349</v>
+        <v>1395</v>
       </c>
       <c r="C733" t="s">
-        <v>1246</v>
+        <v>1414</v>
       </c>
       <c r="D733" t="s">
-        <v>1246</v>
+        <v>1414</v>
       </c>
       <c r="E733" s="2" t="s">
-        <v>1388</v>
+        <v>1415</v>
       </c>
       <c r="F733" s="2"/>
     </row>
     <row r="734" spans="1:6">
       <c r="A734" t="s">
-        <v>1349</v>
+        <v>1395</v>
       </c>
       <c r="B734" t="s">
-        <v>1349</v>
+        <v>1395</v>
       </c>
       <c r="C734" t="s">
-        <v>1389</v>
+        <v>1416</v>
       </c>
       <c r="D734" t="s">
-        <v>1389</v>
+        <v>1416</v>
       </c>
       <c r="E734" s="2" t="s">
-        <v>1390</v>
+        <v>1417</v>
       </c>
       <c r="F734" s="2"/>
     </row>
     <row r="735" spans="1:6">
       <c r="A735" t="s">
-        <v>1391</v>
+        <v>1395</v>
       </c>
       <c r="B735" t="s">
-        <v>1391</v>
+        <v>1395</v>
       </c>
       <c r="C735" t="s">
-        <v>1392</v>
+        <v>1418</v>
       </c>
       <c r="D735" t="s">
-        <v>1392</v>
+        <v>1418</v>
       </c>
       <c r="E735" s="2" t="s">
-        <v>1393</v>
+        <v>1419</v>
       </c>
       <c r="F735" s="2"/>
     </row>
     <row r="736" spans="1:6">
       <c r="A736" t="s">
-        <v>1391</v>
+        <v>1395</v>
       </c>
       <c r="B736" t="s">
-        <v>1391</v>
+        <v>1395</v>
       </c>
       <c r="C736" t="s">
-        <v>1394</v>
+        <v>1420</v>
       </c>
       <c r="D736" t="s">
-        <v>1394</v>
+        <v>1420</v>
       </c>
       <c r="E736" s="2" t="s">
-        <v>1395</v>
+        <v>1421</v>
       </c>
       <c r="F736" s="2"/>
     </row>
     <row r="737" spans="1:6">
       <c r="A737" t="s">
-        <v>1391</v>
+        <v>1395</v>
       </c>
       <c r="B737" t="s">
-        <v>1391</v>
+        <v>1395</v>
       </c>
       <c r="C737" t="s">
-        <v>1396</v>
+        <v>1422</v>
       </c>
       <c r="D737" t="s">
-        <v>1396</v>
+        <v>1422</v>
       </c>
       <c r="E737" s="2" t="s">
-        <v>1397</v>
+        <v>1423</v>
       </c>
       <c r="F737" s="2"/>
     </row>
     <row r="738" spans="1:6">
       <c r="A738" t="s">
-        <v>1391</v>
+        <v>1395</v>
       </c>
       <c r="B738" t="s">
-        <v>1391</v>
+        <v>1395</v>
       </c>
       <c r="C738" t="s">
-        <v>1398</v>
+        <v>1424</v>
       </c>
       <c r="D738" t="s">
-        <v>1398</v>
+        <v>1424</v>
       </c>
       <c r="E738" s="2" t="s">
-        <v>1399</v>
+        <v>1425</v>
       </c>
       <c r="F738" s="2"/>
     </row>
     <row r="739" spans="1:6">
       <c r="A739" t="s">
-        <v>1391</v>
+        <v>1395</v>
       </c>
       <c r="B739" t="s">
-        <v>1391</v>
+        <v>1395</v>
       </c>
       <c r="C739" t="s">
-        <v>1400</v>
+        <v>1426</v>
       </c>
       <c r="D739" t="s">
-        <v>1400</v>
+        <v>1426</v>
       </c>
       <c r="E739" s="2" t="s">
-        <v>1401</v>
+        <v>1427</v>
       </c>
       <c r="F739" s="2"/>
     </row>
     <row r="740" spans="1:6">
       <c r="A740" t="s">
-        <v>1391</v>
+        <v>1395</v>
       </c>
       <c r="B740" t="s">
-        <v>1391</v>
+        <v>1395</v>
       </c>
       <c r="C740" t="s">
-        <v>1402</v>
+        <v>1428</v>
       </c>
       <c r="D740" t="s">
-        <v>1402</v>
+        <v>1428</v>
       </c>
       <c r="E740" s="2" t="s">
-        <v>1403</v>
+        <v>1429</v>
       </c>
       <c r="F740" s="2"/>
     </row>
     <row r="741" spans="1:6">
       <c r="A741" t="s">
-        <v>1391</v>
+        <v>1395</v>
       </c>
       <c r="B741" t="s">
-        <v>1391</v>
+        <v>1395</v>
       </c>
       <c r="C741" t="s">
-        <v>1404</v>
+        <v>1430</v>
       </c>
       <c r="D741" t="s">
-        <v>1404</v>
+        <v>1430</v>
       </c>
       <c r="E741" s="2" t="s">
-        <v>1405</v>
+        <v>1431</v>
       </c>
       <c r="F741" s="2"/>
     </row>
     <row r="742" spans="1:6">
       <c r="A742" t="s">
-        <v>1391</v>
+        <v>1395</v>
       </c>
       <c r="B742" t="s">
-        <v>1391</v>
+        <v>1395</v>
       </c>
       <c r="C742" t="s">
-        <v>1406</v>
+        <v>1432</v>
       </c>
       <c r="D742" t="s">
-        <v>1406</v>
+        <v>1432</v>
       </c>
       <c r="E742" s="2" t="s">
-        <v>1407</v>
+        <v>1433</v>
       </c>
       <c r="F742" s="2"/>
     </row>
     <row r="743" spans="1:6">
       <c r="A743" t="s">
-        <v>1391</v>
+        <v>1395</v>
       </c>
       <c r="B743" t="s">
-        <v>1391</v>
+        <v>1395</v>
       </c>
       <c r="C743" t="s">
-        <v>1408</v>
+        <v>1434</v>
       </c>
       <c r="D743" t="s">
-        <v>1408</v>
+        <v>1434</v>
       </c>
       <c r="E743" s="2" t="s">
-        <v>1409</v>
+        <v>1435</v>
       </c>
       <c r="F743" s="2"/>
     </row>
     <row r="744" spans="1:6">
       <c r="A744" t="s">
-        <v>1391</v>
+        <v>1395</v>
       </c>
       <c r="B744" t="s">
-        <v>1391</v>
+        <v>1395</v>
       </c>
       <c r="C744" t="s">
-        <v>1410</v>
+        <v>39</v>
       </c>
       <c r="D744" t="s">
-        <v>1410</v>
+        <v>39</v>
       </c>
       <c r="E744" s="2" t="s">
-        <v>1411</v>
+        <v>1436</v>
       </c>
       <c r="F744" s="2"/>
     </row>
     <row r="745" spans="1:6">
       <c r="A745" t="s">
-        <v>1391</v>
+        <v>1395</v>
       </c>
       <c r="B745" t="s">
-        <v>1391</v>
+        <v>1395</v>
       </c>
       <c r="C745" t="s">
-        <v>1412</v>
+        <v>1437</v>
       </c>
       <c r="D745" t="s">
-        <v>1412</v>
+        <v>1437</v>
       </c>
       <c r="E745" s="2" t="s">
-        <v>1413</v>
+        <v>1438</v>
       </c>
       <c r="F745" s="2"/>
     </row>
     <row r="746" spans="1:6">
       <c r="A746" t="s">
-        <v>1391</v>
+        <v>1395</v>
       </c>
       <c r="B746" t="s">
-        <v>1391</v>
+        <v>1395</v>
       </c>
       <c r="C746" t="s">
-        <v>1414</v>
+        <v>245</v>
       </c>
       <c r="D746" t="s">
-        <v>1414</v>
+        <v>245</v>
       </c>
       <c r="E746" s="2" t="s">
-        <v>1415</v>
+        <v>1439</v>
       </c>
       <c r="F746" s="2"/>
     </row>
     <row r="747" spans="1:6">
       <c r="A747" t="s">
-        <v>1391</v>
+        <v>1395</v>
       </c>
       <c r="B747" t="s">
-        <v>1391</v>
+        <v>1395</v>
       </c>
       <c r="C747" t="s">
-        <v>1416</v>
+        <v>1440</v>
       </c>
       <c r="D747" t="s">
-        <v>1416</v>
+        <v>1440</v>
       </c>
       <c r="E747" s="2" t="s">
-        <v>1417</v>
+        <v>1441</v>
       </c>
       <c r="F747" s="2"/>
     </row>
     <row r="748" spans="1:6">
       <c r="A748" t="s">
-        <v>1391</v>
+        <v>1395</v>
       </c>
       <c r="B748" t="s">
-        <v>1391</v>
+        <v>1395</v>
       </c>
       <c r="C748" t="s">
-        <v>1418</v>
+        <v>1442</v>
       </c>
       <c r="D748" t="s">
-        <v>1418</v>
+        <v>1442</v>
       </c>
       <c r="E748" s="2" t="s">
-        <v>1419</v>
+        <v>1443</v>
       </c>
       <c r="F748" s="2"/>
     </row>
     <row r="749" spans="1:6">
       <c r="A749" t="s">
-        <v>1391</v>
+        <v>1395</v>
       </c>
       <c r="B749" t="s">
-        <v>1391</v>
+        <v>1395</v>
       </c>
       <c r="C749" t="s">
-        <v>1420</v>
+        <v>1444</v>
       </c>
       <c r="D749" t="s">
-        <v>1420</v>
+        <v>1444</v>
       </c>
       <c r="E749" s="2" t="s">
-        <v>1421</v>
+        <v>1445</v>
       </c>
       <c r="F749" s="2"/>
     </row>
     <row r="750" spans="1:6">
       <c r="A750" t="s">
-        <v>1391</v>
+        <v>1395</v>
       </c>
       <c r="B750" t="s">
-        <v>1391</v>
+        <v>1395</v>
       </c>
       <c r="C750" t="s">
-        <v>1422</v>
+        <v>1446</v>
       </c>
       <c r="D750" t="s">
-        <v>1422</v>
+        <v>1446</v>
       </c>
       <c r="E750" s="2" t="s">
-        <v>1423</v>
+        <v>1447</v>
       </c>
       <c r="F750" s="2"/>
     </row>
     <row r="751" spans="1:6">
       <c r="A751" t="s">
-        <v>1391</v>
+        <v>1395</v>
       </c>
       <c r="B751" t="s">
-        <v>1391</v>
+        <v>1395</v>
       </c>
       <c r="C751" t="s">
-        <v>1424</v>
+        <v>1448</v>
       </c>
       <c r="D751" t="s">
-        <v>1424</v>
+        <v>1448</v>
       </c>
       <c r="E751" s="2" t="s">
-        <v>1425</v>
+        <v>1449</v>
       </c>
       <c r="F751" s="2"/>
     </row>
     <row r="752" spans="1:6">
       <c r="A752" t="s">
-        <v>1391</v>
+        <v>1395</v>
       </c>
       <c r="B752" t="s">
-        <v>1391</v>
+        <v>1395</v>
       </c>
       <c r="C752" t="s">
-        <v>1426</v>
+        <v>1450</v>
       </c>
       <c r="D752" t="s">
-        <v>1426</v>
+        <v>1450</v>
       </c>
       <c r="E752" s="2" t="s">
-        <v>1427</v>
+        <v>1451</v>
       </c>
       <c r="F752" s="2"/>
     </row>
     <row r="753" spans="1:6">
       <c r="A753" t="s">
-        <v>1391</v>
+        <v>1452</v>
       </c>
       <c r="B753" t="s">
-        <v>1391</v>
+        <v>1452</v>
       </c>
       <c r="C753" t="s">
-        <v>1428</v>
+        <v>1453</v>
       </c>
       <c r="D753" t="s">
-        <v>1428</v>
+        <v>1453</v>
       </c>
       <c r="E753" s="2" t="s">
-        <v>1429</v>
+        <v>1454</v>
       </c>
       <c r="F753" s="2"/>
     </row>
     <row r="754" spans="1:6">
       <c r="A754" t="s">
-        <v>1391</v>
+        <v>1452</v>
       </c>
       <c r="B754" t="s">
-        <v>1391</v>
+        <v>1452</v>
       </c>
       <c r="C754" t="s">
-        <v>998</v>
+        <v>781</v>
       </c>
       <c r="D754" t="s">
-        <v>998</v>
+        <v>781</v>
       </c>
       <c r="E754" s="2" t="s">
-        <v>1430</v>
+        <v>1455</v>
       </c>
       <c r="F754" s="2"/>
     </row>
     <row r="755" spans="1:6">
       <c r="A755" t="s">
-        <v>1391</v>
+        <v>1452</v>
       </c>
       <c r="B755" t="s">
-        <v>1391</v>
+        <v>1452</v>
       </c>
       <c r="C755" t="s">
-        <v>1431</v>
+        <v>1456</v>
       </c>
       <c r="D755" t="s">
-        <v>1431</v>
+        <v>1456</v>
       </c>
       <c r="E755" s="2" t="s">
-        <v>1432</v>
+        <v>1457</v>
       </c>
       <c r="F755" s="2"/>
     </row>
     <row r="756" spans="1:6">
       <c r="A756" t="s">
-        <v>1391</v>
+        <v>1458</v>
       </c>
       <c r="B756" t="s">
-        <v>1391</v>
+        <v>1458</v>
       </c>
       <c r="C756" t="s">
-        <v>39</v>
+        <v>1459</v>
       </c>
       <c r="D756" t="s">
-        <v>39</v>
+        <v>1459</v>
       </c>
       <c r="E756" s="2" t="s">
-        <v>1433</v>
+        <v>1460</v>
       </c>
       <c r="F756" s="2"/>
     </row>
     <row r="757" spans="1:6">
       <c r="A757" t="s">
-        <v>1391</v>
+        <v>1458</v>
       </c>
       <c r="B757" t="s">
-        <v>1391</v>
+        <v>1458</v>
       </c>
       <c r="C757" t="s">
-        <v>1434</v>
+        <v>1461</v>
       </c>
       <c r="D757" t="s">
-        <v>1434</v>
+        <v>1461</v>
       </c>
       <c r="E757" s="2" t="s">
-        <v>1435</v>
+        <v>1462</v>
       </c>
       <c r="F757" s="2"/>
     </row>
     <row r="758" spans="1:6">
       <c r="A758" t="s">
-        <v>1391</v>
+        <v>1458</v>
       </c>
       <c r="B758" t="s">
-        <v>1391</v>
+        <v>1458</v>
       </c>
       <c r="C758" t="s">
-        <v>254</v>
+        <v>1463</v>
       </c>
       <c r="D758" t="s">
-        <v>254</v>
+        <v>1463</v>
       </c>
       <c r="E758" s="2" t="s">
-        <v>1436</v>
+        <v>1464</v>
       </c>
       <c r="F758" s="2"/>
     </row>
     <row r="759" spans="1:6">
       <c r="A759" t="s">
-        <v>1391</v>
+        <v>1458</v>
       </c>
       <c r="B759" t="s">
-        <v>1391</v>
+        <v>1458</v>
       </c>
       <c r="C759" t="s">
-        <v>1437</v>
+        <v>1465</v>
       </c>
       <c r="D759" t="s">
-        <v>1437</v>
+        <v>1465</v>
       </c>
       <c r="E759" s="2" t="s">
-        <v>1438</v>
+        <v>1466</v>
       </c>
       <c r="F759" s="2"/>
     </row>
     <row r="760" spans="1:6">
       <c r="A760" t="s">
-        <v>1391</v>
+        <v>1458</v>
       </c>
       <c r="B760" t="s">
-        <v>1391</v>
+        <v>1458</v>
       </c>
       <c r="C760" t="s">
-        <v>1439</v>
+        <v>1467</v>
       </c>
       <c r="D760" t="s">
-        <v>1439</v>
+        <v>1467</v>
       </c>
       <c r="E760" s="2" t="s">
-        <v>1440</v>
+        <v>1468</v>
       </c>
       <c r="F760" s="2"/>
     </row>
     <row r="761" spans="1:6">
       <c r="A761" t="s">
-        <v>1391</v>
+        <v>1458</v>
       </c>
       <c r="B761" t="s">
-        <v>1391</v>
+        <v>1458</v>
       </c>
       <c r="C761" t="s">
-        <v>1441</v>
+        <v>1469</v>
       </c>
       <c r="D761" t="s">
-        <v>1441</v>
+        <v>1469</v>
       </c>
       <c r="E761" s="2" t="s">
-        <v>1442</v>
+        <v>1470</v>
       </c>
       <c r="F761" s="2"/>
     </row>
     <row r="762" spans="1:6">
       <c r="A762" t="s">
-        <v>1391</v>
+        <v>1458</v>
       </c>
       <c r="B762" t="s">
-        <v>1391</v>
+        <v>1458</v>
       </c>
       <c r="C762" t="s">
-        <v>1443</v>
+        <v>1471</v>
       </c>
       <c r="D762" t="s">
-        <v>1443</v>
+        <v>1471</v>
       </c>
       <c r="E762" s="2" t="s">
-        <v>1444</v>
+        <v>1472</v>
       </c>
       <c r="F762" s="2"/>
     </row>
     <row r="763" spans="1:6">
       <c r="A763" t="s">
-        <v>1391</v>
+        <v>1458</v>
       </c>
       <c r="B763" t="s">
-        <v>1391</v>
+        <v>1458</v>
       </c>
       <c r="C763" t="s">
-        <v>1445</v>
+        <v>1473</v>
       </c>
       <c r="D763" t="s">
-        <v>1445</v>
+        <v>1473</v>
       </c>
       <c r="E763" s="2" t="s">
-        <v>1446</v>
+        <v>1474</v>
       </c>
       <c r="F763" s="2"/>
     </row>
     <row r="764" spans="1:6">
       <c r="A764" t="s">
-        <v>1391</v>
+        <v>1458</v>
       </c>
       <c r="B764" t="s">
-        <v>1391</v>
+        <v>1458</v>
       </c>
       <c r="C764" t="s">
-        <v>1447</v>
+        <v>1475</v>
       </c>
       <c r="D764" t="s">
-        <v>1447</v>
+        <v>1475</v>
       </c>
       <c r="E764" s="2" t="s">
-        <v>1448</v>
+        <v>1476</v>
       </c>
       <c r="F764" s="2"/>
     </row>
     <row r="765" spans="1:6">
       <c r="A765" t="s">
-        <v>1449</v>
+        <v>1458</v>
       </c>
       <c r="B765" t="s">
-        <v>1449</v>
+        <v>1458</v>
       </c>
       <c r="C765" t="s">
-        <v>1450</v>
+        <v>1477</v>
       </c>
       <c r="D765" t="s">
-        <v>1450</v>
+        <v>1477</v>
       </c>
       <c r="E765" s="2" t="s">
-        <v>1451</v>
+        <v>1478</v>
       </c>
       <c r="F765" s="2"/>
     </row>
     <row r="766" spans="1:6">
       <c r="A766" t="s">
-        <v>1449</v>
+        <v>1458</v>
       </c>
       <c r="B766" t="s">
-        <v>1449</v>
+        <v>1458</v>
       </c>
       <c r="C766" t="s">
-        <v>789</v>
+        <v>225</v>
       </c>
       <c r="D766" t="s">
-        <v>789</v>
+        <v>225</v>
       </c>
       <c r="E766" s="2" t="s">
-        <v>1452</v>
+        <v>1479</v>
       </c>
       <c r="F766" s="2"/>
     </row>
     <row r="767" spans="1:6">
       <c r="A767" t="s">
-        <v>1449</v>
+        <v>1458</v>
       </c>
       <c r="B767" t="s">
-        <v>1449</v>
+        <v>1458</v>
       </c>
       <c r="C767" t="s">
-        <v>1453</v>
+        <v>1480</v>
       </c>
       <c r="D767" t="s">
-        <v>1453</v>
+        <v>1480</v>
       </c>
       <c r="E767" s="2" t="s">
-        <v>1454</v>
+        <v>1481</v>
       </c>
       <c r="F767" s="2"/>
     </row>
     <row r="768" spans="1:6">
       <c r="A768" t="s">
-        <v>1455</v>
+        <v>1458</v>
       </c>
       <c r="B768" t="s">
-        <v>1455</v>
+        <v>1458</v>
       </c>
       <c r="C768" t="s">
-        <v>1456</v>
+        <v>1482</v>
       </c>
       <c r="D768" t="s">
-        <v>1456</v>
+        <v>1482</v>
       </c>
       <c r="E768" s="2" t="s">
-        <v>1457</v>
+        <v>1483</v>
       </c>
       <c r="F768" s="2"/>
     </row>
     <row r="769" spans="1:6">
       <c r="A769" t="s">
-        <v>1455</v>
+        <v>1458</v>
       </c>
       <c r="B769" t="s">
-        <v>1455</v>
+        <v>1458</v>
       </c>
       <c r="C769" t="s">
-        <v>1458</v>
+        <v>1484</v>
       </c>
       <c r="D769" t="s">
-        <v>1458</v>
+        <v>1484</v>
       </c>
       <c r="E769" s="2" t="s">
-        <v>1459</v>
+        <v>1485</v>
       </c>
       <c r="F769" s="2"/>
     </row>
     <row r="770" spans="1:6">
       <c r="A770" t="s">
-        <v>1455</v>
+        <v>1458</v>
       </c>
       <c r="B770" t="s">
-        <v>1455</v>
+        <v>1458</v>
       </c>
       <c r="C770" t="s">
-        <v>1460</v>
+        <v>1486</v>
       </c>
       <c r="D770" t="s">
-        <v>1460</v>
+        <v>1486</v>
       </c>
       <c r="E770" s="2" t="s">
-        <v>1461</v>
+        <v>1487</v>
       </c>
       <c r="F770" s="2"/>
     </row>
     <row r="771" spans="1:6">
       <c r="A771" t="s">
-        <v>1455</v>
+        <v>1458</v>
       </c>
       <c r="B771" t="s">
-        <v>1455</v>
+        <v>1458</v>
       </c>
       <c r="C771" t="s">
-        <v>1462</v>
+        <v>1488</v>
       </c>
       <c r="D771" t="s">
-        <v>1462</v>
+        <v>1488</v>
       </c>
       <c r="E771" s="2" t="s">
-        <v>1463</v>
+        <v>1489</v>
       </c>
       <c r="F771" s="2"/>
     </row>
     <row r="772" spans="1:6">
       <c r="A772" t="s">
-        <v>1455</v>
+        <v>1458</v>
       </c>
       <c r="B772" t="s">
-        <v>1455</v>
+        <v>1458</v>
       </c>
       <c r="C772" t="s">
-        <v>1464</v>
+        <v>1490</v>
       </c>
       <c r="D772" t="s">
-        <v>1464</v>
+        <v>1490</v>
       </c>
       <c r="E772" s="2" t="s">
-        <v>1465</v>
+        <v>1491</v>
       </c>
       <c r="F772" s="2"/>
     </row>
     <row r="773" spans="1:6">
       <c r="A773" t="s">
-        <v>1455</v>
+        <v>1458</v>
       </c>
       <c r="B773" t="s">
-        <v>1455</v>
+        <v>1458</v>
       </c>
       <c r="C773" t="s">
-        <v>1466</v>
+        <v>1492</v>
       </c>
       <c r="D773" t="s">
-        <v>1466</v>
+        <v>1492</v>
       </c>
       <c r="E773" s="2" t="s">
-        <v>1467</v>
+        <v>1493</v>
       </c>
       <c r="F773" s="2"/>
     </row>
     <row r="774" spans="1:6">
       <c r="A774" t="s">
-        <v>1455</v>
+        <v>1458</v>
       </c>
       <c r="B774" t="s">
-        <v>1455</v>
+        <v>1458</v>
       </c>
       <c r="C774" t="s">
-        <v>1468</v>
+        <v>1494</v>
       </c>
       <c r="D774" t="s">
-        <v>1468</v>
+        <v>1494</v>
       </c>
       <c r="E774" s="2" t="s">
-        <v>1469</v>
+        <v>1495</v>
       </c>
       <c r="F774" s="2"/>
     </row>
     <row r="775" spans="1:6">
       <c r="A775" t="s">
-        <v>1455</v>
+        <v>1458</v>
       </c>
       <c r="B775" t="s">
-        <v>1455</v>
+        <v>1458</v>
       </c>
       <c r="C775" t="s">
-        <v>1470</v>
+        <v>1496</v>
       </c>
       <c r="D775" t="s">
-        <v>1470</v>
+        <v>1496</v>
       </c>
       <c r="E775" s="2" t="s">
-        <v>1471</v>
+        <v>1497</v>
       </c>
       <c r="F775" s="2"/>
     </row>
     <row r="776" spans="1:6">
       <c r="A776" t="s">
-        <v>1455</v>
+        <v>1458</v>
       </c>
       <c r="B776" t="s">
-        <v>1455</v>
+        <v>1458</v>
       </c>
       <c r="C776" t="s">
-        <v>1472</v>
+        <v>1498</v>
       </c>
       <c r="D776" t="s">
-        <v>1472</v>
+        <v>1498</v>
       </c>
       <c r="E776" s="2" t="s">
-        <v>1473</v>
+        <v>1499</v>
       </c>
       <c r="F776" s="2"/>
     </row>
     <row r="777" spans="1:6">
       <c r="A777" t="s">
-        <v>1455</v>
+        <v>1458</v>
       </c>
       <c r="B777" t="s">
-        <v>1455</v>
+        <v>1458</v>
       </c>
       <c r="C777" t="s">
-        <v>1474</v>
+        <v>1500</v>
       </c>
       <c r="D777" t="s">
-        <v>1474</v>
+        <v>1500</v>
       </c>
       <c r="E777" s="2" t="s">
-        <v>1475</v>
+        <v>1501</v>
       </c>
       <c r="F777" s="2"/>
     </row>
     <row r="778" spans="1:6">
       <c r="A778" t="s">
-        <v>1455</v>
+        <v>1458</v>
       </c>
       <c r="B778" t="s">
-        <v>1455</v>
+        <v>1458</v>
       </c>
       <c r="C778" t="s">
-        <v>235</v>
+        <v>1317</v>
       </c>
       <c r="D778" t="s">
-        <v>235</v>
+        <v>1317</v>
       </c>
       <c r="E778" s="2" t="s">
-        <v>1476</v>
+        <v>1502</v>
       </c>
       <c r="F778" s="2"/>
     </row>
     <row r="779" spans="1:6">
       <c r="A779" t="s">
-        <v>1455</v>
+        <v>1458</v>
       </c>
       <c r="B779" t="s">
-        <v>1455</v>
+        <v>1458</v>
       </c>
       <c r="C779" t="s">
-        <v>1477</v>
+        <v>1503</v>
       </c>
       <c r="D779" t="s">
-        <v>1477</v>
+        <v>1503</v>
       </c>
       <c r="E779" s="2" t="s">
-        <v>1478</v>
+        <v>1504</v>
       </c>
       <c r="F779" s="2"/>
     </row>
     <row r="780" spans="1:6">
       <c r="A780" t="s">
-        <v>1455</v>
+        <v>1458</v>
       </c>
       <c r="B780" t="s">
-        <v>1455</v>
+        <v>1458</v>
       </c>
       <c r="C780" t="s">
-        <v>1479</v>
+        <v>337</v>
       </c>
       <c r="D780" t="s">
-        <v>1479</v>
+        <v>337</v>
       </c>
       <c r="E780" s="2" t="s">
-        <v>1480</v>
+        <v>1505</v>
       </c>
       <c r="F780" s="2"/>
     </row>
     <row r="781" spans="1:6">
       <c r="A781" t="s">
-        <v>1455</v>
+        <v>1458</v>
       </c>
       <c r="B781" t="s">
-        <v>1455</v>
+        <v>1458</v>
       </c>
       <c r="C781" t="s">
-        <v>1481</v>
+        <v>899</v>
       </c>
       <c r="D781" t="s">
-        <v>1481</v>
+        <v>899</v>
       </c>
       <c r="E781" s="2" t="s">
-        <v>1482</v>
+        <v>1506</v>
       </c>
       <c r="F781" s="2"/>
     </row>
     <row r="782" spans="1:6">
       <c r="A782" t="s">
-        <v>1455</v>
+        <v>1458</v>
       </c>
       <c r="B782" t="s">
-        <v>1455</v>
+        <v>1458</v>
       </c>
       <c r="C782" t="s">
-        <v>1483</v>
+        <v>1507</v>
       </c>
       <c r="D782" t="s">
-        <v>1483</v>
+        <v>1507</v>
       </c>
       <c r="E782" s="2" t="s">
-        <v>1484</v>
+        <v>1508</v>
       </c>
       <c r="F782" s="2"/>
     </row>
     <row r="783" spans="1:6">
       <c r="A783" t="s">
-        <v>1455</v>
+        <v>1458</v>
       </c>
       <c r="B783" t="s">
-        <v>1455</v>
+        <v>1458</v>
       </c>
       <c r="C783" t="s">
-        <v>1485</v>
+        <v>1509</v>
       </c>
       <c r="D783" t="s">
-        <v>1485</v>
+        <v>1509</v>
       </c>
       <c r="E783" s="2" t="s">
-        <v>1486</v>
+        <v>1510</v>
       </c>
       <c r="F783" s="2"/>
     </row>
     <row r="784" spans="1:6">
       <c r="A784" t="s">
-        <v>1455</v>
+        <v>1458</v>
       </c>
       <c r="B784" t="s">
-        <v>1455</v>
+        <v>1458</v>
       </c>
       <c r="C784" t="s">
-        <v>1487</v>
+        <v>913</v>
       </c>
       <c r="D784" t="s">
-        <v>1487</v>
+        <v>913</v>
       </c>
       <c r="E784" s="2" t="s">
-        <v>1488</v>
+        <v>1511</v>
       </c>
       <c r="F784" s="2"/>
     </row>
     <row r="785" spans="1:6">
       <c r="A785" t="s">
-        <v>1455</v>
+        <v>1458</v>
       </c>
       <c r="B785" t="s">
-        <v>1455</v>
+        <v>1458</v>
       </c>
       <c r="C785" t="s">
-        <v>1489</v>
+        <v>1512</v>
       </c>
       <c r="D785" t="s">
-        <v>1489</v>
+        <v>1512</v>
       </c>
       <c r="E785" s="2" t="s">
-        <v>1490</v>
+        <v>1513</v>
       </c>
       <c r="F785" s="2"/>
     </row>
     <row r="786" spans="1:6">
       <c r="A786" t="s">
-        <v>1455</v>
+        <v>1458</v>
       </c>
       <c r="B786" t="s">
-        <v>1455</v>
+        <v>1458</v>
       </c>
       <c r="C786" t="s">
-        <v>1491</v>
+        <v>1514</v>
       </c>
       <c r="D786" t="s">
-        <v>1491</v>
+        <v>1514</v>
       </c>
       <c r="E786" s="2" t="s">
-        <v>1492</v>
+        <v>1515</v>
       </c>
       <c r="F786" s="2"/>
     </row>
     <row r="787" spans="1:6">
       <c r="A787" t="s">
-        <v>1455</v>
+        <v>1458</v>
       </c>
       <c r="B787" t="s">
-        <v>1455</v>
+        <v>1458</v>
       </c>
       <c r="C787" t="s">
-        <v>1493</v>
+        <v>1516</v>
       </c>
       <c r="D787" t="s">
-        <v>1493</v>
+        <v>1516</v>
       </c>
       <c r="E787" s="2" t="s">
-        <v>1494</v>
+        <v>1517</v>
       </c>
       <c r="F787" s="2"/>
     </row>
     <row r="788" spans="1:6">
       <c r="A788" t="s">
-        <v>1455</v>
+        <v>1458</v>
       </c>
       <c r="B788" t="s">
-        <v>1455</v>
+        <v>1458</v>
       </c>
       <c r="C788" t="s">
-        <v>1495</v>
+        <v>1518</v>
       </c>
       <c r="D788" t="s">
-        <v>1495</v>
+        <v>1518</v>
       </c>
       <c r="E788" s="2" t="s">
-        <v>1496</v>
+        <v>1519</v>
       </c>
       <c r="F788" s="2"/>
     </row>
     <row r="789" spans="1:6">
       <c r="A789" t="s">
-        <v>1455</v>
+        <v>1458</v>
       </c>
       <c r="B789" t="s">
-        <v>1455</v>
+        <v>1458</v>
       </c>
       <c r="C789" t="s">
-        <v>1497</v>
+        <v>1520</v>
       </c>
       <c r="D789" t="s">
-        <v>1497</v>
+        <v>1520</v>
       </c>
       <c r="E789" s="2" t="s">
-        <v>1498</v>
+        <v>1521</v>
       </c>
       <c r="F789" s="2"/>
     </row>
     <row r="790" spans="1:6">
       <c r="A790" t="s">
-        <v>1455</v>
+        <v>1458</v>
       </c>
       <c r="B790" t="s">
-        <v>1455</v>
+        <v>1458</v>
       </c>
       <c r="C790" t="s">
-        <v>1499</v>
+        <v>1522</v>
       </c>
       <c r="D790" t="s">
-        <v>1499</v>
+        <v>1522</v>
       </c>
       <c r="E790" s="2" t="s">
-        <v>1500</v>
+        <v>1523</v>
       </c>
       <c r="F790" s="2"/>
     </row>
     <row r="791" spans="1:6">
       <c r="A791" t="s">
-        <v>1455</v>
+        <v>1458</v>
       </c>
       <c r="B791" t="s">
-        <v>1455</v>
+        <v>1458</v>
       </c>
       <c r="C791" t="s">
-        <v>1313</v>
+        <v>1524</v>
       </c>
       <c r="D791" t="s">
-        <v>1313</v>
+        <v>1524</v>
       </c>
       <c r="E791" s="2" t="s">
-        <v>1501</v>
+        <v>1525</v>
       </c>
       <c r="F791" s="2"/>
     </row>
     <row r="792" spans="1:6">
       <c r="A792" t="s">
-        <v>1455</v>
+        <v>1458</v>
       </c>
       <c r="B792" t="s">
-        <v>1455</v>
+        <v>1458</v>
       </c>
       <c r="C792" t="s">
-        <v>1502</v>
+        <v>1526</v>
       </c>
       <c r="D792" t="s">
-        <v>1502</v>
+        <v>1526</v>
       </c>
       <c r="E792" s="2" t="s">
-        <v>1503</v>
+        <v>1527</v>
       </c>
       <c r="F792" s="2"/>
     </row>
     <row r="793" spans="1:6">
       <c r="A793" t="s">
-        <v>1455</v>
+        <v>1458</v>
       </c>
       <c r="B793" t="s">
-        <v>1455</v>
+        <v>1458</v>
       </c>
       <c r="C793" t="s">
-        <v>348</v>
+        <v>1528</v>
       </c>
       <c r="D793" t="s">
-        <v>348</v>
+        <v>1528</v>
       </c>
       <c r="E793" s="2" t="s">
-        <v>1504</v>
+        <v>1529</v>
       </c>
       <c r="F793" s="2"/>
     </row>
     <row r="794" spans="1:6">
       <c r="A794" t="s">
-        <v>1455</v>
+        <v>1458</v>
       </c>
       <c r="B794" t="s">
-        <v>1455</v>
+        <v>1458</v>
       </c>
       <c r="C794" t="s">
-        <v>897</v>
+        <v>1530</v>
       </c>
       <c r="D794" t="s">
-        <v>897</v>
+        <v>1530</v>
       </c>
       <c r="E794" s="2" t="s">
-        <v>1505</v>
+        <v>1531</v>
       </c>
       <c r="F794" s="2"/>
     </row>
     <row r="795" spans="1:6">
       <c r="A795" t="s">
-        <v>1455</v>
+        <v>1458</v>
       </c>
       <c r="B795" t="s">
-        <v>1455</v>
+        <v>1458</v>
       </c>
       <c r="C795" t="s">
-        <v>1506</v>
+        <v>1532</v>
       </c>
       <c r="D795" t="s">
-        <v>1506</v>
+        <v>1532</v>
       </c>
       <c r="E795" s="2" t="s">
-        <v>1507</v>
+        <v>1533</v>
       </c>
       <c r="F795" s="2"/>
     </row>
     <row r="796" spans="1:6">
       <c r="A796" t="s">
-        <v>1455</v>
+        <v>1534</v>
       </c>
       <c r="B796" t="s">
-        <v>1455</v>
+        <v>1534</v>
       </c>
       <c r="C796" t="s">
-        <v>1508</v>
+        <v>1535</v>
       </c>
       <c r="D796" t="s">
-        <v>1508</v>
+        <v>1535</v>
       </c>
       <c r="E796" s="2" t="s">
-        <v>1509</v>
+        <v>1536</v>
       </c>
       <c r="F796" s="2"/>
     </row>
     <row r="797" spans="1:6">
       <c r="A797" t="s">
-        <v>1455</v>
+        <v>1534</v>
       </c>
       <c r="B797" t="s">
-        <v>1455</v>
+        <v>1534</v>
       </c>
       <c r="C797" t="s">
-        <v>909</v>
+        <v>1537</v>
       </c>
       <c r="D797" t="s">
-        <v>909</v>
+        <v>1537</v>
       </c>
       <c r="E797" s="2" t="s">
-        <v>1510</v>
+        <v>1538</v>
       </c>
       <c r="F797" s="2"/>
     </row>
     <row r="798" spans="1:6">
       <c r="A798" t="s">
-        <v>1455</v>
+        <v>1534</v>
       </c>
       <c r="B798" t="s">
-        <v>1455</v>
+        <v>1534</v>
       </c>
       <c r="C798" t="s">
-        <v>1511</v>
+        <v>1539</v>
       </c>
       <c r="D798" t="s">
-        <v>1511</v>
+        <v>1539</v>
       </c>
       <c r="E798" s="2" t="s">
-        <v>1512</v>
+        <v>1540</v>
       </c>
       <c r="F798" s="2"/>
     </row>
     <row r="799" spans="1:6">
       <c r="A799" t="s">
-        <v>1455</v>
+        <v>1534</v>
       </c>
       <c r="B799" t="s">
-        <v>1455</v>
+        <v>1534</v>
       </c>
       <c r="C799" t="s">
-        <v>1513</v>
+        <v>1541</v>
       </c>
       <c r="D799" t="s">
-        <v>1513</v>
+        <v>1541</v>
       </c>
       <c r="E799" s="2" t="s">
-        <v>1514</v>
+        <v>1542</v>
       </c>
       <c r="F799" s="2"/>
     </row>
     <row r="800" spans="1:6">
       <c r="A800" t="s">
-        <v>1455</v>
+        <v>1534</v>
       </c>
       <c r="B800" t="s">
-        <v>1455</v>
+        <v>1534</v>
       </c>
       <c r="C800" t="s">
-        <v>1515</v>
+        <v>1543</v>
       </c>
       <c r="D800" t="s">
-        <v>1515</v>
+        <v>1543</v>
       </c>
       <c r="E800" s="2" t="s">
-        <v>1516</v>
+        <v>1544</v>
       </c>
       <c r="F800" s="2"/>
     </row>
     <row r="801" spans="1:6">
       <c r="A801" t="s">
-        <v>1455</v>
+        <v>1534</v>
       </c>
       <c r="B801" t="s">
-        <v>1455</v>
+        <v>1534</v>
       </c>
       <c r="C801" t="s">
-        <v>1517</v>
+        <v>1545</v>
       </c>
       <c r="D801" t="s">
-        <v>1517</v>
+        <v>1545</v>
       </c>
       <c r="E801" s="2" t="s">
-        <v>1518</v>
+        <v>1546</v>
       </c>
       <c r="F801" s="2"/>
     </row>
     <row r="802" spans="1:6">
       <c r="A802" t="s">
-        <v>1455</v>
+        <v>1534</v>
       </c>
       <c r="B802" t="s">
-        <v>1455</v>
+        <v>1534</v>
       </c>
       <c r="C802" t="s">
-        <v>1519</v>
+        <v>1547</v>
       </c>
       <c r="D802" t="s">
-        <v>1519</v>
+        <v>1547</v>
       </c>
       <c r="E802" s="2" t="s">
-        <v>1520</v>
+        <v>1548</v>
       </c>
       <c r="F802" s="2"/>
     </row>
     <row r="803" spans="1:6">
       <c r="A803" t="s">
-        <v>1455</v>
+        <v>1534</v>
       </c>
       <c r="B803" t="s">
-        <v>1455</v>
+        <v>1534</v>
       </c>
       <c r="C803" t="s">
-        <v>1521</v>
+        <v>1549</v>
       </c>
       <c r="D803" t="s">
-        <v>1521</v>
+        <v>1549</v>
       </c>
       <c r="E803" s="2" t="s">
-        <v>1522</v>
+        <v>1550</v>
       </c>
       <c r="F803" s="2"/>
     </row>
     <row r="804" spans="1:6">
       <c r="A804" t="s">
-        <v>1455</v>
+        <v>1534</v>
       </c>
       <c r="B804" t="s">
-        <v>1455</v>
+        <v>1534</v>
       </c>
       <c r="C804" t="s">
-        <v>1523</v>
+        <v>1551</v>
       </c>
       <c r="D804" t="s">
-        <v>1523</v>
+        <v>1551</v>
       </c>
       <c r="E804" s="2" t="s">
-        <v>1524</v>
+        <v>1552</v>
       </c>
       <c r="F804" s="2"/>
     </row>
     <row r="805" spans="1:6">
       <c r="A805" t="s">
-        <v>1455</v>
+        <v>1534</v>
       </c>
       <c r="B805" t="s">
-        <v>1455</v>
+        <v>1534</v>
       </c>
       <c r="C805" t="s">
-        <v>1525</v>
+        <v>1553</v>
       </c>
       <c r="D805" t="s">
-        <v>1525</v>
+        <v>1553</v>
       </c>
       <c r="E805" s="2" t="s">
-        <v>1526</v>
+        <v>1554</v>
       </c>
       <c r="F805" s="2"/>
     </row>
     <row r="806" spans="1:6">
       <c r="A806" t="s">
-        <v>1455</v>
+        <v>1534</v>
       </c>
       <c r="B806" t="s">
-        <v>1455</v>
+        <v>1534</v>
       </c>
       <c r="C806" t="s">
-        <v>1527</v>
+        <v>1555</v>
       </c>
       <c r="D806" t="s">
-        <v>1527</v>
+        <v>1555</v>
       </c>
       <c r="E806" s="2" t="s">
-        <v>1528</v>
+        <v>1556</v>
       </c>
       <c r="F806" s="2"/>
     </row>
     <row r="807" spans="1:6">
       <c r="A807" t="s">
-        <v>1455</v>
+        <v>1534</v>
       </c>
       <c r="B807" t="s">
-        <v>1455</v>
+        <v>1534</v>
       </c>
       <c r="C807" t="s">
-        <v>1529</v>
+        <v>1557</v>
       </c>
       <c r="D807" t="s">
-        <v>1529</v>
+        <v>1557</v>
       </c>
       <c r="E807" s="2" t="s">
-        <v>1530</v>
+        <v>1558</v>
       </c>
       <c r="F807" s="2"/>
     </row>
     <row r="808" spans="1:6">
       <c r="A808" t="s">
-        <v>1455</v>
+        <v>1559</v>
       </c>
       <c r="B808" t="s">
-        <v>1455</v>
+        <v>1559</v>
       </c>
       <c r="C808" t="s">
-        <v>1531</v>
+        <v>1560</v>
       </c>
       <c r="D808" t="s">
-        <v>1531</v>
+        <v>1560</v>
       </c>
       <c r="E808" s="2" t="s">
-        <v>1532</v>
+        <v>1561</v>
       </c>
       <c r="F808" s="2"/>
     </row>
     <row r="809" spans="1:6">
       <c r="A809" t="s">
-        <v>1533</v>
+        <v>1559</v>
       </c>
       <c r="B809" t="s">
-        <v>1533</v>
+        <v>1559</v>
       </c>
       <c r="C809" t="s">
-        <v>1534</v>
+        <v>173</v>
       </c>
       <c r="D809" t="s">
-        <v>1534</v>
+        <v>173</v>
       </c>
       <c r="E809" s="2" t="s">
-        <v>1535</v>
+        <v>1562</v>
       </c>
       <c r="F809" s="2"/>
     </row>
     <row r="810" spans="1:6">
       <c r="A810" t="s">
-        <v>1533</v>
+        <v>1559</v>
       </c>
       <c r="B810" t="s">
-        <v>1533</v>
+        <v>1559</v>
       </c>
       <c r="C810" t="s">
-        <v>1536</v>
+        <v>1563</v>
       </c>
       <c r="D810" t="s">
-        <v>1536</v>
+        <v>1563</v>
       </c>
       <c r="E810" s="2" t="s">
-        <v>1537</v>
+        <v>1564</v>
       </c>
       <c r="F810" s="2"/>
     </row>
     <row r="811" spans="1:6">
       <c r="A811" t="s">
-        <v>1533</v>
+        <v>1559</v>
       </c>
       <c r="B811" t="s">
-        <v>1533</v>
+        <v>1559</v>
       </c>
       <c r="C811" t="s">
-        <v>1538</v>
+        <v>1565</v>
       </c>
       <c r="D811" t="s">
-        <v>1538</v>
+        <v>1565</v>
       </c>
       <c r="E811" s="2" t="s">
-        <v>1539</v>
+        <v>1566</v>
       </c>
       <c r="F811" s="2"/>
     </row>
     <row r="812" spans="1:6">
       <c r="A812" t="s">
-        <v>1533</v>
+        <v>1559</v>
       </c>
       <c r="B812" t="s">
-        <v>1533</v>
+        <v>1559</v>
       </c>
       <c r="C812" t="s">
-        <v>1540</v>
+        <v>1567</v>
       </c>
       <c r="D812" t="s">
-        <v>1540</v>
+        <v>1567</v>
       </c>
       <c r="E812" s="2" t="s">
-        <v>1541</v>
+        <v>1568</v>
       </c>
       <c r="F812" s="2"/>
     </row>
     <row r="813" spans="1:6">
       <c r="A813" t="s">
-        <v>1533</v>
+        <v>1559</v>
       </c>
       <c r="B813" t="s">
-        <v>1533</v>
+        <v>1559</v>
       </c>
       <c r="C813" t="s">
-        <v>1542</v>
+        <v>1569</v>
       </c>
       <c r="D813" t="s">
-        <v>1542</v>
+        <v>1569</v>
       </c>
       <c r="E813" s="2" t="s">
-        <v>1543</v>
+        <v>1570</v>
       </c>
       <c r="F813" s="2"/>
     </row>
     <row r="814" spans="1:6">
       <c r="A814" t="s">
-        <v>1533</v>
+        <v>1559</v>
       </c>
       <c r="B814" t="s">
-        <v>1533</v>
+        <v>1559</v>
       </c>
       <c r="C814" t="s">
-        <v>1544</v>
+        <v>1571</v>
       </c>
       <c r="D814" t="s">
-        <v>1544</v>
+        <v>1571</v>
       </c>
       <c r="E814" s="2" t="s">
-        <v>1545</v>
+        <v>1572</v>
       </c>
       <c r="F814" s="2"/>
     </row>
     <row r="815" spans="1:6">
       <c r="A815" t="s">
-        <v>1533</v>
+        <v>1559</v>
       </c>
       <c r="B815" t="s">
-        <v>1533</v>
+        <v>1559</v>
       </c>
       <c r="C815" t="s">
-        <v>1546</v>
+        <v>1573</v>
       </c>
       <c r="D815" t="s">
-        <v>1546</v>
+        <v>1573</v>
       </c>
       <c r="E815" s="2" t="s">
-        <v>1547</v>
+        <v>1574</v>
       </c>
       <c r="F815" s="2"/>
-    </row>
-[...250 lines deleted...]
-      <c r="F829" s="2"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="landscape" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter>&amp;R&amp;13&amp;K6E6E6E &amp;F &amp;D &amp;T</oddFooter>
     <evenHeader/>
     <evenFooter>&amp;R&amp;13&amp;K6E6E6E &amp;F &amp;D &amp;T</evenFooter>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>